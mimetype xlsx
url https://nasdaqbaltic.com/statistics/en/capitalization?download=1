--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -18,133 +18,142 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Capitalization" sheetId="1" r:id="rId4"/>
     <sheet name="TLN" sheetId="2" r:id="rId5"/>
     <sheet name="RIG" sheetId="3" r:id="rId6"/>
     <sheet name="VLN" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="707">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
   <si>
     <t>List/segment</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Change</t>
   </si>
   <si>
     <t>CCY</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>First North Corporate bonds</t>
   </si>
   <si>
     <t>15MIN098026FA</t>
   </si>
   <si>
     <t>15min 9.8% 2Y bond</t>
   </si>
   <si>
     <t>VLN</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>LT0000409864</t>
   </si>
   <si>
     <t>Baltic Bond List</t>
   </si>
   <si>
     <t>ADMB080027A</t>
   </si>
   <si>
-    <t>Admiral Markets 8% subord. bon</t>
+    <t>Admiral Markets 8% subord. bond</t>
   </si>
   <si>
     <t>TLN</t>
   </si>
   <si>
     <t>EE3300111251</t>
   </si>
   <si>
     <t>ADMG080031A</t>
   </si>
   <si>
-    <t>Admirals Group 8.00% subord.bo</t>
+    <t>Admirals Group 8.00% subord.bond</t>
   </si>
   <si>
     <t>EE3300001999</t>
   </si>
   <si>
     <t>AEIB050025A</t>
   </si>
   <si>
-    <t>Atsin.energ.investicijos 5% 4Y</t>
+    <t>Atsin.energ.investicijos 5% 4Y b</t>
   </si>
   <si>
     <t>LT0000405938</t>
   </si>
   <si>
     <t>AEIB080027A</t>
   </si>
   <si>
-    <t>Atsin.energ.investicijos 8% 2.</t>
+    <t>Atsin.energ.investicijos 8% 2.5Y</t>
   </si>
   <si>
     <t>LT0000134439</t>
   </si>
   <si>
+    <t>AEIB085026A</t>
+  </si>
+  <si>
+    <t>Atsin.energ.investicijos 8.5% 1Y</t>
+  </si>
+  <si>
+    <t>LT0000135840</t>
+  </si>
+  <si>
     <t>AGAB110026FA</t>
   </si>
   <si>
     <t>Agathum 11% 2Y bond</t>
   </si>
   <si>
     <t>LT0000409286</t>
   </si>
   <si>
     <t>First North Baltic Share List</t>
   </si>
   <si>
     <t>AIR</t>
   </si>
   <si>
     <t>Airobot Technologies</t>
   </si>
   <si>
     <t>EE3100092792</t>
   </si>
   <si>
     <t>Baltic Main List</t>
   </si>
   <si>
     <t>AKO1L</t>
@@ -167,51 +176,51 @@
   <si>
     <t>ALTM004426A</t>
   </si>
   <si>
     <t>Altum 0,443% 5Y bond</t>
   </si>
   <si>
     <t>RIG</t>
   </si>
   <si>
     <t>LV0000870095</t>
   </si>
   <si>
     <t>ALTM035730A</t>
   </si>
   <si>
     <t>Altum 3,576% 5Y bond</t>
   </si>
   <si>
     <t>LV0000104669</t>
   </si>
   <si>
     <t>AMBEFLOT27A</t>
   </si>
   <si>
-    <t>Amber Beverage Group Holding 4</t>
+    <t>Amber Beverage Group Holding 4Y</t>
   </si>
   <si>
     <t>LV0000870137</t>
   </si>
   <si>
     <t>Baltic Secondary List</t>
   </si>
   <si>
     <t>AMG1L</t>
   </si>
   <si>
     <t>Amber Grid</t>
   </si>
   <si>
     <t>LT0000128696</t>
   </si>
   <si>
     <t>APG1L</t>
   </si>
   <si>
     <t>Apranga</t>
   </si>
   <si>
     <t>LT0000102337</t>
   </si>
@@ -374,129 +383,138 @@
   <si>
     <t>Citadele banka 5% 10Y bond </t>
   </si>
   <si>
     <t>LV0000880102</t>
   </si>
   <si>
     <t>CBLB080034A</t>
   </si>
   <si>
     <t>Citadele Banka 8% 10Y bond</t>
   </si>
   <si>
     <t>LV0000803054</t>
   </si>
   <si>
     <t>CCLAT080027FA</t>
   </si>
   <si>
     <t>CrossChem 8.00% 3Y bond</t>
   </si>
   <si>
     <t>LV0000804698</t>
   </si>
   <si>
+    <t>CEOF080028FA</t>
+  </si>
+  <si>
+    <t>Capitalica European 8% 2.5Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136970</t>
+  </si>
+  <si>
     <t>CIVB100029A</t>
   </si>
   <si>
     <t>Civinity 10% 4Y bond</t>
   </si>
   <si>
     <t>LT0000134413</t>
   </si>
   <si>
     <t>COFAD085028FA</t>
   </si>
   <si>
-    <t>Coffee Address Holding 8.50% 3</t>
+    <t>Coffee Address Holding 8.50% 3Y</t>
   </si>
   <si>
     <t>LV0000102432</t>
   </si>
   <si>
     <t>CPA1T</t>
   </si>
   <si>
     <t>Coop Pank</t>
   </si>
   <si>
     <t>EE3100007857</t>
   </si>
   <si>
     <t>CPAB050032A</t>
   </si>
   <si>
     <t>Coop Pank 5% bond</t>
   </si>
   <si>
     <t>EE3300002542</t>
   </si>
   <si>
     <t>CPAB055031A</t>
   </si>
   <si>
     <t>Coop Pank 5.5% bond</t>
   </si>
   <si>
     <t>EE3300002047</t>
   </si>
   <si>
     <t>CPTBFLO26FA</t>
   </si>
   <si>
     <t>Capitalica 2Y bond</t>
   </si>
   <si>
     <t>LT0000408551</t>
   </si>
   <si>
-    <t>CRGBFLOT25FA</t>
-[...5 lines deleted...]
-    <t>LV0000802676</t>
+    <t>CRGB065029A</t>
+  </si>
+  <si>
+    <t>CleanR Grupa 6.5% 4Y bond</t>
+  </si>
+  <si>
+    <t>LV0000107365</t>
   </si>
   <si>
     <t>Baltic First North Foreign Shares trading list</t>
   </si>
   <si>
     <t>CTS1L</t>
   </si>
   <si>
     <t>City Service</t>
   </si>
   <si>
     <t>EE3100126368</t>
   </si>
   <si>
     <t>DAMBFLOT28FA</t>
   </si>
   <si>
-    <t>Victory Development IV 2.5Y bo</t>
+    <t>Victory Development IV 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000134801</t>
   </si>
   <si>
     <t>DGR1R</t>
   </si>
   <si>
     <t>DelfinGroup</t>
   </si>
   <si>
     <t>LV0000101806</t>
   </si>
   <si>
     <t>DGRB100028A</t>
   </si>
   <si>
     <t>DelfinGroup 10% 4Y bond</t>
   </si>
   <si>
     <t>LV0000803914</t>
   </si>
   <si>
     <t>DGRBFLOT26FA</t>
   </si>
@@ -509,203 +527,221 @@
   <si>
     <t>DGRBFLOT26FB</t>
   </si>
   <si>
     <t>DelfinGroup 3Y bond</t>
   </si>
   <si>
     <t>LV0000860146</t>
   </si>
   <si>
     <t>DGRBFLOT28FA</t>
   </si>
   <si>
     <t>DelfinGroup 5Y bond</t>
   </si>
   <si>
     <t>LV0000802700</t>
   </si>
   <si>
     <t>DGRBFLOT29FA</t>
   </si>
   <si>
     <t>LV0000870145</t>
   </si>
   <si>
+    <t>DNMFFLOT53A</t>
+  </si>
+  <si>
+    <t>Vytis Reno Loans 28Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136418</t>
+  </si>
+  <si>
     <t>ECOB080026FA</t>
   </si>
   <si>
     <t>Eco Baltia 8.00% 3Y bond</t>
   </si>
   <si>
     <t>LV0000860120</t>
   </si>
   <si>
     <t>ECOB090026FA</t>
   </si>
   <si>
     <t>Eco Baltia 9.00% 3Y bond</t>
   </si>
   <si>
     <t>LV0000860138</t>
   </si>
   <si>
     <t>EEG1T</t>
   </si>
   <si>
     <t>Ekspress Grupp</t>
   </si>
   <si>
     <t>EE3100016965</t>
   </si>
   <si>
     <t>EFT1T</t>
   </si>
   <si>
     <t>EfTEN Real Estate Fund</t>
   </si>
   <si>
     <t>EE3100127242</t>
   </si>
   <si>
     <t>EGG</t>
   </si>
   <si>
-    <t>APF Holdings</t>
+    <t>Agrova Baltics</t>
   </si>
   <si>
     <t>LV0000101921</t>
   </si>
   <si>
     <t>EJTC</t>
   </si>
   <si>
     <t>Estonian Japan Trading Company</t>
   </si>
   <si>
     <t>EE3100008996</t>
   </si>
   <si>
     <t>ELEK005028A</t>
   </si>
   <si>
     <t>Latvenergo 0.5% 7Y green bond</t>
   </si>
   <si>
     <t>LV0000802460</t>
   </si>
   <si>
     <t>ELEK024227A</t>
   </si>
   <si>
     <t>Latvenergo 2.42% 5Y green bond</t>
   </si>
   <si>
     <t>LV0000870129</t>
   </si>
   <si>
     <t>ELEK0495229A</t>
   </si>
   <si>
-    <t>Latvenergo 4.952% 6Y green bon</t>
+    <t>Latvenergo 4.952% 6Y green bond</t>
   </si>
   <si>
     <t>LV0000802684</t>
   </si>
   <si>
     <t>ELEK361230A</t>
   </si>
   <si>
-    <t>Latvenergo 3.612% 5Y green bon</t>
+    <t>Latvenergo 3.612% 5Y green bond</t>
   </si>
   <si>
     <t>XS3227294132</t>
   </si>
   <si>
     <t>ELEV095030A</t>
   </si>
   <si>
     <t>Eleving Group 9.5% 5Y bond</t>
   </si>
   <si>
     <t>XS3167361651</t>
   </si>
   <si>
     <t>ELEV130028A</t>
   </si>
   <si>
     <t>Eleving Group 5Y bond</t>
   </si>
   <si>
     <t>DE000A3LL7M4</t>
   </si>
   <si>
     <t>ELEVR</t>
   </si>
   <si>
     <t xml:space="preserve">Eleving Group </t>
   </si>
   <si>
     <t>LU2818110020</t>
   </si>
   <si>
-    <t>ELGB060026FA</t>
-[...5 lines deleted...]
-    <t>LV0000870079</t>
+    <t>ELGB725029FA</t>
+  </si>
+  <si>
+    <t>Elko Grupa 7.25% 4Y bond</t>
+  </si>
+  <si>
+    <t>LV0000108637</t>
   </si>
   <si>
     <t>ENERV110027FA</t>
   </si>
   <si>
     <t>Enervia 11% 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000133928</t>
   </si>
   <si>
     <t>EPSO0311727A</t>
   </si>
   <si>
     <t>EPSO-G 3.117% 5Y bond</t>
   </si>
   <si>
     <t>LT0000406530</t>
   </si>
   <si>
     <t>ESTE050028A</t>
   </si>
   <si>
     <t>Eesti Energia 5.00% 3Y bond</t>
   </si>
   <si>
     <t>EE0000001303</t>
   </si>
   <si>
+    <t>ETERN100026FA</t>
+  </si>
+  <si>
+    <t>Eternia Solar 10% 1Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136392</t>
+  </si>
+  <si>
     <t>ETGB033026A</t>
   </si>
   <si>
     <t>Estonian Gov. 2Y bond</t>
   </si>
   <si>
     <t>EE1300001563</t>
   </si>
   <si>
     <t>EVKB100028FA</t>
   </si>
   <si>
     <t>Everaus Kinnisvara 10.00% bond</t>
   </si>
   <si>
     <t>EE0000002558</t>
   </si>
   <si>
     <t>EVKB110028FA</t>
   </si>
   <si>
     <t>Everaus Kinnisvara 11.00% bond</t>
   </si>
   <si>
     <t>EE0000000875</t>
@@ -716,59 +752,50 @@
   <si>
     <t>East West Agro</t>
   </si>
   <si>
     <t>LT0000132060</t>
   </si>
   <si>
     <t>FASTL090027FA</t>
   </si>
   <si>
     <t>Consilium optimum 9% 3Y bond</t>
   </si>
   <si>
     <t>LT0000411266</t>
   </si>
   <si>
     <t>FASTL120027FA</t>
   </si>
   <si>
     <t>Consilium optimum 12% 3Y bond</t>
   </si>
   <si>
     <t>LT0000409047</t>
   </si>
   <si>
-    <t>FERN090026FA</t>
-[...7 lines deleted...]
-  <si>
     <t>FOUR112528FA</t>
   </si>
   <si>
     <t>4finance 11.25% 12Y bond</t>
   </si>
   <si>
     <t>XS1417876163</t>
   </si>
   <si>
     <t>FRGTE</t>
   </si>
   <si>
     <t>Frigate</t>
   </si>
   <si>
     <t>LV0000101665</t>
   </si>
   <si>
     <t>FTCBFLOT27FA</t>
   </si>
   <si>
     <t>Fortaco Group Bonds due 2027</t>
   </si>
   <si>
     <t>NO0012547274</t>
@@ -914,51 +941,51 @@
   <si>
     <t>LV0000101863</t>
   </si>
   <si>
     <t>IGN1L</t>
   </si>
   <si>
     <t>Ignitis grupė</t>
   </si>
   <si>
     <t>LT0000115768</t>
   </si>
   <si>
     <t>IGNB0187528A</t>
   </si>
   <si>
     <t>Ignitis grupe 1.875% 10Y green</t>
   </si>
   <si>
     <t>XS1853999313</t>
   </si>
   <si>
     <t>IGNB020027A</t>
   </si>
   <si>
-    <t>Ignitis grupe 2% 10Y green bon</t>
+    <t>Ignitis grupe 2% 10Y green bond</t>
   </si>
   <si>
     <t>XS1646530565</t>
   </si>
   <si>
     <t>IGNB020030A</t>
   </si>
   <si>
     <t>Ignitis grupe 2% 10Y bond</t>
   </si>
   <si>
     <t>XS2177349912</t>
   </si>
   <si>
     <t>INBB055031A</t>
   </si>
   <si>
     <t>Inbank 5.5% subord. bond</t>
   </si>
   <si>
     <t>EE3300002302</t>
   </si>
   <si>
     <t>INBB062535A</t>
   </si>
@@ -1064,95 +1091,131 @@
   <si>
     <t>K2 LT</t>
   </si>
   <si>
     <t>LT0000129009</t>
   </si>
   <si>
     <t>KAITA115027FA</t>
   </si>
   <si>
     <t>Kaita Living 11.5 2Y bond</t>
   </si>
   <si>
     <t>LT0000134827</t>
   </si>
   <si>
     <t>KALVE</t>
   </si>
   <si>
     <t>Kalve Coffee</t>
   </si>
   <si>
     <t>LV0000102234</t>
   </si>
   <si>
+    <t>KDLT105027FA</t>
+  </si>
+  <si>
+    <t>Kaita Development 10.5 2Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136376</t>
+  </si>
+  <si>
     <t>KNE1L</t>
   </si>
   <si>
     <t>KN Energies</t>
   </si>
   <si>
     <t>LT0000111650</t>
   </si>
   <si>
     <t>KNR1L</t>
   </si>
   <si>
     <t>Kauno energija</t>
   </si>
   <si>
     <t>LT0000123010</t>
   </si>
   <si>
+    <t>KREDA080033FA</t>
+  </si>
+  <si>
+    <t>KREDA 8% 8Y bond</t>
+  </si>
+  <si>
+    <t>LT0000135519</t>
+  </si>
+  <si>
     <t>KVRTB080026A</t>
   </si>
   <si>
     <t>Kvartalas 8% 2Y bond</t>
   </si>
   <si>
     <t>LT0000411167</t>
   </si>
   <si>
     <t>LATRA075028FA</t>
   </si>
   <si>
     <t>LATRAPS 4Y bond</t>
   </si>
   <si>
     <t>LV0000805349</t>
   </si>
   <si>
     <t>LEBAFLOAT27FA</t>
   </si>
   <si>
     <t>Legal Balance 3Y bond</t>
   </si>
   <si>
     <t>LT0000409005</t>
   </si>
   <si>
+    <t>LEBAFLOT28FA</t>
+  </si>
+  <si>
+    <t>Legal Balance 3.5Y bond</t>
+  </si>
+  <si>
+    <t>LT0000134025</t>
+  </si>
+  <si>
+    <t>LEBAFLOT29FA</t>
+  </si>
+  <si>
+    <t>Legal Balance 4Y bond</t>
+  </si>
+  <si>
+    <t>LT0000133696</t>
+  </si>
+  <si>
     <t>LFTBFLOT29FA</t>
   </si>
   <si>
     <t>LifeFit Group 24-2029</t>
   </si>
   <si>
     <t>NO0013252452</t>
   </si>
   <si>
     <t>LGD1L</t>
   </si>
   <si>
     <t>LITGRID</t>
   </si>
   <si>
     <t>LT0000128415</t>
   </si>
   <si>
     <t>LHV1T</t>
   </si>
   <si>
     <t>LHV Group</t>
   </si>
   <si>
     <t>EE3100102203</t>
@@ -1181,59 +1244,50 @@
   <si>
     <t>Linda Nektar</t>
   </si>
   <si>
     <t>EE3100060344</t>
   </si>
   <si>
     <t>LJM1R</t>
   </si>
   <si>
     <t>Latvijas Jūras medicīnas centrs</t>
   </si>
   <si>
     <t>LV0000100741</t>
   </si>
   <si>
     <t>LNGB100027A</t>
   </si>
   <si>
     <t>Longo Group 10.00% 3Y bond</t>
   </si>
   <si>
     <t>LV0000804987</t>
   </si>
   <si>
-    <t>LTGB00026B</t>
-[...7 lines deleted...]
-  <si>
     <t>LTGB00026C</t>
   </si>
   <si>
     <t>Lithuanian Gov. 5Y Bond 65007</t>
   </si>
   <si>
     <t>LT0000650079</t>
   </si>
   <si>
     <t>LTGB00028B</t>
   </si>
   <si>
     <t>Lithuanian Gov. 7Y Bond 67005</t>
   </si>
   <si>
     <t>LT0000670051</t>
   </si>
   <si>
     <t>LTGB01026A</t>
   </si>
   <si>
     <t>Lithuanian Gov. 7Y Bond 67004</t>
   </si>
   <si>
     <t>LT0000670044</t>
@@ -1427,51 +1481,51 @@
   <si>
     <t>XS2979761926</t>
   </si>
   <si>
     <t>LTGEB387533A</t>
   </si>
   <si>
     <t>Lith. Gov. 10Y Euro-bond 21228</t>
   </si>
   <si>
     <t>XS2604821228</t>
   </si>
   <si>
     <t>LTGEB412528C</t>
   </si>
   <si>
     <t>Lith. Gov. 5Y Euro-bond 27075</t>
   </si>
   <si>
     <t>XS2547270756</t>
   </si>
   <si>
     <t>LTGGB12028A</t>
   </si>
   <si>
-    <t>Lith. Gov. 10Y Green Bond 6103</t>
+    <t>Lith. Gov. 10Y Green Bond 61030</t>
   </si>
   <si>
     <t>LT0000610305</t>
   </si>
   <si>
     <t>LVGB000027A</t>
   </si>
   <si>
     <t>Latv Gov.  7-year T-bond 57018</t>
   </si>
   <si>
     <t>LV0000570182</t>
   </si>
   <si>
     <t>LVNB090029A</t>
   </si>
   <si>
     <t>Liven 9.00% 4Y green bond</t>
   </si>
   <si>
     <t>EE0000000354</t>
   </si>
   <si>
     <t>LVNB105028A</t>
   </si>
@@ -1481,78 +1535,81 @@
   <si>
     <t>EE3300004332</t>
   </si>
   <si>
     <t>MAGIC</t>
   </si>
   <si>
     <t>TextMagic</t>
   </si>
   <si>
     <t>EE3100073438</t>
   </si>
   <si>
     <t>MAPONFLOT27FA</t>
   </si>
   <si>
     <t>Mapon 3Y bond</t>
   </si>
   <si>
     <t>LV0000860161</t>
   </si>
   <si>
     <t>MAYB047526FA</t>
   </si>
   <si>
-    <t>Mainor Ülemiste 7.00% 3Y bond</t>
+    <t>Mainor Ülemiste 4.75% 5Y bond</t>
   </si>
   <si>
     <t>EE3300002138</t>
   </si>
   <si>
     <t>MAYB085027FA</t>
   </si>
   <si>
+    <t>Mainor Ülemiste 8.5% bond</t>
+  </si>
+  <si>
     <t>EE3300003136</t>
   </si>
   <si>
     <t>MDARA</t>
   </si>
   <si>
     <t>MADARA Cosmetics</t>
   </si>
   <si>
     <t>LV0000101624</t>
   </si>
   <si>
-    <t>MDGBFLOT25FA</t>
-[...5 lines deleted...]
-    <t>LT0000408445</t>
+    <t>MDGB085027FA</t>
+  </si>
+  <si>
+    <t>Modus grupe 8.5% 2Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136095</t>
   </si>
   <si>
     <t>MODE</t>
   </si>
   <si>
     <t>Modera</t>
   </si>
   <si>
     <t>EE3100084203</t>
   </si>
   <si>
     <t>MODE110027FA</t>
   </si>
   <si>
     <t>Modera 11% bond</t>
   </si>
   <si>
     <t>EE3300004860</t>
   </si>
   <si>
     <t>MOLNR</t>
   </si>
   <si>
     <t xml:space="preserve">J. Molner </t>
   </si>
@@ -1601,68 +1658,95 @@
   <si>
     <t>NEO Finance</t>
   </si>
   <si>
     <t>LT0000132953</t>
   </si>
   <si>
     <t>NHCBFLO28A</t>
   </si>
   <si>
     <t>Baltic Horizon Fund 5Y bond</t>
   </si>
   <si>
     <t>EE3300003235</t>
   </si>
   <si>
     <t>NTU1L</t>
   </si>
   <si>
     <t>Novaturas</t>
   </si>
   <si>
     <t>LT0000131872</t>
   </si>
   <si>
+    <t>NUMAI080028FA</t>
+  </si>
+  <si>
+    <t>NUMAI 8% 2.5Y bond</t>
+  </si>
+  <si>
+    <t>LT0000135824</t>
+  </si>
+  <si>
+    <t>NUMAI085028FB</t>
+  </si>
+  <si>
+    <t>NUMAI 8.5% 3Y bond</t>
+  </si>
+  <si>
+    <t>LT0000136129</t>
+  </si>
+  <si>
     <t>OCVB060029FA</t>
   </si>
   <si>
     <t>OC VISION 6% 4Y bond</t>
   </si>
   <si>
     <t>LV0000104495</t>
   </si>
   <si>
     <t>PBGB090028FA</t>
   </si>
   <si>
     <t>PRO BRO 9% 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000135634</t>
   </si>
   <si>
+    <t>PFLT100028FA</t>
+  </si>
+  <si>
+    <t>Plovyklos Finance LT 10% 3Y bond</t>
+  </si>
+  <si>
+    <t>LT0000133498</t>
+  </si>
+  <si>
     <t>PKG1T</t>
   </si>
   <si>
     <t>Pro Kapital Grupp</t>
   </si>
   <si>
     <t>EE3100006040</t>
   </si>
   <si>
     <t>PKGB080024A</t>
   </si>
   <si>
     <t>Pro Kapital Grupp 9.00% bond</t>
   </si>
   <si>
     <t>EE3300001676</t>
   </si>
   <si>
     <t>PNKTD</t>
   </si>
   <si>
     <t>Punktid Technologies</t>
   </si>
   <si>
     <t>EE3100089160</t>
@@ -1682,59 +1766,50 @@
   <si>
     <t>PRFoods</t>
   </si>
   <si>
     <t>EE3100101031</t>
   </si>
   <si>
     <t>PRFB062525A</t>
   </si>
   <si>
     <t>PRFoods 6.25% bond</t>
   </si>
   <si>
     <t>EE3300001577</t>
   </si>
   <si>
     <t>PRIMO</t>
   </si>
   <si>
     <t>Primostar Group</t>
   </si>
   <si>
     <t>EE3100152224</t>
   </si>
   <si>
-    <t>PTR1L</t>
-[...7 lines deleted...]
-  <si>
     <t>PZV1L</t>
   </si>
   <si>
     <t>Pieno žvaigždės</t>
   </si>
   <si>
     <t>LT0000111676</t>
   </si>
   <si>
     <t>REFIE080027FA</t>
   </si>
   <si>
     <t>REFI Energy 8% 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000133381</t>
   </si>
   <si>
     <t>REFIG085027FA</t>
   </si>
   <si>
     <t>REFI Green 8.5% 2Y bond</t>
   </si>
   <si>
     <t>LT0000135816</t>
@@ -1766,51 +1841,51 @@
   <si>
     <t>EE3100096140</t>
   </si>
   <si>
     <t>ROE1L</t>
   </si>
   <si>
     <t>Artea Bankas</t>
   </si>
   <si>
     <t>LT0000102253</t>
   </si>
   <si>
     <t>RSU1L</t>
   </si>
   <si>
     <t>Rokiškio sūris</t>
   </si>
   <si>
     <t>LT0000100372</t>
   </si>
   <si>
     <t>RTOB120029FA</t>
   </si>
   <si>
-    <t>RATO kredito unija 7Y 12% bond</t>
+    <t>RATO BANKAS 7Y 12% bond</t>
   </si>
   <si>
     <t>LT0000407603</t>
   </si>
   <si>
     <t>S3B080027FA</t>
   </si>
   <si>
     <t>S3 Business 8% 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000133472</t>
   </si>
   <si>
     <t>SABB077034A</t>
   </si>
   <si>
     <t>Siauliu bankas 7,7% 10Y bond</t>
   </si>
   <si>
     <t>LT0000409013</t>
   </si>
   <si>
     <t>SABB107533A</t>
   </si>
@@ -1898,57 +1973,54 @@
   <si>
     <t>SLR Bonds 2025-2027</t>
   </si>
   <si>
     <t>NO0013177949</t>
   </si>
   <si>
     <t>STOH100026A</t>
   </si>
   <si>
     <t>Storent Holding 10% 2.5Y bond</t>
   </si>
   <si>
     <t>LV0000850345</t>
   </si>
   <si>
     <t>STOH100028A</t>
   </si>
   <si>
     <t>Storent Holding 10% 3.5Y bond</t>
   </si>
   <si>
     <t>LV0000103570</t>
   </si>
   <si>
-    <t>STOH110025A</t>
-[...5 lines deleted...]
-    <t>LV0000850089</t>
+    <t>STOH100029A</t>
+  </si>
+  <si>
+    <t>LV0000107852</t>
   </si>
   <si>
     <t>SUMC080029A</t>
   </si>
   <si>
     <t>Summus Capital 8.00% 4Y bond</t>
   </si>
   <si>
     <t>EE0000001493</t>
   </si>
   <si>
     <t>SUMC095027FA</t>
   </si>
   <si>
     <t>Summus Capital 9,50% 3Y bond</t>
   </si>
   <si>
     <t>LV0000860187</t>
   </si>
   <si>
     <t>SUNB100028FA</t>
   </si>
   <si>
     <t>Sun Finance 3.5Y bond</t>
   </si>
@@ -2018,144 +2090,153 @@
   <si>
     <t>EE3300002559</t>
   </si>
   <si>
     <t>TVE1T</t>
   </si>
   <si>
     <t>Tallinna Vesi</t>
   </si>
   <si>
     <t>EE3100026436</t>
   </si>
   <si>
     <t>TWXB085026A</t>
   </si>
   <si>
     <t>Tewox 8.5% 2Y bond</t>
   </si>
   <si>
     <t>LT0000409567</t>
   </si>
   <si>
     <t>UHIB085028FA</t>
   </si>
   <si>
-    <t xml:space="preserve">Urban Hub Investments 8.5% 3Y </t>
+    <t>Urban Hub Investments 8.5% 3Y bo</t>
   </si>
   <si>
     <t>LT0000135337</t>
   </si>
   <si>
     <t>UPPB080022FA</t>
   </si>
   <si>
     <t>UPP &amp; CO Kauno 53 7.00% bond</t>
   </si>
   <si>
     <t>EE3300111152</t>
   </si>
   <si>
     <t>URBO070035A</t>
   </si>
   <si>
     <t>URBO 7% 10Y bond</t>
   </si>
   <si>
     <t>LT0000135659</t>
   </si>
   <si>
     <t>UTR1L</t>
   </si>
   <si>
     <t>Utenos trikotažas</t>
   </si>
   <si>
     <t>LT0000109324</t>
   </si>
   <si>
     <t>VBL1L</t>
   </si>
   <si>
     <t>Vilniaus baldai</t>
   </si>
   <si>
     <t>LT0000104267</t>
   </si>
   <si>
     <t>VIKA0282627A</t>
   </si>
   <si>
-    <t>Valst. inv. kap. 2.826% 5Y bon</t>
+    <t>Valst. inv. kap. 2.826% 5Y bond</t>
   </si>
   <si>
     <t>LT0000406613</t>
   </si>
   <si>
     <t>VIKA0311929A</t>
   </si>
   <si>
-    <t>Valst. inv. kap. 3.119% 4Y bon</t>
+    <t>Valst. inv. kap. 3.119% 4Y bond</t>
   </si>
   <si>
     <t>LT0000135436</t>
   </si>
   <si>
     <t>VIRSI</t>
   </si>
   <si>
     <t>VIRŠI-A</t>
   </si>
   <si>
     <t>LV0000101848</t>
   </si>
   <si>
     <t>VLIB090028FA</t>
   </si>
   <si>
     <t>Vli Timber 9% 3Y bond</t>
   </si>
   <si>
     <t>LT0000134256</t>
   </si>
   <si>
     <t>VLP1L</t>
   </si>
   <si>
     <t>Vilkyškių pieninė</t>
   </si>
   <si>
     <t>LT0000127508</t>
   </si>
   <si>
     <t>VNGAM100027FA</t>
   </si>
   <si>
     <t>Vanagas 10% 2.5Y bond</t>
   </si>
   <si>
     <t>LT0000133886</t>
+  </si>
+  <si>
+    <t>VOLTA100027FB</t>
+  </si>
+  <si>
+    <t>Volta SKAI 10.00% 2Y bond</t>
+  </si>
+  <si>
+    <t>EE0000002475</t>
   </si>
   <si>
     <t>YLSTN110026FA</t>
   </si>
   <si>
     <t>Jasinskio 14 11% 1.5Y bond</t>
   </si>
   <si>
     <t>LT0000411241</t>
   </si>
   <si>
     <t>ZLVB095026FA</t>
   </si>
   <si>
     <t>Zalvaris 9.5% 2Y bond</t>
   </si>
   <si>
     <t>LT0000411175</t>
   </si>
   <si>
     <t>ZMP1L</t>
   </si>
   <si>
     <t>Žemaitijos pienas</t>
   </si>
@@ -2514,76 +2595,76 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I232"/>
+  <dimension ref="A1:I241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2">
-        <v>45994.0</v>
+        <v>46066.0</v>
       </c>
       <c r="F1" s="2">
-        <v>45995.0</v>
+        <v>46069.0</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
@@ -2591,9762 +2672,9989 @@
       </c>
       <c r="F2">
         <v>16000000.0</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
-        <v>1385081.662155</v>
+        <v>1370644.337845</v>
       </c>
       <c r="F3">
-        <v>1385081.662155</v>
+        <v>1371245.887385</v>
+      </c>
+      <c r="G3">
+        <v>0.04</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
-        <v>2674283.825224</v>
+        <v>2570122.124328</v>
       </c>
       <c r="F4">
-        <v>2674283.825224</v>
+        <v>2570122.124328</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5">
-        <v>54216704.84252</v>
+        <v>20778696.85166</v>
       </c>
       <c r="F5">
-        <v>27108352.42126</v>
-[...2 lines deleted...]
-        <v>-50.0</v>
+        <v>20778696.85166</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6">
-        <v>32274000.0</v>
+        <v>32690000.0</v>
       </c>
       <c r="F6">
-        <v>32274000.0</v>
+        <v>32690000.0</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7">
-        <v>2000000.0</v>
+        <v>14489460.0</v>
       </c>
       <c r="F7">
-        <v>2000000.0</v>
+        <v>14489460.0</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
         <v>30</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>31</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8">
+        <v>2000000.0</v>
+      </c>
+      <c r="F8">
+        <v>2000000.0</v>
+      </c>
+      <c r="H8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I8" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
         <v>34</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>35</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9">
+        <v>4695695.29</v>
+      </c>
+      <c r="F9">
+        <v>4670584.62</v>
+      </c>
+      <c r="G9">
+        <v>-0.53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" t="s">
         <v>36</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10">
-        <v>380469176.5</v>
+        <v>308429537.445</v>
       </c>
       <c r="F10">
-        <v>380469176.5</v>
+        <v>308429537.445</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11">
+        <v>380469176.5</v>
+      </c>
+      <c r="F11">
+        <v>380469176.5</v>
+      </c>
+      <c r="H11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12">
-        <v>70000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="F12">
-        <v>70000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13" t="s">
         <v>49</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E13">
-        <v>26590471.8</v>
+        <v>70000000.0</v>
       </c>
       <c r="F13">
-        <v>26590471.8</v>
+        <v>70000000.0</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
         <v>51</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14">
+        <v>15372945.0</v>
+      </c>
+      <c r="F14">
+        <v>17999880.0</v>
+      </c>
+      <c r="G14">
+        <v>17.09</v>
+      </c>
+      <c r="H14" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" t="s">
         <v>53</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="C15" t="s">
         <v>56</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15">
-        <v>174169674.0</v>
+        <v>230113443.06</v>
       </c>
       <c r="F15">
-        <v>173616754.4</v>
-[...2 lines deleted...]
-        <v>-0.32</v>
+        <v>230113443.06</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
       <c r="C16" t="s">
         <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E16">
-        <v>28831489.22</v>
+        <v>202921493.2</v>
       </c>
       <c r="F16">
-        <v>29005172.89</v>
-[...2 lines deleted...]
-        <v>0.6</v>
+        <v>202921493.2</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>61</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
       <c r="E17">
-        <v>15480833.4</v>
+        <v>27963070.87</v>
       </c>
       <c r="F17">
-        <v>15361333.35</v>
+        <v>27876229.035</v>
       </c>
       <c r="G17">
-        <v>-0.77</v>
+        <v>-0.31</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
       <c r="C18" t="s">
         <v>65</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E18">
-        <v>4500000.0</v>
+        <v>15344333.4</v>
       </c>
       <c r="F18">
-        <v>4500000.0</v>
+        <v>15565500.0</v>
+      </c>
+      <c r="G18">
+        <v>1.44</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B19" t="s">
         <v>67</v>
       </c>
       <c r="C19" t="s">
         <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19">
-        <v>100107534.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="F19">
-        <v>100107534.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>70</v>
       </c>
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E20">
-        <v>16272714.4128</v>
+        <v>100107534.0</v>
       </c>
       <c r="F20">
-        <v>16506517.7808</v>
-[...2 lines deleted...]
-        <v>1.44</v>
+        <v>100107534.0</v>
       </c>
       <c r="H20" t="s">
         <v>11</v>
       </c>
       <c r="I20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" t="s">
         <v>73</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>74</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21">
+        <v>15992150.3712</v>
+      </c>
+      <c r="F21">
+        <v>15992150.3712</v>
+      </c>
+      <c r="H21" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>77</v>
       </c>
       <c r="C22" t="s">
         <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E22">
-        <v>54352525.0</v>
+        <v>265000000.0</v>
       </c>
       <c r="F22">
-        <v>53602835.0</v>
-[...2 lines deleted...]
-        <v>-1.38</v>
+        <v>265000000.0</v>
       </c>
       <c r="H22" t="s">
         <v>11</v>
       </c>
       <c r="I22" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
       <c r="C23" t="s">
         <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E23">
-        <v>3000000.0</v>
+        <v>21741010.0</v>
       </c>
       <c r="F23">
-        <v>3000000.0</v>
+        <v>21291196.0</v>
+      </c>
+      <c r="G23">
+        <v>-2.07</v>
       </c>
       <c r="H23" t="s">
         <v>11</v>
       </c>
       <c r="I23" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B24" t="s">
         <v>83</v>
       </c>
       <c r="C24" t="s">
         <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E24">
-        <v>2204008.235</v>
+        <v>3000000.0</v>
       </c>
       <c r="F24">
-        <v>2189265.705</v>
-[...2 lines deleted...]
-        <v>-0.67</v>
+        <v>3000000.0</v>
       </c>
       <c r="H24" t="s">
         <v>11</v>
       </c>
       <c r="I24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>86</v>
       </c>
       <c r="C25" t="s">
         <v>87</v>
       </c>
       <c r="D25" t="s">
         <v>16</v>
       </c>
       <c r="E25">
-        <v>5244916.65</v>
+        <v>2204008.235</v>
       </c>
       <c r="F25">
-        <v>5149930.55</v>
+        <v>2211379.5</v>
       </c>
       <c r="G25">
-        <v>-1.81</v>
+        <v>0.33</v>
       </c>
       <c r="H25" t="s">
         <v>11</v>
       </c>
       <c r="I25" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>89</v>
       </c>
       <c r="C26" t="s">
         <v>90</v>
       </c>
       <c r="D26" t="s">
         <v>16</v>
       </c>
       <c r="E26">
-        <v>6243266.64</v>
+        <v>5157569.45</v>
       </c>
       <c r="F26">
-        <v>6243266.64</v>
+        <v>5157569.45</v>
       </c>
       <c r="H26" t="s">
         <v>11</v>
       </c>
       <c r="I26" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
       <c r="C27" t="s">
         <v>93</v>
       </c>
       <c r="D27" t="s">
         <v>16</v>
       </c>
       <c r="E27">
-        <v>7336000.0</v>
+        <v>6272833.32</v>
       </c>
       <c r="F27">
-        <v>7336000.0</v>
+        <v>6188250.0</v>
+      </c>
+      <c r="G27">
+        <v>-1.35</v>
       </c>
       <c r="H27" t="s">
         <v>11</v>
       </c>
       <c r="I27" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="s">
         <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>16</v>
       </c>
       <c r="E28">
-        <v>21124444.4</v>
+        <v>7256900.0</v>
       </c>
       <c r="F28">
-        <v>21196222.0</v>
+        <v>7351750.0</v>
       </c>
       <c r="G28">
-        <v>0.34</v>
+        <v>1.31</v>
       </c>
       <c r="H28" t="s">
         <v>11</v>
       </c>
       <c r="I28" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
         <v>98</v>
       </c>
       <c r="C29" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>16</v>
       </c>
       <c r="E29">
-        <v>15735000.0</v>
+        <v>21364444.4</v>
       </c>
       <c r="F29">
-        <v>15735000.0</v>
+        <v>21373333.4</v>
+      </c>
+      <c r="G29">
+        <v>0.04</v>
       </c>
       <c r="H29" t="s">
         <v>11</v>
       </c>
       <c r="I29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D30" t="s">
         <v>16</v>
       </c>
       <c r="E30">
-        <v>5326944.45</v>
+        <v>15749700.0</v>
       </c>
       <c r="F30">
-        <v>5326944.45</v>
+        <v>15756666.6</v>
+      </c>
+      <c r="G30">
+        <v>0.04</v>
       </c>
       <c r="H30" t="s">
         <v>11</v>
       </c>
       <c r="I30" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
         <v>103</v>
       </c>
       <c r="C31" t="s">
         <v>104</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E31">
-        <v>4925936.93905</v>
+        <v>5502777.8</v>
       </c>
       <c r="F31">
-        <v>4925936.93905</v>
+        <v>5502777.8</v>
       </c>
       <c r="H31" t="s">
         <v>11</v>
       </c>
       <c r="I31" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>13</v>
       </c>
       <c r="B32" t="s">
         <v>106</v>
       </c>
       <c r="C32" t="s">
         <v>107</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E32">
-        <v>21544444.4</v>
+        <v>4888985.0</v>
       </c>
       <c r="F32">
-        <v>21544444.4</v>
+        <v>4888985.0</v>
       </c>
       <c r="H32" t="s">
         <v>11</v>
       </c>
       <c r="I32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
       <c r="C33" t="s">
         <v>110</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E33">
-        <v>39921311.6</v>
+        <v>21050000.0</v>
       </c>
       <c r="F33">
-        <v>39921311.6</v>
+        <v>21050000.0</v>
       </c>
       <c r="H33" t="s">
         <v>11</v>
       </c>
       <c r="I33" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
         <v>112</v>
       </c>
       <c r="C34" t="s">
         <v>113</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E34">
-        <v>21689011.0</v>
+        <v>39596703.2</v>
       </c>
       <c r="F34">
-        <v>21480000.0</v>
-[...2 lines deleted...]
-        <v>-0.96</v>
+        <v>39596703.2</v>
       </c>
       <c r="H34" t="s">
         <v>11</v>
       </c>
       <c r="I34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B35" t="s">
         <v>115</v>
       </c>
       <c r="C35" t="s">
         <v>116</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E35">
-        <v>5000000.0</v>
+        <v>21958241.8</v>
       </c>
       <c r="F35">
-        <v>5000000.0</v>
+        <v>22097802.2</v>
+      </c>
+      <c r="G35">
+        <v>0.64</v>
       </c>
       <c r="H35" t="s">
         <v>11</v>
       </c>
       <c r="I35" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B36" t="s">
         <v>118</v>
       </c>
       <c r="C36" t="s">
         <v>119</v>
       </c>
       <c r="D36" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E36">
-        <v>10870875.0315</v>
+        <v>5000000.0</v>
       </c>
       <c r="F36">
-        <v>10870875.0315</v>
+        <v>5000000.0</v>
       </c>
       <c r="H36" t="s">
         <v>11</v>
       </c>
       <c r="I36" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" t="s">
         <v>121</v>
       </c>
       <c r="C37" t="s">
         <v>122</v>
       </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E37">
-        <v>5000000.0</v>
+        <v>4000000.0</v>
       </c>
       <c r="F37">
-        <v>5000000.0</v>
+        <v>4000000.0</v>
       </c>
       <c r="H37" t="s">
         <v>11</v>
       </c>
       <c r="I37" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B38" t="s">
         <v>124</v>
       </c>
       <c r="C38" t="s">
         <v>125</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E38">
-        <v>202338868.064</v>
+        <v>10967712.012</v>
       </c>
       <c r="F38">
-        <v>202546182.478</v>
-[...2 lines deleted...]
-        <v>0.1</v>
+        <v>10967712.012</v>
       </c>
       <c r="H38" t="s">
         <v>11</v>
       </c>
       <c r="I38" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B39" t="s">
         <v>127</v>
       </c>
       <c r="C39" t="s">
         <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E39">
-        <v>10090277.8</v>
+        <v>5000000.0</v>
       </c>
       <c r="F39">
-        <v>10094444.4</v>
-[...2 lines deleted...]
-        <v>0.04</v>
+        <v>5000000.0</v>
       </c>
       <c r="H39" t="s">
         <v>11</v>
       </c>
       <c r="I39" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B40" t="s">
         <v>130</v>
       </c>
       <c r="C40" t="s">
         <v>131</v>
       </c>
       <c r="D40" t="s">
         <v>16</v>
       </c>
       <c r="E40">
-        <v>10290777.8</v>
+        <v>230637285.575</v>
       </c>
       <c r="F40">
-        <v>10290777.8</v>
+        <v>232710429.715</v>
+      </c>
+      <c r="G40">
+        <v>0.9</v>
       </c>
       <c r="H40" t="s">
         <v>11</v>
       </c>
       <c r="I40" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B41" t="s">
         <v>133</v>
       </c>
       <c r="C41" t="s">
         <v>134</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E41">
-        <v>16844000.0</v>
+        <v>10065270.0</v>
       </c>
       <c r="F41">
-        <v>16844000.0</v>
+        <v>10065270.0</v>
       </c>
       <c r="H41" t="s">
         <v>11</v>
       </c>
       <c r="I41" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B42" t="s">
         <v>136</v>
       </c>
       <c r="C42" t="s">
         <v>137</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E42">
-        <v>4356000.0</v>
+        <v>9925277.9</v>
       </c>
       <c r="F42">
-        <v>4356000.0</v>
+        <v>9925277.9</v>
       </c>
       <c r="H42" t="s">
         <v>11</v>
       </c>
       <c r="I42" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" t="s">
         <v>139</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>140</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43">
+        <v>16844000.0</v>
+      </c>
+      <c r="F43">
+        <v>16844000.0</v>
+      </c>
+      <c r="H43" t="s">
+        <v>11</v>
+      </c>
+      <c r="I43" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" t="s">
         <v>143</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E44">
+        <v>15383125.05</v>
+      </c>
+      <c r="F44">
+        <v>15385833.3</v>
+      </c>
+      <c r="G44">
+        <v>0.02</v>
+      </c>
+      <c r="H44" t="s">
+        <v>11</v>
+      </c>
+      <c r="I44" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>34</v>
+        <v>145</v>
       </c>
       <c r="B45" t="s">
         <v>146</v>
       </c>
       <c r="C45" t="s">
         <v>147</v>
       </c>
       <c r="D45" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E45">
-        <v>58810896.01</v>
+        <v>9166900.0</v>
       </c>
       <c r="F45">
-        <v>58538202.52</v>
-[...2 lines deleted...]
-        <v>-0.46</v>
+        <v>9166900.0</v>
       </c>
       <c r="H45" t="s">
         <v>11</v>
       </c>
       <c r="I45" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B46" t="s">
         <v>149</v>
       </c>
       <c r="C46" t="s">
         <v>150</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E46">
-        <v>15341666.7</v>
+        <v>6000000.0</v>
       </c>
       <c r="F46">
-        <v>15341666.7</v>
+        <v>6000000.0</v>
       </c>
       <c r="H46" t="s">
         <v>11</v>
       </c>
       <c r="I46" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B47" t="s">
         <v>152</v>
       </c>
       <c r="C47" t="s">
         <v>153</v>
       </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E47">
-        <v>10995000.0</v>
+        <v>59810772.14</v>
       </c>
       <c r="F47">
-        <v>10995000.0</v>
+        <v>59901669.97</v>
+      </c>
+      <c r="G47">
+        <v>0.15</v>
       </c>
       <c r="H47" t="s">
         <v>11</v>
       </c>
       <c r="I47" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B48" t="s">
         <v>155</v>
       </c>
       <c r="C48" t="s">
         <v>156</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E48">
-        <v>15000000.0</v>
+        <v>15729166.65</v>
       </c>
       <c r="F48">
-        <v>15000000.0</v>
+        <v>15729166.65</v>
       </c>
       <c r="H48" t="s">
         <v>11</v>
       </c>
       <c r="I48" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>7</v>
       </c>
       <c r="B49" t="s">
         <v>158</v>
       </c>
       <c r="C49" t="s">
         <v>159</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E49">
-        <v>5000000.0</v>
+        <v>10995000.0</v>
       </c>
       <c r="F49">
-        <v>5000000.0</v>
+        <v>10995000.0</v>
       </c>
       <c r="H49" t="s">
         <v>11</v>
       </c>
       <c r="I49" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" t="s">
         <v>161</v>
       </c>
       <c r="C50" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E50">
-        <v>5000000.0</v>
+        <v>15000000.0</v>
       </c>
       <c r="F50">
-        <v>5000000.0</v>
+        <v>15000000.0</v>
       </c>
       <c r="H50" t="s">
         <v>11</v>
       </c>
       <c r="I50" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C51" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E51">
-        <v>8000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F51">
-        <v>8000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H51" t="s">
         <v>11</v>
       </c>
       <c r="I51" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>7</v>
       </c>
       <c r="B52" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C52" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E52">
-        <v>10000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F52">
-        <v>10000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H52" t="s">
         <v>11</v>
       </c>
       <c r="I52" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B53" t="s">
         <v>169</v>
       </c>
       <c r="C53" t="s">
         <v>170</v>
       </c>
       <c r="D53" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E53">
-        <v>38389584.08</v>
+        <v>81200000.0</v>
       </c>
       <c r="F53">
-        <v>38389584.08</v>
+        <v>81200000.0</v>
       </c>
       <c r="H53" t="s">
         <v>11</v>
       </c>
       <c r="I53" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B54" t="s">
         <v>172</v>
       </c>
       <c r="C54" t="s">
         <v>173</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E54">
-        <v>220700800.9</v>
+        <v>8000000.0</v>
       </c>
       <c r="F54">
-        <v>220700800.9</v>
+        <v>8000000.0</v>
       </c>
       <c r="H54" t="s">
         <v>11</v>
       </c>
       <c r="I54" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B55" t="s">
         <v>175</v>
       </c>
       <c r="C55" t="s">
         <v>176</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E55">
-        <v>28410532.8</v>
+        <v>10000000.0</v>
       </c>
       <c r="F55">
-        <v>28410532.8</v>
+        <v>10000000.0</v>
       </c>
       <c r="H55" t="s">
         <v>11</v>
       </c>
       <c r="I55" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B56" t="s">
         <v>178</v>
       </c>
       <c r="C56" t="s">
         <v>179</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
       <c r="E56">
-        <v>121000.0</v>
+        <v>38234787.37</v>
       </c>
       <c r="F56">
-        <v>121000.0</v>
+        <v>38234787.37</v>
       </c>
       <c r="H56" t="s">
         <v>11</v>
       </c>
       <c r="I56" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B57" t="s">
         <v>181</v>
       </c>
       <c r="C57" t="s">
         <v>182</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E57">
-        <v>50000000.0</v>
+        <v>228191950.8</v>
       </c>
       <c r="F57">
-        <v>50000000.0</v>
+        <v>228191950.8</v>
       </c>
       <c r="H57" t="s">
         <v>11</v>
       </c>
       <c r="I57" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B58" t="s">
         <v>184</v>
       </c>
       <c r="C58" t="s">
         <v>185</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E58">
-        <v>100000000.0</v>
+        <v>28295974.2</v>
       </c>
       <c r="F58">
-        <v>100000000.0</v>
+        <v>28639650.0</v>
+      </c>
+      <c r="G58">
+        <v>1.21</v>
       </c>
       <c r="H58" t="s">
         <v>11</v>
       </c>
       <c r="I58" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B59" t="s">
         <v>187</v>
       </c>
       <c r="C59" t="s">
         <v>188</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E59">
-        <v>50000000.0</v>
+        <v>121000.0</v>
       </c>
       <c r="F59">
-        <v>50000000.0</v>
+        <v>121000.0</v>
       </c>
       <c r="H59" t="s">
         <v>11</v>
       </c>
       <c r="I59" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60" t="s">
         <v>190</v>
       </c>
       <c r="C60" t="s">
         <v>191</v>
       </c>
       <c r="D60" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E60">
-        <v>400000000.0</v>
+        <v>50000000.0</v>
       </c>
       <c r="F60">
-        <v>400000000.0</v>
+        <v>50000000.0</v>
       </c>
       <c r="H60" t="s">
         <v>11</v>
       </c>
       <c r="I60" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>13</v>
       </c>
       <c r="B61" t="s">
         <v>193</v>
       </c>
       <c r="C61" t="s">
         <v>194</v>
       </c>
       <c r="D61" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E61">
-        <v>288870879.0</v>
+        <v>100000000.0</v>
       </c>
       <c r="F61">
-        <v>288870879.0</v>
+        <v>100000000.0</v>
       </c>
       <c r="H61" t="s">
         <v>11</v>
       </c>
       <c r="I61" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>13</v>
       </c>
       <c r="B62" t="s">
         <v>196</v>
       </c>
       <c r="C62" t="s">
         <v>197</v>
       </c>
       <c r="D62" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E62">
-        <v>99180000.0</v>
+        <v>50000000.0</v>
       </c>
       <c r="F62">
-        <v>99308151.9</v>
-[...2 lines deleted...]
-        <v>0.13</v>
+        <v>50000000.0</v>
       </c>
       <c r="H62" t="s">
         <v>11</v>
       </c>
       <c r="I62" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B63" t="s">
         <v>199</v>
       </c>
       <c r="C63" t="s">
         <v>200</v>
       </c>
       <c r="D63" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E63">
-        <v>195126722.5488</v>
+        <v>402081208.0</v>
       </c>
       <c r="F63">
-        <v>195548314.3152</v>
-[...2 lines deleted...]
-        <v>0.22</v>
+        <v>402081208.0</v>
       </c>
       <c r="H63" t="s">
         <v>11</v>
       </c>
       <c r="I63" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B64" t="s">
         <v>202</v>
       </c>
       <c r="C64" t="s">
         <v>203</v>
       </c>
       <c r="D64" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E64">
-        <v>20000000.0</v>
+        <v>295700550.75</v>
       </c>
       <c r="F64">
-        <v>20000000.0</v>
+        <v>295700550.75</v>
       </c>
       <c r="H64" t="s">
         <v>11</v>
       </c>
       <c r="I64" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B65" t="s">
         <v>205</v>
       </c>
       <c r="C65" t="s">
         <v>206</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E65">
-        <v>20000000.0</v>
+        <v>98658708.3</v>
       </c>
       <c r="F65">
-        <v>20000000.0</v>
+        <v>98691572.7</v>
+      </c>
+      <c r="G65">
+        <v>0.03</v>
       </c>
       <c r="H65" t="s">
         <v>11</v>
       </c>
       <c r="I65" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B66" t="s">
         <v>208</v>
       </c>
       <c r="C66" t="s">
         <v>209</v>
       </c>
       <c r="D66" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E66">
-        <v>75000000.0</v>
+        <v>201427177.28</v>
       </c>
       <c r="F66">
-        <v>75000000.0</v>
+        <v>201333490.2208</v>
+      </c>
+      <c r="G66">
+        <v>-0.05</v>
       </c>
       <c r="H66" t="s">
         <v>11</v>
       </c>
       <c r="I66" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B67" t="s">
         <v>211</v>
       </c>
       <c r="C67" t="s">
         <v>212</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E67">
-        <v>51586944.5</v>
+        <v>20000000.0</v>
       </c>
       <c r="F67">
-        <v>51452778.0</v>
-[...2 lines deleted...]
-        <v>-0.26</v>
+        <v>20000000.0</v>
       </c>
       <c r="H67" t="s">
         <v>11</v>
       </c>
       <c r="I67" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B68" t="s">
         <v>214</v>
       </c>
       <c r="C68" t="s">
         <v>215</v>
       </c>
       <c r="D68" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E68">
-        <v>203388494.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="F68">
-        <v>203500822.0</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>20000000.0</v>
       </c>
       <c r="H68" t="s">
         <v>11</v>
       </c>
       <c r="I68" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B69" t="s">
         <v>217</v>
       </c>
       <c r="C69" t="s">
         <v>218</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E69">
-        <v>3000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="F69">
-        <v>3000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="H69" t="s">
         <v>11</v>
       </c>
       <c r="I69" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B70" t="s">
         <v>220</v>
       </c>
       <c r="C70" t="s">
         <v>221</v>
       </c>
       <c r="D70" t="s">
         <v>16</v>
       </c>
       <c r="E70">
-        <v>5000000.0</v>
+        <v>51251944.5</v>
       </c>
       <c r="F70">
-        <v>5000000.0</v>
+        <v>51223889.0</v>
+      </c>
+      <c r="G70">
+        <v>-0.05</v>
       </c>
       <c r="H70" t="s">
         <v>11</v>
       </c>
       <c r="I70" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B71" t="s">
         <v>223</v>
       </c>
       <c r="C71" t="s">
         <v>224</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71">
-        <v>15500000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F71">
-        <v>15500000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H71" t="s">
         <v>11</v>
       </c>
       <c r="I71" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B72" t="s">
         <v>226</v>
       </c>
       <c r="C72" t="s">
         <v>227</v>
       </c>
       <c r="D72" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E72">
-        <v>3000000.0</v>
+        <v>204184658.0</v>
       </c>
       <c r="F72">
-        <v>3000000.0</v>
+        <v>204802740.0</v>
+      </c>
+      <c r="G72">
+        <v>0.3</v>
       </c>
       <c r="H72" t="s">
         <v>11</v>
       </c>
       <c r="I72" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>7</v>
       </c>
       <c r="B73" t="s">
         <v>229</v>
       </c>
       <c r="C73" t="s">
         <v>230</v>
       </c>
       <c r="D73" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E73">
-        <v>5000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F73">
-        <v>5000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H73" t="s">
         <v>11</v>
       </c>
       <c r="I73" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>7</v>
       </c>
       <c r="B74" t="s">
         <v>232</v>
       </c>
       <c r="C74" t="s">
         <v>233</v>
       </c>
       <c r="D74" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E74">
-        <v>8000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F74">
-        <v>8000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H74" t="s">
         <v>11</v>
       </c>
       <c r="I74" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B75" t="s">
         <v>235</v>
       </c>
       <c r="C75" t="s">
         <v>236</v>
       </c>
       <c r="D75" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E75">
-        <v>135000000.0</v>
+        <v>16200000.0</v>
       </c>
       <c r="F75">
-        <v>135000000.0</v>
+        <v>16200000.0</v>
       </c>
       <c r="H75" t="s">
         <v>11</v>
       </c>
       <c r="I75" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B76" t="s">
         <v>238</v>
       </c>
       <c r="C76" t="s">
         <v>239</v>
       </c>
       <c r="D76" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E76">
-        <v>560000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F76">
-        <v>560000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H76" t="s">
         <v>11</v>
       </c>
       <c r="I76" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B77" t="s">
         <v>241</v>
       </c>
       <c r="C77" t="s">
         <v>242</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77">
-        <v>127500000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F77">
-        <v>127500000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H77" t="s">
         <v>11</v>
       </c>
       <c r="I77" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B78" t="s">
         <v>244</v>
       </c>
       <c r="C78" t="s">
         <v>245</v>
       </c>
       <c r="D78" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E78">
-        <v>170000000.0</v>
+        <v>135000000.0</v>
       </c>
       <c r="F78">
-        <v>170000000.0</v>
+        <v>135000000.0</v>
       </c>
       <c r="H78" t="s">
         <v>11</v>
       </c>
       <c r="I78" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B79" t="s">
         <v>247</v>
       </c>
       <c r="C79" t="s">
         <v>248</v>
       </c>
       <c r="D79" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E79">
-        <v>568769.04</v>
+        <v>560000.0</v>
       </c>
       <c r="F79">
-        <v>568769.04</v>
+        <v>560000.0</v>
       </c>
       <c r="H79" t="s">
         <v>11</v>
       </c>
       <c r="I79" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B80" t="s">
         <v>250</v>
       </c>
       <c r="C80" t="s">
         <v>251</v>
       </c>
       <c r="D80" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E80">
-        <v>12366000.0</v>
+        <v>127500000.0</v>
       </c>
       <c r="F80">
-        <v>12373200.0</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>127500000.0</v>
       </c>
       <c r="H80" t="s">
         <v>11</v>
       </c>
       <c r="I80" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B81" t="s">
         <v>253</v>
       </c>
       <c r="C81" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D81" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E81">
-        <v>5104166.65</v>
+        <v>170000000.0</v>
       </c>
       <c r="F81">
-        <v>5104166.65</v>
+        <v>170000000.0</v>
       </c>
       <c r="H81" t="s">
         <v>11</v>
       </c>
       <c r="I81" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B82" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C82" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D82" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E82">
-        <v>133371000.0</v>
+        <v>487516.32</v>
       </c>
       <c r="F82">
-        <v>133371000.0</v>
+        <v>487516.32</v>
       </c>
       <c r="H82" t="s">
         <v>11</v>
       </c>
       <c r="I82" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>13</v>
       </c>
       <c r="B83" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C83" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D83" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E83">
-        <v>20153846.2</v>
+        <v>12527066.64</v>
       </c>
       <c r="F83">
-        <v>20153846.2</v>
+        <v>12527066.64</v>
       </c>
       <c r="H83" t="s">
         <v>11</v>
       </c>
       <c r="I83" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B84" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C84" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E84">
-        <v>86700603.6</v>
+        <v>5090277.8</v>
       </c>
       <c r="F84">
-        <v>86885861.3</v>
+        <v>5125000.0</v>
       </c>
       <c r="G84">
-        <v>0.21</v>
+        <v>0.68</v>
       </c>
       <c r="H84" t="s">
         <v>11</v>
       </c>
       <c r="I84" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B85" t="s">
         <v>264</v>
       </c>
       <c r="C85" t="s">
         <v>265</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85">
-        <v>56617000.0</v>
+        <v>146511000.0</v>
       </c>
       <c r="F85">
-        <v>56617000.0</v>
+        <v>146511000.0</v>
       </c>
       <c r="H85" t="s">
         <v>11</v>
       </c>
       <c r="I85" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B86" t="s">
         <v>267</v>
       </c>
       <c r="C86" t="s">
         <v>268</v>
       </c>
       <c r="D86" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E86">
-        <v>1075607.87</v>
+        <v>20297777.8</v>
       </c>
       <c r="F86">
-        <v>1075607.87</v>
+        <v>20297777.8</v>
       </c>
       <c r="H86" t="s">
         <v>11</v>
       </c>
       <c r="I86" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B87" t="s">
         <v>270</v>
       </c>
       <c r="C87" t="s">
         <v>271</v>
       </c>
       <c r="D87" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E87">
-        <v>8000000.0</v>
+        <v>101445544.2</v>
       </c>
       <c r="F87">
-        <v>8000000.0</v>
+        <v>101445544.2</v>
       </c>
       <c r="H87" t="s">
         <v>11</v>
       </c>
       <c r="I87" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>7</v>
       </c>
       <c r="B88" t="s">
         <v>273</v>
       </c>
       <c r="C88" t="s">
         <v>274</v>
       </c>
       <c r="D88" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E88">
-        <v>2000000.0</v>
+        <v>58617000.0</v>
       </c>
       <c r="F88">
-        <v>2000000.0</v>
+        <v>58617000.0</v>
       </c>
       <c r="H88" t="s">
         <v>11</v>
       </c>
       <c r="I88" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>7</v>
       </c>
       <c r="B89" t="s">
         <v>276</v>
       </c>
       <c r="C89" t="s">
         <v>277</v>
       </c>
       <c r="D89" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E89">
-        <v>5000000.0</v>
+        <v>1083674.93</v>
       </c>
       <c r="F89">
-        <v>5000000.0</v>
+        <v>1083674.93</v>
       </c>
       <c r="H89" t="s">
         <v>11</v>
       </c>
       <c r="I89" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B90" t="s">
         <v>279</v>
       </c>
       <c r="C90" t="s">
         <v>280</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E90">
-        <v>23553382.44</v>
+        <v>8000000.0</v>
       </c>
       <c r="F90">
-        <v>23318631.12</v>
-[...2 lines deleted...]
-        <v>-1.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H90" t="s">
         <v>11</v>
       </c>
       <c r="I90" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B91" t="s">
         <v>282</v>
       </c>
       <c r="C91" t="s">
         <v>283</v>
       </c>
       <c r="D91" t="s">
         <v>16</v>
       </c>
       <c r="E91">
-        <v>8019000.0</v>
+        <v>2000000.0</v>
       </c>
       <c r="F91">
-        <v>7829333.36</v>
-[...2 lines deleted...]
-        <v>-2.37</v>
+        <v>2000000.0</v>
       </c>
       <c r="H91" t="s">
         <v>11</v>
       </c>
       <c r="I91" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>7</v>
       </c>
       <c r="B92" t="s">
         <v>285</v>
       </c>
       <c r="C92" t="s">
         <v>286</v>
       </c>
       <c r="D92" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E92">
-        <v>20000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F92">
-        <v>20000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H92" t="s">
         <v>11</v>
       </c>
       <c r="I92" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B93" t="s">
         <v>288</v>
       </c>
       <c r="C93" t="s">
         <v>289</v>
       </c>
       <c r="D93" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E93">
-        <v>56454650.0</v>
+        <v>24257636.4</v>
       </c>
       <c r="F93">
-        <v>56736923.25</v>
-[...2 lines deleted...]
-        <v>0.5</v>
+        <v>24257636.4</v>
       </c>
       <c r="H93" t="s">
         <v>11</v>
       </c>
       <c r="I93" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B94" t="s">
         <v>291</v>
       </c>
       <c r="C94" t="s">
         <v>292</v>
       </c>
       <c r="D94" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E94">
-        <v>1491212576.0</v>
+        <v>8456088.88</v>
       </c>
       <c r="F94">
-        <v>1491212576.0</v>
+        <v>8456088.88</v>
       </c>
       <c r="H94" t="s">
         <v>11</v>
       </c>
       <c r="I94" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B95" t="s">
         <v>294</v>
       </c>
       <c r="C95" t="s">
         <v>295</v>
       </c>
       <c r="D95" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E95">
-        <v>300000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="F95">
-        <v>300000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="H95" t="s">
         <v>11</v>
       </c>
       <c r="I95" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B96" t="s">
         <v>297</v>
       </c>
       <c r="C96" t="s">
         <v>298</v>
       </c>
       <c r="D96" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E96">
-        <v>300000000.0</v>
+        <v>97764593.94</v>
       </c>
       <c r="F96">
-        <v>300000000.0</v>
+        <v>97764593.94</v>
       </c>
       <c r="H96" t="s">
         <v>11</v>
       </c>
       <c r="I96" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B97" t="s">
         <v>300</v>
       </c>
       <c r="C97" t="s">
         <v>301</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97">
-        <v>300000000.0</v>
+        <v>1607034912.0</v>
       </c>
       <c r="F97">
-        <v>300000000.0</v>
+        <v>1607034912.0</v>
       </c>
       <c r="H97" t="s">
         <v>11</v>
       </c>
       <c r="I97" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>13</v>
       </c>
       <c r="B98" t="s">
         <v>303</v>
       </c>
       <c r="C98" t="s">
         <v>304</v>
       </c>
       <c r="D98" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E98">
-        <v>15135208.35</v>
+        <v>300000000.0</v>
       </c>
       <c r="F98">
-        <v>15135208.35</v>
+        <v>300000000.0</v>
       </c>
       <c r="H98" t="s">
         <v>11</v>
       </c>
       <c r="I98" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>13</v>
       </c>
       <c r="B99" t="s">
         <v>306</v>
       </c>
       <c r="C99" t="s">
         <v>307</v>
       </c>
       <c r="D99" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E99">
-        <v>8396388.88</v>
+        <v>300000000.0</v>
       </c>
       <c r="F99">
-        <v>8396388.88</v>
+        <v>300000000.0</v>
       </c>
       <c r="H99" t="s">
         <v>11</v>
       </c>
       <c r="I99" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>13</v>
       </c>
       <c r="B100" t="s">
         <v>309</v>
       </c>
       <c r="C100" t="s">
         <v>310</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E100">
-        <v>8747984.0</v>
+        <v>300000000.0</v>
       </c>
       <c r="F100">
-        <v>8620000.0</v>
-[...2 lines deleted...]
-        <v>-1.46</v>
+        <v>300000000.0</v>
       </c>
       <c r="H100" t="s">
         <v>11</v>
       </c>
       <c r="I100" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B101" t="s">
         <v>312</v>
       </c>
       <c r="C101" t="s">
         <v>313</v>
       </c>
       <c r="D101" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E101">
-        <v>46509726.22</v>
+        <v>14997499.95</v>
       </c>
       <c r="F101">
-        <v>46266219.8</v>
-[...2 lines deleted...]
-        <v>-0.52</v>
+        <v>14997499.95</v>
       </c>
       <c r="H101" t="s">
         <v>11</v>
       </c>
       <c r="I101" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B102" t="s">
         <v>315</v>
       </c>
       <c r="C102" t="s">
         <v>316</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
       <c r="E102">
-        <v>950364131.1</v>
+        <v>8291388.88</v>
       </c>
       <c r="F102">
-        <v>956714002.8</v>
-[...2 lines deleted...]
-        <v>0.67</v>
+        <v>8291388.88</v>
       </c>
       <c r="H102" t="s">
         <v>11</v>
       </c>
       <c r="I102" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B103" t="s">
         <v>318</v>
       </c>
       <c r="C103" t="s">
         <v>319</v>
       </c>
       <c r="D103" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E103">
-        <v>21230491.05</v>
+        <v>8842000.0</v>
       </c>
       <c r="F103">
-        <v>21230491.05</v>
+        <v>8892000.0</v>
+      </c>
+      <c r="G103">
+        <v>0.57</v>
       </c>
       <c r="H103" t="s">
         <v>11</v>
       </c>
       <c r="I103" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B104" t="s">
         <v>321</v>
       </c>
       <c r="C104" t="s">
         <v>322</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104">
-        <v>25134431.44</v>
+        <v>48944790.42</v>
       </c>
       <c r="F104">
-        <v>24975352.76</v>
-[...2 lines deleted...]
-        <v>-0.63</v>
+        <v>48944790.42</v>
       </c>
       <c r="H104" t="s">
         <v>11</v>
       </c>
       <c r="I104" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B105" t="s">
         <v>324</v>
       </c>
       <c r="C105" t="s">
         <v>325</v>
       </c>
       <c r="D105" t="s">
         <v>16</v>
       </c>
       <c r="E105">
-        <v>8000000.0</v>
+        <v>958830626.7</v>
       </c>
       <c r="F105">
-        <v>8000000.0</v>
+        <v>952480755.0</v>
+      </c>
+      <c r="G105">
+        <v>-0.66</v>
       </c>
       <c r="H105" t="s">
         <v>11</v>
       </c>
       <c r="I105" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B106" t="s">
         <v>327</v>
       </c>
       <c r="C106" t="s">
         <v>328</v>
       </c>
       <c r="D106" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E106">
-        <v>48273233.808138</v>
+        <v>21395068.5</v>
       </c>
       <c r="F106">
-        <v>48316113.158004</v>
-[...2 lines deleted...]
-        <v>0.09</v>
+        <v>21395068.5</v>
       </c>
       <c r="H106" t="s">
         <v>11</v>
       </c>
       <c r="I106" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B107" t="s">
         <v>330</v>
       </c>
       <c r="C107" t="s">
         <v>331</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E107">
-        <v>148354098.2</v>
+        <v>25929824.84</v>
       </c>
       <c r="F107">
-        <v>140092307.6</v>
-[...2 lines deleted...]
-        <v>-5.57</v>
+        <v>25929824.84</v>
       </c>
       <c r="H107" t="s">
         <v>11</v>
       </c>
       <c r="I107" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B108" t="s">
         <v>333</v>
       </c>
       <c r="C108" t="s">
         <v>334</v>
       </c>
       <c r="D108" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E108">
-        <v>265666500.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F108">
-        <v>263206625.0</v>
-[...2 lines deleted...]
-        <v>-0.93</v>
+        <v>8000000.0</v>
       </c>
       <c r="H108" t="s">
         <v>11</v>
       </c>
       <c r="I108" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109" t="s">
         <v>336</v>
       </c>
       <c r="C109" t="s">
         <v>337</v>
       </c>
       <c r="D109" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E109">
-        <v>10419722.2</v>
+        <v>50077811.240154</v>
       </c>
       <c r="F109">
-        <v>10419722.2</v>
+        <v>49699951.83858</v>
+      </c>
+      <c r="G109">
+        <v>-0.75</v>
       </c>
       <c r="H109" t="s">
         <v>11</v>
       </c>
       <c r="I109" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B110" t="s">
         <v>339</v>
       </c>
       <c r="C110" t="s">
         <v>340</v>
       </c>
       <c r="D110" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E110">
-        <v>9479388.8</v>
+        <v>163818548.8</v>
       </c>
       <c r="F110">
-        <v>9479388.8</v>
+        <v>163743296.0</v>
+      </c>
+      <c r="G110">
+        <v>-0.05</v>
       </c>
       <c r="H110" t="s">
         <v>11</v>
       </c>
       <c r="I110" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B111" t="s">
         <v>342</v>
       </c>
       <c r="C111" t="s">
         <v>343</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111">
-        <v>8000000.0</v>
+        <v>327163375.0</v>
       </c>
       <c r="F111">
-        <v>8000000.0</v>
+        <v>327163375.0</v>
       </c>
       <c r="H111" t="s">
         <v>11</v>
       </c>
       <c r="I111" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B112" t="s">
         <v>345</v>
       </c>
       <c r="C112" t="s">
         <v>346</v>
       </c>
       <c r="D112" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E112">
-        <v>19219745.3</v>
+        <v>10000000.0</v>
       </c>
       <c r="F112">
-        <v>19219745.3</v>
+        <v>10000000.0</v>
       </c>
       <c r="H112" t="s">
         <v>11</v>
       </c>
       <c r="I112" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B113" t="s">
         <v>348</v>
       </c>
       <c r="C113" t="s">
         <v>349</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113">
-        <v>144550702.3</v>
+        <v>9354660.0</v>
       </c>
       <c r="F113">
-        <v>149115461.32</v>
-[...2 lines deleted...]
-        <v>3.16</v>
+        <v>9354660.0</v>
       </c>
       <c r="H113" t="s">
         <v>11</v>
       </c>
       <c r="I113" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B114" t="s">
         <v>351</v>
       </c>
       <c r="C114" t="s">
         <v>352</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114">
-        <v>34455000.44</v>
+        <v>8000000.0</v>
       </c>
       <c r="F114">
-        <v>36057558.6</v>
-[...2 lines deleted...]
-        <v>4.65</v>
+        <v>8000000.0</v>
       </c>
       <c r="H114" t="s">
         <v>11</v>
       </c>
       <c r="I114" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B115" t="s">
         <v>354</v>
       </c>
       <c r="C115" t="s">
         <v>355</v>
       </c>
       <c r="D115" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E115">
-        <v>42223062.32067</v>
+        <v>24949855.7</v>
       </c>
       <c r="F115">
-        <v>42223062.32067</v>
+        <v>24591723.8</v>
+      </c>
+      <c r="G115">
+        <v>-1.44</v>
       </c>
       <c r="H115" t="s">
         <v>11</v>
       </c>
       <c r="I115" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>7</v>
       </c>
       <c r="B116" t="s">
         <v>357</v>
       </c>
       <c r="C116" t="s">
         <v>358</v>
       </c>
       <c r="D116" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E116">
-        <v>8000000.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="F116">
-        <v>8000000.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="H116" t="s">
         <v>11</v>
       </c>
       <c r="I116" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B117" t="s">
         <v>360</v>
       </c>
       <c r="C117" t="s">
         <v>361</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117">
-        <v>1500000.0</v>
+        <v>168515687.155</v>
       </c>
       <c r="F117">
-        <v>1500000.0</v>
+        <v>168515687.155</v>
       </c>
       <c r="H117" t="s">
         <v>11</v>
       </c>
       <c r="I117" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="B118" t="s">
         <v>363</v>
       </c>
       <c r="C118" t="s">
         <v>364</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118">
-        <v>230150000.0</v>
+        <v>40865233.08</v>
       </c>
       <c r="F118">
-        <v>230150000.0</v>
+        <v>40865233.08</v>
       </c>
       <c r="H118" t="s">
         <v>11</v>
       </c>
       <c r="I118" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B119" t="s">
         <v>366</v>
       </c>
       <c r="C119" t="s">
         <v>367</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119">
-        <v>417586382.64</v>
+        <v>1064000.0</v>
       </c>
       <c r="F119">
-        <v>414560394.36</v>
-[...2 lines deleted...]
-        <v>-0.72</v>
+        <v>1064000.0</v>
       </c>
       <c r="H119" t="s">
         <v>11</v>
       </c>
       <c r="I119" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B120" t="s">
         <v>369</v>
       </c>
       <c r="C120" t="s">
         <v>370</v>
       </c>
       <c r="D120" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E120">
-        <v>1091760966.18</v>
+        <v>51288461.5</v>
       </c>
       <c r="F120">
-        <v>1088482404.72</v>
-[...2 lines deleted...]
-        <v>-0.3</v>
+        <v>51288461.5</v>
       </c>
       <c r="H120" t="s">
         <v>11</v>
       </c>
       <c r="I120" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B121" t="s">
         <v>372</v>
       </c>
       <c r="C121" t="s">
         <v>373</v>
       </c>
       <c r="D121" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E121">
-        <v>20837666.6</v>
+        <v>8000000.0</v>
       </c>
       <c r="F121">
-        <v>20837666.6</v>
+        <v>8000000.0</v>
       </c>
       <c r="H121" t="s">
         <v>11</v>
       </c>
       <c r="I121" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B122" t="s">
         <v>375</v>
       </c>
       <c r="C122" t="s">
         <v>376</v>
       </c>
       <c r="D122" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E122">
-        <v>41903750.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="F122">
-        <v>41934375.0</v>
-[...2 lines deleted...]
-        <v>0.07</v>
+        <v>1500000.0</v>
       </c>
       <c r="H122" t="s">
         <v>11</v>
       </c>
       <c r="I122" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B123" t="s">
         <v>378</v>
       </c>
       <c r="C123" t="s">
         <v>379</v>
       </c>
       <c r="D123" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E123">
-        <v>8611779.35</v>
+        <v>3000000.0</v>
       </c>
       <c r="F123">
-        <v>8611779.35</v>
+        <v>3000000.0</v>
       </c>
       <c r="H123" t="s">
         <v>11</v>
       </c>
       <c r="I123" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B124" t="s">
         <v>381</v>
       </c>
       <c r="C124" t="s">
         <v>382</v>
       </c>
       <c r="D124" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E124">
-        <v>6040000.0</v>
+        <v>2150000.0</v>
       </c>
       <c r="F124">
-        <v>6880000.0</v>
-[...2 lines deleted...]
-        <v>13.91</v>
+        <v>2150000.0</v>
       </c>
       <c r="H124" t="s">
         <v>11</v>
       </c>
       <c r="I124" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B125" t="s">
         <v>384</v>
       </c>
       <c r="C125" t="s">
         <v>385</v>
       </c>
       <c r="D125" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E125">
-        <v>10284444.4</v>
+        <v>230150000.0</v>
       </c>
       <c r="F125">
-        <v>10284444.4</v>
+        <v>230150000.0</v>
       </c>
       <c r="H125" t="s">
         <v>11</v>
       </c>
       <c r="I125" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B126" t="s">
         <v>387</v>
       </c>
       <c r="C126" t="s">
         <v>388</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126">
-        <v>360000000.0</v>
+        <v>443811614.4</v>
       </c>
       <c r="F126">
-        <v>360000000.0</v>
+        <v>443811614.4</v>
       </c>
       <c r="H126" t="s">
         <v>11</v>
       </c>
       <c r="I126" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B127" t="s">
         <v>390</v>
       </c>
       <c r="C127" t="s">
         <v>391</v>
       </c>
       <c r="D127" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E127">
-        <v>470000000.0</v>
+        <v>1170446441.22</v>
       </c>
       <c r="F127">
-        <v>470000000.0</v>
+        <v>1172085721.95</v>
+      </c>
+      <c r="G127">
+        <v>0.14</v>
       </c>
       <c r="H127" t="s">
         <v>11</v>
       </c>
       <c r="I127" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>13</v>
       </c>
       <c r="B128" t="s">
         <v>393</v>
       </c>
       <c r="C128" t="s">
         <v>394</v>
       </c>
       <c r="D128" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E128">
-        <v>462682500.0</v>
+        <v>20703333.4</v>
       </c>
       <c r="F128">
-        <v>462682500.0</v>
+        <v>20790000.0</v>
+      </c>
+      <c r="G128">
+        <v>0.42</v>
       </c>
       <c r="H128" t="s">
         <v>11</v>
       </c>
       <c r="I128" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>13</v>
       </c>
       <c r="B129" t="s">
         <v>396</v>
       </c>
       <c r="C129" t="s">
         <v>397</v>
       </c>
       <c r="D129" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E129">
-        <v>336004815.0</v>
+        <v>41265000.0</v>
       </c>
       <c r="F129">
-        <v>336004815.0</v>
+        <v>41800208.45</v>
+      </c>
+      <c r="G129">
+        <v>1.3</v>
       </c>
       <c r="H129" t="s">
         <v>11</v>
       </c>
       <c r="I129" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B130" t="s">
         <v>399</v>
       </c>
       <c r="C130" t="s">
         <v>400</v>
       </c>
       <c r="D130" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E130">
-        <v>359635600.0</v>
+        <v>8848800.8</v>
       </c>
       <c r="F130">
-        <v>359635600.0</v>
+        <v>8848800.8</v>
       </c>
       <c r="H130" t="s">
         <v>11</v>
       </c>
       <c r="I130" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B131" t="s">
         <v>402</v>
       </c>
       <c r="C131" t="s">
         <v>403</v>
       </c>
       <c r="D131" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E131">
-        <v>244000000.0</v>
+        <v>6320000.0</v>
       </c>
       <c r="F131">
-        <v>244000000.0</v>
+        <v>6320000.0</v>
       </c>
       <c r="H131" t="s">
         <v>11</v>
       </c>
       <c r="I131" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>13</v>
       </c>
       <c r="B132" t="s">
         <v>405</v>
       </c>
       <c r="C132" t="s">
         <v>406</v>
       </c>
       <c r="D132" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E132">
-        <v>310401315.0</v>
+        <v>10605555.6</v>
       </c>
       <c r="F132">
-        <v>310401315.0</v>
+        <v>10250000.0</v>
+      </c>
+      <c r="G132">
+        <v>-3.35</v>
       </c>
       <c r="H132" t="s">
         <v>11</v>
       </c>
       <c r="I132" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>13</v>
       </c>
       <c r="B133" t="s">
         <v>408</v>
       </c>
       <c r="C133" t="s">
         <v>409</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133">
-        <v>1250146170.0</v>
+        <v>470000000.0</v>
       </c>
       <c r="F133">
-        <v>1250146170.0</v>
+        <v>470000000.0</v>
       </c>
       <c r="H133" t="s">
         <v>11</v>
       </c>
       <c r="I133" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>13</v>
       </c>
       <c r="B134" t="s">
         <v>411</v>
       </c>
       <c r="C134" t="s">
         <v>412</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134">
-        <v>1031002400.0</v>
+        <v>462682500.0</v>
       </c>
       <c r="F134">
-        <v>1031002400.0</v>
+        <v>462682500.0</v>
       </c>
       <c r="H134" t="s">
         <v>11</v>
       </c>
       <c r="I134" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>13</v>
       </c>
       <c r="B135" t="s">
         <v>414</v>
       </c>
       <c r="C135" t="s">
         <v>415</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135">
-        <v>763654565.0</v>
+        <v>336004815.0</v>
       </c>
       <c r="F135">
-        <v>763654565.0</v>
+        <v>336004815.0</v>
       </c>
       <c r="H135" t="s">
         <v>11</v>
       </c>
       <c r="I135" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>13</v>
       </c>
       <c r="B136" t="s">
         <v>417</v>
       </c>
       <c r="C136" t="s">
         <v>418</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136">
-        <v>1133881410.0</v>
+        <v>359635600.0</v>
       </c>
       <c r="F136">
-        <v>1133881410.0</v>
+        <v>359635600.0</v>
       </c>
       <c r="H136" t="s">
         <v>11</v>
       </c>
       <c r="I136" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B137" t="s">
         <v>420</v>
       </c>
       <c r="C137" t="s">
         <v>421</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137">
-        <v>1750000000.0</v>
+        <v>244000000.0</v>
       </c>
       <c r="F137">
-        <v>1750000000.0</v>
+        <v>244000000.0</v>
       </c>
       <c r="H137" t="s">
         <v>11</v>
       </c>
       <c r="I137" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B138" t="s">
         <v>423</v>
       </c>
       <c r="C138" t="s">
         <v>424</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138">
-        <v>735000000.0</v>
+        <v>310401315.0</v>
       </c>
       <c r="F138">
-        <v>735000000.0</v>
+        <v>310401315.0</v>
       </c>
       <c r="H138" t="s">
         <v>11</v>
       </c>
       <c r="I138" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B139" t="s">
         <v>426</v>
       </c>
       <c r="C139" t="s">
         <v>427</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139">
-        <v>1250000000.0</v>
+        <v>1250146170.0</v>
       </c>
       <c r="F139">
-        <v>1250000000.0</v>
+        <v>1250146170.0</v>
       </c>
       <c r="H139" t="s">
         <v>11</v>
       </c>
       <c r="I139" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B140" t="s">
         <v>429</v>
       </c>
       <c r="C140" t="s">
         <v>430</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140">
-        <v>750000000.0</v>
+        <v>1031002400.0</v>
       </c>
       <c r="F140">
-        <v>750000000.0</v>
+        <v>1031002400.0</v>
       </c>
       <c r="H140" t="s">
         <v>11</v>
       </c>
       <c r="I140" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B141" t="s">
         <v>432</v>
       </c>
       <c r="C141" t="s">
         <v>433</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141">
-        <v>750000000.0</v>
+        <v>1177012560.0</v>
       </c>
       <c r="F141">
-        <v>750000000.0</v>
+        <v>1177012560.0</v>
       </c>
       <c r="H141" t="s">
         <v>11</v>
       </c>
       <c r="I141" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B142" t="s">
         <v>435</v>
       </c>
       <c r="C142" t="s">
         <v>436</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142">
-        <v>850000000.0</v>
+        <v>1133881410.0</v>
       </c>
       <c r="F142">
-        <v>850000000.0</v>
+        <v>1133881410.0</v>
       </c>
       <c r="H142" t="s">
         <v>11</v>
       </c>
       <c r="I142" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B143" t="s">
         <v>438</v>
       </c>
       <c r="C143" t="s">
         <v>439</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143">
-        <v>750000000.0</v>
+        <v>1750000000.0</v>
       </c>
       <c r="F143">
-        <v>750000000.0</v>
+        <v>1750000000.0</v>
       </c>
       <c r="H143" t="s">
         <v>11</v>
       </c>
       <c r="I143" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B144" t="s">
         <v>441</v>
       </c>
       <c r="C144" t="s">
         <v>442</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144">
-        <v>1085000000.0</v>
+        <v>735000000.0</v>
       </c>
       <c r="F144">
-        <v>1085000000.0</v>
+        <v>735000000.0</v>
       </c>
       <c r="H144" t="s">
         <v>11</v>
       </c>
       <c r="I144" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B145" t="s">
         <v>444</v>
       </c>
       <c r="C145" t="s">
         <v>445</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145">
-        <v>1545000000.0</v>
+        <v>1250000000.0</v>
       </c>
       <c r="F145">
-        <v>1545000000.0</v>
+        <v>1250000000.0</v>
       </c>
       <c r="H145" t="s">
         <v>11</v>
       </c>
       <c r="I145" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B146" t="s">
         <v>447</v>
       </c>
       <c r="C146" t="s">
         <v>448</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146">
-        <v>1280000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F146">
-        <v>1280000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H146" t="s">
         <v>11</v>
       </c>
       <c r="I146" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B147" t="s">
         <v>450</v>
       </c>
       <c r="C147" t="s">
         <v>451</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147">
-        <v>1625000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F147">
-        <v>1625000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H147" t="s">
         <v>11</v>
       </c>
       <c r="I147" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B148" t="s">
         <v>453</v>
       </c>
       <c r="C148" t="s">
         <v>454</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148">
-        <v>1355000000.0</v>
+        <v>850000000.0</v>
       </c>
       <c r="F148">
-        <v>1355000000.0</v>
+        <v>850000000.0</v>
       </c>
       <c r="H148" t="s">
         <v>11</v>
       </c>
       <c r="I148" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B149" t="s">
         <v>456</v>
       </c>
       <c r="C149" t="s">
         <v>457</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149">
-        <v>2275000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F149">
-        <v>2275000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H149" t="s">
         <v>11</v>
       </c>
       <c r="I149" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B150" t="s">
         <v>459</v>
       </c>
       <c r="C150" t="s">
         <v>460</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150">
-        <v>1000000000.0</v>
+        <v>1085000000.0</v>
       </c>
       <c r="F150">
-        <v>1000000000.0</v>
+        <v>1085000000.0</v>
       </c>
       <c r="H150" t="s">
         <v>11</v>
       </c>
       <c r="I150" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B151" t="s">
         <v>462</v>
       </c>
       <c r="C151" t="s">
         <v>463</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151">
-        <v>1260000000.0</v>
+        <v>1640000000.0</v>
       </c>
       <c r="F151">
-        <v>1260000000.0</v>
+        <v>1640000000.0</v>
       </c>
       <c r="H151" t="s">
         <v>11</v>
       </c>
       <c r="I151" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B152" t="s">
         <v>465</v>
       </c>
       <c r="C152" t="s">
         <v>466</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152">
-        <v>1180000000.0</v>
+        <v>1310000000.0</v>
       </c>
       <c r="F152">
-        <v>1180000000.0</v>
+        <v>1310000000.0</v>
       </c>
       <c r="H152" t="s">
         <v>11</v>
       </c>
       <c r="I152" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B153" t="s">
         <v>468</v>
       </c>
       <c r="C153" t="s">
         <v>469</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153">
-        <v>65982848.0</v>
+        <v>1625000000.0</v>
       </c>
       <c r="F153">
-        <v>65982848.0</v>
+        <v>1625000000.0</v>
       </c>
       <c r="H153" t="s">
         <v>11</v>
       </c>
       <c r="I153" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B154" t="s">
         <v>471</v>
       </c>
       <c r="C154" t="s">
         <v>472</v>
       </c>
       <c r="D154" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E154">
-        <v>76676616.8</v>
+        <v>1405000000.0</v>
       </c>
       <c r="F154">
-        <v>76676616.8</v>
+        <v>1405000000.0</v>
       </c>
       <c r="H154" t="s">
         <v>11</v>
       </c>
       <c r="I154" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B155" t="s">
         <v>474</v>
       </c>
       <c r="C155" t="s">
         <v>475</v>
       </c>
       <c r="D155" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E155">
-        <v>6306950.0</v>
+        <v>2275000000.0</v>
       </c>
       <c r="F155">
-        <v>6319350.0</v>
-[...2 lines deleted...]
-        <v>0.2</v>
+        <v>2275000000.0</v>
       </c>
       <c r="H155" t="s">
         <v>11</v>
       </c>
       <c r="I155" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B156" t="s">
         <v>477</v>
       </c>
       <c r="C156" t="s">
         <v>478</v>
       </c>
       <c r="D156" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E156">
-        <v>6356860.0</v>
+        <v>1000000000.0</v>
       </c>
       <c r="F156">
-        <v>6351125.0</v>
-[...2 lines deleted...]
-        <v>-0.09</v>
+        <v>1000000000.0</v>
       </c>
       <c r="H156" t="s">
         <v>11</v>
       </c>
       <c r="I156" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="B157" t="s">
         <v>480</v>
       </c>
       <c r="C157" t="s">
         <v>481</v>
       </c>
       <c r="D157" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E157">
-        <v>15067500.0</v>
+        <v>1260000000.0</v>
       </c>
       <c r="F157">
-        <v>14809200.0</v>
-[...2 lines deleted...]
-        <v>-1.71</v>
+        <v>1260000000.0</v>
       </c>
       <c r="H157" t="s">
         <v>11</v>
       </c>
       <c r="I157" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B158" t="s">
         <v>483</v>
       </c>
       <c r="C158" t="s">
         <v>484</v>
       </c>
       <c r="D158" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E158">
-        <v>3000000.0</v>
+        <v>1180000000.0</v>
       </c>
       <c r="F158">
-        <v>3000000.0</v>
+        <v>1180000000.0</v>
       </c>
       <c r="H158" t="s">
         <v>11</v>
       </c>
       <c r="I158" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B159" t="s">
         <v>486</v>
       </c>
       <c r="C159" t="s">
         <v>487</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E159">
-        <v>5000000.0</v>
+        <v>65982848.0</v>
       </c>
       <c r="F159">
-        <v>5000000.0</v>
+        <v>65982848.0</v>
       </c>
       <c r="H159" t="s">
         <v>11</v>
       </c>
       <c r="I159" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B160" t="s">
         <v>489</v>
       </c>
       <c r="C160" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D160" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E160">
-        <v>12106000.0</v>
+        <v>76676616.8</v>
       </c>
       <c r="F160">
-        <v>12106000.0</v>
+        <v>76676616.8</v>
       </c>
       <c r="H160" t="s">
         <v>11</v>
       </c>
       <c r="I160" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B161" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C161" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D161" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E161">
-        <v>37678520.64</v>
+        <v>6456370.0</v>
       </c>
       <c r="F161">
-        <v>37829840.0</v>
-[...2 lines deleted...]
-        <v>0.4</v>
+        <v>6456370.0</v>
       </c>
       <c r="H161" t="s">
         <v>11</v>
       </c>
       <c r="I161" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B162" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C162" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D162" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E162">
-        <v>8000000.0</v>
+        <v>6536711.646</v>
+      </c>
+      <c r="F162">
+        <v>6621548.354</v>
+      </c>
+      <c r="G162">
+        <v>1.3</v>
       </c>
       <c r="H162" t="s">
         <v>11</v>
       </c>
       <c r="I162" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B163" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C163" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D163" t="s">
         <v>16</v>
       </c>
       <c r="E163">
-        <v>7811056.44</v>
+        <v>15498000.0</v>
       </c>
       <c r="F163">
-        <v>7889956.0</v>
+        <v>15325800.0</v>
       </c>
       <c r="G163">
-        <v>1.01</v>
+        <v>-1.11</v>
       </c>
       <c r="H163" t="s">
         <v>11</v>
       </c>
       <c r="I163" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>7</v>
       </c>
       <c r="B164" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C164" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E164">
-        <v>1500000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F164">
-        <v>1500000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H164" t="s">
         <v>11</v>
       </c>
       <c r="I164" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B165" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C165" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D165" t="s">
         <v>16</v>
       </c>
       <c r="E165">
-        <v>47208028.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F165">
-        <v>47208028.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H165" t="s">
         <v>11</v>
       </c>
       <c r="I165" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B166" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C166" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D166" t="s">
         <v>16</v>
       </c>
       <c r="E166">
-        <v>504450000.0</v>
+        <v>12106000.0</v>
       </c>
       <c r="F166">
-        <v>510645000.0</v>
-[...2 lines deleted...]
-        <v>1.23</v>
+        <v>12106000.0</v>
       </c>
       <c r="H166" t="s">
         <v>11</v>
       </c>
       <c r="I166" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B167" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C167" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D167" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E167">
-        <v>20331803.324</v>
+        <v>44260912.8</v>
       </c>
       <c r="F167">
-        <v>20461305.256</v>
+        <v>44639211.2</v>
       </c>
       <c r="G167">
-        <v>0.64</v>
+        <v>0.85</v>
       </c>
       <c r="H167" t="s">
         <v>11</v>
       </c>
       <c r="I167" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>7</v>
       </c>
       <c r="B168" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C168" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168">
-        <v>3300000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F168">
-        <v>3300000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H168" t="s">
         <v>11</v>
       </c>
       <c r="I168" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B169" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C169" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D169" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E169">
-        <v>3000000.0</v>
+        <v>9803270.33</v>
       </c>
       <c r="F169">
-        <v>3000000.0</v>
+        <v>9783545.44</v>
+      </c>
+      <c r="G169">
+        <v>-0.2</v>
       </c>
       <c r="H169" t="s">
         <v>11</v>
       </c>
       <c r="I169" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B170" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C170" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D170" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E170">
-        <v>11681899.16</v>
+        <v>1500000.0</v>
       </c>
       <c r="F170">
-        <v>11681899.16</v>
+        <v>1500000.0</v>
       </c>
       <c r="H170" t="s">
         <v>11</v>
       </c>
       <c r="I170" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B171" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C171" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D171" t="s">
         <v>16</v>
       </c>
       <c r="E171">
-        <v>18999997.8</v>
+        <v>43836026.0</v>
       </c>
       <c r="F171">
-        <v>18999997.8</v>
+        <v>43836026.0</v>
       </c>
       <c r="H171" t="s">
         <v>11</v>
       </c>
       <c r="I171" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B172" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C172" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D172" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E172">
-        <v>8626735.0</v>
+        <v>532770000.0</v>
       </c>
       <c r="F172">
-        <v>8743840.0</v>
+        <v>531000000.0</v>
       </c>
       <c r="G172">
-        <v>1.36</v>
+        <v>-0.33</v>
       </c>
       <c r="H172" t="s">
         <v>11</v>
       </c>
       <c r="I172" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B173" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C173" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D173" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E173">
-        <v>10000000.0</v>
+        <v>22403834.236</v>
       </c>
       <c r="F173">
-        <v>10000000.0</v>
+        <v>21626822.644</v>
+      </c>
+      <c r="G173">
+        <v>-3.47</v>
       </c>
       <c r="H173" t="s">
         <v>11</v>
       </c>
       <c r="I173" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>7</v>
       </c>
       <c r="B174" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C174" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174">
-        <v>5500000.0</v>
+        <v>3300000.0</v>
       </c>
       <c r="F174">
-        <v>5500000.0</v>
+        <v>3300000.0</v>
       </c>
       <c r="H174" t="s">
         <v>11</v>
       </c>
       <c r="I174" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B175" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C175" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D175" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E175">
-        <v>56687954.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F175">
-        <v>56687954.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H175" t="s">
         <v>11</v>
       </c>
       <c r="I175" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B176" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C176" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E176">
-        <v>8232612.78</v>
+        <v>12858493.32</v>
       </c>
       <c r="F176">
-        <v>8232612.78</v>
+        <v>12858493.32</v>
       </c>
       <c r="H176" t="s">
         <v>11</v>
       </c>
       <c r="I176" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B177" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C177" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
       <c r="E177">
-        <v>350420.008</v>
+        <v>18999997.8</v>
       </c>
       <c r="F177">
-        <v>348270.192</v>
-[...2 lines deleted...]
-        <v>-0.61</v>
+        <v>18999997.8</v>
       </c>
       <c r="H177" t="s">
         <v>11</v>
       </c>
       <c r="I177" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B178" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C178" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D178" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E178">
-        <v>42244775.1</v>
+        <v>9251295.0</v>
       </c>
       <c r="F178">
-        <v>42291075.35661</v>
-[...2 lines deleted...]
-        <v>0.11</v>
+        <v>9251295.0</v>
       </c>
       <c r="H178" t="s">
         <v>11</v>
       </c>
       <c r="I178" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B179" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C179" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E179">
-        <v>2228132.736</v>
+        <v>6922000.0</v>
       </c>
       <c r="F179">
-        <v>2204923.02</v>
-[...2 lines deleted...]
-        <v>-1.04</v>
+        <v>6922000.0</v>
       </c>
       <c r="H179" t="s">
         <v>11</v>
       </c>
       <c r="I179" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B180" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C180" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E180">
-        <v>3411100.0</v>
+        <v>3168000.0</v>
       </c>
       <c r="F180">
-        <v>3411100.0</v>
+        <v>3168000.0</v>
       </c>
       <c r="H180" t="s">
         <v>11</v>
       </c>
       <c r="I180" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="B181" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C181" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E181">
-        <v>8664345.2</v>
+        <v>10000000.0</v>
       </c>
       <c r="F181">
-        <v>8664345.2</v>
+        <v>10000000.0</v>
       </c>
       <c r="H181" t="s">
         <v>11</v>
       </c>
       <c r="I181" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B182" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C182" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182">
-        <v>11281500.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="F182">
-        <v>11281500.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="H182" t="s">
         <v>11</v>
       </c>
       <c r="I182" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B183" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C183" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183">
-        <v>67927300.595</v>
+        <v>6401000.0</v>
       </c>
       <c r="F183">
-        <v>69281333.165</v>
-[...2 lines deleted...]
-        <v>1.99</v>
+        <v>6401000.0</v>
       </c>
       <c r="H183" t="s">
         <v>11</v>
       </c>
       <c r="I183" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B184" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C184" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D184" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E184">
-        <v>8000000.0</v>
+        <v>55554194.92</v>
       </c>
       <c r="F184">
-        <v>8000000.0</v>
+        <v>55554194.92</v>
       </c>
       <c r="H184" t="s">
         <v>11</v>
       </c>
       <c r="I184" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B185" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C185" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D185" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E185">
-        <v>8000000.0</v>
+        <v>8232612.78</v>
       </c>
       <c r="F185">
-        <v>8000000.0</v>
+        <v>8232612.78</v>
       </c>
       <c r="H185" t="s">
         <v>11</v>
       </c>
       <c r="I185" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B186" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C186" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D186" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E186">
-        <v>20000000.0</v>
+        <v>343970.56</v>
       </c>
       <c r="F186">
-        <v>20000000.0</v>
+        <v>339670.928</v>
+      </c>
+      <c r="G186">
+        <v>-1.25</v>
       </c>
       <c r="H186" t="s">
         <v>11</v>
       </c>
       <c r="I186" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B187" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C187" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D187" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E187">
-        <v>4622154.372</v>
+        <v>45937291.79935</v>
       </c>
       <c r="F187">
-        <v>4645498.586</v>
+        <v>46474606.2632</v>
       </c>
       <c r="G187">
-        <v>0.51</v>
+        <v>1.17</v>
       </c>
       <c r="H187" t="s">
         <v>11</v>
       </c>
       <c r="I187" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B188" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C188" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
       <c r="E188">
-        <v>458850.0</v>
+        <v>3094628.8</v>
       </c>
       <c r="F188">
-        <v>434700.0</v>
+        <v>3055945.94</v>
       </c>
       <c r="G188">
-        <v>-5.26</v>
+        <v>-1.25</v>
       </c>
       <c r="H188" t="s">
         <v>11</v>
       </c>
       <c r="I188" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B189" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C189" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D189" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E189">
-        <v>600859384.137</v>
+        <v>3850000.0</v>
       </c>
       <c r="F189">
-        <v>606730974.21</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>3850000.0</v>
       </c>
       <c r="H189" t="s">
         <v>11</v>
       </c>
       <c r="I189" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B190" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C190" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D190" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E190">
-        <v>146556525.42</v>
+        <v>8624045.92</v>
       </c>
       <c r="F190">
-        <v>147202148.88</v>
-[...2 lines deleted...]
-        <v>0.44</v>
+        <v>8624045.92</v>
       </c>
       <c r="H190" t="s">
         <v>11</v>
       </c>
       <c r="I190" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B191" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C191" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191">
-        <v>1351000.0</v>
+        <v>73117758.78</v>
       </c>
       <c r="F191">
-        <v>1351000.0</v>
+        <v>73117758.78</v>
       </c>
       <c r="H191" t="s">
         <v>11</v>
       </c>
       <c r="I191" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
         <v>7</v>
       </c>
       <c r="B192" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C192" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192">
-        <v>7000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F192">
-        <v>7000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H192" t="s">
         <v>11</v>
       </c>
       <c r="I192" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B193" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C193" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193">
-        <v>26319514.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F193">
-        <v>26319514.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H193" t="s">
         <v>11</v>
       </c>
       <c r="I193" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B194" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C194" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194">
-        <v>57223630.0</v>
+        <v>23833000.0</v>
       </c>
       <c r="F194">
-        <v>57223630.0</v>
+        <v>23833000.0</v>
       </c>
       <c r="H194" t="s">
         <v>11</v>
       </c>
       <c r="I194" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="B195" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C195" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D195" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E195">
-        <v>18949748.4</v>
+        <v>4505433.302</v>
       </c>
       <c r="F195">
-        <v>18890344.8</v>
+        <v>4552121.73</v>
       </c>
       <c r="G195">
-        <v>-0.31</v>
+        <v>1.04</v>
       </c>
       <c r="H195" t="s">
         <v>11</v>
       </c>
       <c r="I195" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B196" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C196" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D196" t="s">
         <v>16</v>
       </c>
       <c r="E196">
-        <v>4242288.8</v>
+        <v>451950.0</v>
       </c>
       <c r="F196">
-        <v>4227908.16</v>
-[...2 lines deleted...]
-        <v>-0.34</v>
+        <v>451950.0</v>
       </c>
       <c r="H196" t="s">
         <v>11</v>
       </c>
       <c r="I196" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B197" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C197" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D197" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E197">
-        <v>2196688.0</v>
+        <v>619778952.15</v>
       </c>
       <c r="F197">
-        <v>2196688.0</v>
+        <v>619778952.15</v>
       </c>
       <c r="H197" t="s">
         <v>11</v>
       </c>
       <c r="I197" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B198" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C198" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E198">
-        <v>40680000.0</v>
+        <v>150430266.18</v>
       </c>
       <c r="F198">
-        <v>40860000.0</v>
-[...2 lines deleted...]
-        <v>0.44</v>
+        <v>150430266.18</v>
       </c>
       <c r="H198" t="s">
         <v>11</v>
       </c>
       <c r="I198" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B199" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C199" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199">
-        <v>600000000.0</v>
+        <v>1351000.0</v>
       </c>
       <c r="F199">
-        <v>600000000.0</v>
+        <v>1351000.0</v>
       </c>
       <c r="H199" t="s">
         <v>11</v>
       </c>
       <c r="I199" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B200" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C200" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200">
-        <v>375000000.0</v>
+        <v>7000000.0</v>
       </c>
       <c r="F200">
-        <v>375000000.0</v>
+        <v>7000000.0</v>
       </c>
       <c r="H200" t="s">
         <v>11</v>
       </c>
       <c r="I200" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B201" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C201" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201">
-        <v>8000000.0</v>
+        <v>26917014.0</v>
       </c>
       <c r="F201">
-        <v>8000000.0</v>
+        <v>26917014.0</v>
       </c>
       <c r="H201" t="s">
         <v>11</v>
       </c>
       <c r="I201" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B202" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C202" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D202" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E202">
-        <v>6374295.75</v>
+        <v>57223630.0</v>
       </c>
       <c r="F202">
-        <v>6374295.75</v>
+        <v>57223630.0</v>
       </c>
       <c r="H202" t="s">
         <v>11</v>
       </c>
       <c r="I202" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="B203" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C203" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D203" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E203">
-        <v>75000000.0</v>
+        <v>29048360.4</v>
       </c>
       <c r="F203">
-        <v>75000000.0</v>
+        <v>29285974.8</v>
+      </c>
+      <c r="G203">
+        <v>0.82</v>
       </c>
       <c r="H203" t="s">
         <v>11</v>
       </c>
       <c r="I203" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B204" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C204" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D204" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E204">
-        <v>8096397.882022</v>
+        <v>3997817.92</v>
       </c>
       <c r="F204">
-        <v>8071174.081011</v>
+        <v>3983437.28</v>
       </c>
       <c r="G204">
-        <v>-0.31</v>
+        <v>-0.36</v>
       </c>
       <c r="H204" t="s">
         <v>11</v>
       </c>
       <c r="I204" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B205" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C205" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D205" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E205">
-        <v>23294889.268833</v>
+        <v>2619128.0</v>
       </c>
       <c r="F205">
-        <v>23294889.268833</v>
+        <v>2619128.0</v>
       </c>
       <c r="H205" t="s">
         <v>11</v>
       </c>
       <c r="I205" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B206" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C206" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D206" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E206">
-        <v>10348452.4759</v>
+        <v>44460000.0</v>
       </c>
       <c r="F206">
-        <v>10348452.4759</v>
+        <v>44460000.0</v>
       </c>
       <c r="H206" t="s">
         <v>11</v>
       </c>
       <c r="I206" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B207" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C207" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D207" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E207">
-        <v>30793333.2</v>
+        <v>600000000.0</v>
       </c>
       <c r="F207">
-        <v>30793333.2</v>
+        <v>600000000.0</v>
       </c>
       <c r="H207" t="s">
         <v>11</v>
       </c>
       <c r="I207" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B208" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C208" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D208" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E208">
-        <v>15000000.0</v>
+        <v>375000000.0</v>
       </c>
       <c r="F208">
-        <v>15000000.0</v>
+        <v>375000000.0</v>
       </c>
       <c r="H208" t="s">
         <v>11</v>
       </c>
       <c r="I208" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>7</v>
       </c>
       <c r="B209" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C209" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D209" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E209">
-        <v>50000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F209">
-        <v>50000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H209" t="s">
         <v>11</v>
       </c>
       <c r="I209" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B210" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C210" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D210" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E210">
-        <v>25599000.0</v>
+        <v>6459286.36</v>
       </c>
       <c r="F210">
-        <v>25599000.0</v>
+        <v>6459286.36</v>
       </c>
       <c r="H210" t="s">
         <v>11</v>
       </c>
       <c r="I210" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="B211" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C211" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D211" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E211">
-        <v>425321504.608</v>
+        <v>75000000.0</v>
       </c>
       <c r="F211">
-        <v>430526488.056</v>
-[...2 lines deleted...]
-        <v>1.22</v>
+        <v>75000000.0</v>
       </c>
       <c r="H211" t="s">
         <v>11</v>
       </c>
       <c r="I211" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B212" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C212" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D212" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E212">
-        <v>1060355911.16</v>
+        <v>6959641.381056</v>
       </c>
       <c r="F212">
-        <v>1060355911.16</v>
+        <v>6961512.884208</v>
+      </c>
+      <c r="G212">
+        <v>0.03</v>
       </c>
       <c r="H212" t="s">
         <v>11</v>
       </c>
       <c r="I212" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B213" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C213" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D213" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E213">
-        <v>375115932.0</v>
+        <v>23179637.768833</v>
       </c>
       <c r="F213">
-        <v>375523224.0</v>
+        <v>23186040.681167</v>
       </c>
       <c r="G213">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="H213" t="s">
         <v>11</v>
       </c>
       <c r="I213" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B214" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C214" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="D214" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E214">
-        <v>2780419.698</v>
+        <v>16860267.685053</v>
       </c>
       <c r="F214">
-        <v>2816412.186</v>
+        <v>16874976.770106</v>
       </c>
       <c r="G214">
-        <v>1.29</v>
+        <v>0.09</v>
       </c>
       <c r="H214" t="s">
         <v>11</v>
       </c>
       <c r="I214" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B215" t="s">
         <v>653</v>
       </c>
       <c r="C215" t="s">
         <v>654</v>
       </c>
       <c r="D215" t="s">
         <v>16</v>
       </c>
       <c r="E215">
-        <v>318230000.0</v>
+        <v>30871666.8</v>
       </c>
       <c r="F215">
-        <v>320860000.0</v>
-[...2 lines deleted...]
-        <v>0.83</v>
+        <v>30871666.8</v>
       </c>
       <c r="H215" t="s">
         <v>11</v>
       </c>
       <c r="I215" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
         <v>7</v>
       </c>
       <c r="B216" t="s">
         <v>656</v>
       </c>
       <c r="C216" t="s">
         <v>657</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E216">
-        <v>3100000.0</v>
+        <v>15000000.0</v>
       </c>
       <c r="F216">
-        <v>3100000.0</v>
+        <v>15000000.0</v>
       </c>
       <c r="H216" t="s">
         <v>11</v>
       </c>
       <c r="I216" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B217" t="s">
         <v>659</v>
       </c>
       <c r="C217" t="s">
         <v>660</v>
       </c>
       <c r="D217" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E217">
-        <v>212000000.0</v>
+        <v>50000000.0</v>
       </c>
       <c r="F217">
-        <v>212000000.0</v>
+        <v>50000000.0</v>
       </c>
       <c r="H217" t="s">
         <v>11</v>
       </c>
       <c r="I217" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B218" t="s">
         <v>662</v>
       </c>
       <c r="C218" t="s">
         <v>663</v>
       </c>
       <c r="D218" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E218">
-        <v>35375961.6</v>
+        <v>25599000.0</v>
       </c>
       <c r="F218">
-        <v>35375961.6</v>
+        <v>25599000.0</v>
       </c>
       <c r="H218" t="s">
         <v>11</v>
       </c>
       <c r="I218" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B219" t="s">
         <v>665</v>
       </c>
       <c r="C219" t="s">
         <v>666</v>
       </c>
       <c r="D219" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E219">
-        <v>8000000.0</v>
+        <v>446141438.4</v>
       </c>
       <c r="F219">
-        <v>8000000.0</v>
+        <v>449859283.72</v>
+      </c>
+      <c r="G219">
+        <v>0.83</v>
       </c>
       <c r="H219" t="s">
         <v>11</v>
       </c>
       <c r="I219" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B220" t="s">
         <v>668</v>
       </c>
       <c r="C220" t="s">
         <v>669</v>
       </c>
       <c r="D220" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E220">
-        <v>3210000.0</v>
+        <v>1211835327.04</v>
       </c>
       <c r="F220">
-        <v>3210000.0</v>
+        <v>1211835327.04</v>
       </c>
       <c r="H220" t="s">
         <v>11</v>
       </c>
       <c r="I220" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B221" t="s">
         <v>671</v>
       </c>
       <c r="C221" t="s">
         <v>672</v>
       </c>
       <c r="D221" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E221">
-        <v>6858000.0</v>
+        <v>391407612.0</v>
       </c>
       <c r="F221">
-        <v>6858000.0</v>
+        <v>391000320.0</v>
+      </c>
+      <c r="G221">
+        <v>-0.1</v>
       </c>
       <c r="H221" t="s">
         <v>11</v>
       </c>
       <c r="I221" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B222" t="s">
         <v>674</v>
       </c>
       <c r="C222" t="s">
         <v>675</v>
       </c>
       <c r="D222" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E222">
-        <v>2945930.0</v>
+        <v>2744427.21</v>
       </c>
       <c r="F222">
-        <v>2945930.0</v>
+        <v>2726430.966</v>
+      </c>
+      <c r="G222">
+        <v>-0.66</v>
       </c>
       <c r="H222" t="s">
         <v>11</v>
       </c>
       <c r="I222" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B223" t="s">
         <v>677</v>
       </c>
       <c r="C223" t="s">
         <v>678</v>
       </c>
       <c r="D223" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E223">
-        <v>38862670.0</v>
+        <v>382402000.0</v>
       </c>
       <c r="F223">
-        <v>39251296.7</v>
+        <v>380824000.0</v>
       </c>
       <c r="G223">
-        <v>1.0</v>
+        <v>-0.41</v>
       </c>
       <c r="H223" t="s">
         <v>11</v>
       </c>
       <c r="I223" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B224" t="s">
         <v>680</v>
       </c>
       <c r="C224" t="s">
         <v>681</v>
       </c>
       <c r="D224" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E224">
-        <v>25000000.0</v>
+        <v>3100000.0</v>
       </c>
       <c r="F224">
-        <v>25000000.0</v>
+        <v>3100000.0</v>
       </c>
       <c r="H224" t="s">
         <v>11</v>
       </c>
       <c r="I224" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B225" t="s">
         <v>683</v>
       </c>
       <c r="C225" t="s">
         <v>684</v>
       </c>
       <c r="D225" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E225">
-        <v>25000000.0</v>
+        <v>225000000.0</v>
       </c>
       <c r="F225">
-        <v>25000000.0</v>
+        <v>224000000.0</v>
+      </c>
+      <c r="G225">
+        <v>-0.44</v>
       </c>
       <c r="H225" t="s">
         <v>11</v>
       </c>
       <c r="I225" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B226" t="s">
         <v>686</v>
       </c>
       <c r="C226" t="s">
         <v>687</v>
       </c>
       <c r="D226" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E226">
-        <v>57094802.7</v>
+        <v>36019230.8</v>
       </c>
       <c r="F226">
-        <v>56943357.6</v>
-[...2 lines deleted...]
-        <v>-0.27</v>
+        <v>36019230.8</v>
       </c>
       <c r="H226" t="s">
         <v>11</v>
       </c>
       <c r="I226" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>7</v>
       </c>
       <c r="B227" t="s">
         <v>689</v>
       </c>
       <c r="C227" t="s">
         <v>690</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227">
-        <v>4000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F227">
-        <v>4000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H227" t="s">
         <v>11</v>
       </c>
       <c r="I227" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B228" t="s">
         <v>692</v>
       </c>
       <c r="C228" t="s">
         <v>693</v>
       </c>
       <c r="D228" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E228">
-        <v>131373000.0</v>
+        <v>3210000.0</v>
       </c>
       <c r="F228">
-        <v>132567300.0</v>
-[...2 lines deleted...]
-        <v>0.91</v>
+        <v>3210000.0</v>
       </c>
       <c r="H228" t="s">
         <v>11</v>
       </c>
       <c r="I228" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B229" t="s">
         <v>695</v>
       </c>
       <c r="C229" t="s">
         <v>696</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229">
-        <v>3400000.0</v>
+        <v>6960298.52286</v>
       </c>
       <c r="F229">
-        <v>3400000.0</v>
+        <v>6960298.52286</v>
       </c>
       <c r="H229" t="s">
         <v>11</v>
       </c>
       <c r="I229" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B230" t="s">
         <v>698</v>
       </c>
       <c r="C230" t="s">
         <v>699</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230">
-        <v>8000000.0</v>
+        <v>2831894.0</v>
       </c>
       <c r="F230">
-        <v>8000000.0</v>
+        <v>2831894.0</v>
       </c>
       <c r="H230" t="s">
         <v>11</v>
       </c>
       <c r="I230" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B231" t="s">
         <v>701</v>
       </c>
       <c r="C231" t="s">
         <v>702</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231">
-        <v>5000000.0</v>
+        <v>40805803.5</v>
       </c>
       <c r="F231">
-        <v>5000000.0</v>
+        <v>40805803.5</v>
       </c>
       <c r="H231" t="s">
         <v>11</v>
       </c>
       <c r="I231" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B232" t="s">
         <v>704</v>
       </c>
       <c r="C232" t="s">
         <v>705</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232">
-        <v>111021750.0</v>
+        <v>25000000.0</v>
       </c>
       <c r="F232">
-        <v>111856500.0</v>
-[...2 lines deleted...]
-        <v>0.75</v>
+        <v>25000000.0</v>
       </c>
       <c r="H232" t="s">
         <v>11</v>
       </c>
       <c r="I232" t="s">
         <v>706</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9">
+      <c r="A233" t="s">
+        <v>13</v>
+      </c>
+      <c r="B233" t="s">
+        <v>707</v>
+      </c>
+      <c r="C233" t="s">
+        <v>708</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233">
+        <v>25000000.0</v>
+      </c>
+      <c r="F233">
+        <v>25000000.0</v>
+      </c>
+      <c r="H233" t="s">
+        <v>11</v>
+      </c>
+      <c r="I233" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9">
+      <c r="A234" t="s">
+        <v>33</v>
+      </c>
+      <c r="B234" t="s">
+        <v>710</v>
+      </c>
+      <c r="C234" t="s">
+        <v>711</v>
+      </c>
+      <c r="D234" t="s">
+        <v>46</v>
+      </c>
+      <c r="E234">
+        <v>61032375.3</v>
+      </c>
+      <c r="F234">
+        <v>61032375.3</v>
+      </c>
+      <c r="H234" t="s">
+        <v>11</v>
+      </c>
+      <c r="I234" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9">
+      <c r="A235" t="s">
+        <v>7</v>
+      </c>
+      <c r="B235" t="s">
+        <v>713</v>
+      </c>
+      <c r="C235" t="s">
+        <v>714</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235">
+        <v>4000000.0</v>
+      </c>
+      <c r="F235">
+        <v>4000000.0</v>
+      </c>
+      <c r="H235" t="s">
+        <v>11</v>
+      </c>
+      <c r="I235" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9">
+      <c r="A236" t="s">
+        <v>37</v>
+      </c>
+      <c r="B236" t="s">
+        <v>716</v>
+      </c>
+      <c r="C236" t="s">
+        <v>717</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236">
+        <v>139733100.0</v>
+      </c>
+      <c r="F236">
+        <v>139733100.0</v>
+      </c>
+      <c r="H236" t="s">
+        <v>11</v>
+      </c>
+      <c r="I236" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9">
+      <c r="A237" t="s">
+        <v>7</v>
+      </c>
+      <c r="B237" t="s">
+        <v>719</v>
+      </c>
+      <c r="C237" t="s">
+        <v>720</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237">
+        <v>3400000.0</v>
+      </c>
+      <c r="F237">
+        <v>3400000.0</v>
+      </c>
+      <c r="H237" t="s">
+        <v>11</v>
+      </c>
+      <c r="I237" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9">
+      <c r="A238" t="s">
+        <v>7</v>
+      </c>
+      <c r="B238" t="s">
+        <v>722</v>
+      </c>
+      <c r="C238" t="s">
+        <v>723</v>
+      </c>
+      <c r="D238" t="s">
+        <v>16</v>
+      </c>
+      <c r="E238">
+        <v>12000000.0</v>
+      </c>
+      <c r="F238">
+        <v>12000000.0</v>
+      </c>
+      <c r="H238" t="s">
+        <v>11</v>
+      </c>
+      <c r="I238" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9">
+      <c r="A239" t="s">
+        <v>7</v>
+      </c>
+      <c r="B239" t="s">
+        <v>725</v>
+      </c>
+      <c r="C239" t="s">
+        <v>726</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239">
+        <v>1500000.0</v>
+      </c>
+      <c r="F239">
+        <v>1500000.0</v>
+      </c>
+      <c r="H239" t="s">
+        <v>11</v>
+      </c>
+      <c r="I239" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9">
+      <c r="A240" t="s">
+        <v>7</v>
+      </c>
+      <c r="B240" t="s">
+        <v>728</v>
+      </c>
+      <c r="C240" t="s">
+        <v>729</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240">
+        <v>5000000.0</v>
+      </c>
+      <c r="F240">
+        <v>5000000.0</v>
+      </c>
+      <c r="H240" t="s">
+        <v>11</v>
+      </c>
+      <c r="I240" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9">
+      <c r="A241" t="s">
+        <v>54</v>
+      </c>
+      <c r="B241" t="s">
+        <v>731</v>
+      </c>
+      <c r="C241" t="s">
+        <v>732</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241">
+        <v>111856500.0</v>
+      </c>
+      <c r="F241">
+        <v>111856500.0</v>
+      </c>
+      <c r="H241" t="s">
+        <v>11</v>
+      </c>
+      <c r="I241" t="s">
+        <v>733</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I68"/>
+  <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2">
-        <v>45994.0</v>
+        <v>46066.0</v>
       </c>
       <c r="F1" s="2">
-        <v>45995.0</v>
+        <v>46069.0</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="E2">
-        <v>1385081.662155</v>
+        <v>1370644.337845</v>
       </c>
       <c r="F2">
-        <v>1385081.662155</v>
+        <v>1371245.887385</v>
+      </c>
+      <c r="G2">
+        <v>0.04</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
-        <v>2674283.825224</v>
+        <v>2570122.124328</v>
       </c>
       <c r="F3">
-        <v>2674283.825224</v>
+        <v>2570122.124328</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
-        <v>5223019.36</v>
+        <v>4695695.29</v>
       </c>
       <c r="F4">
-        <v>5223019.36</v>
+        <v>4670584.62</v>
+      </c>
+      <c r="G4">
+        <v>-0.53</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5">
-        <v>28831489.22</v>
+        <v>27963070.87</v>
       </c>
       <c r="F5">
-        <v>29005172.89</v>
+        <v>27876229.035</v>
       </c>
       <c r="G5">
-        <v>0.6</v>
+        <v>-0.31</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6">
-        <v>15480833.4</v>
+        <v>15344333.4</v>
       </c>
       <c r="F6">
-        <v>15361333.35</v>
+        <v>15565500.0</v>
       </c>
       <c r="G6">
-        <v>-0.77</v>
+        <v>1.44</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7">
         <v>2204008.235</v>
       </c>
       <c r="F7">
-        <v>2189265.705</v>
+        <v>2211379.5</v>
       </c>
       <c r="G7">
-        <v>-0.67</v>
+        <v>0.33</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
       <c r="E8">
-        <v>5244916.65</v>
+        <v>5157569.45</v>
       </c>
       <c r="F8">
-        <v>5149930.55</v>
-[...2 lines deleted...]
-        <v>-1.81</v>
+        <v>5157569.45</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
       <c r="I8" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C9" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9">
-        <v>6243266.64</v>
+        <v>6272833.32</v>
       </c>
       <c r="F9">
-        <v>6243266.64</v>
+        <v>6188250.0</v>
+      </c>
+      <c r="G9">
+        <v>-1.35</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
       <c r="I9" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10">
-        <v>7336000.0</v>
+        <v>7256900.0</v>
       </c>
       <c r="F10">
-        <v>7336000.0</v>
+        <v>7351750.0</v>
+      </c>
+      <c r="G10">
+        <v>1.31</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11">
-        <v>21124444.4</v>
+        <v>21364444.4</v>
       </c>
       <c r="F11">
-        <v>21196222.0</v>
+        <v>21373333.4</v>
       </c>
       <c r="G11">
-        <v>0.34</v>
+        <v>0.04</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
       <c r="I11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12">
-        <v>15735000.0</v>
+        <v>15749700.0</v>
       </c>
       <c r="F12">
-        <v>15735000.0</v>
+        <v>15756666.6</v>
+      </c>
+      <c r="G12">
+        <v>0.04</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13">
-        <v>5326944.45</v>
+        <v>5502777.8</v>
       </c>
       <c r="F13">
-        <v>5326944.45</v>
+        <v>5502777.8</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D14" t="s">
         <v>16</v>
       </c>
       <c r="E14">
-        <v>202338868.064</v>
+        <v>230637285.575</v>
       </c>
       <c r="F14">
-        <v>202546182.478</v>
+        <v>232710429.715</v>
       </c>
       <c r="G14">
-        <v>0.1</v>
+        <v>0.9</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
       <c r="I14" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
         <v>16</v>
       </c>
       <c r="E15">
-        <v>10090277.8</v>
+        <v>10065270.0</v>
       </c>
       <c r="F15">
-        <v>10094444.4</v>
-[...2 lines deleted...]
-        <v>0.04</v>
+        <v>10065270.0</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
       <c r="E16">
-        <v>10290777.8</v>
+        <v>9925277.9</v>
       </c>
       <c r="F16">
-        <v>10290777.8</v>
+        <v>9925277.9</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="C17" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
       <c r="E17">
-        <v>38389584.08</v>
+        <v>38234787.37</v>
       </c>
       <c r="F17">
-        <v>38389584.08</v>
+        <v>38234787.37</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="C18" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D18" t="s">
         <v>16</v>
       </c>
       <c r="E18">
-        <v>220700800.9</v>
+        <v>228191950.8</v>
       </c>
       <c r="F18">
-        <v>220700800.9</v>
+        <v>228191950.8</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="D19" t="s">
         <v>16</v>
       </c>
       <c r="E19">
         <v>121000.0</v>
       </c>
       <c r="F19">
         <v>121000.0</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="C20" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
       <c r="E20">
-        <v>51586944.5</v>
+        <v>51251944.5</v>
       </c>
       <c r="F20">
-        <v>51452778.0</v>
+        <v>51223889.0</v>
       </c>
       <c r="G20">
-        <v>-0.26</v>
+        <v>-0.05</v>
       </c>
       <c r="H20" t="s">
         <v>11</v>
       </c>
       <c r="I20" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="C21" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
       <c r="E21">
-        <v>203388494.0</v>
+        <v>204184658.0</v>
       </c>
       <c r="F21">
-        <v>203500822.0</v>
+        <v>204802740.0</v>
       </c>
       <c r="G21">
-        <v>0.06</v>
+        <v>0.3</v>
       </c>
       <c r="H21" t="s">
         <v>11</v>
       </c>
       <c r="I21" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C22" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="D22" t="s">
         <v>16</v>
       </c>
       <c r="E22">
         <v>3000000.0</v>
       </c>
       <c r="F22">
         <v>3000000.0</v>
       </c>
       <c r="H22" t="s">
         <v>11</v>
       </c>
       <c r="I22" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C23" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="D23" t="s">
         <v>16</v>
       </c>
       <c r="E23">
         <v>5000000.0</v>
       </c>
       <c r="F23">
         <v>5000000.0</v>
       </c>
       <c r="H23" t="s">
         <v>11</v>
       </c>
       <c r="I23" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="C24" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="D24" t="s">
         <v>16</v>
       </c>
       <c r="E24">
-        <v>568769.04</v>
+        <v>487516.32</v>
       </c>
       <c r="F24">
-        <v>568769.04</v>
+        <v>487516.32</v>
       </c>
       <c r="H24" t="s">
         <v>11</v>
       </c>
       <c r="I24" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B25" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="D25" t="s">
         <v>16</v>
       </c>
       <c r="E25">
-        <v>86700603.6</v>
+        <v>101445544.2</v>
       </c>
       <c r="F25">
-        <v>86885861.3</v>
-[...2 lines deleted...]
-        <v>0.21</v>
+        <v>101445544.2</v>
       </c>
       <c r="H25" t="s">
         <v>11</v>
       </c>
       <c r="I25" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="C26" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="D26" t="s">
         <v>16</v>
       </c>
       <c r="E26">
         <v>2000000.0</v>
       </c>
       <c r="F26">
         <v>2000000.0</v>
       </c>
       <c r="H26" t="s">
         <v>11</v>
       </c>
       <c r="I26" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B27" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="C27" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="D27" t="s">
         <v>16</v>
       </c>
       <c r="E27">
-        <v>23553382.44</v>
+        <v>24257636.4</v>
       </c>
       <c r="F27">
-        <v>23318631.12</v>
-[...2 lines deleted...]
-        <v>-1.0</v>
+        <v>24257636.4</v>
       </c>
       <c r="H27" t="s">
         <v>11</v>
       </c>
       <c r="I27" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="C28" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="D28" t="s">
         <v>16</v>
       </c>
       <c r="E28">
-        <v>8019000.0</v>
+        <v>8456088.88</v>
       </c>
       <c r="F28">
-        <v>7829333.36</v>
-[...2 lines deleted...]
-        <v>-2.37</v>
+        <v>8456088.88</v>
       </c>
       <c r="H28" t="s">
         <v>11</v>
       </c>
       <c r="I28" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="C29" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="D29" t="s">
         <v>16</v>
       </c>
       <c r="E29">
-        <v>15135208.35</v>
+        <v>14997499.95</v>
       </c>
       <c r="F29">
-        <v>15135208.35</v>
+        <v>14997499.95</v>
       </c>
       <c r="H29" t="s">
         <v>11</v>
       </c>
       <c r="I29" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C30" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D30" t="s">
         <v>16</v>
       </c>
       <c r="E30">
-        <v>8396388.88</v>
+        <v>8291388.88</v>
       </c>
       <c r="F30">
-        <v>8396388.88</v>
+        <v>8291388.88</v>
       </c>
       <c r="H30" t="s">
         <v>11</v>
       </c>
       <c r="I30" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C31" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="D31" t="s">
         <v>16</v>
       </c>
       <c r="E31">
-        <v>8747984.0</v>
+        <v>8842000.0</v>
       </c>
       <c r="F31">
-        <v>8620000.0</v>
+        <v>8892000.0</v>
       </c>
       <c r="G31">
-        <v>-1.46</v>
+        <v>0.57</v>
       </c>
       <c r="H31" t="s">
         <v>11</v>
       </c>
       <c r="I31" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B32" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="C32" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="D32" t="s">
         <v>16</v>
       </c>
       <c r="E32">
-        <v>950364131.1</v>
+        <v>958830626.7</v>
       </c>
       <c r="F32">
-        <v>956714002.8</v>
+        <v>952480755.0</v>
       </c>
       <c r="G32">
-        <v>0.67</v>
+        <v>-0.66</v>
       </c>
       <c r="H32" t="s">
         <v>11</v>
       </c>
       <c r="I32" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="C33" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="D33" t="s">
         <v>16</v>
       </c>
       <c r="E33">
         <v>8000000.0</v>
       </c>
       <c r="F33">
         <v>8000000.0</v>
       </c>
       <c r="H33" t="s">
         <v>11</v>
       </c>
       <c r="I33" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="C34" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="D34" t="s">
         <v>16</v>
       </c>
       <c r="E34">
-        <v>48273233.808138</v>
+        <v>50077811.240154</v>
       </c>
       <c r="F34">
-        <v>48316113.158004</v>
+        <v>49699951.83858</v>
       </c>
       <c r="G34">
-        <v>0.09</v>
+        <v>-0.75</v>
       </c>
       <c r="H34" t="s">
         <v>11</v>
       </c>
       <c r="I34" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="C35" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="D35" t="s">
         <v>16</v>
       </c>
       <c r="E35">
-        <v>148354098.2</v>
+        <v>163818548.8</v>
       </c>
       <c r="F35">
-        <v>140092307.6</v>
+        <v>163743296.0</v>
       </c>
       <c r="G35">
-        <v>-5.57</v>
+        <v>-0.05</v>
       </c>
       <c r="H35" t="s">
         <v>11</v>
       </c>
       <c r="I35" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B36" t="s">
-        <v>369</v>
+        <v>390</v>
       </c>
       <c r="C36" t="s">
-        <v>370</v>
+        <v>391</v>
       </c>
       <c r="D36" t="s">
         <v>16</v>
       </c>
       <c r="E36">
-        <v>1091760966.18</v>
+        <v>1170446441.22</v>
       </c>
       <c r="F36">
-        <v>1088482404.72</v>
+        <v>1172085721.95</v>
       </c>
       <c r="G36">
-        <v>-0.3</v>
+        <v>0.14</v>
       </c>
       <c r="H36" t="s">
         <v>11</v>
       </c>
       <c r="I36" t="s">
-        <v>371</v>
+        <v>392</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
-        <v>372</v>
+        <v>393</v>
       </c>
       <c r="C37" t="s">
-        <v>373</v>
+        <v>394</v>
       </c>
       <c r="D37" t="s">
         <v>16</v>
       </c>
       <c r="E37">
-        <v>20837666.6</v>
+        <v>20703333.4</v>
       </c>
       <c r="F37">
-        <v>20837666.6</v>
+        <v>20790000.0</v>
+      </c>
+      <c r="G37">
+        <v>0.42</v>
       </c>
       <c r="H37" t="s">
         <v>11</v>
       </c>
       <c r="I37" t="s">
-        <v>374</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>13</v>
       </c>
       <c r="B38" t="s">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c r="C38" t="s">
-        <v>376</v>
+        <v>397</v>
       </c>
       <c r="D38" t="s">
         <v>16</v>
       </c>
       <c r="E38">
-        <v>41903750.0</v>
+        <v>41265000.0</v>
       </c>
       <c r="F38">
-        <v>41934375.0</v>
+        <v>41800208.45</v>
       </c>
       <c r="G38">
-        <v>0.07</v>
+        <v>1.3</v>
       </c>
       <c r="H38" t="s">
         <v>11</v>
       </c>
       <c r="I38" t="s">
-        <v>377</v>
+        <v>398</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B39" t="s">
-        <v>378</v>
+        <v>399</v>
       </c>
       <c r="C39" t="s">
-        <v>379</v>
+        <v>400</v>
       </c>
       <c r="D39" t="s">
         <v>16</v>
       </c>
       <c r="E39">
-        <v>8611779.35</v>
+        <v>8848800.8</v>
       </c>
       <c r="F39">
-        <v>8611779.35</v>
+        <v>8848800.8</v>
       </c>
       <c r="H39" t="s">
         <v>11</v>
       </c>
       <c r="I39" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>13</v>
       </c>
       <c r="B40" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="C40" t="s">
-        <v>475</v>
+        <v>493</v>
       </c>
       <c r="D40" t="s">
         <v>16</v>
       </c>
       <c r="E40">
-        <v>6306950.0</v>
+        <v>6456370.0</v>
       </c>
       <c r="F40">
-        <v>6319350.0</v>
-[...2 lines deleted...]
-        <v>0.2</v>
+        <v>6456370.0</v>
       </c>
       <c r="H40" t="s">
         <v>11</v>
       </c>
       <c r="I40" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>13</v>
       </c>
       <c r="B41" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="C41" t="s">
-        <v>478</v>
+        <v>496</v>
       </c>
       <c r="D41" t="s">
         <v>16</v>
       </c>
       <c r="E41">
-        <v>6356860.0</v>
+        <v>6536711.646</v>
       </c>
       <c r="F41">
-        <v>6351125.0</v>
+        <v>6621548.354</v>
       </c>
       <c r="G41">
-        <v>-0.09</v>
+        <v>1.3</v>
       </c>
       <c r="H41" t="s">
         <v>11</v>
       </c>
       <c r="I41" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B42" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="C42" t="s">
-        <v>481</v>
+        <v>499</v>
       </c>
       <c r="D42" t="s">
         <v>16</v>
       </c>
       <c r="E42">
-        <v>15067500.0</v>
+        <v>15498000.0</v>
       </c>
       <c r="F42">
-        <v>14809200.0</v>
+        <v>15325800.0</v>
       </c>
       <c r="G42">
-        <v>-1.71</v>
+        <v>-1.11</v>
       </c>
       <c r="H42" t="s">
         <v>11</v>
       </c>
       <c r="I42" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="C43" t="s">
-        <v>487</v>
+        <v>505</v>
       </c>
       <c r="D43" t="s">
         <v>16</v>
       </c>
       <c r="E43">
         <v>5000000.0</v>
       </c>
       <c r="F43">
         <v>5000000.0</v>
       </c>
       <c r="H43" t="s">
         <v>11</v>
       </c>
       <c r="I43" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="C44" t="s">
-        <v>487</v>
+        <v>508</v>
       </c>
       <c r="D44" t="s">
         <v>16</v>
       </c>
       <c r="E44">
         <v>12106000.0</v>
       </c>
       <c r="F44">
         <v>12106000.0</v>
       </c>
       <c r="H44" t="s">
         <v>11</v>
       </c>
       <c r="I44" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B45" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="C45" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="D45" t="s">
         <v>16</v>
       </c>
       <c r="E45">
-        <v>7811056.44</v>
+        <v>9803270.33</v>
       </c>
       <c r="F45">
-        <v>7889956.0</v>
+        <v>9783545.44</v>
       </c>
       <c r="G45">
-        <v>1.01</v>
+        <v>-0.2</v>
       </c>
       <c r="H45" t="s">
         <v>11</v>
       </c>
       <c r="I45" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="C46" t="s">
-        <v>501</v>
+        <v>520</v>
       </c>
       <c r="D46" t="s">
         <v>16</v>
       </c>
       <c r="E46">
         <v>1500000.0</v>
       </c>
       <c r="F46">
         <v>1500000.0</v>
       </c>
       <c r="H46" t="s">
         <v>11</v>
       </c>
       <c r="I46" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
       <c r="D47" t="s">
         <v>16</v>
       </c>
       <c r="E47">
-        <v>47208028.0</v>
+        <v>43836026.0</v>
       </c>
       <c r="F47">
-        <v>47208028.0</v>
+        <v>43836026.0</v>
       </c>
       <c r="H47" t="s">
         <v>11</v>
       </c>
       <c r="I47" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B48" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
       <c r="C48" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="D48" t="s">
         <v>16</v>
       </c>
       <c r="E48">
-        <v>504450000.0</v>
+        <v>532770000.0</v>
       </c>
       <c r="F48">
-        <v>510645000.0</v>
+        <v>531000000.0</v>
       </c>
       <c r="G48">
-        <v>1.23</v>
+        <v>-0.33</v>
       </c>
       <c r="H48" t="s">
         <v>11</v>
       </c>
       <c r="I48" t="s">
-        <v>508</v>
+        <v>527</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B49" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
       <c r="C49" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="D49" t="s">
         <v>16</v>
       </c>
       <c r="E49">
-        <v>20331803.324</v>
+        <v>22403834.236</v>
       </c>
       <c r="F49">
-        <v>20461305.256</v>
+        <v>21626822.644</v>
       </c>
       <c r="G49">
-        <v>0.64</v>
+        <v>-3.47</v>
       </c>
       <c r="H49" t="s">
         <v>11</v>
       </c>
       <c r="I49" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>13</v>
       </c>
       <c r="B50" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="C50" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
       <c r="D50" t="s">
         <v>16</v>
       </c>
       <c r="E50">
         <v>18999997.8</v>
       </c>
       <c r="F50">
         <v>18999997.8</v>
       </c>
       <c r="H50" t="s">
         <v>11</v>
       </c>
       <c r="I50" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B51" t="s">
-        <v>533</v>
+        <v>561</v>
       </c>
       <c r="C51" t="s">
-        <v>534</v>
+        <v>562</v>
       </c>
       <c r="D51" t="s">
         <v>16</v>
       </c>
       <c r="E51">
-        <v>56687954.0</v>
+        <v>55554194.92</v>
       </c>
       <c r="F51">
-        <v>56687954.0</v>
+        <v>55554194.92</v>
       </c>
       <c r="H51" t="s">
         <v>11</v>
       </c>
       <c r="I51" t="s">
-        <v>535</v>
+        <v>563</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>13</v>
       </c>
       <c r="B52" t="s">
-        <v>536</v>
+        <v>564</v>
       </c>
       <c r="C52" t="s">
-        <v>537</v>
+        <v>565</v>
       </c>
       <c r="D52" t="s">
         <v>16</v>
       </c>
       <c r="E52">
         <v>8232612.78</v>
       </c>
       <c r="F52">
         <v>8232612.78</v>
       </c>
       <c r="H52" t="s">
         <v>11</v>
       </c>
       <c r="I52" t="s">
-        <v>538</v>
+        <v>566</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B53" t="s">
-        <v>539</v>
+        <v>567</v>
       </c>
       <c r="C53" t="s">
-        <v>540</v>
+        <v>568</v>
       </c>
       <c r="D53" t="s">
         <v>16</v>
       </c>
       <c r="E53">
-        <v>350420.008</v>
+        <v>343970.56</v>
       </c>
       <c r="F53">
-        <v>348270.192</v>
+        <v>339670.928</v>
       </c>
       <c r="G53">
-        <v>-0.61</v>
+        <v>-1.25</v>
       </c>
       <c r="H53" t="s">
         <v>11</v>
       </c>
       <c r="I53" t="s">
-        <v>541</v>
+        <v>569</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B54" t="s">
-        <v>545</v>
+        <v>573</v>
       </c>
       <c r="C54" t="s">
-        <v>546</v>
+        <v>574</v>
       </c>
       <c r="D54" t="s">
         <v>16</v>
       </c>
       <c r="E54">
-        <v>2228132.736</v>
+        <v>3094628.8</v>
       </c>
       <c r="F54">
-        <v>2204923.02</v>
+        <v>3055945.94</v>
       </c>
       <c r="G54">
-        <v>-1.04</v>
+        <v>-1.25</v>
       </c>
       <c r="H54" t="s">
         <v>11</v>
       </c>
       <c r="I54" t="s">
-        <v>547</v>
+        <v>575</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="C55" t="s">
-        <v>549</v>
+        <v>577</v>
       </c>
       <c r="D55" t="s">
         <v>16</v>
       </c>
       <c r="E55">
-        <v>3411100.0</v>
+        <v>3850000.0</v>
       </c>
       <c r="F55">
-        <v>3411100.0</v>
+        <v>3850000.0</v>
       </c>
       <c r="H55" t="s">
         <v>11</v>
       </c>
       <c r="I55" t="s">
-        <v>550</v>
+        <v>578</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B56" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="C56" t="s">
-        <v>552</v>
+        <v>580</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
       <c r="E56">
-        <v>8664345.2</v>
+        <v>8624045.92</v>
       </c>
       <c r="F56">
-        <v>8664345.2</v>
+        <v>8624045.92</v>
       </c>
       <c r="H56" t="s">
         <v>11</v>
       </c>
       <c r="I56" t="s">
-        <v>553</v>
+        <v>581</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B57" t="s">
-        <v>572</v>
+        <v>597</v>
       </c>
       <c r="C57" t="s">
-        <v>573</v>
+        <v>598</v>
       </c>
       <c r="D57" t="s">
         <v>16</v>
       </c>
       <c r="E57">
-        <v>458850.0</v>
+        <v>451950.0</v>
       </c>
       <c r="F57">
-        <v>434700.0</v>
-[...2 lines deleted...]
-        <v>-5.26</v>
+        <v>451950.0</v>
       </c>
       <c r="H57" t="s">
         <v>11</v>
       </c>
       <c r="I57" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B58" t="s">
-        <v>596</v>
+        <v>621</v>
       </c>
       <c r="C58" t="s">
-        <v>597</v>
+        <v>622</v>
       </c>
       <c r="D58" t="s">
         <v>16</v>
       </c>
       <c r="E58">
-        <v>4242288.8</v>
+        <v>3997817.92</v>
       </c>
       <c r="F58">
-        <v>4227908.16</v>
+        <v>3983437.28</v>
       </c>
       <c r="G58">
-        <v>-0.34</v>
+        <v>-0.36</v>
       </c>
       <c r="H58" t="s">
         <v>11</v>
       </c>
       <c r="I58" t="s">
-        <v>598</v>
+        <v>623</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B59" t="s">
-        <v>602</v>
+        <v>627</v>
       </c>
       <c r="C59" t="s">
-        <v>603</v>
+        <v>628</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
       <c r="E59">
-        <v>40680000.0</v>
+        <v>44460000.0</v>
       </c>
       <c r="F59">
-        <v>40860000.0</v>
-[...2 lines deleted...]
-        <v>0.44</v>
+        <v>44460000.0</v>
       </c>
       <c r="H59" t="s">
         <v>11</v>
       </c>
       <c r="I59" t="s">
-        <v>604</v>
+        <v>629</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B60" t="s">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="C60" t="s">
-        <v>615</v>
+        <v>640</v>
       </c>
       <c r="D60" t="s">
         <v>16</v>
       </c>
       <c r="E60">
-        <v>6374295.75</v>
+        <v>6459286.36</v>
       </c>
       <c r="F60">
-        <v>6374295.75</v>
+        <v>6459286.36</v>
       </c>
       <c r="H60" t="s">
         <v>11</v>
       </c>
       <c r="I60" t="s">
-        <v>616</v>
+        <v>641</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>13</v>
       </c>
       <c r="B61" t="s">
-        <v>629</v>
+        <v>653</v>
       </c>
       <c r="C61" t="s">
-        <v>630</v>
+        <v>654</v>
       </c>
       <c r="D61" t="s">
         <v>16</v>
       </c>
       <c r="E61">
-        <v>30793333.2</v>
+        <v>30871666.8</v>
       </c>
       <c r="F61">
-        <v>30793333.2</v>
+        <v>30871666.8</v>
       </c>
       <c r="H61" t="s">
         <v>11</v>
       </c>
       <c r="I61" t="s">
-        <v>631</v>
+        <v>655</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B62" t="s">
-        <v>641</v>
+        <v>665</v>
       </c>
       <c r="C62" t="s">
-        <v>642</v>
+        <v>666</v>
       </c>
       <c r="D62" t="s">
         <v>16</v>
       </c>
       <c r="E62">
-        <v>425321504.608</v>
+        <v>446141438.4</v>
       </c>
       <c r="F62">
-        <v>430526488.056</v>
+        <v>449859283.72</v>
       </c>
       <c r="G62">
-        <v>1.22</v>
+        <v>0.83</v>
       </c>
       <c r="H62" t="s">
         <v>11</v>
       </c>
       <c r="I62" t="s">
-        <v>643</v>
+        <v>667</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B63" t="s">
-        <v>647</v>
+        <v>671</v>
       </c>
       <c r="C63" t="s">
-        <v>648</v>
+        <v>672</v>
       </c>
       <c r="D63" t="s">
         <v>16</v>
       </c>
       <c r="E63">
-        <v>375115932.0</v>
+        <v>391407612.0</v>
       </c>
       <c r="F63">
-        <v>375523224.0</v>
+        <v>391000320.0</v>
       </c>
       <c r="G63">
-        <v>0.11</v>
+        <v>-0.1</v>
       </c>
       <c r="H63" t="s">
         <v>11</v>
       </c>
       <c r="I63" t="s">
-        <v>649</v>
+        <v>673</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B64" t="s">
-        <v>650</v>
+        <v>674</v>
       </c>
       <c r="C64" t="s">
-        <v>651</v>
+        <v>675</v>
       </c>
       <c r="D64" t="s">
         <v>16</v>
       </c>
       <c r="E64">
-        <v>2780419.698</v>
+        <v>2744427.21</v>
       </c>
       <c r="F64">
-        <v>2816412.186</v>
+        <v>2726430.966</v>
       </c>
       <c r="G64">
-        <v>1.29</v>
+        <v>-0.66</v>
       </c>
       <c r="H64" t="s">
         <v>11</v>
       </c>
       <c r="I64" t="s">
-        <v>652</v>
+        <v>676</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B65" t="s">
-        <v>653</v>
+        <v>677</v>
       </c>
       <c r="C65" t="s">
-        <v>654</v>
+        <v>678</v>
       </c>
       <c r="D65" t="s">
         <v>16</v>
       </c>
       <c r="E65">
-        <v>318230000.0</v>
+        <v>382402000.0</v>
       </c>
       <c r="F65">
-        <v>320860000.0</v>
+        <v>380824000.0</v>
       </c>
       <c r="G65">
-        <v>0.83</v>
+        <v>-0.41</v>
       </c>
       <c r="H65" t="s">
         <v>11</v>
       </c>
       <c r="I65" t="s">
-        <v>655</v>
+        <v>679</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>7</v>
       </c>
       <c r="B66" t="s">
-        <v>656</v>
+        <v>680</v>
       </c>
       <c r="C66" t="s">
-        <v>657</v>
+        <v>681</v>
       </c>
       <c r="D66" t="s">
         <v>16</v>
       </c>
       <c r="E66">
         <v>3100000.0</v>
       </c>
       <c r="F66">
         <v>3100000.0</v>
       </c>
       <c r="H66" t="s">
         <v>11</v>
       </c>
       <c r="I66" t="s">
-        <v>658</v>
+        <v>682</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B67" t="s">
-        <v>659</v>
+        <v>683</v>
       </c>
       <c r="C67" t="s">
-        <v>660</v>
+        <v>684</v>
       </c>
       <c r="D67" t="s">
         <v>16</v>
       </c>
       <c r="E67">
-        <v>212000000.0</v>
+        <v>225000000.0</v>
       </c>
       <c r="F67">
-        <v>212000000.0</v>
+        <v>224000000.0</v>
+      </c>
+      <c r="G67">
+        <v>-0.44</v>
       </c>
       <c r="H67" t="s">
         <v>11</v>
       </c>
       <c r="I67" t="s">
-        <v>661</v>
+        <v>685</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>7</v>
       </c>
       <c r="B68" t="s">
-        <v>668</v>
+        <v>692</v>
       </c>
       <c r="C68" t="s">
-        <v>669</v>
+        <v>693</v>
       </c>
       <c r="D68" t="s">
         <v>16</v>
       </c>
       <c r="E68">
         <v>3210000.0</v>
       </c>
       <c r="F68">
         <v>3210000.0</v>
       </c>
       <c r="H68" t="s">
         <v>11</v>
       </c>
       <c r="I68" t="s">
-        <v>670</v>
+        <v>694</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>7</v>
+      </c>
+      <c r="B69" t="s">
+        <v>722</v>
+      </c>
+      <c r="C69" t="s">
+        <v>723</v>
+      </c>
+      <c r="D69" t="s">
+        <v>16</v>
+      </c>
+      <c r="E69">
+        <v>12000000.0</v>
+      </c>
+      <c r="F69">
+        <v>12000000.0</v>
+      </c>
+      <c r="H69" t="s">
+        <v>11</v>
+      </c>
+      <c r="I69" t="s">
+        <v>724</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2">
-        <v>45994.0</v>
+        <v>46066.0</v>
       </c>
       <c r="F1" s="2">
-        <v>45995.0</v>
+        <v>46069.0</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E2">
         <v>20000000.0</v>
       </c>
       <c r="F2">
         <v>20000000.0</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E3">
         <v>70000000.0</v>
       </c>
       <c r="F3">
         <v>70000000.0</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E4">
-        <v>26590471.8</v>
+        <v>15372945.0</v>
       </c>
       <c r="F4">
-        <v>26590471.8</v>
+        <v>17999880.0</v>
+      </c>
+      <c r="G4">
+        <v>17.09</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E5">
         <v>4500000.0</v>
       </c>
       <c r="F5">
         <v>4500000.0</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E6">
         <v>100107534.0</v>
       </c>
       <c r="F6">
         <v>100107534.0</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C7" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E7">
-        <v>54352525.0</v>
+        <v>21741010.0</v>
       </c>
       <c r="F7">
-        <v>53602835.0</v>
+        <v>21291196.0</v>
       </c>
       <c r="G7">
-        <v>-1.38</v>
+        <v>-2.07</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C8" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E8">
         <v>3000000.0</v>
       </c>
       <c r="F8">
         <v>3000000.0</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E9">
-        <v>4925936.93905</v>
+        <v>4888985.0</v>
       </c>
       <c r="F9">
-        <v>4925936.93905</v>
+        <v>4888985.0</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
       <c r="I9" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E10">
-        <v>21544444.4</v>
+        <v>21050000.0</v>
       </c>
       <c r="F10">
-        <v>21544444.4</v>
+        <v>21050000.0</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C11" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E11">
-        <v>39921311.6</v>
+        <v>39596703.2</v>
       </c>
       <c r="F11">
-        <v>39921311.6</v>
+        <v>39596703.2</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
       <c r="I11" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C12" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E12">
-        <v>21689011.0</v>
+        <v>21958241.8</v>
       </c>
       <c r="F12">
-        <v>21480000.0</v>
+        <v>22097802.2</v>
       </c>
       <c r="G12">
-        <v>-0.96</v>
+        <v>0.64</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E13">
         <v>5000000.0</v>
       </c>
       <c r="F13">
         <v>5000000.0</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E14">
         <v>5000000.0</v>
       </c>
       <c r="F14">
         <v>5000000.0</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
       <c r="I14" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C15" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E15">
-        <v>4356000.0</v>
+        <v>15383125.05</v>
       </c>
       <c r="F15">
-        <v>4356000.0</v>
+        <v>15385833.3</v>
+      </c>
+      <c r="G15">
+        <v>0.02</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C16" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E16">
-        <v>58810896.01</v>
+        <v>59810772.14</v>
       </c>
       <c r="F16">
-        <v>58538202.52</v>
+        <v>59901669.97</v>
       </c>
       <c r="G16">
-        <v>-0.46</v>
+        <v>0.15</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C17" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E17">
-        <v>15341666.7</v>
+        <v>15729166.65</v>
       </c>
       <c r="F17">
-        <v>15341666.7</v>
+        <v>15729166.65</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C18" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E18">
         <v>10995000.0</v>
       </c>
       <c r="F18">
         <v>10995000.0</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C19" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19">
         <v>15000000.0</v>
       </c>
       <c r="F19">
         <v>15000000.0</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C20" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E20">
         <v>5000000.0</v>
       </c>
       <c r="F20">
         <v>5000000.0</v>
       </c>
       <c r="H20" t="s">
         <v>11</v>
       </c>
       <c r="I20" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E21">
         <v>5000000.0</v>
       </c>
       <c r="F21">
         <v>5000000.0</v>
       </c>
       <c r="H21" t="s">
         <v>11</v>
       </c>
       <c r="I21" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C22" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E22">
         <v>8000000.0</v>
       </c>
       <c r="F22">
         <v>8000000.0</v>
       </c>
       <c r="H22" t="s">
         <v>11</v>
       </c>
       <c r="I22" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="C23" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E23">
         <v>10000000.0</v>
       </c>
       <c r="F23">
         <v>10000000.0</v>
       </c>
       <c r="H23" t="s">
         <v>11</v>
       </c>
       <c r="I23" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E24">
-        <v>28410532.8</v>
+        <v>28295974.2</v>
       </c>
       <c r="F24">
-        <v>28410532.8</v>
+        <v>28639650.0</v>
+      </c>
+      <c r="G24">
+        <v>1.21</v>
       </c>
       <c r="H24" t="s">
         <v>11</v>
       </c>
       <c r="I24" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E25">
         <v>50000000.0</v>
       </c>
       <c r="F25">
         <v>50000000.0</v>
       </c>
       <c r="H25" t="s">
         <v>11</v>
       </c>
       <c r="I25" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E26">
         <v>100000000.0</v>
       </c>
       <c r="F26">
         <v>100000000.0</v>
       </c>
       <c r="H26" t="s">
         <v>11</v>
       </c>
       <c r="I26" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E27">
         <v>50000000.0</v>
       </c>
       <c r="F27">
         <v>50000000.0</v>
       </c>
       <c r="H27" t="s">
         <v>11</v>
       </c>
       <c r="I27" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E28">
-        <v>400000000.0</v>
+        <v>402081208.0</v>
       </c>
       <c r="F28">
-        <v>400000000.0</v>
+        <v>402081208.0</v>
       </c>
       <c r="H28" t="s">
         <v>11</v>
       </c>
       <c r="I28" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="C29" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E29">
-        <v>288870879.0</v>
+        <v>295700550.75</v>
       </c>
       <c r="F29">
-        <v>288870879.0</v>
+        <v>295700550.75</v>
       </c>
       <c r="H29" t="s">
         <v>11</v>
       </c>
       <c r="I29" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E30">
-        <v>99180000.0</v>
+        <v>98658708.3</v>
       </c>
       <c r="F30">
-        <v>99308151.9</v>
+        <v>98691572.7</v>
       </c>
       <c r="G30">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
       <c r="H30" t="s">
         <v>11</v>
       </c>
       <c r="I30" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E31">
-        <v>195126722.5488</v>
+        <v>201427177.28</v>
       </c>
       <c r="F31">
-        <v>195548314.3152</v>
+        <v>201333490.2208</v>
       </c>
       <c r="G31">
-        <v>0.22</v>
+        <v>-0.05</v>
       </c>
       <c r="H31" t="s">
         <v>11</v>
       </c>
       <c r="I31" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="C32" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E32">
         <v>20000000.0</v>
       </c>
       <c r="F32">
         <v>20000000.0</v>
       </c>
       <c r="H32" t="s">
         <v>11</v>
       </c>
       <c r="I32" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="C33" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E33">
         <v>135000000.0</v>
       </c>
       <c r="F33">
         <v>135000000.0</v>
       </c>
       <c r="H33" t="s">
         <v>11</v>
       </c>
       <c r="I33" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E34">
         <v>560000.0</v>
       </c>
       <c r="F34">
         <v>560000.0</v>
       </c>
       <c r="H34" t="s">
         <v>11</v>
       </c>
       <c r="I34" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="C35" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E35">
-        <v>12366000.0</v>
+        <v>12527066.64</v>
       </c>
       <c r="F35">
-        <v>12373200.0</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>12527066.64</v>
       </c>
       <c r="H35" t="s">
         <v>11</v>
       </c>
       <c r="I35" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="C36" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="D36" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E36">
-        <v>5104166.65</v>
+        <v>5090277.8</v>
       </c>
       <c r="F36">
-        <v>5104166.65</v>
+        <v>5125000.0</v>
+      </c>
+      <c r="G36">
+        <v>0.68</v>
       </c>
       <c r="H36" t="s">
         <v>11</v>
       </c>
       <c r="I36" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="C37" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E37">
-        <v>20153846.2</v>
+        <v>20297777.8</v>
       </c>
       <c r="F37">
-        <v>20153846.2</v>
+        <v>20297777.8</v>
       </c>
       <c r="H37" t="s">
         <v>11</v>
       </c>
       <c r="I37" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="C38" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E38">
-        <v>1075607.87</v>
+        <v>1083674.93</v>
       </c>
       <c r="F38">
-        <v>1075607.87</v>
+        <v>1083674.93</v>
       </c>
       <c r="H38" t="s">
         <v>11</v>
       </c>
       <c r="I38" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C39" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="D39" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E39">
         <v>20000000.0</v>
       </c>
       <c r="F39">
         <v>20000000.0</v>
       </c>
       <c r="H39" t="s">
         <v>11</v>
       </c>
       <c r="I39" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B40" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="C40" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E40">
-        <v>56454650.0</v>
+        <v>97764593.94</v>
       </c>
       <c r="F40">
-        <v>56736923.25</v>
-[...2 lines deleted...]
-        <v>0.5</v>
+        <v>97764593.94</v>
       </c>
       <c r="H40" t="s">
         <v>11</v>
       </c>
       <c r="I40" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B41" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="C41" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="D41" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E41">
-        <v>19219745.3</v>
+        <v>24949855.7</v>
       </c>
       <c r="F41">
-        <v>19219745.3</v>
+        <v>24591723.8</v>
+      </c>
+      <c r="G41">
+        <v>-1.44</v>
       </c>
       <c r="H41" t="s">
         <v>11</v>
       </c>
       <c r="I41" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="C42" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E42">
         <v>8000000.0</v>
       </c>
       <c r="F42">
         <v>8000000.0</v>
       </c>
       <c r="H42" t="s">
         <v>11</v>
       </c>
       <c r="I42" t="s">
-        <v>359</v>
+        <v>374</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B43" t="s">
-        <v>381</v>
+        <v>402</v>
       </c>
       <c r="C43" t="s">
-        <v>382</v>
+        <v>403</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E43">
-        <v>6040000.0</v>
+        <v>6320000.0</v>
       </c>
       <c r="F43">
-        <v>6880000.0</v>
-[...2 lines deleted...]
-        <v>13.91</v>
+        <v>6320000.0</v>
       </c>
       <c r="H43" t="s">
         <v>11</v>
       </c>
       <c r="I43" t="s">
-        <v>383</v>
+        <v>404</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>13</v>
       </c>
       <c r="B44" t="s">
-        <v>384</v>
+        <v>405</v>
       </c>
       <c r="C44" t="s">
-        <v>385</v>
+        <v>406</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E44">
-        <v>10284444.4</v>
+        <v>10605555.6</v>
       </c>
       <c r="F44">
-        <v>10284444.4</v>
+        <v>10250000.0</v>
+      </c>
+      <c r="G44">
+        <v>-3.35</v>
       </c>
       <c r="H44" t="s">
         <v>11</v>
       </c>
       <c r="I44" t="s">
-        <v>386</v>
+        <v>407</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="C45" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="D45" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E45">
         <v>76676616.8</v>
       </c>
       <c r="F45">
         <v>76676616.8</v>
       </c>
       <c r="H45" t="s">
         <v>11</v>
       </c>
       <c r="I45" t="s">
-        <v>473</v>
+        <v>491</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>483</v>
+        <v>501</v>
       </c>
       <c r="C46" t="s">
-        <v>484</v>
+        <v>502</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E46">
         <v>3000000.0</v>
       </c>
       <c r="F46">
         <v>3000000.0</v>
       </c>
       <c r="H46" t="s">
         <v>11</v>
       </c>
       <c r="I46" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="C47" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E47">
-        <v>37678520.64</v>
+        <v>44260912.8</v>
       </c>
       <c r="F47">
-        <v>37829840.0</v>
+        <v>44639211.2</v>
       </c>
       <c r="G47">
-        <v>0.4</v>
+        <v>0.85</v>
       </c>
       <c r="H47" t="s">
         <v>11</v>
       </c>
       <c r="I47" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>7</v>
       </c>
       <c r="B48" t="s">
-        <v>527</v>
+        <v>552</v>
       </c>
       <c r="C48" t="s">
-        <v>528</v>
+        <v>553</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E48">
         <v>10000000.0</v>
       </c>
       <c r="F48">
         <v>10000000.0</v>
       </c>
       <c r="H48" t="s">
         <v>11</v>
       </c>
       <c r="I48" t="s">
-        <v>529</v>
+        <v>554</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>13</v>
       </c>
       <c r="B49" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="C49" t="s">
-        <v>543</v>
+        <v>571</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E49">
-        <v>42244775.1</v>
+        <v>45937291.79935</v>
       </c>
       <c r="F49">
-        <v>42291075.35661</v>
+        <v>46474606.2632</v>
       </c>
       <c r="G49">
-        <v>0.11</v>
+        <v>1.17</v>
       </c>
       <c r="H49" t="s">
         <v>11</v>
       </c>
       <c r="I49" t="s">
-        <v>544</v>
+        <v>572</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B50" t="s">
-        <v>569</v>
+        <v>594</v>
       </c>
       <c r="C50" t="s">
-        <v>570</v>
+        <v>595</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E50">
-        <v>4622154.372</v>
+        <v>4505433.302</v>
       </c>
       <c r="F50">
-        <v>4645498.586</v>
+        <v>4552121.73</v>
       </c>
       <c r="G50">
-        <v>0.51</v>
+        <v>1.04</v>
       </c>
       <c r="H50" t="s">
         <v>11</v>
       </c>
       <c r="I50" t="s">
-        <v>571</v>
+        <v>596</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B51" t="s">
-        <v>593</v>
+        <v>618</v>
       </c>
       <c r="C51" t="s">
-        <v>594</v>
+        <v>619</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E51">
-        <v>18949748.4</v>
+        <v>29048360.4</v>
       </c>
       <c r="F51">
-        <v>18890344.8</v>
+        <v>29285974.8</v>
       </c>
       <c r="G51">
-        <v>-0.31</v>
+        <v>0.82</v>
       </c>
       <c r="H51" t="s">
         <v>11</v>
       </c>
       <c r="I51" t="s">
-        <v>595</v>
+        <v>620</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="C52" t="s">
-        <v>600</v>
+        <v>625</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E52">
-        <v>2196688.0</v>
+        <v>2619128.0</v>
       </c>
       <c r="F52">
-        <v>2196688.0</v>
+        <v>2619128.0</v>
       </c>
       <c r="H52" t="s">
         <v>11</v>
       </c>
       <c r="I52" t="s">
-        <v>601</v>
+        <v>626</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>13</v>
       </c>
       <c r="B53" t="s">
-        <v>620</v>
+        <v>645</v>
       </c>
       <c r="C53" t="s">
-        <v>621</v>
+        <v>646</v>
       </c>
       <c r="D53" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E53">
-        <v>8096397.882022</v>
+        <v>6959641.381056</v>
       </c>
       <c r="F53">
-        <v>8071174.081011</v>
+        <v>6961512.884208</v>
       </c>
       <c r="G53">
-        <v>-0.31</v>
+        <v>0.03</v>
       </c>
       <c r="H53" t="s">
         <v>11</v>
       </c>
       <c r="I53" t="s">
-        <v>622</v>
+        <v>647</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>13</v>
       </c>
       <c r="B54" t="s">
-        <v>623</v>
+        <v>648</v>
       </c>
       <c r="C54" t="s">
-        <v>624</v>
+        <v>649</v>
       </c>
       <c r="D54" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E54">
-        <v>23294889.268833</v>
+        <v>23179637.768833</v>
       </c>
       <c r="F54">
-        <v>23294889.268833</v>
+        <v>23186040.681167</v>
+      </c>
+      <c r="G54">
+        <v>0.03</v>
       </c>
       <c r="H54" t="s">
         <v>11</v>
       </c>
       <c r="I54" t="s">
-        <v>625</v>
+        <v>650</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
-        <v>626</v>
+        <v>651</v>
       </c>
       <c r="C55" t="s">
-        <v>627</v>
+        <v>649</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E55">
-        <v>10348452.4759</v>
+        <v>16860267.685053</v>
       </c>
       <c r="F55">
-        <v>10348452.4759</v>
+        <v>16874976.770106</v>
+      </c>
+      <c r="G55">
+        <v>0.09</v>
       </c>
       <c r="H55" t="s">
         <v>11</v>
       </c>
       <c r="I55" t="s">
-        <v>628</v>
+        <v>652</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>7</v>
       </c>
       <c r="B56" t="s">
-        <v>632</v>
+        <v>656</v>
       </c>
       <c r="C56" t="s">
-        <v>633</v>
+        <v>657</v>
       </c>
       <c r="D56" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E56">
         <v>15000000.0</v>
       </c>
       <c r="F56">
         <v>15000000.0</v>
       </c>
       <c r="H56" t="s">
         <v>11</v>
       </c>
       <c r="I56" t="s">
-        <v>634</v>
+        <v>658</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>7</v>
       </c>
       <c r="B57" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="C57" t="s">
-        <v>636</v>
+        <v>660</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E57">
         <v>50000000.0</v>
       </c>
       <c r="F57">
         <v>50000000.0</v>
       </c>
       <c r="H57" t="s">
         <v>11</v>
       </c>
       <c r="I57" t="s">
-        <v>637</v>
+        <v>661</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>7</v>
       </c>
       <c r="B58" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="C58" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E58">
         <v>25599000.0</v>
       </c>
       <c r="F58">
         <v>25599000.0</v>
       </c>
       <c r="H58" t="s">
         <v>11</v>
       </c>
       <c r="I58" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B59" t="s">
-        <v>686</v>
+        <v>710</v>
       </c>
       <c r="C59" t="s">
-        <v>687</v>
+        <v>711</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E59">
-        <v>57094802.7</v>
+        <v>61032375.3</v>
       </c>
       <c r="F59">
-        <v>56943357.6</v>
-[...2 lines deleted...]
-        <v>-0.27</v>
+        <v>61032375.3</v>
       </c>
       <c r="H59" t="s">
         <v>11</v>
       </c>
       <c r="I59" t="s">
-        <v>688</v>
+        <v>712</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I107"/>
+  <dimension ref="A1:I115"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2">
-        <v>45994.0</v>
+        <v>46066.0</v>
       </c>
       <c r="F1" s="2">
-        <v>45995.0</v>
+        <v>46069.0</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
@@ -12354,2815 +12662,2972 @@
       </c>
       <c r="F2">
         <v>16000000.0</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3">
-        <v>54216704.84252</v>
+        <v>20778696.85166</v>
       </c>
       <c r="F3">
-        <v>27108352.42126</v>
-[...2 lines deleted...]
-        <v>-50.0</v>
+        <v>20778696.85166</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>32274000.0</v>
+        <v>32690000.0</v>
       </c>
       <c r="F4">
-        <v>32274000.0</v>
+        <v>32690000.0</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5">
-        <v>2000000.0</v>
+        <v>14489460.0</v>
       </c>
       <c r="F5">
-        <v>2000000.0</v>
+        <v>14489460.0</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6">
-        <v>299235160.99</v>
+        <v>2000000.0</v>
       </c>
       <c r="F6">
-        <v>300071013.395</v>
-[...2 lines deleted...]
-        <v>0.28</v>
+        <v>2000000.0</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7">
-        <v>380469176.5</v>
+        <v>308429537.445</v>
       </c>
       <c r="F7">
-        <v>380469176.5</v>
+        <v>308429537.445</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8">
-        <v>215842841.94</v>
+        <v>380469176.5</v>
       </c>
       <c r="F8">
-        <v>217626667.08</v>
-[...2 lines deleted...]
-        <v>0.83</v>
+        <v>380469176.5</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9">
-        <v>174169674.0</v>
+        <v>230113443.06</v>
       </c>
       <c r="F9">
-        <v>173616754.4</v>
-[...2 lines deleted...]
-        <v>-0.32</v>
+        <v>230113443.06</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
       <c r="I9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10">
-        <v>16272714.4128</v>
+        <v>202921493.2</v>
       </c>
       <c r="F10">
-        <v>16506517.7808</v>
-[...2 lines deleted...]
-        <v>1.44</v>
+        <v>202921493.2</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
         <v>73</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>74</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11">
+        <v>15992150.3712</v>
+      </c>
+      <c r="F11">
+        <v>15992150.3712</v>
+      </c>
+      <c r="H11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="C12" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12">
-        <v>10870875.0315</v>
+        <v>265000000.0</v>
       </c>
       <c r="F12">
-        <v>10870875.0315</v>
+        <v>265000000.0</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12" t="s">
-        <v>120</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13">
-        <v>16844000.0</v>
+        <v>4000000.0</v>
       </c>
       <c r="F13">
-        <v>16844000.0</v>
+        <v>4000000.0</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>139</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14">
-        <v>9483000.0</v>
+        <v>10967712.012</v>
       </c>
       <c r="F14">
-        <v>9483000.0</v>
+        <v>10967712.012</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
       <c r="I14" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C15" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15">
-        <v>6000000.0</v>
+        <v>16844000.0</v>
       </c>
       <c r="F15">
-        <v>6000000.0</v>
+        <v>16844000.0</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>7</v>
+        <v>145</v>
       </c>
       <c r="B16" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="C16" t="s">
-        <v>206</v>
+        <v>147</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16">
-        <v>20000000.0</v>
+        <v>9166900.0</v>
       </c>
       <c r="F16">
-        <v>20000000.0</v>
+        <v>9166900.0</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16" t="s">
-        <v>207</v>
+        <v>148</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="C17" t="s">
-        <v>209</v>
+        <v>150</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17">
-        <v>75000000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="F17">
-        <v>75000000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17" t="s">
-        <v>210</v>
+        <v>151</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>223</v>
+        <v>169</v>
       </c>
       <c r="C18" t="s">
-        <v>224</v>
+        <v>170</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18">
-        <v>15500000.0</v>
+        <v>81200000.0</v>
       </c>
       <c r="F18">
-        <v>15500000.0</v>
+        <v>81200000.0</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="C19" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19">
-        <v>3000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="F19">
-        <v>3000000.0</v>
+        <v>20000000.0</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C20" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20">
-        <v>5000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="F20">
-        <v>5000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="H20" t="s">
         <v>11</v>
       </c>
       <c r="I20" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="C21" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21">
         <v>8000000.0</v>
       </c>
       <c r="F21">
         <v>8000000.0</v>
       </c>
       <c r="H21" t="s">
         <v>11</v>
       </c>
       <c r="I21" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C22" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22">
-        <v>127500000.0</v>
+        <v>16200000.0</v>
       </c>
       <c r="F22">
-        <v>127500000.0</v>
+        <v>16200000.0</v>
       </c>
       <c r="H22" t="s">
         <v>11</v>
       </c>
       <c r="I22" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C23" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23">
-        <v>170000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F23">
-        <v>170000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H23" t="s">
         <v>11</v>
       </c>
       <c r="I23" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B24" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="C24" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24">
-        <v>133371000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F24">
-        <v>133371000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H24" t="s">
         <v>11</v>
       </c>
       <c r="I24" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="C25" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25">
-        <v>56617000.0</v>
+        <v>127500000.0</v>
       </c>
       <c r="F25">
-        <v>56617000.0</v>
+        <v>127500000.0</v>
       </c>
       <c r="H25" t="s">
         <v>11</v>
       </c>
       <c r="I25" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>270</v>
+        <v>253</v>
       </c>
       <c r="C26" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26">
-        <v>8000000.0</v>
+        <v>170000000.0</v>
       </c>
       <c r="F26">
-        <v>8000000.0</v>
+        <v>170000000.0</v>
       </c>
       <c r="H26" t="s">
         <v>11</v>
       </c>
       <c r="I26" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="C27" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27">
-        <v>5000000.0</v>
+        <v>146511000.0</v>
       </c>
       <c r="F27">
-        <v>5000000.0</v>
+        <v>146511000.0</v>
       </c>
       <c r="H27" t="s">
         <v>11</v>
       </c>
       <c r="I27" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B28" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="C28" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28">
-        <v>1491212576.0</v>
+        <v>58617000.0</v>
       </c>
       <c r="F28">
-        <v>1491212576.0</v>
+        <v>58617000.0</v>
       </c>
       <c r="H28" t="s">
         <v>11</v>
       </c>
       <c r="I28" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B29" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="C29" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29">
-        <v>300000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F29">
-        <v>300000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H29" t="s">
         <v>11</v>
       </c>
       <c r="I29" t="s">
-        <v>296</v>
+        <v>281</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B30" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="C30" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30">
-        <v>300000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F30">
-        <v>300000000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H30" t="s">
         <v>11</v>
       </c>
       <c r="I30" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s">
         <v>300</v>
       </c>
       <c r="C31" t="s">
         <v>301</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31">
-        <v>300000000.0</v>
+        <v>1607034912.0</v>
       </c>
       <c r="F31">
-        <v>300000000.0</v>
+        <v>1607034912.0</v>
       </c>
       <c r="H31" t="s">
         <v>11</v>
       </c>
       <c r="I31" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="C32" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32">
-        <v>46509726.22</v>
+        <v>300000000.0</v>
       </c>
       <c r="F32">
-        <v>46266219.8</v>
-[...2 lines deleted...]
-        <v>-0.52</v>
+        <v>300000000.0</v>
       </c>
       <c r="H32" t="s">
         <v>11</v>
       </c>
       <c r="I32" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B33" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="C33" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33">
-        <v>21230491.05</v>
+        <v>300000000.0</v>
       </c>
       <c r="F33">
-        <v>21230491.05</v>
+        <v>300000000.0</v>
       </c>
       <c r="H33" t="s">
         <v>11</v>
       </c>
       <c r="I33" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B34" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="C34" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34">
-        <v>25134431.44</v>
+        <v>300000000.0</v>
       </c>
       <c r="F34">
-        <v>24975352.76</v>
-[...2 lines deleted...]
-        <v>-0.63</v>
+        <v>300000000.0</v>
       </c>
       <c r="H34" t="s">
         <v>11</v>
       </c>
       <c r="I34" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="C35" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35">
-        <v>265666500.0</v>
+        <v>48944790.42</v>
       </c>
       <c r="F35">
-        <v>263206625.0</v>
-[...2 lines deleted...]
-        <v>-0.93</v>
+        <v>48944790.42</v>
       </c>
       <c r="H35" t="s">
         <v>11</v>
       </c>
       <c r="I35" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="C36" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36">
-        <v>10419722.2</v>
+        <v>21395068.5</v>
       </c>
       <c r="F36">
-        <v>10419722.2</v>
+        <v>21395068.5</v>
       </c>
       <c r="H36" t="s">
         <v>11</v>
       </c>
       <c r="I36" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="B37" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C37" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37">
-        <v>9479388.8</v>
+        <v>25929824.84</v>
       </c>
       <c r="F37">
-        <v>9479388.8</v>
+        <v>25929824.84</v>
       </c>
       <c r="H37" t="s">
         <v>11</v>
       </c>
       <c r="I37" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B38" t="s">
         <v>342</v>
       </c>
       <c r="C38" t="s">
         <v>343</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38">
-        <v>8000000.0</v>
+        <v>327163375.0</v>
       </c>
       <c r="F38">
-        <v>8000000.0</v>
+        <v>327163375.0</v>
       </c>
       <c r="H38" t="s">
         <v>11</v>
       </c>
       <c r="I38" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B39" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C39" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39">
-        <v>144550702.3</v>
+        <v>10000000.0</v>
       </c>
       <c r="F39">
-        <v>149115461.32</v>
-[...2 lines deleted...]
-        <v>3.16</v>
+        <v>10000000.0</v>
       </c>
       <c r="H39" t="s">
         <v>11</v>
       </c>
       <c r="I39" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C40" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40">
-        <v>34455000.44</v>
+        <v>9354660.0</v>
       </c>
       <c r="F40">
-        <v>36057558.6</v>
-[...2 lines deleted...]
-        <v>4.65</v>
+        <v>9354660.0</v>
       </c>
       <c r="H40" t="s">
         <v>11</v>
       </c>
       <c r="I40" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C41" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41">
-        <v>42223062.32067</v>
+        <v>8000000.0</v>
       </c>
       <c r="F41">
-        <v>42223062.32067</v>
+        <v>8000000.0</v>
       </c>
       <c r="H41" t="s">
         <v>11</v>
       </c>
       <c r="I41" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C42" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42">
-        <v>1500000.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="F42">
-        <v>1500000.0</v>
+        <v>4500000.0</v>
       </c>
       <c r="H42" t="s">
         <v>11</v>
       </c>
       <c r="I42" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="B43" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C43" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43">
-        <v>230150000.0</v>
+        <v>168515687.155</v>
       </c>
       <c r="F43">
-        <v>230150000.0</v>
+        <v>168515687.155</v>
       </c>
       <c r="H43" t="s">
         <v>11</v>
       </c>
       <c r="I43" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B44" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C44" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44">
-        <v>417586382.64</v>
+        <v>40865233.08</v>
       </c>
       <c r="F44">
-        <v>414560394.36</v>
-[...2 lines deleted...]
-        <v>-0.72</v>
+        <v>40865233.08</v>
       </c>
       <c r="H44" t="s">
         <v>11</v>
       </c>
       <c r="I44" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B45" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
       <c r="C45" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45">
-        <v>360000000.0</v>
+        <v>1064000.0</v>
       </c>
       <c r="F45">
-        <v>360000000.0</v>
+        <v>1064000.0</v>
       </c>
       <c r="H45" t="s">
         <v>11</v>
       </c>
       <c r="I45" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>13</v>
       </c>
       <c r="B46" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="C46" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46">
-        <v>470000000.0</v>
+        <v>51288461.5</v>
       </c>
       <c r="F46">
-        <v>470000000.0</v>
+        <v>51288461.5</v>
       </c>
       <c r="H46" t="s">
         <v>11</v>
       </c>
       <c r="I46" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B47" t="s">
-        <v>393</v>
+        <v>375</v>
       </c>
       <c r="C47" t="s">
-        <v>394</v>
+        <v>376</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47">
-        <v>462682500.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="F47">
-        <v>462682500.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="H47" t="s">
         <v>11</v>
       </c>
       <c r="I47" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B48" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="C48" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48">
-        <v>336004815.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F48">
-        <v>336004815.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H48" t="s">
         <v>11</v>
       </c>
       <c r="I48" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B49" t="s">
-        <v>399</v>
+        <v>381</v>
       </c>
       <c r="C49" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49">
-        <v>359635600.0</v>
+        <v>2150000.0</v>
       </c>
       <c r="F49">
-        <v>359635600.0</v>
+        <v>2150000.0</v>
       </c>
       <c r="H49" t="s">
         <v>11</v>
       </c>
       <c r="I49" t="s">
-        <v>401</v>
+        <v>383</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>384</v>
       </c>
       <c r="C50" t="s">
-        <v>403</v>
+        <v>385</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50">
-        <v>244000000.0</v>
+        <v>230150000.0</v>
       </c>
       <c r="F50">
-        <v>244000000.0</v>
+        <v>230150000.0</v>
       </c>
       <c r="H50" t="s">
         <v>11</v>
       </c>
       <c r="I50" t="s">
-        <v>404</v>
+        <v>386</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="B51" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
       <c r="C51" t="s">
-        <v>406</v>
+        <v>388</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51">
-        <v>310401315.0</v>
+        <v>443811614.4</v>
       </c>
       <c r="F51">
-        <v>310401315.0</v>
+        <v>443811614.4</v>
       </c>
       <c r="H51" t="s">
         <v>11</v>
       </c>
       <c r="I51" t="s">
-        <v>407</v>
+        <v>389</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>13</v>
       </c>
       <c r="B52" t="s">
         <v>408</v>
       </c>
       <c r="C52" t="s">
         <v>409</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52">
-        <v>1250146170.0</v>
+        <v>470000000.0</v>
       </c>
       <c r="F52">
-        <v>1250146170.0</v>
+        <v>470000000.0</v>
       </c>
       <c r="H52" t="s">
         <v>11</v>
       </c>
       <c r="I52" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>13</v>
       </c>
       <c r="B53" t="s">
         <v>411</v>
       </c>
       <c r="C53" t="s">
         <v>412</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53">
-        <v>1031002400.0</v>
+        <v>462682500.0</v>
       </c>
       <c r="F53">
-        <v>1031002400.0</v>
+        <v>462682500.0</v>
       </c>
       <c r="H53" t="s">
         <v>11</v>
       </c>
       <c r="I53" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>13</v>
       </c>
       <c r="B54" t="s">
         <v>414</v>
       </c>
       <c r="C54" t="s">
         <v>415</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54">
-        <v>763654565.0</v>
+        <v>336004815.0</v>
       </c>
       <c r="F54">
-        <v>763654565.0</v>
+        <v>336004815.0</v>
       </c>
       <c r="H54" t="s">
         <v>11</v>
       </c>
       <c r="I54" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
         <v>417</v>
       </c>
       <c r="C55" t="s">
         <v>418</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55">
-        <v>1133881410.0</v>
+        <v>359635600.0</v>
       </c>
       <c r="F55">
-        <v>1133881410.0</v>
+        <v>359635600.0</v>
       </c>
       <c r="H55" t="s">
         <v>11</v>
       </c>
       <c r="I55" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B56" t="s">
         <v>420</v>
       </c>
       <c r="C56" t="s">
         <v>421</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56">
-        <v>1750000000.0</v>
+        <v>244000000.0</v>
       </c>
       <c r="F56">
-        <v>1750000000.0</v>
+        <v>244000000.0</v>
       </c>
       <c r="H56" t="s">
         <v>11</v>
       </c>
       <c r="I56" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B57" t="s">
         <v>423</v>
       </c>
       <c r="C57" t="s">
         <v>424</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57">
-        <v>735000000.0</v>
+        <v>310401315.0</v>
       </c>
       <c r="F57">
-        <v>735000000.0</v>
+        <v>310401315.0</v>
       </c>
       <c r="H57" t="s">
         <v>11</v>
       </c>
       <c r="I57" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B58" t="s">
         <v>426</v>
       </c>
       <c r="C58" t="s">
         <v>427</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58">
-        <v>1250000000.0</v>
+        <v>1250146170.0</v>
       </c>
       <c r="F58">
-        <v>1250000000.0</v>
+        <v>1250146170.0</v>
       </c>
       <c r="H58" t="s">
         <v>11</v>
       </c>
       <c r="I58" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B59" t="s">
         <v>429</v>
       </c>
       <c r="C59" t="s">
         <v>430</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59">
-        <v>750000000.0</v>
+        <v>1031002400.0</v>
       </c>
       <c r="F59">
-        <v>750000000.0</v>
+        <v>1031002400.0</v>
       </c>
       <c r="H59" t="s">
         <v>11</v>
       </c>
       <c r="I59" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B60" t="s">
         <v>432</v>
       </c>
       <c r="C60" t="s">
         <v>433</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60">
-        <v>750000000.0</v>
+        <v>1177012560.0</v>
       </c>
       <c r="F60">
-        <v>750000000.0</v>
+        <v>1177012560.0</v>
       </c>
       <c r="H60" t="s">
         <v>11</v>
       </c>
       <c r="I60" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="B61" t="s">
         <v>435</v>
       </c>
       <c r="C61" t="s">
         <v>436</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61">
-        <v>850000000.0</v>
+        <v>1133881410.0</v>
       </c>
       <c r="F61">
-        <v>850000000.0</v>
+        <v>1133881410.0</v>
       </c>
       <c r="H61" t="s">
         <v>11</v>
       </c>
       <c r="I61" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B62" t="s">
         <v>438</v>
       </c>
       <c r="C62" t="s">
         <v>439</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62">
-        <v>750000000.0</v>
+        <v>1750000000.0</v>
       </c>
       <c r="F62">
-        <v>750000000.0</v>
+        <v>1750000000.0</v>
       </c>
       <c r="H62" t="s">
         <v>11</v>
       </c>
       <c r="I62" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
         <v>441</v>
       </c>
       <c r="C63" t="s">
         <v>442</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63">
-        <v>1085000000.0</v>
+        <v>735000000.0</v>
       </c>
       <c r="F63">
-        <v>1085000000.0</v>
+        <v>735000000.0</v>
       </c>
       <c r="H63" t="s">
         <v>11</v>
       </c>
       <c r="I63" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B64" t="s">
         <v>444</v>
       </c>
       <c r="C64" t="s">
         <v>445</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64">
-        <v>1545000000.0</v>
+        <v>1250000000.0</v>
       </c>
       <c r="F64">
-        <v>1545000000.0</v>
+        <v>1250000000.0</v>
       </c>
       <c r="H64" t="s">
         <v>11</v>
       </c>
       <c r="I64" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B65" t="s">
         <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>448</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65">
-        <v>1280000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F65">
-        <v>1280000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H65" t="s">
         <v>11</v>
       </c>
       <c r="I65" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B66" t="s">
         <v>450</v>
       </c>
       <c r="C66" t="s">
         <v>451</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66">
-        <v>1625000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F66">
-        <v>1625000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H66" t="s">
         <v>11</v>
       </c>
       <c r="I66" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B67" t="s">
         <v>453</v>
       </c>
       <c r="C67" t="s">
         <v>454</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67">
-        <v>1355000000.0</v>
+        <v>850000000.0</v>
       </c>
       <c r="F67">
-        <v>1355000000.0</v>
+        <v>850000000.0</v>
       </c>
       <c r="H67" t="s">
         <v>11</v>
       </c>
       <c r="I67" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
         <v>456</v>
       </c>
       <c r="C68" t="s">
         <v>457</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68">
-        <v>2275000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="F68">
-        <v>2275000000.0</v>
+        <v>750000000.0</v>
       </c>
       <c r="H68" t="s">
         <v>11</v>
       </c>
       <c r="I68" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B69" t="s">
         <v>459</v>
       </c>
       <c r="C69" t="s">
         <v>460</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69">
-        <v>1000000000.0</v>
+        <v>1085000000.0</v>
       </c>
       <c r="F69">
-        <v>1000000000.0</v>
+        <v>1085000000.0</v>
       </c>
       <c r="H69" t="s">
         <v>11</v>
       </c>
       <c r="I69" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B70" t="s">
         <v>462</v>
       </c>
       <c r="C70" t="s">
         <v>463</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70">
-        <v>1260000000.0</v>
+        <v>1640000000.0</v>
       </c>
       <c r="F70">
-        <v>1260000000.0</v>
+        <v>1640000000.0</v>
       </c>
       <c r="H70" t="s">
         <v>11</v>
       </c>
       <c r="I70" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B71" t="s">
         <v>465</v>
       </c>
       <c r="C71" t="s">
         <v>466</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71">
-        <v>1180000000.0</v>
+        <v>1310000000.0</v>
       </c>
       <c r="F71">
-        <v>1180000000.0</v>
+        <v>1310000000.0</v>
       </c>
       <c r="H71" t="s">
         <v>11</v>
       </c>
       <c r="I71" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B72" t="s">
         <v>468</v>
       </c>
       <c r="C72" t="s">
         <v>469</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72">
-        <v>65982848.0</v>
+        <v>1625000000.0</v>
       </c>
       <c r="F72">
-        <v>65982848.0</v>
+        <v>1625000000.0</v>
       </c>
       <c r="H72" t="s">
         <v>11</v>
       </c>
       <c r="I72" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B73" t="s">
-        <v>494</v>
+        <v>471</v>
       </c>
       <c r="C73" t="s">
-        <v>495</v>
+        <v>472</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73">
-        <v>8000000.0</v>
+        <v>1405000000.0</v>
+      </c>
+      <c r="F73">
+        <v>1405000000.0</v>
       </c>
       <c r="H73" t="s">
         <v>11</v>
       </c>
       <c r="I73" t="s">
-        <v>496</v>
+        <v>473</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B74" t="s">
-        <v>512</v>
+        <v>474</v>
       </c>
       <c r="C74" t="s">
-        <v>513</v>
+        <v>475</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74">
-        <v>3300000.0</v>
+        <v>2275000000.0</v>
       </c>
       <c r="F74">
-        <v>3300000.0</v>
+        <v>2275000000.0</v>
       </c>
       <c r="H74" t="s">
         <v>11</v>
       </c>
       <c r="I74" t="s">
-        <v>514</v>
+        <v>476</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="B75" t="s">
-        <v>515</v>
+        <v>477</v>
       </c>
       <c r="C75" t="s">
-        <v>516</v>
+        <v>478</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75">
-        <v>3000000.0</v>
+        <v>1000000000.0</v>
       </c>
       <c r="F75">
-        <v>3000000.0</v>
+        <v>1000000000.0</v>
       </c>
       <c r="H75" t="s">
         <v>11</v>
       </c>
       <c r="I75" t="s">
-        <v>517</v>
+        <v>479</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="B76" t="s">
-        <v>518</v>
+        <v>480</v>
       </c>
       <c r="C76" t="s">
-        <v>519</v>
+        <v>481</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76">
-        <v>11681899.16</v>
+        <v>1260000000.0</v>
       </c>
       <c r="F76">
-        <v>11681899.16</v>
+        <v>1260000000.0</v>
       </c>
       <c r="H76" t="s">
         <v>11</v>
       </c>
       <c r="I76" t="s">
-        <v>520</v>
+        <v>482</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>524</v>
+        <v>483</v>
       </c>
       <c r="C77" t="s">
-        <v>525</v>
+        <v>484</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77">
-        <v>8626735.0</v>
+        <v>1180000000.0</v>
       </c>
       <c r="F77">
-        <v>8743840.0</v>
-[...2 lines deleted...]
-        <v>1.36</v>
+        <v>1180000000.0</v>
       </c>
       <c r="H77" t="s">
         <v>11</v>
       </c>
       <c r="I77" t="s">
-        <v>526</v>
+        <v>485</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B78" t="s">
-        <v>530</v>
+        <v>486</v>
       </c>
       <c r="C78" t="s">
-        <v>531</v>
+        <v>487</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78">
-        <v>5500000.0</v>
+        <v>65982848.0</v>
       </c>
       <c r="F78">
-        <v>5500000.0</v>
+        <v>65982848.0</v>
       </c>
       <c r="H78" t="s">
         <v>11</v>
       </c>
       <c r="I78" t="s">
-        <v>532</v>
+        <v>488</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B79" t="s">
-        <v>554</v>
+        <v>513</v>
       </c>
       <c r="C79" t="s">
-        <v>555</v>
+        <v>514</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79">
-        <v>11281500.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="F79">
-        <v>11281500.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H79" t="s">
         <v>11</v>
       </c>
       <c r="I79" t="s">
-        <v>556</v>
+        <v>515</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B80" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
       <c r="C80" t="s">
-        <v>558</v>
+        <v>532</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80">
-        <v>67927300.595</v>
+        <v>3300000.0</v>
       </c>
       <c r="F80">
-        <v>69281333.165</v>
-[...2 lines deleted...]
-        <v>1.99</v>
+        <v>3300000.0</v>
       </c>
       <c r="H80" t="s">
         <v>11</v>
       </c>
       <c r="I80" t="s">
-        <v>559</v>
+        <v>533</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>7</v>
       </c>
       <c r="B81" t="s">
-        <v>560</v>
+        <v>534</v>
       </c>
       <c r="C81" t="s">
-        <v>561</v>
+        <v>535</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81">
-        <v>8000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="F81">
-        <v>8000000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H81" t="s">
         <v>11</v>
       </c>
       <c r="I81" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="B82" t="s">
-        <v>563</v>
+        <v>537</v>
       </c>
       <c r="C82" t="s">
-        <v>564</v>
+        <v>538</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82">
-        <v>8000000.0</v>
+        <v>12858493.32</v>
       </c>
       <c r="F82">
-        <v>8000000.0</v>
+        <v>12858493.32</v>
       </c>
       <c r="H82" t="s">
         <v>11</v>
       </c>
       <c r="I82" t="s">
-        <v>565</v>
+        <v>539</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B83" t="s">
-        <v>566</v>
+        <v>543</v>
       </c>
       <c r="C83" t="s">
-        <v>567</v>
+        <v>544</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83">
-        <v>20000000.0</v>
+        <v>9251295.0</v>
       </c>
       <c r="F83">
-        <v>20000000.0</v>
+        <v>9251295.0</v>
       </c>
       <c r="H83" t="s">
         <v>11</v>
       </c>
       <c r="I83" t="s">
-        <v>568</v>
+        <v>545</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B84" t="s">
-        <v>575</v>
+        <v>546</v>
       </c>
       <c r="C84" t="s">
-        <v>576</v>
+        <v>547</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84">
-        <v>600859384.137</v>
+        <v>6922000.0</v>
       </c>
       <c r="F84">
-        <v>606730974.21</v>
-[...2 lines deleted...]
-        <v>0.98</v>
+        <v>6922000.0</v>
       </c>
       <c r="H84" t="s">
         <v>11</v>
       </c>
       <c r="I84" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B85" t="s">
-        <v>578</v>
+        <v>549</v>
       </c>
       <c r="C85" t="s">
-        <v>579</v>
+        <v>550</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85">
-        <v>146556525.42</v>
+        <v>3168000.0</v>
       </c>
       <c r="F85">
-        <v>147202148.88</v>
-[...2 lines deleted...]
-        <v>0.44</v>
+        <v>3168000.0</v>
       </c>
       <c r="H85" t="s">
         <v>11</v>
       </c>
       <c r="I85" t="s">
-        <v>580</v>
+        <v>551</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>7</v>
       </c>
       <c r="B86" t="s">
-        <v>581</v>
+        <v>555</v>
       </c>
       <c r="C86" t="s">
-        <v>582</v>
+        <v>556</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86">
-        <v>1351000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="F86">
-        <v>1351000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="H86" t="s">
         <v>11</v>
       </c>
       <c r="I86" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>7</v>
       </c>
       <c r="B87" t="s">
-        <v>584</v>
+        <v>558</v>
       </c>
       <c r="C87" t="s">
-        <v>585</v>
+        <v>559</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87">
-        <v>7000000.0</v>
+        <v>6401000.0</v>
       </c>
       <c r="F87">
-        <v>7000000.0</v>
+        <v>6401000.0</v>
       </c>
       <c r="H87" t="s">
         <v>11</v>
       </c>
       <c r="I87" t="s">
-        <v>586</v>
+        <v>560</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="B88" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="C88" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88">
-        <v>26319514.0</v>
+        <v>73117758.78</v>
       </c>
       <c r="F88">
-        <v>26319514.0</v>
+        <v>73117758.78</v>
       </c>
       <c r="H88" t="s">
         <v>11</v>
       </c>
       <c r="I88" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B89" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="C89" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89">
-        <v>57223630.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F89">
-        <v>57223630.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H89" t="s">
         <v>11</v>
       </c>
       <c r="I89" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B90" t="s">
-        <v>605</v>
+        <v>588</v>
       </c>
       <c r="C90" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90">
-        <v>600000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F90">
-        <v>600000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H90" t="s">
         <v>11</v>
       </c>
       <c r="I90" t="s">
-        <v>607</v>
+        <v>590</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="B91" t="s">
-        <v>608</v>
+        <v>591</v>
       </c>
       <c r="C91" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91">
-        <v>375000000.0</v>
+        <v>23833000.0</v>
       </c>
       <c r="F91">
-        <v>375000000.0</v>
+        <v>23833000.0</v>
       </c>
       <c r="H91" t="s">
         <v>11</v>
       </c>
       <c r="I91" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B92" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="C92" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92">
-        <v>8000000.0</v>
+        <v>619778952.15</v>
       </c>
       <c r="F92">
-        <v>8000000.0</v>
+        <v>619778952.15</v>
       </c>
       <c r="H92" t="s">
         <v>11</v>
       </c>
       <c r="I92" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="B93" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="C93" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93">
-        <v>75000000.0</v>
+        <v>150430266.18</v>
       </c>
       <c r="F93">
-        <v>75000000.0</v>
+        <v>150430266.18</v>
       </c>
       <c r="H93" t="s">
         <v>11</v>
       </c>
       <c r="I93" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="B94" t="s">
-        <v>644</v>
+        <v>606</v>
       </c>
       <c r="C94" t="s">
-        <v>645</v>
+        <v>607</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94">
-        <v>1060355911.16</v>
+        <v>1351000.0</v>
       </c>
       <c r="F94">
-        <v>1060355911.16</v>
+        <v>1351000.0</v>
       </c>
       <c r="H94" t="s">
         <v>11</v>
       </c>
       <c r="I94" t="s">
-        <v>646</v>
+        <v>608</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B95" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="C95" t="s">
-        <v>663</v>
+        <v>610</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95">
-        <v>35375961.6</v>
+        <v>7000000.0</v>
       </c>
       <c r="F95">
-        <v>35375961.6</v>
+        <v>7000000.0</v>
       </c>
       <c r="H95" t="s">
         <v>11</v>
       </c>
       <c r="I95" t="s">
-        <v>664</v>
+        <v>611</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B96" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="C96" t="s">
-        <v>666</v>
+        <v>613</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96">
-        <v>8000000.0</v>
+        <v>26917014.0</v>
       </c>
       <c r="F96">
-        <v>8000000.0</v>
+        <v>26917014.0</v>
       </c>
       <c r="H96" t="s">
         <v>11</v>
       </c>
       <c r="I96" t="s">
-        <v>667</v>
+        <v>614</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>13</v>
       </c>
       <c r="B97" t="s">
-        <v>671</v>
+        <v>615</v>
       </c>
       <c r="C97" t="s">
-        <v>672</v>
+        <v>616</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97">
-        <v>6858000.0</v>
+        <v>57223630.0</v>
       </c>
       <c r="F97">
-        <v>6858000.0</v>
+        <v>57223630.0</v>
       </c>
       <c r="H97" t="s">
         <v>11</v>
       </c>
       <c r="I97" t="s">
-        <v>673</v>
+        <v>617</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="B98" t="s">
-        <v>674</v>
+        <v>630</v>
       </c>
       <c r="C98" t="s">
-        <v>675</v>
+        <v>631</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98">
-        <v>2945930.0</v>
+        <v>600000000.0</v>
       </c>
       <c r="F98">
-        <v>2945930.0</v>
+        <v>600000000.0</v>
       </c>
       <c r="H98" t="s">
         <v>11</v>
       </c>
       <c r="I98" t="s">
-        <v>676</v>
+        <v>632</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="B99" t="s">
-        <v>677</v>
+        <v>633</v>
       </c>
       <c r="C99" t="s">
-        <v>678</v>
+        <v>634</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99">
-        <v>38862670.0</v>
+        <v>375000000.0</v>
       </c>
       <c r="F99">
-        <v>39251296.7</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>375000000.0</v>
       </c>
       <c r="H99" t="s">
         <v>11</v>
       </c>
       <c r="I99" t="s">
-        <v>679</v>
+        <v>635</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B100" t="s">
-        <v>680</v>
+        <v>636</v>
       </c>
       <c r="C100" t="s">
-        <v>681</v>
+        <v>637</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100">
-        <v>25000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F100">
-        <v>25000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H100" t="s">
         <v>11</v>
       </c>
       <c r="I100" t="s">
-        <v>682</v>
+        <v>638</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="B101" t="s">
-        <v>683</v>
+        <v>642</v>
       </c>
       <c r="C101" t="s">
-        <v>684</v>
+        <v>643</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101">
-        <v>25000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="F101">
-        <v>25000000.0</v>
+        <v>75000000.0</v>
       </c>
       <c r="H101" t="s">
         <v>11</v>
       </c>
       <c r="I101" t="s">
-        <v>685</v>
+        <v>644</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B102" t="s">
-        <v>689</v>
+        <v>668</v>
       </c>
       <c r="C102" t="s">
-        <v>690</v>
+        <v>669</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102">
-        <v>4000000.0</v>
+        <v>1211835327.04</v>
       </c>
       <c r="F102">
-        <v>4000000.0</v>
+        <v>1211835327.04</v>
       </c>
       <c r="H102" t="s">
         <v>11</v>
       </c>
       <c r="I102" t="s">
-        <v>691</v>
+        <v>670</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="B103" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="C103" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103">
-        <v>131373000.0</v>
+        <v>36019230.8</v>
       </c>
       <c r="F103">
-        <v>132567300.0</v>
-[...2 lines deleted...]
-        <v>0.91</v>
+        <v>36019230.8</v>
       </c>
       <c r="H103" t="s">
         <v>11</v>
       </c>
       <c r="I103" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>7</v>
       </c>
       <c r="B104" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="C104" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104">
-        <v>3400000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="F104">
-        <v>3400000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H104" t="s">
         <v>11</v>
       </c>
       <c r="I104" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B105" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="C105" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105">
-        <v>8000000.0</v>
+        <v>6960298.52286</v>
       </c>
       <c r="F105">
-        <v>8000000.0</v>
+        <v>6960298.52286</v>
       </c>
       <c r="H105" t="s">
         <v>11</v>
       </c>
       <c r="I105" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="B106" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C106" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106">
-        <v>5000000.0</v>
+        <v>2831894.0</v>
       </c>
       <c r="F106">
-        <v>5000000.0</v>
+        <v>2831894.0</v>
       </c>
       <c r="H106" t="s">
         <v>11</v>
       </c>
       <c r="I106" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B107" t="s">
+        <v>701</v>
+      </c>
+      <c r="C107" t="s">
+        <v>702</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107">
+        <v>40805803.5</v>
+      </c>
+      <c r="F107">
+        <v>40805803.5</v>
+      </c>
+      <c r="H107" t="s">
+        <v>11</v>
+      </c>
+      <c r="I107" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>13</v>
+      </c>
+      <c r="B108" t="s">
         <v>704</v>
       </c>
-      <c r="C107" t="s">
+      <c r="C108" t="s">
         <v>705</v>
       </c>
-      <c r="D107" t="s">
-[...5 lines deleted...]
-      <c r="F107">
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108">
+        <v>25000000.0</v>
+      </c>
+      <c r="F108">
+        <v>25000000.0</v>
+      </c>
+      <c r="H108" t="s">
+        <v>11</v>
+      </c>
+      <c r="I108" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>13</v>
+      </c>
+      <c r="B109" t="s">
+        <v>707</v>
+      </c>
+      <c r="C109" t="s">
+        <v>708</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109">
+        <v>25000000.0</v>
+      </c>
+      <c r="F109">
+        <v>25000000.0</v>
+      </c>
+      <c r="H109" t="s">
+        <v>11</v>
+      </c>
+      <c r="I109" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>7</v>
+      </c>
+      <c r="B110" t="s">
+        <v>713</v>
+      </c>
+      <c r="C110" t="s">
+        <v>714</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110">
+        <v>4000000.0</v>
+      </c>
+      <c r="F110">
+        <v>4000000.0</v>
+      </c>
+      <c r="H110" t="s">
+        <v>11</v>
+      </c>
+      <c r="I110" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>37</v>
+      </c>
+      <c r="B111" t="s">
+        <v>716</v>
+      </c>
+      <c r="C111" t="s">
+        <v>717</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111">
+        <v>139733100.0</v>
+      </c>
+      <c r="F111">
+        <v>139733100.0</v>
+      </c>
+      <c r="H111" t="s">
+        <v>11</v>
+      </c>
+      <c r="I111" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>7</v>
+      </c>
+      <c r="B112" t="s">
+        <v>719</v>
+      </c>
+      <c r="C112" t="s">
+        <v>720</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112">
+        <v>3400000.0</v>
+      </c>
+      <c r="F112">
+        <v>3400000.0</v>
+      </c>
+      <c r="H112" t="s">
+        <v>11</v>
+      </c>
+      <c r="I112" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>7</v>
+      </c>
+      <c r="B113" t="s">
+        <v>725</v>
+      </c>
+      <c r="C113" t="s">
+        <v>726</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113">
+        <v>1500000.0</v>
+      </c>
+      <c r="F113">
+        <v>1500000.0</v>
+      </c>
+      <c r="H113" t="s">
+        <v>11</v>
+      </c>
+      <c r="I113" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>7</v>
+      </c>
+      <c r="B114" t="s">
+        <v>728</v>
+      </c>
+      <c r="C114" t="s">
+        <v>729</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114">
+        <v>5000000.0</v>
+      </c>
+      <c r="F114">
+        <v>5000000.0</v>
+      </c>
+      <c r="H114" t="s">
+        <v>11</v>
+      </c>
+      <c r="I114" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>54</v>
+      </c>
+      <c r="B115" t="s">
+        <v>731</v>
+      </c>
+      <c r="C115" t="s">
+        <v>732</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115">
         <v>111856500.0</v>
       </c>
-      <c r="G107">
-[...6 lines deleted...]
-        <v>706</v>
+      <c r="F115">
+        <v>111856500.0</v>
+      </c>
+      <c r="H115" t="s">
+        <v>11</v>
+      </c>
+      <c r="I115" t="s">
+        <v>733</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">