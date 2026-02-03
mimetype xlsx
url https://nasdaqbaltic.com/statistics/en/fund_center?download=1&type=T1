--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -618,277 +618,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
       <c r="F2">
-        <v>-0.08944544</v>
+        <v>1.04729177</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.64045543</v>
+        <v>7.31664929</v>
       </c>
       <c r="L2">
-        <v>1.86029546</v>
+        <v>10.38612799</v>
       </c>
       <c r="M2">
-        <v>-2.03473075</v>
+        <v>11.00125831</v>
       </c>
       <c r="N2">
-        <v>4.06185951</v>
+        <v>7.31664929</v>
       </c>
       <c r="O2">
-        <v>2.28937729</v>
+        <v>8.35234252</v>
       </c>
       <c r="P2">
-        <v>6.6090351</v>
+        <v>9.12998628</v>
       </c>
       <c r="Q2">
-        <v>8.37244031</v>
+        <v>11.23128748</v>
       </c>
       <c r="R2">
-        <v>-2.71482154</v>
+        <v>2.35960676</v>
       </c>
       <c r="S2">
-        <v>2.83688187</v>
+        <v>3.03332751</v>
       </c>
       <c r="T2">
-        <v>13966926.71</v>
+        <v>16452414.8</v>
       </c>
       <c r="U2">
-        <v>-0.21740475</v>
+        <v>1.04880245</v>
       </c>
       <c r="V2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
       <c r="W2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
       <c r="X2">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
       <c r="AA2">
-        <v>13966926.71</v>
+        <v>16452414.8</v>
       </c>
       <c r="AB2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
       <c r="AC2">
-        <v>55.85</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
       <c r="F3">
-        <v>0.19181586</v>
+        <v>0.87064677</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.31806616</v>
+        <v>2.52844501</v>
       </c>
       <c r="L3">
-        <v>6.16531165</v>
+        <v>2.20541903</v>
       </c>
       <c r="M3">
-        <v>12.41032999</v>
+        <v>11.47766323</v>
       </c>
       <c r="N3">
-        <v>11.05598866</v>
+        <v>2.52844501</v>
       </c>
       <c r="O3">
-        <v>9.81079187</v>
+        <v>12.63888889</v>
       </c>
       <c r="P3">
-        <v>19.68117304</v>
+        <v>14.92810385</v>
       </c>
       <c r="Q3">
-        <v>16.77717531</v>
+        <v>17.37708116</v>
       </c>
       <c r="R3">
-        <v>6.83187292</v>
+        <v>8.69540385</v>
+      </c>
+      <c r="S3">
+        <v>9.74262223</v>
       </c>
       <c r="T3">
-        <v>25811051.4</v>
+        <v>27666154.15</v>
       </c>
       <c r="U3">
-        <v>0.36061904</v>
+        <v>0.50574977</v>
       </c>
       <c r="V3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
       <c r="W3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
       <c r="X3">
-        <v>13.80888844</v>
+        <v>12.14245415</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
       <c r="AA3">
-        <v>25811051.4</v>
+        <v>27666154.15</v>
       </c>
       <c r="AB3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
       <c r="AC3">
-        <v>15.67</v>
+        <v>16.22</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4">
-        <v>17.44</v>
+        <v>18.13</v>
       </c>
       <c r="F4">
-        <v>0.17231476</v>
+        <v>0.89037284</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.11454754</v>
+        <v>2.71954674</v>
       </c>
       <c r="L4">
-        <v>6.73194614</v>
+        <v>2.83607487</v>
       </c>
       <c r="M4">
-        <v>13.91247551</v>
+        <v>12.74875622</v>
       </c>
       <c r="N4">
-        <v>13.54166667</v>
+        <v>2.71954674</v>
       </c>
       <c r="O4">
-        <v>12.44358478</v>
+        <v>15.55130656</v>
       </c>
       <c r="P4">
-        <v>22.09006064</v>
+        <v>17.2846556</v>
       </c>
       <c r="Q4">
-        <v>19.26631162</v>
+        <v>19.81717187</v>
       </c>
       <c r="R4">
-        <v>9.63767131</v>
+        <v>11.61915755</v>
+      </c>
+      <c r="S4">
+        <v>12.34601487</v>
       </c>
       <c r="T4">
-        <v>25811051.4</v>
+        <v>27666154.15</v>
       </c>
       <c r="U4">
-        <v>0.36061904</v>
+        <v>0.50574977</v>
       </c>
       <c r="V4">
-        <v>17.44</v>
+        <v>18.13</v>
       </c>
       <c r="W4">
-        <v>17.44</v>
+        <v>18.13</v>
       </c>
       <c r="X4">
-        <v>13.92467785</v>
+        <v>12.27277374</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>15.01635954</v>
+        <v>15.21100763</v>
       </c>
       <c r="AA4">
-        <v>22224084.166621</v>
+        <v>23211808.16028</v>
       </c>
       <c r="AB4">
-        <v>15.01635954</v>
+        <v>15.21100763</v>
       </c>
       <c r="AC4">
-        <v>15.01635954</v>
+        <v>15.21100763</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
         <v>121.5041</v>
       </c>
       <c r="F5">
         <v>0.1600033</v>
       </c>
       <c r="G5" s="2">
         <v>45989.0</v>
       </c>
       <c r="H5" t="s">