--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -612,366 +612,357 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.32</v>
-[...2 lines deleted...]
-        <v>-0.05173306</v>
+        <v>19.4</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.83507307</v>
+        <v>0.93652445</v>
       </c>
       <c r="L2">
-        <v>1.84501845</v>
+        <v>1.57068063</v>
       </c>
       <c r="M2">
-        <v>4.31965443</v>
+        <v>4.13311863</v>
       </c>
       <c r="N2">
-        <v>5.80503834</v>
+        <v>6.24315444</v>
       </c>
       <c r="O2">
-        <v>6.21220451</v>
+        <v>6.18500274</v>
       </c>
       <c r="P2">
-        <v>9.07131485</v>
+        <v>8.17044139</v>
       </c>
       <c r="Q2">
-        <v>8.85083618</v>
+        <v>9.02513753</v>
       </c>
       <c r="R2">
-        <v>-0.38447463</v>
+        <v>-0.19237024</v>
       </c>
       <c r="S2">
-        <v>-0.09290818</v>
+        <v>-0.12325428</v>
       </c>
       <c r="T2">
-        <v>33130324.19</v>
+        <v>31417478.14</v>
       </c>
       <c r="U2">
-        <v>0.36858385</v>
+        <v>-0.44295976</v>
       </c>
       <c r="V2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="W2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="X2">
         <v>3.53799629</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="AA2">
-        <v>33130324.19</v>
+        <v>31417478.14</v>
       </c>
       <c r="AB2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="AC2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.07</v>
-[...2 lines deleted...]
-        <v>-0.03324468</v>
+        <v>30.21</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.04166667</v>
+        <v>1.13826582</v>
       </c>
       <c r="L3">
-        <v>2.41825613</v>
+        <v>2.09530247</v>
       </c>
       <c r="M3">
-        <v>5.65706254</v>
+        <v>5.44502618</v>
       </c>
       <c r="N3">
-        <v>8.08770669</v>
+        <v>8.59094177</v>
       </c>
       <c r="O3">
-        <v>8.59516071</v>
+        <v>8.55192239</v>
       </c>
       <c r="P3">
-        <v>11.21778325</v>
+        <v>10.2807134</v>
       </c>
       <c r="Q3">
-        <v>11.14666544</v>
+        <v>11.2343019</v>
       </c>
       <c r="R3">
-        <v>1.89930653</v>
+        <v>2.09099442</v>
       </c>
       <c r="S3">
-        <v>1.906871</v>
+        <v>1.86050487</v>
       </c>
       <c r="T3">
-        <v>33130324.19</v>
+        <v>31417478.14</v>
       </c>
       <c r="U3">
-        <v>0.36858385</v>
+        <v>-0.44295976</v>
       </c>
       <c r="V3">
-        <v>30.07</v>
+        <v>30.21</v>
       </c>
       <c r="W3">
-        <v>30.07</v>
+        <v>30.21</v>
       </c>
       <c r="X3">
         <v>3.59277105</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.89116579</v>
+        <v>25.6538722</v>
       </c>
       <c r="AA3">
-        <v>28526196.079948</v>
+        <v>26679244.262471</v>
       </c>
       <c r="AB3">
-        <v>25.89116579</v>
+        <v>25.6538722</v>
       </c>
       <c r="AC3">
-        <v>25.89116579</v>
+        <v>25.6538722</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
       <c r="F4">
-        <v>0.08880995</v>
+        <v>0.08873114</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.08865248</v>
+        <v>0.08873114</v>
       </c>
       <c r="L4">
-        <v>-1.5720524</v>
+        <v>-2.25303293</v>
       </c>
       <c r="M4">
-        <v>1.25786164</v>
+        <v>0.53475936</v>
       </c>
       <c r="N4">
-        <v>2.64116576</v>
+        <v>2.73224044</v>
       </c>
       <c r="O4">
-        <v>2.26860254</v>
+        <v>1.98915009</v>
       </c>
       <c r="P4">
-        <v>5.42484727</v>
+        <v>4.39612409</v>
       </c>
       <c r="Q4">
-        <v>5.16390714</v>
+        <v>5.1588404</v>
       </c>
       <c r="R4">
-        <v>-0.8893628</v>
+        <v>-0.88859171</v>
       </c>
       <c r="S4">
-        <v>-0.79691436</v>
+        <v>-0.89731559</v>
       </c>
       <c r="T4">
-        <v>25554849.97</v>
+        <v>25139125.37</v>
       </c>
       <c r="U4">
-        <v>0.45963582</v>
+        <v>-0.74930173</v>
       </c>
       <c r="V4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
       <c r="W4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
       <c r="X4">
         <v>4.49035358</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
       <c r="AA4">
-        <v>25554849.97</v>
+        <v>25139125.37</v>
       </c>
       <c r="AB4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
       <c r="AC4">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5">
-        <v>11.82</v>
-[...2 lines deleted...]
-        <v>0.08467401</v>
+        <v>11.83</v>
       </c>
       <c r="G5" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>0.08467401</v>
+        <v>0.16934801</v>
       </c>
       <c r="L5">
-        <v>-0.92204526</v>
+        <v>-1.74418605</v>
       </c>
       <c r="M5">
-        <v>2.69331017</v>
+        <v>1.71969046</v>
       </c>
       <c r="N5">
-        <v>4.78723404</v>
+        <v>4.87588652</v>
       </c>
       <c r="O5">
-        <v>4.50928382</v>
+        <v>4.32098765</v>
       </c>
       <c r="P5">
-        <v>7.54328305</v>
+        <v>6.44913163</v>
       </c>
       <c r="Q5">
-        <v>7.44219164</v>
+        <v>7.32253828</v>
       </c>
       <c r="R5">
-        <v>1.40139232</v>
+        <v>1.35490782</v>
       </c>
       <c r="S5">
-        <v>1.22843854</v>
+        <v>1.11857288</v>
       </c>
       <c r="T5">
-        <v>25554849.97</v>
+        <v>25139125.37</v>
       </c>
       <c r="U5">
-        <v>0.45963582</v>
+        <v>-0.74930173</v>
       </c>
       <c r="V5">
-        <v>11.82</v>
+        <v>11.83</v>
       </c>
       <c r="W5">
-        <v>11.82</v>
+        <v>11.83</v>
       </c>
       <c r="X5">
         <v>4.53407717</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>10.17737212</v>
+        <v>10.04585595</v>
       </c>
       <c r="AA5">
-        <v>22003487.103151</v>
+        <v>21347762.646716</v>
       </c>
       <c r="AB5">
-        <v>10.17737212</v>
+        <v>10.04585595</v>
       </c>
       <c r="AC5">
-        <v>10.17737212</v>
+        <v>10.04585595</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">