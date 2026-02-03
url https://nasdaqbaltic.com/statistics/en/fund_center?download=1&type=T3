--- v1 (2025-12-18)
+++ v2 (2026-02-03)
@@ -612,357 +612,366 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.4</v>
+        <v>19.7</v>
+      </c>
+      <c r="F2">
+        <v>0.0507872</v>
       </c>
       <c r="G2" s="2">
-        <v>46008.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.93652445</v>
+        <v>1.28534704</v>
       </c>
       <c r="L2">
-        <v>1.57068063</v>
+        <v>2.81837161</v>
       </c>
       <c r="M2">
-        <v>4.13311863</v>
+        <v>4.67587673</v>
       </c>
       <c r="N2">
-        <v>6.24315444</v>
+        <v>1.28534704</v>
       </c>
       <c r="O2">
-        <v>6.18500274</v>
+        <v>7.53275109</v>
       </c>
       <c r="P2">
-        <v>8.17044139</v>
+        <v>7.74377603</v>
       </c>
       <c r="Q2">
-        <v>9.02513753</v>
+        <v>8.46084328</v>
       </c>
       <c r="R2">
-        <v>-0.19237024</v>
+        <v>0.7894498</v>
       </c>
       <c r="S2">
-        <v>-0.12325428</v>
+        <v>0.09162186</v>
       </c>
       <c r="T2">
-        <v>31417478.14</v>
+        <v>32179046.14</v>
       </c>
       <c r="U2">
-        <v>-0.44295976</v>
+        <v>-0.48461215</v>
       </c>
       <c r="V2">
-        <v>19.4</v>
+        <v>19.7</v>
       </c>
       <c r="W2">
-        <v>19.4</v>
+        <v>19.7</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.4</v>
+        <v>19.7</v>
       </c>
       <c r="AA2">
-        <v>31417478.14</v>
+        <v>32179046.14</v>
       </c>
       <c r="AB2">
-        <v>19.4</v>
+        <v>19.7</v>
       </c>
       <c r="AC2">
-        <v>19.4</v>
+        <v>19.7</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.21</v>
+        <v>30.77</v>
+      </c>
+      <c r="F3">
+        <v>0.06504065</v>
       </c>
       <c r="G3" s="2">
-        <v>46008.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.13826582</v>
+        <v>1.45070887</v>
       </c>
       <c r="L3">
-        <v>2.09530247</v>
+        <v>3.3938172</v>
       </c>
       <c r="M3">
-        <v>5.44502618</v>
+        <v>5.92082616</v>
       </c>
       <c r="N3">
-        <v>8.59094177</v>
+        <v>1.45070887</v>
       </c>
       <c r="O3">
-        <v>8.55192239</v>
+        <v>10.05007153</v>
       </c>
       <c r="P3">
-        <v>10.2807134</v>
+        <v>9.86992559</v>
       </c>
       <c r="Q3">
-        <v>11.2343019</v>
+        <v>10.63852818</v>
       </c>
       <c r="R3">
-        <v>2.09099442</v>
+        <v>3.15006618</v>
       </c>
       <c r="S3">
-        <v>1.86050487</v>
+        <v>2.12440645</v>
       </c>
       <c r="T3">
-        <v>31417478.14</v>
+        <v>32179046.14</v>
       </c>
       <c r="U3">
-        <v>-0.44295976</v>
+        <v>-0.48461215</v>
       </c>
       <c r="V3">
-        <v>30.21</v>
+        <v>30.77</v>
       </c>
       <c r="W3">
-        <v>30.21</v>
+        <v>30.77</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.6538722</v>
+        <v>25.81592415</v>
       </c>
       <c r="AA3">
-        <v>26679244.262471</v>
+        <v>26998109.015541</v>
       </c>
       <c r="AB3">
-        <v>25.6538722</v>
+        <v>25.81592415</v>
       </c>
       <c r="AC3">
-        <v>25.6538722</v>
+        <v>25.81592415</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
       <c r="F4">
-        <v>0.08873114</v>
+        <v>0.08726003</v>
       </c>
       <c r="G4" s="2">
-        <v>46008.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>0.08873114</v>
+        <v>1.41467728</v>
       </c>
       <c r="L4">
-        <v>-2.25303293</v>
+        <v>1.68439716</v>
       </c>
       <c r="M4">
-        <v>0.53475936</v>
+        <v>1.14638448</v>
       </c>
       <c r="N4">
-        <v>2.73224044</v>
+        <v>1.41467728</v>
       </c>
       <c r="O4">
-        <v>1.98915009</v>
+        <v>3.98912058</v>
       </c>
       <c r="P4">
-        <v>4.39612409</v>
+        <v>4.81693584</v>
       </c>
       <c r="Q4">
-        <v>5.1588404</v>
+        <v>4.71268841</v>
       </c>
       <c r="R4">
-        <v>-0.88859171</v>
+        <v>-0.02178412</v>
       </c>
       <c r="S4">
-        <v>-0.89731559</v>
+        <v>-0.59935826</v>
       </c>
       <c r="T4">
-        <v>25139125.37</v>
+        <v>26001895.32</v>
       </c>
       <c r="U4">
-        <v>-0.74930173</v>
+        <v>-0.47186124</v>
       </c>
       <c r="V4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
       <c r="W4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
       <c r="X4">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
       <c r="AA4">
-        <v>25139125.37</v>
+        <v>26001895.32</v>
       </c>
       <c r="AB4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
       <c r="AC4">
-        <v>11.28</v>
+        <v>11.47</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5">
-        <v>11.83</v>
+        <v>12.07</v>
+      </c>
+      <c r="F5">
+        <v>0.08291874</v>
       </c>
       <c r="G5" s="2">
-        <v>46008.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>0.16934801</v>
+        <v>1.5993266</v>
       </c>
       <c r="L5">
-        <v>-1.74418605</v>
+        <v>2.20152413</v>
       </c>
       <c r="M5">
-        <v>1.71969046</v>
+        <v>2.37489398</v>
       </c>
       <c r="N5">
-        <v>4.87588652</v>
+        <v>1.5993266</v>
       </c>
       <c r="O5">
-        <v>4.32098765</v>
+        <v>6.34361233</v>
       </c>
       <c r="P5">
-        <v>6.44913163</v>
+        <v>6.96148042</v>
       </c>
       <c r="Q5">
-        <v>7.32253828</v>
+        <v>6.82937605</v>
       </c>
       <c r="R5">
-        <v>1.35490782</v>
+        <v>2.32458402</v>
       </c>
       <c r="S5">
-        <v>1.11857288</v>
+        <v>1.47122015</v>
       </c>
       <c r="T5">
-        <v>25139125.37</v>
+        <v>26001895.32</v>
       </c>
       <c r="U5">
-        <v>-0.74930173</v>
+        <v>-0.47186124</v>
       </c>
       <c r="V5">
-        <v>11.83</v>
+        <v>12.07</v>
       </c>
       <c r="W5">
-        <v>11.83</v>
+        <v>12.07</v>
       </c>
       <c r="X5">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>10.04585595</v>
+        <v>10.12668848</v>
       </c>
       <c r="AA5">
-        <v>21347762.646716</v>
+        <v>21815500.72696</v>
       </c>
       <c r="AB5">
-        <v>10.04585595</v>
+        <v>10.12668848</v>
       </c>
       <c r="AC5">
-        <v>10.04585595</v>
+        <v>10.12668848</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">