--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -606,283 +606,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="F2">
-        <v>0.15186029</v>
+        <v>-0.22205774</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.45283019</v>
+        <v>1.42964635</v>
       </c>
       <c r="L2">
-        <v>3.77655389</v>
+        <v>1.73584906</v>
       </c>
       <c r="M2">
-        <v>6.71521036</v>
+        <v>6.73000792</v>
       </c>
       <c r="N2">
-        <v>8.02620803</v>
+        <v>1.42964635</v>
       </c>
       <c r="O2">
-        <v>6.71521036</v>
+        <v>8.79741727</v>
       </c>
       <c r="P2">
-        <v>9.75273163</v>
+        <v>8.03238251</v>
       </c>
       <c r="Q2">
-        <v>8.24399655</v>
+        <v>8.17164349</v>
       </c>
       <c r="R2">
-        <v>2.20087726</v>
+        <v>3.4494908</v>
       </c>
       <c r="S2">
-        <v>2.79806819</v>
+        <v>2.9433432</v>
       </c>
       <c r="T2">
-        <v>973298.3</v>
+        <v>896519.72</v>
       </c>
       <c r="U2">
-        <v>0.14823158</v>
+        <v>-0.1788813</v>
       </c>
       <c r="V2">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="W2">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="X2">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>11.35698293</v>
+        <v>11.30967363</v>
       </c>
       <c r="AA2">
-        <v>838038.83085636</v>
+        <v>752176.96105216</v>
       </c>
       <c r="AB2">
-        <v>11.35698293</v>
+        <v>11.30967363</v>
       </c>
       <c r="AC2">
-        <v>11.35698293</v>
+        <v>11.30967363</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="F3">
-        <v>0.15360983</v>
+        <v>-0.0755287</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.68545316</v>
+        <v>1.22417751</v>
       </c>
       <c r="L3">
-        <v>3.40999207</v>
+        <v>0.76161462</v>
       </c>
       <c r="M3">
-        <v>6.01626016</v>
+        <v>4.66772152</v>
       </c>
       <c r="N3">
-        <v>5.84415584</v>
+        <v>1.22417751</v>
       </c>
       <c r="O3">
-        <v>4.48717949</v>
+        <v>5.92473979</v>
       </c>
       <c r="P3">
-        <v>8.4848057</v>
+        <v>6.56558157</v>
       </c>
       <c r="Q3">
-        <v>6.51694833</v>
+        <v>6.67052898</v>
       </c>
       <c r="R3">
-        <v>0.27022057</v>
+        <v>1.5511547</v>
       </c>
       <c r="S3">
-        <v>1.54116257</v>
+        <v>1.45194048</v>
       </c>
       <c r="T3">
-        <v>7724093.83</v>
+        <v>7970072.62</v>
       </c>
       <c r="U3">
-        <v>0.24784681</v>
+        <v>-0.03267008</v>
       </c>
       <c r="V3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="W3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="X3">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AA3">
-        <v>7724093.83</v>
+        <v>7970072.62</v>
       </c>
       <c r="AB3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AC3">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
       <c r="F4">
-        <v>0.08244023</v>
+        <v>-0.24370431</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46055.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.16447368</v>
+        <v>0.73831009</v>
       </c>
       <c r="L4">
-        <v>2.3608769</v>
+        <v>0.90386196</v>
       </c>
       <c r="M4">
-        <v>4.65517241</v>
+        <v>3.71621622</v>
       </c>
       <c r="N4">
-        <v>5.10822511</v>
+        <v>0.73831009</v>
       </c>
       <c r="O4">
-        <v>3.76068376</v>
+        <v>5.67986231</v>
       </c>
       <c r="P4">
-        <v>6.56644809</v>
+        <v>4.89797057</v>
       </c>
       <c r="Q4">
-        <v>4.42884965</v>
+        <v>4.40604407</v>
       </c>
       <c r="R4">
-        <v>-1.33403014</v>
+        <v>-0.2025532</v>
       </c>
       <c r="S4">
-        <v>-0.88225501</v>
+        <v>-0.74837262</v>
       </c>
       <c r="T4">
-        <v>885005.3</v>
+        <v>880281.76</v>
       </c>
       <c r="U4">
-        <v>0.14895399</v>
+        <v>0.12494551</v>
       </c>
       <c r="V4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
       <c r="W4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
       <c r="X4">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
       <c r="AA4">
-        <v>885005.3</v>
+        <v>880281.76</v>
       </c>
       <c r="AB4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
       <c r="AC4">
-        <v>12.14</v>
+        <v>12.28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">