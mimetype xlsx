--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -12,107 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:59:38</t>
+    <t>15:02:04</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:41:41</t>
-[...35 lines deleted...]
-    <t>10:00:03</t>
+    <t>14:58:23</t>
+  </si>
+  <si>
+    <t>14:57:31</t>
+  </si>
+  <si>
+    <t>13:50:31</t>
+  </si>
+  <si>
+    <t>13:50:05</t>
+  </si>
+  <si>
+    <t>13:00:07</t>
+  </si>
+  <si>
+    <t>12:49:28</t>
+  </si>
+  <si>
+    <t>11:17:04</t>
+  </si>
+  <si>
+    <t>11:09:47</t>
+  </si>
+  <si>
+    <t>10:24:50</t>
+  </si>
+  <si>
+    <t>10:00:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -427,363 +418,293 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.67</v>
+        <v>1.65</v>
       </c>
       <c r="C2">
-        <v>1.0</v>
+        <v>83.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.65</v>
+        <v>1.655</v>
       </c>
       <c r="C3">
-        <v>127.0</v>
+        <v>5.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.65</v>
+        <v>1.66</v>
       </c>
       <c r="C4">
-        <v>89.0</v>
+        <v>44.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>1.65</v>
+        <v>1.67</v>
       </c>
       <c r="C5">
-        <v>15.0</v>
+        <v>200.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>1.665</v>
+        <v>1.67</v>
       </c>
       <c r="C6">
-        <v>50.0</v>
+        <v>18.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7">
-        <v>1.665</v>
+        <v>1.66</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>6.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B8">
-        <v>1.665</v>
+        <v>1.66</v>
       </c>
       <c r="C8">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B9">
-        <v>1.665</v>
+        <v>1.67</v>
       </c>
       <c r="C9">
-        <v>5.0</v>
+        <v>299.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10">
-        <v>1.665</v>
+        <v>1.67</v>
       </c>
       <c r="C10">
-        <v>32.0</v>
+        <v>54.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B11">
         <v>1.66</v>
       </c>
       <c r="C11">
-        <v>80.0</v>
+        <v>50.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B12">
         <v>1.66</v>
       </c>
       <c r="C12">
-        <v>15.0</v>
+        <v>75.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B13">
         <v>1.66</v>
       </c>
       <c r="C13">
-        <v>309.0</v>
+        <v>2.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B14">
-        <v>1.65</v>
+        <v>1.68</v>
       </c>
       <c r="C14">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B15">
-        <v>1.65</v>
+        <v>1.675</v>
       </c>
       <c r="C15">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>1.64</v>
+        <v>1.675</v>
       </c>
       <c r="C16">
-        <v>39.0</v>
+        <v>10.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>1.64</v>
+        <v>1.675</v>
       </c>
       <c r="C17">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s">
-        <v>5</v>
-[...68 lines deleted...]
-      <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>