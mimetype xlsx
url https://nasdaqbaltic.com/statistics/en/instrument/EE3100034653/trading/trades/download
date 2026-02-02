--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:02:04</t>
+    <t>13:34:08</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>14:58:23</t>
-[...26 lines deleted...]
-    <t>10:00:04</t>
+    <t>13:01:01</t>
+  </si>
+  <si>
+    <t>12:14:39</t>
+  </si>
+  <si>
+    <t>12:08:46</t>
+  </si>
+  <si>
+    <t>12:02:46</t>
+  </si>
+  <si>
+    <t>11:49:02</t>
+  </si>
+  <si>
+    <t>11:15:19</t>
+  </si>
+  <si>
+    <t>10:58:48</t>
+  </si>
+  <si>
+    <t>10:08:01</t>
+  </si>
+  <si>
+    <t>10:05:15</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -418,293 +418,321 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.65</v>
+        <v>1.63</v>
       </c>
       <c r="C2">
-        <v>83.0</v>
+        <v>10.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.655</v>
+        <v>1.63</v>
       </c>
       <c r="C3">
-        <v>5.0</v>
+        <v>204.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.66</v>
+        <v>1.63</v>
       </c>
       <c r="C4">
-        <v>44.0</v>
+        <v>9.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>1.67</v>
+        <v>1.63</v>
       </c>
       <c r="C5">
-        <v>200.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>1.67</v>
+        <v>1.63</v>
       </c>
       <c r="C6">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>1.66</v>
+        <v>1.63</v>
       </c>
       <c r="C7">
-        <v>6.0</v>
+        <v>30.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8">
-        <v>1.66</v>
+        <v>1.625</v>
       </c>
       <c r="C8">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
-        <v>1.67</v>
+        <v>1.625</v>
       </c>
       <c r="C9">
-        <v>299.0</v>
+        <v>17.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B10">
-        <v>1.67</v>
+        <v>1.64</v>
       </c>
       <c r="C10">
-        <v>54.0</v>
+        <v>1.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
-        <v>1.66</v>
+        <v>1.64</v>
       </c>
       <c r="C11">
-        <v>50.0</v>
+        <v>2.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B12">
-        <v>1.66</v>
+        <v>1.64</v>
       </c>
       <c r="C12">
-        <v>75.0</v>
+        <v>8.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B13">
-        <v>1.66</v>
+        <v>1.62</v>
       </c>
       <c r="C13">
-        <v>2.0</v>
+        <v>15.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B14">
-        <v>1.68</v>
+        <v>1.62</v>
       </c>
       <c r="C14">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15">
-        <v>1.675</v>
+        <v>1.62</v>
       </c>
       <c r="C15">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B16">
-        <v>1.675</v>
+        <v>1.62</v>
       </c>
       <c r="C16">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>1.675</v>
+        <v>1.62</v>
       </c>
       <c r="C17">
+        <v>20.0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18">
+        <v>1.62</v>
+      </c>
+      <c r="C18">
+        <v>10.0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19">
+        <v>1.62</v>
+      </c>
+      <c r="C19">
         <v>1.0</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>