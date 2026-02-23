--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>13:34:08</t>
+    <t>15:01:57</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>13:01:01</t>
-[...26 lines deleted...]
-    <t>10:00:02</t>
+    <t>14:51:23</t>
+  </si>
+  <si>
+    <t>14:48:59</t>
+  </si>
+  <si>
+    <t>13:57:09</t>
+  </si>
+  <si>
+    <t>13:45:35</t>
+  </si>
+  <si>
+    <t>11:50:52</t>
+  </si>
+  <si>
+    <t>11:47:28</t>
+  </si>
+  <si>
+    <t>11:41:20</t>
+  </si>
+  <si>
+    <t>11:20:54</t>
+  </si>
+  <si>
+    <t>10:08:52</t>
+  </si>
+  <si>
+    <t>10:05:01</t>
+  </si>
+  <si>
+    <t>10:00:03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -418,321 +421,335 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.63</v>
+        <v>1.605</v>
       </c>
       <c r="C2">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.63</v>
+        <v>1.605</v>
       </c>
       <c r="C3">
-        <v>204.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.63</v>
+        <v>1.605</v>
       </c>
       <c r="C4">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>1.63</v>
+        <v>1.605</v>
       </c>
       <c r="C5">
-        <v>1500.0</v>
+        <v>30.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>1.63</v>
+        <v>1.61</v>
       </c>
       <c r="C6">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>1.63</v>
+        <v>1.61</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
-        <v>1.625</v>
+        <v>1.61</v>
       </c>
       <c r="C8">
-        <v>30.0</v>
+        <v>185.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B9">
-        <v>1.625</v>
+        <v>1.61</v>
       </c>
       <c r="C9">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B10">
-        <v>1.64</v>
+        <v>1.61</v>
       </c>
       <c r="C10">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B11">
-        <v>1.64</v>
+        <v>1.61</v>
       </c>
       <c r="C11">
-        <v>2.0</v>
+        <v>44.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B12">
-        <v>1.64</v>
+        <v>1.61</v>
       </c>
       <c r="C12">
-        <v>8.0</v>
+        <v>48.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B13">
-        <v>1.62</v>
+        <v>1.605</v>
       </c>
       <c r="C13">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>1.62</v>
+        <v>1.605</v>
       </c>
       <c r="C14">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B15">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="C15">
-        <v>9.0</v>
+        <v>34.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B16">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="C16">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B17">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="C17">
-        <v>20.0</v>
+        <v>11.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B18">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="C18">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="C19">
+        <v>10.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20">
+        <v>1.6</v>
+      </c>
+      <c r="C20">
         <v>1.0</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>