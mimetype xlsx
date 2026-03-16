--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -12,101 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:01:57</t>
+    <t>15:25:15</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>14:51:23</t>
-[...29 lines deleted...]
-    <t>10:00:03</t>
+    <t>14:32:42</t>
+  </si>
+  <si>
+    <t>14:32:14</t>
+  </si>
+  <si>
+    <t>14:31:53</t>
+  </si>
+  <si>
+    <t>14:22:49</t>
+  </si>
+  <si>
+    <t>14:07:56</t>
+  </si>
+  <si>
+    <t>14:07:53</t>
+  </si>
+  <si>
+    <t>13:48:02</t>
+  </si>
+  <si>
+    <t>13:45:27</t>
+  </si>
+  <si>
+    <t>13:14:42</t>
+  </si>
+  <si>
+    <t>12:38:24</t>
+  </si>
+  <si>
+    <t>12:03:21</t>
+  </si>
+  <si>
+    <t>11:23:15</t>
+  </si>
+  <si>
+    <t>11:13:06</t>
+  </si>
+  <si>
+    <t>10:35:46</t>
+  </si>
+  <si>
+    <t>10:13:41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -421,335 +433,377 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.605</v>
+        <v>1.57</v>
       </c>
       <c r="C2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.605</v>
+        <v>1.55</v>
       </c>
       <c r="C3">
         <v>1.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>1.605</v>
+        <v>1.55</v>
       </c>
       <c r="C4">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B5">
-        <v>1.605</v>
+        <v>1.55</v>
       </c>
       <c r="C5">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B6">
-        <v>1.61</v>
+        <v>1.55</v>
       </c>
       <c r="C6">
-        <v>3.0</v>
+        <v>50.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B7">
-        <v>1.61</v>
+        <v>1.55</v>
       </c>
       <c r="C7">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B8">
-        <v>1.61</v>
+        <v>1.55</v>
       </c>
       <c r="C8">
-        <v>185.0</v>
+        <v>1.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B9">
-        <v>1.61</v>
+        <v>1.57</v>
       </c>
       <c r="C9">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B10">
-        <v>1.61</v>
+        <v>1.57</v>
       </c>
       <c r="C10">
-        <v>100.0</v>
+        <v>20.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B11">
-        <v>1.61</v>
+        <v>1.57</v>
       </c>
       <c r="C11">
-        <v>44.0</v>
+        <v>20.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B12">
-        <v>1.61</v>
+        <v>1.57</v>
       </c>
       <c r="C12">
-        <v>48.0</v>
+        <v>10.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B13">
-        <v>1.605</v>
+        <v>1.57</v>
       </c>
       <c r="C13">
         <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>1.605</v>
+        <v>1.57</v>
       </c>
       <c r="C14">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B15">
-        <v>1.6</v>
+        <v>1.57</v>
       </c>
       <c r="C15">
-        <v>34.0</v>
+        <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>1.6</v>
+        <v>1.56</v>
       </c>
       <c r="C16">
-        <v>10.0</v>
+        <v>56.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B17">
-        <v>1.6</v>
+        <v>1.56</v>
       </c>
       <c r="C17">
-        <v>11.0</v>
+        <v>134.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18">
-        <v>1.6</v>
+        <v>1.56</v>
       </c>
       <c r="C18">
-        <v>4.0</v>
+        <v>135.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19">
-        <v>1.6</v>
+        <v>1.56</v>
       </c>
       <c r="C19">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20">
-        <v>1.6</v>
+        <v>1.55</v>
       </c>
       <c r="C20">
-        <v>1.0</v>
+        <v>40.0</v>
       </c>
       <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21">
+        <v>1.56</v>
+      </c>
+      <c r="C21">
+        <v>40.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22">
+        <v>1.56</v>
+      </c>
+      <c r="C22">
+        <v>19.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23">
+        <v>1.56</v>
+      </c>
+      <c r="C23">
+        <v>10.0</v>
+      </c>
+      <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>