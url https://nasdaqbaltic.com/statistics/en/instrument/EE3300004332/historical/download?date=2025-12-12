--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X397"/>
+  <dimension ref="A1:X448"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L397" sqref="L397"/>
+      <selection activeCell="L448" sqref="L448"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,24978 +546,28419 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46006.487800926</v>
+        <v>46084.532800926</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
+      <c r="F2">
+        <v>0.68</v>
+      </c>
       <c r="G2">
-        <v>102.554167</v>
+        <v>105.0</v>
+      </c>
+      <c r="H2">
+        <v>3146.5</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>10.5</v>
       </c>
       <c r="K2" s="2">
         <v>45435.0</v>
       </c>
       <c r="L2" s="2">
         <v>46896.0</v>
       </c>
       <c r="M2">
         <v>6200</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>0.7</v>
+        <v>0.35</v>
       </c>
       <c r="Q2">
-        <v>101.2</v>
+        <v>104.35</v>
       </c>
       <c r="R2">
-        <v>102.7</v>
+        <v>105.35</v>
       </c>
       <c r="S2">
-        <v>100.5</v>
+        <v>104.0</v>
       </c>
       <c r="T2">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="U2">
-        <v>10.26214</v>
+        <v>8.499525</v>
       </c>
       <c r="V2">
-        <v>9.566148</v>
+        <v>8.014124</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46003.657453704</v>
+        <v>46083.355150463</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>102.554167</v>
+        <v>104.291667</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>10.5</v>
       </c>
       <c r="K3" s="2">
         <v>45435.0</v>
       </c>
       <c r="L3" s="2">
         <v>46896.0</v>
       </c>
       <c r="M3">
         <v>6200</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>0.670833</v>
+        <v>0.320833</v>
       </c>
       <c r="Q3">
-        <v>100.670833</v>
+        <v>104.320833</v>
       </c>
       <c r="R3">
-        <v>102.670833</v>
+        <v>105.320833</v>
       </c>
       <c r="S3">
-        <v>100.0</v>
+        <v>104.0</v>
       </c>
       <c r="T3">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="U3">
-        <v>10.496963</v>
+        <v>8.501861</v>
       </c>
       <c r="V3">
-        <v>9.56716</v>
+        <v>8.016993</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46002.355613426</v>
+        <v>46080.610706019</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
+      <c r="F4">
+        <v>-0.69</v>
+      </c>
       <c r="G4">
-        <v>102.554167</v>
+        <v>104.291667</v>
+      </c>
+      <c r="H4">
+        <v>2085.83334</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>10.5</v>
       </c>
       <c r="K4" s="2">
         <v>45435.0</v>
       </c>
       <c r="L4" s="2">
         <v>46896.0</v>
       </c>
       <c r="M4">
         <v>6200</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>0.641667</v>
+        <v>0.291667</v>
       </c>
       <c r="Q4">
-        <v>102.351667</v>
+        <v>104.291667</v>
       </c>
       <c r="R4">
-        <v>102.842667</v>
+        <v>105.291667</v>
       </c>
       <c r="S4">
-        <v>101.71</v>
+        <v>104.0</v>
       </c>
       <c r="T4">
-        <v>102.201</v>
+        <v>105.0</v>
       </c>
       <c r="U4">
-        <v>9.701517</v>
+        <v>8.504194</v>
       </c>
       <c r="V4">
-        <v>9.476013</v>
+        <v>8.019856</v>
+      </c>
+      <c r="X4">
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46001.535</v>
+        <v>46079.355150463</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="F5">
-[...1 lines deleted...]
-      </c>
       <c r="G5">
-        <v>102.554167</v>
-[...2 lines deleted...]
-        <v>6147.45002</v>
+        <v>105.019167</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>10.5</v>
       </c>
       <c r="K5" s="2">
         <v>45435.0</v>
       </c>
       <c r="L5" s="2">
         <v>46896.0</v>
       </c>
       <c r="M5">
         <v>6200</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>0.554167</v>
+        <v>0.2625</v>
       </c>
       <c r="Q5">
-        <v>102.264167</v>
+        <v>103.7625</v>
       </c>
       <c r="R5">
-        <v>102.755167</v>
+        <v>105.2525</v>
       </c>
       <c r="S5">
-        <v>101.71</v>
+        <v>103.5</v>
       </c>
       <c r="T5">
-        <v>102.201</v>
+        <v>104.99</v>
       </c>
       <c r="U5">
-        <v>9.704168</v>
+        <v>8.750503</v>
       </c>
       <c r="V5">
-        <v>9.479331</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8.027527</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46000.516458333</v>
+        <v>46078.418136574</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="F6">
-[...1 lines deleted...]
-      </c>
       <c r="G6">
-        <v>102.705</v>
-[...2 lines deleted...]
-        <v>2054.1</v>
+        <v>105.019167</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>10.5</v>
       </c>
       <c r="K6" s="2">
         <v>45435.0</v>
       </c>
       <c r="L6" s="2">
         <v>46896.0</v>
       </c>
       <c r="M6">
         <v>6200</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>0.525</v>
+        <v>0.116667</v>
       </c>
       <c r="Q6">
-        <v>102.235</v>
+        <v>103.616667</v>
       </c>
       <c r="R6">
-        <v>102.525</v>
+        <v>105.106667</v>
       </c>
       <c r="S6">
-        <v>101.71</v>
+        <v>103.5</v>
       </c>
       <c r="T6">
-        <v>102.0</v>
+        <v>104.99</v>
       </c>
       <c r="U6">
-        <v>9.705055</v>
+        <v>8.7608</v>
       </c>
       <c r="V6">
-        <v>9.572235</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.041742</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45999.527523148</v>
+        <v>46077.354710648</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
-      <c r="F7">
-[...1 lines deleted...]
-      </c>
       <c r="G7">
-        <v>102.715833</v>
-[...2 lines deleted...]
-        <v>8260.80826</v>
+        <v>105.019167</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>10.5</v>
       </c>
       <c r="K7" s="2">
         <v>45435.0</v>
       </c>
       <c r="L7" s="2">
         <v>46896.0</v>
       </c>
       <c r="M7">
         <v>6200</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>0.495833</v>
-[...20 lines deleted...]
-        <v>4</v>
+        <v>0.0875</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45996.626238426</v>
+        <v>46076.425740741</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>102.4375</v>
+        <v>105.019167</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>10.5</v>
       </c>
       <c r="K8" s="2">
         <v>45435.0</v>
       </c>
       <c r="L8" s="2">
         <v>46896.0</v>
       </c>
       <c r="M8">
         <v>6200</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.466667</v>
+        <v>0.058333</v>
       </c>
       <c r="Q8">
-        <v>102.686667</v>
+        <v>103.158333</v>
       </c>
       <c r="R8">
-        <v>103.186667</v>
+        <v>105.048333</v>
       </c>
       <c r="S8">
-        <v>102.22</v>
+        <v>103.1</v>
       </c>
       <c r="T8">
-        <v>102.72</v>
+        <v>104.99</v>
       </c>
       <c r="U8">
-        <v>9.474008</v>
+        <v>8.959613</v>
       </c>
       <c r="V8">
-        <v>9.247079</v>
+        <v>8.047401</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45995.605671296</v>
+        <v>46073.5859375</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9">
-        <v>-0.09</v>
+        <v>1.95</v>
       </c>
       <c r="G9">
-        <v>102.4375</v>
+        <v>105.019167</v>
       </c>
       <c r="H9">
-        <v>4101.0</v>
+        <v>2081.48334</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>10.5</v>
       </c>
       <c r="K9" s="2">
         <v>45435.0</v>
       </c>
       <c r="L9" s="2">
         <v>46896.0</v>
       </c>
       <c r="M9">
         <v>6200</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>0.4375</v>
+        <v>0.029167</v>
       </c>
       <c r="Q9">
-        <v>102.1475</v>
+        <v>103.129167</v>
       </c>
       <c r="R9">
-        <v>103.4375</v>
+        <v>105.019167</v>
       </c>
       <c r="S9">
-        <v>101.71</v>
+        <v>103.1</v>
       </c>
       <c r="T9">
-        <v>103.0</v>
+        <v>104.99</v>
       </c>
       <c r="U9">
-        <v>9.707725</v>
+        <v>8.961455</v>
       </c>
       <c r="V9">
-        <v>9.122034</v>
+        <v>8.050224</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45994.582372685</v>
+        <v>46072.538796296</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10">
-        <v>0.2</v>
+        <v>-4.18</v>
       </c>
       <c r="G10">
-        <v>102.53</v>
+        <v>103.01</v>
       </c>
       <c r="H10">
-        <v>2050.6</v>
+        <v>4124.2</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>10.5</v>
       </c>
       <c r="K10" s="2">
         <v>45435.0</v>
       </c>
       <c r="L10" s="2">
         <v>46896.0</v>
       </c>
       <c r="M10">
         <v>6200</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
-      <c r="P10">
-[...1 lines deleted...]
-      </c>
       <c r="Q10">
-        <v>102.7</v>
+        <v>103.1</v>
       </c>
       <c r="R10">
-        <v>103.35</v>
-[...5 lines deleted...]
-        <v>103.0</v>
+        <v>104.99</v>
       </c>
       <c r="U10">
-        <v>9.419594</v>
+        <v>8.963296</v>
       </c>
       <c r="V10">
-        <v>9.12643</v>
+        <v>8.053044</v>
       </c>
       <c r="X10">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45993.519861111</v>
+        <v>46071.612777778</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="F11">
-[...1 lines deleted...]
-      </c>
       <c r="G11">
-        <v>102.320833</v>
-[...2 lines deleted...]
-        <v>1023.20833</v>
+        <v>107.508333</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>10.5</v>
       </c>
       <c r="K11" s="2">
         <v>45435.0</v>
       </c>
       <c r="L11" s="2">
         <v>46896.0</v>
       </c>
       <c r="M11">
         <v>6200</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>0.320833</v>
+        <v>2.5375</v>
       </c>
       <c r="Q11">
-        <v>102.500833</v>
+        <v>105.7375</v>
       </c>
       <c r="R11">
-        <v>103.620832</v>
+        <v>107.5375</v>
       </c>
       <c r="S11">
-        <v>102.18</v>
+        <v>103.2</v>
       </c>
       <c r="T11">
-        <v>103.299999</v>
+        <v>105.0</v>
       </c>
       <c r="U11">
-        <v>9.497737</v>
+        <v>8.919378</v>
       </c>
       <c r="V11">
-        <v>8.993457</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.055903</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45992.651296296</v>
+        <v>46070.578576389</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12">
-        <v>0.93</v>
+        <v>0.66</v>
       </c>
       <c r="G12">
-        <v>102.001667</v>
+        <v>107.508333</v>
       </c>
       <c r="H12">
-        <v>15373.84005</v>
+        <v>1075.08333</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>10.5</v>
       </c>
       <c r="K12" s="2">
         <v>45435.0</v>
       </c>
       <c r="L12" s="2">
         <v>46896.0</v>
       </c>
       <c r="M12">
         <v>6200</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>0.291667</v>
+        <v>2.508333</v>
       </c>
       <c r="Q12">
-        <v>102.001667</v>
+        <v>105.998333</v>
       </c>
       <c r="R12">
-        <v>103.691667</v>
+        <v>107.508333</v>
       </c>
       <c r="S12">
-        <v>101.71</v>
+        <v>103.49</v>
       </c>
       <c r="T12">
-        <v>103.4</v>
+        <v>105.0</v>
       </c>
       <c r="U12">
-        <v>9.712205</v>
+        <v>8.780796</v>
       </c>
       <c r="V12">
-        <v>8.950385</v>
+        <v>8.058438</v>
       </c>
       <c r="X12">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45989.649722222</v>
+        <v>46069.530601852</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13">
-        <v>-0.17</v>
+        <v>1.3</v>
       </c>
       <c r="G13">
-        <v>101.0625</v>
+        <v>106.799167</v>
       </c>
       <c r="H13">
-        <v>2025.58</v>
+        <v>1067.99167</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>10.5</v>
       </c>
       <c r="K13" s="2">
         <v>45435.0</v>
       </c>
       <c r="L13" s="2">
         <v>46896.0</v>
       </c>
       <c r="M13">
         <v>6200</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>0.2625</v>
+        <v>2.479167</v>
       </c>
       <c r="Q13">
-        <v>100.762501</v>
+        <v>106.999167</v>
       </c>
       <c r="R13">
-        <v>102.3595</v>
+        <v>107.479167</v>
       </c>
       <c r="S13">
-        <v>100.500001</v>
+        <v>104.52</v>
       </c>
       <c r="T13">
-        <v>102.097</v>
+        <v>105.0</v>
       </c>
       <c r="U13">
-        <v>10.267276</v>
+        <v>8.288999</v>
       </c>
       <c r="V13">
-        <v>9.537508</v>
+        <v>8.060969</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45988.66650463</v>
+        <v>46066.469803241</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
-      <c r="F14">
-[...1 lines deleted...]
-      </c>
       <c r="G14">
-        <v>101.233333</v>
-[...2 lines deleted...]
-        <v>2022.66666</v>
+        <v>105.430833</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>10.5</v>
       </c>
       <c r="K14" s="2">
         <v>45435.0</v>
       </c>
       <c r="L14" s="2">
         <v>46896.0</v>
       </c>
       <c r="M14">
         <v>6200</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>0.233333</v>
+        <v>2.45</v>
       </c>
       <c r="Q14">
-        <v>101.033333</v>
+        <v>105.65</v>
       </c>
       <c r="R14">
-        <v>101.466333</v>
+        <v>107.44</v>
       </c>
       <c r="S14">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="T14">
-        <v>101.233</v>
+        <v>104.99</v>
       </c>
       <c r="U14">
-        <v>10.129646</v>
+        <v>8.924111</v>
       </c>
       <c r="V14">
-        <v>9.931324</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.06823</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45987.519074074</v>
+        <v>46065.636574074</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15">
-        <v>-0.07</v>
+        <v>-1.31</v>
       </c>
       <c r="G15">
-        <v>101.645833</v>
+        <v>105.430833</v>
       </c>
       <c r="H15">
-        <v>1016.45833</v>
+        <v>1054.30833</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>10.5</v>
       </c>
       <c r="K15" s="2">
         <v>45435.0</v>
       </c>
       <c r="L15" s="2">
         <v>46896.0</v>
       </c>
       <c r="M15">
         <v>6200</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.145833</v>
+        <v>2.420833</v>
       </c>
       <c r="Q15">
-        <v>100.945833</v>
+        <v>105.430833</v>
       </c>
       <c r="R15">
-        <v>101.645833</v>
+        <v>107.410833</v>
       </c>
       <c r="S15">
-        <v>100.8</v>
+        <v>103.01</v>
       </c>
       <c r="T15">
-        <v>101.5</v>
+        <v>104.99</v>
       </c>
       <c r="U15">
-        <v>10.131162</v>
+        <v>9.017466</v>
       </c>
       <c r="V15">
-        <v>9.811973</v>
+        <v>8.07075</v>
       </c>
       <c r="X15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45986.651030093</v>
+        <v>46064.420231481</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16">
-        <v>-0.85</v>
+        <v>0.31</v>
       </c>
       <c r="G16">
-        <v>101.716667</v>
+        <v>106.833333</v>
       </c>
       <c r="H16">
-        <v>3051.50001</v>
+        <v>1068.33333</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>10.5</v>
       </c>
       <c r="K16" s="2">
         <v>45435.0</v>
       </c>
       <c r="L16" s="2">
         <v>46896.0</v>
       </c>
       <c r="M16">
         <v>6200</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.116667</v>
+        <v>2.333333</v>
       </c>
       <c r="Q16">
-        <v>100.616668</v>
+        <v>105.333333</v>
       </c>
       <c r="R16">
-        <v>101.616667</v>
+        <v>107.333333</v>
       </c>
       <c r="S16">
-        <v>100.500001</v>
+        <v>103.0</v>
       </c>
       <c r="T16">
-        <v>101.5</v>
+        <v>105.0</v>
       </c>
       <c r="U16">
-        <v>10.269139</v>
+        <v>9.026712</v>
       </c>
       <c r="V16">
-        <v>9.81279</v>
+        <v>8.073578</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45985.66224537</v>
+        <v>46063.619178241</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
-        <v>1.51</v>
+        <v>1.22</v>
       </c>
       <c r="G17">
-        <v>102.5875</v>
+        <v>106.504167</v>
       </c>
       <c r="H17">
-        <v>20402.09</v>
+        <v>1065.04167</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>10.5</v>
       </c>
       <c r="K17" s="2">
         <v>45435.0</v>
       </c>
       <c r="L17" s="2">
         <v>46896.0</v>
       </c>
       <c r="M17">
         <v>6200</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.0875</v>
+        <v>2.304167</v>
       </c>
       <c r="Q17">
-        <v>101.0875</v>
+        <v>105.304167</v>
       </c>
       <c r="R17">
-        <v>102.9875</v>
+        <v>106.554167</v>
       </c>
       <c r="S17">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T17">
-        <v>102.9</v>
+        <v>104.25</v>
       </c>
       <c r="U17">
-        <v>10.040897</v>
+        <v>9.028181</v>
       </c>
       <c r="V17">
-        <v>9.184187</v>
+        <v>8.430588</v>
       </c>
       <c r="X17">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45982.662025463</v>
+        <v>46062.421168981</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
-      <c r="F18">
-[...1 lines deleted...]
-      </c>
       <c r="G18">
-        <v>101.058333</v>
-[...2 lines deleted...]
-        <v>13149.08329</v>
+        <v>105.216667</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>10.5</v>
       </c>
       <c r="K18" s="2">
         <v>45435.0</v>
       </c>
       <c r="L18" s="2">
         <v>46896.0</v>
       </c>
       <c r="M18">
         <v>6200</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.058333</v>
+        <v>2.275</v>
       </c>
       <c r="Q18">
-        <v>100.558334</v>
+        <v>105.275</v>
       </c>
       <c r="R18">
-        <v>101.058333</v>
+        <v>106.775</v>
       </c>
       <c r="S18">
-        <v>100.500001</v>
+        <v>103.0</v>
       </c>
       <c r="T18">
-        <v>101.0</v>
+        <v>104.5</v>
       </c>
       <c r="U18">
-        <v>10.269905</v>
+        <v>9.029651</v>
       </c>
       <c r="V18">
-        <v>10.0415</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>8.314339</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45981.554143519</v>
+        <v>46059.640578704</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>104.0675</v>
+        <v>105.216667</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>10.5</v>
       </c>
       <c r="K19" s="2">
         <v>45435.0</v>
       </c>
       <c r="L19" s="2">
         <v>46896.0</v>
       </c>
       <c r="M19">
         <v>6200</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.029167</v>
+        <v>2.245833</v>
       </c>
       <c r="Q19">
-        <v>100.630001</v>
+        <v>105.495833</v>
       </c>
       <c r="R19">
-        <v>102.478167</v>
+        <v>106.745833</v>
       </c>
       <c r="S19">
-        <v>100.600834</v>
+        <v>103.25</v>
       </c>
       <c r="T19">
-        <v>102.449</v>
+        <v>104.5</v>
       </c>
       <c r="U19">
-        <v>10.224166</v>
+        <v>8.911179</v>
       </c>
       <c r="V19">
-        <v>9.388299</v>
+        <v>8.316588</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45980.56525463</v>
+        <v>46058.463368056</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
+      <c r="F20">
+        <v>0.61</v>
+      </c>
       <c r="G20">
-        <v>104.0675</v>
+        <v>105.216667</v>
+      </c>
+      <c r="H20">
+        <v>1052.16667</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>10.5</v>
       </c>
       <c r="K20" s="2">
         <v>45435.0</v>
       </c>
       <c r="L20" s="2">
         <v>46896.0</v>
       </c>
       <c r="M20">
         <v>6200</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>2.566667</v>
+        <v>2.216667</v>
       </c>
       <c r="Q20">
-        <v>103.166668</v>
+        <v>105.216667</v>
       </c>
       <c r="R20">
-        <v>104.965667</v>
+        <v>106.706667</v>
       </c>
       <c r="S20">
-        <v>100.600001</v>
+        <v>103.0</v>
       </c>
       <c r="T20">
-        <v>102.399</v>
+        <v>104.49</v>
       </c>
       <c r="U20">
-        <v>10.225185</v>
+        <v>9.032589</v>
       </c>
       <c r="V20">
-        <v>9.413702</v>
+        <v>8.323553</v>
+      </c>
+      <c r="X20">
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45979.594224537</v>
+        <v>46057.435555556</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
-      <c r="F21">
-[...1 lines deleted...]
-      </c>
       <c r="G21">
-        <v>104.0675</v>
-[...2 lines deleted...]
-        <v>11465.42498</v>
+        <v>104.580833</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>10.5</v>
       </c>
       <c r="K21" s="2">
         <v>45435.0</v>
       </c>
       <c r="L21" s="2">
         <v>46896.0</v>
       </c>
       <c r="M21">
         <v>6200</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>2.5375</v>
+        <v>2.129167</v>
       </c>
       <c r="Q21">
-        <v>103.037501</v>
+        <v>105.129167</v>
       </c>
       <c r="R21">
-        <v>104.5375</v>
+        <v>106.619167</v>
       </c>
       <c r="S21">
-        <v>100.500001</v>
+        <v>103.0</v>
       </c>
       <c r="T21">
-        <v>102.0</v>
+        <v>104.49</v>
       </c>
       <c r="U21">
-        <v>10.270859</v>
+        <v>9.036995</v>
       </c>
       <c r="V21">
-        <v>9.592951</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>8.330263</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45978.5925</v>
+        <v>46056.448321759</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
-      <c r="F22">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>103.008333</v>
-[...2 lines deleted...]
-        <v>4120.33332</v>
+        <v>104.580833</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>10.5</v>
       </c>
       <c r="K22" s="2">
         <v>45435.0</v>
       </c>
       <c r="L22" s="2">
         <v>46896.0</v>
       </c>
       <c r="M22">
         <v>6200</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>2.508333</v>
+        <v>2.1</v>
       </c>
       <c r="Q22">
-        <v>103.008333</v>
+        <v>105.1</v>
       </c>
       <c r="R22">
-        <v>104.399999</v>
+        <v>106.681</v>
       </c>
       <c r="S22">
-        <v>100.5</v>
+        <v>103.0</v>
       </c>
       <c r="T22">
-        <v>101.891666</v>
+        <v>104.581</v>
       </c>
       <c r="U22">
-        <v>10.270925</v>
+        <v>9.038464</v>
       </c>
       <c r="V22">
-        <v>9.642202</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.289766</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45975.648645833</v>
+        <v>46055.666400463</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="F23">
-        <v>0.1</v>
+        <v>0.99</v>
       </c>
       <c r="G23">
-        <v>104.369999</v>
+        <v>104.580833</v>
       </c>
       <c r="H23">
-        <v>5199.86668</v>
+        <v>3177.22499</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>10.5</v>
       </c>
       <c r="K23" s="2">
         <v>45435.0</v>
       </c>
       <c r="L23" s="2">
         <v>46896.0</v>
       </c>
       <c r="M23">
         <v>6200</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>2.479167</v>
+        <v>2.070833</v>
       </c>
       <c r="Q23">
-        <v>102.679168</v>
+        <v>103.970833</v>
       </c>
       <c r="R23">
-        <v>104.369999</v>
+        <v>107.060833</v>
       </c>
       <c r="S23">
-        <v>100.200001</v>
+        <v>101.9</v>
       </c>
       <c r="T23">
-        <v>101.890832</v>
+        <v>104.99</v>
       </c>
       <c r="U23">
-        <v>10.407743</v>
+        <v>9.568352</v>
       </c>
       <c r="V23">
-        <v>9.643264</v>
+        <v>8.100742</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45974.441712963</v>
+        <v>46052.66025463</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
+      <c r="F24">
+        <v>-2.26</v>
+      </c>
       <c r="G24">
-        <v>104.262499</v>
+        <v>103.551667</v>
+      </c>
+      <c r="H24">
+        <v>1035.51667</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>10.5</v>
       </c>
       <c r="K24" s="2">
         <v>45435.0</v>
       </c>
       <c r="L24" s="2">
         <v>46896.0</v>
       </c>
       <c r="M24">
         <v>6200</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>2.45</v>
+        <v>2.041667</v>
       </c>
       <c r="Q24">
-        <v>102.650001</v>
+        <v>104.241667</v>
       </c>
       <c r="R24">
-        <v>104.349999</v>
+        <v>107.031667</v>
       </c>
       <c r="S24">
-        <v>100.200001</v>
+        <v>102.2</v>
       </c>
       <c r="T24">
-        <v>101.899999</v>
+        <v>104.99</v>
       </c>
       <c r="U24">
-        <v>10.407682</v>
+        <v>9.424624</v>
       </c>
       <c r="V24">
-        <v>9.639856</v>
+        <v>8.103221</v>
+      </c>
+      <c r="X24">
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45973.646331019</v>
+        <v>46051.650335648</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
-      <c r="F25">
-[...1 lines deleted...]
-      </c>
       <c r="G25">
-        <v>104.262499</v>
-[...2 lines deleted...]
-        <v>3089.88299</v>
+        <v>105.944167</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>10.5</v>
       </c>
       <c r="K25" s="2">
         <v>45435.0</v>
       </c>
       <c r="L25" s="2">
         <v>46896.0</v>
       </c>
       <c r="M25">
         <v>6200</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>2.3625</v>
+        <v>2.0125</v>
       </c>
       <c r="Q25">
-        <v>102.5625</v>
+        <v>103.8125</v>
       </c>
       <c r="R25">
-        <v>104.262499</v>
+        <v>107.0025</v>
       </c>
       <c r="S25">
-        <v>100.2</v>
+        <v>101.8</v>
       </c>
       <c r="T25">
-        <v>101.899999</v>
+        <v>104.99</v>
       </c>
       <c r="U25">
-        <v>10.407522</v>
+        <v>9.61842</v>
       </c>
       <c r="V25">
-        <v>9.641951</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.105698</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45972.592384259</v>
+        <v>46050.643657407</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="F26">
-        <v>2.29</v>
+        <v>0.9</v>
       </c>
       <c r="G26">
-        <v>103.833333</v>
+        <v>105.944167</v>
       </c>
       <c r="H26">
-        <v>2076.66666</v>
+        <v>1059.44167</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>10.5</v>
       </c>
       <c r="K26" s="2">
         <v>45435.0</v>
       </c>
       <c r="L26" s="2">
         <v>46896.0</v>
       </c>
       <c r="M26">
         <v>6200</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>2.333333</v>
+        <v>1.954167</v>
       </c>
       <c r="Q26">
-        <v>103.833333</v>
+        <v>105.944167</v>
       </c>
       <c r="R26">
-        <v>104.333333</v>
+        <v>106.944167</v>
       </c>
       <c r="S26">
-        <v>101.5</v>
+        <v>103.99</v>
       </c>
       <c r="T26">
-        <v>102.0</v>
+        <v>104.99</v>
       </c>
       <c r="U26">
-        <v>9.821246</v>
+        <v>8.577925</v>
       </c>
       <c r="V26">
-        <v>9.598135</v>
+        <v>8.110642</v>
       </c>
       <c r="X26">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45971.663773148</v>
+        <v>46049.475324074</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
-      <c r="F27">
-[...1 lines deleted...]
-      </c>
       <c r="G27">
-        <v>101.504167</v>
-[...2 lines deleted...]
-        <v>3071.12501</v>
+        <v>105.0</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>10.5</v>
       </c>
       <c r="K27" s="2">
         <v>45435.0</v>
       </c>
       <c r="L27" s="2">
         <v>46896.0</v>
       </c>
       <c r="M27">
         <v>6200</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>2.304167</v>
+        <v>1.925</v>
       </c>
       <c r="Q27">
-        <v>97.304167</v>
+        <v>106.075</v>
       </c>
       <c r="R27">
-        <v>104.304167</v>
+        <v>106.915</v>
       </c>
       <c r="S27">
-        <v>95.0</v>
+        <v>104.15</v>
       </c>
       <c r="T27">
-        <v>102.0</v>
+        <v>104.99</v>
       </c>
       <c r="U27">
-        <v>12.843486</v>
+        <v>8.504852</v>
       </c>
       <c r="V27">
-        <v>9.598882</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8.113109</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45968.626412037</v>
+        <v>46048.620740741</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="F28">
-        <v>-0.02</v>
+        <v>-0.47</v>
       </c>
       <c r="G28">
-        <v>103.225</v>
+        <v>105.0</v>
       </c>
       <c r="H28">
-        <v>2065.0</v>
+        <v>9555.54998</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>10.5</v>
       </c>
       <c r="K28" s="2">
         <v>45435.0</v>
       </c>
       <c r="L28" s="2">
         <v>46896.0</v>
       </c>
       <c r="M28">
         <v>6200</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>2.275</v>
+        <v>1.895833</v>
       </c>
       <c r="Q28">
-        <v>102.275001</v>
+        <v>106.045833</v>
       </c>
       <c r="R28">
-        <v>104.275</v>
+        <v>107.885833</v>
       </c>
       <c r="S28">
-        <v>100.000001</v>
+        <v>104.15</v>
       </c>
       <c r="T28">
-        <v>102.0</v>
+        <v>105.99</v>
       </c>
       <c r="U28">
-        <v>10.498207</v>
+        <v>8.506899</v>
       </c>
       <c r="V28">
-        <v>9.599632</v>
+        <v>7.654512</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45967.614131944</v>
+        <v>46045.583344907</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="F29">
-        <v>0.09</v>
+        <v>-0.75</v>
       </c>
       <c r="G29">
-        <v>103.25</v>
+        <v>105.5</v>
       </c>
       <c r="H29">
-        <v>3097.41666</v>
+        <v>3165.0</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>10.5</v>
       </c>
       <c r="K29" s="2">
         <v>45435.0</v>
       </c>
       <c r="L29" s="2">
         <v>46896.0</v>
       </c>
       <c r="M29">
         <v>6200</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>2.245833</v>
+        <v>1.866667</v>
       </c>
       <c r="Q29">
-        <v>103.250001</v>
+        <v>105.5</v>
       </c>
       <c r="R29">
-        <v>105.244832</v>
+        <v>107.266667</v>
       </c>
       <c r="S29">
-        <v>101.004168</v>
+        <v>103.633333</v>
       </c>
       <c r="T29">
-        <v>102.998999</v>
+        <v>105.4</v>
       </c>
       <c r="U29">
-        <v>10.044734</v>
+        <v>8.751241</v>
       </c>
       <c r="V29">
-        <v>9.159746</v>
+        <v>7.928576</v>
       </c>
       <c r="X29">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45966.632418981</v>
+        <v>46044.356076389</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
-      <c r="F30">
-[...1 lines deleted...]
-      </c>
       <c r="G30">
-        <v>103.158333</v>
-[...2 lines deleted...]
-        <v>13388.92331</v>
+        <v>106.302</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>10.5</v>
       </c>
       <c r="K30" s="2">
         <v>45435.0</v>
       </c>
       <c r="L30" s="2">
         <v>46896.0</v>
       </c>
       <c r="M30">
         <v>6200</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>2.158333</v>
+        <v>1.8375</v>
       </c>
       <c r="Q30">
-        <v>103.158333</v>
+        <v>104.8375</v>
       </c>
       <c r="R30">
-        <v>105.355332</v>
+        <v>106.5375</v>
       </c>
       <c r="S30">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T30">
-        <v>103.196999</v>
+        <v>104.7</v>
       </c>
       <c r="U30">
-        <v>10.047573</v>
+        <v>9.051675</v>
       </c>
       <c r="V30">
-        <v>9.076806</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>8.254888</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45965.664340278</v>
+        <v>46043.617766204</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
-        <v>0.04</v>
+        <v>1.51</v>
       </c>
       <c r="G31">
-        <v>103.239167</v>
+        <v>106.302</v>
       </c>
       <c r="H31">
-        <v>20765.97006</v>
+        <v>1063.02</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>10.5</v>
       </c>
       <c r="K31" s="2">
         <v>45435.0</v>
       </c>
       <c r="L31" s="2">
         <v>46896.0</v>
       </c>
       <c r="M31">
         <v>6200</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>2.129167</v>
+        <v>1.75</v>
       </c>
       <c r="Q31">
-        <v>103.230167</v>
+        <v>105.0</v>
       </c>
       <c r="R31">
-        <v>105.299167</v>
+        <v>106.45</v>
       </c>
       <c r="S31">
-        <v>101.101</v>
+        <v>103.25</v>
       </c>
       <c r="T31">
-        <v>103.17</v>
+        <v>104.7</v>
       </c>
       <c r="U31">
-        <v>10.002771</v>
+        <v>8.938306</v>
       </c>
       <c r="V31">
-        <v>9.089841</v>
+        <v>8.26182</v>
       </c>
       <c r="X31">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45964.659293981</v>
+        <v>46042.542314815</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="F32">
-        <v>-2.31</v>
+        <v>-1.29</v>
       </c>
       <c r="G32">
-        <v>103.200001</v>
+        <v>104.720833</v>
       </c>
       <c r="H32">
-        <v>4218.49801</v>
+        <v>3141.62499</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>10.5</v>
       </c>
       <c r="K32" s="2">
         <v>45435.0</v>
       </c>
       <c r="L32" s="2">
         <v>46896.0</v>
       </c>
       <c r="M32">
         <v>6200</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>2.1</v>
+        <v>1.720833</v>
       </c>
       <c r="Q32">
-        <v>103.601</v>
+        <v>104.720833</v>
       </c>
       <c r="R32">
-        <v>105.999999</v>
+        <v>106.272833</v>
       </c>
       <c r="S32">
-        <v>101.501</v>
+        <v>103.0</v>
       </c>
       <c r="T32">
-        <v>103.899999</v>
+        <v>104.552</v>
       </c>
       <c r="U32">
-        <v>9.825107</v>
+        <v>9.057544</v>
       </c>
       <c r="V32">
-        <v>8.774448</v>
+        <v>8.332593</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45961.622303241</v>
+        <v>46041.430196759</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
+      <c r="F33">
+        <v>0.22</v>
+      </c>
       <c r="G33">
-        <v>105.641667</v>
+        <v>106.091667</v>
+      </c>
+      <c r="H33">
+        <v>1060.91667</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>10.5</v>
       </c>
       <c r="K33" s="2">
         <v>45435.0</v>
       </c>
       <c r="L33" s="2">
         <v>46896.0</v>
       </c>
       <c r="M33">
         <v>6200</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>2.070833</v>
+        <v>1.691667</v>
       </c>
       <c r="Q33">
-        <v>102.870834</v>
+        <v>104.691667</v>
       </c>
       <c r="R33">
-        <v>106.860833</v>
+        <v>106.091667</v>
       </c>
       <c r="S33">
-        <v>100.800001</v>
+        <v>103.0</v>
       </c>
       <c r="T33">
-        <v>104.79</v>
+        <v>104.4</v>
       </c>
       <c r="U33">
-        <v>10.137918</v>
+        <v>9.059011</v>
       </c>
       <c r="V33">
-        <v>8.393862</v>
+        <v>8.405185</v>
+      </c>
+      <c r="X33">
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45960.656446759</v>
+        <v>46038.638101852</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="F34">
-        <v>0.08</v>
+        <v>2.89</v>
       </c>
       <c r="G34">
-        <v>105.641667</v>
+        <v>105.8625</v>
       </c>
       <c r="H34">
-        <v>4234.66668</v>
+        <v>1058.625</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>10.5</v>
       </c>
       <c r="K34" s="2">
         <v>45435.0</v>
       </c>
       <c r="L34" s="2">
         <v>46896.0</v>
       </c>
       <c r="M34">
         <v>6200</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>2.041667</v>
+        <v>1.6625</v>
       </c>
       <c r="Q34">
-        <v>103.6447</v>
+        <v>103.2625</v>
       </c>
       <c r="R34">
-        <v>106.541667</v>
+        <v>105.8625</v>
       </c>
       <c r="S34">
-        <v>101.603033</v>
+        <v>101.6</v>
       </c>
       <c r="T34">
-        <v>104.5</v>
+        <v>104.2</v>
       </c>
       <c r="U34">
-        <v>9.781013</v>
+        <v>9.724208</v>
       </c>
       <c r="V34">
-        <v>8.519765</v>
+        <v>8.500009</v>
       </c>
       <c r="X34">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45959.470949074</v>
+        <v>46037.427418981</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="F35">
-        <v>0.06</v>
+        <v>-1.86</v>
       </c>
       <c r="G35">
-        <v>105.554167</v>
+        <v>102.893333</v>
       </c>
       <c r="H35">
-        <v>2111.08334</v>
+        <v>1028.93333</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>10.5</v>
       </c>
       <c r="K35" s="2">
         <v>45435.0</v>
       </c>
       <c r="L35" s="2">
         <v>46896.0</v>
       </c>
       <c r="M35">
         <v>6200</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>1.954167</v>
+        <v>1.633333</v>
       </c>
       <c r="Q35">
-        <v>105.554167</v>
+        <v>104.633333</v>
       </c>
       <c r="R35">
-        <v>106.454167</v>
+        <v>106.033333</v>
       </c>
       <c r="S35">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T35">
-        <v>104.5</v>
+        <v>104.4</v>
       </c>
       <c r="U35">
-        <v>8.911429</v>
+        <v>9.061945</v>
       </c>
       <c r="V35">
-        <v>8.525178</v>
+        <v>8.409494</v>
       </c>
       <c r="X35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45958.653969907</v>
+        <v>46036.50005787</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
+      <c r="F36">
+        <v>0.6</v>
+      </c>
       <c r="G36">
-        <v>105.495833</v>
+        <v>104.845833</v>
+      </c>
+      <c r="H36">
+        <v>10479.9833</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>10.5</v>
       </c>
       <c r="K36" s="2">
         <v>45435.0</v>
       </c>
       <c r="L36" s="2">
         <v>46896.0</v>
       </c>
       <c r="M36">
         <v>6200</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>1.954167</v>
+        <v>1.545833</v>
       </c>
       <c r="Q36">
-        <v>105.554168</v>
+        <v>104.545833</v>
       </c>
       <c r="R36">
-        <v>106.454167</v>
+        <v>105.945833</v>
       </c>
       <c r="S36">
-        <v>103.600001</v>
+        <v>103.0</v>
       </c>
       <c r="T36">
-        <v>104.5</v>
+        <v>104.4</v>
       </c>
       <c r="U36">
-        <v>8.911429</v>
+        <v>9.066345</v>
       </c>
       <c r="V36">
-        <v>8.525178</v>
+        <v>8.41594</v>
+      </c>
+      <c r="X36">
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45957.480115741</v>
+        <v>46035.487453704</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
+      <c r="F37">
+        <v>1.42</v>
+      </c>
       <c r="G37">
-        <v>105.495833</v>
+        <v>104.216667</v>
+      </c>
+      <c r="H37">
+        <v>1042.16667</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>10.5</v>
       </c>
       <c r="K37" s="2">
         <v>45435.0</v>
       </c>
       <c r="L37" s="2">
         <v>46896.0</v>
       </c>
       <c r="M37">
         <v>6200</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>1.925</v>
+        <v>1.516667</v>
       </c>
       <c r="Q37">
-        <v>105.555001</v>
+        <v>103.636667</v>
       </c>
       <c r="R37">
-        <v>106.425</v>
+        <v>104.516666</v>
       </c>
       <c r="S37">
-        <v>103.630001</v>
+        <v>102.12</v>
       </c>
       <c r="T37">
-        <v>104.5</v>
+        <v>102.999999</v>
       </c>
       <c r="U37">
-        <v>8.899936</v>
+        <v>9.481582</v>
       </c>
       <c r="V37">
-        <v>8.52698</v>
+        <v>9.067811</v>
+      </c>
+      <c r="X37">
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45954.420196759</v>
+        <v>46034.6603125</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="F38">
-        <v>0.03</v>
+        <v>-1.63</v>
       </c>
       <c r="G38">
-        <v>105.495833</v>
+        <v>102.7575</v>
       </c>
       <c r="H38">
-        <v>2109.91666</v>
+        <v>8291.9</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>10.5</v>
       </c>
       <c r="K38" s="2">
         <v>45435.0</v>
       </c>
       <c r="L38" s="2">
         <v>46896.0</v>
       </c>
       <c r="M38">
         <v>6200</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>1.895833</v>
+        <v>1.4875</v>
       </c>
       <c r="Q38">
-        <v>105.495833</v>
+        <v>103.6375</v>
       </c>
       <c r="R38">
-        <v>106.994833</v>
+        <v>104.487499</v>
       </c>
       <c r="S38">
-        <v>103.6</v>
+        <v>102.15</v>
       </c>
       <c r="T38">
-        <v>105.099</v>
+        <v>102.999999</v>
       </c>
       <c r="U38">
-        <v>8.914297</v>
+        <v>9.468457</v>
       </c>
       <c r="V38">
-        <v>8.274366</v>
+        <v>9.069278</v>
       </c>
       <c r="X38">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45953.653344907</v>
+        <v>46031.572974537</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="F39">
-        <v>-1.32</v>
+        <v>0.03</v>
       </c>
       <c r="G39">
-        <v>105.466667</v>
+        <v>104.458333</v>
       </c>
       <c r="H39">
-        <v>3164.00001</v>
+        <v>3133.74999</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>10.5</v>
       </c>
       <c r="K39" s="2">
         <v>45435.0</v>
       </c>
       <c r="L39" s="2">
         <v>46896.0</v>
       </c>
       <c r="M39">
         <v>6200</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>1.866667</v>
+        <v>1.458333</v>
       </c>
       <c r="Q39">
-        <v>105.466667</v>
+        <v>103.158333</v>
       </c>
       <c r="R39">
-        <v>106.965667</v>
+        <v>104.458333</v>
       </c>
       <c r="S39">
-        <v>103.6</v>
+        <v>101.7</v>
       </c>
       <c r="T39">
-        <v>105.099</v>
+        <v>103.0</v>
       </c>
       <c r="U39">
-        <v>8.915731</v>
+        <v>9.682213</v>
       </c>
       <c r="V39">
-        <v>8.276408</v>
+        <v>9.070744</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45952.62900463</v>
+        <v>46030.66099537</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="F40">
-        <v>1.14</v>
+        <v>-0.13</v>
       </c>
       <c r="G40">
-        <v>106.878167</v>
+        <v>104.429167</v>
       </c>
       <c r="H40">
-        <v>3183.36501</v>
+        <v>4177.16668</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>10.5</v>
       </c>
       <c r="K40" s="2">
         <v>45435.0</v>
       </c>
       <c r="L40" s="2">
         <v>46896.0</v>
       </c>
       <c r="M40">
         <v>6200</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>1.779167</v>
+        <v>1.429167</v>
       </c>
       <c r="Q40">
-        <v>105.379167</v>
+        <v>103.679167</v>
       </c>
       <c r="R40">
-        <v>106.878167</v>
+        <v>104.429167</v>
       </c>
       <c r="S40">
-        <v>103.6</v>
+        <v>102.25</v>
       </c>
       <c r="T40">
-        <v>105.099</v>
+        <v>103.0</v>
       </c>
       <c r="U40">
-        <v>8.920033</v>
+        <v>9.423493</v>
       </c>
       <c r="V40">
-        <v>8.282524</v>
+        <v>9.07221</v>
       </c>
       <c r="X40">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45951.603518519</v>
+        <v>46029.615833333</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
+      <c r="F41">
+        <v>1.89</v>
+      </c>
       <c r="G41">
-        <v>105.670833</v>
+        <v>104.561667</v>
+      </c>
+      <c r="H41">
+        <v>5208.18335</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>10.5</v>
       </c>
       <c r="K41" s="2">
         <v>45435.0</v>
       </c>
       <c r="L41" s="2">
         <v>46896.0</v>
       </c>
       <c r="M41">
         <v>6200</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>1.75</v>
+        <v>1.341667</v>
       </c>
       <c r="Q41">
-        <v>105.7</v>
+        <v>104.551667</v>
       </c>
       <c r="R41">
-        <v>106.25</v>
+        <v>104.591667</v>
       </c>
       <c r="S41">
-        <v>103.95</v>
+        <v>103.21</v>
       </c>
       <c r="T41">
-        <v>104.5</v>
+        <v>103.25</v>
       </c>
       <c r="U41">
-        <v>8.771786</v>
+        <v>8.979094</v>
       </c>
       <c r="V41">
-        <v>8.537772</v>
+        <v>8.960547</v>
+      </c>
+      <c r="X41">
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45950.625416667</v>
+        <v>46028.588194444</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="F42">
-        <v>0.03</v>
+        <v>-1.59</v>
       </c>
       <c r="G42">
-        <v>105.670833</v>
+        <v>102.6225</v>
       </c>
       <c r="H42">
-        <v>2113.41666</v>
+        <v>2052.45</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>10.5</v>
       </c>
       <c r="K42" s="2">
         <v>45435.0</v>
       </c>
       <c r="L42" s="2">
         <v>46896.0</v>
       </c>
       <c r="M42">
         <v>6200</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>1.720833</v>
+        <v>1.3125</v>
       </c>
       <c r="Q42">
-        <v>105.670833</v>
+        <v>102.8125</v>
       </c>
       <c r="R42">
-        <v>106.820823</v>
+        <v>104.5225</v>
       </c>
       <c r="S42">
-        <v>103.95</v>
+        <v>101.5</v>
       </c>
       <c r="T42">
-        <v>105.09999</v>
+        <v>103.21</v>
       </c>
       <c r="U42">
-        <v>8.773361</v>
+        <v>9.78079</v>
       </c>
       <c r="V42">
-        <v>8.286176</v>
+        <v>8.980661</v>
       </c>
       <c r="X42">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45947.666678241</v>
+        <v>46027.488854167</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="F43">
-        <v>-0.02</v>
+        <v>0.51</v>
       </c>
       <c r="G43">
-        <v>105.641667</v>
+        <v>104.283333</v>
       </c>
       <c r="H43">
-        <v>4227.16668</v>
+        <v>10413.0333</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>10.5</v>
       </c>
       <c r="K43" s="2">
         <v>45435.0</v>
       </c>
       <c r="L43" s="2">
         <v>46896.0</v>
       </c>
       <c r="M43">
         <v>6200</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>1.691667</v>
+        <v>1.283333</v>
+      </c>
+      <c r="Q43">
+        <v>102.533334</v>
+      </c>
+      <c r="R43">
+        <v>104.283333</v>
+      </c>
+      <c r="S43">
+        <v>101.250001</v>
+      </c>
+      <c r="T43">
+        <v>103.0</v>
+      </c>
+      <c r="U43">
+        <v>9.899725</v>
+      </c>
+      <c r="V43">
+        <v>9.07954</v>
       </c>
       <c r="X43">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45946.666666667</v>
+        <v>46024.44068287</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="F44">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="G44">
-        <v>105.6625</v>
+        <v>103.754167</v>
       </c>
       <c r="H44">
-        <v>1056.625</v>
+        <v>1037.54167</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>10.5</v>
       </c>
       <c r="K44" s="2">
         <v>45435.0</v>
       </c>
       <c r="L44" s="2">
         <v>46896.0</v>
       </c>
       <c r="M44">
         <v>6200</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>1.6625</v>
+        <v>1.254167</v>
+      </c>
+      <c r="Q44">
+        <v>102.174168</v>
+      </c>
+      <c r="R44">
+        <v>103.754167</v>
+      </c>
+      <c r="S44">
+        <v>100.920001</v>
+      </c>
+      <c r="T44">
+        <v>102.5</v>
+      </c>
+      <c r="U44">
+        <v>10.056731</v>
+      </c>
+      <c r="V44">
+        <v>9.313413</v>
       </c>
       <c r="X44">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45945.666666667</v>
+        <v>46021.602118056</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="F45">
-        <v>-0.86</v>
+        <v>0.93</v>
       </c>
       <c r="G45">
-        <v>105.575</v>
+        <v>103.637499</v>
       </c>
       <c r="H45">
-        <v>2111.5</v>
+        <v>7200.62503</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>10.5</v>
       </c>
       <c r="K45" s="2">
         <v>45435.0</v>
       </c>
       <c r="L45" s="2">
         <v>46896.0</v>
       </c>
       <c r="M45">
         <v>6200</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>1.575</v>
+        <v>1.1375</v>
+      </c>
+      <c r="Q45">
+        <v>102.7375</v>
+      </c>
+      <c r="R45">
+        <v>103.6375</v>
+      </c>
+      <c r="S45">
+        <v>101.6</v>
+      </c>
+      <c r="T45">
+        <v>102.5</v>
+      </c>
+      <c r="U45">
+        <v>9.738337</v>
+      </c>
+      <c r="V45">
+        <v>9.318326</v>
       </c>
       <c r="X45">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45944.666666667</v>
+        <v>46020.601770833</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
+      <c r="F46">
+        <v>-1.06</v>
+      </c>
       <c r="G46">
-        <v>106.487491</v>
+        <v>102.679167</v>
+      </c>
+      <c r="H46">
+        <v>3091.58334</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>10.5</v>
       </c>
       <c r="K46" s="2">
         <v>45435.0</v>
       </c>
       <c r="L46" s="2">
         <v>46896.0</v>
       </c>
       <c r="M46">
         <v>6200</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>1.545833</v>
+        <v>1.079167</v>
+      </c>
+      <c r="Q46">
+        <v>102.079168</v>
+      </c>
+      <c r="R46">
+        <v>103.079167</v>
+      </c>
+      <c r="S46">
+        <v>101.000001</v>
+      </c>
+      <c r="T46">
+        <v>102.0</v>
+      </c>
+      <c r="U46">
+        <v>10.021829</v>
+      </c>
+      <c r="V46">
+        <v>9.553111</v>
+      </c>
+      <c r="X46">
+        <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45943.666712963</v>
+        <v>46014.590775463</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="G47">
-        <v>106.487491</v>
+        <v>103.775</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>10.5</v>
       </c>
       <c r="K47" s="2">
         <v>45435.0</v>
       </c>
       <c r="L47" s="2">
         <v>46896.0</v>
       </c>
       <c r="M47">
         <v>6200</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>1.516667</v>
+        <v>1.05</v>
+      </c>
+      <c r="Q47">
+        <v>102.65</v>
+      </c>
+      <c r="R47">
+        <v>103.55</v>
+      </c>
+      <c r="S47">
+        <v>101.6</v>
+      </c>
+      <c r="T47">
+        <v>102.5</v>
+      </c>
+      <c r="U47">
+        <v>9.740749</v>
+      </c>
+      <c r="V47">
+        <v>9.322018</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45940.502997685</v>
+        <v>46013.617569444</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
-      <c r="F48">
-[...1 lines deleted...]
-      </c>
       <c r="G48">
-        <v>106.487491</v>
-[...2 lines deleted...]
-        <v>2119.74991</v>
+        <v>103.775</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>10.5</v>
       </c>
       <c r="K48" s="2">
         <v>45435.0</v>
       </c>
       <c r="L48" s="2">
         <v>46896.0</v>
       </c>
       <c r="M48">
         <v>6200</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>1.4875</v>
+        <v>0.904167</v>
       </c>
       <c r="Q48">
-        <v>105.211501</v>
+        <v>102.504167</v>
       </c>
       <c r="R48">
-        <v>106.487491</v>
+        <v>103.889167</v>
       </c>
       <c r="S48">
-        <v>103.724001</v>
+        <v>101.6</v>
       </c>
       <c r="T48">
-        <v>104.999991</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.985</v>
+      </c>
+      <c r="U48">
+        <v>9.744804</v>
+      </c>
+      <c r="V48">
+        <v>9.10546</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45939.496458333</v>
+        <v>46010.588854167</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
+      <c r="F49">
+        <v>0.51</v>
+      </c>
       <c r="G49">
-        <v>105.370833</v>
+        <v>103.775</v>
+      </c>
+      <c r="H49">
+        <v>7259.25</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>10.5</v>
       </c>
       <c r="K49" s="2">
         <v>45435.0</v>
       </c>
       <c r="L49" s="2">
         <v>46896.0</v>
       </c>
       <c r="M49">
         <v>6200</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>1.458333</v>
+        <v>0.875</v>
       </c>
       <c r="Q49">
-        <v>105.179333</v>
+        <v>103.775</v>
       </c>
       <c r="R49">
-        <v>106.458325</v>
+        <v>103.875</v>
       </c>
       <c r="S49">
-        <v>103.721</v>
+        <v>102.9</v>
       </c>
       <c r="T49">
-        <v>104.999992</v>
+        <v>103.0</v>
+      </c>
+      <c r="U49">
+        <v>9.145824</v>
+      </c>
+      <c r="V49">
+        <v>9.100057</v>
+      </c>
+      <c r="X49">
+        <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45938.554756944</v>
+        <v>46009.666203704</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="F50">
-        <v>0.11</v>
+        <v>0.51</v>
       </c>
       <c r="G50">
-        <v>105.370833</v>
+        <v>103.245833</v>
       </c>
       <c r="H50">
-        <v>15869.92297</v>
+        <v>3092.38499</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>10.5</v>
       </c>
       <c r="K50" s="2">
         <v>45435.0</v>
       </c>
       <c r="L50" s="2">
         <v>46896.0</v>
       </c>
       <c r="M50">
         <v>6200</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>1.370833</v>
+        <v>0.845833</v>
       </c>
       <c r="Q50">
-        <v>105.090833</v>
+        <v>103.245833</v>
       </c>
       <c r="R50">
-        <v>105.870833</v>
+        <v>103.745833</v>
       </c>
       <c r="S50">
-        <v>103.72</v>
+        <v>102.4</v>
       </c>
       <c r="T50">
-        <v>104.5</v>
+        <v>102.9</v>
+      </c>
+      <c r="U50">
+        <v>9.376638</v>
+      </c>
+      <c r="V50">
+        <v>9.147243</v>
       </c>
       <c r="X50">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45937.433657407</v>
+        <v>46008.35556713</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>105.254167</v>
+        <v>102.72</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>10.5</v>
       </c>
       <c r="K51" s="2">
         <v>45435.0</v>
       </c>
       <c r="L51" s="2">
         <v>46896.0</v>
       </c>
       <c r="M51">
         <v>6200</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>1.341667</v>
+        <v>0.758333</v>
       </c>
       <c r="Q51">
-        <v>105.061667</v>
+        <v>102.749166</v>
       </c>
       <c r="R51">
-        <v>106.2416</v>
+        <v>102.858333</v>
       </c>
       <c r="S51">
-        <v>103.72</v>
+        <v>101.990833</v>
       </c>
       <c r="T51">
-        <v>104.899933</v>
+        <v>102.1</v>
+      </c>
+      <c r="U51">
+        <v>9.568354</v>
+      </c>
+      <c r="V51">
+        <v>9.518069</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45936.418449074</v>
+        <v>46007.642893519</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
+      <c r="F52">
+        <v>0.16</v>
+      </c>
       <c r="G52">
-        <v>105.254167</v>
+        <v>102.72</v>
+      </c>
+      <c r="H52">
+        <v>6163.47501</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>10.5</v>
       </c>
       <c r="K52" s="2">
         <v>45435.0</v>
       </c>
       <c r="L52" s="2">
         <v>46896.0</v>
       </c>
       <c r="M52">
         <v>6200</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>1.3125</v>
+        <v>0.729167</v>
       </c>
       <c r="Q52">
-        <v>105.0325</v>
+        <v>102.72</v>
       </c>
       <c r="R52">
-        <v>106.212484</v>
+        <v>102.829167</v>
       </c>
       <c r="S52">
-        <v>103.72</v>
+        <v>101.990833</v>
       </c>
       <c r="T52">
-        <v>104.899984</v>
+        <v>102.1</v>
+      </c>
+      <c r="U52">
+        <v>9.569358</v>
+      </c>
+      <c r="V52">
+        <v>9.519124</v>
+      </c>
+      <c r="X52">
+        <v>4</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45933.658564815</v>
+        <v>46006.487800926</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
-        <v>105.254167</v>
+        <v>102.554167</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>10.5</v>
       </c>
       <c r="K53" s="2">
         <v>45435.0</v>
       </c>
       <c r="L53" s="2">
         <v>46896.0</v>
       </c>
       <c r="M53">
         <v>6200</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>1.283333</v>
+        <v>0.7</v>
       </c>
       <c r="Q53">
-        <v>105.003333</v>
+        <v>101.2</v>
       </c>
       <c r="R53">
-        <v>106.183333</v>
+        <v>102.7</v>
       </c>
       <c r="S53">
-        <v>103.72</v>
+        <v>100.5</v>
       </c>
       <c r="T53">
-        <v>104.9</v>
+        <v>102.0</v>
+      </c>
+      <c r="U53">
+        <v>10.26214</v>
+      </c>
+      <c r="V53">
+        <v>9.566148</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45932.568055556</v>
+        <v>46003.657453704</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
-      <c r="F54">
-[...1 lines deleted...]
-      </c>
       <c r="G54">
-        <v>105.254167</v>
-[...2 lines deleted...]
-        <v>1052.54167</v>
+        <v>102.554167</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>10.5</v>
       </c>
       <c r="K54" s="2">
         <v>45435.0</v>
       </c>
       <c r="L54" s="2">
         <v>46896.0</v>
       </c>
       <c r="M54">
         <v>6200</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>1.254167</v>
+        <v>0.670833</v>
       </c>
       <c r="Q54">
-        <v>105.254167</v>
+        <v>100.670833</v>
       </c>
       <c r="R54">
-        <v>106.183167</v>
+        <v>102.670833</v>
       </c>
       <c r="S54">
-        <v>104.0</v>
+        <v>100.0</v>
       </c>
       <c r="T54">
-        <v>104.929</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
+      </c>
+      <c r="U54">
+        <v>10.496963</v>
+      </c>
+      <c r="V54">
+        <v>9.56716</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45931.561099537</v>
+        <v>46002.355613426</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
-      <c r="F55">
-[...1 lines deleted...]
-      </c>
       <c r="G55">
-        <v>104.766667</v>
-[...2 lines deleted...]
-        <v>6293.00002</v>
+        <v>102.554167</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>10.5</v>
       </c>
       <c r="K55" s="2">
         <v>45435.0</v>
       </c>
       <c r="L55" s="2">
         <v>46896.0</v>
       </c>
       <c r="M55">
         <v>6200</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>1.166667</v>
+        <v>0.641667</v>
       </c>
       <c r="Q55">
-        <v>104.766667</v>
+        <v>102.351667</v>
       </c>
       <c r="R55">
-        <v>105.166667</v>
+        <v>102.842667</v>
       </c>
       <c r="S55">
-        <v>103.6</v>
+        <v>101.71</v>
       </c>
       <c r="T55">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>102.201</v>
+      </c>
+      <c r="U55">
+        <v>9.701517</v>
+      </c>
+      <c r="V55">
+        <v>9.476013</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45930.57244213</v>
+        <v>46001.535</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
-        <v>-0.45</v>
+        <v>-0.15</v>
       </c>
       <c r="G56">
-        <v>104.6375</v>
+        <v>102.554167</v>
       </c>
       <c r="H56">
-        <v>1046.375</v>
+        <v>6147.45002</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>10.5</v>
       </c>
       <c r="K56" s="2">
         <v>45435.0</v>
       </c>
       <c r="L56" s="2">
         <v>46896.0</v>
       </c>
       <c r="M56">
         <v>6200</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>1.1375</v>
+        <v>0.554167</v>
       </c>
       <c r="Q56">
-        <v>104.6375</v>
+        <v>102.264167</v>
       </c>
       <c r="R56">
-        <v>105.1375</v>
+        <v>102.755167</v>
       </c>
       <c r="S56">
-        <v>103.5</v>
+        <v>101.71</v>
       </c>
       <c r="T56">
-        <v>104.0</v>
+        <v>102.201</v>
+      </c>
+      <c r="U56">
+        <v>9.704168</v>
+      </c>
+      <c r="V56">
+        <v>9.479331</v>
       </c>
       <c r="X56">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45929.57943287</v>
+        <v>46000.516458333</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="F57">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
       <c r="G57">
-        <v>105.108333</v>
+        <v>102.705</v>
       </c>
       <c r="H57">
-        <v>1051.08333</v>
+        <v>2054.1</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>10.5</v>
       </c>
       <c r="K57" s="2">
         <v>45435.0</v>
       </c>
       <c r="L57" s="2">
         <v>46896.0</v>
       </c>
       <c r="M57">
         <v>6200</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>1.108333</v>
+        <v>0.525</v>
       </c>
       <c r="Q57">
-        <v>104.608333</v>
+        <v>102.235</v>
       </c>
       <c r="R57">
-        <v>105.108333</v>
+        <v>102.525</v>
       </c>
       <c r="S57">
-        <v>103.5</v>
+        <v>101.71</v>
       </c>
       <c r="T57">
-        <v>104.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="U57">
+        <v>9.705055</v>
+      </c>
+      <c r="V57">
+        <v>9.572235</v>
       </c>
       <c r="X57">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45926.541689815</v>
+        <v>45999.527523148</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="F58">
-        <v>-0.74</v>
+        <v>0.27</v>
       </c>
       <c r="G58">
-        <v>105.079167</v>
+        <v>102.715833</v>
       </c>
       <c r="H58">
-        <v>3172.37501</v>
+        <v>8260.80826</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>10.5</v>
       </c>
       <c r="K58" s="2">
         <v>45435.0</v>
       </c>
       <c r="L58" s="2">
         <v>46896.0</v>
       </c>
       <c r="M58">
         <v>6200</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>1.079167</v>
+        <v>0.495833</v>
       </c>
       <c r="Q58">
-        <v>105.079167</v>
+        <v>102.215833</v>
       </c>
       <c r="R58">
-        <v>106.079167</v>
+        <v>103.495833</v>
       </c>
       <c r="S58">
-        <v>104.0</v>
+        <v>101.72</v>
       </c>
       <c r="T58">
-        <v>105.0</v>
+        <v>103.0</v>
+      </c>
+      <c r="U58">
+        <v>9.701361</v>
+      </c>
+      <c r="V58">
+        <v>9.119104</v>
       </c>
       <c r="X58">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45925.416793981</v>
+        <v>45996.626238426</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>105.8625</v>
+        <v>102.4375</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>10.5</v>
       </c>
       <c r="K59" s="2">
         <v>45435.0</v>
       </c>
       <c r="L59" s="2">
         <v>46896.0</v>
       </c>
       <c r="M59">
         <v>6200</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>1.05</v>
+        <v>0.466667</v>
       </c>
       <c r="Q59">
-        <v>105.05</v>
+        <v>102.686667</v>
       </c>
       <c r="R59">
-        <v>106.05</v>
+        <v>103.186667</v>
       </c>
       <c r="S59">
-        <v>104.0</v>
+        <v>102.22</v>
       </c>
       <c r="T59">
-        <v>105.0</v>
+        <v>102.72</v>
+      </c>
+      <c r="U59">
+        <v>9.474008</v>
+      </c>
+      <c r="V59">
+        <v>9.247079</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45924.447430556</v>
+        <v>45995.605671296</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
-        <v>0.03</v>
+        <v>-0.09</v>
       </c>
       <c r="G60">
-        <v>105.8625</v>
+        <v>102.4375</v>
       </c>
       <c r="H60">
-        <v>3175.875</v>
+        <v>4101.0</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>10.5</v>
       </c>
       <c r="K60" s="2">
         <v>45435.0</v>
       </c>
       <c r="L60" s="2">
         <v>46896.0</v>
       </c>
       <c r="M60">
         <v>6200</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>0.9625</v>
+        <v>0.4375</v>
       </c>
       <c r="Q60">
-        <v>105.8625</v>
+        <v>102.1475</v>
       </c>
       <c r="R60">
-        <v>105.9625</v>
+        <v>103.4375</v>
       </c>
       <c r="S60">
-        <v>104.9</v>
+        <v>101.71</v>
       </c>
       <c r="T60">
-        <v>105.0</v>
+        <v>103.0</v>
+      </c>
+      <c r="U60">
+        <v>9.707725</v>
+      </c>
+      <c r="V60">
+        <v>9.122034</v>
       </c>
       <c r="X60">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45923.537233796</v>
+        <v>45994.582372685</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
-        <v>0.89</v>
+        <v>0.2</v>
       </c>
       <c r="G61">
-        <v>105.833333</v>
+        <v>102.53</v>
       </c>
       <c r="H61">
-        <v>2107.66666</v>
+        <v>2050.6</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>10.5</v>
       </c>
       <c r="K61" s="2">
         <v>45435.0</v>
       </c>
       <c r="L61" s="2">
         <v>46896.0</v>
       </c>
       <c r="M61">
         <v>6200</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>0.933333</v>
+        <v>0.35</v>
       </c>
       <c r="Q61">
-        <v>104.933333</v>
+        <v>102.7</v>
       </c>
       <c r="R61">
-        <v>105.833333</v>
+        <v>103.35</v>
       </c>
       <c r="S61">
-        <v>104.0</v>
+        <v>102.35</v>
       </c>
       <c r="T61">
-        <v>104.9</v>
+        <v>103.0</v>
+      </c>
+      <c r="U61">
+        <v>9.419594</v>
+      </c>
+      <c r="V61">
+        <v>9.12643</v>
       </c>
       <c r="X61">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45922.508020833</v>
+        <v>45993.519861111</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62">
-        <v>-0.09</v>
+        <v>0.31</v>
       </c>
       <c r="G62">
-        <v>104.904167</v>
+        <v>102.320833</v>
       </c>
       <c r="H62">
-        <v>17923.70839</v>
+        <v>1023.20833</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>10.5</v>
       </c>
       <c r="K62" s="2">
         <v>45435.0</v>
       </c>
       <c r="L62" s="2">
         <v>46896.0</v>
       </c>
       <c r="M62">
         <v>6200</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>0.904167</v>
+        <v>0.320833</v>
       </c>
       <c r="Q62">
-        <v>104.404167</v>
+        <v>102.500833</v>
       </c>
       <c r="R62">
-        <v>105.804167</v>
+        <v>103.620832</v>
       </c>
       <c r="S62">
-        <v>103.5</v>
+        <v>102.18</v>
       </c>
       <c r="T62">
-        <v>104.9</v>
+        <v>103.299999</v>
+      </c>
+      <c r="U62">
+        <v>9.497737</v>
+      </c>
+      <c r="V62">
+        <v>8.993457</v>
       </c>
       <c r="X62">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45919.57650463</v>
+        <v>45992.651296296</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
-        <v>-0.22</v>
+        <v>0.93</v>
       </c>
       <c r="G63">
-        <v>105.0</v>
+        <v>102.001667</v>
       </c>
       <c r="H63">
-        <v>1050.0</v>
+        <v>15373.84005</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>10.5</v>
       </c>
       <c r="K63" s="2">
         <v>45435.0</v>
       </c>
       <c r="L63" s="2">
         <v>46896.0</v>
       </c>
       <c r="M63">
         <v>6200</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>0.875</v>
+        <v>0.291667</v>
       </c>
       <c r="Q63">
-        <v>105.305</v>
+        <v>102.001667</v>
       </c>
       <c r="R63">
-        <v>105.375</v>
+        <v>103.691667</v>
       </c>
       <c r="S63">
-        <v>104.43</v>
+        <v>101.71</v>
       </c>
       <c r="T63">
-        <v>104.5</v>
+        <v>103.4</v>
+      </c>
+      <c r="U63">
+        <v>9.712205</v>
+      </c>
+      <c r="V63">
+        <v>8.950385</v>
       </c>
       <c r="X63">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45918.420243056</v>
+        <v>45989.649722222</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
+      <c r="F64">
+        <v>-0.17</v>
+      </c>
       <c r="G64">
-        <v>105.229167</v>
+        <v>101.0625</v>
+      </c>
+      <c r="H64">
+        <v>2025.58</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>10.5</v>
       </c>
       <c r="K64" s="2">
         <v>45435.0</v>
       </c>
       <c r="L64" s="2">
         <v>46896.0</v>
       </c>
       <c r="M64">
         <v>6200</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>0.845833</v>
+        <v>0.2625</v>
       </c>
       <c r="Q64">
-        <v>104.595833</v>
+        <v>100.762501</v>
       </c>
       <c r="R64">
-        <v>105.345833</v>
+        <v>102.3595</v>
       </c>
       <c r="S64">
-        <v>103.75</v>
+        <v>100.500001</v>
       </c>
       <c r="T64">
-        <v>104.5</v>
+        <v>102.097</v>
+      </c>
+      <c r="U64">
+        <v>10.267276</v>
+      </c>
+      <c r="V64">
+        <v>9.537508</v>
+      </c>
+      <c r="X64">
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45917.473819444</v>
+        <v>45988.66650463</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
+      <c r="F65">
+        <v>-0.41</v>
+      </c>
       <c r="G65">
-        <v>105.229167</v>
+        <v>101.233333</v>
+      </c>
+      <c r="H65">
+        <v>2022.66666</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>10.5</v>
       </c>
       <c r="K65" s="2">
         <v>45435.0</v>
       </c>
       <c r="L65" s="2">
         <v>46896.0</v>
       </c>
       <c r="M65">
         <v>6200</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>0.758333</v>
+        <v>0.233333</v>
       </c>
       <c r="Q65">
-        <v>104.258333</v>
+        <v>101.033333</v>
       </c>
       <c r="R65">
-        <v>105.258333</v>
+        <v>101.466333</v>
       </c>
       <c r="S65">
-        <v>103.5</v>
+        <v>100.8</v>
       </c>
       <c r="T65">
-        <v>104.5</v>
+        <v>101.233</v>
+      </c>
+      <c r="U65">
+        <v>10.129646</v>
+      </c>
+      <c r="V65">
+        <v>9.931324</v>
+      </c>
+      <c r="X65">
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45916.633680556</v>
+        <v>45987.519074074</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
-        <v>-0.23</v>
+        <v>-0.07</v>
       </c>
       <c r="G66">
-        <v>105.229167</v>
+        <v>101.645833</v>
       </c>
       <c r="H66">
-        <v>2084.59334</v>
+        <v>1016.45833</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>10.5</v>
       </c>
       <c r="K66" s="2">
         <v>45435.0</v>
       </c>
       <c r="L66" s="2">
         <v>46896.0</v>
       </c>
       <c r="M66">
         <v>6200</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>0.729167</v>
+        <v>0.145833</v>
       </c>
       <c r="Q66">
-        <v>103.240167</v>
+        <v>100.945833</v>
       </c>
       <c r="R66">
-        <v>105.229167</v>
+        <v>101.645833</v>
       </c>
       <c r="S66">
-        <v>102.511</v>
+        <v>100.8</v>
       </c>
       <c r="T66">
-        <v>104.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U66">
+        <v>10.131162</v>
+      </c>
+      <c r="V66">
+        <v>9.811973</v>
       </c>
       <c r="X66">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45915.447962963</v>
+        <v>45986.651030093</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
+      <c r="F67">
+        <v>-0.85</v>
+      </c>
       <c r="G67">
-        <v>105.470833</v>
+        <v>101.716667</v>
+      </c>
+      <c r="H67">
+        <v>3051.50001</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>10.5</v>
       </c>
       <c r="K67" s="2">
         <v>45435.0</v>
       </c>
       <c r="L67" s="2">
         <v>46896.0</v>
       </c>
       <c r="M67">
         <v>6200</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>0.7</v>
+        <v>0.116667</v>
       </c>
       <c r="Q67">
-        <v>104.46</v>
+        <v>100.616668</v>
       </c>
       <c r="R67">
-        <v>105.2</v>
+        <v>101.616667</v>
       </c>
       <c r="S67">
-        <v>103.76</v>
+        <v>100.500001</v>
       </c>
       <c r="T67">
-        <v>104.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U67">
+        <v>10.269139</v>
+      </c>
+      <c r="V67">
+        <v>9.81279</v>
+      </c>
+      <c r="X67">
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45912.527013889</v>
+        <v>45985.66224537</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
-        <v>0.33</v>
+        <v>1.51</v>
       </c>
       <c r="G68">
-        <v>105.470833</v>
+        <v>102.5875</v>
       </c>
       <c r="H68">
-        <v>1054.70833</v>
+        <v>20402.09</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>10.5</v>
       </c>
       <c r="K68" s="2">
         <v>45435.0</v>
       </c>
       <c r="L68" s="2">
         <v>46896.0</v>
       </c>
       <c r="M68">
         <v>6200</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>0.670833</v>
+        <v>0.0875</v>
       </c>
       <c r="Q68">
-        <v>105.470833</v>
+        <v>101.0875</v>
       </c>
       <c r="R68">
-        <v>105.570833</v>
+        <v>102.9875</v>
       </c>
       <c r="S68">
-        <v>104.8</v>
+        <v>101.0</v>
       </c>
       <c r="T68">
-        <v>104.9</v>
+        <v>102.9</v>
+      </c>
+      <c r="U68">
+        <v>10.040897</v>
+      </c>
+      <c r="V68">
+        <v>9.184187</v>
       </c>
       <c r="X68">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45911.633900463</v>
+        <v>45982.662025463</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="F69">
-        <v>-0.38</v>
+        <v>-2.89</v>
       </c>
       <c r="G69">
-        <v>105.121667</v>
+        <v>101.058333</v>
       </c>
       <c r="H69">
-        <v>1051.21667</v>
+        <v>13149.08329</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>10.5</v>
       </c>
       <c r="K69" s="2">
         <v>45435.0</v>
       </c>
       <c r="L69" s="2">
         <v>46896.0</v>
       </c>
       <c r="M69">
         <v>6200</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>0.641667</v>
+        <v>0.058333</v>
       </c>
       <c r="Q69">
-        <v>103.541667</v>
+        <v>100.558334</v>
       </c>
       <c r="R69">
-        <v>105.441667</v>
+        <v>101.058333</v>
       </c>
       <c r="S69">
-        <v>102.9</v>
+        <v>100.500001</v>
       </c>
       <c r="T69">
-        <v>104.8</v>
+        <v>101.0</v>
+      </c>
+      <c r="U69">
+        <v>10.269905</v>
+      </c>
+      <c r="V69">
+        <v>10.0415</v>
       </c>
       <c r="X69">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45910.416712963</v>
+        <v>45981.554143519</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>105.525</v>
+        <v>104.0675</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>10.5</v>
       </c>
       <c r="K70" s="2">
         <v>45435.0</v>
       </c>
       <c r="L70" s="2">
         <v>46896.0</v>
       </c>
       <c r="M70">
         <v>6200</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>0.554167</v>
+        <v>0.029167</v>
       </c>
       <c r="Q70">
-        <v>105.034167</v>
+        <v>100.630001</v>
       </c>
       <c r="R70">
-        <v>105.554167</v>
+        <v>102.478167</v>
       </c>
       <c r="S70">
-        <v>104.48</v>
+        <v>100.600834</v>
       </c>
       <c r="T70">
-        <v>105.0</v>
+        <v>102.449</v>
+      </c>
+      <c r="U70">
+        <v>10.224166</v>
+      </c>
+      <c r="V70">
+        <v>9.388299</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45909.597592593</v>
+        <v>45980.56525463</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
-      <c r="F71">
-[...1 lines deleted...]
-      </c>
       <c r="G71">
-        <v>105.525</v>
-[...2 lines deleted...]
-        <v>1055.25</v>
+        <v>104.0675</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>10.5</v>
       </c>
       <c r="K71" s="2">
         <v>45435.0</v>
       </c>
       <c r="L71" s="2">
         <v>46896.0</v>
       </c>
       <c r="M71">
         <v>6200</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>0.525</v>
+        <v>2.566667</v>
       </c>
       <c r="Q71">
-        <v>105.005</v>
+        <v>103.166668</v>
       </c>
       <c r="R71">
-        <v>105.525</v>
+        <v>104.965667</v>
       </c>
       <c r="S71">
-        <v>104.48</v>
+        <v>100.600001</v>
       </c>
       <c r="T71">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.399</v>
+      </c>
+      <c r="U71">
+        <v>10.225185</v>
+      </c>
+      <c r="V71">
+        <v>9.413702</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45908.467280093</v>
+        <v>45979.594224537</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="F72">
-        <v>0.03</v>
+        <v>1.03</v>
       </c>
       <c r="G72">
-        <v>105.495833</v>
+        <v>104.0675</v>
       </c>
       <c r="H72">
-        <v>1054.95833</v>
+        <v>11465.42498</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>10.5</v>
       </c>
       <c r="K72" s="2">
         <v>45435.0</v>
       </c>
       <c r="L72" s="2">
         <v>46896.0</v>
       </c>
       <c r="M72">
         <v>6200</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>0.495833</v>
+        <v>2.5375</v>
       </c>
       <c r="Q72">
-        <v>105.295833</v>
+        <v>103.037501</v>
       </c>
       <c r="R72">
-        <v>105.495833</v>
+        <v>104.5375</v>
       </c>
       <c r="S72">
-        <v>104.8</v>
+        <v>100.500001</v>
       </c>
       <c r="T72">
-        <v>105.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="U72">
+        <v>10.270859</v>
+      </c>
+      <c r="V72">
+        <v>9.592951</v>
       </c>
       <c r="X72">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45905.443541667</v>
+        <v>45978.5925</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="F73">
-        <v>0.11</v>
+        <v>-1.3</v>
       </c>
       <c r="G73">
-        <v>105.466667</v>
+        <v>103.008333</v>
       </c>
       <c r="H73">
-        <v>1054.66667</v>
+        <v>4120.33332</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>10.5</v>
       </c>
       <c r="K73" s="2">
         <v>45435.0</v>
       </c>
       <c r="L73" s="2">
         <v>46896.0</v>
       </c>
       <c r="M73">
         <v>6200</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>0.466667</v>
+        <v>2.508333</v>
       </c>
       <c r="Q73">
-        <v>105.266667</v>
+        <v>103.008333</v>
       </c>
       <c r="R73">
-        <v>105.466667</v>
+        <v>104.399999</v>
       </c>
       <c r="S73">
-        <v>104.8</v>
+        <v>100.5</v>
       </c>
       <c r="T73">
-        <v>105.0</v>
+        <v>101.891666</v>
+      </c>
+      <c r="U73">
+        <v>10.270925</v>
+      </c>
+      <c r="V73">
+        <v>9.642202</v>
       </c>
       <c r="X73">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45904.416701389</v>
+        <v>45975.648645833</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
+      <c r="F74">
+        <v>0.1</v>
+      </c>
       <c r="G74">
-        <v>105.35</v>
+        <v>104.369999</v>
+      </c>
+      <c r="H74">
+        <v>5199.86668</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>10.5</v>
       </c>
       <c r="K74" s="2">
         <v>45435.0</v>
       </c>
       <c r="L74" s="2">
         <v>46896.0</v>
       </c>
       <c r="M74">
         <v>6200</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>0.4375</v>
+        <v>2.479167</v>
       </c>
       <c r="Q74">
-        <v>104.3775</v>
+        <v>102.679168</v>
       </c>
       <c r="R74">
-        <v>105.4375</v>
+        <v>104.369999</v>
       </c>
       <c r="S74">
-        <v>103.94</v>
+        <v>100.200001</v>
       </c>
       <c r="T74">
-        <v>105.0</v>
+        <v>101.890832</v>
+      </c>
+      <c r="U74">
+        <v>10.407743</v>
+      </c>
+      <c r="V74">
+        <v>9.643264</v>
+      </c>
+      <c r="X74">
+        <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45903.629780093</v>
+        <v>45974.441712963</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
-      <c r="F75">
-[...1 lines deleted...]
-      </c>
       <c r="G75">
-        <v>105.35</v>
-[...2 lines deleted...]
-        <v>4206.0</v>
+        <v>104.262499</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>10.5</v>
       </c>
       <c r="K75" s="2">
         <v>45435.0</v>
       </c>
       <c r="L75" s="2">
         <v>46896.0</v>
       </c>
       <c r="M75">
         <v>6200</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>0.35</v>
+        <v>2.45</v>
       </c>
       <c r="Q75">
-        <v>104.29</v>
+        <v>102.650001</v>
       </c>
       <c r="R75">
-        <v>105.35</v>
+        <v>104.349999</v>
       </c>
       <c r="S75">
-        <v>103.94</v>
+        <v>100.200001</v>
       </c>
       <c r="T75">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.899999</v>
+      </c>
+      <c r="U75">
+        <v>10.407682</v>
+      </c>
+      <c r="V75">
+        <v>9.639856</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45902.613634259</v>
+        <v>45973.646331019</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
-        <v>0.27</v>
+        <v>0.41</v>
       </c>
       <c r="G76">
-        <v>105.320833</v>
+        <v>104.262499</v>
       </c>
       <c r="H76">
-        <v>2106.41666</v>
+        <v>3089.88299</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>10.5</v>
       </c>
       <c r="K76" s="2">
         <v>45435.0</v>
       </c>
       <c r="L76" s="2">
         <v>46896.0</v>
       </c>
       <c r="M76">
         <v>6200</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>0.320833</v>
+        <v>2.3625</v>
       </c>
       <c r="Q76">
-        <v>105.220833</v>
+        <v>102.5625</v>
       </c>
       <c r="R76">
-        <v>105.320833</v>
+        <v>104.262499</v>
       </c>
       <c r="S76">
-        <v>104.9</v>
+        <v>100.2</v>
       </c>
       <c r="T76">
-        <v>105.0</v>
+        <v>101.899999</v>
+      </c>
+      <c r="U76">
+        <v>10.407522</v>
+      </c>
+      <c r="V76">
+        <v>9.641951</v>
       </c>
       <c r="X76">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45901.486145833</v>
+        <v>45972.592384259</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="F77">
-        <v>-0.21</v>
+        <v>2.29</v>
       </c>
       <c r="G77">
-        <v>105.041667</v>
+        <v>103.833333</v>
       </c>
       <c r="H77">
-        <v>1050.41667</v>
+        <v>2076.66666</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>10.5</v>
       </c>
       <c r="K77" s="2">
         <v>45435.0</v>
       </c>
       <c r="L77" s="2">
         <v>46896.0</v>
       </c>
       <c r="M77">
         <v>6200</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>0.291667</v>
+        <v>2.333333</v>
       </c>
       <c r="Q77">
-        <v>104.491667</v>
+        <v>103.833333</v>
       </c>
       <c r="R77">
-        <v>105.291667</v>
+        <v>104.333333</v>
       </c>
       <c r="S77">
-        <v>104.2</v>
+        <v>101.5</v>
       </c>
       <c r="T77">
-        <v>105.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="U77">
+        <v>9.821246</v>
+      </c>
+      <c r="V77">
+        <v>9.598135</v>
       </c>
       <c r="X77">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45898.612303241</v>
+        <v>45971.663773148</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="F78">
-        <v>-0.6</v>
+        <v>-1.67</v>
       </c>
       <c r="G78">
-        <v>105.262499</v>
+        <v>101.504167</v>
       </c>
       <c r="H78">
-        <v>2105.24998</v>
+        <v>3071.12501</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>10.5</v>
       </c>
       <c r="K78" s="2">
         <v>45435.0</v>
       </c>
       <c r="L78" s="2">
         <v>46896.0</v>
       </c>
       <c r="M78">
         <v>6200</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>0.2625</v>
+        <v>2.304167</v>
       </c>
       <c r="Q78">
-        <v>104.3625</v>
+        <v>97.304167</v>
       </c>
       <c r="R78">
-        <v>105.262499</v>
+        <v>104.304167</v>
       </c>
       <c r="S78">
-        <v>104.1</v>
+        <v>95.0</v>
       </c>
       <c r="T78">
-        <v>104.999999</v>
+        <v>102.0</v>
+      </c>
+      <c r="U78">
+        <v>12.843486</v>
+      </c>
+      <c r="V78">
+        <v>9.598882</v>
       </c>
       <c r="X78">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45897.634537037</v>
+        <v>45968.626412037</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
+      <c r="F79">
+        <v>-0.02</v>
+      </c>
       <c r="G79">
-        <v>105.899</v>
+        <v>103.225</v>
+      </c>
+      <c r="H79">
+        <v>2065.0</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>10.5</v>
       </c>
       <c r="K79" s="2">
         <v>45435.0</v>
       </c>
       <c r="L79" s="2">
         <v>46896.0</v>
       </c>
       <c r="M79">
         <v>6200</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>0.233333</v>
+        <v>2.275</v>
       </c>
       <c r="Q79">
-        <v>103.037333</v>
+        <v>102.275001</v>
       </c>
       <c r="R79">
-        <v>106.033332</v>
+        <v>104.275</v>
       </c>
       <c r="S79">
-        <v>102.804</v>
+        <v>100.000001</v>
       </c>
       <c r="T79">
-        <v>105.799999</v>
+        <v>102.0</v>
+      </c>
+      <c r="U79">
+        <v>10.498207</v>
+      </c>
+      <c r="V79">
+        <v>9.599632</v>
+      </c>
+      <c r="X79">
+        <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45896.640949074</v>
+        <v>45967.614131944</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="F80">
-        <v>1.88</v>
+        <v>0.09</v>
       </c>
       <c r="G80">
-        <v>105.899</v>
+        <v>103.25</v>
       </c>
       <c r="H80">
-        <v>1058.99</v>
+        <v>3097.41666</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>10.5</v>
       </c>
       <c r="K80" s="2">
         <v>45435.0</v>
       </c>
       <c r="L80" s="2">
         <v>46896.0</v>
       </c>
       <c r="M80">
         <v>6200</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>0.175</v>
+        <v>2.245833</v>
       </c>
       <c r="Q80">
-        <v>102.876</v>
+        <v>103.250001</v>
       </c>
       <c r="R80">
-        <v>105.974999</v>
+        <v>105.244832</v>
       </c>
       <c r="S80">
-        <v>102.701</v>
+        <v>101.004168</v>
       </c>
       <c r="T80">
-        <v>105.799999</v>
+        <v>102.998999</v>
+      </c>
+      <c r="U80">
+        <v>10.044734</v>
+      </c>
+      <c r="V80">
+        <v>9.159746</v>
       </c>
       <c r="X80">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45895.660902778</v>
+        <v>45966.632418981</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="F81">
-        <v>1.49</v>
+        <v>-0.08</v>
       </c>
       <c r="G81">
-        <v>103.945833</v>
+        <v>103.158333</v>
       </c>
       <c r="H81">
-        <v>1039.45833</v>
+        <v>13388.92331</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>10.5</v>
       </c>
       <c r="K81" s="2">
         <v>45435.0</v>
       </c>
       <c r="L81" s="2">
         <v>46896.0</v>
       </c>
       <c r="M81">
         <v>6200</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>0.145833</v>
+        <v>2.158333</v>
       </c>
       <c r="Q81">
-        <v>104.145833</v>
+        <v>103.158333</v>
       </c>
       <c r="R81">
-        <v>105.944833</v>
+        <v>105.355332</v>
       </c>
       <c r="S81">
-        <v>104.0</v>
+        <v>101.0</v>
       </c>
       <c r="T81">
-        <v>105.799</v>
+        <v>103.196999</v>
+      </c>
+      <c r="U81">
+        <v>10.047573</v>
+      </c>
+      <c r="V81">
+        <v>9.076806</v>
       </c>
       <c r="X81">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45894.644560185</v>
+        <v>45965.664340278</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="F82">
-        <v>0.35</v>
+        <v>0.04</v>
       </c>
       <c r="G82">
-        <v>102.416668</v>
+        <v>103.239167</v>
       </c>
       <c r="H82">
-        <v>3072.50004</v>
+        <v>20765.97006</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>10.5</v>
       </c>
       <c r="K82" s="2">
         <v>45435.0</v>
       </c>
       <c r="L82" s="2">
         <v>46896.0</v>
       </c>
       <c r="M82">
         <v>6200</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>0.116667</v>
+        <v>2.129167</v>
       </c>
       <c r="Q82">
-        <v>103.116667</v>
+        <v>103.230167</v>
       </c>
       <c r="R82">
-        <v>104.356667</v>
+        <v>105.299167</v>
       </c>
       <c r="S82">
-        <v>103.0</v>
+        <v>101.101</v>
       </c>
       <c r="T82">
-        <v>104.24</v>
+        <v>103.17</v>
+      </c>
+      <c r="U82">
+        <v>10.002771</v>
+      </c>
+      <c r="V82">
+        <v>9.089841</v>
       </c>
       <c r="X82">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45891.586527778</v>
+        <v>45964.659293981</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
+      <c r="F83">
+        <v>-2.31</v>
+      </c>
       <c r="G83">
-        <v>102.058333</v>
+        <v>103.200001</v>
+      </c>
+      <c r="H83">
+        <v>4218.49801</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>10.5</v>
       </c>
       <c r="K83" s="2">
         <v>45435.0</v>
       </c>
       <c r="L83" s="2">
         <v>46896.0</v>
       </c>
       <c r="M83">
         <v>6200</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>0.0875</v>
+        <v>2.1</v>
       </c>
       <c r="Q83">
-        <v>104.2475</v>
+        <v>103.601</v>
       </c>
       <c r="R83">
-        <v>105.6675</v>
+        <v>105.999999</v>
       </c>
       <c r="S83">
-        <v>104.16</v>
+        <v>101.501</v>
       </c>
       <c r="T83">
-        <v>105.58</v>
+        <v>103.899999</v>
+      </c>
+      <c r="U83">
+        <v>9.825107</v>
+      </c>
+      <c r="V83">
+        <v>8.774448</v>
+      </c>
+      <c r="X83">
+        <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45890.503252315</v>
+        <v>45961.622303241</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
-      <c r="F84">
-[...1 lines deleted...]
-      </c>
       <c r="G84">
-        <v>102.058333</v>
-[...2 lines deleted...]
-        <v>2041.16666</v>
+        <v>105.641667</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>10.5</v>
       </c>
       <c r="K84" s="2">
         <v>45435.0</v>
       </c>
       <c r="L84" s="2">
         <v>46896.0</v>
       </c>
       <c r="M84">
         <v>6200</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.058333</v>
+        <v>2.070833</v>
       </c>
       <c r="Q84">
-        <v>104.148333</v>
+        <v>102.870834</v>
       </c>
       <c r="R84">
-        <v>105.638333</v>
+        <v>106.860833</v>
       </c>
       <c r="S84">
-        <v>104.09</v>
+        <v>100.800001</v>
       </c>
       <c r="T84">
-        <v>105.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.79</v>
+      </c>
+      <c r="U84">
+        <v>10.137918</v>
+      </c>
+      <c r="V84">
+        <v>8.393862</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45889.354803241</v>
+        <v>45960.656446759</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
+      <c r="F85">
+        <v>0.08</v>
+      </c>
       <c r="G85">
-        <v>104.966667</v>
+        <v>105.641667</v>
+      </c>
+      <c r="H85">
+        <v>4234.66668</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>10.5</v>
       </c>
       <c r="K85" s="2">
         <v>45435.0</v>
       </c>
       <c r="L85" s="2">
         <v>46896.0</v>
       </c>
       <c r="M85">
         <v>6200</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>2.595833</v>
+        <v>2.041667</v>
+      </c>
+      <c r="Q85">
+        <v>103.6447</v>
+      </c>
+      <c r="R85">
+        <v>106.541667</v>
+      </c>
+      <c r="S85">
+        <v>101.603033</v>
+      </c>
+      <c r="T85">
+        <v>104.5</v>
+      </c>
+      <c r="U85">
+        <v>9.781013</v>
+      </c>
+      <c r="V85">
+        <v>8.519765</v>
+      </c>
+      <c r="X85">
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45888.608784722</v>
+        <v>45959.470949074</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="F86">
-        <v>-2.89</v>
+        <v>0.06</v>
       </c>
       <c r="G86">
-        <v>104.966667</v>
+        <v>105.554167</v>
       </c>
       <c r="H86">
-        <v>21067.9334</v>
+        <v>2111.08334</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>10.5</v>
       </c>
       <c r="K86" s="2">
         <v>45435.0</v>
       </c>
       <c r="L86" s="2">
         <v>46896.0</v>
       </c>
       <c r="M86">
         <v>6200</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>2.566667</v>
+        <v>1.954167</v>
       </c>
       <c r="Q86">
-        <v>104.596667</v>
+        <v>105.554167</v>
       </c>
       <c r="R86">
-        <v>108.146667</v>
+        <v>106.454167</v>
       </c>
       <c r="S86">
-        <v>102.03</v>
+        <v>103.6</v>
       </c>
       <c r="T86">
-        <v>105.58</v>
+        <v>104.5</v>
+      </c>
+      <c r="U86">
+        <v>8.911429</v>
+      </c>
+      <c r="V86">
+        <v>8.525178</v>
       </c>
       <c r="X86">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45887.525138889</v>
+        <v>45958.653969907</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>108.088332</v>
+        <v>105.495833</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>10.5</v>
       </c>
       <c r="K87" s="2">
         <v>45435.0</v>
       </c>
       <c r="L87" s="2">
         <v>46896.0</v>
       </c>
       <c r="M87">
         <v>6200</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>2.5375</v>
+        <v>1.954167</v>
       </c>
       <c r="Q87">
-        <v>105.6575</v>
+        <v>105.554168</v>
       </c>
       <c r="R87">
-        <v>107.9375</v>
+        <v>106.454167</v>
       </c>
       <c r="S87">
-        <v>103.12</v>
+        <v>103.600001</v>
       </c>
       <c r="T87">
-        <v>105.4</v>
+        <v>104.5</v>
+      </c>
+      <c r="U87">
+        <v>8.911429</v>
+      </c>
+      <c r="V87">
+        <v>8.525178</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45884.574351852</v>
+        <v>45957.480115741</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
-      <c r="F88">
-[...1 lines deleted...]
-      </c>
       <c r="G88">
-        <v>108.088332</v>
-[...2 lines deleted...]
-        <v>1080.88332</v>
+        <v>105.495833</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>10.5</v>
       </c>
       <c r="K88" s="2">
         <v>45435.0</v>
       </c>
       <c r="L88" s="2">
         <v>46896.0</v>
       </c>
       <c r="M88">
         <v>6200</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>2.508333</v>
+        <v>1.925</v>
       </c>
       <c r="Q88">
-        <v>105.618334</v>
+        <v>105.555001</v>
       </c>
       <c r="R88">
-        <v>108.088333</v>
+        <v>106.425</v>
       </c>
       <c r="S88">
-        <v>103.110001</v>
+        <v>103.630001</v>
       </c>
       <c r="T88">
-        <v>105.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.5</v>
+      </c>
+      <c r="U88">
+        <v>8.899936</v>
+      </c>
+      <c r="V88">
+        <v>8.52698</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45883.653657407</v>
+        <v>45954.420196759</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
+      <c r="F89">
+        <v>0.03</v>
+      </c>
       <c r="G89">
-        <v>105.410001</v>
+        <v>105.495833</v>
+      </c>
+      <c r="H89">
+        <v>2109.91666</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>10.5</v>
       </c>
       <c r="K89" s="2">
         <v>45435.0</v>
       </c>
       <c r="L89" s="2">
         <v>46896.0</v>
       </c>
       <c r="M89">
         <v>6200</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>2.479167</v>
+        <v>1.895833</v>
       </c>
       <c r="Q89">
-        <v>105.679167</v>
+        <v>105.495833</v>
       </c>
       <c r="R89">
-        <v>108.059166</v>
+        <v>106.994833</v>
       </c>
       <c r="S89">
-        <v>103.2</v>
+        <v>103.6</v>
       </c>
       <c r="T89">
-        <v>105.579999</v>
+        <v>105.099</v>
+      </c>
+      <c r="U89">
+        <v>8.914297</v>
+      </c>
+      <c r="V89">
+        <v>8.274366</v>
+      </c>
+      <c r="X89">
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45882.645173611</v>
+        <v>45953.653344907</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="F90">
-        <v>-1.67</v>
+        <v>-1.32</v>
       </c>
       <c r="G90">
-        <v>105.410001</v>
+        <v>105.466667</v>
       </c>
       <c r="H90">
-        <v>1054.10001</v>
+        <v>3164.00001</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>10.5</v>
       </c>
       <c r="K90" s="2">
         <v>45435.0</v>
       </c>
       <c r="L90" s="2">
         <v>46896.0</v>
       </c>
       <c r="M90">
         <v>6200</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>2.391667</v>
+        <v>1.866667</v>
       </c>
       <c r="Q90">
-        <v>105.441668</v>
+        <v>105.466667</v>
       </c>
       <c r="R90">
-        <v>107.971666</v>
+        <v>106.965667</v>
       </c>
       <c r="S90">
-        <v>103.050001</v>
+        <v>103.6</v>
       </c>
       <c r="T90">
-        <v>105.579999</v>
+        <v>105.099</v>
+      </c>
+      <c r="U90">
+        <v>8.915731</v>
+      </c>
+      <c r="V90">
+        <v>8.276408</v>
       </c>
       <c r="X90">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45881.484583333</v>
+        <v>45952.62900463</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91">
-        <v>-0.09</v>
+        <v>1.14</v>
       </c>
       <c r="G91">
-        <v>107.2025</v>
+        <v>106.878167</v>
       </c>
       <c r="H91">
-        <v>2145.65</v>
+        <v>3183.36501</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>10.5</v>
       </c>
       <c r="K91" s="2">
         <v>45435.0</v>
       </c>
       <c r="L91" s="2">
         <v>46896.0</v>
       </c>
       <c r="M91">
         <v>6200</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>2.3625</v>
+        <v>1.779167</v>
       </c>
       <c r="Q91">
-        <v>107.2025</v>
+        <v>105.379167</v>
       </c>
       <c r="R91">
-        <v>107.9425</v>
+        <v>106.878167</v>
       </c>
       <c r="S91">
-        <v>104.84</v>
+        <v>103.6</v>
       </c>
       <c r="T91">
-        <v>105.58</v>
+        <v>105.099</v>
+      </c>
+      <c r="U91">
+        <v>8.920033</v>
+      </c>
+      <c r="V91">
+        <v>8.282524</v>
       </c>
       <c r="X91">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45880.452696759</v>
+        <v>45951.603518519</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
-      <c r="F92">
-[...1 lines deleted...]
-      </c>
       <c r="G92">
-        <v>107.303333</v>
-[...2 lines deleted...]
-        <v>1073.03333</v>
+        <v>105.670833</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>10.5</v>
       </c>
       <c r="K92" s="2">
         <v>45435.0</v>
       </c>
       <c r="L92" s="2">
         <v>46896.0</v>
       </c>
       <c r="M92">
         <v>6200</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>2.333333</v>
+        <v>1.75</v>
       </c>
       <c r="Q92">
-        <v>107.133333</v>
+        <v>105.7</v>
       </c>
       <c r="R92">
-        <v>107.913333</v>
+        <v>106.25</v>
       </c>
       <c r="S92">
-        <v>104.8</v>
+        <v>103.95</v>
       </c>
       <c r="T92">
-        <v>105.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.5</v>
+      </c>
+      <c r="U92">
+        <v>8.771786</v>
+      </c>
+      <c r="V92">
+        <v>8.537772</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45877.647905093</v>
+        <v>45950.625416667</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="F93">
-        <v>-0.32</v>
+        <v>0.03</v>
       </c>
       <c r="G93">
-        <v>107.104167</v>
+        <v>105.670833</v>
       </c>
       <c r="H93">
-        <v>3182.42502</v>
+        <v>2113.41666</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>10.5</v>
       </c>
       <c r="K93" s="2">
         <v>45435.0</v>
       </c>
       <c r="L93" s="2">
         <v>46896.0</v>
       </c>
       <c r="M93">
         <v>6200</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>2.304167</v>
+        <v>1.720833</v>
       </c>
       <c r="Q93">
-        <v>107.104167</v>
+        <v>105.670833</v>
       </c>
       <c r="R93">
-        <v>107.884167</v>
+        <v>106.820823</v>
       </c>
       <c r="S93">
-        <v>104.8</v>
+        <v>103.95</v>
       </c>
       <c r="T93">
-        <v>105.58</v>
+        <v>105.09999</v>
+      </c>
+      <c r="U93">
+        <v>8.773361</v>
+      </c>
+      <c r="V93">
+        <v>8.286176</v>
       </c>
       <c r="X93">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45876.416678241</v>
+        <v>45947.666678241</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
+      <c r="F94">
+        <v>-0.02</v>
+      </c>
       <c r="G94">
-        <v>107.4475</v>
+        <v>105.641667</v>
+      </c>
+      <c r="H94">
+        <v>4227.16668</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>10.5</v>
       </c>
       <c r="K94" s="2">
         <v>45435.0</v>
       </c>
       <c r="L94" s="2">
         <v>46896.0</v>
       </c>
       <c r="M94">
         <v>6200</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>2.275</v>
-[...11 lines deleted...]
-        <v>105.58</v>
+        <v>1.691667</v>
+      </c>
+      <c r="X94">
+        <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45875.482141204</v>
+        <v>45946.666666667</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="F95">
-        <v>0.24</v>
+        <v>0.08</v>
       </c>
       <c r="G95">
-        <v>107.4475</v>
+        <v>105.6625</v>
       </c>
       <c r="H95">
-        <v>1074.475</v>
+        <v>1056.625</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>10.5</v>
       </c>
       <c r="K95" s="2">
         <v>45435.0</v>
       </c>
       <c r="L95" s="2">
         <v>46896.0</v>
       </c>
       <c r="M95">
         <v>6200</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>2.1875</v>
-[...11 lines deleted...]
-        <v>105.58</v>
+        <v>1.6625</v>
       </c>
       <c r="X95">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45874.416701389</v>
+        <v>45945.666666667</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
+      <c r="F96">
+        <v>-0.86</v>
+      </c>
       <c r="G96">
-        <v>107.19</v>
+        <v>105.575</v>
+      </c>
+      <c r="H96">
+        <v>2111.5</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>10.5</v>
       </c>
       <c r="K96" s="2">
         <v>45435.0</v>
       </c>
       <c r="L96" s="2">
         <v>46896.0</v>
       </c>
       <c r="M96">
         <v>6200</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>2.158333</v>
-[...11 lines deleted...]
-        <v>105.26</v>
+        <v>1.575</v>
+      </c>
+      <c r="X96">
+        <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45873.524722222</v>
+        <v>45944.666666667</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>107.19</v>
+        <v>106.487491</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>10.5</v>
       </c>
       <c r="K97" s="2">
         <v>45435.0</v>
       </c>
       <c r="L97" s="2">
         <v>46896.0</v>
       </c>
       <c r="M97">
         <v>6200</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>2.129167</v>
-[...11 lines deleted...]
-        <v>105.26</v>
+        <v>1.545833</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45870.662372685</v>
+        <v>45943.666712963</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
-      <c r="F98">
-[...1 lines deleted...]
-      </c>
       <c r="G98">
-        <v>107.19</v>
-[...2 lines deleted...]
-        <v>4287.6</v>
+        <v>106.487491</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>10.5</v>
       </c>
       <c r="K98" s="2">
         <v>45435.0</v>
       </c>
       <c r="L98" s="2">
         <v>46896.0</v>
       </c>
       <c r="M98">
         <v>6200</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>2.1</v>
-[...14 lines deleted...]
-        <v>2</v>
+        <v>1.516667</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45869.649861111</v>
+        <v>45940.502997685</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="F99">
-        <v>2.04</v>
+        <v>1.06</v>
       </c>
       <c r="G99">
-        <v>107.160833</v>
+        <v>106.487491</v>
       </c>
       <c r="H99">
-        <v>6429.64998</v>
+        <v>2119.74991</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>10.5</v>
       </c>
       <c r="K99" s="2">
         <v>45435.0</v>
       </c>
       <c r="L99" s="2">
         <v>46896.0</v>
       </c>
       <c r="M99">
         <v>6200</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>2.070833</v>
+        <v>1.4875</v>
       </c>
       <c r="Q99">
-        <v>107.160833</v>
+        <v>105.211501</v>
       </c>
       <c r="R99">
-        <v>107.330833</v>
+        <v>106.487491</v>
       </c>
       <c r="S99">
-        <v>105.09</v>
+        <v>103.724001</v>
       </c>
       <c r="T99">
-        <v>105.26</v>
+        <v>104.999991</v>
       </c>
       <c r="X99">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45868.636747685</v>
+        <v>45939.496458333</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
-      <c r="F100">
-[...1 lines deleted...]
-      </c>
       <c r="G100">
-        <v>105.023333</v>
-[...2 lines deleted...]
-        <v>1050.23333</v>
+        <v>105.370833</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>10.5</v>
       </c>
       <c r="K100" s="2">
         <v>45435.0</v>
       </c>
       <c r="L100" s="2">
         <v>46896.0</v>
       </c>
       <c r="M100">
         <v>6200</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>1.983333</v>
+        <v>1.458333</v>
       </c>
       <c r="Q100">
-        <v>105.584334</v>
+        <v>105.179333</v>
       </c>
       <c r="R100">
-        <v>107.073333</v>
+        <v>106.458325</v>
       </c>
       <c r="S100">
-        <v>103.601001</v>
+        <v>103.721</v>
       </c>
       <c r="T100">
-        <v>105.09</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.999992</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45867.641805556</v>
+        <v>45938.554756944</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="F101">
-        <v>-0.76</v>
+        <v>0.11</v>
       </c>
       <c r="G101">
-        <v>105.154167</v>
+        <v>105.370833</v>
       </c>
       <c r="H101">
-        <v>1051.54167</v>
+        <v>15869.92297</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>10.5</v>
       </c>
       <c r="K101" s="2">
         <v>45435.0</v>
       </c>
       <c r="L101" s="2">
         <v>46896.0</v>
       </c>
       <c r="M101">
         <v>6200</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>1.954167</v>
+        <v>1.370833</v>
       </c>
       <c r="Q101">
-        <v>105.154167</v>
+        <v>105.090833</v>
       </c>
       <c r="R101">
-        <v>107.044167</v>
+        <v>105.870833</v>
       </c>
       <c r="S101">
-        <v>103.2</v>
+        <v>103.72</v>
       </c>
       <c r="T101">
-        <v>105.09</v>
+        <v>104.5</v>
       </c>
       <c r="X101">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45866.640636574</v>
+        <v>45937.433657407</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
-      <c r="F102">
-[...1 lines deleted...]
-      </c>
       <c r="G102">
-        <v>105.954167</v>
-[...2 lines deleted...]
-        <v>1059.54167</v>
+        <v>105.254167</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>10.5</v>
       </c>
       <c r="K102" s="2">
         <v>45435.0</v>
       </c>
       <c r="L102" s="2">
         <v>46896.0</v>
       </c>
       <c r="M102">
         <v>6200</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>1.954167</v>
+        <v>1.341667</v>
       </c>
       <c r="Q102">
-        <v>105.454168</v>
+        <v>105.061667</v>
       </c>
       <c r="R102">
-        <v>107.044167</v>
+        <v>106.2416</v>
       </c>
       <c r="S102">
-        <v>103.500001</v>
+        <v>103.72</v>
       </c>
       <c r="T102">
-        <v>105.09</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.899933</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45863.587488426</v>
+        <v>45936.418449074</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>106.985833</v>
+        <v>105.254167</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>10.5</v>
       </c>
       <c r="K103" s="2">
         <v>45435.0</v>
       </c>
       <c r="L103" s="2">
         <v>46896.0</v>
       </c>
       <c r="M103">
         <v>6200</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>1.925</v>
+        <v>1.3125</v>
       </c>
       <c r="Q103">
-        <v>105.125</v>
+        <v>105.0325</v>
       </c>
       <c r="R103">
-        <v>107.015</v>
+        <v>106.212484</v>
       </c>
       <c r="S103">
-        <v>103.2</v>
+        <v>103.72</v>
       </c>
       <c r="T103">
-        <v>105.09</v>
+        <v>104.899984</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45862.477534722</v>
+        <v>45933.658564815</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
-      <c r="F104">
-[...1 lines deleted...]
-      </c>
       <c r="G104">
-        <v>106.985833</v>
-[...2 lines deleted...]
-        <v>5345.49165</v>
+        <v>105.254167</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>10.5</v>
       </c>
       <c r="K104" s="2">
         <v>45435.0</v>
       </c>
       <c r="L104" s="2">
         <v>46896.0</v>
       </c>
       <c r="M104">
         <v>6200</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>1.895833</v>
+        <v>1.283333</v>
       </c>
       <c r="Q104">
-        <v>105.095833</v>
+        <v>105.003333</v>
       </c>
       <c r="R104">
-        <v>106.985833</v>
+        <v>106.183333</v>
       </c>
       <c r="S104">
-        <v>103.2</v>
+        <v>103.72</v>
       </c>
       <c r="T104">
-        <v>105.09</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45861.661076389</v>
+        <v>45932.568055556</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="F105">
-        <v>0.91</v>
+        <v>0.47</v>
       </c>
       <c r="G105">
-        <v>106.898332</v>
+        <v>105.254167</v>
       </c>
       <c r="H105">
-        <v>1068.98332</v>
+        <v>1052.54167</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>10.5</v>
       </c>
       <c r="K105" s="2">
         <v>45435.0</v>
       </c>
       <c r="L105" s="2">
         <v>46896.0</v>
       </c>
       <c r="M105">
         <v>6200</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>1.808333</v>
+        <v>1.254167</v>
       </c>
       <c r="Q105">
-        <v>105.309333</v>
+        <v>105.254167</v>
       </c>
       <c r="R105">
-        <v>106.898333</v>
+        <v>106.183167</v>
       </c>
       <c r="S105">
-        <v>103.501</v>
+        <v>104.0</v>
       </c>
       <c r="T105">
-        <v>105.09</v>
+        <v>104.929</v>
       </c>
       <c r="X105">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45860.544398148</v>
+        <v>45931.561099537</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
+      <c r="F106">
+        <v>0.12</v>
+      </c>
       <c r="G106">
-        <v>105.93</v>
+        <v>104.766667</v>
+      </c>
+      <c r="H106">
+        <v>6293.00002</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>10.5</v>
       </c>
       <c r="K106" s="2">
         <v>45435.0</v>
       </c>
       <c r="L106" s="2">
         <v>46896.0</v>
       </c>
       <c r="M106">
         <v>6200</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>1.779167</v>
+        <v>1.166667</v>
       </c>
       <c r="Q106">
-        <v>104.979167</v>
+        <v>104.766667</v>
       </c>
       <c r="R106">
-        <v>106.869166</v>
+        <v>105.166667</v>
       </c>
       <c r="S106">
-        <v>103.2</v>
+        <v>103.6</v>
       </c>
       <c r="T106">
-        <v>105.089999</v>
+        <v>104.0</v>
+      </c>
+      <c r="X106">
+        <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45859.573043981</v>
+        <v>45930.57244213</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="F107">
-        <v>0.99</v>
+        <v>-0.45</v>
       </c>
       <c r="G107">
-        <v>105.93</v>
+        <v>104.6375</v>
       </c>
       <c r="H107">
-        <v>1059.3</v>
+        <v>1046.375</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>10.5</v>
       </c>
       <c r="K107" s="2">
         <v>45435.0</v>
       </c>
       <c r="L107" s="2">
         <v>46896.0</v>
       </c>
       <c r="M107">
         <v>6200</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>1.75</v>
+        <v>1.1375</v>
       </c>
       <c r="Q107">
-        <v>104.951</v>
+        <v>104.6375</v>
       </c>
       <c r="R107">
-        <v>107.009999</v>
+        <v>105.1375</v>
       </c>
       <c r="S107">
-        <v>103.201</v>
+        <v>103.5</v>
       </c>
       <c r="T107">
-        <v>105.259999</v>
+        <v>104.0</v>
       </c>
       <c r="X107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45856.513912037</v>
+        <v>45929.57943287</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
+      <c r="F108">
+        <v>0.03</v>
+      </c>
       <c r="G108">
-        <v>104.891668</v>
+        <v>105.108333</v>
+      </c>
+      <c r="H108">
+        <v>1051.08333</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>10.5</v>
       </c>
       <c r="K108" s="2">
         <v>45435.0</v>
       </c>
       <c r="L108" s="2">
         <v>46896.0</v>
       </c>
       <c r="M108">
         <v>6200</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>1.720833</v>
+        <v>1.108333</v>
       </c>
       <c r="Q108">
-        <v>105.900833</v>
+        <v>104.608333</v>
       </c>
       <c r="R108">
-        <v>106.980832</v>
+        <v>105.108333</v>
       </c>
       <c r="S108">
-        <v>104.18</v>
+        <v>103.5</v>
       </c>
       <c r="T108">
-        <v>105.259999</v>
+        <v>104.0</v>
+      </c>
+      <c r="X108">
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45855.620104167</v>
+        <v>45926.541689815</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109">
-        <v>-0.17</v>
+        <v>-0.74</v>
       </c>
       <c r="G109">
-        <v>104.891668</v>
+        <v>105.079167</v>
       </c>
       <c r="H109">
-        <v>1048.91668</v>
+        <v>3172.37501</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>10.5</v>
       </c>
       <c r="K109" s="2">
         <v>45435.0</v>
       </c>
       <c r="L109" s="2">
         <v>46896.0</v>
       </c>
       <c r="M109">
         <v>6200</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>1.691667</v>
+        <v>1.079167</v>
       </c>
       <c r="Q109">
-        <v>104.891668</v>
+        <v>105.079167</v>
       </c>
       <c r="R109">
-        <v>106.951666</v>
+        <v>106.079167</v>
       </c>
       <c r="S109">
-        <v>103.200001</v>
+        <v>104.0</v>
       </c>
       <c r="T109">
-        <v>105.259999</v>
+        <v>105.0</v>
       </c>
       <c r="X109">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45854.449259259</v>
+        <v>45925.416793981</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="G110">
-        <v>105.075</v>
+        <v>105.8625</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>10.5</v>
       </c>
       <c r="K110" s="2">
         <v>45435.0</v>
       </c>
       <c r="L110" s="2">
         <v>46896.0</v>
       </c>
       <c r="M110">
         <v>6200</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>1.604167</v>
+        <v>1.05</v>
       </c>
       <c r="Q110">
-        <v>104.705168</v>
+        <v>105.05</v>
       </c>
       <c r="R110">
-        <v>106.864167</v>
+        <v>106.05</v>
       </c>
       <c r="S110">
-        <v>103.101001</v>
+        <v>104.0</v>
       </c>
       <c r="T110">
-        <v>105.26</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45853.615358796</v>
+        <v>45924.447430556</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111">
-        <v>-1.38</v>
+        <v>0.03</v>
       </c>
       <c r="G111">
-        <v>105.075</v>
+        <v>105.8625</v>
       </c>
       <c r="H111">
-        <v>9561.69</v>
+        <v>3175.875</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>10.5</v>
       </c>
       <c r="K111" s="2">
         <v>45435.0</v>
       </c>
       <c r="L111" s="2">
         <v>46896.0</v>
       </c>
       <c r="M111">
         <v>6200</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>1.575</v>
+        <v>0.9625</v>
       </c>
       <c r="Q111">
-        <v>104.675</v>
+        <v>105.8625</v>
       </c>
       <c r="R111">
-        <v>106.835</v>
+        <v>105.9625</v>
       </c>
       <c r="S111">
-        <v>103.1</v>
+        <v>104.9</v>
       </c>
       <c r="T111">
-        <v>105.26</v>
+        <v>105.0</v>
       </c>
       <c r="X111">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45852.57568287</v>
+        <v>45923.537233796</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="F112">
-        <v>1.0</v>
+        <v>0.89</v>
       </c>
       <c r="G112">
-        <v>106.544833</v>
+        <v>105.833333</v>
       </c>
       <c r="H112">
-        <v>6299.33998</v>
+        <v>2107.66666</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>10.5</v>
       </c>
       <c r="K112" s="2">
         <v>45435.0</v>
       </c>
       <c r="L112" s="2">
         <v>46896.0</v>
       </c>
       <c r="M112">
         <v>6200</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>1.545833</v>
+        <v>0.933333</v>
       </c>
       <c r="Q112">
-        <v>106.544833</v>
+        <v>104.933333</v>
       </c>
       <c r="R112">
-        <v>106.545833</v>
+        <v>105.833333</v>
       </c>
       <c r="S112">
-        <v>104.999</v>
+        <v>104.0</v>
       </c>
       <c r="T112">
-        <v>105.0</v>
+        <v>104.9</v>
       </c>
       <c r="X112">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45849.588206019</v>
+        <v>45922.508020833</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
+      <c r="F113">
+        <v>-0.09</v>
+      </c>
       <c r="G113">
-        <v>105.4875</v>
+        <v>104.904167</v>
+      </c>
+      <c r="H113">
+        <v>17923.70839</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>10.5</v>
       </c>
       <c r="K113" s="2">
         <v>45435.0</v>
       </c>
       <c r="L113" s="2">
         <v>46896.0</v>
       </c>
       <c r="M113">
         <v>6200</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>1.516667</v>
+        <v>0.904167</v>
       </c>
       <c r="Q113">
-        <v>105.516667</v>
+        <v>104.404167</v>
       </c>
       <c r="R113">
-        <v>106.515667</v>
+        <v>105.804167</v>
       </c>
       <c r="S113">
-        <v>104.0</v>
+        <v>103.5</v>
       </c>
       <c r="T113">
-        <v>104.999</v>
+        <v>104.9</v>
+      </c>
+      <c r="X113">
+        <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45848.599259259</v>
+        <v>45919.57650463</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="F114">
-        <v>-1.73</v>
+        <v>-0.22</v>
       </c>
       <c r="G114">
-        <v>105.4875</v>
+        <v>105.0</v>
       </c>
       <c r="H114">
-        <v>1054.875</v>
+        <v>1050.0</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>10.5</v>
       </c>
       <c r="K114" s="2">
         <v>45435.0</v>
       </c>
       <c r="L114" s="2">
         <v>46896.0</v>
       </c>
       <c r="M114">
         <v>6200</v>
       </c>
       <c r="N114">
         <v>1000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>1.4875</v>
+        <v>0.875</v>
       </c>
       <c r="Q114">
-        <v>104.6875</v>
+        <v>105.305</v>
       </c>
       <c r="R114">
-        <v>106.4875</v>
+        <v>105.375</v>
       </c>
       <c r="S114">
-        <v>103.2</v>
+        <v>104.43</v>
       </c>
       <c r="T114">
-        <v>105.0</v>
+        <v>104.5</v>
       </c>
       <c r="X114">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45847.487569444</v>
+        <v>45918.420243056</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="G115">
-        <v>107.341667</v>
+        <v>105.229167</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>10.5</v>
       </c>
       <c r="K115" s="2">
         <v>45435.0</v>
       </c>
       <c r="L115" s="2">
         <v>46896.0</v>
       </c>
       <c r="M115">
         <v>6200</v>
       </c>
       <c r="N115">
         <v>1000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>1.4</v>
+        <v>0.845833</v>
       </c>
       <c r="Q115">
-        <v>105.1</v>
+        <v>104.595833</v>
       </c>
       <c r="R115">
-        <v>106.4</v>
+        <v>105.345833</v>
       </c>
       <c r="S115">
-        <v>103.7</v>
+        <v>103.75</v>
       </c>
       <c r="T115">
-        <v>105.0</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45846.649155093</v>
+        <v>45917.473819444</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>107.341667</v>
+        <v>105.229167</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>10.5</v>
       </c>
       <c r="K116" s="2">
         <v>45435.0</v>
       </c>
       <c r="L116" s="2">
         <v>46896.0</v>
       </c>
       <c r="M116">
         <v>6200</v>
       </c>
       <c r="N116">
         <v>1000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>1.370833</v>
+        <v>0.758333</v>
       </c>
       <c r="Q116">
-        <v>104.772833</v>
+        <v>104.258333</v>
       </c>
       <c r="R116">
-        <v>106.370833</v>
+        <v>105.258333</v>
       </c>
       <c r="S116">
-        <v>103.402</v>
+        <v>103.5</v>
       </c>
       <c r="T116">
-        <v>105.0</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45845.649513889</v>
+        <v>45916.633680556</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="F117">
-        <v>0.97</v>
+        <v>-0.23</v>
       </c>
       <c r="G117">
-        <v>107.341667</v>
+        <v>105.229167</v>
       </c>
       <c r="H117">
-        <v>7513.91669</v>
+        <v>2084.59334</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>10.5</v>
       </c>
       <c r="K117" s="2">
         <v>45435.0</v>
       </c>
       <c r="L117" s="2">
         <v>46896.0</v>
       </c>
       <c r="M117">
         <v>6200</v>
       </c>
       <c r="N117">
         <v>1000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>1.341667</v>
+        <v>0.729167</v>
       </c>
       <c r="Q117">
-        <v>104.641668</v>
+        <v>103.240167</v>
       </c>
       <c r="R117">
-        <v>106.341667</v>
+        <v>105.229167</v>
       </c>
       <c r="S117">
-        <v>103.300001</v>
+        <v>102.511</v>
       </c>
       <c r="T117">
-        <v>105.0</v>
+        <v>104.5</v>
       </c>
       <c r="X117">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45842.602777778</v>
+        <v>45915.447962963</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
-      <c r="F118">
-[...1 lines deleted...]
-      </c>
       <c r="G118">
-        <v>106.3125</v>
-[...2 lines deleted...]
-        <v>1063.125</v>
+        <v>105.470833</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>10.5</v>
       </c>
       <c r="K118" s="2">
         <v>45435.0</v>
       </c>
       <c r="L118" s="2">
         <v>46896.0</v>
       </c>
       <c r="M118">
         <v>6200</v>
       </c>
       <c r="N118">
         <v>1000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>1.3125</v>
+        <v>0.7</v>
       </c>
       <c r="Q118">
-        <v>104.9125</v>
+        <v>104.46</v>
       </c>
       <c r="R118">
-        <v>107.3125</v>
+        <v>105.2</v>
       </c>
       <c r="S118">
-        <v>103.6</v>
+        <v>103.76</v>
       </c>
       <c r="T118">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45841.566203704</v>
+        <v>45912.527013889</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
+      <c r="F119">
+        <v>0.33</v>
+      </c>
       <c r="G119">
-        <v>106.193832</v>
+        <v>105.470833</v>
+      </c>
+      <c r="H119">
+        <v>1054.70833</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>10.5</v>
       </c>
       <c r="K119" s="2">
         <v>45435.0</v>
       </c>
       <c r="L119" s="2">
         <v>46896.0</v>
       </c>
       <c r="M119">
         <v>6200</v>
       </c>
       <c r="N119">
         <v>1000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>1.283333</v>
+        <v>0.670833</v>
       </c>
       <c r="Q119">
-        <v>104.283333</v>
+        <v>105.470833</v>
       </c>
       <c r="R119">
-        <v>106.283333</v>
+        <v>105.570833</v>
       </c>
       <c r="S119">
-        <v>103.0</v>
+        <v>104.8</v>
       </c>
       <c r="T119">
-        <v>105.0</v>
+        <v>104.9</v>
+      </c>
+      <c r="X119">
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45840.545983796</v>
+        <v>45911.633900463</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="F120">
-        <v>0.74</v>
+        <v>-0.38</v>
       </c>
       <c r="G120">
-        <v>106.193832</v>
+        <v>105.121667</v>
       </c>
       <c r="H120">
-        <v>6359.68995</v>
+        <v>1051.21667</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>10.5</v>
       </c>
       <c r="K120" s="2">
         <v>45435.0</v>
       </c>
       <c r="L120" s="2">
         <v>46896.0</v>
       </c>
       <c r="M120">
         <v>6200</v>
       </c>
       <c r="N120">
         <v>1000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>1.195833</v>
+        <v>0.641667</v>
       </c>
       <c r="Q120">
-        <v>106.193832</v>
+        <v>103.541667</v>
       </c>
       <c r="R120">
-        <v>106.195833</v>
+        <v>105.441667</v>
       </c>
       <c r="S120">
-        <v>104.997999</v>
+        <v>102.9</v>
       </c>
       <c r="T120">
-        <v>105.0</v>
+        <v>104.8</v>
       </c>
       <c r="X120">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45839.649918981</v>
+        <v>45910.416712963</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
-      <c r="F121">
-[...1 lines deleted...]
-      </c>
       <c r="G121">
-        <v>105.416667</v>
-[...2 lines deleted...]
-        <v>3162.50001</v>
+        <v>105.525</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>10.5</v>
       </c>
       <c r="K121" s="2">
         <v>45435.0</v>
       </c>
       <c r="L121" s="2">
         <v>46896.0</v>
       </c>
       <c r="M121">
         <v>6200</v>
       </c>
       <c r="N121">
         <v>1000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>1.166667</v>
+        <v>0.554167</v>
       </c>
       <c r="Q121">
-        <v>105.416667</v>
+        <v>105.034167</v>
       </c>
       <c r="R121">
-        <v>106.166666</v>
+        <v>105.554167</v>
       </c>
       <c r="S121">
-        <v>104.25</v>
+        <v>104.48</v>
       </c>
       <c r="T121">
-        <v>104.999999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45838.644363426</v>
+        <v>45909.597592593</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="F122">
-        <v>0.98</v>
+        <v>0.03</v>
       </c>
       <c r="G122">
-        <v>106.1375</v>
+        <v>105.525</v>
       </c>
       <c r="H122">
-        <v>1061.375</v>
+        <v>1055.25</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>10.5</v>
       </c>
       <c r="K122" s="2">
         <v>45435.0</v>
       </c>
       <c r="L122" s="2">
         <v>46896.0</v>
       </c>
       <c r="M122">
         <v>6200</v>
       </c>
       <c r="N122">
         <v>1000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>1.1375</v>
+        <v>0.525</v>
       </c>
       <c r="Q122">
-        <v>104.6405</v>
+        <v>105.005</v>
       </c>
       <c r="R122">
-        <v>106.137499</v>
+        <v>105.525</v>
       </c>
       <c r="S122">
-        <v>103.503</v>
+        <v>104.48</v>
       </c>
       <c r="T122">
-        <v>104.999999</v>
+        <v>105.0</v>
       </c>
       <c r="X122">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45835.625451389</v>
+        <v>45908.467280093</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="F123">
-        <v>-1.76</v>
+        <v>0.03</v>
       </c>
       <c r="G123">
-        <v>105.108333</v>
+        <v>105.495833</v>
       </c>
       <c r="H123">
-        <v>1051.08333</v>
+        <v>1054.95833</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>10.5</v>
       </c>
       <c r="K123" s="2">
         <v>45435.0</v>
       </c>
       <c r="L123" s="2">
         <v>46896.0</v>
       </c>
       <c r="M123">
         <v>6200</v>
       </c>
       <c r="N123">
         <v>1000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>1.108333</v>
+        <v>0.495833</v>
       </c>
       <c r="Q123">
-        <v>104.659333</v>
+        <v>105.295833</v>
       </c>
       <c r="R123">
-        <v>106.108333</v>
+        <v>105.495833</v>
       </c>
       <c r="S123">
-        <v>103.551</v>
+        <v>104.8</v>
       </c>
       <c r="T123">
         <v>105.0</v>
       </c>
       <c r="X123">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45834.512696759</v>
+        <v>45905.443541667</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
+      <c r="F124">
+        <v>0.11</v>
+      </c>
       <c r="G124">
-        <v>106.990667</v>
+        <v>105.466667</v>
+      </c>
+      <c r="H124">
+        <v>1054.66667</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>10.5</v>
       </c>
       <c r="K124" s="2">
         <v>45435.0</v>
       </c>
       <c r="L124" s="2">
         <v>46896.0</v>
       </c>
       <c r="M124">
         <v>6200</v>
       </c>
       <c r="N124">
         <v>1000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>1.079167</v>
+        <v>0.466667</v>
       </c>
       <c r="Q124">
-        <v>104.729168</v>
+        <v>105.266667</v>
       </c>
       <c r="R124">
-        <v>105.979167</v>
+        <v>105.466667</v>
       </c>
       <c r="S124">
-        <v>103.650001</v>
+        <v>104.8</v>
       </c>
       <c r="T124">
-        <v>104.9</v>
+        <v>105.0</v>
+      </c>
+      <c r="X124">
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45833.64787037</v>
+        <v>45904.416701389</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
-      <c r="F125">
-[...1 lines deleted...]
-      </c>
       <c r="G125">
-        <v>106.990667</v>
-[...2 lines deleted...]
-        <v>4204.68668</v>
+        <v>105.35</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>10.5</v>
       </c>
       <c r="K125" s="2">
         <v>45435.0</v>
       </c>
       <c r="L125" s="2">
         <v>46896.0</v>
       </c>
       <c r="M125">
         <v>6200</v>
       </c>
       <c r="N125">
         <v>1000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>0.991667</v>
+        <v>0.4375</v>
       </c>
       <c r="Q125">
-        <v>104.494667</v>
+        <v>104.3775</v>
       </c>
       <c r="R125">
-        <v>106.491667</v>
+        <v>105.4375</v>
       </c>
       <c r="S125">
-        <v>103.503</v>
+        <v>103.94</v>
       </c>
       <c r="T125">
-        <v>105.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45831.515138889</v>
+        <v>45903.629780093</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
+      <c r="F126">
+        <v>0.03</v>
+      </c>
       <c r="G126">
-        <v>105.779167</v>
+        <v>105.35</v>
+      </c>
+      <c r="H126">
+        <v>4206.0</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>10.5</v>
       </c>
       <c r="K126" s="2">
         <v>45435.0</v>
       </c>
       <c r="L126" s="2">
         <v>46896.0</v>
       </c>
       <c r="M126">
         <v>6200</v>
       </c>
       <c r="N126">
         <v>1000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>0.933333</v>
+        <v>0.35</v>
+      </c>
+      <c r="Q126">
+        <v>104.29</v>
+      </c>
+      <c r="R126">
+        <v>105.35</v>
+      </c>
+      <c r="S126">
+        <v>103.94</v>
+      </c>
+      <c r="T126">
+        <v>105.0</v>
+      </c>
+      <c r="X126">
+        <v>4</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45828.660474537</v>
+        <v>45902.613634259</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="F127">
-        <v>0.03</v>
+        <v>0.27</v>
       </c>
       <c r="G127">
-        <v>105.779167</v>
+        <v>105.320833</v>
       </c>
       <c r="H127">
-        <v>1057.79167</v>
+        <v>2106.41666</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>10.5</v>
       </c>
       <c r="K127" s="2">
         <v>45435.0</v>
       </c>
       <c r="L127" s="2">
         <v>46896.0</v>
       </c>
       <c r="M127">
         <v>6200</v>
       </c>
       <c r="N127">
         <v>1000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>0.904167</v>
+        <v>0.320833</v>
       </c>
       <c r="Q127">
-        <v>104.405168</v>
+        <v>105.220833</v>
       </c>
       <c r="R127">
-        <v>106.904167</v>
+        <v>105.320833</v>
       </c>
       <c r="S127">
-        <v>103.501001</v>
+        <v>104.9</v>
       </c>
       <c r="T127">
-        <v>106.0</v>
+        <v>105.0</v>
       </c>
       <c r="X127">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45827.611203704</v>
+        <v>45901.486145833</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="F128">
-        <v>1.6</v>
+        <v>-0.21</v>
       </c>
       <c r="G128">
-        <v>105.75</v>
+        <v>105.041667</v>
       </c>
       <c r="H128">
-        <v>2106.25</v>
+        <v>1050.41667</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>10.5</v>
       </c>
       <c r="K128" s="2">
         <v>45435.0</v>
       </c>
       <c r="L128" s="2">
         <v>46896.0</v>
       </c>
       <c r="M128">
         <v>6200</v>
       </c>
       <c r="N128">
         <v>1000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>0.875</v>
+        <v>0.291667</v>
       </c>
       <c r="Q128">
-        <v>105.75</v>
+        <v>104.491667</v>
       </c>
       <c r="R128">
-        <v>106.874</v>
+        <v>105.291667</v>
       </c>
       <c r="S128">
-        <v>104.875</v>
+        <v>104.2</v>
       </c>
       <c r="T128">
-        <v>105.999</v>
+        <v>105.0</v>
       </c>
       <c r="X128">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45826.654733796</v>
+        <v>45898.612303241</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="F129">
-        <v>0.03</v>
+        <v>-0.6</v>
       </c>
       <c r="G129">
-        <v>104.0895</v>
+        <v>105.262499</v>
       </c>
       <c r="H129">
-        <v>1040.895</v>
+        <v>2105.24998</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>10.5</v>
       </c>
       <c r="K129" s="2">
         <v>45435.0</v>
       </c>
       <c r="L129" s="2">
         <v>46896.0</v>
       </c>
       <c r="M129">
         <v>6200</v>
       </c>
       <c r="N129">
         <v>1000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>0.7875</v>
+        <v>0.2625</v>
       </c>
       <c r="Q129">
-        <v>104.2875</v>
+        <v>104.3625</v>
       </c>
       <c r="R129">
-        <v>106.7865</v>
+        <v>105.262499</v>
       </c>
       <c r="S129">
-        <v>103.5</v>
+        <v>104.1</v>
       </c>
       <c r="T129">
-        <v>105.999</v>
+        <v>104.999999</v>
       </c>
       <c r="X129">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45825.657708333</v>
+        <v>45897.634537037</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
-      <c r="F130">
-[...1 lines deleted...]
-      </c>
       <c r="G130">
-        <v>104.059333</v>
-[...2 lines deleted...]
-        <v>4231.34332</v>
+        <v>105.899</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>10.5</v>
       </c>
       <c r="K130" s="2">
         <v>45435.0</v>
       </c>
       <c r="L130" s="2">
         <v>46896.0</v>
       </c>
       <c r="M130">
         <v>6200</v>
       </c>
       <c r="N130">
         <v>1000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>0.758333</v>
+        <v>0.233333</v>
       </c>
       <c r="Q130">
-        <v>104.060333</v>
+        <v>103.037333</v>
       </c>
       <c r="R130">
-        <v>106.557333</v>
+        <v>106.033332</v>
       </c>
       <c r="S130">
-        <v>103.302</v>
+        <v>102.804</v>
       </c>
       <c r="T130">
-        <v>105.799</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>105.799999</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45824.47755787</v>
+        <v>45896.640949074</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="F131">
-        <v>0.22</v>
+        <v>1.88</v>
       </c>
       <c r="G131">
-        <v>105.729167</v>
+        <v>105.899</v>
       </c>
       <c r="H131">
-        <v>3154.87501</v>
+        <v>1058.99</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>10.5</v>
       </c>
       <c r="K131" s="2">
         <v>45435.0</v>
       </c>
       <c r="L131" s="2">
         <v>46896.0</v>
       </c>
       <c r="M131">
         <v>6200</v>
       </c>
       <c r="N131">
         <v>1000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>0.729167</v>
+        <v>0.175</v>
       </c>
       <c r="Q131">
-        <v>103.729168</v>
+        <v>102.876</v>
       </c>
       <c r="R131">
-        <v>105.729167</v>
+        <v>105.974999</v>
       </c>
       <c r="S131">
-        <v>103.000001</v>
+        <v>102.701</v>
       </c>
       <c r="T131">
-        <v>105.0</v>
+        <v>105.799999</v>
       </c>
       <c r="X131">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45821.418101852</v>
+        <v>45895.660902778</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132">
-        <v>0.42</v>
+        <v>1.49</v>
       </c>
       <c r="G132">
-        <v>105.5</v>
+        <v>103.945833</v>
       </c>
       <c r="H132">
-        <v>1055.0</v>
+        <v>1039.45833</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>10.5</v>
       </c>
       <c r="K132" s="2">
         <v>45435.0</v>
       </c>
       <c r="L132" s="2">
         <v>46896.0</v>
       </c>
       <c r="M132">
         <v>6200</v>
       </c>
       <c r="N132">
         <v>1000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>0.7</v>
+        <v>0.145833</v>
       </c>
       <c r="Q132">
-        <v>104.2</v>
+        <v>104.145833</v>
       </c>
       <c r="R132">
-        <v>105.5</v>
+        <v>105.944833</v>
       </c>
       <c r="S132">
-        <v>103.5</v>
+        <v>104.0</v>
       </c>
       <c r="T132">
-        <v>104.8</v>
+        <v>105.799</v>
       </c>
       <c r="X132">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45820.416828704</v>
+        <v>45894.644560185</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
+      <c r="F133">
+        <v>0.35</v>
+      </c>
       <c r="G133">
-        <v>105.054167</v>
+        <v>102.416668</v>
+      </c>
+      <c r="H133">
+        <v>3072.50004</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>10.5</v>
       </c>
       <c r="K133" s="2">
         <v>45435.0</v>
       </c>
       <c r="L133" s="2">
         <v>46896.0</v>
       </c>
       <c r="M133">
         <v>6200</v>
       </c>
       <c r="N133">
         <v>1000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>0.670833</v>
+        <v>0.116667</v>
       </c>
       <c r="Q133">
-        <v>104.170833</v>
+        <v>103.116667</v>
       </c>
       <c r="R133">
-        <v>105.470833</v>
+        <v>104.356667</v>
       </c>
       <c r="S133">
-        <v>103.5</v>
+        <v>103.0</v>
       </c>
       <c r="T133">
-        <v>104.8</v>
+        <v>104.24</v>
+      </c>
+      <c r="X133">
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45819.416678241</v>
+        <v>45891.586527778</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="G134">
-        <v>105.054167</v>
+        <v>102.058333</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>10.5</v>
       </c>
       <c r="K134" s="2">
         <v>45435.0</v>
       </c>
       <c r="L134" s="2">
         <v>46896.0</v>
       </c>
       <c r="M134">
         <v>6200</v>
       </c>
       <c r="N134">
         <v>1000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>0.583333</v>
+        <v>0.0875</v>
       </c>
       <c r="Q134">
-        <v>104.083333</v>
+        <v>104.2475</v>
       </c>
       <c r="R134">
-        <v>105.383333</v>
+        <v>105.6675</v>
       </c>
       <c r="S134">
-        <v>103.5</v>
+        <v>104.16</v>
       </c>
       <c r="T134">
-        <v>104.8</v>
+        <v>105.58</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45818.633634259</v>
+        <v>45890.503252315</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="F135">
-        <v>0.94</v>
+        <v>-2.77</v>
       </c>
       <c r="G135">
-        <v>105.054167</v>
+        <v>102.058333</v>
       </c>
       <c r="H135">
-        <v>3146.27501</v>
+        <v>2041.16666</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>10.5</v>
       </c>
       <c r="K135" s="2">
         <v>45435.0</v>
       </c>
       <c r="L135" s="2">
         <v>46896.0</v>
       </c>
       <c r="M135">
         <v>6200</v>
       </c>
       <c r="N135">
         <v>1000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>0.554167</v>
+        <v>0.058333</v>
       </c>
       <c r="Q135">
-        <v>104.554167</v>
+        <v>104.148333</v>
       </c>
       <c r="R135">
-        <v>105.354167</v>
+        <v>105.638333</v>
       </c>
       <c r="S135">
-        <v>104.0</v>
+        <v>104.09</v>
       </c>
       <c r="T135">
-        <v>104.8</v>
+        <v>105.58</v>
       </c>
       <c r="X135">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45817.627719907</v>
+        <v>45889.354803241</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
-      <c r="F136">
-[...1 lines deleted...]
-      </c>
       <c r="G136">
-        <v>104.075</v>
-[...2 lines deleted...]
-        <v>2081.5</v>
+        <v>104.966667</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>10.5</v>
       </c>
       <c r="K136" s="2">
         <v>45435.0</v>
       </c>
       <c r="L136" s="2">
         <v>46896.0</v>
       </c>
       <c r="M136">
         <v>6200</v>
       </c>
       <c r="N136">
         <v>1000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>0.525</v>
-[...14 lines deleted...]
-        <v>2</v>
+        <v>2.595833</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45814.631840278</v>
+        <v>45888.608784722</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="F137">
-        <v>0.96</v>
+        <v>-2.89</v>
       </c>
       <c r="G137">
-        <v>104.464833</v>
+        <v>104.966667</v>
       </c>
       <c r="H137">
-        <v>1044.64833</v>
+        <v>21067.9334</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>10.5</v>
       </c>
       <c r="K137" s="2">
         <v>45435.0</v>
       </c>
       <c r="L137" s="2">
         <v>46896.0</v>
       </c>
       <c r="M137">
         <v>6200</v>
       </c>
       <c r="N137">
         <v>1000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>0.495833</v>
+        <v>2.566667</v>
       </c>
       <c r="Q137">
-        <v>103.995833</v>
+        <v>104.596667</v>
       </c>
       <c r="R137">
-        <v>104.495833</v>
+        <v>108.146667</v>
       </c>
       <c r="S137">
-        <v>103.5</v>
+        <v>102.03</v>
       </c>
       <c r="T137">
-        <v>104.0</v>
+        <v>105.58</v>
       </c>
       <c r="X137">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45813.566597222</v>
+        <v>45887.525138889</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
-      <c r="F138">
-[...1 lines deleted...]
-      </c>
       <c r="G138">
-        <v>103.468667</v>
-[...2 lines deleted...]
-        <v>1034.68667</v>
+        <v>108.088332</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>10.5</v>
       </c>
       <c r="K138" s="2">
         <v>45435.0</v>
       </c>
       <c r="L138" s="2">
         <v>46896.0</v>
       </c>
       <c r="M138">
         <v>6200</v>
       </c>
       <c r="N138">
         <v>1000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>0.466667</v>
+        <v>2.5375</v>
       </c>
       <c r="Q138">
-        <v>103.966667</v>
+        <v>105.6575</v>
       </c>
       <c r="R138">
-        <v>105.266667</v>
+        <v>107.9375</v>
       </c>
       <c r="S138">
-        <v>103.5</v>
+        <v>103.12</v>
       </c>
       <c r="T138">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.4</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45812.658935185</v>
+        <v>45884.574351852</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="F139">
-        <v>1.36</v>
+        <v>2.54</v>
       </c>
       <c r="G139">
-        <v>105.179167</v>
+        <v>108.088332</v>
       </c>
       <c r="H139">
-        <v>1051.79167</v>
+        <v>1080.88332</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>10.5</v>
       </c>
       <c r="K139" s="2">
         <v>45435.0</v>
       </c>
       <c r="L139" s="2">
         <v>46896.0</v>
       </c>
       <c r="M139">
         <v>6200</v>
       </c>
       <c r="N139">
         <v>1000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>0.379167</v>
+        <v>2.508333</v>
       </c>
       <c r="Q139">
-        <v>103.879167</v>
+        <v>105.618334</v>
       </c>
       <c r="R139">
-        <v>105.179167</v>
+        <v>108.088333</v>
       </c>
       <c r="S139">
-        <v>103.5</v>
+        <v>103.110001</v>
       </c>
       <c r="T139">
-        <v>104.8</v>
+        <v>105.58</v>
       </c>
       <c r="X139">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45811.429907407</v>
+        <v>45883.653657407</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
-      <c r="F140">
-[...1 lines deleted...]
-      </c>
       <c r="G140">
-        <v>103.77</v>
-[...2 lines deleted...]
-        <v>1037.7</v>
+        <v>105.410001</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>10.5</v>
       </c>
       <c r="K140" s="2">
         <v>45435.0</v>
       </c>
       <c r="L140" s="2">
         <v>46896.0</v>
       </c>
       <c r="M140">
         <v>6200</v>
       </c>
       <c r="N140">
         <v>1000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>0.35</v>
+        <v>2.479167</v>
       </c>
       <c r="Q140">
-        <v>103.77</v>
+        <v>105.679167</v>
       </c>
       <c r="R140">
-        <v>105.15</v>
+        <v>108.059166</v>
       </c>
       <c r="S140">
-        <v>103.42</v>
+        <v>103.2</v>
       </c>
       <c r="T140">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.579999</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45810.658842593</v>
+        <v>45882.645173611</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
+      <c r="F141">
+        <v>-1.67</v>
+      </c>
       <c r="G141">
-        <v>103.790833</v>
+        <v>105.410001</v>
       </c>
       <c r="H141">
-        <v>7307.15831</v>
+        <v>1054.10001</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>10.5</v>
       </c>
       <c r="K141" s="2">
         <v>45435.0</v>
       </c>
       <c r="L141" s="2">
         <v>46896.0</v>
       </c>
       <c r="M141">
         <v>6200</v>
       </c>
       <c r="N141">
         <v>1000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>0.320833</v>
+        <v>2.391667</v>
       </c>
       <c r="Q141">
-        <v>103.420833</v>
+        <v>105.441668</v>
       </c>
       <c r="R141">
-        <v>104.641833</v>
+        <v>107.971666</v>
       </c>
       <c r="S141">
-        <v>103.1</v>
+        <v>103.050001</v>
       </c>
       <c r="T141">
-        <v>104.321</v>
+        <v>105.579999</v>
       </c>
       <c r="X141">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45807.653055556</v>
+        <v>45881.484583333</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="F142">
-        <v>0.57</v>
+        <v>-0.09</v>
       </c>
       <c r="G142">
-        <v>103.791667</v>
+        <v>107.2025</v>
       </c>
       <c r="H142">
-        <v>3113.75001</v>
+        <v>2145.65</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>10.5</v>
       </c>
       <c r="K142" s="2">
         <v>45435.0</v>
       </c>
       <c r="L142" s="2">
         <v>46896.0</v>
       </c>
       <c r="M142">
         <v>6200</v>
       </c>
       <c r="N142">
         <v>1000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>0.291667</v>
+        <v>2.3625</v>
       </c>
       <c r="Q142">
-        <v>103.391667</v>
+        <v>107.2025</v>
       </c>
       <c r="R142">
-        <v>104.791666</v>
+        <v>107.9425</v>
       </c>
       <c r="S142">
-        <v>103.1</v>
+        <v>104.84</v>
       </c>
       <c r="T142">
-        <v>104.499999</v>
+        <v>105.58</v>
       </c>
       <c r="X142">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45805.608738426</v>
+        <v>45880.452696759</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="F143">
-        <v>-1.69</v>
+        <v>0.19</v>
       </c>
       <c r="G143">
-        <v>103.204168</v>
+        <v>107.303333</v>
       </c>
       <c r="H143">
-        <v>2066.08335</v>
+        <v>1073.03333</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>10.5</v>
       </c>
       <c r="K143" s="2">
         <v>45435.0</v>
       </c>
       <c r="L143" s="2">
         <v>46896.0</v>
       </c>
       <c r="M143">
         <v>6200</v>
       </c>
       <c r="N143">
         <v>1000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>0.204167</v>
+        <v>2.333333</v>
       </c>
       <c r="Q143">
-        <v>103.204167</v>
+        <v>107.133333</v>
       </c>
       <c r="R143">
-        <v>104.204167</v>
+        <v>107.913333</v>
       </c>
       <c r="S143">
-        <v>103.0</v>
+        <v>104.8</v>
       </c>
       <c r="T143">
-        <v>104.0</v>
+        <v>105.58</v>
       </c>
       <c r="X143">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45804.56306713</v>
+        <v>45877.647905093</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="F144">
-        <v>0.12</v>
+        <v>-0.32</v>
       </c>
       <c r="G144">
-        <v>104.975</v>
+        <v>107.104167</v>
       </c>
       <c r="H144">
-        <v>5247.85</v>
+        <v>3182.42502</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>10.5</v>
       </c>
       <c r="K144" s="2">
         <v>45435.0</v>
       </c>
       <c r="L144" s="2">
         <v>46896.0</v>
       </c>
       <c r="M144">
         <v>6200</v>
       </c>
       <c r="N144">
         <v>1000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>0.175</v>
+        <v>2.304167</v>
       </c>
       <c r="Q144">
-        <v>103.175001</v>
+        <v>107.104167</v>
       </c>
       <c r="R144">
-        <v>104.975</v>
+        <v>107.884167</v>
       </c>
       <c r="S144">
-        <v>103.000001</v>
+        <v>104.8</v>
       </c>
       <c r="T144">
-        <v>104.8</v>
+        <v>105.58</v>
       </c>
       <c r="X144">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45803.603773148</v>
+        <v>45876.416678241</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
-      <c r="F145">
-[...1 lines deleted...]
-      </c>
       <c r="G145">
-        <v>104.845833</v>
-[...2 lines deleted...]
-        <v>7300.20829</v>
+        <v>107.4475</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>10.5</v>
       </c>
       <c r="K145" s="2">
         <v>45435.0</v>
       </c>
       <c r="L145" s="2">
         <v>46896.0</v>
       </c>
       <c r="M145">
         <v>6200</v>
       </c>
       <c r="N145">
         <v>1000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>0.145833</v>
+        <v>2.275</v>
       </c>
       <c r="Q145">
-        <v>103.145833</v>
+        <v>106.405</v>
       </c>
       <c r="R145">
-        <v>104.915833</v>
+        <v>107.855</v>
       </c>
       <c r="S145">
-        <v>103.0</v>
+        <v>104.13</v>
       </c>
       <c r="T145">
-        <v>104.77</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>105.58</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45800.556898148</v>
+        <v>45875.482141204</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="F146">
-        <v>-0.26</v>
+        <v>0.24</v>
       </c>
       <c r="G146">
-        <v>103.616667</v>
+        <v>107.4475</v>
       </c>
       <c r="H146">
-        <v>6212.00002</v>
+        <v>1074.475</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>10.5</v>
       </c>
       <c r="K146" s="2">
         <v>45435.0</v>
       </c>
       <c r="L146" s="2">
         <v>46896.0</v>
       </c>
       <c r="M146">
         <v>6200</v>
       </c>
       <c r="N146">
         <v>1000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>0.116667</v>
+        <v>2.1875</v>
       </c>
       <c r="Q146">
-        <v>103.116667</v>
+        <v>106.3175</v>
       </c>
       <c r="R146">
-        <v>104.316667</v>
+        <v>107.7675</v>
       </c>
       <c r="S146">
-        <v>103.0</v>
+        <v>104.13</v>
       </c>
       <c r="T146">
-        <v>104.2</v>
+        <v>105.58</v>
       </c>
       <c r="X146">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45799.647465278</v>
+        <v>45874.416701389</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
-      <c r="F147">
-[...1 lines deleted...]
-      </c>
       <c r="G147">
-        <v>103.8875</v>
-[...2 lines deleted...]
-        <v>7272.125</v>
+        <v>107.19</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>10.5</v>
       </c>
       <c r="K147" s="2">
         <v>45435.0</v>
       </c>
       <c r="L147" s="2">
         <v>46896.0</v>
       </c>
       <c r="M147">
         <v>6200</v>
       </c>
       <c r="N147">
         <v>1000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>0.0875</v>
+        <v>2.158333</v>
       </c>
       <c r="Q147">
-        <v>103.0875</v>
+        <v>106.288333</v>
       </c>
       <c r="R147">
-        <v>104.787499</v>
+        <v>107.418333</v>
       </c>
       <c r="S147">
-        <v>103.0</v>
+        <v>104.13</v>
       </c>
       <c r="T147">
-        <v>104.699999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.26</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45798.658680556</v>
+        <v>45873.524722222</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
-      <c r="F148">
-[...1 lines deleted...]
-      </c>
       <c r="G148">
-        <v>104.78</v>
-[...2 lines deleted...]
-        <v>3143.4</v>
+        <v>107.19</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>10.5</v>
       </c>
       <c r="K148" s="2">
         <v>45435.0</v>
       </c>
       <c r="L148" s="2">
         <v>46896.0</v>
       </c>
       <c r="M148">
         <v>6200</v>
       </c>
       <c r="N148">
         <v>1000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
+      <c r="P148">
+        <v>2.129167</v>
+      </c>
       <c r="Q148">
-        <v>102.9</v>
+        <v>106.259167</v>
       </c>
       <c r="R148">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>107.389167</v>
+      </c>
+      <c r="S148">
+        <v>104.13</v>
+      </c>
+      <c r="T148">
+        <v>105.26</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45797.662986111</v>
+        <v>45870.662372685</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="F149">
-        <v>-1.53</v>
+        <v>0.03</v>
       </c>
       <c r="G149">
-        <v>105.126833</v>
+        <v>107.19</v>
       </c>
       <c r="H149">
-        <v>11634.47165</v>
+        <v>4287.6</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>10.5</v>
       </c>
       <c r="K149" s="2">
         <v>45435.0</v>
       </c>
       <c r="L149" s="2">
         <v>46896.0</v>
       </c>
       <c r="M149">
         <v>6200</v>
       </c>
       <c r="N149">
         <v>1000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>2.595833</v>
+        <v>2.1</v>
       </c>
       <c r="Q149">
-        <v>105.016833</v>
+        <v>105.43</v>
       </c>
       <c r="R149">
-        <v>106.785833</v>
+        <v>107.36</v>
       </c>
       <c r="S149">
-        <v>102.421</v>
+        <v>103.33</v>
       </c>
       <c r="T149">
-        <v>104.19</v>
+        <v>105.26</v>
       </c>
       <c r="X149">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45796.608576389</v>
+        <v>45869.649861111</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="F150">
-        <v>1.75</v>
+        <v>2.04</v>
       </c>
       <c r="G150">
-        <v>106.765667</v>
+        <v>107.160833</v>
       </c>
       <c r="H150">
-        <v>6405.93999</v>
+        <v>6429.64998</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>10.5</v>
       </c>
       <c r="K150" s="2">
         <v>45435.0</v>
       </c>
       <c r="L150" s="2">
         <v>46896.0</v>
       </c>
       <c r="M150">
         <v>6200</v>
       </c>
       <c r="N150">
         <v>1000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>2.566667</v>
+        <v>2.070833</v>
       </c>
       <c r="Q150">
-        <v>105.066667</v>
+        <v>107.160833</v>
       </c>
       <c r="R150">
-        <v>106.765667</v>
+        <v>107.330833</v>
       </c>
       <c r="S150">
-        <v>102.5</v>
+        <v>105.09</v>
       </c>
       <c r="T150">
-        <v>104.199</v>
+        <v>105.26</v>
       </c>
       <c r="X150">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45793.666168981</v>
+        <v>45868.636747685</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
+      <c r="F151">
+        <v>-0.12</v>
+      </c>
       <c r="G151">
-        <v>104.930334</v>
+        <v>105.023333</v>
+      </c>
+      <c r="H151">
+        <v>1050.23333</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>10.5</v>
       </c>
       <c r="K151" s="2">
         <v>45435.0</v>
       </c>
       <c r="L151" s="2">
         <v>46896.0</v>
       </c>
       <c r="M151">
         <v>6200</v>
       </c>
       <c r="N151">
         <v>1000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>2.5375</v>
+        <v>1.983333</v>
       </c>
       <c r="Q151">
-        <v>105.0375</v>
+        <v>105.584334</v>
       </c>
       <c r="R151">
-        <v>106.9365</v>
+        <v>107.073333</v>
       </c>
       <c r="S151">
-        <v>102.5</v>
+        <v>103.601001</v>
       </c>
       <c r="T151">
-        <v>104.399</v>
+        <v>105.09</v>
+      </c>
+      <c r="X151">
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45792.638738426</v>
+        <v>45867.641805556</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="F152">
-        <v>-1.76</v>
+        <v>-0.76</v>
       </c>
       <c r="G152">
-        <v>104.930334</v>
+        <v>105.154167</v>
       </c>
       <c r="H152">
-        <v>3147.91002</v>
+        <v>1051.54167</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>10.5</v>
       </c>
       <c r="K152" s="2">
         <v>45435.0</v>
       </c>
       <c r="L152" s="2">
         <v>46896.0</v>
       </c>
       <c r="M152">
         <v>6200</v>
       </c>
       <c r="N152">
         <v>1000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>2.508333</v>
+        <v>1.954167</v>
       </c>
       <c r="Q152">
-        <v>104.930334</v>
+        <v>105.154167</v>
       </c>
       <c r="R152">
-        <v>106.219333</v>
+        <v>107.044167</v>
       </c>
       <c r="S152">
-        <v>102.422001</v>
+        <v>103.2</v>
       </c>
       <c r="T152">
-        <v>103.711</v>
+        <v>105.09</v>
       </c>
       <c r="X152">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45791.528113426</v>
+        <v>45866.640636574</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="F153">
-        <v>0.02</v>
+        <v>-0.96</v>
       </c>
       <c r="G153">
-        <v>106.809833</v>
+        <v>105.954167</v>
       </c>
       <c r="H153">
-        <v>21359.2966</v>
+        <v>1059.54167</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>10.5</v>
       </c>
       <c r="K153" s="2">
         <v>45435.0</v>
       </c>
       <c r="L153" s="2">
         <v>46896.0</v>
       </c>
       <c r="M153">
         <v>6200</v>
       </c>
       <c r="N153">
         <v>1000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>2.420833</v>
+        <v>1.954167</v>
       </c>
       <c r="Q153">
-        <v>104.850834</v>
+        <v>105.454168</v>
       </c>
       <c r="R153">
-        <v>106.809833</v>
+        <v>107.044167</v>
       </c>
       <c r="S153">
-        <v>102.430001</v>
+        <v>103.500001</v>
       </c>
       <c r="T153">
-        <v>104.389</v>
+        <v>105.09</v>
       </c>
       <c r="X153">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45790.601539352</v>
+        <v>45863.587488426</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
-      <c r="F154">
-[...1 lines deleted...]
-      </c>
       <c r="G154">
-        <v>106.790667</v>
-[...2 lines deleted...]
-        <v>6407.44002</v>
+        <v>106.985833</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>10.5</v>
       </c>
       <c r="K154" s="2">
         <v>45435.0</v>
       </c>
       <c r="L154" s="2">
         <v>46896.0</v>
       </c>
       <c r="M154">
         <v>6200</v>
       </c>
       <c r="N154">
         <v>1000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>2.391667</v>
+        <v>1.925</v>
       </c>
       <c r="Q154">
-        <v>104.821668</v>
+        <v>105.125</v>
       </c>
       <c r="R154">
-        <v>106.780667</v>
+        <v>107.015</v>
       </c>
       <c r="S154">
-        <v>102.430001</v>
+        <v>103.2</v>
       </c>
       <c r="T154">
-        <v>104.389</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.09</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45789.660590278</v>
+        <v>45862.477534722</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="F155">
-        <v>0.5</v>
+        <v>0.08</v>
       </c>
       <c r="G155">
-        <v>106.3625</v>
+        <v>106.985833</v>
       </c>
       <c r="H155">
-        <v>2117.25</v>
+        <v>5345.49165</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>10.5</v>
       </c>
       <c r="K155" s="2">
         <v>45435.0</v>
       </c>
       <c r="L155" s="2">
         <v>46896.0</v>
       </c>
       <c r="M155">
         <v>6200</v>
       </c>
       <c r="N155">
         <v>1000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>2.3625</v>
+        <v>1.895833</v>
       </c>
       <c r="Q155">
-        <v>104.772501</v>
+        <v>105.095833</v>
       </c>
       <c r="R155">
-        <v>106.7615</v>
+        <v>106.985833</v>
       </c>
       <c r="S155">
-        <v>102.410001</v>
+        <v>103.2</v>
       </c>
       <c r="T155">
-        <v>104.399</v>
+        <v>105.09</v>
       </c>
       <c r="X155">
         <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45786.454884259</v>
+        <v>45861.661076389</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="F156">
-        <v>-1.02</v>
+        <v>0.91</v>
       </c>
       <c r="G156">
-        <v>105.833333</v>
+        <v>106.898332</v>
       </c>
       <c r="H156">
-        <v>1058.33333</v>
+        <v>1068.98332</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>10.5</v>
       </c>
       <c r="K156" s="2">
         <v>45435.0</v>
       </c>
       <c r="L156" s="2">
         <v>46896.0</v>
       </c>
       <c r="M156">
         <v>6200</v>
       </c>
       <c r="N156">
         <v>1000.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>2.333333</v>
+        <v>1.808333</v>
       </c>
       <c r="Q156">
-        <v>105.833333</v>
+        <v>105.309333</v>
       </c>
       <c r="R156">
-        <v>106.833333</v>
+        <v>106.898333</v>
       </c>
       <c r="S156">
-        <v>103.5</v>
+        <v>103.501</v>
       </c>
       <c r="T156">
-        <v>104.5</v>
+        <v>105.09</v>
       </c>
       <c r="X156">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45785.664606481</v>
+        <v>45860.544398148</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
-      <c r="F157">
-[...1 lines deleted...]
-      </c>
       <c r="G157">
-        <v>106.921167</v>
-[...2 lines deleted...]
-        <v>2132.25334</v>
+        <v>105.93</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>10.5</v>
       </c>
       <c r="K157" s="2">
         <v>45435.0</v>
       </c>
       <c r="L157" s="2">
         <v>46896.0</v>
       </c>
       <c r="M157">
         <v>6200</v>
       </c>
       <c r="N157">
         <v>1000.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>2.304167</v>
+        <v>1.779167</v>
       </c>
       <c r="Q157">
-        <v>106.921167</v>
+        <v>104.979167</v>
       </c>
       <c r="R157">
-        <v>107.003167</v>
+        <v>106.869166</v>
       </c>
       <c r="S157">
-        <v>104.617</v>
+        <v>103.2</v>
       </c>
       <c r="T157">
-        <v>104.699</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.089999</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45784.659155093</v>
+        <v>45859.573043981</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
+      <c r="F158">
+        <v>0.99</v>
+      </c>
       <c r="G158">
-        <v>104.5875</v>
+        <v>105.93</v>
+      </c>
+      <c r="H158">
+        <v>1059.3</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>10.5</v>
       </c>
       <c r="K158" s="2">
         <v>45435.0</v>
       </c>
       <c r="L158" s="2">
         <v>46896.0</v>
       </c>
       <c r="M158">
         <v>6200</v>
       </c>
       <c r="N158">
         <v>1000.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>2.216667</v>
+        <v>1.75</v>
       </c>
       <c r="Q158">
-        <v>105.216667</v>
+        <v>104.951</v>
       </c>
       <c r="R158">
-        <v>106.216666</v>
+        <v>107.009999</v>
       </c>
       <c r="S158">
-        <v>103.0</v>
+        <v>103.201</v>
       </c>
       <c r="T158">
-        <v>103.999999</v>
+        <v>105.259999</v>
+      </c>
+      <c r="X158">
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45783.601701389</v>
+        <v>45856.513912037</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
-      <c r="F159">
-[...1 lines deleted...]
-      </c>
       <c r="G159">
-        <v>104.5875</v>
-[...2 lines deleted...]
-        <v>3153.625</v>
+        <v>104.891668</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>10.5</v>
       </c>
       <c r="K159" s="2">
         <v>45435.0</v>
       </c>
       <c r="L159" s="2">
         <v>46896.0</v>
       </c>
       <c r="M159">
         <v>6200</v>
       </c>
       <c r="N159">
         <v>1000.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>2.1875</v>
+        <v>1.720833</v>
       </c>
       <c r="Q159">
-        <v>104.6975</v>
+        <v>105.900833</v>
       </c>
       <c r="R159">
-        <v>106.187499</v>
+        <v>106.980832</v>
       </c>
       <c r="S159">
-        <v>102.51</v>
+        <v>104.18</v>
       </c>
       <c r="T159">
-        <v>103.999999</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>105.259999</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45782.5884375</v>
+        <v>45855.620104167</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="F160">
-        <v>-0.16</v>
+        <v>-0.17</v>
       </c>
       <c r="G160">
-        <v>104.158333</v>
+        <v>104.891668</v>
       </c>
       <c r="H160">
-        <v>1041.58333</v>
+        <v>1048.91668</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>10.5</v>
       </c>
       <c r="K160" s="2">
         <v>45435.0</v>
       </c>
       <c r="L160" s="2">
         <v>46896.0</v>
       </c>
       <c r="M160">
         <v>6200</v>
       </c>
       <c r="N160">
         <v>1000.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>2.158333</v>
+        <v>1.691667</v>
       </c>
       <c r="Q160">
-        <v>104.558333</v>
+        <v>104.891668</v>
       </c>
       <c r="R160">
-        <v>106.158332</v>
+        <v>106.951666</v>
       </c>
       <c r="S160">
-        <v>102.4</v>
+        <v>103.200001</v>
       </c>
       <c r="T160">
-        <v>103.999999</v>
+        <v>105.259999</v>
       </c>
       <c r="X160">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45779.648506944</v>
+        <v>45854.449259259</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
-      <c r="F161">
-[...1 lines deleted...]
-      </c>
       <c r="G161">
-        <v>104.329167</v>
-[...2 lines deleted...]
-        <v>16788.66672</v>
+        <v>105.075</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>10.5</v>
       </c>
       <c r="K161" s="2">
         <v>45435.0</v>
       </c>
       <c r="L161" s="2">
         <v>46896.0</v>
       </c>
       <c r="M161">
         <v>6200</v>
       </c>
       <c r="N161">
         <v>1000.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>2.129167</v>
+        <v>1.604167</v>
       </c>
       <c r="Q161">
-        <v>102.499168</v>
+        <v>104.705168</v>
       </c>
       <c r="R161">
-        <v>105.429167</v>
+        <v>106.864167</v>
       </c>
       <c r="S161">
-        <v>100.370001</v>
+        <v>103.101001</v>
       </c>
       <c r="T161">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>105.26</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45777.547881944</v>
+        <v>45853.615358796</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="F162">
-        <v>0.08</v>
+        <v>-1.38</v>
       </c>
       <c r="G162">
-        <v>105.4</v>
+        <v>105.075</v>
       </c>
       <c r="H162">
-        <v>2108.0</v>
+        <v>9561.69</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>10.5</v>
       </c>
       <c r="K162" s="2">
         <v>45435.0</v>
       </c>
       <c r="L162" s="2">
         <v>46896.0</v>
       </c>
       <c r="M162">
         <v>6200</v>
       </c>
       <c r="N162">
         <v>1000.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>2.1</v>
+        <v>1.575</v>
       </c>
       <c r="Q162">
-        <v>105.4</v>
+        <v>104.675</v>
       </c>
       <c r="R162">
-        <v>106.1</v>
+        <v>106.835</v>
       </c>
       <c r="S162">
-        <v>103.3</v>
+        <v>103.1</v>
       </c>
       <c r="T162">
-        <v>104.0</v>
+        <v>105.26</v>
       </c>
       <c r="X162">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45776.612488426</v>
+        <v>45852.57568287</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="F163">
-        <v>-0.58</v>
+        <v>1.0</v>
       </c>
       <c r="G163">
-        <v>105.3125</v>
+        <v>106.544833</v>
       </c>
       <c r="H163">
-        <v>3151.375</v>
+        <v>6299.33998</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>10.5</v>
       </c>
       <c r="K163" s="2">
         <v>45435.0</v>
       </c>
       <c r="L163" s="2">
         <v>46896.0</v>
       </c>
       <c r="M163">
         <v>6200</v>
       </c>
       <c r="N163">
         <v>1000.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>2.0125</v>
+        <v>1.545833</v>
       </c>
       <c r="Q163">
-        <v>105.3125</v>
+        <v>106.544833</v>
       </c>
       <c r="R163">
-        <v>106.0125</v>
+        <v>106.545833</v>
       </c>
       <c r="S163">
-        <v>103.3</v>
+        <v>104.999</v>
       </c>
       <c r="T163">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
       <c r="X163">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45775.416736111</v>
+        <v>45849.588206019</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="G164">
-        <v>105.924999</v>
+        <v>105.4875</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>10.5</v>
       </c>
       <c r="K164" s="2">
         <v>45435.0</v>
       </c>
       <c r="L164" s="2">
         <v>46896.0</v>
       </c>
       <c r="M164">
         <v>6200</v>
       </c>
       <c r="N164">
         <v>1000.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>1.954167</v>
+        <v>1.516667</v>
       </c>
       <c r="Q164">
-        <v>104.154167</v>
+        <v>105.516667</v>
       </c>
       <c r="R164">
-        <v>104.854167</v>
+        <v>106.515667</v>
       </c>
       <c r="S164">
-        <v>102.2</v>
+        <v>104.0</v>
       </c>
       <c r="T164">
-        <v>102.9</v>
+        <v>104.999</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45772.600694444</v>
+        <v>45848.599259259</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="F165">
-        <v>1.76</v>
+        <v>-1.73</v>
       </c>
       <c r="G165">
-        <v>105.924999</v>
+        <v>105.4875</v>
       </c>
       <c r="H165">
-        <v>5238.24999</v>
+        <v>1054.875</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>10.5</v>
       </c>
       <c r="K165" s="2">
         <v>45435.0</v>
       </c>
       <c r="L165" s="2">
         <v>46896.0</v>
       </c>
       <c r="M165">
         <v>6200</v>
       </c>
       <c r="N165">
         <v>1000.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>1.925</v>
+        <v>1.4875</v>
       </c>
       <c r="Q165">
-        <v>104.125</v>
+        <v>104.6875</v>
       </c>
       <c r="R165">
-        <v>104.825</v>
+        <v>106.4875</v>
       </c>
       <c r="S165">
-        <v>102.2</v>
+        <v>103.2</v>
       </c>
       <c r="T165">
-        <v>102.9</v>
+        <v>105.0</v>
       </c>
       <c r="X165">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45771.43494213</v>
+        <v>45847.487569444</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
-      <c r="F166">
-[...1 lines deleted...]
-      </c>
       <c r="G166">
-        <v>104.095833</v>
-[...2 lines deleted...]
-        <v>2081.91666</v>
+        <v>107.341667</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>10.5</v>
       </c>
       <c r="K166" s="2">
         <v>45435.0</v>
       </c>
       <c r="L166" s="2">
         <v>46896.0</v>
       </c>
       <c r="M166">
         <v>6200</v>
       </c>
       <c r="N166">
         <v>1000.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>1.895833</v>
+        <v>1.4</v>
       </c>
       <c r="Q166">
-        <v>104.995833</v>
+        <v>105.1</v>
       </c>
       <c r="R166">
-        <v>105.895832</v>
+        <v>106.4</v>
       </c>
       <c r="S166">
-        <v>103.1</v>
+        <v>103.7</v>
       </c>
       <c r="T166">
-        <v>103.999999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45770.44337963</v>
+        <v>45846.649155093</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>105.779166</v>
+        <v>107.341667</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>10.5</v>
       </c>
       <c r="K167" s="2">
         <v>45435.0</v>
       </c>
       <c r="L167" s="2">
         <v>46896.0</v>
       </c>
       <c r="M167">
         <v>6200</v>
       </c>
       <c r="N167">
         <v>1000.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>1.808333</v>
+        <v>1.370833</v>
       </c>
       <c r="Q167">
-        <v>104.008334</v>
+        <v>104.772833</v>
       </c>
       <c r="R167">
-        <v>105.808332</v>
+        <v>106.370833</v>
       </c>
       <c r="S167">
-        <v>102.200001</v>
+        <v>103.402</v>
       </c>
       <c r="T167">
-        <v>103.999999</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45769.614513889</v>
+        <v>45845.649513889</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
       <c r="F168">
-        <v>1.54</v>
+        <v>0.97</v>
       </c>
       <c r="G168">
-        <v>105.779166</v>
+        <v>107.341667</v>
       </c>
       <c r="H168">
-        <v>12583.20003</v>
+        <v>7513.91669</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>10.5</v>
       </c>
       <c r="K168" s="2">
         <v>45435.0</v>
       </c>
       <c r="L168" s="2">
         <v>46896.0</v>
       </c>
       <c r="M168">
         <v>6200</v>
       </c>
       <c r="N168">
         <v>1000.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>1.779167</v>
+        <v>1.341667</v>
       </c>
       <c r="Q168">
-        <v>104.989167</v>
+        <v>104.641668</v>
       </c>
       <c r="R168">
-        <v>105.779166</v>
+        <v>106.341667</v>
       </c>
       <c r="S168">
-        <v>103.21</v>
+        <v>103.300001</v>
       </c>
       <c r="T168">
-        <v>103.999999</v>
+        <v>105.0</v>
       </c>
       <c r="X168">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45764.479849537</v>
+        <v>45842.602777778</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
       <c r="F169">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="G169">
-        <v>104.180001</v>
+        <v>106.3125</v>
       </c>
       <c r="H169">
-        <v>1041.80001</v>
+        <v>1063.125</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>10.5</v>
       </c>
       <c r="K169" s="2">
         <v>45435.0</v>
       </c>
       <c r="L169" s="2">
         <v>46896.0</v>
       </c>
       <c r="M169">
         <v>6200</v>
       </c>
       <c r="N169">
         <v>1000.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>1.75</v>
+        <v>1.3125</v>
       </c>
       <c r="Q169">
-        <v>104.180001</v>
+        <v>104.9125</v>
       </c>
       <c r="R169">
-        <v>105.749999</v>
+        <v>107.3125</v>
       </c>
       <c r="S169">
-        <v>102.430001</v>
+        <v>103.6</v>
       </c>
       <c r="T169">
-        <v>103.999999</v>
+        <v>106.0</v>
       </c>
       <c r="X169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45763.521782407</v>
+        <v>45841.566203704</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
-      <c r="F170">
-[...1 lines deleted...]
-      </c>
       <c r="G170">
-        <v>104.150833</v>
-[...2 lines deleted...]
-        <v>5218.94165</v>
+        <v>106.193832</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>10.5</v>
       </c>
       <c r="K170" s="2">
         <v>45435.0</v>
       </c>
       <c r="L170" s="2">
         <v>46896.0</v>
       </c>
       <c r="M170">
         <v>6200</v>
       </c>
       <c r="N170">
         <v>1000.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>1.720833</v>
+        <v>1.283333</v>
       </c>
       <c r="Q170">
-        <v>104.150834</v>
+        <v>104.283333</v>
       </c>
       <c r="R170">
-        <v>105.720832</v>
+        <v>106.283333</v>
       </c>
       <c r="S170">
-        <v>102.430001</v>
+        <v>103.0</v>
       </c>
       <c r="T170">
-        <v>103.999999</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45762.447685185</v>
+        <v>45840.545983796</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
+      <c r="F171">
+        <v>0.74</v>
+      </c>
       <c r="G171">
-        <v>105.545832</v>
+        <v>106.193832</v>
+      </c>
+      <c r="H171">
+        <v>6359.68995</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>10.5</v>
       </c>
       <c r="K171" s="2">
         <v>45435.0</v>
       </c>
       <c r="L171" s="2">
         <v>46896.0</v>
       </c>
       <c r="M171">
         <v>6200</v>
       </c>
       <c r="N171">
         <v>1000.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>1.575</v>
+        <v>1.195833</v>
       </c>
       <c r="Q171">
-        <v>104.575</v>
+        <v>106.193832</v>
       </c>
       <c r="R171">
-        <v>105.564999</v>
+        <v>106.195833</v>
       </c>
       <c r="S171">
-        <v>103.0</v>
+        <v>104.997999</v>
       </c>
       <c r="T171">
-        <v>103.989999</v>
+        <v>105.0</v>
+      </c>
+      <c r="X171">
+        <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45761.558240741</v>
+        <v>45839.649918981</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="F172">
-        <v>0.98</v>
+        <v>-0.68</v>
       </c>
       <c r="G172">
-        <v>105.545832</v>
+        <v>105.416667</v>
       </c>
       <c r="H172">
-        <v>2110.91664</v>
+        <v>3162.50001</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>10.5</v>
       </c>
       <c r="K172" s="2">
         <v>45435.0</v>
       </c>
       <c r="L172" s="2">
         <v>46896.0</v>
       </c>
       <c r="M172">
         <v>6200</v>
       </c>
       <c r="N172">
         <v>1000.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>1.545833</v>
+        <v>1.166667</v>
       </c>
       <c r="Q172">
-        <v>104.545833</v>
+        <v>105.416667</v>
       </c>
       <c r="R172">
-        <v>105.545832</v>
+        <v>106.166666</v>
       </c>
       <c r="S172">
-        <v>103.0</v>
+        <v>104.25</v>
       </c>
       <c r="T172">
-        <v>103.999999</v>
+        <v>104.999999</v>
       </c>
       <c r="X172">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45758.597083333</v>
+        <v>45838.644363426</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="F173">
-        <v>0.5</v>
+        <v>0.98</v>
       </c>
       <c r="G173">
-        <v>104.516667</v>
+        <v>106.1375</v>
       </c>
       <c r="H173">
-        <v>1045.16667</v>
+        <v>1061.375</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>10.5</v>
       </c>
       <c r="K173" s="2">
         <v>45435.0</v>
       </c>
       <c r="L173" s="2">
         <v>46896.0</v>
       </c>
       <c r="M173">
         <v>6200</v>
       </c>
       <c r="N173">
         <v>1000.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>1.516667</v>
+        <v>1.1375</v>
       </c>
       <c r="Q173">
-        <v>104.516667</v>
+        <v>104.6405</v>
       </c>
       <c r="R173">
-        <v>105.516666</v>
+        <v>106.137499</v>
       </c>
       <c r="S173">
-        <v>103.0</v>
+        <v>103.503</v>
       </c>
       <c r="T173">
-        <v>103.999999</v>
+        <v>104.999999</v>
       </c>
       <c r="X173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45757.416770833</v>
+        <v>45835.625451389</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
+      <c r="F174">
+        <v>-1.76</v>
+      </c>
       <c r="G174">
-        <v>104.0</v>
+        <v>105.108333</v>
+      </c>
+      <c r="H174">
+        <v>1051.08333</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>10.5</v>
       </c>
       <c r="K174" s="2">
         <v>45435.0</v>
       </c>
       <c r="L174" s="2">
         <v>46896.0</v>
       </c>
       <c r="M174">
         <v>6200</v>
       </c>
       <c r="N174">
         <v>1000.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>1.4875</v>
+        <v>1.108333</v>
       </c>
       <c r="Q174">
-        <v>103.5875</v>
+        <v>104.659333</v>
       </c>
       <c r="R174">
-        <v>104.4875</v>
+        <v>106.108333</v>
       </c>
       <c r="S174">
-        <v>102.1</v>
+        <v>103.551</v>
       </c>
       <c r="T174">
-        <v>103.0</v>
+        <v>105.0</v>
+      </c>
+      <c r="X174">
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45756.536493056</v>
+        <v>45834.512696759</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
-      <c r="F175">
-[...1 lines deleted...]
-      </c>
       <c r="G175">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1040.0</v>
+        <v>106.990667</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>10.5</v>
       </c>
       <c r="K175" s="2">
         <v>45435.0</v>
       </c>
       <c r="L175" s="2">
         <v>46896.0</v>
       </c>
       <c r="M175">
         <v>6200</v>
       </c>
       <c r="N175">
         <v>1000.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
       <c r="P175">
-        <v>1.4</v>
+        <v>1.079167</v>
       </c>
       <c r="Q175">
-        <v>103.5</v>
+        <v>104.729168</v>
       </c>
       <c r="R175">
-        <v>104.4</v>
+        <v>105.979167</v>
       </c>
       <c r="S175">
-        <v>102.1</v>
+        <v>103.650001</v>
       </c>
       <c r="T175">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45755.618506944</v>
+        <v>45833.64787037</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="F176">
-        <v>0.51</v>
+        <v>1.15</v>
       </c>
       <c r="G176">
-        <v>103.870833</v>
+        <v>106.990667</v>
       </c>
       <c r="H176">
-        <v>1038.70833</v>
+        <v>4204.68668</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>10.5</v>
       </c>
       <c r="K176" s="2">
         <v>45435.0</v>
       </c>
       <c r="L176" s="2">
         <v>46896.0</v>
       </c>
       <c r="M176">
         <v>6200</v>
       </c>
       <c r="N176">
         <v>1000.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>1.370833</v>
+        <v>0.991667</v>
       </c>
       <c r="Q176">
-        <v>101.370834</v>
+        <v>104.494667</v>
       </c>
       <c r="R176">
-        <v>104.370833</v>
+        <v>106.491667</v>
       </c>
       <c r="S176">
-        <v>100.000001</v>
+        <v>103.503</v>
       </c>
       <c r="T176">
-        <v>103.0</v>
+        <v>105.5</v>
       </c>
       <c r="X176">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45754.644826389</v>
+        <v>45831.515138889</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
-      <c r="F177">
-[...1 lines deleted...]
-      </c>
       <c r="G177">
-        <v>103.341667</v>
-[...2 lines deleted...]
-        <v>16562.92672</v>
+        <v>105.779167</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>10.5</v>
       </c>
       <c r="K177" s="2">
         <v>45435.0</v>
       </c>
       <c r="L177" s="2">
         <v>46896.0</v>
       </c>
       <c r="M177">
         <v>6200</v>
       </c>
       <c r="N177">
         <v>1000.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>1.341667</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>0.933333</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45751.648981481</v>
+        <v>45828.660474537</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
-        <v>1.88</v>
+        <v>0.03</v>
       </c>
       <c r="G178">
-        <v>103.4125</v>
+        <v>105.779167</v>
       </c>
       <c r="H178">
-        <v>5178.62502</v>
+        <v>1057.79167</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>10.5</v>
       </c>
       <c r="K178" s="2">
         <v>45435.0</v>
       </c>
       <c r="L178" s="2">
         <v>46896.0</v>
       </c>
       <c r="M178">
         <v>6200</v>
       </c>
       <c r="N178">
         <v>1000.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>1.3125</v>
+        <v>0.904167</v>
       </c>
       <c r="Q178">
-        <v>103.4125</v>
+        <v>104.405168</v>
       </c>
       <c r="R178">
-        <v>107.212499</v>
+        <v>106.904167</v>
       </c>
       <c r="S178">
-        <v>102.1</v>
+        <v>103.501001</v>
       </c>
       <c r="T178">
-        <v>105.899999</v>
+        <v>106.0</v>
       </c>
       <c r="X178">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45750.662847222</v>
+        <v>45827.611203704</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="F179">
-        <v>-4.42</v>
+        <v>1.6</v>
       </c>
       <c r="G179">
-        <v>101.5</v>
+        <v>105.75</v>
       </c>
       <c r="H179">
-        <v>2030.0</v>
+        <v>2106.25</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>10.5</v>
       </c>
       <c r="K179" s="2">
         <v>45435.0</v>
       </c>
       <c r="L179" s="2">
         <v>46896.0</v>
       </c>
       <c r="M179">
         <v>6200</v>
       </c>
       <c r="N179">
         <v>1000.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>1.3125</v>
+        <v>0.875</v>
       </c>
       <c r="Q179">
-        <v>101.583333</v>
+        <v>105.75</v>
       </c>
       <c r="R179">
-        <v>107.693333</v>
+        <v>106.874</v>
       </c>
       <c r="S179">
-        <v>100.270833</v>
+        <v>104.875</v>
       </c>
       <c r="T179">
-        <v>106.380833</v>
+        <v>105.999</v>
       </c>
       <c r="X179">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45749.642280093</v>
+        <v>45826.654733796</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="F180">
-        <v>-1.69</v>
+        <v>0.03</v>
       </c>
       <c r="G180">
-        <v>106.195833</v>
+        <v>104.0895</v>
       </c>
       <c r="H180">
-        <v>2123.91666</v>
+        <v>1040.895</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>10.5</v>
       </c>
       <c r="K180" s="2">
         <v>45435.0</v>
       </c>
       <c r="L180" s="2">
         <v>46896.0</v>
       </c>
       <c r="M180">
         <v>6200</v>
       </c>
       <c r="N180">
         <v>1000.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>1.195833</v>
+        <v>0.7875</v>
       </c>
       <c r="Q180">
-        <v>103.895834</v>
+        <v>104.2875</v>
       </c>
       <c r="R180">
-        <v>108.405833</v>
+        <v>106.7865</v>
       </c>
       <c r="S180">
-        <v>102.700001</v>
+        <v>103.5</v>
       </c>
       <c r="T180">
-        <v>107.21</v>
+        <v>105.999</v>
       </c>
       <c r="X180">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45748.421203704</v>
+        <v>45825.657708333</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="F181">
-        <v>0.05</v>
+        <v>-1.58</v>
       </c>
       <c r="G181">
-        <v>108.016667</v>
+        <v>104.059333</v>
       </c>
       <c r="H181">
-        <v>3237.00001</v>
+        <v>4231.34332</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>10.5</v>
       </c>
       <c r="K181" s="2">
         <v>45435.0</v>
       </c>
       <c r="L181" s="2">
         <v>46896.0</v>
       </c>
       <c r="M181">
         <v>6200</v>
       </c>
       <c r="N181">
         <v>1000.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>1.166667</v>
+        <v>0.758333</v>
       </c>
       <c r="Q181">
-        <v>106.166667</v>
+        <v>104.060333</v>
       </c>
       <c r="R181">
-        <v>108.376667</v>
+        <v>106.557333</v>
       </c>
       <c r="S181">
-        <v>105.0</v>
+        <v>103.302</v>
       </c>
       <c r="T181">
-        <v>107.21</v>
+        <v>105.799</v>
       </c>
       <c r="X181">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45747.628449074</v>
+        <v>45824.47755787</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
+      <c r="F182">
+        <v>0.22</v>
+      </c>
       <c r="G182">
-        <v>107.958333</v>
+        <v>105.729167</v>
+      </c>
+      <c r="H182">
+        <v>3154.87501</v>
       </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>10.5</v>
       </c>
       <c r="K182" s="2">
         <v>45435.0</v>
       </c>
       <c r="L182" s="2">
         <v>46896.0</v>
       </c>
       <c r="M182">
         <v>6200</v>
       </c>
       <c r="N182">
         <v>1000.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>1.1375</v>
+        <v>0.729167</v>
       </c>
       <c r="Q182">
-        <v>106.1375</v>
+        <v>103.729168</v>
       </c>
       <c r="R182">
-        <v>107.6375</v>
+        <v>105.729167</v>
       </c>
       <c r="S182">
+        <v>103.000001</v>
+      </c>
+      <c r="T182">
         <v>105.0</v>
       </c>
-      <c r="T182">
-        <v>106.5</v>
+      <c r="X182">
+        <v>3</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45744.619085648</v>
+        <v>45821.418101852</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="F183">
-        <v>0.82</v>
+        <v>0.42</v>
       </c>
       <c r="G183">
-        <v>107.958333</v>
+        <v>105.5</v>
       </c>
       <c r="H183">
-        <v>4314.83332</v>
+        <v>1055.0</v>
       </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>10.5</v>
       </c>
       <c r="K183" s="2">
         <v>45435.0</v>
       </c>
       <c r="L183" s="2">
         <v>46896.0</v>
       </c>
       <c r="M183">
         <v>6200</v>
       </c>
       <c r="N183">
         <v>1000.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>1.108333</v>
+        <v>0.7</v>
       </c>
       <c r="Q183">
-        <v>107.608333</v>
+        <v>104.2</v>
       </c>
       <c r="R183">
-        <v>107.958333</v>
+        <v>105.5</v>
       </c>
       <c r="S183">
-        <v>106.5</v>
+        <v>103.5</v>
       </c>
       <c r="T183">
-        <v>106.85</v>
+        <v>104.8</v>
       </c>
       <c r="X183">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45743.526215278</v>
+        <v>45820.416828704</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
-      <c r="F184">
-[...1 lines deleted...]
-      </c>
       <c r="G184">
-        <v>107.079167</v>
-[...2 lines deleted...]
-        <v>2141.58334</v>
+        <v>105.054167</v>
       </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>10.5</v>
       </c>
       <c r="K184" s="2">
         <v>45435.0</v>
       </c>
       <c r="L184" s="2">
         <v>46896.0</v>
       </c>
       <c r="M184">
         <v>6200</v>
       </c>
       <c r="N184">
         <v>1000.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>1.079167</v>
+        <v>0.670833</v>
       </c>
       <c r="Q184">
-        <v>106.079167</v>
+        <v>104.170833</v>
       </c>
       <c r="R184">
-        <v>107.579167</v>
+        <v>105.470833</v>
       </c>
       <c r="S184">
-        <v>105.0</v>
+        <v>103.5</v>
       </c>
       <c r="T184">
-        <v>106.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.8</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45742.628993056</v>
+        <v>45819.416678241</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
-      <c r="F185">
-[...1 lines deleted...]
-      </c>
       <c r="G185">
-        <v>106.520833</v>
-[...2 lines deleted...]
-        <v>7456.45831</v>
+        <v>105.054167</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>10.5</v>
       </c>
       <c r="K185" s="2">
         <v>45435.0</v>
       </c>
       <c r="L185" s="2">
         <v>46896.0</v>
       </c>
       <c r="M185">
         <v>6200</v>
       </c>
       <c r="N185">
         <v>1000.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>1.020833</v>
+        <v>0.583333</v>
       </c>
       <c r="Q185">
-        <v>106.520833</v>
+        <v>104.083333</v>
       </c>
       <c r="R185">
-        <v>107.020833</v>
+        <v>105.383333</v>
       </c>
       <c r="S185">
-        <v>105.5</v>
+        <v>103.5</v>
       </c>
       <c r="T185">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.8</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45741.620277778</v>
+        <v>45818.633634259</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
-        <v>0.21</v>
+        <v>0.94</v>
       </c>
       <c r="G186">
-        <v>105.991667</v>
+        <v>105.054167</v>
       </c>
       <c r="H186">
-        <v>20138.41673</v>
+        <v>3146.27501</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>10.5</v>
       </c>
       <c r="K186" s="2">
         <v>45435.0</v>
       </c>
       <c r="L186" s="2">
         <v>46896.0</v>
       </c>
       <c r="M186">
         <v>6200</v>
       </c>
       <c r="N186">
         <v>1000.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>0.991667</v>
+        <v>0.554167</v>
       </c>
       <c r="Q186">
-        <v>105.991667</v>
+        <v>104.554167</v>
       </c>
       <c r="R186">
-        <v>106.491667</v>
+        <v>105.354167</v>
       </c>
       <c r="S186">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T186">
-        <v>105.5</v>
+        <v>104.8</v>
       </c>
       <c r="X186">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45740.604814815</v>
+        <v>45817.627719907</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="F187">
-        <v>0.03</v>
+        <v>-0.37</v>
       </c>
       <c r="G187">
-        <v>105.7725</v>
+        <v>104.075</v>
       </c>
       <c r="H187">
-        <v>11725.275</v>
+        <v>2081.5</v>
       </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>10.5</v>
       </c>
       <c r="K187" s="2">
         <v>45435.0</v>
       </c>
       <c r="L187" s="2">
         <v>46896.0</v>
       </c>
       <c r="M187">
         <v>6200</v>
       </c>
       <c r="N187">
         <v>1000.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>0.9625</v>
+        <v>0.525</v>
       </c>
       <c r="Q187">
-        <v>102.962501</v>
+        <v>104.325</v>
       </c>
       <c r="R187">
-        <v>106.9625</v>
+        <v>104.525</v>
       </c>
       <c r="S187">
-        <v>102.000001</v>
+        <v>103.8</v>
       </c>
       <c r="T187">
-        <v>106.0</v>
+        <v>104.0</v>
       </c>
       <c r="X187">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45737.598333333</v>
+        <v>45814.631840278</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="F188">
-        <v>-0.82</v>
+        <v>0.96</v>
       </c>
       <c r="G188">
-        <v>105.743333</v>
+        <v>104.464833</v>
       </c>
       <c r="H188">
-        <v>3182.19999</v>
+        <v>1044.64833</v>
       </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>10.5</v>
       </c>
       <c r="K188" s="2">
         <v>45435.0</v>
       </c>
       <c r="L188" s="2">
         <v>46896.0</v>
       </c>
       <c r="M188">
         <v>6200</v>
       </c>
       <c r="N188">
         <v>1000.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>0.933333</v>
+        <v>0.495833</v>
       </c>
       <c r="Q188">
-        <v>106.633333</v>
+        <v>103.995833</v>
       </c>
       <c r="R188">
-        <v>107.133333</v>
+        <v>104.495833</v>
       </c>
       <c r="S188">
-        <v>105.7</v>
+        <v>103.5</v>
       </c>
       <c r="T188">
-        <v>106.2</v>
+        <v>104.0</v>
       </c>
       <c r="X188">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45736.634988426</v>
+        <v>45813.566597222</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="F189">
-        <v>0.76</v>
+        <v>-1.63</v>
       </c>
       <c r="G189">
-        <v>106.618167</v>
+        <v>103.468667</v>
       </c>
       <c r="H189">
-        <v>4255.68668</v>
+        <v>1034.68667</v>
       </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>10.5</v>
       </c>
       <c r="K189" s="2">
         <v>45435.0</v>
       </c>
       <c r="L189" s="2">
         <v>46896.0</v>
       </c>
       <c r="M189">
         <v>6200</v>
       </c>
       <c r="N189">
         <v>1000.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>0.904167</v>
+        <v>0.466667</v>
       </c>
       <c r="Q189">
-        <v>105.714167</v>
+        <v>103.966667</v>
       </c>
       <c r="R189">
-        <v>107.204167</v>
+        <v>105.266667</v>
       </c>
       <c r="S189">
-        <v>104.81</v>
+        <v>103.5</v>
       </c>
       <c r="T189">
-        <v>106.3</v>
+        <v>104.8</v>
       </c>
       <c r="X189">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45735.586388889</v>
+        <v>45812.658935185</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="F190">
-        <v>0.98</v>
+        <v>1.36</v>
       </c>
       <c r="G190">
-        <v>105.816667</v>
+        <v>105.179167</v>
       </c>
       <c r="H190">
-        <v>5289.03335</v>
+        <v>1051.79167</v>
       </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>10.5</v>
       </c>
       <c r="K190" s="2">
         <v>45435.0</v>
       </c>
       <c r="L190" s="2">
         <v>46896.0</v>
       </c>
       <c r="M190">
         <v>6200</v>
       </c>
       <c r="N190">
         <v>1000.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
       <c r="P190">
-        <v>0.816667</v>
+        <v>0.379167</v>
       </c>
       <c r="Q190">
-        <v>105.626667</v>
+        <v>103.879167</v>
       </c>
       <c r="R190">
-        <v>106.443667</v>
+        <v>105.179167</v>
       </c>
       <c r="S190">
-        <v>104.81</v>
+        <v>103.5</v>
       </c>
       <c r="T190">
-        <v>105.627</v>
+        <v>104.8</v>
       </c>
       <c r="X190">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45734.472962963</v>
+        <v>45811.429907407</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="F191">
-        <v>-0.45</v>
+        <v>-0.02</v>
       </c>
       <c r="G191">
-        <v>104.7875</v>
+        <v>103.77</v>
       </c>
       <c r="H191">
-        <v>1047.875</v>
+        <v>1037.7</v>
       </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
         <v>10.5</v>
       </c>
       <c r="K191" s="2">
         <v>45435.0</v>
       </c>
       <c r="L191" s="2">
         <v>46896.0</v>
       </c>
       <c r="M191">
         <v>6200</v>
       </c>
       <c r="N191">
         <v>1000.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>0.7875</v>
+        <v>0.35</v>
       </c>
       <c r="Q191">
-        <v>105.5975</v>
+        <v>103.77</v>
       </c>
       <c r="R191">
-        <v>105.7875</v>
+        <v>105.15</v>
       </c>
       <c r="S191">
-        <v>104.81</v>
+        <v>103.42</v>
       </c>
       <c r="T191">
-        <v>105.0</v>
+        <v>104.8</v>
       </c>
       <c r="X191">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45733.6428125</v>
+        <v>45810.658842593</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
-      <c r="F192">
-[...1 lines deleted...]
-      </c>
       <c r="G192">
-        <v>105.258333</v>
+        <v>103.790833</v>
       </c>
       <c r="H192">
-        <v>1052.58333</v>
+        <v>7307.15831</v>
       </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>10.5</v>
       </c>
       <c r="K192" s="2">
         <v>45435.0</v>
       </c>
       <c r="L192" s="2">
         <v>46896.0</v>
       </c>
       <c r="M192">
         <v>6200</v>
       </c>
       <c r="N192">
         <v>1000.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>0.758333</v>
+        <v>0.320833</v>
       </c>
       <c r="Q192">
-        <v>101.868334</v>
+        <v>103.420833</v>
       </c>
       <c r="R192">
-        <v>105.758333</v>
+        <v>104.641833</v>
       </c>
       <c r="S192">
-        <v>101.110001</v>
+        <v>103.1</v>
       </c>
       <c r="T192">
-        <v>105.0</v>
+        <v>104.321</v>
       </c>
       <c r="X192">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45730.588726852</v>
+        <v>45807.653055556</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="F193">
-        <v>0.6</v>
+        <v>0.57</v>
       </c>
       <c r="G193">
-        <v>105.229167</v>
+        <v>103.791667</v>
       </c>
       <c r="H193">
-        <v>1052.29167</v>
+        <v>3113.75001</v>
       </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>10.5</v>
       </c>
       <c r="K193" s="2">
         <v>45435.0</v>
       </c>
       <c r="L193" s="2">
         <v>46896.0</v>
       </c>
       <c r="M193">
         <v>6200</v>
       </c>
       <c r="N193">
         <v>1000.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>0.729167</v>
+        <v>0.291667</v>
       </c>
       <c r="Q193">
-        <v>105.229167</v>
+        <v>103.391667</v>
       </c>
       <c r="R193">
-        <v>107.029167</v>
+        <v>104.791666</v>
       </c>
       <c r="S193">
-        <v>104.5</v>
+        <v>103.1</v>
       </c>
       <c r="T193">
-        <v>106.3</v>
+        <v>104.499999</v>
       </c>
       <c r="X193">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45729.631435185</v>
+        <v>45805.608738426</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
       <c r="F194">
-        <v>-0.96</v>
+        <v>-1.69</v>
       </c>
       <c r="G194">
-        <v>104.6</v>
+        <v>103.204168</v>
       </c>
       <c r="H194">
-        <v>3184.99999</v>
+        <v>2066.08335</v>
       </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>10.5</v>
       </c>
       <c r="K194" s="2">
         <v>45435.0</v>
       </c>
       <c r="L194" s="2">
         <v>46896.0</v>
       </c>
       <c r="M194">
         <v>6200</v>
       </c>
       <c r="N194">
         <v>1000.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>0.7</v>
+        <v>0.204167</v>
       </c>
       <c r="Q194">
-        <v>104.6</v>
+        <v>103.204167</v>
       </c>
       <c r="R194">
-        <v>107.0</v>
+        <v>104.204167</v>
       </c>
       <c r="S194">
-        <v>103.9</v>
+        <v>103.0</v>
       </c>
       <c r="T194">
-        <v>106.3</v>
+        <v>104.0</v>
       </c>
       <c r="X194">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45728.549930556</v>
+        <v>45804.56306713</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="F195">
-        <v>-1.35</v>
+        <v>0.12</v>
       </c>
       <c r="G195">
-        <v>105.6125</v>
+        <v>104.975</v>
       </c>
       <c r="H195">
-        <v>2112.15</v>
+        <v>5247.85</v>
       </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>10.5</v>
       </c>
       <c r="K195" s="2">
         <v>45435.0</v>
       </c>
       <c r="L195" s="2">
         <v>46896.0</v>
       </c>
       <c r="M195">
         <v>6200</v>
       </c>
       <c r="N195">
         <v>1000.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>0.6125</v>
+        <v>0.175</v>
       </c>
       <c r="Q195">
-        <v>103.612501</v>
+        <v>103.175001</v>
       </c>
       <c r="R195">
-        <v>106.6125</v>
+        <v>104.975</v>
       </c>
       <c r="S195">
         <v>103.000001</v>
       </c>
       <c r="T195">
-        <v>106.0</v>
+        <v>104.8</v>
       </c>
       <c r="X195">
         <v>2</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45727.641493056</v>
+        <v>45803.603773148</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
+      <c r="F196">
+        <v>1.19</v>
+      </c>
       <c r="G196">
-        <v>107.054166</v>
+        <v>104.845833</v>
+      </c>
+      <c r="H196">
+        <v>7300.20829</v>
       </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>10.5</v>
       </c>
       <c r="K196" s="2">
         <v>45435.0</v>
       </c>
       <c r="L196" s="2">
         <v>46896.0</v>
       </c>
       <c r="M196">
         <v>6200</v>
       </c>
       <c r="N196">
         <v>1000.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>0.583333</v>
+        <v>0.145833</v>
       </c>
       <c r="Q196">
-        <v>101.683334</v>
+        <v>103.145833</v>
       </c>
       <c r="R196">
-        <v>105.583333</v>
+        <v>104.915833</v>
       </c>
       <c r="S196">
-        <v>101.100001</v>
+        <v>103.0</v>
       </c>
       <c r="T196">
-        <v>105.0</v>
+        <v>104.77</v>
+      </c>
+      <c r="X196">
+        <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45726.635474537</v>
+        <v>45800.556898148</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="F197">
-        <v>2.42</v>
+        <v>-0.26</v>
       </c>
       <c r="G197">
-        <v>107.054166</v>
+        <v>103.616667</v>
       </c>
       <c r="H197">
-        <v>2080.58333</v>
+        <v>6212.00002</v>
       </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>10.5</v>
       </c>
       <c r="K197" s="2">
         <v>45435.0</v>
       </c>
       <c r="L197" s="2">
         <v>46896.0</v>
       </c>
       <c r="M197">
         <v>6200</v>
       </c>
       <c r="N197">
         <v>1000.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>0.554167</v>
+        <v>0.116667</v>
       </c>
       <c r="Q197">
-        <v>101.654168</v>
+        <v>103.116667</v>
       </c>
       <c r="R197">
-        <v>106.954165</v>
+        <v>104.316667</v>
       </c>
       <c r="S197">
-        <v>101.100001</v>
+        <v>103.0</v>
       </c>
       <c r="T197">
-        <v>106.399998</v>
+        <v>104.2</v>
       </c>
       <c r="X197">
         <v>2</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45723.467256944</v>
+        <v>45799.647465278</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="F198">
-        <v>-3.4</v>
+        <v>-0.85</v>
       </c>
       <c r="G198">
-        <v>104.525</v>
+        <v>103.8875</v>
       </c>
       <c r="H198">
-        <v>1045.25</v>
+        <v>7272.125</v>
       </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>10.5</v>
       </c>
       <c r="K198" s="2">
         <v>45435.0</v>
       </c>
       <c r="L198" s="2">
         <v>46896.0</v>
       </c>
       <c r="M198">
         <v>6200</v>
       </c>
       <c r="N198">
         <v>1000.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>0.525</v>
+        <v>0.0875</v>
       </c>
       <c r="Q198">
-        <v>101.555001</v>
+        <v>103.0875</v>
       </c>
       <c r="R198">
-        <v>107.524999</v>
+        <v>104.787499</v>
       </c>
       <c r="S198">
-        <v>101.030001</v>
+        <v>103.0</v>
       </c>
       <c r="T198">
-        <v>106.999999</v>
+        <v>104.699999</v>
       </c>
       <c r="X198">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45722.588796296</v>
+        <v>45798.658680556</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
+      <c r="F199">
+        <v>-0.33</v>
+      </c>
       <c r="G199">
-        <v>108.208332</v>
+        <v>104.78</v>
+      </c>
+      <c r="H199">
+        <v>3143.4</v>
       </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>10.5</v>
       </c>
       <c r="K199" s="2">
         <v>45435.0</v>
       </c>
       <c r="L199" s="2">
         <v>46896.0</v>
       </c>
       <c r="M199">
         <v>6200</v>
       </c>
       <c r="N199">
         <v>1000.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
-      <c r="P199">
-[...1 lines deleted...]
-      </c>
       <c r="Q199">
-        <v>101.995834</v>
+        <v>102.9</v>
       </c>
       <c r="R199">
-        <v>106.495833</v>
-[...5 lines deleted...]
-        <v>106.0</v>
+        <v>104.5</v>
+      </c>
+      <c r="X199">
+        <v>2</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45721.660231481</v>
+        <v>45797.662986111</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="F200">
-        <v>1.72</v>
+        <v>-1.53</v>
       </c>
       <c r="G200">
-        <v>108.208332</v>
+        <v>105.126833</v>
       </c>
       <c r="H200">
-        <v>5328.33332</v>
+        <v>11634.47165</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>10.5</v>
       </c>
       <c r="K200" s="2">
         <v>45435.0</v>
       </c>
       <c r="L200" s="2">
         <v>46896.0</v>
       </c>
       <c r="M200">
         <v>6200</v>
       </c>
       <c r="N200">
         <v>1000.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>0.408333</v>
+        <v>2.595833</v>
       </c>
       <c r="Q200">
-        <v>104.908334</v>
+        <v>105.016833</v>
       </c>
       <c r="R200">
-        <v>107.903332</v>
+        <v>106.785833</v>
       </c>
       <c r="S200">
-        <v>104.500001</v>
+        <v>102.421</v>
       </c>
       <c r="T200">
-        <v>107.494999</v>
+        <v>104.19</v>
       </c>
       <c r="X200">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45720.627025463</v>
+        <v>45796.608576389</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
       <c r="F201">
-        <v>-1.73</v>
+        <v>1.75</v>
       </c>
       <c r="G201">
-        <v>106.379167</v>
+        <v>106.765667</v>
       </c>
       <c r="H201">
-        <v>3228.32499</v>
+        <v>6405.93999</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
         <v>10.5</v>
       </c>
       <c r="K201" s="2">
         <v>45435.0</v>
       </c>
       <c r="L201" s="2">
         <v>46896.0</v>
       </c>
       <c r="M201">
         <v>6200</v>
       </c>
       <c r="N201">
         <v>1000.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>0.379167</v>
+        <v>2.566667</v>
       </c>
       <c r="Q201">
-        <v>105.879168</v>
+        <v>105.066667</v>
       </c>
       <c r="R201">
-        <v>108.179166</v>
+        <v>106.765667</v>
       </c>
       <c r="S201">
-        <v>105.500001</v>
+        <v>102.5</v>
       </c>
       <c r="T201">
-        <v>107.799999</v>
+        <v>104.199</v>
       </c>
       <c r="X201">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45719.648009259</v>
+        <v>45793.666168981</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
-      <c r="F202">
-[...1 lines deleted...]
-      </c>
       <c r="G202">
-        <v>108.249999</v>
-[...2 lines deleted...]
-        <v>6420.59997</v>
+        <v>104.930334</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
         <v>10.5</v>
       </c>
       <c r="K202" s="2">
         <v>45435.0</v>
       </c>
       <c r="L202" s="2">
         <v>46896.0</v>
       </c>
       <c r="M202">
         <v>6200</v>
       </c>
       <c r="N202">
         <v>1000.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>0.35</v>
+        <v>2.5375</v>
       </c>
       <c r="Q202">
-        <v>105.850001</v>
+        <v>105.0375</v>
       </c>
       <c r="R202">
-        <v>108.245</v>
+        <v>106.9365</v>
       </c>
       <c r="S202">
-        <v>105.500001</v>
+        <v>102.5</v>
       </c>
       <c r="T202">
-        <v>107.895</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>104.399</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45716.661631944</v>
+        <v>45792.638738426</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="F203">
-        <v>-0.14</v>
+        <v>-1.76</v>
       </c>
       <c r="G203">
-        <v>104.500833</v>
+        <v>104.930334</v>
       </c>
       <c r="H203">
-        <v>4180.03334</v>
+        <v>3147.91002</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
         <v>10.5</v>
       </c>
       <c r="K203" s="2">
         <v>45435.0</v>
       </c>
       <c r="L203" s="2">
         <v>46896.0</v>
       </c>
       <c r="M203">
         <v>6200</v>
       </c>
       <c r="N203">
         <v>1000.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>0.320833</v>
+        <v>2.508333</v>
       </c>
       <c r="Q203">
-        <v>104.500834</v>
+        <v>104.930334</v>
       </c>
       <c r="R203">
-        <v>108.320833</v>
+        <v>106.219333</v>
       </c>
       <c r="S203">
-        <v>104.180001</v>
+        <v>102.422001</v>
       </c>
       <c r="T203">
-        <v>108.0</v>
+        <v>103.711</v>
       </c>
       <c r="X203">
         <v>2</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45715.421319444</v>
+        <v>45791.528113426</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
+      <c r="F204">
+        <v>0.02</v>
+      </c>
       <c r="G204">
-        <v>104.645833</v>
+        <v>106.809833</v>
+      </c>
+      <c r="H204">
+        <v>21359.2966</v>
       </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
         <v>10.5</v>
       </c>
       <c r="K204" s="2">
         <v>45435.0</v>
       </c>
       <c r="L204" s="2">
         <v>46896.0</v>
       </c>
       <c r="M204">
         <v>6200</v>
       </c>
       <c r="N204">
         <v>1000.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>0.291667</v>
+        <v>2.420833</v>
       </c>
       <c r="Q204">
-        <v>105.841667</v>
+        <v>104.850834</v>
       </c>
       <c r="R204">
-        <v>108.331667</v>
+        <v>106.809833</v>
       </c>
       <c r="S204">
-        <v>105.55</v>
+        <v>102.430001</v>
       </c>
       <c r="T204">
-        <v>108.04</v>
+        <v>104.389</v>
+      </c>
+      <c r="X204">
+        <v>2</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45714.515787037</v>
+        <v>45790.601539352</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
       <c r="F205">
-        <v>-2.2</v>
+        <v>0.4</v>
       </c>
       <c r="G205">
-        <v>104.645833</v>
+        <v>106.790667</v>
       </c>
       <c r="H205">
-        <v>4221.23332</v>
+        <v>6407.44002</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
         <v>10.5</v>
       </c>
       <c r="K205" s="2">
         <v>45435.0</v>
       </c>
       <c r="L205" s="2">
         <v>46896.0</v>
       </c>
       <c r="M205">
         <v>6200</v>
       </c>
       <c r="N205">
         <v>1000.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>0.145833</v>
+        <v>2.391667</v>
       </c>
       <c r="Q205">
-        <v>103.145834</v>
+        <v>104.821668</v>
       </c>
       <c r="R205">
-        <v>108.185833</v>
+        <v>106.780667</v>
       </c>
       <c r="S205">
-        <v>103.000001</v>
+        <v>102.430001</v>
       </c>
       <c r="T205">
-        <v>108.04</v>
+        <v>104.389</v>
       </c>
       <c r="X205">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45713.524733796</v>
+        <v>45789.660590278</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="F206">
-        <v>-2.22</v>
+        <v>0.5</v>
       </c>
       <c r="G206">
-        <v>106.996667</v>
+        <v>106.3625</v>
       </c>
       <c r="H206">
-        <v>1069.96667</v>
+        <v>2117.25</v>
       </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
         <v>10.5</v>
       </c>
       <c r="K206" s="2">
         <v>45435.0</v>
       </c>
       <c r="L206" s="2">
         <v>46896.0</v>
       </c>
       <c r="M206">
         <v>6200</v>
       </c>
       <c r="N206">
         <v>1000.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>0.116667</v>
+        <v>2.3625</v>
       </c>
       <c r="Q206">
-        <v>106.996667</v>
+        <v>104.772501</v>
       </c>
       <c r="R206">
-        <v>108.116667</v>
+        <v>106.7615</v>
       </c>
       <c r="S206">
-        <v>106.88</v>
+        <v>102.410001</v>
       </c>
       <c r="T206">
-        <v>108.0</v>
+        <v>104.399</v>
       </c>
       <c r="X206">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45712.355590278</v>
+        <v>45786.454884259</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
+      <c r="F207">
+        <v>-1.02</v>
+      </c>
       <c r="G207">
-        <v>109.429167</v>
+        <v>105.833333</v>
+      </c>
+      <c r="H207">
+        <v>1058.33333</v>
       </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
         <v>10.5</v>
       </c>
       <c r="K207" s="2">
         <v>45435.0</v>
       </c>
       <c r="L207" s="2">
         <v>46896.0</v>
       </c>
       <c r="M207">
         <v>6200</v>
       </c>
       <c r="N207">
         <v>1000.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>0.0875</v>
+        <v>2.333333</v>
+      </c>
+      <c r="Q207">
+        <v>105.833333</v>
+      </c>
+      <c r="R207">
+        <v>106.833333</v>
+      </c>
+      <c r="S207">
+        <v>103.5</v>
+      </c>
+      <c r="T207">
+        <v>104.5</v>
+      </c>
+      <c r="X207">
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45709.421099537</v>
+        <v>45785.664606481</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
+      <c r="F208">
+        <v>2.23</v>
+      </c>
       <c r="G208">
-        <v>109.429167</v>
+        <v>106.921167</v>
+      </c>
+      <c r="H208">
+        <v>2132.25334</v>
       </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
         <v>10.5</v>
       </c>
       <c r="K208" s="2">
         <v>45435.0</v>
       </c>
       <c r="L208" s="2">
         <v>46896.0</v>
       </c>
       <c r="M208">
         <v>6200</v>
       </c>
       <c r="N208">
         <v>1000.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>0.058333</v>
+        <v>2.304167</v>
       </c>
       <c r="Q208">
-        <v>106.158333</v>
+        <v>106.921167</v>
       </c>
       <c r="R208">
-        <v>108.098333</v>
+        <v>107.003167</v>
       </c>
       <c r="S208">
-        <v>106.1</v>
+        <v>104.617</v>
       </c>
       <c r="T208">
-        <v>108.04</v>
+        <v>104.699</v>
+      </c>
+      <c r="X208">
+        <v>2</v>
       </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45708.536296296</v>
+        <v>45784.659155093</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
-      <c r="F209">
-[...1 lines deleted...]
-      </c>
       <c r="G209">
-        <v>109.429167</v>
-[...2 lines deleted...]
-        <v>5469.45835</v>
+        <v>104.5875</v>
       </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
         <v>10.5</v>
       </c>
       <c r="K209" s="2">
         <v>45435.0</v>
       </c>
       <c r="L209" s="2">
         <v>46896.0</v>
       </c>
       <c r="M209">
         <v>6200</v>
       </c>
       <c r="N209">
         <v>1000.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
       <c r="P209">
-        <v>0.029167</v>
+        <v>2.216667</v>
       </c>
       <c r="Q209">
-        <v>106.129167</v>
+        <v>105.216667</v>
       </c>
       <c r="R209">
-        <v>108.069167</v>
+        <v>106.216666</v>
       </c>
       <c r="S209">
-        <v>106.1</v>
+        <v>103.0</v>
       </c>
       <c r="T209">
-        <v>108.04</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.999999</v>
       </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45707.612476852</v>
+        <v>45783.601701389</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="F210">
-        <v>-2.13</v>
+        <v>0.41</v>
       </c>
       <c r="G210">
-        <v>109.566668</v>
+        <v>104.5875</v>
       </c>
       <c r="H210">
-        <v>3287.00004</v>
+        <v>3153.625</v>
       </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
         <v>10.5</v>
       </c>
       <c r="K210" s="2">
         <v>45435.0</v>
       </c>
       <c r="L210" s="2">
         <v>46896.0</v>
       </c>
       <c r="M210">
         <v>6200</v>
       </c>
       <c r="N210">
         <v>1000.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
       <c r="P210">
-        <v>2.566667</v>
+        <v>2.1875</v>
       </c>
       <c r="Q210">
-        <v>109.566668</v>
+        <v>104.6975</v>
       </c>
       <c r="R210">
-        <v>111.866666</v>
+        <v>106.187499</v>
       </c>
       <c r="S210">
-        <v>107.000001</v>
+        <v>102.51</v>
       </c>
       <c r="T210">
-        <v>109.299999</v>
+        <v>103.999999</v>
       </c>
       <c r="X210">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45706.546643519</v>
+        <v>45782.5884375</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
       <c r="F211">
-        <v>1.3</v>
+        <v>-0.16</v>
       </c>
       <c r="G211">
-        <v>111.9485</v>
+        <v>104.158333</v>
       </c>
       <c r="H211">
-        <v>6710.35998</v>
+        <v>1041.58333</v>
       </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
         <v>10.5</v>
       </c>
       <c r="K211" s="2">
         <v>45435.0</v>
       </c>
       <c r="L211" s="2">
         <v>46896.0</v>
       </c>
       <c r="M211">
         <v>6200</v>
       </c>
       <c r="N211">
         <v>1000.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>2.5375</v>
+        <v>2.158333</v>
       </c>
       <c r="Q211">
-        <v>109.537501</v>
+        <v>104.558333</v>
       </c>
       <c r="R211">
-        <v>111.9375</v>
+        <v>106.158332</v>
       </c>
       <c r="S211">
-        <v>107.000001</v>
+        <v>102.4</v>
       </c>
       <c r="T211">
-        <v>109.4</v>
+        <v>103.999999</v>
       </c>
       <c r="X211">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45705.647916667</v>
+        <v>45779.648506944</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="F212">
-        <v>1.94</v>
+        <v>-1.02</v>
       </c>
       <c r="G212">
-        <v>110.508333</v>
+        <v>104.329167</v>
       </c>
       <c r="H212">
-        <v>4423.33332</v>
+        <v>16788.66672</v>
       </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
         <v>10.5</v>
       </c>
       <c r="K212" s="2">
         <v>45435.0</v>
       </c>
       <c r="L212" s="2">
         <v>46896.0</v>
       </c>
       <c r="M212">
         <v>6200</v>
       </c>
       <c r="N212">
         <v>1000.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>2.508333</v>
+        <v>2.129167</v>
       </c>
       <c r="Q212">
-        <v>110.508333</v>
+        <v>102.499168</v>
       </c>
       <c r="R212">
-        <v>111.508332</v>
+        <v>105.429167</v>
       </c>
       <c r="S212">
-        <v>108.0</v>
+        <v>100.370001</v>
       </c>
       <c r="T212">
-        <v>108.999999</v>
+        <v>103.3</v>
       </c>
       <c r="X212">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45702.421539352</v>
+        <v>45777.547881944</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
+      <c r="F213">
+        <v>0.08</v>
+      </c>
       <c r="G213">
-        <v>108.402501</v>
+        <v>105.4</v>
+      </c>
+      <c r="H213">
+        <v>2108.0</v>
       </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
         <v>10.5</v>
       </c>
       <c r="K213" s="2">
         <v>45435.0</v>
       </c>
       <c r="L213" s="2">
         <v>46896.0</v>
       </c>
       <c r="M213">
         <v>6200</v>
       </c>
       <c r="N213">
         <v>1000.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
       <c r="P213">
-        <v>2.479167</v>
+        <v>2.1</v>
       </c>
       <c r="Q213">
-        <v>109.579167</v>
+        <v>105.4</v>
       </c>
       <c r="R213">
-        <v>110.679167</v>
+        <v>106.1</v>
       </c>
       <c r="S213">
-        <v>107.1</v>
+        <v>103.3</v>
       </c>
       <c r="T213">
-        <v>108.2</v>
+        <v>104.0</v>
+      </c>
+      <c r="X213">
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45701.621111111</v>
+        <v>45776.612488426</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
+      <c r="F214">
+        <v>-0.58</v>
+      </c>
       <c r="G214">
-        <v>108.402501</v>
+        <v>105.3125</v>
+      </c>
+      <c r="H214">
+        <v>3151.375</v>
       </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
         <v>10.5</v>
       </c>
       <c r="K214" s="2">
         <v>45435.0</v>
       </c>
       <c r="L214" s="2">
         <v>46896.0</v>
       </c>
       <c r="M214">
         <v>6200</v>
       </c>
       <c r="N214">
         <v>1000.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>2.45</v>
+        <v>2.0125</v>
       </c>
       <c r="Q214">
-        <v>108.6</v>
+        <v>105.3125</v>
       </c>
       <c r="R214">
-        <v>111.449999</v>
+        <v>106.0125</v>
       </c>
       <c r="S214">
-        <v>106.15</v>
+        <v>103.3</v>
       </c>
       <c r="T214">
-        <v>108.999999</v>
+        <v>104.0</v>
+      </c>
+      <c r="X214">
+        <v>3</v>
       </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45700.64693287</v>
+        <v>45775.416736111</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
-      <c r="F215">
-[...1 lines deleted...]
-      </c>
       <c r="G215">
-        <v>108.402501</v>
-[...2 lines deleted...]
-        <v>7711.17502</v>
+        <v>105.924999</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
         <v>10.5</v>
       </c>
       <c r="K215" s="2">
         <v>45435.0</v>
       </c>
       <c r="L215" s="2">
         <v>46896.0</v>
       </c>
       <c r="M215">
         <v>6200</v>
       </c>
       <c r="N215">
         <v>1000.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
       <c r="P215">
-        <v>2.3625</v>
+        <v>1.954167</v>
       </c>
       <c r="Q215">
-        <v>108.462501</v>
+        <v>104.154167</v>
       </c>
       <c r="R215">
-        <v>111.362499</v>
+        <v>104.854167</v>
       </c>
       <c r="S215">
-        <v>106.100001</v>
+        <v>102.2</v>
       </c>
       <c r="T215">
-        <v>108.999999</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>102.9</v>
       </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45699.577037037</v>
+        <v>45772.600694444</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
+      <c r="F216">
+        <v>1.76</v>
+      </c>
       <c r="G216">
-        <v>111.569332</v>
+        <v>105.924999</v>
+      </c>
+      <c r="H216">
+        <v>5238.24999</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
         <v>10.5</v>
       </c>
       <c r="K216" s="2">
         <v>45435.0</v>
       </c>
       <c r="L216" s="2">
         <v>46896.0</v>
       </c>
       <c r="M216">
         <v>6200</v>
       </c>
       <c r="N216">
         <v>1000.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>2.333333</v>
+        <v>1.925</v>
       </c>
       <c r="Q216">
-        <v>108.373333</v>
+        <v>104.125</v>
       </c>
       <c r="R216">
-        <v>110.333332</v>
+        <v>104.825</v>
       </c>
       <c r="S216">
-        <v>106.04</v>
+        <v>102.2</v>
       </c>
       <c r="T216">
-        <v>107.999999</v>
+        <v>102.9</v>
+      </c>
+      <c r="X216">
+        <v>3</v>
       </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45698.657627315</v>
+        <v>45771.43494213</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
+      <c r="F217">
+        <v>-1.59</v>
+      </c>
       <c r="G217">
-        <v>111.569332</v>
+        <v>104.095833</v>
+      </c>
+      <c r="H217">
+        <v>2081.91666</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
         <v>10.5</v>
       </c>
       <c r="K217" s="2">
         <v>45435.0</v>
       </c>
       <c r="L217" s="2">
         <v>46896.0</v>
       </c>
       <c r="M217">
         <v>6200</v>
       </c>
       <c r="N217">
         <v>1000.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>2.304167</v>
+        <v>1.895833</v>
       </c>
       <c r="Q217">
-        <v>108.404167</v>
+        <v>104.995833</v>
       </c>
       <c r="R217">
-        <v>111.204167</v>
+        <v>105.895832</v>
       </c>
       <c r="S217">
-        <v>106.1</v>
+        <v>103.1</v>
       </c>
       <c r="T217">
-        <v>108.9</v>
+        <v>103.999999</v>
+      </c>
+      <c r="X217">
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45695.627002315</v>
+        <v>45770.44337963</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
       <c r="G218">
-        <v>111.569332</v>
+        <v>105.779166</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
         <v>10.5</v>
       </c>
       <c r="K218" s="2">
         <v>45435.0</v>
       </c>
       <c r="L218" s="2">
         <v>46896.0</v>
       </c>
       <c r="M218">
         <v>6200</v>
       </c>
       <c r="N218">
         <v>1000.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>2.275</v>
+        <v>1.808333</v>
       </c>
       <c r="Q218">
-        <v>108.315001</v>
+        <v>104.008334</v>
       </c>
       <c r="R218">
-        <v>111.624999</v>
+        <v>105.808332</v>
       </c>
       <c r="S218">
-        <v>106.040001</v>
+        <v>102.200001</v>
       </c>
       <c r="T218">
-        <v>109.349999</v>
+        <v>103.999999</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45694.484571759</v>
+        <v>45769.614513889</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
+      <c r="F219">
+        <v>1.54</v>
+      </c>
       <c r="G219">
-        <v>111.569332</v>
+        <v>105.779166</v>
+      </c>
+      <c r="H219">
+        <v>12583.20003</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
         <v>10.5</v>
       </c>
       <c r="K219" s="2">
         <v>45435.0</v>
       </c>
       <c r="L219" s="2">
         <v>46896.0</v>
       </c>
       <c r="M219">
         <v>6200</v>
       </c>
       <c r="N219">
         <v>1000.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>2.245833</v>
+        <v>1.779167</v>
       </c>
       <c r="Q219">
-        <v>108.285834</v>
+        <v>104.989167</v>
       </c>
       <c r="R219">
-        <v>111.545832</v>
+        <v>105.779166</v>
       </c>
       <c r="S219">
-        <v>106.040001</v>
+        <v>103.21</v>
       </c>
       <c r="T219">
-        <v>109.299999</v>
+        <v>103.999999</v>
+      </c>
+      <c r="X219">
+        <v>4</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45693.610011574</v>
+        <v>45764.479849537</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="F220">
-        <v>3.18</v>
+        <v>0.03</v>
       </c>
       <c r="G220">
-        <v>111.569332</v>
+        <v>104.180001</v>
       </c>
       <c r="H220">
-        <v>3288.85998</v>
+        <v>1041.80001</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
         <v>10.5</v>
       </c>
       <c r="K220" s="2">
         <v>45435.0</v>
       </c>
       <c r="L220" s="2">
         <v>46896.0</v>
       </c>
       <c r="M220">
         <v>6200</v>
       </c>
       <c r="N220">
         <v>1000.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>2.158333</v>
+        <v>1.75</v>
       </c>
       <c r="Q220">
-        <v>108.198334</v>
+        <v>104.180001</v>
       </c>
       <c r="R220">
-        <v>111.569332</v>
+        <v>105.749999</v>
       </c>
       <c r="S220">
-        <v>106.040001</v>
+        <v>102.430001</v>
       </c>
       <c r="T220">
-        <v>109.410999</v>
+        <v>103.999999</v>
       </c>
       <c r="X220">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45692.483449074</v>
+        <v>45763.521782407</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="F221">
-        <v>-1.7</v>
+        <v>-1.32</v>
       </c>
       <c r="G221">
-        <v>108.129167</v>
+        <v>104.150833</v>
       </c>
       <c r="H221">
-        <v>1081.29167</v>
+        <v>5218.94165</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
         <v>10.5</v>
       </c>
       <c r="K221" s="2">
         <v>45435.0</v>
       </c>
       <c r="L221" s="2">
         <v>46896.0</v>
       </c>
       <c r="M221">
         <v>6200</v>
       </c>
       <c r="N221">
         <v>1000.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>2.129167</v>
+        <v>1.720833</v>
       </c>
       <c r="Q221">
-        <v>108.129168</v>
+        <v>104.150834</v>
       </c>
       <c r="R221">
-        <v>110.129167</v>
+        <v>105.720832</v>
       </c>
       <c r="S221">
-        <v>106.000001</v>
+        <v>102.430001</v>
       </c>
       <c r="T221">
-        <v>108.0</v>
+        <v>103.999999</v>
       </c>
       <c r="X221">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45691.529016204</v>
+        <v>45762.447685185</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
-      <c r="F222">
-[...1 lines deleted...]
-      </c>
       <c r="G222">
-        <v>110.0</v>
-[...2 lines deleted...]
-        <v>3267.6</v>
+        <v>105.545832</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
         <v>10.5</v>
       </c>
       <c r="K222" s="2">
         <v>45435.0</v>
       </c>
       <c r="L222" s="2">
         <v>46896.0</v>
       </c>
       <c r="M222">
         <v>6200</v>
       </c>
       <c r="N222">
         <v>1000.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>2.1</v>
+        <v>1.575</v>
       </c>
       <c r="Q222">
-        <v>107.5</v>
+        <v>104.575</v>
       </c>
       <c r="R222">
-        <v>111.511</v>
+        <v>105.564999</v>
       </c>
       <c r="S222">
-        <v>105.4</v>
+        <v>103.0</v>
       </c>
       <c r="T222">
-        <v>109.411</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>103.989999</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45688.569803241</v>
+        <v>45761.558240741</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
       <c r="F223">
-        <v>-1.91</v>
+        <v>0.98</v>
       </c>
       <c r="G223">
-        <v>109.410833</v>
+        <v>105.545832</v>
       </c>
       <c r="H223">
-        <v>10004.12497</v>
+        <v>2110.91664</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
         <v>10.5</v>
       </c>
       <c r="K223" s="2">
         <v>45435.0</v>
       </c>
       <c r="L223" s="2">
         <v>46896.0</v>
       </c>
       <c r="M223">
         <v>6200</v>
       </c>
       <c r="N223">
         <v>1000.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>2.070833</v>
+        <v>1.545833</v>
       </c>
       <c r="Q223">
-        <v>107.550834</v>
+        <v>104.545833</v>
       </c>
       <c r="R223">
-        <v>111.970833</v>
+        <v>105.545832</v>
       </c>
       <c r="S223">
-        <v>105.480001</v>
+        <v>103.0</v>
       </c>
       <c r="T223">
-        <v>109.9</v>
+        <v>103.999999</v>
       </c>
       <c r="X223">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45687.659733796</v>
+        <v>45758.597083333</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="F224">
-        <v>1.47</v>
+        <v>0.5</v>
       </c>
       <c r="G224">
-        <v>111.541667</v>
+        <v>104.516667</v>
       </c>
       <c r="H224">
-        <v>6681.50002</v>
+        <v>1045.16667</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
         <v>10.5</v>
       </c>
       <c r="K224" s="2">
         <v>45435.0</v>
       </c>
       <c r="L224" s="2">
         <v>46896.0</v>
       </c>
       <c r="M224">
         <v>6200</v>
       </c>
       <c r="N224">
         <v>1000.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>2.041667</v>
+        <v>1.516667</v>
       </c>
       <c r="Q224">
-        <v>111.541667</v>
+        <v>104.516667</v>
       </c>
       <c r="R224">
-        <v>111.636667</v>
+        <v>105.516666</v>
       </c>
       <c r="S224">
-        <v>109.5</v>
+        <v>103.0</v>
       </c>
       <c r="T224">
-        <v>109.595</v>
+        <v>103.999999</v>
       </c>
       <c r="X224">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45686.462731481</v>
+        <v>45757.416770833</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="G225">
-        <v>109.925</v>
+        <v>104.0</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
         <v>10.5</v>
       </c>
       <c r="K225" s="2">
         <v>45435.0</v>
       </c>
       <c r="L225" s="2">
         <v>46896.0</v>
       </c>
       <c r="M225">
         <v>6200</v>
       </c>
       <c r="N225">
         <v>1000.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>1.954167</v>
+        <v>1.4875</v>
       </c>
       <c r="Q225">
-        <v>109.954167</v>
+        <v>103.5875</v>
       </c>
       <c r="R225">
-        <v>110.954167</v>
+        <v>104.4875</v>
       </c>
       <c r="S225">
-        <v>108.0</v>
+        <v>102.1</v>
       </c>
       <c r="T225">
-        <v>109.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45685.628865741</v>
+        <v>45756.536493056</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
+      <c r="F226">
+        <v>0.12</v>
+      </c>
       <c r="G226">
-        <v>109.925</v>
+        <v>104.0</v>
+      </c>
+      <c r="H226">
+        <v>1040.0</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
         <v>10.5</v>
       </c>
       <c r="K226" s="2">
         <v>45435.0</v>
       </c>
       <c r="L226" s="2">
         <v>46896.0</v>
       </c>
       <c r="M226">
         <v>6200</v>
       </c>
       <c r="N226">
         <v>1000.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>1.954167</v>
+        <v>1.4</v>
       </c>
       <c r="Q226">
-        <v>109.954167</v>
+        <v>103.5</v>
       </c>
       <c r="R226">
-        <v>110.954167</v>
+        <v>104.4</v>
       </c>
       <c r="S226">
-        <v>108.0</v>
+        <v>102.1</v>
       </c>
       <c r="T226">
-        <v>109.0</v>
+        <v>103.0</v>
+      </c>
+      <c r="X226">
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45684.622824074</v>
+        <v>45755.618506944</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
       <c r="F227">
-        <v>-1.19</v>
+        <v>0.51</v>
       </c>
       <c r="G227">
-        <v>109.925</v>
+        <v>103.870833</v>
       </c>
       <c r="H227">
-        <v>4397.0</v>
+        <v>1038.70833</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
         <v>10.5</v>
       </c>
       <c r="K227" s="2">
         <v>45435.0</v>
       </c>
       <c r="L227" s="2">
         <v>46896.0</v>
       </c>
       <c r="M227">
         <v>6200</v>
       </c>
       <c r="N227">
         <v>1000.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>1.925</v>
+        <v>1.370833</v>
       </c>
       <c r="Q227">
-        <v>109.925</v>
+        <v>101.370834</v>
       </c>
       <c r="R227">
-        <v>111.125</v>
+        <v>104.370833</v>
       </c>
       <c r="S227">
-        <v>108.0</v>
+        <v>100.000001</v>
       </c>
       <c r="T227">
-        <v>109.2</v>
+        <v>103.0</v>
       </c>
       <c r="X227">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45681.417060185</v>
+        <v>45754.644826389</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
+      <c r="F228">
+        <v>-0.07</v>
+      </c>
       <c r="G228">
-        <v>111.25</v>
+        <v>103.341667</v>
+      </c>
+      <c r="H228">
+        <v>16562.92672</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
         <v>10.5</v>
       </c>
       <c r="K228" s="2">
         <v>45435.0</v>
       </c>
       <c r="L228" s="2">
         <v>46896.0</v>
       </c>
       <c r="M228">
         <v>6200</v>
       </c>
       <c r="N228">
         <v>1000.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>1.895833</v>
+        <v>1.341667</v>
       </c>
       <c r="Q228">
-        <v>109.895833</v>
+        <v>101.641667</v>
       </c>
       <c r="R228">
-        <v>111.395833</v>
+        <v>104.641666</v>
       </c>
       <c r="S228">
-        <v>108.0</v>
+        <v>100.3</v>
       </c>
       <c r="T228">
-        <v>109.5</v>
+        <v>103.299999</v>
+      </c>
+      <c r="X228">
+        <v>7</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45680.504606481</v>
+        <v>45751.648981481</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
+      <c r="F229">
+        <v>1.88</v>
+      </c>
       <c r="G229">
-        <v>111.25</v>
+        <v>103.4125</v>
+      </c>
+      <c r="H229">
+        <v>5178.62502</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
         <v>10.5</v>
       </c>
       <c r="K229" s="2">
         <v>45435.0</v>
       </c>
       <c r="L229" s="2">
         <v>46896.0</v>
       </c>
       <c r="M229">
         <v>6200</v>
       </c>
       <c r="N229">
         <v>1000.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>1.866667</v>
+        <v>1.3125</v>
       </c>
       <c r="Q229">
-        <v>109.866667</v>
+        <v>103.4125</v>
       </c>
       <c r="R229">
-        <v>111.366667</v>
+        <v>107.212499</v>
       </c>
       <c r="S229">
-        <v>108.0</v>
+        <v>102.1</v>
       </c>
       <c r="T229">
-        <v>109.5</v>
+        <v>105.899999</v>
+      </c>
+      <c r="X229">
+        <v>4</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45679.416898148</v>
+        <v>45750.662847222</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
+      <c r="F230">
+        <v>-4.42</v>
+      </c>
       <c r="G230">
-        <v>111.25</v>
+        <v>101.5</v>
+      </c>
+      <c r="H230">
+        <v>2030.0</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
         <v>10.5</v>
       </c>
       <c r="K230" s="2">
         <v>45435.0</v>
       </c>
       <c r="L230" s="2">
         <v>46896.0</v>
       </c>
       <c r="M230">
         <v>6200</v>
       </c>
       <c r="N230">
         <v>1000.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>1.779167</v>
+        <v>1.3125</v>
       </c>
       <c r="Q230">
-        <v>109.119167</v>
+        <v>101.583333</v>
       </c>
       <c r="R230">
-        <v>111.279167</v>
+        <v>107.693333</v>
       </c>
       <c r="S230">
-        <v>107.34</v>
+        <v>100.270833</v>
       </c>
       <c r="T230">
-        <v>109.5</v>
+        <v>106.380833</v>
+      </c>
+      <c r="X230">
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45678.459351852</v>
+        <v>45749.642280093</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="F231">
-        <v>0.15</v>
+        <v>-1.69</v>
       </c>
       <c r="G231">
-        <v>111.25</v>
+        <v>106.195833</v>
       </c>
       <c r="H231">
-        <v>2225.0</v>
+        <v>2123.91666</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
         <v>10.5</v>
       </c>
       <c r="K231" s="2">
         <v>45435.0</v>
       </c>
       <c r="L231" s="2">
         <v>46896.0</v>
       </c>
       <c r="M231">
         <v>6200</v>
       </c>
       <c r="N231">
         <v>1000.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>1.75</v>
+        <v>1.195833</v>
       </c>
       <c r="Q231">
-        <v>109.09</v>
+        <v>103.895834</v>
       </c>
       <c r="R231">
-        <v>111.0</v>
+        <v>108.405833</v>
       </c>
       <c r="S231">
-        <v>107.34</v>
+        <v>102.700001</v>
       </c>
       <c r="T231">
-        <v>109.25</v>
+        <v>107.21</v>
       </c>
       <c r="X231">
         <v>2</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45677.512592593</v>
+        <v>45748.421203704</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="F232">
-        <v>1.45</v>
+        <v>0.05</v>
       </c>
       <c r="G232">
-        <v>111.082833</v>
+        <v>108.016667</v>
       </c>
       <c r="H232">
-        <v>11108.2833</v>
+        <v>3237.00001</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
         <v>10.5</v>
       </c>
       <c r="K232" s="2">
         <v>45435.0</v>
       </c>
       <c r="L232" s="2">
         <v>46896.0</v>
       </c>
       <c r="M232">
         <v>6200</v>
       </c>
       <c r="N232">
         <v>1000.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>1.720833</v>
+        <v>1.166667</v>
       </c>
       <c r="Q232">
-        <v>109.060833</v>
+        <v>106.166667</v>
       </c>
       <c r="R232">
-        <v>111.082833</v>
+        <v>108.376667</v>
       </c>
       <c r="S232">
-        <v>107.34</v>
+        <v>105.0</v>
       </c>
       <c r="T232">
-        <v>109.362</v>
+        <v>107.21</v>
       </c>
       <c r="X232">
         <v>2</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45674.435613426</v>
+        <v>45747.628449074</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="G233">
-        <v>109.4925</v>
+        <v>107.958333</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
         <v>10.5</v>
       </c>
       <c r="K233" s="2">
         <v>45435.0</v>
       </c>
       <c r="L233" s="2">
         <v>46896.0</v>
       </c>
       <c r="M233">
         <v>6200</v>
       </c>
       <c r="N233">
         <v>1000.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>1.691667</v>
+        <v>1.1375</v>
       </c>
       <c r="Q233">
-        <v>109.031667</v>
+        <v>106.1375</v>
       </c>
       <c r="R233">
-        <v>110.101667</v>
+        <v>107.6375</v>
       </c>
       <c r="S233">
-        <v>107.34</v>
+        <v>105.0</v>
       </c>
       <c r="T233">
-        <v>108.41</v>
+        <v>106.5</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45673.617152778</v>
+        <v>45744.619085648</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="F234">
-        <v>0.66</v>
+        <v>0.82</v>
       </c>
       <c r="G234">
-        <v>109.4925</v>
+        <v>107.958333</v>
       </c>
       <c r="H234">
-        <v>14357.005</v>
+        <v>4314.83332</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
         <v>10.5</v>
       </c>
       <c r="K234" s="2">
         <v>45435.0</v>
       </c>
       <c r="L234" s="2">
         <v>46896.0</v>
       </c>
       <c r="M234">
         <v>6200</v>
       </c>
       <c r="N234">
         <v>1000.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234">
-        <v>1.6625</v>
+        <v>1.108333</v>
       </c>
       <c r="Q234">
-        <v>109.0025</v>
+        <v>107.608333</v>
       </c>
       <c r="R234">
-        <v>111.0245</v>
+        <v>107.958333</v>
       </c>
       <c r="S234">
-        <v>107.34</v>
+        <v>106.5</v>
       </c>
       <c r="T234">
-        <v>109.362</v>
+        <v>106.85</v>
       </c>
       <c r="X234">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45672.655659722</v>
+        <v>45743.526215278</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
       <c r="F235">
-        <v>-0.7</v>
+        <v>0.52</v>
       </c>
       <c r="G235">
-        <v>108.775</v>
+        <v>107.079167</v>
       </c>
       <c r="H235">
-        <v>5391.65</v>
+        <v>2141.58334</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>10.5</v>
       </c>
       <c r="K235" s="2">
         <v>45435.0</v>
       </c>
       <c r="L235" s="2">
         <v>46896.0</v>
       </c>
       <c r="M235">
         <v>6200</v>
       </c>
       <c r="N235">
         <v>1000.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
       <c r="P235">
-        <v>1.575</v>
+        <v>1.079167</v>
       </c>
       <c r="Q235">
-        <v>106.575001</v>
+        <v>106.079167</v>
       </c>
       <c r="R235">
-        <v>109.405</v>
+        <v>107.579167</v>
       </c>
       <c r="S235">
-        <v>105.000001</v>
+        <v>105.0</v>
       </c>
       <c r="T235">
-        <v>107.83</v>
+        <v>106.5</v>
       </c>
       <c r="X235">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45671.632789352</v>
+        <v>45742.628993056</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
       <c r="F236">
-        <v>0.05</v>
+        <v>0.5</v>
       </c>
       <c r="G236">
-        <v>109.545833</v>
+        <v>106.520833</v>
       </c>
       <c r="H236">
-        <v>2190.91666</v>
+        <v>7456.45831</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>10.5</v>
       </c>
       <c r="K236" s="2">
         <v>45435.0</v>
       </c>
       <c r="L236" s="2">
         <v>46896.0</v>
       </c>
       <c r="M236">
         <v>6200</v>
       </c>
       <c r="N236">
         <v>1000.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>1.545833</v>
+        <v>1.020833</v>
       </c>
       <c r="Q236">
-        <v>107.125834</v>
+        <v>106.520833</v>
       </c>
       <c r="R236">
-        <v>110.445833</v>
+        <v>107.020833</v>
       </c>
       <c r="S236">
-        <v>105.580001</v>
+        <v>105.5</v>
       </c>
       <c r="T236">
-        <v>108.9</v>
+        <v>106.0</v>
       </c>
       <c r="X236">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45670.487905093</v>
+        <v>45741.620277778</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
+      <c r="F237">
+        <v>0.21</v>
+      </c>
       <c r="G237">
-        <v>109.4875</v>
+        <v>105.991667</v>
+      </c>
+      <c r="H237">
+        <v>20138.41673</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>10.5</v>
       </c>
       <c r="K237" s="2">
         <v>45435.0</v>
       </c>
       <c r="L237" s="2">
         <v>46896.0</v>
       </c>
       <c r="M237">
         <v>6200</v>
       </c>
       <c r="N237">
         <v>1000.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>1.516667</v>
+        <v>0.991667</v>
       </c>
       <c r="Q237">
-        <v>107.096668</v>
+        <v>105.991667</v>
       </c>
       <c r="R237">
-        <v>109.516667</v>
+        <v>106.491667</v>
       </c>
       <c r="S237">
-        <v>105.580001</v>
+        <v>105.0</v>
       </c>
       <c r="T237">
-        <v>108.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="X237">
+        <v>7</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45667.642222222</v>
+        <v>45740.604814815</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
       <c r="F238">
-        <v>2.75</v>
+        <v>0.03</v>
       </c>
       <c r="G238">
-        <v>109.4875</v>
+        <v>105.7725</v>
       </c>
       <c r="H238">
-        <v>4380.1</v>
+        <v>11725.275</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>10.5</v>
       </c>
       <c r="K238" s="2">
         <v>45435.0</v>
       </c>
       <c r="L238" s="2">
         <v>46896.0</v>
       </c>
       <c r="M238">
         <v>6200</v>
       </c>
       <c r="N238">
         <v>1000.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
       </c>
       <c r="P238">
-        <v>1.4875</v>
+        <v>0.9625</v>
       </c>
       <c r="Q238">
-        <v>107.487501</v>
+        <v>102.962501</v>
       </c>
       <c r="R238">
-        <v>110.4</v>
+        <v>106.9625</v>
       </c>
       <c r="S238">
-        <v>106.000001</v>
+        <v>102.000001</v>
       </c>
       <c r="T238">
-        <v>108.9125</v>
+        <v>106.0</v>
       </c>
       <c r="X238">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45666.593043981</v>
+        <v>45737.598333333</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="F239">
-        <v>-1.09</v>
+        <v>-0.82</v>
       </c>
       <c r="G239">
-        <v>106.558333</v>
+        <v>105.743333</v>
       </c>
       <c r="H239">
-        <v>3202.14999</v>
+        <v>3182.19999</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>10.5</v>
       </c>
       <c r="K239" s="2">
         <v>45435.0</v>
       </c>
       <c r="L239" s="2">
         <v>46896.0</v>
       </c>
       <c r="M239">
         <v>6200</v>
       </c>
       <c r="N239">
         <v>1000.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>1.458333</v>
+        <v>0.933333</v>
       </c>
       <c r="Q239">
-        <v>106.558334</v>
+        <v>106.633333</v>
       </c>
       <c r="R239">
-        <v>108.298333</v>
+        <v>107.133333</v>
       </c>
       <c r="S239">
-        <v>105.100001</v>
+        <v>105.7</v>
       </c>
       <c r="T239">
-        <v>106.84</v>
+        <v>106.2</v>
       </c>
       <c r="X239">
         <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45665.629652778</v>
+        <v>45736.634988426</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="F240">
-        <v>-2.42</v>
+        <v>0.76</v>
       </c>
       <c r="G240">
-        <v>107.730833</v>
+        <v>106.618167</v>
       </c>
       <c r="H240">
-        <v>1077.30833</v>
+        <v>4255.68668</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>10.5</v>
       </c>
       <c r="K240" s="2">
         <v>45435.0</v>
       </c>
       <c r="L240" s="2">
         <v>46896.0</v>
       </c>
       <c r="M240">
         <v>6200</v>
       </c>
       <c r="N240">
         <v>1000.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>1.370833</v>
+        <v>0.904167</v>
       </c>
       <c r="Q240">
-        <v>107.100833</v>
+        <v>105.714167</v>
       </c>
       <c r="R240">
-        <v>108.370833</v>
+        <v>107.204167</v>
       </c>
       <c r="S240">
-        <v>105.73</v>
+        <v>104.81</v>
       </c>
       <c r="T240">
-        <v>107.0</v>
+        <v>106.3</v>
       </c>
       <c r="X240">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45664.548900463</v>
+        <v>45735.586388889</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
+      <c r="F241">
+        <v>0.98</v>
+      </c>
       <c r="G241">
-        <v>110.4</v>
+        <v>105.816667</v>
+      </c>
+      <c r="H241">
+        <v>5289.03335</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>10.5</v>
       </c>
       <c r="K241" s="2">
         <v>45435.0</v>
       </c>
       <c r="L241" s="2">
         <v>46896.0</v>
       </c>
       <c r="M241">
         <v>6200</v>
       </c>
       <c r="N241">
         <v>1000.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>1.341667</v>
+        <v>0.816667</v>
       </c>
       <c r="Q241">
-        <v>106.341668</v>
+        <v>105.626667</v>
       </c>
       <c r="R241">
-        <v>108.341667</v>
+        <v>106.443667</v>
       </c>
       <c r="S241">
-        <v>105.000001</v>
+        <v>104.81</v>
       </c>
       <c r="T241">
-        <v>107.0</v>
+        <v>105.627</v>
+      </c>
+      <c r="X241">
+        <v>4</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45663.636585648</v>
+        <v>45734.472962963</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="F242">
-        <v>1.02</v>
+        <v>-0.45</v>
       </c>
       <c r="G242">
-        <v>110.4</v>
+        <v>104.7875</v>
       </c>
       <c r="H242">
-        <v>2207.125</v>
+        <v>1047.875</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>10.5</v>
       </c>
       <c r="K242" s="2">
         <v>45435.0</v>
       </c>
       <c r="L242" s="2">
         <v>46896.0</v>
       </c>
       <c r="M242">
         <v>6200</v>
       </c>
       <c r="N242">
         <v>1000.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>1.3125</v>
+        <v>0.7875</v>
       </c>
       <c r="Q242">
-        <v>108.3125</v>
+        <v>105.5975</v>
       </c>
       <c r="R242">
-        <v>110.4</v>
+        <v>105.7875</v>
       </c>
       <c r="S242">
-        <v>107.0</v>
+        <v>104.81</v>
       </c>
       <c r="T242">
-        <v>109.0875</v>
+        <v>105.0</v>
       </c>
       <c r="X242">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45660.488148148</v>
+        <v>45733.6428125</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>25</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="F243">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="G243">
-        <v>109.283333</v>
+        <v>105.258333</v>
       </c>
       <c r="H243">
-        <v>4301.33332</v>
+        <v>1052.58333</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>10.5</v>
       </c>
       <c r="K243" s="2">
         <v>45435.0</v>
       </c>
       <c r="L243" s="2">
         <v>46896.0</v>
       </c>
       <c r="M243">
         <v>6200</v>
       </c>
       <c r="N243">
         <v>1000.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>1.283333</v>
+        <v>0.758333</v>
       </c>
       <c r="Q243">
-        <v>109.283333</v>
+        <v>101.868334</v>
       </c>
       <c r="R243">
-        <v>110.283333</v>
+        <v>105.758333</v>
       </c>
       <c r="S243">
-        <v>108.0</v>
+        <v>101.110001</v>
       </c>
       <c r="T243">
-        <v>109.0</v>
+        <v>105.0</v>
       </c>
       <c r="X243">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45659.444918981</v>
+        <v>45730.588726852</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
+      <c r="F244">
+        <v>0.6</v>
+      </c>
       <c r="G244">
-        <v>109.2165</v>
+        <v>105.229167</v>
+      </c>
+      <c r="H244">
+        <v>1052.29167</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>10.5</v>
       </c>
       <c r="K244" s="2">
         <v>45435.0</v>
       </c>
       <c r="L244" s="2">
         <v>46896.0</v>
       </c>
       <c r="M244">
         <v>6200</v>
       </c>
       <c r="N244">
         <v>1000.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>1.254167</v>
+        <v>0.729167</v>
       </c>
       <c r="Q244">
-        <v>106.254167</v>
+        <v>105.229167</v>
       </c>
       <c r="R244">
-        <v>110.254167</v>
+        <v>107.029167</v>
       </c>
       <c r="S244">
-        <v>105.0</v>
+        <v>104.5</v>
       </c>
       <c r="T244">
-        <v>109.0</v>
+        <v>106.3</v>
+      </c>
+      <c r="X244">
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45656.500763889</v>
+        <v>45729.631435185</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>25</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="F245">
-        <v>-0.34</v>
+        <v>-0.96</v>
       </c>
       <c r="G245">
-        <v>109.2165</v>
+        <v>104.6</v>
       </c>
       <c r="H245">
-        <v>6574.04</v>
+        <v>3184.99999</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>10.5</v>
       </c>
       <c r="K245" s="2">
         <v>45435.0</v>
       </c>
       <c r="L245" s="2">
         <v>46896.0</v>
       </c>
       <c r="M245">
         <v>6200</v>
       </c>
       <c r="N245">
         <v>1000.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>1.1375</v>
+        <v>0.7</v>
       </c>
       <c r="Q245">
-        <v>102.837501</v>
+        <v>104.6</v>
       </c>
       <c r="R245">
-        <v>110.1375</v>
+        <v>107.0</v>
       </c>
       <c r="S245">
-        <v>101.700001</v>
+        <v>103.9</v>
       </c>
       <c r="T245">
-        <v>109.0</v>
+        <v>106.3</v>
       </c>
       <c r="X245">
         <v>3</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45653.553298611</v>
+        <v>45728.549930556</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="F246">
-        <v>1.48</v>
+        <v>-1.35</v>
       </c>
       <c r="G246">
-        <v>109.589167</v>
+        <v>105.6125</v>
       </c>
       <c r="H246">
-        <v>3287.67501</v>
+        <v>2112.15</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>10.5</v>
       </c>
       <c r="K246" s="2">
         <v>45435.0</v>
       </c>
       <c r="L246" s="2">
         <v>46896.0</v>
       </c>
       <c r="M246">
         <v>6200</v>
       </c>
       <c r="N246">
         <v>1000.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>1.079167</v>
+        <v>0.6125</v>
       </c>
       <c r="Q246">
-        <v>109.158167</v>
+        <v>103.612501</v>
       </c>
       <c r="R246">
-        <v>109.579167</v>
+        <v>106.6125</v>
       </c>
       <c r="S246">
-        <v>108.079</v>
+        <v>103.000001</v>
       </c>
       <c r="T246">
-        <v>108.5</v>
+        <v>106.0</v>
       </c>
       <c r="X246">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45649.629166667</v>
+        <v>45727.641493056</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>25</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
-      <c r="F247">
-[...1 lines deleted...]
-      </c>
       <c r="G247">
-        <v>107.991667</v>
-[...2 lines deleted...]
-        <v>2159.83334</v>
+        <v>107.054166</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>10.5</v>
       </c>
       <c r="K247" s="2">
         <v>45435.0</v>
       </c>
       <c r="L247" s="2">
         <v>46896.0</v>
       </c>
       <c r="M247">
         <v>6200</v>
       </c>
       <c r="N247">
         <v>1000.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>0.991667</v>
+        <v>0.583333</v>
       </c>
       <c r="Q247">
-        <v>107.991667</v>
+        <v>101.683334</v>
       </c>
       <c r="R247">
-        <v>109.501667</v>
+        <v>105.583333</v>
       </c>
       <c r="S247">
-        <v>107.0</v>
+        <v>101.100001</v>
       </c>
       <c r="T247">
-        <v>108.51</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45646.550462963</v>
+        <v>45726.635474537</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
+      <c r="F248">
+        <v>2.42</v>
+      </c>
       <c r="G248">
-        <v>107.115</v>
+        <v>107.054166</v>
+      </c>
+      <c r="H248">
+        <v>2080.58333</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>10.5</v>
       </c>
       <c r="K248" s="2">
         <v>45435.0</v>
       </c>
       <c r="L248" s="2">
         <v>46896.0</v>
       </c>
       <c r="M248">
         <v>6200</v>
       </c>
       <c r="N248">
         <v>1000.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>0.904167</v>
+        <v>0.554167</v>
       </c>
       <c r="Q248">
-        <v>103.904168</v>
+        <v>101.654168</v>
       </c>
       <c r="R248">
-        <v>109.414166</v>
+        <v>106.954165</v>
       </c>
       <c r="S248">
-        <v>103.000001</v>
+        <v>101.100001</v>
       </c>
       <c r="T248">
-        <v>108.509999</v>
+        <v>106.399998</v>
+      </c>
+      <c r="X248">
+        <v>2</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45645.547199074</v>
+        <v>45723.467256944</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="F249">
-        <v>-2.0</v>
+        <v>-3.4</v>
       </c>
       <c r="G249">
-        <v>107.115</v>
+        <v>104.525</v>
       </c>
       <c r="H249">
-        <v>2164.9</v>
+        <v>1045.25</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
         <v>10.5</v>
       </c>
       <c r="K249" s="2">
         <v>45435.0</v>
       </c>
       <c r="L249" s="2">
         <v>46896.0</v>
       </c>
       <c r="M249">
         <v>6200</v>
       </c>
       <c r="N249">
         <v>1000.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
       <c r="P249">
-        <v>0.875</v>
+        <v>0.525</v>
       </c>
       <c r="Q249">
-        <v>107.115</v>
+        <v>101.555001</v>
       </c>
       <c r="R249">
-        <v>109.304999</v>
+        <v>107.524999</v>
       </c>
       <c r="S249">
-        <v>106.24</v>
+        <v>101.030001</v>
       </c>
       <c r="T249">
-        <v>108.429999</v>
+        <v>106.999999</v>
       </c>
       <c r="X249">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45644.619212963</v>
+        <v>45722.588796296</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
-      <c r="F250">
-[...1 lines deleted...]
-      </c>
       <c r="G250">
-        <v>109.2975</v>
-[...2 lines deleted...]
-        <v>5442.575</v>
+        <v>108.208332</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
         <v>10.5</v>
       </c>
       <c r="K250" s="2">
         <v>45435.0</v>
       </c>
       <c r="L250" s="2">
         <v>46896.0</v>
       </c>
       <c r="M250">
         <v>6200</v>
       </c>
       <c r="N250">
         <v>1000.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>0.7875</v>
+        <v>0.495833</v>
       </c>
       <c r="Q250">
-        <v>106.7875</v>
+        <v>101.995834</v>
       </c>
       <c r="R250">
-        <v>109.297499</v>
+        <v>106.495833</v>
       </c>
       <c r="S250">
+        <v>101.500001</v>
+      </c>
+      <c r="T250">
         <v>106.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45643.610046296</v>
+        <v>45721.660231481</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="F251">
-        <v>-3.14</v>
+        <v>1.72</v>
       </c>
       <c r="G251">
-        <v>105.758333</v>
+        <v>108.208332</v>
       </c>
       <c r="H251">
-        <v>11633.41664</v>
+        <v>5328.33332</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
         <v>10.5</v>
       </c>
       <c r="K251" s="2">
         <v>45435.0</v>
       </c>
       <c r="L251" s="2">
         <v>46896.0</v>
       </c>
       <c r="M251">
         <v>6200</v>
       </c>
       <c r="N251">
         <v>1000.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>0.758333</v>
+        <v>0.408333</v>
       </c>
       <c r="Q251">
-        <v>106.258333</v>
+        <v>104.908334</v>
       </c>
       <c r="R251">
-        <v>108.258332</v>
+        <v>107.903332</v>
       </c>
       <c r="S251">
-        <v>105.5</v>
+        <v>104.500001</v>
       </c>
       <c r="T251">
-        <v>107.499999</v>
+        <v>107.494999</v>
       </c>
       <c r="X251">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45642.461087963</v>
+        <v>45720.627025463</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>25</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
+      <c r="F252">
+        <v>-1.73</v>
+      </c>
       <c r="G252">
-        <v>109.183333</v>
+        <v>106.379167</v>
+      </c>
+      <c r="H252">
+        <v>3228.32499</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
         <v>10.5</v>
       </c>
       <c r="K252" s="2">
         <v>45435.0</v>
       </c>
       <c r="L252" s="2">
         <v>46896.0</v>
       </c>
       <c r="M252">
         <v>6200</v>
       </c>
       <c r="N252">
         <v>1000.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>0.729167</v>
+        <v>0.379167</v>
       </c>
       <c r="Q252">
-        <v>106.229167</v>
+        <v>105.879168</v>
       </c>
       <c r="R252">
-        <v>108.229167</v>
+        <v>108.179166</v>
       </c>
       <c r="S252">
-        <v>105.5</v>
+        <v>105.500001</v>
       </c>
       <c r="T252">
-        <v>107.5</v>
+        <v>107.799999</v>
+      </c>
+      <c r="X252">
+        <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45639.6353125</v>
+        <v>45719.648009259</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
+      <c r="F253">
+        <v>3.59</v>
+      </c>
       <c r="G253">
-        <v>109.183333</v>
+        <v>108.249999</v>
+      </c>
+      <c r="H253">
+        <v>6420.59997</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
         <v>10.5</v>
       </c>
       <c r="K253" s="2">
         <v>45435.0</v>
       </c>
       <c r="L253" s="2">
         <v>46896.0</v>
       </c>
       <c r="M253">
         <v>6200</v>
       </c>
       <c r="N253">
         <v>1000.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>0.7</v>
+        <v>0.35</v>
       </c>
       <c r="Q253">
-        <v>106.000001</v>
+        <v>105.850001</v>
       </c>
       <c r="R253">
-        <v>108.2</v>
+        <v>108.245</v>
       </c>
       <c r="S253">
-        <v>105.300001</v>
+        <v>105.500001</v>
       </c>
       <c r="T253">
-        <v>107.5</v>
+        <v>107.895</v>
+      </c>
+      <c r="X253">
+        <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45638.633472222</v>
+        <v>45716.661631944</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
+      <c r="F254">
+        <v>-0.14</v>
+      </c>
       <c r="G254">
-        <v>109.183333</v>
+        <v>104.500833</v>
+      </c>
+      <c r="H254">
+        <v>4180.03334</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
         <v>10.5</v>
       </c>
       <c r="K254" s="2">
         <v>45435.0</v>
       </c>
       <c r="L254" s="2">
         <v>46896.0</v>
       </c>
       <c r="M254">
         <v>6200</v>
       </c>
       <c r="N254">
         <v>1000.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
       <c r="P254">
-        <v>0.670833</v>
+        <v>0.320833</v>
       </c>
       <c r="Q254">
-        <v>105.870834</v>
+        <v>104.500834</v>
       </c>
       <c r="R254">
-        <v>108.170833</v>
+        <v>108.320833</v>
       </c>
       <c r="S254">
-        <v>105.200001</v>
+        <v>104.180001</v>
       </c>
       <c r="T254">
-        <v>107.5</v>
+        <v>108.0</v>
+      </c>
+      <c r="X254">
+        <v>2</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45637.62755787</v>
+        <v>45715.421319444</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
-      <c r="F255">
-[...1 lines deleted...]
-      </c>
       <c r="G255">
-        <v>109.183333</v>
-[...2 lines deleted...]
-        <v>1091.83333</v>
+        <v>104.645833</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
         <v>10.5</v>
       </c>
       <c r="K255" s="2">
         <v>45435.0</v>
       </c>
       <c r="L255" s="2">
         <v>46896.0</v>
       </c>
       <c r="M255">
         <v>6200</v>
       </c>
       <c r="N255">
         <v>1000.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>0.583333</v>
+        <v>0.291667</v>
       </c>
       <c r="Q255">
-        <v>105.583334</v>
+        <v>105.841667</v>
       </c>
       <c r="R255">
-        <v>109.183333</v>
+        <v>108.331667</v>
       </c>
       <c r="S255">
-        <v>105.000001</v>
+        <v>105.55</v>
       </c>
       <c r="T255">
-        <v>108.6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.04</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45636.635520833</v>
+        <v>45714.515787037</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="F256">
-        <v>4.31</v>
+        <v>-2.2</v>
       </c>
       <c r="G256">
-        <v>109.554167</v>
+        <v>104.645833</v>
       </c>
       <c r="H256">
-        <v>3286.62501</v>
+        <v>4221.23332</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
         <v>10.5</v>
       </c>
       <c r="K256" s="2">
         <v>45435.0</v>
       </c>
       <c r="L256" s="2">
         <v>46896.0</v>
       </c>
       <c r="M256">
         <v>6200</v>
       </c>
       <c r="N256">
         <v>1000.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>0.554167</v>
+        <v>0.145833</v>
       </c>
       <c r="Q256">
-        <v>103.354167</v>
+        <v>103.145834</v>
       </c>
       <c r="R256">
-        <v>107.554167</v>
+        <v>108.185833</v>
       </c>
       <c r="S256">
-        <v>102.8</v>
+        <v>103.000001</v>
       </c>
       <c r="T256">
-        <v>107.0</v>
+        <v>108.04</v>
       </c>
       <c r="X256">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45635.641527778</v>
+        <v>45713.524733796</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="F257">
-        <v>0.03</v>
+        <v>-2.22</v>
       </c>
       <c r="G257">
-        <v>105.025</v>
+        <v>106.996667</v>
       </c>
       <c r="H257">
-        <v>3155.75</v>
+        <v>1069.96667</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
         <v>10.5</v>
       </c>
       <c r="K257" s="2">
         <v>45435.0</v>
       </c>
       <c r="L257" s="2">
         <v>46896.0</v>
       </c>
       <c r="M257">
         <v>6200</v>
       </c>
       <c r="N257">
         <v>1000.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>0.525</v>
+        <v>0.116667</v>
       </c>
       <c r="Q257">
-        <v>103.025</v>
+        <v>106.996667</v>
       </c>
       <c r="R257">
-        <v>109.525</v>
+        <v>108.116667</v>
       </c>
       <c r="S257">
-        <v>102.5</v>
+        <v>106.88</v>
       </c>
       <c r="T257">
-        <v>109.0</v>
+        <v>108.0</v>
       </c>
       <c r="X257">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45632.603958333</v>
+        <v>45712.355590278</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
-      <c r="F258">
-[...1 lines deleted...]
-      </c>
       <c r="G258">
-        <v>104.995833</v>
-[...2 lines deleted...]
-        <v>5269.79165</v>
+        <v>109.429167</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
         <v>10.5</v>
       </c>
       <c r="K258" s="2">
         <v>45435.0</v>
       </c>
       <c r="L258" s="2">
         <v>46896.0</v>
       </c>
       <c r="M258">
         <v>6200</v>
       </c>
       <c r="N258">
         <v>1000.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>0.495833</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>0.0875</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45631.417222222</v>
+        <v>45709.421099537</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="G259">
-        <v>104.85</v>
+        <v>109.429167</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
         <v>10.5</v>
       </c>
       <c r="K259" s="2">
         <v>45435.0</v>
       </c>
       <c r="L259" s="2">
         <v>46896.0</v>
       </c>
       <c r="M259">
         <v>6200</v>
       </c>
       <c r="N259">
         <v>1000.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>0.466667</v>
+        <v>0.058333</v>
       </c>
       <c r="Q259">
-        <v>104.966667</v>
+        <v>106.158333</v>
       </c>
       <c r="R259">
-        <v>109.466667</v>
+        <v>108.098333</v>
       </c>
       <c r="S259">
-        <v>104.5</v>
+        <v>106.1</v>
       </c>
       <c r="T259">
-        <v>109.0</v>
+        <v>108.04</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45630.508773148</v>
+        <v>45708.536296296</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
+      <c r="F260">
+        <v>-0.13</v>
+      </c>
       <c r="G260">
-        <v>104.85</v>
+        <v>109.429167</v>
+      </c>
+      <c r="H260">
+        <v>5469.45835</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
         <v>10.5</v>
       </c>
       <c r="K260" s="2">
         <v>45435.0</v>
       </c>
       <c r="L260" s="2">
         <v>46896.0</v>
       </c>
       <c r="M260">
         <v>6200</v>
       </c>
       <c r="N260">
         <v>1000.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>0.379167</v>
+        <v>0.029167</v>
       </c>
       <c r="Q260">
-        <v>105.0</v>
+        <v>106.129167</v>
       </c>
       <c r="R260">
-        <v>109.379167</v>
+        <v>108.069167</v>
       </c>
       <c r="S260">
-        <v>104.620833</v>
+        <v>106.1</v>
       </c>
       <c r="T260">
-        <v>109.0</v>
+        <v>108.04</v>
+      </c>
+      <c r="X260">
+        <v>2</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45629.575046296</v>
+        <v>45707.612476852</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="F261">
-        <v>-4.09</v>
+        <v>-2.13</v>
       </c>
       <c r="G261">
-        <v>104.85</v>
+        <v>109.566668</v>
       </c>
       <c r="H261">
-        <v>4191.5</v>
+        <v>3287.00004</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
         <v>10.5</v>
       </c>
       <c r="K261" s="2">
         <v>45435.0</v>
       </c>
       <c r="L261" s="2">
         <v>46896.0</v>
       </c>
       <c r="M261">
         <v>6200</v>
       </c>
       <c r="N261">
         <v>1000.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>0.35</v>
+        <v>2.566667</v>
       </c>
       <c r="Q261">
-        <v>104.85</v>
+        <v>109.566668</v>
       </c>
       <c r="R261">
-        <v>109.35</v>
+        <v>111.866666</v>
       </c>
       <c r="S261">
-        <v>104.5</v>
+        <v>107.000001</v>
       </c>
       <c r="T261">
-        <v>109.0</v>
+        <v>109.299999</v>
       </c>
       <c r="X261">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45628.549409722</v>
+        <v>45706.546643519</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="F262">
-        <v>1.89</v>
+        <v>1.3</v>
       </c>
       <c r="G262">
-        <v>109.320833</v>
+        <v>111.9485</v>
       </c>
       <c r="H262">
-        <v>2186.41666</v>
+        <v>6710.35998</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
         <v>10.5</v>
       </c>
       <c r="K262" s="2">
         <v>45435.0</v>
       </c>
       <c r="L262" s="2">
         <v>46896.0</v>
       </c>
       <c r="M262">
         <v>6200</v>
       </c>
       <c r="N262">
         <v>1000.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>0.320833</v>
+        <v>2.5375</v>
       </c>
       <c r="Q262">
-        <v>104.520833</v>
+        <v>109.537501</v>
       </c>
       <c r="R262">
-        <v>107.320833</v>
+        <v>111.9375</v>
       </c>
       <c r="S262">
-        <v>104.2</v>
+        <v>107.000001</v>
       </c>
       <c r="T262">
-        <v>107.0</v>
+        <v>109.4</v>
       </c>
       <c r="X262">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45625.581284722</v>
+        <v>45705.647916667</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
       <c r="F263">
-        <v>0.5</v>
+        <v>1.94</v>
       </c>
       <c r="G263">
-        <v>107.291667</v>
+        <v>110.508333</v>
       </c>
       <c r="H263">
-        <v>4281.66668</v>
+        <v>4423.33332</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
         <v>10.5</v>
       </c>
       <c r="K263" s="2">
         <v>45435.0</v>
       </c>
       <c r="L263" s="2">
         <v>46896.0</v>
       </c>
       <c r="M263">
         <v>6200</v>
       </c>
       <c r="N263">
         <v>1000.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>0.291667</v>
+        <v>2.508333</v>
       </c>
       <c r="Q263">
-        <v>104.451667</v>
+        <v>110.508333</v>
       </c>
       <c r="R263">
-        <v>107.291667</v>
+        <v>111.508332</v>
       </c>
       <c r="S263">
-        <v>104.16</v>
+        <v>108.0</v>
       </c>
       <c r="T263">
-        <v>107.0</v>
+        <v>108.999999</v>
       </c>
       <c r="X263">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45624.542847222</v>
+        <v>45702.421539352</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
-      <c r="F264">
-[...1 lines deleted...]
-      </c>
       <c r="G264">
-        <v>106.7625</v>
-[...2 lines deleted...]
-        <v>1067.625</v>
+        <v>108.402501</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
         <v>10.5</v>
       </c>
       <c r="K264" s="2">
         <v>45435.0</v>
       </c>
       <c r="L264" s="2">
         <v>46896.0</v>
       </c>
       <c r="M264">
         <v>6200</v>
       </c>
       <c r="N264">
         <v>1000.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>0.2625</v>
+        <v>2.479167</v>
       </c>
       <c r="Q264">
-        <v>104.2625</v>
+        <v>109.579167</v>
       </c>
       <c r="R264">
-        <v>106.7625</v>
+        <v>110.679167</v>
       </c>
       <c r="S264">
-        <v>104.0</v>
+        <v>107.1</v>
       </c>
       <c r="T264">
-        <v>106.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.2</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45623.589270833</v>
+        <v>45701.621111111</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
-      <c r="F265">
-[...1 lines deleted...]
-      </c>
       <c r="G265">
-        <v>104.225</v>
-[...2 lines deleted...]
-        <v>1042.25</v>
+        <v>108.402501</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
         <v>10.5</v>
       </c>
       <c r="K265" s="2">
         <v>45435.0</v>
       </c>
       <c r="L265" s="2">
         <v>46896.0</v>
       </c>
       <c r="M265">
         <v>6200</v>
       </c>
       <c r="N265">
         <v>1000.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>0.175</v>
+        <v>2.45</v>
       </c>
       <c r="Q265">
-        <v>104.175</v>
+        <v>108.6</v>
       </c>
       <c r="R265">
-        <v>109.375</v>
+        <v>111.449999</v>
       </c>
       <c r="S265">
-        <v>104.0</v>
+        <v>106.15</v>
       </c>
       <c r="T265">
-        <v>109.2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.999999</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45622.419976852</v>
+        <v>45700.64693287</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
+      <c r="F266">
+        <v>-2.84</v>
+      </c>
       <c r="G266">
-        <v>104.116667</v>
+        <v>108.402501</v>
+      </c>
+      <c r="H266">
+        <v>7711.17502</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
         <v>10.5</v>
       </c>
       <c r="K266" s="2">
         <v>45435.0</v>
       </c>
       <c r="L266" s="2">
         <v>46896.0</v>
       </c>
       <c r="M266">
         <v>6200</v>
       </c>
       <c r="N266">
         <v>1000.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>0.145833</v>
+        <v>2.3625</v>
       </c>
       <c r="Q266">
-        <v>104.145833</v>
+        <v>108.462501</v>
       </c>
       <c r="R266">
-        <v>109.445833</v>
+        <v>111.362499</v>
       </c>
       <c r="S266">
-        <v>104.0</v>
+        <v>106.100001</v>
       </c>
       <c r="T266">
-        <v>109.3</v>
+        <v>108.999999</v>
+      </c>
+      <c r="X266">
+        <v>5</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45621.649363426</v>
+        <v>45699.577037037</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
-      <c r="F267">
-[...1 lines deleted...]
-      </c>
       <c r="G267">
-        <v>104.116667</v>
-[...2 lines deleted...]
-        <v>4164.66668</v>
+        <v>111.569332</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
         <v>10.5</v>
       </c>
       <c r="K267" s="2">
         <v>45435.0</v>
       </c>
       <c r="L267" s="2">
         <v>46896.0</v>
       </c>
       <c r="M267">
         <v>6200</v>
       </c>
       <c r="N267">
         <v>1000.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>0.116667</v>
+        <v>2.333333</v>
       </c>
       <c r="Q267">
-        <v>102.116668</v>
+        <v>108.373333</v>
       </c>
       <c r="R267">
-        <v>109.416667</v>
+        <v>110.333332</v>
       </c>
       <c r="S267">
-        <v>102.000001</v>
+        <v>106.04</v>
       </c>
       <c r="T267">
-        <v>109.3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>107.999999</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45618.649803241</v>
+        <v>45698.657627315</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
-      <c r="F268">
-[...1 lines deleted...]
-      </c>
       <c r="G268">
-        <v>105.5875</v>
-[...2 lines deleted...]
-        <v>2126.75</v>
+        <v>111.569332</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
         <v>10.5</v>
       </c>
       <c r="K268" s="2">
         <v>45435.0</v>
       </c>
       <c r="L268" s="2">
         <v>46896.0</v>
       </c>
       <c r="M268">
         <v>6200</v>
       </c>
       <c r="N268">
         <v>1000.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>0.0875</v>
+        <v>2.304167</v>
       </c>
       <c r="Q268">
-        <v>102.0875</v>
+        <v>108.404167</v>
       </c>
       <c r="R268">
-        <v>104.5875</v>
+        <v>111.204167</v>
       </c>
       <c r="S268">
-        <v>102.0</v>
+        <v>106.1</v>
       </c>
       <c r="T268">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>108.9</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45617.66525463</v>
+        <v>45695.627002315</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="G269">
-        <v>109.2375</v>
+        <v>111.569332</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
         <v>10.5</v>
       </c>
       <c r="K269" s="2">
         <v>45435.0</v>
       </c>
       <c r="L269" s="2">
         <v>46896.0</v>
       </c>
       <c r="M269">
         <v>6200</v>
       </c>
       <c r="N269">
         <v>1000.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
       <c r="P269">
-        <v>0.058333</v>
+        <v>2.275</v>
       </c>
       <c r="Q269">
-        <v>106.058333</v>
+        <v>108.315001</v>
       </c>
       <c r="R269">
-        <v>108.358333</v>
+        <v>111.624999</v>
       </c>
       <c r="S269">
-        <v>106.0</v>
+        <v>106.040001</v>
       </c>
       <c r="T269">
-        <v>108.3</v>
+        <v>109.349999</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45616.627546296</v>
+        <v>45694.484571759</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="G270">
-        <v>109.2375</v>
+        <v>111.569332</v>
       </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
         <v>10.5</v>
       </c>
       <c r="K270" s="2">
         <v>45435.0</v>
       </c>
       <c r="L270" s="2">
         <v>46896.0</v>
       </c>
       <c r="M270">
         <v>6200</v>
       </c>
       <c r="N270">
         <v>1000.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>2.595833</v>
+        <v>2.245833</v>
       </c>
       <c r="Q270">
-        <v>104.095833</v>
+        <v>108.285834</v>
       </c>
       <c r="R270">
-        <v>111.895833</v>
+        <v>111.545832</v>
       </c>
       <c r="S270">
-        <v>101.5</v>
+        <v>106.040001</v>
       </c>
       <c r="T270">
-        <v>109.3</v>
+        <v>109.299999</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45615.620451389</v>
+        <v>45693.610011574</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
+      <c r="F271">
+        <v>3.18</v>
+      </c>
       <c r="G271">
-        <v>109.2375</v>
+        <v>111.569332</v>
+      </c>
+      <c r="H271">
+        <v>3288.85998</v>
       </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
         <v>10.5</v>
       </c>
       <c r="K271" s="2">
         <v>45435.0</v>
       </c>
       <c r="L271" s="2">
         <v>46896.0</v>
       </c>
       <c r="M271">
         <v>6200</v>
       </c>
       <c r="N271">
         <v>1000.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
       <c r="P271">
-        <v>2.566667</v>
+        <v>2.158333</v>
       </c>
       <c r="Q271">
-        <v>107.566667</v>
+        <v>108.198334</v>
       </c>
       <c r="R271">
-        <v>111.866667</v>
+        <v>111.569332</v>
       </c>
       <c r="S271">
-        <v>105.0</v>
+        <v>106.040001</v>
       </c>
       <c r="T271">
-        <v>109.3</v>
+        <v>109.410999</v>
+      </c>
+      <c r="X271">
+        <v>2</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45614.652060185</v>
+        <v>45692.483449074</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="F272">
-        <v>-0.06</v>
+        <v>-1.7</v>
       </c>
       <c r="G272">
-        <v>109.2375</v>
+        <v>108.129167</v>
       </c>
       <c r="H272">
-        <v>1092.375</v>
+        <v>1081.29167</v>
       </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
         <v>10.5</v>
       </c>
       <c r="K272" s="2">
         <v>45435.0</v>
       </c>
       <c r="L272" s="2">
         <v>46896.0</v>
       </c>
       <c r="M272">
         <v>6200</v>
       </c>
       <c r="N272">
         <v>1000.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>2.5375</v>
+        <v>2.129167</v>
       </c>
       <c r="Q272">
-        <v>104.5375</v>
+        <v>108.129168</v>
       </c>
       <c r="R272">
-        <v>111.8375</v>
+        <v>110.129167</v>
       </c>
       <c r="S272">
-        <v>102.0</v>
+        <v>106.000001</v>
       </c>
       <c r="T272">
-        <v>109.3</v>
+        <v>108.0</v>
       </c>
       <c r="X272">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45611.641145833</v>
+        <v>45691.529016204</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
       <c r="F273">
-        <v>-1.87</v>
+        <v>0.54</v>
       </c>
       <c r="G273">
-        <v>109.308333</v>
+        <v>110.0</v>
       </c>
       <c r="H273">
-        <v>2186.16666</v>
+        <v>3267.6</v>
       </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
         <v>10.5</v>
       </c>
       <c r="K273" s="2">
         <v>45435.0</v>
       </c>
       <c r="L273" s="2">
         <v>46896.0</v>
       </c>
       <c r="M273">
         <v>6200</v>
       </c>
       <c r="N273">
         <v>1000.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>2.508333</v>
+        <v>2.1</v>
       </c>
       <c r="Q273">
-        <v>109.308333</v>
+        <v>107.5</v>
       </c>
       <c r="R273">
-        <v>111.808333</v>
+        <v>111.511</v>
       </c>
       <c r="S273">
-        <v>106.8</v>
+        <v>105.4</v>
       </c>
       <c r="T273">
-        <v>109.3</v>
+        <v>109.411</v>
       </c>
       <c r="X273">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45610.41712963</v>
+        <v>45688.569803241</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
+      <c r="F274">
+        <v>-1.91</v>
+      </c>
       <c r="G274">
-        <v>111.391667</v>
+        <v>109.410833</v>
+      </c>
+      <c r="H274">
+        <v>10004.12497</v>
       </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
         <v>10.5</v>
       </c>
       <c r="K274" s="2">
         <v>45435.0</v>
       </c>
       <c r="L274" s="2">
         <v>46896.0</v>
       </c>
       <c r="M274">
         <v>6200</v>
       </c>
       <c r="N274">
         <v>1000.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>2.479167</v>
+        <v>2.070833</v>
       </c>
       <c r="Q274">
-        <v>109.179167</v>
+        <v>107.550834</v>
       </c>
       <c r="R274">
-        <v>111.779167</v>
+        <v>111.970833</v>
       </c>
       <c r="S274">
-        <v>106.7</v>
+        <v>105.480001</v>
       </c>
       <c r="T274">
-        <v>109.3</v>
+        <v>109.9</v>
+      </c>
+      <c r="X274">
+        <v>8</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45609.661574074</v>
+        <v>45687.659733796</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="F275">
-        <v>1.88</v>
+        <v>1.47</v>
       </c>
       <c r="G275">
-        <v>111.391667</v>
+        <v>111.541667</v>
       </c>
       <c r="H275">
-        <v>1113.91667</v>
+        <v>6681.50002</v>
       </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
         <v>10.5</v>
       </c>
       <c r="K275" s="2">
         <v>45435.0</v>
       </c>
       <c r="L275" s="2">
         <v>46896.0</v>
       </c>
       <c r="M275">
         <v>6200</v>
       </c>
       <c r="N275">
         <v>1000.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>2.391667</v>
+        <v>2.041667</v>
       </c>
       <c r="Q275">
-        <v>109.191667</v>
+        <v>111.541667</v>
       </c>
       <c r="R275">
-        <v>109.891667</v>
+        <v>111.636667</v>
       </c>
       <c r="S275">
-        <v>106.8</v>
+        <v>109.5</v>
       </c>
       <c r="T275">
-        <v>107.5</v>
+        <v>109.595</v>
       </c>
       <c r="X275">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45608.503981481</v>
+        <v>45686.462731481</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="G276">
-        <v>109.333333</v>
+        <v>109.925</v>
       </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
         <v>10.5</v>
       </c>
       <c r="K276" s="2">
         <v>45435.0</v>
       </c>
       <c r="L276" s="2">
         <v>46896.0</v>
       </c>
       <c r="M276">
         <v>6200</v>
       </c>
       <c r="N276">
         <v>1000.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
       <c r="P276">
-        <v>2.3625</v>
+        <v>1.954167</v>
       </c>
       <c r="Q276">
-        <v>109.0625</v>
+        <v>109.954167</v>
       </c>
       <c r="R276">
-        <v>111.3625</v>
+        <v>110.954167</v>
       </c>
       <c r="S276">
-        <v>106.7</v>
+        <v>108.0</v>
       </c>
       <c r="T276">
         <v>109.0</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45607.561087963</v>
+        <v>45685.628865741</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
-      <c r="F277">
-[...1 lines deleted...]
-      </c>
       <c r="G277">
-        <v>109.333333</v>
-[...2 lines deleted...]
-        <v>1093.33333</v>
+        <v>109.925</v>
       </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
         <v>10.5</v>
       </c>
       <c r="K277" s="2">
         <v>45435.0</v>
       </c>
       <c r="L277" s="2">
         <v>46896.0</v>
       </c>
       <c r="M277">
         <v>6200</v>
       </c>
       <c r="N277">
         <v>1000.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>2.333333</v>
+        <v>1.954167</v>
       </c>
       <c r="Q277">
-        <v>109.033333</v>
+        <v>109.954167</v>
       </c>
       <c r="R277">
-        <v>111.633333</v>
+        <v>110.954167</v>
       </c>
       <c r="S277">
-        <v>106.7</v>
+        <v>108.0</v>
       </c>
       <c r="T277">
-        <v>109.3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45604.596018519</v>
+        <v>45684.622824074</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
+      <c r="F278">
+        <v>-1.19</v>
+      </c>
       <c r="G278">
-        <v>110.275</v>
+        <v>109.925</v>
+      </c>
+      <c r="H278">
+        <v>4397.0</v>
       </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
         <v>10.5</v>
       </c>
       <c r="K278" s="2">
         <v>45435.0</v>
       </c>
       <c r="L278" s="2">
         <v>46896.0</v>
       </c>
       <c r="M278">
         <v>6200</v>
       </c>
       <c r="N278">
         <v>1000.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>2.304167</v>
+        <v>1.925</v>
       </c>
       <c r="Q278">
-        <v>107.404168</v>
+        <v>109.925</v>
       </c>
       <c r="R278">
-        <v>111.304167</v>
+        <v>111.125</v>
       </c>
       <c r="S278">
-        <v>105.100001</v>
+        <v>108.0</v>
       </c>
       <c r="T278">
-        <v>109.0</v>
+        <v>109.2</v>
+      </c>
+      <c r="X278">
+        <v>3</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45603.539675926</v>
+        <v>45681.417060185</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
-      <c r="F279">
-[...1 lines deleted...]
-      </c>
       <c r="G279">
-        <v>110.275</v>
-[...2 lines deleted...]
-        <v>1102.75</v>
+        <v>111.25</v>
       </c>
       <c r="I279" t="s">
         <v>28</v>
       </c>
       <c r="J279">
         <v>10.5</v>
       </c>
       <c r="K279" s="2">
         <v>45435.0</v>
       </c>
       <c r="L279" s="2">
         <v>46896.0</v>
       </c>
       <c r="M279">
         <v>6200</v>
       </c>
       <c r="N279">
         <v>1000.0</v>
       </c>
       <c r="O279" t="s">
         <v>28</v>
       </c>
       <c r="P279">
-        <v>2.275</v>
+        <v>1.895833</v>
       </c>
       <c r="Q279">
-        <v>105.275001</v>
+        <v>109.895833</v>
       </c>
       <c r="R279">
-        <v>111.675</v>
+        <v>111.395833</v>
       </c>
       <c r="S279">
-        <v>103.000001</v>
+        <v>108.0</v>
       </c>
       <c r="T279">
-        <v>109.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45602.492569444</v>
+        <v>45680.504606481</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
       <c r="G280">
-        <v>110.128167</v>
+        <v>111.25</v>
       </c>
       <c r="I280" t="s">
         <v>28</v>
       </c>
       <c r="J280">
         <v>10.5</v>
       </c>
       <c r="K280" s="2">
         <v>45435.0</v>
       </c>
       <c r="L280" s="2">
         <v>46896.0</v>
       </c>
       <c r="M280">
         <v>6200</v>
       </c>
       <c r="N280">
         <v>1000.0</v>
       </c>
       <c r="O280" t="s">
         <v>28</v>
       </c>
       <c r="P280">
-        <v>2.1875</v>
+        <v>1.866667</v>
       </c>
       <c r="Q280">
-        <v>109.1875</v>
+        <v>109.866667</v>
       </c>
       <c r="R280">
-        <v>110.1875</v>
+        <v>111.366667</v>
       </c>
       <c r="S280">
-        <v>107.0</v>
+        <v>108.0</v>
       </c>
       <c r="T280">
-        <v>108.0</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45601.523587963</v>
+        <v>45679.416898148</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
       <c r="G281">
-        <v>110.128167</v>
+        <v>111.25</v>
       </c>
       <c r="I281" t="s">
         <v>28</v>
       </c>
       <c r="J281">
         <v>10.5</v>
       </c>
       <c r="K281" s="2">
         <v>45435.0</v>
       </c>
       <c r="L281" s="2">
         <v>46896.0</v>
       </c>
       <c r="M281">
         <v>6200</v>
       </c>
       <c r="N281">
         <v>1000.0</v>
       </c>
       <c r="O281" t="s">
         <v>28</v>
       </c>
       <c r="P281">
-        <v>2.158333</v>
+        <v>1.779167</v>
       </c>
       <c r="Q281">
-        <v>108.158333</v>
+        <v>109.119167</v>
       </c>
       <c r="R281">
-        <v>110.158333</v>
+        <v>111.279167</v>
       </c>
       <c r="S281">
-        <v>106.0</v>
+        <v>107.34</v>
       </c>
       <c r="T281">
-        <v>108.0</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45600.630208333</v>
+        <v>45678.459351852</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="F282">
-        <v>0.48</v>
+        <v>0.15</v>
       </c>
       <c r="G282">
-        <v>110.128167</v>
+        <v>111.25</v>
       </c>
       <c r="H282">
-        <v>8810.25336</v>
+        <v>2225.0</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
         <v>10.5</v>
       </c>
       <c r="K282" s="2">
         <v>45435.0</v>
       </c>
       <c r="L282" s="2">
         <v>46896.0</v>
       </c>
       <c r="M282">
         <v>6200</v>
       </c>
       <c r="N282">
         <v>1000.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>2.129167</v>
+        <v>1.75</v>
       </c>
       <c r="Q282">
-        <v>105.129167</v>
+        <v>109.09</v>
       </c>
       <c r="R282">
-        <v>110.129167</v>
+        <v>111.0</v>
       </c>
       <c r="S282">
-        <v>103.0</v>
+        <v>107.34</v>
       </c>
       <c r="T282">
-        <v>108.0</v>
+        <v>109.25</v>
       </c>
       <c r="X282">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45597.546365741</v>
+        <v>45677.512592593</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="F283">
-        <v>1.52</v>
+        <v>1.45</v>
       </c>
       <c r="G283">
-        <v>109.6</v>
+        <v>111.082833</v>
       </c>
       <c r="H283">
-        <v>2192.0</v>
+        <v>11108.2833</v>
       </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
         <v>10.5</v>
       </c>
       <c r="K283" s="2">
         <v>45435.0</v>
       </c>
       <c r="L283" s="2">
         <v>46896.0</v>
       </c>
       <c r="M283">
         <v>6200</v>
       </c>
       <c r="N283">
         <v>1000.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>2.1</v>
+        <v>1.720833</v>
       </c>
       <c r="Q283">
-        <v>109.6</v>
+        <v>109.060833</v>
       </c>
       <c r="R283">
-        <v>110.099</v>
+        <v>111.082833</v>
       </c>
       <c r="S283">
-        <v>107.5</v>
+        <v>107.34</v>
       </c>
       <c r="T283">
-        <v>107.999</v>
+        <v>109.362</v>
       </c>
       <c r="X283">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45596.663043981</v>
+        <v>45674.435613426</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
       <c r="G284">
-        <v>107.954167</v>
+        <v>109.4925</v>
       </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
         <v>10.5</v>
       </c>
       <c r="K284" s="2">
         <v>45435.0</v>
       </c>
       <c r="L284" s="2">
         <v>46896.0</v>
       </c>
       <c r="M284">
         <v>6200</v>
       </c>
       <c r="N284">
         <v>1000.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>2.070833</v>
+        <v>1.691667</v>
       </c>
       <c r="Q284">
-        <v>105.570833</v>
+        <v>109.031667</v>
       </c>
       <c r="R284">
-        <v>109.570833</v>
+        <v>110.101667</v>
       </c>
       <c r="S284">
-        <v>103.5</v>
+        <v>107.34</v>
       </c>
       <c r="T284">
-        <v>107.5</v>
+        <v>108.41</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45595.604293981</v>
+        <v>45673.617152778</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
+      <c r="F285">
+        <v>0.66</v>
+      </c>
       <c r="G285">
-        <v>107.954167</v>
+        <v>109.4925</v>
+      </c>
+      <c r="H285">
+        <v>14357.005</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
         <v>10.5</v>
       </c>
       <c r="K285" s="2">
         <v>45435.0</v>
       </c>
       <c r="L285" s="2">
         <v>46896.0</v>
       </c>
       <c r="M285">
         <v>6200</v>
       </c>
       <c r="N285">
         <v>1000.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>1.983333</v>
+        <v>1.6625</v>
       </c>
       <c r="Q285">
-        <v>105.483334</v>
+        <v>109.0025</v>
       </c>
       <c r="R285">
-        <v>109.973333</v>
+        <v>111.0245</v>
       </c>
       <c r="S285">
-        <v>103.500001</v>
+        <v>107.34</v>
       </c>
       <c r="T285">
-        <v>107.99</v>
+        <v>109.362</v>
+      </c>
+      <c r="X285">
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
-        <v>45594.592314815</v>
+        <v>45672.655659722</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>25</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="F286">
-        <v>1.92</v>
+        <v>-0.7</v>
       </c>
       <c r="G286">
-        <v>107.954167</v>
+        <v>108.775</v>
       </c>
       <c r="H286">
-        <v>2159.54167</v>
+        <v>5391.65</v>
       </c>
       <c r="I286" t="s">
         <v>28</v>
       </c>
       <c r="J286">
         <v>10.5</v>
       </c>
       <c r="K286" s="2">
         <v>45435.0</v>
       </c>
       <c r="L286" s="2">
         <v>46896.0</v>
       </c>
       <c r="M286">
         <v>6200</v>
       </c>
       <c r="N286">
         <v>1000.0</v>
       </c>
       <c r="O286" t="s">
         <v>28</v>
       </c>
       <c r="P286">
-        <v>1.954167</v>
+        <v>1.575</v>
       </c>
       <c r="Q286">
-        <v>107.954167</v>
+        <v>106.575001</v>
       </c>
       <c r="R286">
-        <v>109.953167</v>
+        <v>109.405</v>
       </c>
       <c r="S286">
-        <v>106.0</v>
+        <v>105.000001</v>
       </c>
       <c r="T286">
-        <v>107.999</v>
+        <v>107.83</v>
       </c>
       <c r="X286">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="287" spans="1:24">
       <c r="A287" s="2">
-        <v>45593.606331019</v>
+        <v>45671.632789352</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
+      <c r="F287">
+        <v>0.05</v>
+      </c>
       <c r="G287">
-        <v>105.925</v>
+        <v>109.545833</v>
+      </c>
+      <c r="H287">
+        <v>2190.91666</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
       <c r="J287">
         <v>10.5</v>
       </c>
       <c r="K287" s="2">
         <v>45435.0</v>
       </c>
       <c r="L287" s="2">
         <v>46896.0</v>
       </c>
       <c r="M287">
         <v>6200</v>
       </c>
       <c r="N287">
         <v>1000.0</v>
       </c>
       <c r="O287" t="s">
         <v>28</v>
       </c>
       <c r="P287">
-        <v>1.954167</v>
+        <v>1.545833</v>
       </c>
       <c r="Q287">
-        <v>104.154168</v>
+        <v>107.125834</v>
       </c>
       <c r="R287">
-        <v>109.953167</v>
+        <v>110.445833</v>
       </c>
       <c r="S287">
-        <v>102.200001</v>
+        <v>105.580001</v>
       </c>
       <c r="T287">
-        <v>107.999</v>
+        <v>108.9</v>
+      </c>
+      <c r="X287">
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:24">
       <c r="A288" s="2">
-        <v>45590.468564815</v>
+        <v>45670.487905093</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
-      <c r="F288">
-[...1 lines deleted...]
-      </c>
       <c r="G288">
-        <v>105.925</v>
-[...2 lines deleted...]
-        <v>2118.5</v>
+        <v>109.4875</v>
       </c>
       <c r="I288" t="s">
         <v>28</v>
       </c>
       <c r="J288">
         <v>10.5</v>
       </c>
       <c r="K288" s="2">
         <v>45435.0</v>
       </c>
       <c r="L288" s="2">
         <v>46896.0</v>
       </c>
       <c r="M288">
         <v>6200</v>
       </c>
       <c r="N288">
         <v>1000.0</v>
       </c>
       <c r="O288" t="s">
         <v>28</v>
       </c>
       <c r="P288">
-        <v>1.925</v>
+        <v>1.516667</v>
       </c>
       <c r="Q288">
-        <v>104.925001</v>
+        <v>107.096668</v>
       </c>
       <c r="R288">
-        <v>109.924</v>
+        <v>109.516667</v>
       </c>
       <c r="S288">
-        <v>103.000001</v>
+        <v>105.580001</v>
       </c>
       <c r="T288">
-        <v>107.999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="289" spans="1:24">
       <c r="A289" s="2">
-        <v>45589.568078704</v>
+        <v>45667.642222222</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
+      <c r="F289">
+        <v>2.75</v>
+      </c>
       <c r="G289">
-        <v>109.779167</v>
+        <v>109.4875</v>
+      </c>
+      <c r="H289">
+        <v>4380.1</v>
       </c>
       <c r="I289" t="s">
         <v>28</v>
       </c>
       <c r="J289">
         <v>10.5</v>
       </c>
       <c r="K289" s="2">
         <v>45435.0</v>
       </c>
       <c r="L289" s="2">
         <v>46896.0</v>
       </c>
       <c r="M289">
         <v>6200</v>
       </c>
       <c r="N289">
         <v>1000.0</v>
       </c>
       <c r="O289" t="s">
         <v>28</v>
       </c>
       <c r="P289">
-        <v>1.895833</v>
+        <v>1.4875</v>
       </c>
       <c r="Q289">
-        <v>105.995834</v>
+        <v>107.487501</v>
       </c>
       <c r="R289">
-        <v>109.895833</v>
+        <v>110.4</v>
       </c>
       <c r="S289">
-        <v>104.100001</v>
+        <v>106.000001</v>
       </c>
       <c r="T289">
-        <v>108.0</v>
+        <v>108.9125</v>
+      </c>
+      <c r="X289">
+        <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:24">
       <c r="A290" s="2">
-        <v>45588.602314815</v>
+        <v>45666.593043981</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
+      <c r="F290">
+        <v>-1.09</v>
+      </c>
       <c r="G290">
-        <v>109.779167</v>
+        <v>106.558333</v>
+      </c>
+      <c r="H290">
+        <v>3202.14999</v>
       </c>
       <c r="I290" t="s">
         <v>28</v>
       </c>
       <c r="J290">
         <v>10.5</v>
       </c>
       <c r="K290" s="2">
         <v>45435.0</v>
       </c>
       <c r="L290" s="2">
         <v>46896.0</v>
       </c>
       <c r="M290">
         <v>6200</v>
       </c>
       <c r="N290">
         <v>1000.0</v>
       </c>
       <c r="O290" t="s">
         <v>28</v>
       </c>
       <c r="P290">
-        <v>1.808333</v>
+        <v>1.458333</v>
       </c>
       <c r="Q290">
-        <v>105.908333</v>
+        <v>106.558334</v>
       </c>
       <c r="R290">
-        <v>109.708333</v>
+        <v>108.298333</v>
       </c>
       <c r="S290">
-        <v>104.1</v>
+        <v>105.100001</v>
       </c>
       <c r="T290">
-        <v>107.9</v>
+        <v>106.84</v>
+      </c>
+      <c r="X290">
+        <v>3</v>
       </c>
     </row>
     <row r="291" spans="1:24">
       <c r="A291" s="2">
-        <v>45587.625347222</v>
+        <v>45665.629652778</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
       <c r="F291">
-        <v>0.12</v>
+        <v>-2.42</v>
       </c>
       <c r="G291">
-        <v>109.779167</v>
+        <v>107.730833</v>
       </c>
       <c r="H291">
-        <v>3293.37501</v>
+        <v>1077.30833</v>
       </c>
       <c r="I291" t="s">
         <v>28</v>
       </c>
       <c r="J291">
         <v>10.5</v>
       </c>
       <c r="K291" s="2">
         <v>45435.0</v>
       </c>
       <c r="L291" s="2">
         <v>46896.0</v>
       </c>
       <c r="M291">
         <v>6200</v>
       </c>
       <c r="N291">
         <v>1000.0</v>
       </c>
       <c r="O291" t="s">
         <v>28</v>
       </c>
       <c r="P291">
-        <v>1.779167</v>
+        <v>1.370833</v>
       </c>
       <c r="Q291">
-        <v>109.779167</v>
+        <v>107.100833</v>
       </c>
       <c r="R291">
-        <v>111.179167</v>
+        <v>108.370833</v>
       </c>
       <c r="S291">
-        <v>108.0</v>
+        <v>105.73</v>
       </c>
       <c r="T291">
-        <v>109.4</v>
+        <v>107.0</v>
       </c>
       <c r="X291">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:24">
       <c r="A292" s="2">
-        <v>45586.639710648</v>
+        <v>45664.548900463</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
-      <c r="F292">
-[...1 lines deleted...]
-      </c>
       <c r="G292">
-        <v>109.65</v>
-[...2 lines deleted...]
-        <v>1096.5</v>
+        <v>110.4</v>
       </c>
       <c r="I292" t="s">
         <v>28</v>
       </c>
       <c r="J292">
         <v>10.5</v>
       </c>
       <c r="K292" s="2">
         <v>45435.0</v>
       </c>
       <c r="L292" s="2">
         <v>46896.0</v>
       </c>
       <c r="M292">
         <v>6200</v>
       </c>
       <c r="N292">
         <v>1000.0</v>
       </c>
       <c r="O292" t="s">
         <v>28</v>
       </c>
       <c r="P292">
-        <v>1.75</v>
+        <v>1.341667</v>
       </c>
       <c r="Q292">
-        <v>107.25</v>
+        <v>106.341668</v>
       </c>
       <c r="R292">
-        <v>111.15</v>
+        <v>108.341667</v>
       </c>
       <c r="S292">
-        <v>105.5</v>
+        <v>105.000001</v>
       </c>
       <c r="T292">
-        <v>109.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="293" spans="1:24">
       <c r="A293" s="2">
-        <v>45583.61193287</v>
+        <v>45663.636585648</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
+      <c r="F293">
+        <v>1.02</v>
+      </c>
       <c r="G293">
-        <v>107.924667</v>
+        <v>110.4</v>
+      </c>
+      <c r="H293">
+        <v>2207.125</v>
       </c>
       <c r="I293" t="s">
         <v>28</v>
       </c>
       <c r="J293">
         <v>10.5</v>
       </c>
       <c r="K293" s="2">
         <v>45435.0</v>
       </c>
       <c r="L293" s="2">
         <v>46896.0</v>
       </c>
       <c r="M293">
         <v>6200</v>
       </c>
       <c r="N293">
         <v>1000.0</v>
       </c>
       <c r="O293" t="s">
         <v>28</v>
       </c>
       <c r="P293">
-        <v>1.720833</v>
+        <v>1.3125</v>
       </c>
       <c r="Q293">
-        <v>104.920833</v>
+        <v>108.3125</v>
       </c>
       <c r="R293">
-        <v>109.620833</v>
+        <v>110.4</v>
       </c>
       <c r="S293">
-        <v>103.2</v>
+        <v>107.0</v>
       </c>
       <c r="T293">
-        <v>107.9</v>
+        <v>109.0875</v>
+      </c>
+      <c r="X293">
+        <v>2</v>
       </c>
     </row>
     <row r="294" spans="1:24">
       <c r="A294" s="2">
-        <v>45582.662789352</v>
+        <v>45660.488148148</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>25</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
       <c r="F294">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="G294">
-        <v>107.924667</v>
+        <v>109.283333</v>
       </c>
       <c r="H294">
-        <v>2158.49334</v>
+        <v>4301.33332</v>
       </c>
       <c r="I294" t="s">
         <v>28</v>
       </c>
       <c r="J294">
         <v>10.5</v>
       </c>
       <c r="K294" s="2">
         <v>45435.0</v>
       </c>
       <c r="L294" s="2">
         <v>46896.0</v>
       </c>
       <c r="M294">
         <v>6200</v>
       </c>
       <c r="N294">
         <v>1000.0</v>
       </c>
       <c r="O294" t="s">
         <v>28</v>
       </c>
       <c r="P294">
-        <v>1.691667</v>
+        <v>1.283333</v>
       </c>
       <c r="Q294">
-        <v>104.791667</v>
+        <v>109.283333</v>
       </c>
       <c r="R294">
-        <v>109.691667</v>
+        <v>110.283333</v>
       </c>
       <c r="S294">
-        <v>103.1</v>
+        <v>108.0</v>
       </c>
       <c r="T294">
-        <v>108.0</v>
+        <v>109.0</v>
       </c>
       <c r="X294">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="295" spans="1:24">
       <c r="A295" s="2">
-        <v>45581.616400463</v>
+        <v>45659.444918981</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>25</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
-      <c r="F295">
-[...1 lines deleted...]
-      </c>
       <c r="G295">
-        <v>107.804167</v>
-[...2 lines deleted...]
-        <v>1078.04167</v>
+        <v>109.2165</v>
       </c>
       <c r="I295" t="s">
         <v>28</v>
       </c>
       <c r="J295">
         <v>10.5</v>
       </c>
       <c r="K295" s="2">
         <v>45435.0</v>
       </c>
       <c r="L295" s="2">
         <v>46896.0</v>
       </c>
       <c r="M295">
         <v>6200</v>
       </c>
       <c r="N295">
         <v>1000.0</v>
       </c>
       <c r="O295" t="s">
         <v>28</v>
       </c>
       <c r="P295">
-        <v>1.604167</v>
+        <v>1.254167</v>
       </c>
       <c r="Q295">
-        <v>104.804168</v>
+        <v>106.254167</v>
       </c>
       <c r="R295">
-        <v>107.837167</v>
+        <v>110.254167</v>
       </c>
       <c r="S295">
-        <v>103.200001</v>
+        <v>105.0</v>
       </c>
       <c r="T295">
-        <v>106.233</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="296" spans="1:24">
       <c r="A296" s="2">
-        <v>45580.574710648</v>
+        <v>45656.500763889</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>25</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="F296">
-        <v>0.78</v>
+        <v>-0.34</v>
       </c>
       <c r="G296">
-        <v>107.575</v>
+        <v>109.2165</v>
       </c>
       <c r="H296">
-        <v>7482.25</v>
+        <v>6574.04</v>
       </c>
       <c r="I296" t="s">
         <v>28</v>
       </c>
       <c r="J296">
         <v>10.5</v>
       </c>
       <c r="K296" s="2">
         <v>45435.0</v>
       </c>
       <c r="L296" s="2">
         <v>46896.0</v>
       </c>
       <c r="M296">
         <v>6200</v>
       </c>
       <c r="N296">
         <v>1000.0</v>
       </c>
       <c r="O296" t="s">
         <v>28</v>
       </c>
       <c r="P296">
-        <v>1.575</v>
+        <v>1.1375</v>
       </c>
       <c r="Q296">
-        <v>107.575</v>
+        <v>102.837501</v>
       </c>
       <c r="R296">
-        <v>107.775</v>
+        <v>110.1375</v>
       </c>
       <c r="S296">
-        <v>106.0</v>
+        <v>101.700001</v>
       </c>
       <c r="T296">
-        <v>106.2</v>
+        <v>109.0</v>
       </c>
       <c r="X296">
         <v>3</v>
       </c>
     </row>
     <row r="297" spans="1:24">
       <c r="A297" s="2">
-        <v>45579.577118056</v>
+        <v>45653.553298611</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>25</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
       <c r="F297">
-        <v>0.03</v>
+        <v>1.48</v>
       </c>
       <c r="G297">
-        <v>106.745833</v>
+        <v>109.589167</v>
       </c>
       <c r="H297">
-        <v>2134.91666</v>
+        <v>3287.67501</v>
       </c>
       <c r="I297" t="s">
         <v>28</v>
       </c>
       <c r="J297">
         <v>10.5</v>
       </c>
       <c r="K297" s="2">
         <v>45435.0</v>
       </c>
       <c r="L297" s="2">
         <v>46896.0</v>
       </c>
       <c r="M297">
         <v>6200</v>
       </c>
       <c r="N297">
         <v>1000.0</v>
       </c>
       <c r="O297" t="s">
         <v>28</v>
       </c>
       <c r="P297">
-        <v>1.545833</v>
+        <v>1.079167</v>
       </c>
       <c r="Q297">
-        <v>105.745833</v>
+        <v>109.158167</v>
       </c>
       <c r="R297">
-        <v>106.745833</v>
+        <v>109.579167</v>
       </c>
       <c r="S297">
-        <v>104.2</v>
+        <v>108.079</v>
       </c>
       <c r="T297">
-        <v>105.2</v>
+        <v>108.5</v>
       </c>
       <c r="X297">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:24">
       <c r="A298" s="2">
-        <v>45576.47505787</v>
+        <v>45649.629166667</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>25</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
       <c r="F298">
-        <v>0.03</v>
+        <v>0.82</v>
       </c>
       <c r="G298">
-        <v>106.716667</v>
+        <v>107.991667</v>
       </c>
       <c r="H298">
-        <v>1067.16667</v>
+        <v>2159.83334</v>
       </c>
       <c r="I298" t="s">
         <v>28</v>
       </c>
       <c r="J298">
         <v>10.5</v>
       </c>
       <c r="K298" s="2">
         <v>45435.0</v>
       </c>
       <c r="L298" s="2">
         <v>46896.0</v>
       </c>
       <c r="M298">
         <v>6200</v>
       </c>
       <c r="N298">
         <v>1000.0</v>
       </c>
       <c r="O298" t="s">
         <v>28</v>
       </c>
       <c r="P298">
-        <v>1.516667</v>
+        <v>0.991667</v>
       </c>
       <c r="Q298">
-        <v>105.716667</v>
+        <v>107.991667</v>
       </c>
       <c r="R298">
-        <v>106.716667</v>
+        <v>109.501667</v>
       </c>
       <c r="S298">
-        <v>104.2</v>
+        <v>107.0</v>
       </c>
       <c r="T298">
-        <v>105.2</v>
+        <v>108.51</v>
       </c>
       <c r="X298">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="299" spans="1:24">
       <c r="A299" s="2">
-        <v>45575.637222222</v>
+        <v>45646.550462963</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>25</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
-      <c r="F299">
-[...1 lines deleted...]
-      </c>
       <c r="G299">
-        <v>106.6875</v>
-[...2 lines deleted...]
-        <v>3191.625</v>
+        <v>107.115</v>
       </c>
       <c r="I299" t="s">
         <v>28</v>
       </c>
       <c r="J299">
         <v>10.5</v>
       </c>
       <c r="K299" s="2">
         <v>45435.0</v>
       </c>
       <c r="L299" s="2">
         <v>46896.0</v>
       </c>
       <c r="M299">
         <v>6200</v>
       </c>
       <c r="N299">
         <v>1000.0</v>
       </c>
       <c r="O299" t="s">
         <v>28</v>
       </c>
       <c r="P299">
-        <v>1.4875</v>
+        <v>0.904167</v>
       </c>
       <c r="Q299">
-        <v>105.6875</v>
+        <v>103.904168</v>
       </c>
       <c r="R299">
-        <v>107.4875</v>
+        <v>109.414166</v>
       </c>
       <c r="S299">
-        <v>104.2</v>
+        <v>103.000001</v>
       </c>
       <c r="T299">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>108.509999</v>
       </c>
     </row>
     <row r="300" spans="1:24">
       <c r="A300" s="2">
-        <v>45574.550381944</v>
+        <v>45645.547199074</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>25</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="F300">
-        <v>0.53</v>
+        <v>-2.0</v>
       </c>
       <c r="G300">
-        <v>106.9</v>
+        <v>107.115</v>
       </c>
       <c r="H300">
-        <v>6414.0</v>
+        <v>2164.9</v>
       </c>
       <c r="I300" t="s">
         <v>28</v>
       </c>
       <c r="J300">
         <v>10.5</v>
       </c>
       <c r="K300" s="2">
         <v>45435.0</v>
       </c>
       <c r="L300" s="2">
         <v>46896.0</v>
       </c>
       <c r="M300">
         <v>6200</v>
       </c>
       <c r="N300">
         <v>1000.0</v>
       </c>
       <c r="O300" t="s">
         <v>28</v>
       </c>
       <c r="P300">
-        <v>1.4</v>
+        <v>0.875</v>
       </c>
       <c r="Q300">
-        <v>105.4</v>
+        <v>107.115</v>
       </c>
       <c r="R300">
-        <v>107.4</v>
+        <v>109.304999</v>
       </c>
       <c r="S300">
-        <v>104.0</v>
+        <v>106.24</v>
       </c>
       <c r="T300">
-        <v>106.0</v>
+        <v>108.429999</v>
       </c>
       <c r="X300">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="301" spans="1:24">
       <c r="A301" s="2">
-        <v>45573.647974537</v>
+        <v>45644.619212963</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>25</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
+      <c r="F301">
+        <v>3.35</v>
+      </c>
       <c r="G301">
-        <v>106.340833</v>
+        <v>109.2975</v>
       </c>
       <c r="H301">
-        <v>9572.77497</v>
+        <v>5442.575</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
       </c>
       <c r="J301">
         <v>10.5</v>
       </c>
       <c r="K301" s="2">
         <v>45435.0</v>
       </c>
       <c r="L301" s="2">
         <v>46896.0</v>
       </c>
       <c r="M301">
         <v>6200</v>
       </c>
       <c r="N301">
         <v>1000.0</v>
       </c>
       <c r="O301" t="s">
         <v>28</v>
       </c>
       <c r="P301">
-        <v>1.370833</v>
+        <v>0.7875</v>
       </c>
       <c r="Q301">
-        <v>106.340833</v>
+        <v>106.7875</v>
       </c>
       <c r="R301">
-        <v>106.370833</v>
+        <v>109.297499</v>
       </c>
       <c r="S301">
-        <v>104.97</v>
+        <v>106.0</v>
       </c>
       <c r="T301">
-        <v>105.0</v>
+        <v>108.509999</v>
       </c>
       <c r="X301">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="302" spans="1:24">
       <c r="A302" s="2">
-        <v>45572.599363426</v>
+        <v>45643.610046296</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
       <c r="F302">
-        <v>0.12</v>
+        <v>-3.14</v>
       </c>
       <c r="G302">
-        <v>106.341667</v>
+        <v>105.758333</v>
       </c>
       <c r="H302">
-        <v>2126.83334</v>
+        <v>11633.41664</v>
       </c>
       <c r="I302" t="s">
         <v>28</v>
       </c>
       <c r="J302">
         <v>10.5</v>
       </c>
       <c r="K302" s="2">
         <v>45435.0</v>
       </c>
       <c r="L302" s="2">
         <v>46896.0</v>
       </c>
       <c r="M302">
         <v>6200</v>
       </c>
       <c r="N302">
         <v>1000.0</v>
       </c>
       <c r="O302" t="s">
         <v>28</v>
       </c>
       <c r="P302">
-        <v>1.341667</v>
+        <v>0.758333</v>
       </c>
       <c r="Q302">
-        <v>105.841667</v>
+        <v>106.258333</v>
       </c>
       <c r="R302">
-        <v>106.341667</v>
+        <v>108.258332</v>
       </c>
       <c r="S302">
-        <v>104.5</v>
+        <v>105.5</v>
       </c>
       <c r="T302">
-        <v>105.0</v>
+        <v>107.499999</v>
       </c>
       <c r="X302">
         <v>2</v>
       </c>
     </row>
     <row r="303" spans="1:24">
       <c r="A303" s="2">
-        <v>45569.543819444</v>
+        <v>45642.461087963</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>25</v>
       </c>
       <c r="D303" t="s">
         <v>26</v>
       </c>
       <c r="E303" t="s">
         <v>27</v>
       </c>
-      <c r="F303">
-[...1 lines deleted...]
-      </c>
       <c r="G303">
-        <v>106.2125</v>
-[...2 lines deleted...]
-        <v>1062.125</v>
+        <v>109.183333</v>
       </c>
       <c r="I303" t="s">
         <v>28</v>
       </c>
       <c r="J303">
         <v>10.5</v>
       </c>
       <c r="K303" s="2">
         <v>45435.0</v>
       </c>
       <c r="L303" s="2">
         <v>46896.0</v>
       </c>
       <c r="M303">
         <v>6200</v>
       </c>
       <c r="N303">
         <v>1000.0</v>
       </c>
       <c r="O303" t="s">
         <v>28</v>
       </c>
       <c r="P303">
-        <v>1.3125</v>
+        <v>0.729167</v>
       </c>
       <c r="Q303">
-        <v>105.3125</v>
+        <v>106.229167</v>
       </c>
       <c r="R303">
-        <v>106.3025</v>
+        <v>108.229167</v>
       </c>
       <c r="S303">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T303">
-        <v>104.99</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="304" spans="1:24">
       <c r="A304" s="2">
-        <v>45568.492118056</v>
+        <v>45639.6353125</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>25</v>
       </c>
       <c r="D304" t="s">
         <v>26</v>
       </c>
       <c r="E304" t="s">
         <v>27</v>
       </c>
       <c r="G304">
-        <v>105.195833</v>
+        <v>109.183333</v>
       </c>
       <c r="I304" t="s">
         <v>28</v>
       </c>
       <c r="J304">
         <v>10.5</v>
       </c>
       <c r="K304" s="2">
         <v>45435.0</v>
       </c>
       <c r="L304" s="2">
         <v>46896.0</v>
       </c>
       <c r="M304">
         <v>6200</v>
       </c>
       <c r="N304">
         <v>1000.0</v>
       </c>
       <c r="O304" t="s">
         <v>28</v>
       </c>
       <c r="P304">
-        <v>1.283333</v>
+        <v>0.7</v>
       </c>
       <c r="Q304">
-        <v>105.283333</v>
+        <v>106.000001</v>
       </c>
       <c r="R304">
-        <v>106.083333</v>
+        <v>108.2</v>
       </c>
       <c r="S304">
-        <v>104.0</v>
+        <v>105.300001</v>
       </c>
       <c r="T304">
-        <v>104.8</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="305" spans="1:24">
       <c r="A305" s="2">
-        <v>45567.644560185</v>
+        <v>45638.633472222</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
-      <c r="F305">
-[...1 lines deleted...]
-      </c>
       <c r="G305">
-        <v>105.195833</v>
-[...2 lines deleted...]
-        <v>5279.79165</v>
+        <v>109.183333</v>
       </c>
       <c r="I305" t="s">
         <v>28</v>
       </c>
       <c r="J305">
         <v>10.5</v>
       </c>
       <c r="K305" s="2">
         <v>45435.0</v>
       </c>
       <c r="L305" s="2">
         <v>46896.0</v>
       </c>
       <c r="M305">
         <v>6200</v>
       </c>
       <c r="N305">
         <v>1000.0</v>
       </c>
       <c r="O305" t="s">
         <v>28</v>
       </c>
       <c r="P305">
-        <v>1.195833</v>
+        <v>0.670833</v>
       </c>
       <c r="Q305">
-        <v>105.195833</v>
+        <v>105.870834</v>
       </c>
       <c r="R305">
-        <v>106.095833</v>
+        <v>108.170833</v>
       </c>
       <c r="S305">
-        <v>104.0</v>
+        <v>105.200001</v>
       </c>
       <c r="T305">
-        <v>104.9</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="306" spans="1:24">
       <c r="A306" s="2">
-        <v>45566.657638889</v>
+        <v>45637.62755787</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>25</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
       <c r="F306">
-        <v>0.79</v>
+        <v>-0.34</v>
       </c>
       <c r="G306">
-        <v>105.966667</v>
+        <v>109.183333</v>
       </c>
       <c r="H306">
-        <v>4230.66668</v>
+        <v>1091.83333</v>
       </c>
       <c r="I306" t="s">
         <v>28</v>
       </c>
       <c r="J306">
         <v>10.5</v>
       </c>
       <c r="K306" s="2">
         <v>45435.0</v>
       </c>
       <c r="L306" s="2">
         <v>46896.0</v>
       </c>
       <c r="M306">
         <v>6200</v>
       </c>
       <c r="N306">
         <v>1000.0</v>
       </c>
       <c r="O306" t="s">
         <v>28</v>
       </c>
       <c r="P306">
-        <v>1.166667</v>
+        <v>0.583333</v>
       </c>
       <c r="Q306">
-        <v>105.766667</v>
+        <v>105.583334</v>
       </c>
       <c r="R306">
-        <v>105.966667</v>
+        <v>109.183333</v>
       </c>
       <c r="S306">
-        <v>104.6</v>
+        <v>105.000001</v>
       </c>
       <c r="T306">
-        <v>104.8</v>
+        <v>108.6</v>
       </c>
       <c r="X306">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:24">
       <c r="A307" s="2">
-        <v>45565.591354167</v>
+        <v>45636.635520833</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>25</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
       <c r="F307">
-        <v>0.03</v>
+        <v>4.31</v>
       </c>
       <c r="G307">
-        <v>105.1375</v>
+        <v>109.554167</v>
       </c>
       <c r="H307">
-        <v>5262.875</v>
+        <v>3286.62501</v>
       </c>
       <c r="I307" t="s">
         <v>28</v>
       </c>
       <c r="J307">
         <v>10.5</v>
       </c>
       <c r="K307" s="2">
         <v>45435.0</v>
       </c>
       <c r="L307" s="2">
         <v>46896.0</v>
       </c>
       <c r="M307">
         <v>6200</v>
       </c>
       <c r="N307">
         <v>1000.0</v>
       </c>
       <c r="O307" t="s">
         <v>28</v>
       </c>
       <c r="P307">
-        <v>1.1375</v>
+        <v>0.554167</v>
       </c>
       <c r="Q307">
-        <v>105.1375</v>
+        <v>103.354167</v>
       </c>
       <c r="R307">
-        <v>105.5375</v>
+        <v>107.554167</v>
       </c>
       <c r="S307">
-        <v>104.0</v>
+        <v>102.8</v>
       </c>
       <c r="T307">
-        <v>104.4</v>
+        <v>107.0</v>
       </c>
       <c r="X307">
         <v>2</v>
       </c>
     </row>
     <row r="308" spans="1:24">
       <c r="A308" s="2">
-        <v>45562.567465278</v>
+        <v>45635.641527778</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="F308">
-        <v>0.51</v>
+        <v>0.03</v>
       </c>
       <c r="G308">
-        <v>105.108333</v>
+        <v>105.025</v>
       </c>
       <c r="H308">
-        <v>3148.24999</v>
+        <v>3155.75</v>
       </c>
       <c r="I308" t="s">
         <v>28</v>
       </c>
       <c r="J308">
         <v>10.5</v>
       </c>
       <c r="K308" s="2">
         <v>45435.0</v>
       </c>
       <c r="L308" s="2">
         <v>46896.0</v>
       </c>
       <c r="M308">
         <v>6200</v>
       </c>
       <c r="N308">
         <v>1000.0</v>
       </c>
       <c r="O308" t="s">
         <v>28</v>
       </c>
       <c r="P308">
-        <v>1.108333</v>
+        <v>0.525</v>
       </c>
       <c r="Q308">
-        <v>105.108333</v>
+        <v>103.025</v>
       </c>
       <c r="R308">
-        <v>105.708333</v>
+        <v>109.525</v>
       </c>
       <c r="S308">
-        <v>104.0</v>
+        <v>102.5</v>
       </c>
       <c r="T308">
-        <v>104.6</v>
+        <v>109.0</v>
       </c>
       <c r="X308">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="309" spans="1:24">
       <c r="A309" s="2">
-        <v>45561.59462963</v>
+        <v>45632.603958333</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>25</v>
       </c>
       <c r="D309" t="s">
         <v>26</v>
       </c>
       <c r="E309" t="s">
         <v>27</v>
       </c>
       <c r="F309">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="G309">
-        <v>104.579167</v>
+        <v>104.995833</v>
       </c>
       <c r="H309">
-        <v>2103.58334</v>
+        <v>5269.79165</v>
       </c>
       <c r="I309" t="s">
         <v>28</v>
       </c>
       <c r="J309">
         <v>10.5</v>
       </c>
       <c r="K309" s="2">
         <v>45435.0</v>
       </c>
       <c r="L309" s="2">
         <v>46896.0</v>
       </c>
       <c r="M309">
         <v>6200</v>
       </c>
       <c r="N309">
         <v>1000.0</v>
       </c>
       <c r="O309" t="s">
         <v>28</v>
       </c>
       <c r="P309">
-        <v>1.079167</v>
+        <v>0.495833</v>
       </c>
       <c r="Q309">
-        <v>104.579167</v>
+        <v>104.995833</v>
       </c>
       <c r="R309">
-        <v>105.079167</v>
+        <v>109.495833</v>
       </c>
       <c r="S309">
-        <v>103.5</v>
+        <v>104.5</v>
       </c>
       <c r="T309">
-        <v>104.0</v>
+        <v>109.0</v>
       </c>
       <c r="X309">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="310" spans="1:24">
       <c r="A310" s="2">
-        <v>45560.473101852</v>
+        <v>45631.417222222</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
       <c r="G310">
-        <v>104.3025</v>
+        <v>104.85</v>
       </c>
       <c r="I310" t="s">
         <v>28</v>
       </c>
       <c r="J310">
         <v>10.5</v>
       </c>
       <c r="K310" s="2">
         <v>45435.0</v>
       </c>
       <c r="L310" s="2">
         <v>46896.0</v>
       </c>
       <c r="M310">
         <v>6200</v>
       </c>
       <c r="N310">
         <v>1000.0</v>
       </c>
       <c r="O310" t="s">
         <v>28</v>
       </c>
       <c r="P310">
-        <v>0.991667</v>
+        <v>0.466667</v>
       </c>
       <c r="Q310">
-        <v>104.491667</v>
+        <v>104.966667</v>
       </c>
       <c r="R310">
-        <v>105.591667</v>
+        <v>109.466667</v>
       </c>
       <c r="S310">
-        <v>103.5</v>
+        <v>104.5</v>
       </c>
       <c r="T310">
-        <v>104.6</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="311" spans="1:24">
       <c r="A311" s="2">
-        <v>45559.662210648</v>
+        <v>45630.508773148</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
-      <c r="F311">
-[...1 lines deleted...]
-      </c>
       <c r="G311">
-        <v>104.3025</v>
-[...2 lines deleted...]
-        <v>1043.025</v>
+        <v>104.85</v>
       </c>
       <c r="I311" t="s">
         <v>28</v>
       </c>
       <c r="J311">
         <v>10.5</v>
       </c>
       <c r="K311" s="2">
         <v>45435.0</v>
       </c>
       <c r="L311" s="2">
         <v>46896.0</v>
       </c>
       <c r="M311">
         <v>6200</v>
       </c>
       <c r="N311">
         <v>1000.0</v>
       </c>
       <c r="O311" t="s">
         <v>28</v>
       </c>
       <c r="P311">
-        <v>0.9625</v>
+        <v>0.379167</v>
       </c>
       <c r="Q311">
-        <v>104.3025</v>
+        <v>105.0</v>
       </c>
       <c r="R311">
-        <v>105.6625</v>
+        <v>109.379167</v>
       </c>
       <c r="S311">
-        <v>103.34</v>
+        <v>104.620833</v>
       </c>
       <c r="T311">
-        <v>104.7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="312" spans="1:24">
       <c r="A312" s="2">
-        <v>45558.620347222</v>
+        <v>45629.575046296</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>25</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="F312">
-        <v>-1.14</v>
+        <v>-4.09</v>
       </c>
       <c r="G312">
-        <v>104.403333</v>
+        <v>104.85</v>
       </c>
       <c r="H312">
-        <v>1044.03333</v>
+        <v>4191.5</v>
       </c>
       <c r="I312" t="s">
         <v>28</v>
       </c>
       <c r="J312">
         <v>10.5</v>
       </c>
       <c r="K312" s="2">
         <v>45435.0</v>
       </c>
       <c r="L312" s="2">
         <v>46896.0</v>
       </c>
       <c r="M312">
         <v>6200</v>
       </c>
       <c r="N312">
         <v>1000.0</v>
       </c>
       <c r="O312" t="s">
         <v>28</v>
       </c>
       <c r="P312">
-        <v>0.933333</v>
+        <v>0.35</v>
       </c>
       <c r="Q312">
-        <v>104.403333</v>
+        <v>104.85</v>
       </c>
       <c r="R312">
-        <v>105.623333</v>
+        <v>109.35</v>
       </c>
       <c r="S312">
-        <v>103.47</v>
+        <v>104.5</v>
       </c>
       <c r="T312">
-        <v>104.69</v>
+        <v>109.0</v>
       </c>
       <c r="X312">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="313" spans="1:24">
       <c r="A313" s="2">
-        <v>45555.642326389</v>
+        <v>45628.549409722</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="F313">
-        <v>1.29</v>
+        <v>1.89</v>
       </c>
       <c r="G313">
-        <v>105.604167</v>
+        <v>109.320833</v>
       </c>
       <c r="H313">
-        <v>1056.04167</v>
+        <v>2186.41666</v>
       </c>
       <c r="I313" t="s">
         <v>28</v>
       </c>
       <c r="J313">
         <v>10.5</v>
       </c>
       <c r="K313" s="2">
         <v>45435.0</v>
       </c>
       <c r="L313" s="2">
         <v>46896.0</v>
       </c>
       <c r="M313">
         <v>6200</v>
       </c>
       <c r="N313">
         <v>1000.0</v>
       </c>
       <c r="O313" t="s">
         <v>28</v>
       </c>
       <c r="P313">
-        <v>0.904167</v>
+        <v>0.320833</v>
       </c>
       <c r="Q313">
-        <v>105.404167</v>
+        <v>104.520833</v>
       </c>
       <c r="R313">
-        <v>105.604167</v>
+        <v>107.320833</v>
       </c>
       <c r="S313">
-        <v>104.5</v>
+        <v>104.2</v>
       </c>
       <c r="T313">
-        <v>104.7</v>
+        <v>107.0</v>
       </c>
       <c r="X313">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:24">
       <c r="A314" s="2">
-        <v>45554.605034722</v>
+        <v>45625.581284722</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
+      <c r="F314">
+        <v>0.5</v>
+      </c>
       <c r="G314">
-        <v>104.258333</v>
+        <v>107.291667</v>
+      </c>
+      <c r="H314">
+        <v>4281.66668</v>
       </c>
       <c r="I314" t="s">
         <v>28</v>
       </c>
       <c r="J314">
         <v>10.5</v>
       </c>
       <c r="K314" s="2">
         <v>45435.0</v>
       </c>
       <c r="L314" s="2">
         <v>46896.0</v>
       </c>
       <c r="M314">
         <v>6200</v>
       </c>
       <c r="N314">
         <v>1000.0</v>
       </c>
       <c r="O314" t="s">
         <v>28</v>
       </c>
       <c r="P314">
-        <v>0.875</v>
+        <v>0.291667</v>
       </c>
       <c r="Q314">
-        <v>104.575</v>
+        <v>104.451667</v>
       </c>
       <c r="R314">
-        <v>105.575</v>
+        <v>107.291667</v>
       </c>
       <c r="S314">
-        <v>103.7</v>
+        <v>104.16</v>
       </c>
       <c r="T314">
-        <v>104.7</v>
+        <v>107.0</v>
+      </c>
+      <c r="X314">
+        <v>2</v>
       </c>
     </row>
     <row r="315" spans="1:24">
       <c r="A315" s="2">
-        <v>45553.420636574</v>
+        <v>45624.542847222</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
+      <c r="F315">
+        <v>2.43</v>
+      </c>
       <c r="G315">
-        <v>104.258333</v>
+        <v>106.7625</v>
+      </c>
+      <c r="H315">
+        <v>1067.625</v>
       </c>
       <c r="I315" t="s">
         <v>28</v>
       </c>
       <c r="J315">
         <v>10.5</v>
       </c>
       <c r="K315" s="2">
         <v>45435.0</v>
       </c>
       <c r="L315" s="2">
         <v>46896.0</v>
       </c>
       <c r="M315">
         <v>6200</v>
       </c>
       <c r="N315">
         <v>1000.0</v>
       </c>
       <c r="O315" t="s">
         <v>28</v>
       </c>
       <c r="P315">
-        <v>0.7875</v>
+        <v>0.2625</v>
       </c>
       <c r="Q315">
-        <v>104.2575</v>
+        <v>104.2625</v>
       </c>
       <c r="R315">
-        <v>105.4875</v>
+        <v>106.7625</v>
       </c>
       <c r="S315">
-        <v>103.47</v>
+        <v>104.0</v>
       </c>
       <c r="T315">
-        <v>104.7</v>
+        <v>106.5</v>
+      </c>
+      <c r="X315">
+        <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:24">
       <c r="A316" s="2">
-        <v>45552.645115741</v>
+        <v>45623.589270833</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>25</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="F316">
-        <v>-1.2</v>
+        <v>0.1</v>
       </c>
       <c r="G316">
-        <v>104.258333</v>
+        <v>104.225</v>
       </c>
       <c r="H316">
-        <v>6278.19998</v>
+        <v>1042.25</v>
       </c>
       <c r="I316" t="s">
         <v>28</v>
       </c>
       <c r="J316">
         <v>10.5</v>
       </c>
       <c r="K316" s="2">
         <v>45435.0</v>
       </c>
       <c r="L316" s="2">
         <v>46896.0</v>
       </c>
       <c r="M316">
         <v>6200</v>
       </c>
       <c r="N316">
         <v>1000.0</v>
       </c>
       <c r="O316" t="s">
         <v>28</v>
       </c>
       <c r="P316">
-        <v>0.758333</v>
+        <v>0.175</v>
       </c>
       <c r="Q316">
-        <v>104.258333</v>
+        <v>104.175</v>
       </c>
       <c r="R316">
-        <v>105.458333</v>
+        <v>109.375</v>
       </c>
       <c r="S316">
-        <v>103.5</v>
+        <v>104.0</v>
       </c>
       <c r="T316">
-        <v>104.7</v>
+        <v>109.2</v>
       </c>
       <c r="X316">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:24">
       <c r="A317" s="2">
-        <v>45551.653333333</v>
+        <v>45622.419976852</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>25</v>
       </c>
       <c r="D317" t="s">
         <v>26</v>
       </c>
       <c r="E317" t="s">
         <v>27</v>
       </c>
-      <c r="F317">
-[...1 lines deleted...]
-      </c>
       <c r="G317">
-        <v>105.529167</v>
-[...2 lines deleted...]
-        <v>7376.04169</v>
+        <v>104.116667</v>
       </c>
       <c r="I317" t="s">
         <v>28</v>
       </c>
       <c r="J317">
         <v>10.5</v>
       </c>
       <c r="K317" s="2">
         <v>45435.0</v>
       </c>
       <c r="L317" s="2">
         <v>46896.0</v>
       </c>
       <c r="M317">
         <v>6200</v>
       </c>
       <c r="N317">
         <v>1000.0</v>
       </c>
       <c r="O317" t="s">
         <v>28</v>
       </c>
       <c r="P317">
-        <v>0.729167</v>
+        <v>0.145833</v>
       </c>
       <c r="Q317">
-        <v>104.729167</v>
+        <v>104.145833</v>
       </c>
       <c r="R317">
-        <v>105.529167</v>
+        <v>109.445833</v>
       </c>
       <c r="S317">
         <v>104.0</v>
       </c>
       <c r="T317">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>109.3</v>
       </c>
     </row>
     <row r="318" spans="1:24">
       <c r="A318" s="2">
-        <v>45548.561076389</v>
+        <v>45621.649363426</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>25</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
       <c r="F318">
-        <v>0.6</v>
+        <v>-1.39</v>
       </c>
       <c r="G318">
-        <v>105.2</v>
+        <v>104.116667</v>
       </c>
       <c r="H318">
-        <v>10498.0</v>
+        <v>4164.66668</v>
       </c>
       <c r="I318" t="s">
         <v>28</v>
       </c>
       <c r="J318">
         <v>10.5</v>
       </c>
       <c r="K318" s="2">
         <v>45435.0</v>
       </c>
       <c r="L318" s="2">
         <v>46896.0</v>
       </c>
       <c r="M318">
         <v>6200</v>
       </c>
       <c r="N318">
         <v>1000.0</v>
       </c>
       <c r="O318" t="s">
         <v>28</v>
       </c>
       <c r="P318">
-        <v>0.7</v>
+        <v>0.116667</v>
       </c>
       <c r="Q318">
-        <v>104.7</v>
+        <v>102.116668</v>
       </c>
       <c r="R318">
-        <v>105.4</v>
+        <v>109.416667</v>
       </c>
       <c r="S318">
-        <v>104.0</v>
+        <v>102.000001</v>
       </c>
       <c r="T318">
-        <v>104.7</v>
+        <v>109.3</v>
       </c>
       <c r="X318">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="319" spans="1:24">
       <c r="A319" s="2">
-        <v>45547.563032407</v>
+        <v>45618.649803241</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="F319">
-        <v>0.86</v>
+        <v>-3.34</v>
       </c>
       <c r="G319">
-        <v>104.570833</v>
+        <v>105.5875</v>
       </c>
       <c r="H319">
-        <v>3131.12499</v>
+        <v>2126.75</v>
       </c>
       <c r="I319" t="s">
         <v>28</v>
       </c>
       <c r="J319">
         <v>10.5</v>
       </c>
       <c r="K319" s="2">
         <v>45435.0</v>
       </c>
       <c r="L319" s="2">
         <v>46896.0</v>
       </c>
       <c r="M319">
         <v>6200</v>
       </c>
       <c r="N319">
         <v>1000.0</v>
       </c>
       <c r="O319" t="s">
         <v>28</v>
       </c>
       <c r="P319">
-        <v>0.670833</v>
+        <v>0.0875</v>
       </c>
       <c r="Q319">
-        <v>104.570833</v>
+        <v>102.0875</v>
       </c>
       <c r="R319">
-        <v>104.670833</v>
+        <v>104.5875</v>
       </c>
       <c r="S319">
-        <v>103.9</v>
+        <v>102.0</v>
       </c>
       <c r="T319">
-        <v>104.0</v>
+        <v>104.5</v>
       </c>
       <c r="X319">
         <v>2</v>
       </c>
     </row>
     <row r="320" spans="1:24">
       <c r="A320" s="2">
-        <v>45546.63787037</v>
+        <v>45617.66525463</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
-      <c r="F320">
-[...1 lines deleted...]
-      </c>
       <c r="G320">
-        <v>103.683333</v>
-[...2 lines deleted...]
-        <v>6248.99998</v>
+        <v>109.2375</v>
       </c>
       <c r="I320" t="s">
         <v>28</v>
       </c>
       <c r="J320">
         <v>10.5</v>
       </c>
       <c r="K320" s="2">
         <v>45435.0</v>
       </c>
       <c r="L320" s="2">
         <v>46896.0</v>
       </c>
       <c r="M320">
         <v>6200</v>
       </c>
       <c r="N320">
         <v>1000.0</v>
       </c>
       <c r="O320" t="s">
         <v>28</v>
       </c>
       <c r="P320">
-        <v>0.583333</v>
+        <v>0.058333</v>
       </c>
       <c r="Q320">
-        <v>103.683333</v>
+        <v>106.058333</v>
       </c>
       <c r="R320">
-        <v>104.483333</v>
+        <v>108.358333</v>
       </c>
       <c r="S320">
-        <v>103.1</v>
+        <v>106.0</v>
       </c>
       <c r="T320">
-        <v>103.9</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>108.3</v>
       </c>
     </row>
     <row r="321" spans="1:24">
       <c r="A321" s="2">
-        <v>45545.549618056</v>
+        <v>45616.627546296</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>25</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="G321">
-        <v>104.025</v>
+        <v>109.2375</v>
       </c>
       <c r="I321" t="s">
         <v>28</v>
       </c>
       <c r="J321">
         <v>10.5</v>
       </c>
       <c r="K321" s="2">
         <v>45435.0</v>
       </c>
       <c r="L321" s="2">
         <v>46896.0</v>
       </c>
       <c r="M321">
         <v>6200</v>
       </c>
       <c r="N321">
         <v>1000.0</v>
       </c>
       <c r="O321" t="s">
         <v>28</v>
       </c>
       <c r="P321">
-        <v>0.554167</v>
+        <v>2.595833</v>
       </c>
       <c r="Q321">
-        <v>103.654167</v>
+        <v>104.095833</v>
       </c>
       <c r="R321">
-        <v>104.254167</v>
+        <v>111.895833</v>
       </c>
       <c r="S321">
-        <v>103.1</v>
+        <v>101.5</v>
       </c>
       <c r="T321">
-        <v>103.7</v>
+        <v>109.3</v>
       </c>
     </row>
     <row r="322" spans="1:24">
       <c r="A322" s="2">
-        <v>45544.5790625</v>
+        <v>45615.620451389</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>25</v>
       </c>
       <c r="D322" t="s">
         <v>26</v>
       </c>
       <c r="E322" t="s">
         <v>27</v>
       </c>
-      <c r="F322">
-[...1 lines deleted...]
-      </c>
       <c r="G322">
-        <v>104.025</v>
-[...2 lines deleted...]
-        <v>12408.0</v>
+        <v>109.2375</v>
       </c>
       <c r="I322" t="s">
         <v>28</v>
       </c>
       <c r="J322">
         <v>10.5</v>
       </c>
       <c r="K322" s="2">
         <v>45435.0</v>
       </c>
       <c r="L322" s="2">
         <v>46896.0</v>
       </c>
       <c r="M322">
         <v>6200</v>
       </c>
       <c r="N322">
         <v>1000.0</v>
       </c>
       <c r="O322" t="s">
         <v>28</v>
       </c>
       <c r="P322">
-        <v>0.525</v>
+        <v>2.566667</v>
       </c>
       <c r="Q322">
-        <v>104.025</v>
+        <v>107.566667</v>
       </c>
       <c r="R322">
-        <v>104.325</v>
+        <v>111.866667</v>
       </c>
       <c r="S322">
-        <v>103.5</v>
+        <v>105.0</v>
       </c>
       <c r="T322">
-        <v>103.8</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>109.3</v>
       </c>
     </row>
     <row r="323" spans="1:24">
       <c r="A323" s="2">
-        <v>45541.64681713</v>
+        <v>45614.652060185</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>25</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
         <v>27</v>
       </c>
       <c r="F323">
-        <v>0.51</v>
+        <v>-0.06</v>
       </c>
       <c r="G323">
-        <v>102.991833</v>
+        <v>109.2375</v>
       </c>
       <c r="H323">
-        <v>1029.91833</v>
+        <v>1092.375</v>
       </c>
       <c r="I323" t="s">
         <v>28</v>
       </c>
       <c r="J323">
         <v>10.5</v>
       </c>
       <c r="K323" s="2">
         <v>45435.0</v>
       </c>
       <c r="L323" s="2">
         <v>46896.0</v>
       </c>
       <c r="M323">
         <v>6200</v>
       </c>
       <c r="N323">
         <v>1000.0</v>
       </c>
       <c r="O323" t="s">
         <v>28</v>
       </c>
       <c r="P323">
-        <v>0.495833</v>
+        <v>2.5375</v>
       </c>
       <c r="Q323">
-        <v>102.495833</v>
+        <v>104.5375</v>
       </c>
       <c r="R323">
-        <v>103.995833</v>
+        <v>111.8375</v>
       </c>
       <c r="S323">
         <v>102.0</v>
       </c>
       <c r="T323">
-        <v>103.5</v>
+        <v>109.3</v>
       </c>
       <c r="X323">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:24">
       <c r="A324" s="2">
-        <v>45540.6309375</v>
+        <v>45611.641145833</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>25</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="F324">
-        <v>-0.98</v>
+        <v>-1.87</v>
       </c>
       <c r="G324">
-        <v>102.466667</v>
+        <v>109.308333</v>
       </c>
       <c r="H324">
-        <v>11346.8333</v>
+        <v>2186.16666</v>
       </c>
       <c r="I324" t="s">
         <v>28</v>
       </c>
       <c r="J324">
         <v>10.5</v>
       </c>
       <c r="K324" s="2">
         <v>45435.0</v>
       </c>
       <c r="L324" s="2">
         <v>46896.0</v>
       </c>
       <c r="M324">
         <v>6200</v>
       </c>
       <c r="N324">
         <v>1000.0</v>
       </c>
       <c r="O324" t="s">
         <v>28</v>
       </c>
       <c r="P324">
-        <v>0.466667</v>
+        <v>2.508333</v>
       </c>
       <c r="Q324">
-        <v>102.466667</v>
+        <v>109.308333</v>
       </c>
       <c r="R324">
-        <v>103.966667</v>
+        <v>111.808333</v>
       </c>
       <c r="S324">
-        <v>102.0</v>
+        <v>106.8</v>
       </c>
       <c r="T324">
-        <v>103.5</v>
+        <v>109.3</v>
       </c>
       <c r="X324">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:24">
       <c r="A325" s="2">
-        <v>45539.47837963</v>
+        <v>45610.41712963</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>25</v>
       </c>
       <c r="D325" t="s">
         <v>26</v>
       </c>
       <c r="E325" t="s">
         <v>27</v>
       </c>
-      <c r="F325">
-[...1 lines deleted...]
-      </c>
       <c r="G325">
-        <v>103.479167</v>
-[...2 lines deleted...]
-        <v>2058.58334</v>
+        <v>111.391667</v>
       </c>
       <c r="I325" t="s">
         <v>28</v>
       </c>
       <c r="J325">
         <v>10.5</v>
       </c>
       <c r="K325" s="2">
         <v>45435.0</v>
       </c>
       <c r="L325" s="2">
         <v>46896.0</v>
       </c>
       <c r="M325">
         <v>6200</v>
       </c>
       <c r="N325">
         <v>1000.0</v>
       </c>
       <c r="O325" t="s">
         <v>28</v>
       </c>
       <c r="P325">
-        <v>0.379167</v>
+        <v>2.479167</v>
       </c>
       <c r="Q325">
-        <v>101.879167</v>
+        <v>109.179167</v>
       </c>
       <c r="R325">
-        <v>103.72916</v>
+        <v>111.779167</v>
       </c>
       <c r="S325">
-        <v>101.5</v>
+        <v>106.7</v>
       </c>
       <c r="T325">
-        <v>103.349993</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>109.3</v>
       </c>
     </row>
     <row r="326" spans="1:24">
       <c r="A326" s="2">
-        <v>45538.579340278</v>
+        <v>45609.661574074</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>25</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
       <c r="F326">
-        <v>-1.44</v>
+        <v>1.88</v>
       </c>
       <c r="G326">
-        <v>101.95001</v>
+        <v>111.391667</v>
       </c>
       <c r="H326">
-        <v>1019.5001</v>
+        <v>1113.91667</v>
       </c>
       <c r="I326" t="s">
         <v>28</v>
       </c>
       <c r="J326">
         <v>10.5</v>
       </c>
       <c r="K326" s="2">
         <v>45435.0</v>
       </c>
       <c r="L326" s="2">
         <v>46896.0</v>
       </c>
       <c r="M326">
         <v>6200</v>
       </c>
       <c r="N326">
         <v>1000.0</v>
       </c>
       <c r="O326" t="s">
         <v>28</v>
       </c>
       <c r="P326">
-        <v>0.35</v>
+        <v>2.391667</v>
       </c>
       <c r="Q326">
-        <v>102.01</v>
+        <v>109.191667</v>
       </c>
       <c r="R326">
-        <v>103.45</v>
+        <v>109.891667</v>
       </c>
       <c r="S326">
-        <v>101.66</v>
+        <v>106.8</v>
       </c>
       <c r="T326">
-        <v>103.1</v>
+        <v>107.5</v>
       </c>
       <c r="X326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:24">
       <c r="A327" s="2">
-        <v>45537.646793981</v>
+        <v>45608.503981481</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>25</v>
       </c>
       <c r="D327" t="s">
         <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>27</v>
       </c>
-      <c r="F327">
-[...1 lines deleted...]
-      </c>
       <c r="G327">
-        <v>103.440833</v>
-[...2 lines deleted...]
-        <v>9324.86497</v>
+        <v>109.333333</v>
       </c>
       <c r="I327" t="s">
         <v>28</v>
       </c>
       <c r="J327">
         <v>10.5</v>
       </c>
       <c r="K327" s="2">
         <v>45435.0</v>
       </c>
       <c r="L327" s="2">
         <v>46896.0</v>
       </c>
       <c r="M327">
         <v>6200</v>
       </c>
       <c r="N327">
         <v>1000.0</v>
       </c>
       <c r="O327" t="s">
         <v>28</v>
       </c>
       <c r="P327">
-        <v>0.320833</v>
+        <v>2.3625</v>
       </c>
       <c r="Q327">
-        <v>101.32084</v>
+        <v>109.0625</v>
       </c>
       <c r="R327">
-        <v>103.670833</v>
+        <v>111.3625</v>
       </c>
       <c r="S327">
-        <v>101.000007</v>
+        <v>106.7</v>
       </c>
       <c r="T327">
-        <v>103.35</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="328" spans="1:24">
       <c r="A328" s="2">
-        <v>45534.416909722</v>
+        <v>45607.561087963</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>25</v>
       </c>
       <c r="D328" t="s">
         <v>26</v>
       </c>
       <c r="E328" t="s">
         <v>27</v>
       </c>
+      <c r="F328">
+        <v>-0.85</v>
+      </c>
       <c r="G328">
-        <v>103.7615</v>
+        <v>109.333333</v>
+      </c>
+      <c r="H328">
+        <v>1093.33333</v>
       </c>
       <c r="I328" t="s">
         <v>28</v>
       </c>
       <c r="J328">
         <v>10.5</v>
       </c>
       <c r="K328" s="2">
         <v>45435.0</v>
       </c>
       <c r="L328" s="2">
         <v>46896.0</v>
       </c>
       <c r="M328">
         <v>6200</v>
       </c>
       <c r="N328">
         <v>1000.0</v>
       </c>
       <c r="O328" t="s">
         <v>28</v>
       </c>
       <c r="P328">
-        <v>0.291667</v>
+        <v>2.333333</v>
       </c>
       <c r="Q328">
-        <v>103.411667</v>
+        <v>109.033333</v>
       </c>
       <c r="R328">
-        <v>103.790667</v>
+        <v>111.633333</v>
       </c>
       <c r="S328">
-        <v>103.12</v>
+        <v>106.7</v>
       </c>
       <c r="T328">
-        <v>103.499</v>
+        <v>109.3</v>
+      </c>
+      <c r="X328">
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:24">
       <c r="A329" s="2">
-        <v>45533.607627315</v>
+        <v>45604.596018519</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
-      <c r="F329">
-[...1 lines deleted...]
-      </c>
       <c r="G329">
-        <v>103.7615</v>
-[...2 lines deleted...]
-        <v>1037.615</v>
+        <v>110.275</v>
       </c>
       <c r="I329" t="s">
         <v>28</v>
       </c>
       <c r="J329">
         <v>10.5</v>
       </c>
       <c r="K329" s="2">
         <v>45435.0</v>
       </c>
       <c r="L329" s="2">
         <v>46896.0</v>
       </c>
       <c r="M329">
         <v>6200</v>
       </c>
       <c r="N329">
         <v>1000.0</v>
       </c>
       <c r="O329" t="s">
         <v>28</v>
       </c>
       <c r="P329">
-        <v>0.2625</v>
+        <v>2.304167</v>
       </c>
       <c r="Q329">
-        <v>103.3825</v>
+        <v>107.404168</v>
       </c>
       <c r="R329">
-        <v>103.7615</v>
+        <v>111.304167</v>
       </c>
       <c r="S329">
-        <v>103.12</v>
+        <v>105.100001</v>
       </c>
       <c r="T329">
-        <v>103.499</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="330" spans="1:24">
       <c r="A330" s="2">
-        <v>45532.659548611</v>
+        <v>45603.539675926</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="F330">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="G330">
-        <v>103.204167</v>
+        <v>110.275</v>
       </c>
       <c r="H330">
-        <v>9315.37503</v>
+        <v>1102.75</v>
       </c>
       <c r="I330" t="s">
         <v>28</v>
       </c>
       <c r="J330">
         <v>10.5</v>
       </c>
       <c r="K330" s="2">
         <v>45435.0</v>
       </c>
       <c r="L330" s="2">
         <v>46896.0</v>
       </c>
       <c r="M330">
         <v>6200</v>
       </c>
       <c r="N330">
         <v>1000.0</v>
       </c>
       <c r="O330" t="s">
         <v>28</v>
       </c>
       <c r="P330">
-        <v>0.204167</v>
+        <v>2.275</v>
       </c>
       <c r="Q330">
-        <v>102.304167</v>
+        <v>105.275001</v>
       </c>
       <c r="R330">
-        <v>103.604167</v>
+        <v>111.675</v>
       </c>
       <c r="S330">
-        <v>102.1</v>
+        <v>103.000001</v>
       </c>
       <c r="T330">
-        <v>103.4</v>
+        <v>109.4</v>
       </c>
       <c r="X330">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:24">
       <c r="A331" s="2">
-        <v>45531.661168981</v>
+        <v>45602.492569444</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
-      <c r="F331">
-[...1 lines deleted...]
-      </c>
       <c r="G331">
-        <v>103.175</v>
-[...2 lines deleted...]
-        <v>2054.5</v>
+        <v>110.128167</v>
       </c>
       <c r="I331" t="s">
         <v>28</v>
       </c>
       <c r="J331">
         <v>10.5</v>
       </c>
       <c r="K331" s="2">
         <v>45435.0</v>
       </c>
       <c r="L331" s="2">
         <v>46896.0</v>
       </c>
       <c r="M331">
         <v>6200</v>
       </c>
       <c r="N331">
         <v>1000.0</v>
       </c>
       <c r="O331" t="s">
         <v>28</v>
       </c>
       <c r="P331">
-        <v>0.175</v>
+        <v>2.1875</v>
       </c>
       <c r="Q331">
-        <v>102.275</v>
+        <v>109.1875</v>
       </c>
       <c r="R331">
-        <v>103.175</v>
+        <v>110.1875</v>
       </c>
       <c r="S331">
-        <v>102.1</v>
+        <v>107.0</v>
       </c>
       <c r="T331">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="332" spans="1:24">
       <c r="A332" s="2">
-        <v>45530.622349537</v>
+        <v>45601.523587963</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
-      <c r="F332">
-[...1 lines deleted...]
-      </c>
       <c r="G332">
-        <v>103.945833</v>
-[...2 lines deleted...]
-        <v>17608.92128</v>
+        <v>110.128167</v>
       </c>
       <c r="I332" t="s">
         <v>28</v>
       </c>
       <c r="J332">
         <v>10.5</v>
       </c>
       <c r="K332" s="2">
         <v>45435.0</v>
       </c>
       <c r="L332" s="2">
         <v>46896.0</v>
       </c>
       <c r="M332">
         <v>6200</v>
       </c>
       <c r="N332">
         <v>1000.0</v>
       </c>
       <c r="O332" t="s">
         <v>28</v>
       </c>
       <c r="P332">
-        <v>0.145833</v>
+        <v>2.158333</v>
       </c>
       <c r="Q332">
-        <v>101.14584</v>
+        <v>108.158333</v>
       </c>
       <c r="R332">
-        <v>103.645833</v>
+        <v>110.158333</v>
       </c>
       <c r="S332">
-        <v>101.000007</v>
+        <v>106.0</v>
       </c>
       <c r="T332">
-        <v>103.5</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="333" spans="1:24">
       <c r="A333" s="2">
-        <v>45527.647268519</v>
+        <v>45600.630208333</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="F333">
-        <v>1.47</v>
+        <v>0.48</v>
       </c>
       <c r="G333">
-        <v>103.216667</v>
+        <v>110.128167</v>
       </c>
       <c r="H333">
-        <v>8255.33336</v>
+        <v>8810.25336</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
       <c r="J333">
         <v>10.5</v>
       </c>
       <c r="K333" s="2">
         <v>45435.0</v>
       </c>
       <c r="L333" s="2">
         <v>46896.0</v>
       </c>
       <c r="M333">
         <v>6200</v>
       </c>
       <c r="N333">
         <v>1000.0</v>
       </c>
       <c r="O333" t="s">
         <v>28</v>
       </c>
       <c r="P333">
-        <v>0.116667</v>
+        <v>2.129167</v>
       </c>
       <c r="Q333">
-        <v>101.71667</v>
+        <v>105.129167</v>
       </c>
       <c r="R333">
-        <v>103.216667</v>
+        <v>110.129167</v>
       </c>
       <c r="S333">
-        <v>101.600003</v>
+        <v>103.0</v>
       </c>
       <c r="T333">
-        <v>103.1</v>
+        <v>108.0</v>
       </c>
       <c r="X333">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="334" spans="1:24">
       <c r="A334" s="2">
-        <v>45526.64880787</v>
+        <v>45597.546365741</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="F334">
-        <v>-1.44</v>
+        <v>1.52</v>
       </c>
       <c r="G334">
-        <v>101.7175</v>
+        <v>109.6</v>
       </c>
       <c r="H334">
-        <v>5099.5752</v>
+        <v>2192.0</v>
       </c>
       <c r="I334" t="s">
         <v>28</v>
       </c>
       <c r="J334">
         <v>10.5</v>
       </c>
       <c r="K334" s="2">
         <v>45435.0</v>
       </c>
       <c r="L334" s="2">
         <v>46896.0</v>
       </c>
       <c r="M334">
         <v>6200</v>
       </c>
       <c r="N334">
         <v>1000.0</v>
       </c>
       <c r="O334" t="s">
         <v>28</v>
       </c>
       <c r="P334">
-        <v>0.0875</v>
+        <v>2.1</v>
       </c>
       <c r="Q334">
-        <v>101.0875</v>
+        <v>109.6</v>
       </c>
       <c r="R334">
-        <v>103.0875</v>
+        <v>110.099</v>
       </c>
       <c r="S334">
-        <v>101.0</v>
+        <v>107.5</v>
       </c>
       <c r="T334">
-        <v>103.0</v>
+        <v>107.999</v>
       </c>
       <c r="X334">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:24">
       <c r="A335" s="2">
-        <v>45525.620474537</v>
+        <v>45596.663043981</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
-      <c r="F335">
-[...1 lines deleted...]
-      </c>
       <c r="G335">
-        <v>103.2</v>
-[...2 lines deleted...]
-        <v>4128.0</v>
+        <v>107.954167</v>
       </c>
       <c r="I335" t="s">
         <v>28</v>
       </c>
       <c r="J335">
         <v>10.5</v>
       </c>
       <c r="K335" s="2">
         <v>45435.0</v>
       </c>
       <c r="L335" s="2">
         <v>46896.0</v>
       </c>
       <c r="M335">
         <v>6200</v>
       </c>
       <c r="N335">
         <v>1000.0</v>
       </c>
       <c r="O335" t="s">
         <v>28</v>
       </c>
+      <c r="P335">
+        <v>2.070833</v>
+      </c>
       <c r="Q335">
-        <v>101.6301</v>
+        <v>105.570833</v>
       </c>
       <c r="R335">
+        <v>109.570833</v>
+      </c>
+      <c r="S335">
         <v>103.5</v>
       </c>
-      <c r="X335">
-        <v>2</v>
+      <c r="T335">
+        <v>107.5</v>
       </c>
     </row>
     <row r="336" spans="1:24">
       <c r="A336" s="2">
-        <v>45524.35587963</v>
+        <v>45595.604293981</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>25</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
       <c r="G336">
-        <v>104.1767</v>
+        <v>107.954167</v>
       </c>
       <c r="I336" t="s">
         <v>28</v>
       </c>
       <c r="J336">
         <v>10.5</v>
       </c>
       <c r="K336" s="2">
         <v>45435.0</v>
       </c>
       <c r="L336" s="2">
         <v>46896.0</v>
       </c>
       <c r="M336">
         <v>6200</v>
       </c>
       <c r="N336">
         <v>1000.0</v>
       </c>
       <c r="O336" t="s">
         <v>28</v>
       </c>
       <c r="P336">
-        <v>2.595833</v>
+        <v>1.983333</v>
+      </c>
+      <c r="Q336">
+        <v>105.483334</v>
+      </c>
+      <c r="R336">
+        <v>109.973333</v>
+      </c>
+      <c r="S336">
+        <v>103.500001</v>
+      </c>
+      <c r="T336">
+        <v>107.99</v>
       </c>
     </row>
     <row r="337" spans="1:24">
       <c r="A337" s="2">
-        <v>45523.552361111</v>
+        <v>45594.592314815</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>25</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
       <c r="F337">
-        <v>-1.94</v>
+        <v>1.92</v>
       </c>
       <c r="G337">
-        <v>104.1767</v>
+        <v>107.954167</v>
       </c>
       <c r="H337">
-        <v>1041.767</v>
+        <v>2159.54167</v>
       </c>
       <c r="I337" t="s">
         <v>28</v>
       </c>
       <c r="J337">
         <v>10.5</v>
       </c>
       <c r="K337" s="2">
         <v>45435.0</v>
       </c>
       <c r="L337" s="2">
         <v>46896.0</v>
       </c>
       <c r="M337">
         <v>6200</v>
       </c>
       <c r="N337">
         <v>1000.0</v>
       </c>
       <c r="O337" t="s">
         <v>28</v>
       </c>
       <c r="P337">
-        <v>2.566667</v>
+        <v>1.954167</v>
       </c>
       <c r="Q337">
-        <v>104.1767</v>
+        <v>107.954167</v>
       </c>
       <c r="R337">
-        <v>105.766667</v>
+        <v>109.953167</v>
       </c>
       <c r="S337">
-        <v>101.610033</v>
+        <v>106.0</v>
       </c>
       <c r="T337">
-        <v>103.2</v>
+        <v>107.999</v>
       </c>
       <c r="X337">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="338" spans="1:24">
       <c r="A338" s="2">
-        <v>45520.631087963</v>
+        <v>45593.606331019</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>26</v>
       </c>
       <c r="E338" t="s">
         <v>27</v>
       </c>
-      <c r="F338">
-[...1 lines deleted...]
-      </c>
       <c r="G338">
-        <v>106.2365</v>
-[...2 lines deleted...]
-        <v>3187.095</v>
+        <v>105.925</v>
       </c>
       <c r="I338" t="s">
         <v>28</v>
       </c>
       <c r="J338">
         <v>10.5</v>
       </c>
       <c r="K338" s="2">
         <v>45435.0</v>
       </c>
       <c r="L338" s="2">
         <v>46896.0</v>
       </c>
       <c r="M338">
         <v>6200</v>
       </c>
       <c r="N338">
         <v>1000.0</v>
       </c>
       <c r="O338" t="s">
         <v>28</v>
       </c>
       <c r="P338">
-        <v>2.5375</v>
+        <v>1.954167</v>
       </c>
       <c r="Q338">
-        <v>104.04752</v>
+        <v>104.154168</v>
       </c>
       <c r="R338">
-        <v>106.0275</v>
+        <v>109.953167</v>
       </c>
       <c r="S338">
-        <v>101.51002</v>
+        <v>102.200001</v>
       </c>
       <c r="T338">
-        <v>103.49</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>107.999</v>
       </c>
     </row>
     <row r="339" spans="1:24">
       <c r="A339" s="2">
-        <v>45519.576180556</v>
+        <v>45590.468564815</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>25</v>
       </c>
       <c r="D339" t="s">
         <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>27</v>
       </c>
+      <c r="F339">
+        <v>-3.51</v>
+      </c>
       <c r="G339">
-        <v>106.220833</v>
+        <v>105.925</v>
+      </c>
+      <c r="H339">
+        <v>2118.5</v>
       </c>
       <c r="I339" t="s">
         <v>28</v>
       </c>
       <c r="J339">
         <v>10.5</v>
       </c>
       <c r="K339" s="2">
         <v>45435.0</v>
       </c>
       <c r="L339" s="2">
         <v>46896.0</v>
       </c>
       <c r="M339">
         <v>6200</v>
       </c>
       <c r="N339">
         <v>1000.0</v>
       </c>
       <c r="O339" t="s">
         <v>28</v>
       </c>
       <c r="P339">
-        <v>2.508333</v>
+        <v>1.925</v>
       </c>
       <c r="Q339">
-        <v>104.5085</v>
+        <v>104.925001</v>
       </c>
       <c r="R339">
-        <v>106.207333</v>
+        <v>109.924</v>
       </c>
       <c r="S339">
-        <v>102.000167</v>
+        <v>103.000001</v>
       </c>
       <c r="T339">
-        <v>103.699</v>
+        <v>107.999</v>
+      </c>
+      <c r="X339">
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:24">
       <c r="A340" s="2">
-        <v>45518.644907407</v>
+        <v>45589.568078704</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
-      <c r="F340">
-[...1 lines deleted...]
-      </c>
       <c r="G340">
-        <v>106.220833</v>
-[...2 lines deleted...]
-        <v>1062.20833</v>
+        <v>109.779167</v>
       </c>
       <c r="I340" t="s">
         <v>28</v>
       </c>
       <c r="J340">
         <v>10.5</v>
       </c>
       <c r="K340" s="2">
         <v>45435.0</v>
       </c>
       <c r="L340" s="2">
         <v>46896.0</v>
       </c>
       <c r="M340">
         <v>6200</v>
       </c>
       <c r="N340">
         <v>1000.0</v>
       </c>
       <c r="O340" t="s">
         <v>28</v>
       </c>
       <c r="P340">
-        <v>2.420833</v>
+        <v>1.895833</v>
       </c>
       <c r="Q340">
-        <v>103.921</v>
+        <v>105.995834</v>
       </c>
       <c r="R340">
-        <v>106.220833</v>
+        <v>109.895833</v>
       </c>
       <c r="S340">
-        <v>101.500167</v>
+        <v>104.100001</v>
       </c>
       <c r="T340">
-        <v>103.8</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="341" spans="1:24">
       <c r="A341" s="2">
-        <v>45517.642060185</v>
+        <v>45588.602314815</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
-      <c r="F341">
-[...1 lines deleted...]
-      </c>
       <c r="G341">
-        <v>105.891667</v>
-[...2 lines deleted...]
-        <v>2117.83334</v>
+        <v>109.779167</v>
       </c>
       <c r="I341" t="s">
         <v>28</v>
       </c>
       <c r="J341">
         <v>10.5</v>
       </c>
       <c r="K341" s="2">
         <v>45435.0</v>
       </c>
       <c r="L341" s="2">
         <v>46896.0</v>
       </c>
       <c r="M341">
         <v>6200</v>
       </c>
       <c r="N341">
         <v>1000.0</v>
       </c>
       <c r="O341" t="s">
         <v>28</v>
       </c>
       <c r="P341">
-        <v>2.391667</v>
+        <v>1.808333</v>
       </c>
       <c r="Q341">
-        <v>104.891667</v>
+        <v>105.908333</v>
       </c>
       <c r="R341">
-        <v>106.391</v>
+        <v>109.708333</v>
       </c>
       <c r="S341">
-        <v>102.5</v>
+        <v>104.1</v>
       </c>
       <c r="T341">
-        <v>103.999333</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.9</v>
       </c>
     </row>
     <row r="342" spans="1:24">
       <c r="A342" s="2">
-        <v>45516.593032407</v>
+        <v>45587.625347222</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="F342">
-        <v>-0.82</v>
+        <v>0.12</v>
       </c>
       <c r="G342">
-        <v>105.3625</v>
+        <v>109.779167</v>
       </c>
       <c r="H342">
-        <v>4244.499</v>
+        <v>3293.37501</v>
       </c>
       <c r="I342" t="s">
         <v>28</v>
       </c>
       <c r="J342">
         <v>10.5</v>
       </c>
       <c r="K342" s="2">
         <v>45435.0</v>
       </c>
       <c r="L342" s="2">
         <v>46896.0</v>
       </c>
       <c r="M342">
         <v>6200</v>
       </c>
       <c r="N342">
         <v>1000.0</v>
       </c>
       <c r="O342" t="s">
         <v>28</v>
       </c>
       <c r="P342">
-        <v>2.3625</v>
+        <v>1.779167</v>
       </c>
       <c r="Q342">
-        <v>104.3635</v>
+        <v>109.779167</v>
       </c>
       <c r="R342">
-        <v>106.3624</v>
+        <v>111.179167</v>
       </c>
       <c r="S342">
-        <v>102.001</v>
+        <v>108.0</v>
       </c>
       <c r="T342">
-        <v>103.9999</v>
+        <v>109.4</v>
       </c>
       <c r="X342">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="343" spans="1:24">
       <c r="A343" s="2">
-        <v>45513.434837963</v>
+        <v>45586.639710648</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="F343">
-        <v>2.83</v>
+        <v>1.6</v>
       </c>
       <c r="G343">
-        <v>106.233333</v>
+        <v>109.65</v>
       </c>
       <c r="H343">
-        <v>1062.33333</v>
+        <v>1096.5</v>
       </c>
       <c r="I343" t="s">
         <v>28</v>
       </c>
       <c r="J343">
         <v>10.5</v>
       </c>
       <c r="K343" s="2">
         <v>45435.0</v>
       </c>
       <c r="L343" s="2">
         <v>46896.0</v>
       </c>
       <c r="M343">
         <v>6200</v>
       </c>
       <c r="N343">
         <v>1000.0</v>
       </c>
       <c r="O343" t="s">
         <v>28</v>
       </c>
       <c r="P343">
-        <v>2.333333</v>
+        <v>1.75</v>
       </c>
       <c r="Q343">
-        <v>105.733333</v>
+        <v>107.25</v>
       </c>
       <c r="R343">
-        <v>106.3323</v>
+        <v>111.15</v>
       </c>
       <c r="S343">
-        <v>103.4</v>
+        <v>105.5</v>
       </c>
       <c r="T343">
-        <v>103.998967</v>
+        <v>109.4</v>
       </c>
       <c r="X343">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:24">
       <c r="A344" s="2">
-        <v>45512.509965278</v>
+        <v>45583.61193287</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
-      <c r="F344">
-[...1 lines deleted...]
-      </c>
       <c r="G344">
-        <v>103.305</v>
-[...2 lines deleted...]
-        <v>7375.30002</v>
+        <v>107.924667</v>
       </c>
       <c r="I344" t="s">
         <v>28</v>
       </c>
       <c r="J344">
         <v>10.5</v>
       </c>
       <c r="K344" s="2">
         <v>45435.0</v>
       </c>
       <c r="L344" s="2">
         <v>46896.0</v>
       </c>
       <c r="M344">
         <v>6200</v>
       </c>
       <c r="N344">
         <v>1000.0</v>
       </c>
       <c r="O344" t="s">
         <v>28</v>
       </c>
       <c r="P344">
-        <v>2.304167</v>
+        <v>1.720833</v>
       </c>
       <c r="Q344">
-        <v>103.805</v>
+        <v>104.920833</v>
       </c>
       <c r="R344">
-        <v>106.2032</v>
+        <v>109.620833</v>
       </c>
       <c r="S344">
-        <v>101.500833</v>
+        <v>103.2</v>
       </c>
       <c r="T344">
-        <v>103.899033</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>107.9</v>
       </c>
     </row>
     <row r="345" spans="1:24">
       <c r="A345" s="2">
-        <v>45511.617222222</v>
+        <v>45582.662789352</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>25</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
       <c r="F345">
-        <v>1.08</v>
+        <v>0.11</v>
       </c>
       <c r="G345">
-        <v>105.82</v>
+        <v>107.924667</v>
       </c>
       <c r="H345">
-        <v>6348.03335</v>
+        <v>2158.49334</v>
       </c>
       <c r="I345" t="s">
         <v>28</v>
       </c>
       <c r="J345">
         <v>10.5</v>
       </c>
       <c r="K345" s="2">
         <v>45435.0</v>
       </c>
       <c r="L345" s="2">
         <v>46896.0</v>
       </c>
       <c r="M345">
         <v>6200</v>
       </c>
       <c r="N345">
         <v>1000.0</v>
       </c>
       <c r="O345" t="s">
         <v>28</v>
       </c>
       <c r="P345">
-        <v>2.216667</v>
+        <v>1.691667</v>
       </c>
       <c r="Q345">
-        <v>105.216667</v>
+        <v>104.791667</v>
       </c>
       <c r="R345">
-        <v>106.0157</v>
+        <v>109.691667</v>
       </c>
       <c r="S345">
-        <v>103.0</v>
+        <v>103.1</v>
       </c>
       <c r="T345">
-        <v>103.799033</v>
+        <v>108.0</v>
       </c>
       <c r="X345">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:24">
       <c r="A346" s="2">
-        <v>45510.624490741</v>
+        <v>45581.616400463</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>25</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
       <c r="F346">
-        <v>-0.45</v>
+        <v>0.21</v>
       </c>
       <c r="G346">
-        <v>104.6875</v>
+        <v>107.804167</v>
       </c>
       <c r="H346">
-        <v>6226.26</v>
+        <v>1078.04167</v>
       </c>
       <c r="I346" t="s">
         <v>28</v>
       </c>
       <c r="J346">
         <v>10.5</v>
       </c>
       <c r="K346" s="2">
         <v>45435.0</v>
       </c>
       <c r="L346" s="2">
         <v>46896.0</v>
       </c>
       <c r="M346">
         <v>6200</v>
       </c>
       <c r="N346">
         <v>1000.0</v>
       </c>
       <c r="O346" t="s">
         <v>28</v>
       </c>
       <c r="P346">
-        <v>2.1875</v>
+        <v>1.604167</v>
       </c>
       <c r="Q346">
-        <v>103.501</v>
+        <v>104.804168</v>
       </c>
       <c r="R346">
-        <v>105.9875</v>
+        <v>107.837167</v>
       </c>
       <c r="S346">
-        <v>101.3135</v>
+        <v>103.200001</v>
       </c>
       <c r="T346">
-        <v>103.8</v>
+        <v>106.233</v>
       </c>
       <c r="X346">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:24">
       <c r="A347" s="2">
-        <v>45509.611886574</v>
+        <v>45580.574710648</v>
       </c>
       <c r="B347" t="s">
         <v>24</v>
       </c>
       <c r="C347" t="s">
         <v>25</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
       <c r="F347">
-        <v>-0.82</v>
+        <v>0.78</v>
       </c>
       <c r="G347">
-        <v>105.158333</v>
+        <v>107.575</v>
       </c>
       <c r="H347">
-        <v>5236.91665</v>
+        <v>7482.25</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
       </c>
       <c r="J347">
         <v>10.5</v>
       </c>
       <c r="K347" s="2">
         <v>45435.0</v>
       </c>
       <c r="L347" s="2">
         <v>46896.0</v>
       </c>
       <c r="M347">
         <v>6200</v>
       </c>
       <c r="N347">
         <v>1000.0</v>
       </c>
       <c r="O347" t="s">
         <v>28</v>
       </c>
       <c r="P347">
-        <v>2.158333</v>
+        <v>1.575</v>
       </c>
       <c r="Q347">
-        <v>103.359</v>
+        <v>107.575</v>
       </c>
       <c r="R347">
-        <v>105.958333</v>
+        <v>107.775</v>
       </c>
       <c r="S347">
-        <v>101.200667</v>
+        <v>106.0</v>
       </c>
       <c r="T347">
-        <v>103.8</v>
+        <v>106.2</v>
       </c>
       <c r="X347">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="348" spans="1:24">
       <c r="A348" s="2">
-        <v>45506.635219907</v>
+        <v>45579.577118056</v>
       </c>
       <c r="B348" t="s">
         <v>24</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="F348">
         <v>0.03</v>
       </c>
       <c r="G348">
-        <v>106.029167</v>
+        <v>106.745833</v>
       </c>
       <c r="H348">
-        <v>2116.58334</v>
+        <v>2134.91666</v>
       </c>
       <c r="I348" t="s">
         <v>28</v>
       </c>
       <c r="J348">
         <v>10.5</v>
       </c>
       <c r="K348" s="2">
         <v>45435.0</v>
       </c>
       <c r="L348" s="2">
         <v>46896.0</v>
       </c>
       <c r="M348">
         <v>6200</v>
       </c>
       <c r="N348">
         <v>1000.0</v>
       </c>
       <c r="O348" t="s">
         <v>28</v>
       </c>
       <c r="P348">
-        <v>2.129167</v>
+        <v>1.545833</v>
       </c>
       <c r="Q348">
-        <v>104.23</v>
+        <v>105.745833</v>
       </c>
       <c r="R348">
-        <v>106.029167</v>
+        <v>106.745833</v>
       </c>
       <c r="S348">
-        <v>102.100833</v>
+        <v>104.2</v>
       </c>
       <c r="T348">
-        <v>103.9</v>
+        <v>105.2</v>
       </c>
       <c r="X348">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:24">
       <c r="A349" s="2">
-        <v>45505.639351852</v>
+        <v>45576.47505787</v>
       </c>
       <c r="B349" t="s">
         <v>24</v>
       </c>
       <c r="C349" t="s">
         <v>25</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="F349">
-        <v>-0.01</v>
+        <v>0.03</v>
       </c>
       <c r="G349">
-        <v>106.0</v>
+        <v>106.716667</v>
       </c>
       <c r="H349">
-        <v>4243.9</v>
+        <v>1067.16667</v>
       </c>
       <c r="I349" t="s">
         <v>28</v>
       </c>
       <c r="J349">
         <v>10.5</v>
       </c>
       <c r="K349" s="2">
         <v>45435.0</v>
       </c>
       <c r="L349" s="2">
         <v>46896.0</v>
       </c>
       <c r="M349">
         <v>6200</v>
       </c>
       <c r="N349">
         <v>1000.0</v>
       </c>
       <c r="O349" t="s">
         <v>28</v>
       </c>
       <c r="P349">
-        <v>2.1</v>
+        <v>1.516667</v>
       </c>
       <c r="Q349">
-        <v>104.201</v>
+        <v>105.716667</v>
       </c>
       <c r="R349">
-        <v>106.0</v>
+        <v>106.716667</v>
       </c>
       <c r="S349">
-        <v>102.101</v>
+        <v>104.2</v>
       </c>
       <c r="T349">
-        <v>103.9</v>
+        <v>105.2</v>
       </c>
       <c r="X349">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:24">
       <c r="A350" s="2">
-        <v>45504.619571759</v>
+        <v>45575.637222222</v>
       </c>
       <c r="B350" t="s">
         <v>24</v>
       </c>
       <c r="C350" t="s">
         <v>25</v>
       </c>
       <c r="D350" t="s">
         <v>26</v>
       </c>
       <c r="E350" t="s">
         <v>27</v>
       </c>
       <c r="F350">
-        <v>-0.32</v>
+        <v>-0.2</v>
       </c>
       <c r="G350">
-        <v>106.0125</v>
+        <v>106.6875</v>
       </c>
       <c r="H350">
-        <v>6365.75</v>
+        <v>3191.625</v>
       </c>
       <c r="I350" t="s">
         <v>28</v>
       </c>
       <c r="J350">
         <v>10.5</v>
       </c>
       <c r="K350" s="2">
         <v>45435.0</v>
       </c>
       <c r="L350" s="2">
         <v>46896.0</v>
       </c>
       <c r="M350">
         <v>6200</v>
       </c>
       <c r="N350">
         <v>1000.0</v>
       </c>
       <c r="O350" t="s">
         <v>28</v>
       </c>
       <c r="P350">
-        <v>2.0125</v>
+        <v>1.4875</v>
       </c>
       <c r="Q350">
-        <v>104.0135</v>
+        <v>105.6875</v>
       </c>
       <c r="R350">
-        <v>106.0125</v>
+        <v>107.4875</v>
       </c>
       <c r="S350">
-        <v>102.001</v>
+        <v>104.2</v>
       </c>
       <c r="T350">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
       <c r="X350">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="351" spans="1:24">
       <c r="A351" s="2">
-        <v>45503.522141204</v>
+        <v>45574.550381944</v>
       </c>
       <c r="B351" t="s">
         <v>24</v>
       </c>
       <c r="C351" t="s">
         <v>25</v>
       </c>
       <c r="D351" t="s">
         <v>26</v>
       </c>
       <c r="E351" t="s">
         <v>27</v>
       </c>
+      <c r="F351">
+        <v>0.53</v>
+      </c>
       <c r="G351">
-        <v>106.354167</v>
+        <v>106.9</v>
+      </c>
+      <c r="H351">
+        <v>6414.0</v>
       </c>
       <c r="I351" t="s">
         <v>28</v>
       </c>
       <c r="J351">
         <v>10.5</v>
       </c>
       <c r="K351" s="2">
         <v>45435.0</v>
       </c>
       <c r="L351" s="2">
         <v>46896.0</v>
       </c>
       <c r="M351">
         <v>6200</v>
       </c>
       <c r="N351">
         <v>1000.0</v>
       </c>
       <c r="O351" t="s">
         <v>28</v>
       </c>
       <c r="P351">
-        <v>1.983333</v>
+        <v>1.4</v>
       </c>
       <c r="Q351">
-        <v>105.983333</v>
+        <v>105.4</v>
       </c>
       <c r="R351">
-        <v>106.483333</v>
+        <v>107.4</v>
       </c>
       <c r="S351">
         <v>104.0</v>
       </c>
       <c r="T351">
-        <v>104.5</v>
+        <v>106.0</v>
+      </c>
+      <c r="X351">
+        <v>4</v>
       </c>
     </row>
     <row r="352" spans="1:24">
       <c r="A352" s="2">
-        <v>45502.482361111</v>
+        <v>45573.647974537</v>
       </c>
       <c r="B352" t="s">
         <v>24</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
-      <c r="F352">
-[...1 lines deleted...]
-      </c>
       <c r="G352">
-        <v>106.354167</v>
+        <v>106.340833</v>
       </c>
       <c r="H352">
-        <v>2123.08334</v>
+        <v>9572.77497</v>
       </c>
       <c r="I352" t="s">
         <v>28</v>
       </c>
       <c r="J352">
         <v>10.5</v>
       </c>
       <c r="K352" s="2">
         <v>45435.0</v>
       </c>
       <c r="L352" s="2">
         <v>46896.0</v>
       </c>
       <c r="M352">
         <v>6200</v>
       </c>
       <c r="N352">
         <v>1000.0</v>
       </c>
       <c r="O352" t="s">
         <v>28</v>
       </c>
       <c r="P352">
-        <v>1.954167</v>
+        <v>1.370833</v>
       </c>
       <c r="Q352">
-        <v>104.954167</v>
+        <v>106.340833</v>
       </c>
       <c r="R352">
-        <v>106.454167</v>
+        <v>106.370833</v>
       </c>
       <c r="S352">
-        <v>103.0</v>
+        <v>104.97</v>
       </c>
       <c r="T352">
-        <v>104.5</v>
+        <v>105.0</v>
       </c>
       <c r="X352">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="353" spans="1:24">
       <c r="A353" s="2">
-        <v>45499.597071759</v>
+        <v>45572.599363426</v>
       </c>
       <c r="B353" t="s">
         <v>24</v>
       </c>
       <c r="C353" t="s">
         <v>25</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="F353">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
       <c r="G353">
-        <v>105.444167</v>
+        <v>106.341667</v>
       </c>
       <c r="H353">
-        <v>6312.15002</v>
+        <v>2126.83334</v>
       </c>
       <c r="I353" t="s">
         <v>28</v>
       </c>
       <c r="J353">
         <v>10.5</v>
       </c>
       <c r="K353" s="2">
         <v>45435.0</v>
       </c>
       <c r="L353" s="2">
         <v>46896.0</v>
       </c>
       <c r="M353">
         <v>6200</v>
       </c>
       <c r="N353">
         <v>1000.0</v>
       </c>
       <c r="O353" t="s">
         <v>28</v>
       </c>
       <c r="P353">
-        <v>1.954167</v>
+        <v>1.341667</v>
       </c>
       <c r="Q353">
-        <v>103.955</v>
+        <v>105.841667</v>
       </c>
       <c r="R353">
-        <v>105.954167</v>
+        <v>106.341667</v>
       </c>
       <c r="S353">
-        <v>102.000833</v>
+        <v>104.5</v>
       </c>
       <c r="T353">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
       <c r="X353">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="354" spans="1:24">
       <c r="A354" s="2">
-        <v>45498.529664352</v>
+        <v>45569.543819444</v>
       </c>
       <c r="B354" t="s">
         <v>24</v>
       </c>
       <c r="C354" t="s">
         <v>25</v>
       </c>
       <c r="D354" t="s">
         <v>26</v>
       </c>
       <c r="E354" t="s">
         <v>27</v>
       </c>
       <c r="F354">
-        <v>0.08</v>
+        <v>0.97</v>
       </c>
       <c r="G354">
-        <v>105.425</v>
+        <v>106.2125</v>
       </c>
       <c r="H354">
-        <v>1054.25</v>
+        <v>1062.125</v>
       </c>
       <c r="I354" t="s">
         <v>28</v>
       </c>
       <c r="J354">
         <v>10.5</v>
       </c>
       <c r="K354" s="2">
         <v>45435.0</v>
       </c>
       <c r="L354" s="2">
         <v>46896.0</v>
       </c>
       <c r="M354">
         <v>6200</v>
       </c>
       <c r="N354">
         <v>1000.0</v>
       </c>
       <c r="O354" t="s">
         <v>28</v>
       </c>
       <c r="P354">
-        <v>1.925</v>
+        <v>1.3125</v>
       </c>
       <c r="Q354">
-        <v>104.925</v>
+        <v>105.3125</v>
       </c>
       <c r="R354">
-        <v>105.825</v>
+        <v>106.3025</v>
       </c>
       <c r="S354">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T354">
-        <v>103.9</v>
+        <v>104.99</v>
       </c>
       <c r="X354">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:24">
       <c r="A355" s="2">
-        <v>45497.563958333</v>
+        <v>45568.492118056</v>
       </c>
       <c r="B355" t="s">
         <v>24</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
-      <c r="F355">
-[...1 lines deleted...]
-      </c>
       <c r="G355">
-        <v>105.3375</v>
-[...2 lines deleted...]
-        <v>4223.5</v>
+        <v>105.195833</v>
       </c>
       <c r="I355" t="s">
         <v>28</v>
       </c>
       <c r="J355">
         <v>10.5</v>
       </c>
       <c r="K355" s="2">
         <v>45435.0</v>
       </c>
       <c r="L355" s="2">
         <v>46896.0</v>
       </c>
       <c r="M355">
         <v>6200</v>
       </c>
       <c r="N355">
         <v>1000.0</v>
       </c>
       <c r="O355" t="s">
         <v>28</v>
       </c>
       <c r="P355">
-        <v>1.8375</v>
+        <v>1.283333</v>
       </c>
       <c r="Q355">
-        <v>105.3375</v>
+        <v>105.283333</v>
       </c>
       <c r="R355">
-        <v>105.8375</v>
+        <v>106.083333</v>
       </c>
       <c r="S355">
-        <v>103.5</v>
+        <v>104.0</v>
       </c>
       <c r="T355">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>104.8</v>
       </c>
     </row>
     <row r="356" spans="1:24">
       <c r="A356" s="2">
-        <v>45496.502638889</v>
+        <v>45567.644560185</v>
       </c>
       <c r="B356" t="s">
         <v>24</v>
       </c>
       <c r="C356" t="s">
         <v>25</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="F356">
-        <v>0.03</v>
+        <v>-0.73</v>
       </c>
       <c r="G356">
-        <v>104.908333</v>
+        <v>105.195833</v>
       </c>
       <c r="H356">
-        <v>2098.16666</v>
+        <v>5279.79165</v>
       </c>
       <c r="I356" t="s">
         <v>28</v>
       </c>
       <c r="J356">
         <v>10.5</v>
       </c>
       <c r="K356" s="2">
         <v>45435.0</v>
       </c>
       <c r="L356" s="2">
         <v>46896.0</v>
       </c>
       <c r="M356">
         <v>6200</v>
       </c>
       <c r="N356">
         <v>1000.0</v>
       </c>
       <c r="O356" t="s">
         <v>28</v>
       </c>
       <c r="P356">
-        <v>1.808333</v>
+        <v>1.195833</v>
       </c>
       <c r="Q356">
-        <v>104.808333</v>
+        <v>105.195833</v>
       </c>
       <c r="R356">
-        <v>105.008333</v>
+        <v>106.095833</v>
       </c>
       <c r="S356">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T356">
-        <v>103.2</v>
+        <v>104.9</v>
       </c>
       <c r="X356">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="357" spans="1:24">
       <c r="A357" s="2">
-        <v>45495.649768519</v>
+        <v>45566.657638889</v>
       </c>
       <c r="B357" t="s">
         <v>24</v>
       </c>
       <c r="C357" t="s">
         <v>25</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
       <c r="F357">
-        <v>-1.29</v>
+        <v>0.79</v>
       </c>
       <c r="G357">
-        <v>104.879167</v>
+        <v>105.966667</v>
       </c>
       <c r="H357">
-        <v>2103.78334</v>
+        <v>4230.66668</v>
       </c>
       <c r="I357" t="s">
         <v>28</v>
       </c>
       <c r="J357">
         <v>10.5</v>
       </c>
       <c r="K357" s="2">
         <v>45435.0</v>
       </c>
       <c r="L357" s="2">
         <v>46896.0</v>
       </c>
       <c r="M357">
         <v>6200</v>
       </c>
       <c r="N357">
         <v>1000.0</v>
       </c>
       <c r="O357" t="s">
         <v>28</v>
       </c>
       <c r="P357">
-        <v>1.779167</v>
+        <v>1.166667</v>
       </c>
       <c r="Q357">
-        <v>104.879167</v>
+        <v>105.766667</v>
       </c>
       <c r="R357">
-        <v>105.679167</v>
+        <v>105.966667</v>
       </c>
       <c r="S357">
-        <v>103.1</v>
+        <v>104.6</v>
       </c>
       <c r="T357">
-        <v>103.9</v>
+        <v>104.8</v>
       </c>
       <c r="X357">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:24">
       <c r="A358" s="2">
-        <v>45492.656631944</v>
+        <v>45565.591354167</v>
       </c>
       <c r="B358" t="s">
         <v>24</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="F358">
-        <v>0.5</v>
+        <v>0.03</v>
       </c>
       <c r="G358">
-        <v>106.25</v>
+        <v>105.1375</v>
       </c>
       <c r="H358">
-        <v>12645.7</v>
+        <v>5262.875</v>
       </c>
       <c r="I358" t="s">
         <v>28</v>
       </c>
       <c r="J358">
         <v>10.5</v>
       </c>
       <c r="K358" s="2">
         <v>45435.0</v>
       </c>
       <c r="L358" s="2">
         <v>46896.0</v>
       </c>
       <c r="M358">
         <v>6200</v>
       </c>
       <c r="N358">
         <v>1000.0</v>
       </c>
       <c r="O358" t="s">
         <v>28</v>
       </c>
       <c r="P358">
-        <v>1.75</v>
+        <v>1.1375</v>
       </c>
       <c r="Q358">
-        <v>104.85</v>
+        <v>105.1375</v>
       </c>
       <c r="R358">
-        <v>106.25</v>
+        <v>105.5375</v>
       </c>
       <c r="S358">
-        <v>103.1</v>
+        <v>104.0</v>
       </c>
       <c r="T358">
-        <v>104.5</v>
+        <v>104.4</v>
       </c>
       <c r="X358">
-        <v>11</v>
+        <v>2</v>
       </c>
     </row>
     <row r="359" spans="1:24">
       <c r="A359" s="2">
-        <v>45491.470972222</v>
+        <v>45562.567465278</v>
       </c>
       <c r="B359" t="s">
         <v>24</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="F359">
-        <v>0.13</v>
+        <v>0.51</v>
       </c>
       <c r="G359">
-        <v>105.720833</v>
+        <v>105.108333</v>
       </c>
       <c r="H359">
-        <v>3171.62499</v>
+        <v>3148.24999</v>
       </c>
       <c r="I359" t="s">
         <v>28</v>
       </c>
       <c r="J359">
         <v>10.5</v>
       </c>
       <c r="K359" s="2">
         <v>45435.0</v>
       </c>
       <c r="L359" s="2">
         <v>46896.0</v>
       </c>
       <c r="M359">
         <v>6200</v>
       </c>
       <c r="N359">
         <v>1000.0</v>
       </c>
       <c r="O359" t="s">
         <v>28</v>
       </c>
       <c r="P359">
-        <v>1.720833</v>
+        <v>1.108333</v>
       </c>
       <c r="Q359">
-        <v>105.830833</v>
+        <v>105.108333</v>
       </c>
       <c r="R359">
-        <v>105.930833</v>
+        <v>105.708333</v>
       </c>
       <c r="S359">
-        <v>104.11</v>
+        <v>104.0</v>
       </c>
       <c r="T359">
-        <v>104.21</v>
+        <v>104.6</v>
       </c>
       <c r="X359">
         <v>3</v>
       </c>
     </row>
     <row r="360" spans="1:24">
       <c r="A360" s="2">
-        <v>45490.638020833</v>
+        <v>45561.59462963</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>25</v>
       </c>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>27</v>
       </c>
       <c r="F360">
-        <v>0.74</v>
+        <v>0.27</v>
       </c>
       <c r="G360">
-        <v>105.581333</v>
+        <v>104.579167</v>
       </c>
       <c r="H360">
-        <v>6351.90998</v>
+        <v>2103.58334</v>
       </c>
       <c r="I360" t="s">
         <v>28</v>
       </c>
       <c r="J360">
         <v>10.5</v>
       </c>
       <c r="K360" s="2">
         <v>45435.0</v>
       </c>
       <c r="L360" s="2">
         <v>46896.0</v>
       </c>
       <c r="M360">
         <v>6200</v>
       </c>
       <c r="N360">
         <v>1000.0</v>
       </c>
       <c r="O360" t="s">
         <v>28</v>
       </c>
       <c r="P360">
-        <v>1.633333</v>
+        <v>1.079167</v>
       </c>
       <c r="Q360">
-        <v>105.633333</v>
+        <v>104.579167</v>
       </c>
       <c r="R360">
-        <v>105.733333</v>
+        <v>105.079167</v>
       </c>
       <c r="S360">
+        <v>103.5</v>
+      </c>
+      <c r="T360">
         <v>104.0</v>
       </c>
-      <c r="T360">
-[...1 lines deleted...]
-      </c>
       <c r="X360">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="361" spans="1:24">
       <c r="A361" s="2">
-        <v>45489.66125</v>
+        <v>45560.473101852</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>25</v>
       </c>
       <c r="D361" t="s">
         <v>26</v>
       </c>
       <c r="E361" t="s">
         <v>27</v>
       </c>
-      <c r="F361">
-[...1 lines deleted...]
-      </c>
       <c r="G361">
-        <v>104.804167</v>
-[...2 lines deleted...]
-        <v>8422.85336</v>
+        <v>104.3025</v>
       </c>
       <c r="I361" t="s">
         <v>28</v>
       </c>
       <c r="J361">
         <v>10.5</v>
       </c>
       <c r="K361" s="2">
         <v>45435.0</v>
       </c>
       <c r="L361" s="2">
         <v>46896.0</v>
       </c>
       <c r="M361">
         <v>6200</v>
       </c>
       <c r="N361">
         <v>1000.0</v>
       </c>
       <c r="O361" t="s">
         <v>28</v>
       </c>
       <c r="P361">
-        <v>1.604167</v>
+        <v>0.991667</v>
       </c>
       <c r="Q361">
-        <v>104.804167</v>
+        <v>104.491667</v>
       </c>
       <c r="R361">
-        <v>105.404167</v>
+        <v>105.591667</v>
       </c>
       <c r="S361">
-        <v>103.2</v>
+        <v>103.5</v>
       </c>
       <c r="T361">
-        <v>103.8</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>104.6</v>
       </c>
     </row>
     <row r="362" spans="1:24">
       <c r="A362" s="2">
-        <v>45488.454224537</v>
+        <v>45559.662210648</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" t="s">
         <v>26</v>
       </c>
       <c r="E362" t="s">
         <v>27</v>
       </c>
+      <c r="F362">
+        <v>-0.1</v>
+      </c>
       <c r="G362">
-        <v>104.945833</v>
+        <v>104.3025</v>
+      </c>
+      <c r="H362">
+        <v>1043.025</v>
       </c>
       <c r="I362" t="s">
         <v>28</v>
       </c>
       <c r="J362">
         <v>10.5</v>
       </c>
       <c r="K362" s="2">
         <v>45435.0</v>
       </c>
       <c r="L362" s="2">
         <v>46896.0</v>
       </c>
       <c r="M362">
         <v>6200</v>
       </c>
       <c r="N362">
         <v>1000.0</v>
       </c>
       <c r="O362" t="s">
         <v>28</v>
       </c>
       <c r="P362">
-        <v>1.575</v>
+        <v>0.9625</v>
       </c>
       <c r="Q362">
-        <v>104.775</v>
+        <v>104.3025</v>
       </c>
       <c r="R362">
-        <v>105.875</v>
+        <v>105.6625</v>
       </c>
       <c r="S362">
-        <v>103.2</v>
+        <v>103.34</v>
       </c>
       <c r="T362">
-        <v>104.3</v>
+        <v>104.7</v>
+      </c>
+      <c r="X362">
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:24">
       <c r="A363" s="2">
-        <v>45485.647743056</v>
+        <v>45558.620347222</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
         <v>25</v>
       </c>
       <c r="D363" t="s">
         <v>26</v>
       </c>
       <c r="E363" t="s">
         <v>27</v>
       </c>
       <c r="F363">
-        <v>-0.92</v>
+        <v>-1.14</v>
       </c>
       <c r="G363">
-        <v>104.945833</v>
+        <v>104.403333</v>
       </c>
       <c r="H363">
-        <v>3149.45833</v>
+        <v>1044.03333</v>
       </c>
       <c r="I363" t="s">
         <v>28</v>
       </c>
       <c r="J363">
         <v>10.5</v>
       </c>
       <c r="K363" s="2">
         <v>45435.0</v>
       </c>
       <c r="L363" s="2">
         <v>46896.0</v>
       </c>
       <c r="M363">
         <v>6200</v>
       </c>
       <c r="N363">
         <v>1000.0</v>
       </c>
       <c r="O363" t="s">
         <v>28</v>
       </c>
       <c r="P363">
-        <v>1.545833</v>
+        <v>0.933333</v>
       </c>
       <c r="Q363">
-        <v>104.745833</v>
+        <v>104.403333</v>
       </c>
       <c r="R363">
-        <v>105.445833</v>
+        <v>105.623333</v>
       </c>
       <c r="S363">
-        <v>103.2</v>
+        <v>103.47</v>
       </c>
       <c r="T363">
-        <v>103.9</v>
+        <v>104.69</v>
       </c>
       <c r="X363">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:24">
       <c r="A364" s="2">
-        <v>45484.462777778</v>
+        <v>45555.642326389</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
         <v>25</v>
       </c>
       <c r="D364" t="s">
         <v>26</v>
       </c>
       <c r="E364" t="s">
         <v>27</v>
       </c>
       <c r="F364">
-        <v>0.13</v>
+        <v>1.29</v>
       </c>
       <c r="G364">
-        <v>105.916667</v>
+        <v>105.604167</v>
       </c>
       <c r="H364">
-        <v>1059.16667</v>
+        <v>1056.04167</v>
       </c>
       <c r="I364" t="s">
         <v>28</v>
       </c>
       <c r="J364">
         <v>10.5</v>
       </c>
       <c r="K364" s="2">
         <v>45435.0</v>
       </c>
       <c r="L364" s="2">
         <v>46896.0</v>
       </c>
       <c r="M364">
         <v>6200</v>
       </c>
       <c r="N364">
         <v>1000.0</v>
       </c>
       <c r="O364" t="s">
         <v>28</v>
       </c>
       <c r="P364">
-        <v>1.516667</v>
+        <v>0.904167</v>
       </c>
       <c r="Q364">
-        <v>104.716667</v>
+        <v>105.404167</v>
       </c>
       <c r="R364">
-        <v>105.916667</v>
+        <v>105.604167</v>
       </c>
       <c r="S364">
-        <v>103.2</v>
+        <v>104.5</v>
       </c>
       <c r="T364">
-        <v>104.4</v>
+        <v>104.7</v>
       </c>
       <c r="X364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:24">
       <c r="A365" s="2">
-        <v>45483.541724537</v>
+        <v>45554.605034722</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
         <v>25</v>
       </c>
       <c r="D365" t="s">
         <v>26</v>
       </c>
       <c r="E365" t="s">
         <v>27</v>
       </c>
-      <c r="F365">
-[...1 lines deleted...]
-      </c>
       <c r="G365">
-        <v>105.779167</v>
-[...2 lines deleted...]
-        <v>2111.08334</v>
+        <v>104.258333</v>
       </c>
       <c r="I365" t="s">
         <v>28</v>
       </c>
       <c r="J365">
         <v>10.5</v>
       </c>
       <c r="K365" s="2">
         <v>45435.0</v>
       </c>
       <c r="L365" s="2">
         <v>46896.0</v>
       </c>
       <c r="M365">
         <v>6200</v>
       </c>
       <c r="N365">
         <v>1000.0</v>
       </c>
       <c r="O365" t="s">
         <v>28</v>
       </c>
       <c r="P365">
-        <v>1.429167</v>
+        <v>0.875</v>
       </c>
       <c r="Q365">
-        <v>105.5</v>
+        <v>104.575</v>
       </c>
       <c r="R365">
-        <v>105.629167</v>
+        <v>105.575</v>
       </c>
       <c r="S365">
-        <v>104.070833</v>
+        <v>103.7</v>
       </c>
       <c r="T365">
-        <v>104.2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="366" spans="1:24">
       <c r="A366" s="2">
-        <v>45482.643032407</v>
+        <v>45553.420636574</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
         <v>25</v>
       </c>
       <c r="D366" t="s">
         <v>26</v>
       </c>
       <c r="E366" t="s">
         <v>27</v>
       </c>
-      <c r="F366">
-[...1 lines deleted...]
-      </c>
       <c r="G366">
-        <v>105.4</v>
-[...2 lines deleted...]
-        <v>17908.0</v>
+        <v>104.258333</v>
       </c>
       <c r="I366" t="s">
         <v>28</v>
       </c>
       <c r="J366">
         <v>10.5</v>
       </c>
       <c r="K366" s="2">
         <v>45435.0</v>
       </c>
       <c r="L366" s="2">
         <v>46896.0</v>
       </c>
       <c r="M366">
         <v>6200</v>
       </c>
       <c r="N366">
         <v>1000.0</v>
       </c>
       <c r="O366" t="s">
         <v>28</v>
       </c>
       <c r="P366">
-        <v>1.4</v>
+        <v>0.7875</v>
       </c>
       <c r="Q366">
-        <v>105.2</v>
+        <v>104.2575</v>
       </c>
       <c r="R366">
-        <v>105.75</v>
+        <v>105.4875</v>
       </c>
       <c r="S366">
-        <v>103.8</v>
+        <v>103.47</v>
       </c>
       <c r="T366">
-        <v>104.35</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="367" spans="1:24">
       <c r="A367" s="2">
-        <v>45481.618518519</v>
+        <v>45552.645115741</v>
       </c>
       <c r="B367" t="s">
         <v>24</v>
       </c>
       <c r="C367" t="s">
         <v>25</v>
       </c>
       <c r="D367" t="s">
         <v>26</v>
       </c>
       <c r="E367" t="s">
         <v>27</v>
       </c>
       <c r="F367">
-        <v>2.71</v>
+        <v>-1.2</v>
       </c>
       <c r="G367">
-        <v>104.5</v>
+        <v>104.258333</v>
       </c>
       <c r="H367">
-        <v>3129.70833</v>
+        <v>6278.19998</v>
       </c>
       <c r="I367" t="s">
         <v>28</v>
       </c>
       <c r="J367">
         <v>10.5</v>
       </c>
       <c r="K367" s="2">
         <v>45435.0</v>
       </c>
       <c r="L367" s="2">
         <v>46896.0</v>
       </c>
       <c r="M367">
         <v>6200</v>
       </c>
       <c r="N367">
         <v>1000.0</v>
       </c>
       <c r="O367" t="s">
         <v>28</v>
       </c>
       <c r="P367">
-        <v>1.370833</v>
+        <v>0.758333</v>
       </c>
       <c r="Q367">
-        <v>104.5</v>
+        <v>104.258333</v>
       </c>
       <c r="R367">
-        <v>105.170833</v>
+        <v>105.458333</v>
       </c>
       <c r="S367">
-        <v>103.129167</v>
+        <v>103.5</v>
       </c>
       <c r="T367">
-        <v>103.8</v>
+        <v>104.7</v>
       </c>
       <c r="X367">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="368" spans="1:24">
       <c r="A368" s="2">
-        <v>45478.642569444</v>
+        <v>45551.653333333</v>
       </c>
       <c r="B368" t="s">
         <v>24</v>
       </c>
       <c r="C368" t="s">
         <v>25</v>
       </c>
       <c r="D368" t="s">
         <v>26</v>
       </c>
       <c r="E368" t="s">
         <v>27</v>
       </c>
       <c r="F368">
-        <v>-3.11</v>
+        <v>0.31</v>
       </c>
       <c r="G368">
-        <v>101.741667</v>
+        <v>105.529167</v>
       </c>
       <c r="H368">
-        <v>2037.83334</v>
+        <v>7376.04169</v>
       </c>
       <c r="I368" t="s">
         <v>28</v>
       </c>
       <c r="J368">
         <v>10.5</v>
       </c>
       <c r="K368" s="2">
         <v>45435.0</v>
       </c>
       <c r="L368" s="2">
         <v>46896.0</v>
       </c>
       <c r="M368">
         <v>6200</v>
       </c>
       <c r="N368">
         <v>1000.0</v>
       </c>
       <c r="O368" t="s">
         <v>28</v>
       </c>
       <c r="P368">
-        <v>1.341667</v>
+        <v>0.729167</v>
       </c>
       <c r="Q368">
-        <v>101.621667</v>
+        <v>104.729167</v>
       </c>
       <c r="R368">
-        <v>105.331667</v>
+        <v>105.529167</v>
       </c>
       <c r="S368">
-        <v>100.28</v>
+        <v>104.0</v>
       </c>
       <c r="T368">
-        <v>103.99</v>
+        <v>104.8</v>
       </c>
       <c r="X368">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:24">
       <c r="A369" s="2">
-        <v>45477.636793981</v>
+        <v>45548.561076389</v>
       </c>
       <c r="B369" t="s">
         <v>24</v>
       </c>
       <c r="C369" t="s">
         <v>25</v>
       </c>
       <c r="D369" t="s">
         <v>26</v>
       </c>
       <c r="E369" t="s">
         <v>27</v>
       </c>
       <c r="F369">
-        <v>-0.53</v>
+        <v>0.6</v>
       </c>
       <c r="G369">
-        <v>105.0125</v>
+        <v>105.2</v>
       </c>
       <c r="H369">
-        <v>1050.125</v>
+        <v>10498.0</v>
       </c>
       <c r="I369" t="s">
         <v>28</v>
       </c>
       <c r="J369">
         <v>10.5</v>
       </c>
       <c r="K369" s="2">
         <v>45435.0</v>
       </c>
       <c r="L369" s="2">
         <v>46896.0</v>
       </c>
       <c r="M369">
         <v>6200</v>
       </c>
       <c r="N369">
         <v>1000.0</v>
       </c>
       <c r="O369" t="s">
         <v>28</v>
       </c>
       <c r="P369">
-        <v>1.3125</v>
+        <v>0.7</v>
       </c>
       <c r="Q369">
-        <v>102.4125</v>
+        <v>104.7</v>
       </c>
       <c r="R369">
-        <v>105.5125</v>
+        <v>105.4</v>
       </c>
       <c r="S369">
-        <v>101.1</v>
+        <v>104.0</v>
       </c>
       <c r="T369">
-        <v>104.2</v>
+        <v>104.7</v>
       </c>
       <c r="X369">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:24">
       <c r="A370" s="2">
-        <v>45476.660266204</v>
+        <v>45547.563032407</v>
       </c>
       <c r="B370" t="s">
         <v>24</v>
       </c>
       <c r="C370" t="s">
         <v>25</v>
       </c>
       <c r="D370" t="s">
         <v>26</v>
       </c>
       <c r="E370" t="s">
         <v>27</v>
       </c>
       <c r="F370">
-        <v>0.46</v>
+        <v>0.86</v>
       </c>
       <c r="G370">
-        <v>105.575</v>
+        <v>104.570833</v>
       </c>
       <c r="H370">
-        <v>6329.4</v>
+        <v>3131.12499</v>
       </c>
       <c r="I370" t="s">
         <v>28</v>
       </c>
       <c r="J370">
         <v>10.5</v>
       </c>
       <c r="K370" s="2">
         <v>45435.0</v>
       </c>
       <c r="L370" s="2">
         <v>46896.0</v>
       </c>
       <c r="M370">
         <v>6200</v>
       </c>
       <c r="N370">
         <v>1000.0</v>
       </c>
       <c r="O370" t="s">
         <v>28</v>
       </c>
       <c r="P370">
-        <v>1.225</v>
+        <v>0.670833</v>
       </c>
       <c r="Q370">
-        <v>102.425</v>
+        <v>104.570833</v>
       </c>
       <c r="R370">
-        <v>105.575</v>
+        <v>104.670833</v>
       </c>
       <c r="S370">
-        <v>101.2</v>
+        <v>103.9</v>
       </c>
       <c r="T370">
-        <v>104.35</v>
+        <v>104.0</v>
       </c>
       <c r="X370">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="371" spans="1:24">
       <c r="A371" s="2">
-        <v>45475.52880787</v>
+        <v>45546.63787037</v>
       </c>
       <c r="B371" t="s">
         <v>24</v>
       </c>
       <c r="C371" t="s">
         <v>25</v>
       </c>
       <c r="D371" t="s">
         <v>26</v>
       </c>
       <c r="E371" t="s">
         <v>27</v>
       </c>
       <c r="F371">
-        <v>-0.07</v>
+        <v>-0.33</v>
       </c>
       <c r="G371">
-        <v>105.095833</v>
+        <v>103.683333</v>
       </c>
       <c r="H371">
-        <v>5259.79165</v>
+        <v>6248.99998</v>
       </c>
       <c r="I371" t="s">
         <v>28</v>
       </c>
       <c r="J371">
         <v>10.5</v>
       </c>
       <c r="K371" s="2">
         <v>45435.0</v>
       </c>
       <c r="L371" s="2">
         <v>46896.0</v>
       </c>
       <c r="M371">
         <v>6200</v>
       </c>
       <c r="N371">
         <v>1000.0</v>
       </c>
       <c r="O371" t="s">
         <v>28</v>
       </c>
       <c r="P371">
-        <v>1.195833</v>
+        <v>0.583333</v>
       </c>
       <c r="Q371">
-        <v>102.195833</v>
+        <v>103.683333</v>
       </c>
       <c r="R371">
-        <v>105.395833</v>
+        <v>104.483333</v>
       </c>
       <c r="S371">
-        <v>101.0</v>
+        <v>103.1</v>
       </c>
       <c r="T371">
-        <v>104.2</v>
+        <v>103.9</v>
       </c>
       <c r="X371">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="372" spans="1:24">
       <c r="A372" s="2">
-        <v>45474.481458333</v>
+        <v>45545.549618056</v>
       </c>
       <c r="B372" t="s">
         <v>24</v>
       </c>
       <c r="C372" t="s">
         <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>27</v>
       </c>
-      <c r="F372">
-[...1 lines deleted...]
-      </c>
       <c r="G372">
-        <v>105.166667</v>
-[...2 lines deleted...]
-        <v>3155.00001</v>
+        <v>104.025</v>
       </c>
       <c r="I372" t="s">
         <v>28</v>
       </c>
       <c r="J372">
         <v>10.5</v>
       </c>
       <c r="K372" s="2">
         <v>45435.0</v>
       </c>
       <c r="L372" s="2">
         <v>46896.0</v>
       </c>
       <c r="M372">
         <v>6200</v>
       </c>
       <c r="N372">
         <v>1000.0</v>
       </c>
       <c r="O372" t="s">
         <v>28</v>
       </c>
       <c r="P372">
-        <v>1.166667</v>
+        <v>0.554167</v>
       </c>
       <c r="Q372">
-        <v>103.966667</v>
+        <v>103.654167</v>
       </c>
       <c r="R372">
-        <v>105.166667</v>
+        <v>104.254167</v>
       </c>
       <c r="S372">
-        <v>102.8</v>
+        <v>103.1</v>
       </c>
       <c r="T372">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.7</v>
       </c>
     </row>
     <row r="373" spans="1:24">
       <c r="A373" s="2">
-        <v>45471.555405093</v>
+        <v>45544.5790625</v>
       </c>
       <c r="B373" t="s">
         <v>24</v>
       </c>
       <c r="C373" t="s">
         <v>25</v>
       </c>
       <c r="D373" t="s">
         <v>26</v>
       </c>
       <c r="E373" t="s">
         <v>27</v>
       </c>
       <c r="F373">
-        <v>0.22</v>
+        <v>1.0</v>
       </c>
       <c r="G373">
-        <v>105.1375</v>
+        <v>104.025</v>
       </c>
       <c r="H373">
-        <v>4203.5</v>
+        <v>12408.0</v>
       </c>
       <c r="I373" t="s">
         <v>28</v>
       </c>
       <c r="J373">
         <v>10.5</v>
       </c>
       <c r="K373" s="2">
         <v>45435.0</v>
       </c>
       <c r="L373" s="2">
         <v>46896.0</v>
       </c>
       <c r="M373">
         <v>6200</v>
       </c>
       <c r="N373">
         <v>1000.0</v>
       </c>
       <c r="O373" t="s">
         <v>28</v>
       </c>
       <c r="P373">
-        <v>1.1375</v>
+        <v>0.525</v>
       </c>
       <c r="Q373">
-        <v>104.1375</v>
+        <v>104.025</v>
       </c>
       <c r="R373">
-        <v>105.1375</v>
+        <v>104.325</v>
       </c>
       <c r="S373">
-        <v>103.0</v>
+        <v>103.5</v>
       </c>
       <c r="T373">
-        <v>104.0</v>
+        <v>103.8</v>
       </c>
       <c r="X373">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:24">
       <c r="A374" s="2">
-        <v>45470.604791667</v>
+        <v>45541.64681713</v>
       </c>
       <c r="B374" t="s">
         <v>24</v>
       </c>
       <c r="C374" t="s">
         <v>25</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="F374">
-        <v>0.27</v>
+        <v>0.51</v>
       </c>
       <c r="G374">
-        <v>104.908333</v>
+        <v>102.991833</v>
       </c>
       <c r="H374">
-        <v>29389.21324</v>
+        <v>1029.91833</v>
       </c>
       <c r="I374" t="s">
         <v>28</v>
       </c>
       <c r="J374">
         <v>10.5</v>
       </c>
       <c r="K374" s="2">
         <v>45435.0</v>
       </c>
       <c r="L374" s="2">
         <v>46896.0</v>
       </c>
       <c r="M374">
         <v>6200</v>
       </c>
       <c r="N374">
         <v>1000.0</v>
       </c>
       <c r="O374" t="s">
         <v>28</v>
       </c>
       <c r="P374">
-        <v>1.108333</v>
+        <v>0.495833</v>
       </c>
       <c r="Q374">
-        <v>104.908333</v>
+        <v>102.495833</v>
       </c>
       <c r="R374">
-        <v>105.108333</v>
+        <v>103.995833</v>
       </c>
       <c r="S374">
-        <v>103.8</v>
+        <v>102.0</v>
       </c>
       <c r="T374">
-        <v>104.0</v>
+        <v>103.5</v>
       </c>
       <c r="X374">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:24">
       <c r="A375" s="2">
-        <v>45469.631597222</v>
+        <v>45540.6309375</v>
       </c>
       <c r="B375" t="s">
         <v>24</v>
       </c>
       <c r="C375" t="s">
         <v>25</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
       <c r="F375">
-        <v>0.12</v>
+        <v>-0.98</v>
       </c>
       <c r="G375">
-        <v>104.620833</v>
+        <v>102.466667</v>
       </c>
       <c r="H375">
-        <v>14656.41662</v>
+        <v>11346.8333</v>
       </c>
       <c r="I375" t="s">
         <v>28</v>
       </c>
       <c r="J375">
         <v>10.5</v>
       </c>
       <c r="K375" s="2">
         <v>45435.0</v>
       </c>
       <c r="L375" s="2">
         <v>46896.0</v>
       </c>
       <c r="M375">
         <v>6200</v>
       </c>
       <c r="N375">
         <v>1000.0</v>
       </c>
       <c r="O375" t="s">
         <v>28</v>
       </c>
       <c r="P375">
-        <v>1.020833</v>
+        <v>0.466667</v>
       </c>
       <c r="Q375">
-        <v>104.020833</v>
+        <v>102.466667</v>
       </c>
       <c r="R375">
-        <v>104.519833</v>
+        <v>103.966667</v>
       </c>
       <c r="S375">
-        <v>103.0</v>
+        <v>102.0</v>
       </c>
       <c r="T375">
-        <v>103.499</v>
+        <v>103.5</v>
       </c>
       <c r="X375">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="376" spans="1:24">
       <c r="A376" s="2">
-        <v>45468.60875</v>
+        <v>45539.47837963</v>
       </c>
       <c r="B376" t="s">
         <v>24</v>
       </c>
       <c r="C376" t="s">
         <v>25</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
       <c r="F376">
-        <v>0.08</v>
+        <v>1.5</v>
       </c>
       <c r="G376">
-        <v>104.490667</v>
+        <v>103.479167</v>
       </c>
       <c r="H376">
-        <v>1044.90667</v>
+        <v>2058.58334</v>
       </c>
       <c r="I376" t="s">
         <v>28</v>
       </c>
       <c r="J376">
         <v>10.5</v>
       </c>
       <c r="K376" s="2">
         <v>45435.0</v>
       </c>
       <c r="L376" s="2">
         <v>46896.0</v>
       </c>
       <c r="M376">
         <v>6200</v>
       </c>
       <c r="N376">
         <v>1000.0</v>
       </c>
       <c r="O376" t="s">
         <v>28</v>
       </c>
       <c r="P376">
-        <v>0.991667</v>
+        <v>0.379167</v>
       </c>
       <c r="Q376">
-        <v>104.490667</v>
+        <v>101.879167</v>
       </c>
       <c r="R376">
-        <v>104.591667</v>
+        <v>103.72916</v>
       </c>
       <c r="S376">
-        <v>103.499</v>
+        <v>101.5</v>
       </c>
       <c r="T376">
-        <v>103.6</v>
+        <v>103.349993</v>
       </c>
       <c r="X376">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="377" spans="1:24">
       <c r="A377" s="2">
-        <v>45464.534363426</v>
+        <v>45538.579340278</v>
       </c>
       <c r="B377" t="s">
         <v>24</v>
       </c>
       <c r="C377" t="s">
         <v>25</v>
       </c>
       <c r="D377" t="s">
         <v>26</v>
       </c>
       <c r="E377" t="s">
         <v>27</v>
       </c>
+      <c r="F377">
+        <v>-1.44</v>
+      </c>
       <c r="G377">
-        <v>104.403167</v>
+        <v>101.95001</v>
+      </c>
+      <c r="H377">
+        <v>1019.5001</v>
       </c>
       <c r="I377" t="s">
         <v>28</v>
       </c>
       <c r="J377">
         <v>10.5</v>
       </c>
       <c r="K377" s="2">
         <v>45435.0</v>
       </c>
       <c r="L377" s="2">
         <v>46896.0</v>
       </c>
       <c r="M377">
         <v>6200</v>
       </c>
       <c r="N377">
         <v>1000.0</v>
       </c>
       <c r="O377" t="s">
         <v>28</v>
       </c>
       <c r="P377">
-        <v>0.933333</v>
+        <v>0.35</v>
       </c>
       <c r="Q377">
-        <v>103.933333</v>
+        <v>102.01</v>
       </c>
       <c r="R377">
-        <v>104.432333</v>
+        <v>103.45</v>
       </c>
       <c r="S377">
-        <v>103.0</v>
+        <v>101.66</v>
       </c>
       <c r="T377">
-        <v>103.499</v>
+        <v>103.1</v>
+      </c>
+      <c r="X377">
+        <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:24">
       <c r="A378" s="2">
-        <v>45463.630150463</v>
+        <v>45537.646793981</v>
       </c>
       <c r="B378" t="s">
         <v>24</v>
       </c>
       <c r="C378" t="s">
         <v>25</v>
       </c>
       <c r="D378" t="s">
         <v>26</v>
       </c>
       <c r="E378" t="s">
         <v>27</v>
       </c>
       <c r="F378">
-        <v>0.56</v>
+        <v>-0.31</v>
       </c>
       <c r="G378">
-        <v>104.403167</v>
+        <v>103.440833</v>
       </c>
       <c r="H378">
-        <v>8344.28336</v>
+        <v>9324.86497</v>
       </c>
       <c r="I378" t="s">
         <v>28</v>
       </c>
       <c r="J378">
         <v>10.5</v>
       </c>
       <c r="K378" s="2">
         <v>45435.0</v>
       </c>
       <c r="L378" s="2">
         <v>46896.0</v>
       </c>
       <c r="M378">
         <v>6200</v>
       </c>
       <c r="N378">
         <v>1000.0</v>
       </c>
       <c r="O378" t="s">
         <v>28</v>
       </c>
       <c r="P378">
-        <v>0.904167</v>
+        <v>0.320833</v>
       </c>
       <c r="Q378">
-        <v>103.704167</v>
+        <v>101.32084</v>
       </c>
       <c r="R378">
-        <v>104.403167</v>
+        <v>103.670833</v>
       </c>
       <c r="S378">
-        <v>102.8</v>
+        <v>101.000007</v>
       </c>
       <c r="T378">
-        <v>103.499</v>
+        <v>103.35</v>
       </c>
       <c r="X378">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:24">
       <c r="A379" s="2">
-        <v>45462.513587963</v>
+        <v>45534.416909722</v>
       </c>
       <c r="B379" t="s">
         <v>24</v>
       </c>
       <c r="C379" t="s">
         <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
-      <c r="F379">
-[...1 lines deleted...]
-      </c>
       <c r="G379">
-        <v>103.816667</v>
-[...2 lines deleted...]
-        <v>12492.10004</v>
+        <v>103.7615</v>
       </c>
       <c r="I379" t="s">
         <v>28</v>
       </c>
       <c r="J379">
         <v>10.5</v>
       </c>
       <c r="K379" s="2">
         <v>45435.0</v>
       </c>
       <c r="L379" s="2">
         <v>46896.0</v>
       </c>
       <c r="M379">
         <v>6200</v>
       </c>
       <c r="N379">
         <v>1000.0</v>
       </c>
       <c r="O379" t="s">
         <v>28</v>
       </c>
       <c r="P379">
-        <v>0.816667</v>
+        <v>0.291667</v>
       </c>
       <c r="Q379">
-        <v>103.816667</v>
+        <v>103.411667</v>
       </c>
       <c r="R379">
-        <v>104.216667</v>
+        <v>103.790667</v>
       </c>
       <c r="S379">
-        <v>103.0</v>
+        <v>103.12</v>
       </c>
       <c r="T379">
-        <v>103.4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>103.499</v>
       </c>
     </row>
     <row r="380" spans="1:24">
       <c r="A380" s="2">
-        <v>45461.665520833</v>
+        <v>45533.607627315</v>
       </c>
       <c r="B380" t="s">
         <v>24</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="F380">
-        <v>0.03</v>
+        <v>0.54</v>
       </c>
       <c r="G380">
-        <v>103.7875</v>
+        <v>103.7615</v>
       </c>
       <c r="H380">
-        <v>14526.25</v>
+        <v>1037.615</v>
       </c>
       <c r="I380" t="s">
         <v>28</v>
       </c>
       <c r="J380">
         <v>10.5</v>
       </c>
       <c r="K380" s="2">
         <v>45435.0</v>
       </c>
       <c r="L380" s="2">
         <v>46896.0</v>
       </c>
       <c r="M380">
         <v>6200</v>
       </c>
       <c r="N380">
         <v>1000.0</v>
       </c>
       <c r="O380" t="s">
         <v>28</v>
       </c>
       <c r="P380">
-        <v>0.7875</v>
+        <v>0.2625</v>
       </c>
       <c r="Q380">
-        <v>103.7875</v>
+        <v>103.3825</v>
       </c>
       <c r="R380">
-        <v>104.2875</v>
+        <v>103.7615</v>
       </c>
       <c r="S380">
-        <v>103.0</v>
+        <v>103.12</v>
       </c>
       <c r="T380">
-        <v>103.5</v>
+        <v>103.499</v>
       </c>
       <c r="X380">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:24">
       <c r="A381" s="2">
-        <v>45460.643831019</v>
+        <v>45532.659548611</v>
       </c>
       <c r="B381" t="s">
         <v>24</v>
       </c>
       <c r="C381" t="s">
         <v>25</v>
       </c>
       <c r="D381" t="s">
         <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>27</v>
       </c>
       <c r="F381">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="G381">
-        <v>103.758333</v>
+        <v>103.204167</v>
       </c>
       <c r="H381">
-        <v>5170.41665</v>
+        <v>9315.37503</v>
       </c>
       <c r="I381" t="s">
         <v>28</v>
       </c>
       <c r="J381">
         <v>10.5</v>
       </c>
       <c r="K381" s="2">
         <v>45435.0</v>
       </c>
       <c r="L381" s="2">
         <v>46896.0</v>
       </c>
       <c r="M381">
         <v>6200</v>
       </c>
       <c r="N381">
         <v>1000.0</v>
       </c>
       <c r="O381" t="s">
         <v>28</v>
       </c>
       <c r="P381">
-        <v>0.758333</v>
+        <v>0.204167</v>
       </c>
       <c r="Q381">
-        <v>103.758333</v>
+        <v>102.304167</v>
       </c>
       <c r="R381">
-        <v>104.158333</v>
+        <v>103.604167</v>
       </c>
       <c r="S381">
-        <v>103.0</v>
+        <v>102.1</v>
       </c>
       <c r="T381">
         <v>103.4</v>
       </c>
       <c r="X381">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="382" spans="1:24">
       <c r="A382" s="2">
-        <v>45457.645381944</v>
+        <v>45531.661168981</v>
       </c>
       <c r="B382" t="s">
         <v>24</v>
       </c>
       <c r="C382" t="s">
         <v>25</v>
       </c>
       <c r="D382" t="s">
         <v>26</v>
       </c>
       <c r="E382" t="s">
         <v>27</v>
       </c>
       <c r="F382">
-        <v>0.03</v>
+        <v>-0.74</v>
       </c>
       <c r="G382">
-        <v>103.529167</v>
+        <v>103.175</v>
       </c>
       <c r="H382">
-        <v>7211.04169</v>
+        <v>2054.5</v>
       </c>
       <c r="I382" t="s">
         <v>28</v>
       </c>
       <c r="J382">
         <v>10.5</v>
       </c>
       <c r="K382" s="2">
         <v>45435.0</v>
       </c>
       <c r="L382" s="2">
         <v>46896.0</v>
       </c>
       <c r="M382">
         <v>6200</v>
       </c>
       <c r="N382">
         <v>1000.0</v>
       </c>
       <c r="O382" t="s">
         <v>28</v>
       </c>
       <c r="P382">
-        <v>0.729167</v>
+        <v>0.175</v>
       </c>
       <c r="Q382">
-        <v>102.829167</v>
+        <v>102.275</v>
       </c>
       <c r="R382">
-        <v>103.629167</v>
+        <v>103.175</v>
       </c>
       <c r="S382">
         <v>102.1</v>
       </c>
       <c r="T382">
-        <v>102.9</v>
+        <v>103.0</v>
       </c>
       <c r="X382">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="383" spans="1:24">
       <c r="A383" s="2">
-        <v>45456.546076389</v>
+        <v>45530.622349537</v>
       </c>
       <c r="B383" t="s">
         <v>24</v>
       </c>
       <c r="C383" t="s">
         <v>25</v>
       </c>
       <c r="D383" t="s">
         <v>26</v>
       </c>
       <c r="E383" t="s">
         <v>27</v>
       </c>
       <c r="F383">
-        <v>0.86</v>
+        <v>0.71</v>
       </c>
       <c r="G383">
+        <v>103.945833</v>
+      </c>
+      <c r="H383">
+        <v>17608.92128</v>
+      </c>
+      <c r="I383" t="s">
+        <v>28</v>
+      </c>
+      <c r="J383">
+        <v>10.5</v>
+      </c>
+      <c r="K383" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L383" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M383">
+        <v>6200</v>
+      </c>
+      <c r="N383">
+        <v>1000.0</v>
+      </c>
+      <c r="O383" t="s">
+        <v>28</v>
+      </c>
+      <c r="P383">
+        <v>0.145833</v>
+      </c>
+      <c r="Q383">
+        <v>101.14584</v>
+      </c>
+      <c r="R383">
+        <v>103.645833</v>
+      </c>
+      <c r="S383">
+        <v>101.000007</v>
+      </c>
+      <c r="T383">
         <v>103.5</v>
       </c>
-      <c r="H383">
-[...37 lines deleted...]
-      </c>
       <c r="X383">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="384" spans="1:24">
       <c r="A384" s="2">
-        <v>45455.601157407</v>
+        <v>45527.647268519</v>
       </c>
       <c r="B384" t="s">
         <v>24</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="F384">
-        <v>0.03</v>
+        <v>1.47</v>
       </c>
       <c r="G384">
-        <v>102.6125</v>
+        <v>103.216667</v>
       </c>
       <c r="H384">
-        <v>1026.125</v>
+        <v>8255.33336</v>
       </c>
       <c r="I384" t="s">
         <v>28</v>
       </c>
       <c r="J384">
         <v>10.5</v>
       </c>
       <c r="K384" s="2">
         <v>45435.0</v>
       </c>
       <c r="L384" s="2">
         <v>46896.0</v>
       </c>
       <c r="M384">
         <v>6200</v>
       </c>
       <c r="N384">
         <v>1000.0</v>
       </c>
       <c r="O384" t="s">
         <v>28</v>
       </c>
       <c r="P384">
-        <v>0.6125</v>
+        <v>0.116667</v>
       </c>
       <c r="Q384">
-        <v>102.9125</v>
+        <v>101.71667</v>
       </c>
       <c r="R384">
-        <v>103.4125</v>
+        <v>103.216667</v>
       </c>
       <c r="S384">
-        <v>102.3</v>
+        <v>101.600003</v>
       </c>
       <c r="T384">
-        <v>102.8</v>
+        <v>103.1</v>
       </c>
       <c r="X384">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:24">
       <c r="A385" s="2">
-        <v>45454.656284722</v>
+        <v>45526.64880787</v>
       </c>
       <c r="B385" t="s">
         <v>24</v>
       </c>
       <c r="C385" t="s">
         <v>25</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="F385">
-        <v>-1.68</v>
+        <v>-1.44</v>
       </c>
       <c r="G385">
-        <v>102.583333</v>
+        <v>101.7175</v>
       </c>
       <c r="H385">
-        <v>7190.83331</v>
+        <v>5099.5752</v>
       </c>
       <c r="I385" t="s">
         <v>28</v>
       </c>
       <c r="J385">
         <v>10.5</v>
       </c>
       <c r="K385" s="2">
         <v>45435.0</v>
       </c>
       <c r="L385" s="2">
         <v>46896.0</v>
       </c>
       <c r="M385">
         <v>6200</v>
       </c>
       <c r="N385">
         <v>1000.0</v>
       </c>
       <c r="O385" t="s">
         <v>28</v>
       </c>
       <c r="P385">
-        <v>0.583333</v>
+        <v>0.0875</v>
       </c>
       <c r="Q385">
-        <v>102.783333</v>
+        <v>101.0875</v>
       </c>
       <c r="R385">
-        <v>104.082333</v>
+        <v>103.0875</v>
       </c>
       <c r="S385">
-        <v>102.2</v>
+        <v>101.0</v>
       </c>
       <c r="T385">
-        <v>103.499</v>
+        <v>103.0</v>
       </c>
       <c r="X385">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="386" spans="1:24">
       <c r="A386" s="2">
-        <v>45453.642256944</v>
+        <v>45525.620474537</v>
       </c>
       <c r="B386" t="s">
         <v>24</v>
       </c>
       <c r="C386" t="s">
         <v>25</v>
       </c>
       <c r="D386" t="s">
         <v>26</v>
       </c>
       <c r="E386" t="s">
         <v>27</v>
       </c>
       <c r="F386">
-        <v>0.79</v>
+        <v>-0.94</v>
       </c>
       <c r="G386">
-        <v>104.339167</v>
+        <v>103.2</v>
       </c>
       <c r="H386">
-        <v>4136.01668</v>
+        <v>4128.0</v>
       </c>
       <c r="I386" t="s">
         <v>28</v>
       </c>
       <c r="J386">
         <v>10.5</v>
       </c>
       <c r="K386" s="2">
         <v>45435.0</v>
       </c>
       <c r="L386" s="2">
         <v>46896.0</v>
       </c>
       <c r="M386">
         <v>6200</v>
       </c>
       <c r="N386">
         <v>1000.0</v>
       </c>
       <c r="O386" t="s">
         <v>28</v>
       </c>
-      <c r="P386">
-[...1 lines deleted...]
-      </c>
       <c r="Q386">
-        <v>102.654167</v>
+        <v>101.6301</v>
       </c>
       <c r="R386">
-        <v>104.337167</v>
-[...5 lines deleted...]
-        <v>103.783</v>
+        <v>103.5</v>
       </c>
       <c r="X386">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="387" spans="1:24">
       <c r="A387" s="2">
-        <v>45450.608553241</v>
+        <v>45524.35587963</v>
       </c>
       <c r="B387" t="s">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>25</v>
       </c>
       <c r="D387" t="s">
         <v>26</v>
       </c>
       <c r="E387" t="s">
         <v>27</v>
       </c>
-      <c r="F387">
-[...1 lines deleted...]
-      </c>
       <c r="G387">
-        <v>103.525</v>
-[...2 lines deleted...]
-        <v>7294.35</v>
+        <v>104.1767</v>
       </c>
       <c r="I387" t="s">
         <v>28</v>
       </c>
       <c r="J387">
         <v>10.5</v>
       </c>
       <c r="K387" s="2">
         <v>45435.0</v>
       </c>
       <c r="L387" s="2">
         <v>46896.0</v>
       </c>
       <c r="M387">
         <v>6200</v>
       </c>
       <c r="N387">
         <v>1000.0</v>
       </c>
       <c r="O387" t="s">
         <v>28</v>
       </c>
       <c r="P387">
-        <v>0.525</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>2.595833</v>
       </c>
     </row>
     <row r="388" spans="1:24">
       <c r="A388" s="2">
-        <v>45449.625532407</v>
+        <v>45523.552361111</v>
       </c>
       <c r="B388" t="s">
         <v>24</v>
       </c>
       <c r="C388" t="s">
         <v>25</v>
       </c>
       <c r="D388" t="s">
         <v>26</v>
       </c>
       <c r="E388" t="s">
         <v>27</v>
       </c>
       <c r="F388">
-        <v>0.67</v>
+        <v>-1.94</v>
       </c>
       <c r="G388">
-        <v>103.495833</v>
+        <v>104.1767</v>
       </c>
       <c r="H388">
-        <v>1034.95833</v>
+        <v>1041.767</v>
       </c>
       <c r="I388" t="s">
         <v>28</v>
       </c>
       <c r="J388">
         <v>10.5</v>
       </c>
       <c r="K388" s="2">
         <v>45435.0</v>
       </c>
       <c r="L388" s="2">
         <v>46896.0</v>
       </c>
       <c r="M388">
         <v>6200</v>
       </c>
       <c r="N388">
         <v>1000.0</v>
       </c>
       <c r="O388" t="s">
         <v>28</v>
       </c>
       <c r="P388">
-        <v>0.495833</v>
+        <v>2.566667</v>
       </c>
       <c r="Q388">
-        <v>103.495833</v>
+        <v>104.1767</v>
       </c>
       <c r="R388">
-        <v>103.895833</v>
+        <v>105.766667</v>
       </c>
       <c r="S388">
-        <v>103.0</v>
+        <v>101.610033</v>
       </c>
       <c r="T388">
-        <v>103.4</v>
+        <v>103.2</v>
       </c>
       <c r="X388">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:24">
       <c r="A389" s="2">
-        <v>45448.664849537</v>
+        <v>45520.631087963</v>
       </c>
       <c r="B389" t="s">
         <v>24</v>
       </c>
       <c r="C389" t="s">
         <v>25</v>
       </c>
       <c r="D389" t="s">
         <v>26</v>
       </c>
       <c r="E389" t="s">
         <v>27</v>
       </c>
       <c r="F389">
-        <v>-0.36</v>
+        <v>0.01</v>
       </c>
       <c r="G389">
-        <v>102.808333</v>
+        <v>106.2365</v>
       </c>
       <c r="H389">
-        <v>11394.91663</v>
+        <v>3187.095</v>
       </c>
       <c r="I389" t="s">
         <v>28</v>
       </c>
       <c r="J389">
         <v>10.5</v>
       </c>
       <c r="K389" s="2">
         <v>45435.0</v>
       </c>
       <c r="L389" s="2">
         <v>46896.0</v>
       </c>
       <c r="M389">
         <v>6200</v>
       </c>
       <c r="N389">
         <v>1000.0</v>
       </c>
       <c r="O389" t="s">
         <v>28</v>
       </c>
       <c r="P389">
-        <v>0.408333</v>
+        <v>2.5375</v>
       </c>
       <c r="Q389">
-        <v>102.708333</v>
+        <v>104.04752</v>
       </c>
       <c r="R389">
-        <v>103.808333</v>
+        <v>106.0275</v>
       </c>
       <c r="S389">
-        <v>102.3</v>
+        <v>101.51002</v>
       </c>
       <c r="T389">
-        <v>103.4</v>
+        <v>103.49</v>
       </c>
       <c r="X389">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="390" spans="1:24">
       <c r="A390" s="2">
-        <v>45447.663773148</v>
+        <v>45519.576180556</v>
       </c>
       <c r="B390" t="s">
         <v>24</v>
       </c>
       <c r="C390" t="s">
         <v>25</v>
       </c>
       <c r="D390" t="s">
         <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>27</v>
       </c>
-      <c r="F390">
-[...1 lines deleted...]
-      </c>
       <c r="G390">
-        <v>103.179167</v>
-[...2 lines deleted...]
-        <v>7217.54169</v>
+        <v>106.220833</v>
       </c>
       <c r="I390" t="s">
         <v>28</v>
       </c>
       <c r="J390">
         <v>10.5</v>
       </c>
       <c r="K390" s="2">
         <v>45435.0</v>
       </c>
       <c r="L390" s="2">
         <v>46896.0</v>
       </c>
       <c r="M390">
         <v>6200</v>
       </c>
       <c r="N390">
         <v>1000.0</v>
       </c>
       <c r="O390" t="s">
         <v>28</v>
       </c>
       <c r="P390">
-        <v>0.379167</v>
+        <v>2.508333</v>
       </c>
       <c r="Q390">
-        <v>102.879167</v>
+        <v>104.5085</v>
       </c>
       <c r="R390">
-        <v>103.679167</v>
+        <v>106.207333</v>
       </c>
       <c r="S390">
-        <v>102.5</v>
+        <v>102.000167</v>
       </c>
       <c r="T390">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>103.699</v>
       </c>
     </row>
     <row r="391" spans="1:24">
       <c r="A391" s="2">
-        <v>45446.653148148</v>
+        <v>45518.644907407</v>
       </c>
       <c r="B391" t="s">
         <v>24</v>
       </c>
       <c r="C391" t="s">
         <v>25</v>
       </c>
       <c r="D391" t="s">
         <v>26</v>
       </c>
       <c r="E391" t="s">
         <v>27</v>
       </c>
       <c r="F391">
-        <v>0.22</v>
+        <v>0.31</v>
       </c>
       <c r="G391">
-        <v>103.75</v>
+        <v>106.220833</v>
       </c>
       <c r="H391">
-        <v>8208.5</v>
+        <v>1062.20833</v>
       </c>
       <c r="I391" t="s">
         <v>28</v>
       </c>
       <c r="J391">
         <v>10.5</v>
       </c>
       <c r="K391" s="2">
         <v>45435.0</v>
       </c>
       <c r="L391" s="2">
         <v>46896.0</v>
       </c>
       <c r="M391">
         <v>6200</v>
       </c>
       <c r="N391">
         <v>1000.0</v>
       </c>
       <c r="O391" t="s">
         <v>28</v>
       </c>
       <c r="P391">
-        <v>0.35</v>
+        <v>2.420833</v>
       </c>
       <c r="Q391">
-        <v>103.25</v>
+        <v>103.921</v>
       </c>
       <c r="R391">
-        <v>103.75</v>
+        <v>106.220833</v>
       </c>
       <c r="S391">
-        <v>102.9</v>
+        <v>101.500167</v>
       </c>
       <c r="T391">
-        <v>103.4</v>
+        <v>103.8</v>
       </c>
       <c r="X391">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:24">
       <c r="A392" s="2">
-        <v>45443.65931713</v>
+        <v>45517.642060185</v>
       </c>
       <c r="B392" t="s">
         <v>24</v>
       </c>
       <c r="C392" t="s">
         <v>25</v>
       </c>
       <c r="D392" t="s">
         <v>26</v>
       </c>
       <c r="E392" t="s">
         <v>27</v>
       </c>
       <c r="F392">
-        <v>0.22</v>
+        <v>0.5</v>
       </c>
       <c r="G392">
-        <v>103.520833</v>
+        <v>105.891667</v>
       </c>
       <c r="H392">
-        <v>6210.24998</v>
+        <v>2117.83334</v>
       </c>
       <c r="I392" t="s">
         <v>28</v>
       </c>
       <c r="J392">
         <v>10.5</v>
       </c>
       <c r="K392" s="2">
         <v>45435.0</v>
       </c>
       <c r="L392" s="2">
         <v>46896.0</v>
       </c>
       <c r="M392">
         <v>6200</v>
       </c>
       <c r="N392">
         <v>1000.0</v>
       </c>
       <c r="O392" t="s">
         <v>28</v>
       </c>
       <c r="P392">
-        <v>0.320833</v>
+        <v>2.391667</v>
       </c>
       <c r="Q392">
-        <v>102.920833</v>
+        <v>104.891667</v>
       </c>
       <c r="R392">
-        <v>103.720833</v>
+        <v>106.391</v>
       </c>
       <c r="S392">
-        <v>102.6</v>
+        <v>102.5</v>
       </c>
       <c r="T392">
-        <v>103.4</v>
+        <v>103.999333</v>
       </c>
       <c r="X392">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:24">
       <c r="A393" s="2">
-        <v>45442.544710648</v>
+        <v>45516.593032407</v>
       </c>
       <c r="B393" t="s">
         <v>24</v>
       </c>
       <c r="C393" t="s">
         <v>25</v>
       </c>
       <c r="D393" t="s">
         <v>26</v>
       </c>
       <c r="E393" t="s">
         <v>27</v>
       </c>
       <c r="F393">
-        <v>-0.21</v>
+        <v>-0.82</v>
       </c>
       <c r="G393">
-        <v>103.291667</v>
+        <v>105.3625</v>
       </c>
       <c r="H393">
-        <v>2050.83334</v>
+        <v>4244.499</v>
       </c>
       <c r="I393" t="s">
         <v>28</v>
       </c>
       <c r="J393">
         <v>10.5</v>
       </c>
       <c r="K393" s="2">
         <v>45435.0</v>
       </c>
       <c r="L393" s="2">
         <v>46896.0</v>
       </c>
       <c r="M393">
         <v>6200</v>
       </c>
       <c r="N393">
         <v>1000.0</v>
       </c>
       <c r="O393" t="s">
         <v>28</v>
       </c>
       <c r="P393">
-        <v>0.291667</v>
+        <v>2.3625</v>
       </c>
       <c r="Q393">
-        <v>102.391667</v>
+        <v>104.3635</v>
       </c>
       <c r="R393">
-        <v>103.691667</v>
+        <v>106.3624</v>
       </c>
       <c r="S393">
-        <v>102.1</v>
+        <v>102.001</v>
       </c>
       <c r="T393">
-        <v>103.4</v>
+        <v>103.9999</v>
       </c>
       <c r="X393">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="394" spans="1:24">
       <c r="A394" s="2">
-        <v>45441.660694444</v>
+        <v>45513.434837963</v>
       </c>
       <c r="B394" t="s">
         <v>24</v>
       </c>
       <c r="C394" t="s">
         <v>25</v>
       </c>
       <c r="D394" t="s">
         <v>26</v>
       </c>
       <c r="E394" t="s">
         <v>27</v>
       </c>
       <c r="F394">
-        <v>-0.29</v>
+        <v>2.83</v>
       </c>
       <c r="G394">
-        <v>103.504167</v>
+        <v>106.233333</v>
       </c>
       <c r="H394">
-        <v>10354.6167</v>
+        <v>1062.33333</v>
       </c>
       <c r="I394" t="s">
         <v>28</v>
       </c>
       <c r="J394">
         <v>10.5</v>
       </c>
       <c r="K394" s="2">
         <v>45435.0</v>
       </c>
       <c r="L394" s="2">
         <v>46896.0</v>
       </c>
       <c r="M394">
         <v>6200</v>
       </c>
       <c r="N394">
         <v>1000.0</v>
       </c>
       <c r="O394" t="s">
         <v>28</v>
       </c>
       <c r="P394">
-        <v>0.204167</v>
+        <v>2.333333</v>
       </c>
       <c r="Q394">
-        <v>103.504167</v>
+        <v>105.733333</v>
       </c>
       <c r="R394">
-        <v>103.604167</v>
+        <v>106.3323</v>
       </c>
       <c r="S394">
-        <v>103.3</v>
+        <v>103.4</v>
       </c>
       <c r="T394">
-        <v>103.4</v>
+        <v>103.998967</v>
       </c>
       <c r="X394">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:24">
       <c r="A395" s="2">
-        <v>45440.625671296</v>
+        <v>45512.509965278</v>
       </c>
       <c r="B395" t="s">
         <v>24</v>
       </c>
       <c r="C395" t="s">
         <v>25</v>
       </c>
       <c r="D395" t="s">
         <v>26</v>
       </c>
       <c r="E395" t="s">
         <v>27</v>
       </c>
       <c r="F395">
-        <v>-0.04</v>
+        <v>-2.38</v>
       </c>
       <c r="G395">
-        <v>103.804167</v>
+        <v>103.305</v>
       </c>
       <c r="H395">
-        <v>24927.00008</v>
+        <v>7375.30002</v>
       </c>
       <c r="I395" t="s">
         <v>28</v>
       </c>
       <c r="J395">
         <v>10.5</v>
       </c>
       <c r="K395" s="2">
         <v>45435.0</v>
       </c>
       <c r="L395" s="2">
         <v>46896.0</v>
       </c>
       <c r="M395">
         <v>6200</v>
       </c>
       <c r="N395">
         <v>1000.0</v>
       </c>
       <c r="O395" t="s">
         <v>28</v>
       </c>
       <c r="P395">
-        <v>0.204167</v>
+        <v>2.304167</v>
       </c>
       <c r="Q395">
-        <v>103.304167</v>
+        <v>103.805</v>
       </c>
       <c r="R395">
-        <v>103.804167</v>
+        <v>106.2032</v>
       </c>
       <c r="S395">
-        <v>103.1</v>
+        <v>101.500833</v>
       </c>
       <c r="T395">
-        <v>103.6</v>
+        <v>103.899033</v>
       </c>
       <c r="X395">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="396" spans="1:24">
       <c r="A396" s="2">
-        <v>45439.656666667</v>
+        <v>45511.617222222</v>
       </c>
       <c r="B396" t="s">
         <v>24</v>
       </c>
       <c r="C396" t="s">
         <v>25</v>
       </c>
       <c r="D396" t="s">
         <v>26</v>
       </c>
       <c r="E396" t="s">
         <v>27</v>
       </c>
       <c r="F396">
-        <v>0.68</v>
+        <v>1.08</v>
       </c>
       <c r="G396">
-        <v>103.85</v>
+        <v>105.82</v>
       </c>
       <c r="H396">
-        <v>33159.98</v>
+        <v>6348.03335</v>
       </c>
       <c r="I396" t="s">
         <v>28</v>
       </c>
       <c r="J396">
         <v>10.5</v>
       </c>
       <c r="K396" s="2">
         <v>45435.0</v>
       </c>
       <c r="L396" s="2">
         <v>46896.0</v>
       </c>
       <c r="M396">
         <v>6200</v>
       </c>
       <c r="N396">
         <v>1000.0</v>
       </c>
       <c r="O396" t="s">
         <v>28</v>
       </c>
       <c r="P396">
-        <v>0.175</v>
+        <v>2.216667</v>
       </c>
       <c r="Q396">
-        <v>103.275</v>
+        <v>105.216667</v>
       </c>
       <c r="R396">
-        <v>103.85</v>
+        <v>106.0157</v>
       </c>
       <c r="S396">
-        <v>103.1</v>
+        <v>103.0</v>
       </c>
       <c r="T396">
-        <v>103.675</v>
+        <v>103.799033</v>
       </c>
       <c r="X396">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="397" spans="1:24">
       <c r="A397" s="2">
+        <v>45510.624490741</v>
+      </c>
+      <c r="B397" t="s">
+        <v>24</v>
+      </c>
+      <c r="C397" t="s">
+        <v>25</v>
+      </c>
+      <c r="D397" t="s">
+        <v>26</v>
+      </c>
+      <c r="E397" t="s">
+        <v>27</v>
+      </c>
+      <c r="F397">
+        <v>-0.45</v>
+      </c>
+      <c r="G397">
+        <v>104.6875</v>
+      </c>
+      <c r="H397">
+        <v>6226.26</v>
+      </c>
+      <c r="I397" t="s">
+        <v>28</v>
+      </c>
+      <c r="J397">
+        <v>10.5</v>
+      </c>
+      <c r="K397" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L397" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M397">
+        <v>6200</v>
+      </c>
+      <c r="N397">
+        <v>1000.0</v>
+      </c>
+      <c r="O397" t="s">
+        <v>28</v>
+      </c>
+      <c r="P397">
+        <v>2.1875</v>
+      </c>
+      <c r="Q397">
+        <v>103.501</v>
+      </c>
+      <c r="R397">
+        <v>105.9875</v>
+      </c>
+      <c r="S397">
+        <v>101.3135</v>
+      </c>
+      <c r="T397">
+        <v>103.8</v>
+      </c>
+      <c r="X397">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="398" spans="1:24">
+      <c r="A398" s="2">
+        <v>45509.611886574</v>
+      </c>
+      <c r="B398" t="s">
+        <v>24</v>
+      </c>
+      <c r="C398" t="s">
+        <v>25</v>
+      </c>
+      <c r="D398" t="s">
+        <v>26</v>
+      </c>
+      <c r="E398" t="s">
+        <v>27</v>
+      </c>
+      <c r="F398">
+        <v>-0.82</v>
+      </c>
+      <c r="G398">
+        <v>105.158333</v>
+      </c>
+      <c r="H398">
+        <v>5236.91665</v>
+      </c>
+      <c r="I398" t="s">
+        <v>28</v>
+      </c>
+      <c r="J398">
+        <v>10.5</v>
+      </c>
+      <c r="K398" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L398" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M398">
+        <v>6200</v>
+      </c>
+      <c r="N398">
+        <v>1000.0</v>
+      </c>
+      <c r="O398" t="s">
+        <v>28</v>
+      </c>
+      <c r="P398">
+        <v>2.158333</v>
+      </c>
+      <c r="Q398">
+        <v>103.359</v>
+      </c>
+      <c r="R398">
+        <v>105.958333</v>
+      </c>
+      <c r="S398">
+        <v>101.200667</v>
+      </c>
+      <c r="T398">
+        <v>103.8</v>
+      </c>
+      <c r="X398">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="399" spans="1:24">
+      <c r="A399" s="2">
+        <v>45506.635219907</v>
+      </c>
+      <c r="B399" t="s">
+        <v>24</v>
+      </c>
+      <c r="C399" t="s">
+        <v>25</v>
+      </c>
+      <c r="D399" t="s">
+        <v>26</v>
+      </c>
+      <c r="E399" t="s">
+        <v>27</v>
+      </c>
+      <c r="F399">
+        <v>0.03</v>
+      </c>
+      <c r="G399">
+        <v>106.029167</v>
+      </c>
+      <c r="H399">
+        <v>2116.58334</v>
+      </c>
+      <c r="I399" t="s">
+        <v>28</v>
+      </c>
+      <c r="J399">
+        <v>10.5</v>
+      </c>
+      <c r="K399" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L399" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M399">
+        <v>6200</v>
+      </c>
+      <c r="N399">
+        <v>1000.0</v>
+      </c>
+      <c r="O399" t="s">
+        <v>28</v>
+      </c>
+      <c r="P399">
+        <v>2.129167</v>
+      </c>
+      <c r="Q399">
+        <v>104.23</v>
+      </c>
+      <c r="R399">
+        <v>106.029167</v>
+      </c>
+      <c r="S399">
+        <v>102.100833</v>
+      </c>
+      <c r="T399">
+        <v>103.9</v>
+      </c>
+      <c r="X399">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="400" spans="1:24">
+      <c r="A400" s="2">
+        <v>45505.639351852</v>
+      </c>
+      <c r="B400" t="s">
+        <v>24</v>
+      </c>
+      <c r="C400" t="s">
+        <v>25</v>
+      </c>
+      <c r="D400" t="s">
+        <v>26</v>
+      </c>
+      <c r="E400" t="s">
+        <v>27</v>
+      </c>
+      <c r="F400">
+        <v>-0.01</v>
+      </c>
+      <c r="G400">
+        <v>106.0</v>
+      </c>
+      <c r="H400">
+        <v>4243.9</v>
+      </c>
+      <c r="I400" t="s">
+        <v>28</v>
+      </c>
+      <c r="J400">
+        <v>10.5</v>
+      </c>
+      <c r="K400" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L400" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M400">
+        <v>6200</v>
+      </c>
+      <c r="N400">
+        <v>1000.0</v>
+      </c>
+      <c r="O400" t="s">
+        <v>28</v>
+      </c>
+      <c r="P400">
+        <v>2.1</v>
+      </c>
+      <c r="Q400">
+        <v>104.201</v>
+      </c>
+      <c r="R400">
+        <v>106.0</v>
+      </c>
+      <c r="S400">
+        <v>102.101</v>
+      </c>
+      <c r="T400">
+        <v>103.9</v>
+      </c>
+      <c r="X400">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="401" spans="1:24">
+      <c r="A401" s="2">
+        <v>45504.619571759</v>
+      </c>
+      <c r="B401" t="s">
+        <v>24</v>
+      </c>
+      <c r="C401" t="s">
+        <v>25</v>
+      </c>
+      <c r="D401" t="s">
+        <v>26</v>
+      </c>
+      <c r="E401" t="s">
+        <v>27</v>
+      </c>
+      <c r="F401">
+        <v>-0.32</v>
+      </c>
+      <c r="G401">
+        <v>106.0125</v>
+      </c>
+      <c r="H401">
+        <v>6365.75</v>
+      </c>
+      <c r="I401" t="s">
+        <v>28</v>
+      </c>
+      <c r="J401">
+        <v>10.5</v>
+      </c>
+      <c r="K401" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L401" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M401">
+        <v>6200</v>
+      </c>
+      <c r="N401">
+        <v>1000.0</v>
+      </c>
+      <c r="O401" t="s">
+        <v>28</v>
+      </c>
+      <c r="P401">
+        <v>2.0125</v>
+      </c>
+      <c r="Q401">
+        <v>104.0135</v>
+      </c>
+      <c r="R401">
+        <v>106.0125</v>
+      </c>
+      <c r="S401">
+        <v>102.001</v>
+      </c>
+      <c r="T401">
+        <v>104.0</v>
+      </c>
+      <c r="X401">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="402" spans="1:24">
+      <c r="A402" s="2">
+        <v>45503.522141204</v>
+      </c>
+      <c r="B402" t="s">
+        <v>24</v>
+      </c>
+      <c r="C402" t="s">
+        <v>25</v>
+      </c>
+      <c r="D402" t="s">
+        <v>26</v>
+      </c>
+      <c r="E402" t="s">
+        <v>27</v>
+      </c>
+      <c r="G402">
+        <v>106.354167</v>
+      </c>
+      <c r="I402" t="s">
+        <v>28</v>
+      </c>
+      <c r="J402">
+        <v>10.5</v>
+      </c>
+      <c r="K402" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L402" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M402">
+        <v>6200</v>
+      </c>
+      <c r="N402">
+        <v>1000.0</v>
+      </c>
+      <c r="O402" t="s">
+        <v>28</v>
+      </c>
+      <c r="P402">
+        <v>1.983333</v>
+      </c>
+      <c r="Q402">
+        <v>105.983333</v>
+      </c>
+      <c r="R402">
+        <v>106.483333</v>
+      </c>
+      <c r="S402">
+        <v>104.0</v>
+      </c>
+      <c r="T402">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="403" spans="1:24">
+      <c r="A403" s="2">
+        <v>45502.482361111</v>
+      </c>
+      <c r="B403" t="s">
+        <v>24</v>
+      </c>
+      <c r="C403" t="s">
+        <v>25</v>
+      </c>
+      <c r="D403" t="s">
+        <v>26</v>
+      </c>
+      <c r="E403" t="s">
+        <v>27</v>
+      </c>
+      <c r="F403">
+        <v>0.86</v>
+      </c>
+      <c r="G403">
+        <v>106.354167</v>
+      </c>
+      <c r="H403">
+        <v>2123.08334</v>
+      </c>
+      <c r="I403" t="s">
+        <v>28</v>
+      </c>
+      <c r="J403">
+        <v>10.5</v>
+      </c>
+      <c r="K403" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L403" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M403">
+        <v>6200</v>
+      </c>
+      <c r="N403">
+        <v>1000.0</v>
+      </c>
+      <c r="O403" t="s">
+        <v>28</v>
+      </c>
+      <c r="P403">
+        <v>1.954167</v>
+      </c>
+      <c r="Q403">
+        <v>104.954167</v>
+      </c>
+      <c r="R403">
+        <v>106.454167</v>
+      </c>
+      <c r="S403">
+        <v>103.0</v>
+      </c>
+      <c r="T403">
+        <v>104.5</v>
+      </c>
+      <c r="X403">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="404" spans="1:24">
+      <c r="A404" s="2">
+        <v>45499.597071759</v>
+      </c>
+      <c r="B404" t="s">
+        <v>24</v>
+      </c>
+      <c r="C404" t="s">
+        <v>25</v>
+      </c>
+      <c r="D404" t="s">
+        <v>26</v>
+      </c>
+      <c r="E404" t="s">
+        <v>27</v>
+      </c>
+      <c r="F404">
+        <v>0.02</v>
+      </c>
+      <c r="G404">
+        <v>105.444167</v>
+      </c>
+      <c r="H404">
+        <v>6312.15002</v>
+      </c>
+      <c r="I404" t="s">
+        <v>28</v>
+      </c>
+      <c r="J404">
+        <v>10.5</v>
+      </c>
+      <c r="K404" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L404" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M404">
+        <v>6200</v>
+      </c>
+      <c r="N404">
+        <v>1000.0</v>
+      </c>
+      <c r="O404" t="s">
+        <v>28</v>
+      </c>
+      <c r="P404">
+        <v>1.954167</v>
+      </c>
+      <c r="Q404">
+        <v>103.955</v>
+      </c>
+      <c r="R404">
+        <v>105.954167</v>
+      </c>
+      <c r="S404">
+        <v>102.000833</v>
+      </c>
+      <c r="T404">
+        <v>104.0</v>
+      </c>
+      <c r="X404">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:24">
+      <c r="A405" s="2">
+        <v>45498.529664352</v>
+      </c>
+      <c r="B405" t="s">
+        <v>24</v>
+      </c>
+      <c r="C405" t="s">
+        <v>25</v>
+      </c>
+      <c r="D405" t="s">
+        <v>26</v>
+      </c>
+      <c r="E405" t="s">
+        <v>27</v>
+      </c>
+      <c r="F405">
+        <v>0.08</v>
+      </c>
+      <c r="G405">
+        <v>105.425</v>
+      </c>
+      <c r="H405">
+        <v>1054.25</v>
+      </c>
+      <c r="I405" t="s">
+        <v>28</v>
+      </c>
+      <c r="J405">
+        <v>10.5</v>
+      </c>
+      <c r="K405" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L405" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M405">
+        <v>6200</v>
+      </c>
+      <c r="N405">
+        <v>1000.0</v>
+      </c>
+      <c r="O405" t="s">
+        <v>28</v>
+      </c>
+      <c r="P405">
+        <v>1.925</v>
+      </c>
+      <c r="Q405">
+        <v>104.925</v>
+      </c>
+      <c r="R405">
+        <v>105.825</v>
+      </c>
+      <c r="S405">
+        <v>103.0</v>
+      </c>
+      <c r="T405">
+        <v>103.9</v>
+      </c>
+      <c r="X405">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="406" spans="1:24">
+      <c r="A406" s="2">
+        <v>45497.563958333</v>
+      </c>
+      <c r="B406" t="s">
+        <v>24</v>
+      </c>
+      <c r="C406" t="s">
+        <v>25</v>
+      </c>
+      <c r="D406" t="s">
+        <v>26</v>
+      </c>
+      <c r="E406" t="s">
+        <v>27</v>
+      </c>
+      <c r="F406">
+        <v>0.41</v>
+      </c>
+      <c r="G406">
+        <v>105.3375</v>
+      </c>
+      <c r="H406">
+        <v>4223.5</v>
+      </c>
+      <c r="I406" t="s">
+        <v>28</v>
+      </c>
+      <c r="J406">
+        <v>10.5</v>
+      </c>
+      <c r="K406" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L406" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M406">
+        <v>6200</v>
+      </c>
+      <c r="N406">
+        <v>1000.0</v>
+      </c>
+      <c r="O406" t="s">
+        <v>28</v>
+      </c>
+      <c r="P406">
+        <v>1.8375</v>
+      </c>
+      <c r="Q406">
+        <v>105.3375</v>
+      </c>
+      <c r="R406">
+        <v>105.8375</v>
+      </c>
+      <c r="S406">
+        <v>103.5</v>
+      </c>
+      <c r="T406">
+        <v>104.0</v>
+      </c>
+      <c r="X406">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="407" spans="1:24">
+      <c r="A407" s="2">
+        <v>45496.502638889</v>
+      </c>
+      <c r="B407" t="s">
+        <v>24</v>
+      </c>
+      <c r="C407" t="s">
+        <v>25</v>
+      </c>
+      <c r="D407" t="s">
+        <v>26</v>
+      </c>
+      <c r="E407" t="s">
+        <v>27</v>
+      </c>
+      <c r="F407">
+        <v>0.03</v>
+      </c>
+      <c r="G407">
+        <v>104.908333</v>
+      </c>
+      <c r="H407">
+        <v>2098.16666</v>
+      </c>
+      <c r="I407" t="s">
+        <v>28</v>
+      </c>
+      <c r="J407">
+        <v>10.5</v>
+      </c>
+      <c r="K407" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L407" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M407">
+        <v>6200</v>
+      </c>
+      <c r="N407">
+        <v>1000.0</v>
+      </c>
+      <c r="O407" t="s">
+        <v>28</v>
+      </c>
+      <c r="P407">
+        <v>1.808333</v>
+      </c>
+      <c r="Q407">
+        <v>104.808333</v>
+      </c>
+      <c r="R407">
+        <v>105.008333</v>
+      </c>
+      <c r="S407">
+        <v>103.0</v>
+      </c>
+      <c r="T407">
+        <v>103.2</v>
+      </c>
+      <c r="X407">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="408" spans="1:24">
+      <c r="A408" s="2">
+        <v>45495.649768519</v>
+      </c>
+      <c r="B408" t="s">
+        <v>24</v>
+      </c>
+      <c r="C408" t="s">
+        <v>25</v>
+      </c>
+      <c r="D408" t="s">
+        <v>26</v>
+      </c>
+      <c r="E408" t="s">
+        <v>27</v>
+      </c>
+      <c r="F408">
+        <v>-1.29</v>
+      </c>
+      <c r="G408">
+        <v>104.879167</v>
+      </c>
+      <c r="H408">
+        <v>2103.78334</v>
+      </c>
+      <c r="I408" t="s">
+        <v>28</v>
+      </c>
+      <c r="J408">
+        <v>10.5</v>
+      </c>
+      <c r="K408" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L408" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M408">
+        <v>6200</v>
+      </c>
+      <c r="N408">
+        <v>1000.0</v>
+      </c>
+      <c r="O408" t="s">
+        <v>28</v>
+      </c>
+      <c r="P408">
+        <v>1.779167</v>
+      </c>
+      <c r="Q408">
+        <v>104.879167</v>
+      </c>
+      <c r="R408">
+        <v>105.679167</v>
+      </c>
+      <c r="S408">
+        <v>103.1</v>
+      </c>
+      <c r="T408">
+        <v>103.9</v>
+      </c>
+      <c r="X408">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="409" spans="1:24">
+      <c r="A409" s="2">
+        <v>45492.656631944</v>
+      </c>
+      <c r="B409" t="s">
+        <v>24</v>
+      </c>
+      <c r="C409" t="s">
+        <v>25</v>
+      </c>
+      <c r="D409" t="s">
+        <v>26</v>
+      </c>
+      <c r="E409" t="s">
+        <v>27</v>
+      </c>
+      <c r="F409">
+        <v>0.5</v>
+      </c>
+      <c r="G409">
+        <v>106.25</v>
+      </c>
+      <c r="H409">
+        <v>12645.7</v>
+      </c>
+      <c r="I409" t="s">
+        <v>28</v>
+      </c>
+      <c r="J409">
+        <v>10.5</v>
+      </c>
+      <c r="K409" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L409" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M409">
+        <v>6200</v>
+      </c>
+      <c r="N409">
+        <v>1000.0</v>
+      </c>
+      <c r="O409" t="s">
+        <v>28</v>
+      </c>
+      <c r="P409">
+        <v>1.75</v>
+      </c>
+      <c r="Q409">
+        <v>104.85</v>
+      </c>
+      <c r="R409">
+        <v>106.25</v>
+      </c>
+      <c r="S409">
+        <v>103.1</v>
+      </c>
+      <c r="T409">
+        <v>104.5</v>
+      </c>
+      <c r="X409">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="410" spans="1:24">
+      <c r="A410" s="2">
+        <v>45491.470972222</v>
+      </c>
+      <c r="B410" t="s">
+        <v>24</v>
+      </c>
+      <c r="C410" t="s">
+        <v>25</v>
+      </c>
+      <c r="D410" t="s">
+        <v>26</v>
+      </c>
+      <c r="E410" t="s">
+        <v>27</v>
+      </c>
+      <c r="F410">
+        <v>0.13</v>
+      </c>
+      <c r="G410">
+        <v>105.720833</v>
+      </c>
+      <c r="H410">
+        <v>3171.62499</v>
+      </c>
+      <c r="I410" t="s">
+        <v>28</v>
+      </c>
+      <c r="J410">
+        <v>10.5</v>
+      </c>
+      <c r="K410" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L410" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M410">
+        <v>6200</v>
+      </c>
+      <c r="N410">
+        <v>1000.0</v>
+      </c>
+      <c r="O410" t="s">
+        <v>28</v>
+      </c>
+      <c r="P410">
+        <v>1.720833</v>
+      </c>
+      <c r="Q410">
+        <v>105.830833</v>
+      </c>
+      <c r="R410">
+        <v>105.930833</v>
+      </c>
+      <c r="S410">
+        <v>104.11</v>
+      </c>
+      <c r="T410">
+        <v>104.21</v>
+      </c>
+      <c r="X410">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="411" spans="1:24">
+      <c r="A411" s="2">
+        <v>45490.638020833</v>
+      </c>
+      <c r="B411" t="s">
+        <v>24</v>
+      </c>
+      <c r="C411" t="s">
+        <v>25</v>
+      </c>
+      <c r="D411" t="s">
+        <v>26</v>
+      </c>
+      <c r="E411" t="s">
+        <v>27</v>
+      </c>
+      <c r="F411">
+        <v>0.74</v>
+      </c>
+      <c r="G411">
+        <v>105.581333</v>
+      </c>
+      <c r="H411">
+        <v>6351.90998</v>
+      </c>
+      <c r="I411" t="s">
+        <v>28</v>
+      </c>
+      <c r="J411">
+        <v>10.5</v>
+      </c>
+      <c r="K411" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L411" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M411">
+        <v>6200</v>
+      </c>
+      <c r="N411">
+        <v>1000.0</v>
+      </c>
+      <c r="O411" t="s">
+        <v>28</v>
+      </c>
+      <c r="P411">
+        <v>1.633333</v>
+      </c>
+      <c r="Q411">
+        <v>105.633333</v>
+      </c>
+      <c r="R411">
+        <v>105.733333</v>
+      </c>
+      <c r="S411">
+        <v>104.0</v>
+      </c>
+      <c r="T411">
+        <v>104.1</v>
+      </c>
+      <c r="X411">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="412" spans="1:24">
+      <c r="A412" s="2">
+        <v>45489.66125</v>
+      </c>
+      <c r="B412" t="s">
+        <v>24</v>
+      </c>
+      <c r="C412" t="s">
+        <v>25</v>
+      </c>
+      <c r="D412" t="s">
+        <v>26</v>
+      </c>
+      <c r="E412" t="s">
+        <v>27</v>
+      </c>
+      <c r="F412">
+        <v>-0.13</v>
+      </c>
+      <c r="G412">
+        <v>104.804167</v>
+      </c>
+      <c r="H412">
+        <v>8422.85336</v>
+      </c>
+      <c r="I412" t="s">
+        <v>28</v>
+      </c>
+      <c r="J412">
+        <v>10.5</v>
+      </c>
+      <c r="K412" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L412" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M412">
+        <v>6200</v>
+      </c>
+      <c r="N412">
+        <v>1000.0</v>
+      </c>
+      <c r="O412" t="s">
+        <v>28</v>
+      </c>
+      <c r="P412">
+        <v>1.604167</v>
+      </c>
+      <c r="Q412">
+        <v>104.804167</v>
+      </c>
+      <c r="R412">
+        <v>105.404167</v>
+      </c>
+      <c r="S412">
+        <v>103.2</v>
+      </c>
+      <c r="T412">
+        <v>103.8</v>
+      </c>
+      <c r="X412">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="413" spans="1:24">
+      <c r="A413" s="2">
+        <v>45488.454224537</v>
+      </c>
+      <c r="B413" t="s">
+        <v>24</v>
+      </c>
+      <c r="C413" t="s">
+        <v>25</v>
+      </c>
+      <c r="D413" t="s">
+        <v>26</v>
+      </c>
+      <c r="E413" t="s">
+        <v>27</v>
+      </c>
+      <c r="G413">
+        <v>104.945833</v>
+      </c>
+      <c r="I413" t="s">
+        <v>28</v>
+      </c>
+      <c r="J413">
+        <v>10.5</v>
+      </c>
+      <c r="K413" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L413" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M413">
+        <v>6200</v>
+      </c>
+      <c r="N413">
+        <v>1000.0</v>
+      </c>
+      <c r="O413" t="s">
+        <v>28</v>
+      </c>
+      <c r="P413">
+        <v>1.575</v>
+      </c>
+      <c r="Q413">
+        <v>104.775</v>
+      </c>
+      <c r="R413">
+        <v>105.875</v>
+      </c>
+      <c r="S413">
+        <v>103.2</v>
+      </c>
+      <c r="T413">
+        <v>104.3</v>
+      </c>
+    </row>
+    <row r="414" spans="1:24">
+      <c r="A414" s="2">
+        <v>45485.647743056</v>
+      </c>
+      <c r="B414" t="s">
+        <v>24</v>
+      </c>
+      <c r="C414" t="s">
+        <v>25</v>
+      </c>
+      <c r="D414" t="s">
+        <v>26</v>
+      </c>
+      <c r="E414" t="s">
+        <v>27</v>
+      </c>
+      <c r="F414">
+        <v>-0.92</v>
+      </c>
+      <c r="G414">
+        <v>104.945833</v>
+      </c>
+      <c r="H414">
+        <v>3149.45833</v>
+      </c>
+      <c r="I414" t="s">
+        <v>28</v>
+      </c>
+      <c r="J414">
+        <v>10.5</v>
+      </c>
+      <c r="K414" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L414" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M414">
+        <v>6200</v>
+      </c>
+      <c r="N414">
+        <v>1000.0</v>
+      </c>
+      <c r="O414" t="s">
+        <v>28</v>
+      </c>
+      <c r="P414">
+        <v>1.545833</v>
+      </c>
+      <c r="Q414">
+        <v>104.745833</v>
+      </c>
+      <c r="R414">
+        <v>105.445833</v>
+      </c>
+      <c r="S414">
+        <v>103.2</v>
+      </c>
+      <c r="T414">
+        <v>103.9</v>
+      </c>
+      <c r="X414">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="415" spans="1:24">
+      <c r="A415" s="2">
+        <v>45484.462777778</v>
+      </c>
+      <c r="B415" t="s">
+        <v>24</v>
+      </c>
+      <c r="C415" t="s">
+        <v>25</v>
+      </c>
+      <c r="D415" t="s">
+        <v>26</v>
+      </c>
+      <c r="E415" t="s">
+        <v>27</v>
+      </c>
+      <c r="F415">
+        <v>0.13</v>
+      </c>
+      <c r="G415">
+        <v>105.916667</v>
+      </c>
+      <c r="H415">
+        <v>1059.16667</v>
+      </c>
+      <c r="I415" t="s">
+        <v>28</v>
+      </c>
+      <c r="J415">
+        <v>10.5</v>
+      </c>
+      <c r="K415" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L415" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M415">
+        <v>6200</v>
+      </c>
+      <c r="N415">
+        <v>1000.0</v>
+      </c>
+      <c r="O415" t="s">
+        <v>28</v>
+      </c>
+      <c r="P415">
+        <v>1.516667</v>
+      </c>
+      <c r="Q415">
+        <v>104.716667</v>
+      </c>
+      <c r="R415">
+        <v>105.916667</v>
+      </c>
+      <c r="S415">
+        <v>103.2</v>
+      </c>
+      <c r="T415">
+        <v>104.4</v>
+      </c>
+      <c r="X415">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="416" spans="1:24">
+      <c r="A416" s="2">
+        <v>45483.541724537</v>
+      </c>
+      <c r="B416" t="s">
+        <v>24</v>
+      </c>
+      <c r="C416" t="s">
+        <v>25</v>
+      </c>
+      <c r="D416" t="s">
+        <v>26</v>
+      </c>
+      <c r="E416" t="s">
+        <v>27</v>
+      </c>
+      <c r="F416">
+        <v>0.36</v>
+      </c>
+      <c r="G416">
+        <v>105.779167</v>
+      </c>
+      <c r="H416">
+        <v>2111.08334</v>
+      </c>
+      <c r="I416" t="s">
+        <v>28</v>
+      </c>
+      <c r="J416">
+        <v>10.5</v>
+      </c>
+      <c r="K416" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L416" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M416">
+        <v>6200</v>
+      </c>
+      <c r="N416">
+        <v>1000.0</v>
+      </c>
+      <c r="O416" t="s">
+        <v>28</v>
+      </c>
+      <c r="P416">
+        <v>1.429167</v>
+      </c>
+      <c r="Q416">
+        <v>105.5</v>
+      </c>
+      <c r="R416">
+        <v>105.629167</v>
+      </c>
+      <c r="S416">
+        <v>104.070833</v>
+      </c>
+      <c r="T416">
+        <v>104.2</v>
+      </c>
+      <c r="X416">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="417" spans="1:24">
+      <c r="A417" s="2">
+        <v>45482.643032407</v>
+      </c>
+      <c r="B417" t="s">
+        <v>24</v>
+      </c>
+      <c r="C417" t="s">
+        <v>25</v>
+      </c>
+      <c r="D417" t="s">
+        <v>26</v>
+      </c>
+      <c r="E417" t="s">
+        <v>27</v>
+      </c>
+      <c r="F417">
+        <v>0.86</v>
+      </c>
+      <c r="G417">
+        <v>105.4</v>
+      </c>
+      <c r="H417">
+        <v>17908.0</v>
+      </c>
+      <c r="I417" t="s">
+        <v>28</v>
+      </c>
+      <c r="J417">
+        <v>10.5</v>
+      </c>
+      <c r="K417" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L417" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M417">
+        <v>6200</v>
+      </c>
+      <c r="N417">
+        <v>1000.0</v>
+      </c>
+      <c r="O417" t="s">
+        <v>28</v>
+      </c>
+      <c r="P417">
+        <v>1.4</v>
+      </c>
+      <c r="Q417">
+        <v>105.2</v>
+      </c>
+      <c r="R417">
+        <v>105.75</v>
+      </c>
+      <c r="S417">
+        <v>103.8</v>
+      </c>
+      <c r="T417">
+        <v>104.35</v>
+      </c>
+      <c r="X417">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="418" spans="1:24">
+      <c r="A418" s="2">
+        <v>45481.618518519</v>
+      </c>
+      <c r="B418" t="s">
+        <v>24</v>
+      </c>
+      <c r="C418" t="s">
+        <v>25</v>
+      </c>
+      <c r="D418" t="s">
+        <v>26</v>
+      </c>
+      <c r="E418" t="s">
+        <v>27</v>
+      </c>
+      <c r="F418">
+        <v>2.71</v>
+      </c>
+      <c r="G418">
+        <v>104.5</v>
+      </c>
+      <c r="H418">
+        <v>3129.70833</v>
+      </c>
+      <c r="I418" t="s">
+        <v>28</v>
+      </c>
+      <c r="J418">
+        <v>10.5</v>
+      </c>
+      <c r="K418" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L418" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M418">
+        <v>6200</v>
+      </c>
+      <c r="N418">
+        <v>1000.0</v>
+      </c>
+      <c r="O418" t="s">
+        <v>28</v>
+      </c>
+      <c r="P418">
+        <v>1.370833</v>
+      </c>
+      <c r="Q418">
+        <v>104.5</v>
+      </c>
+      <c r="R418">
+        <v>105.170833</v>
+      </c>
+      <c r="S418">
+        <v>103.129167</v>
+      </c>
+      <c r="T418">
+        <v>103.8</v>
+      </c>
+      <c r="X418">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="419" spans="1:24">
+      <c r="A419" s="2">
+        <v>45478.642569444</v>
+      </c>
+      <c r="B419" t="s">
+        <v>24</v>
+      </c>
+      <c r="C419" t="s">
+        <v>25</v>
+      </c>
+      <c r="D419" t="s">
+        <v>26</v>
+      </c>
+      <c r="E419" t="s">
+        <v>27</v>
+      </c>
+      <c r="F419">
+        <v>-3.11</v>
+      </c>
+      <c r="G419">
+        <v>101.741667</v>
+      </c>
+      <c r="H419">
+        <v>2037.83334</v>
+      </c>
+      <c r="I419" t="s">
+        <v>28</v>
+      </c>
+      <c r="J419">
+        <v>10.5</v>
+      </c>
+      <c r="K419" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L419" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M419">
+        <v>6200</v>
+      </c>
+      <c r="N419">
+        <v>1000.0</v>
+      </c>
+      <c r="O419" t="s">
+        <v>28</v>
+      </c>
+      <c r="P419">
+        <v>1.341667</v>
+      </c>
+      <c r="Q419">
+        <v>101.621667</v>
+      </c>
+      <c r="R419">
+        <v>105.331667</v>
+      </c>
+      <c r="S419">
+        <v>100.28</v>
+      </c>
+      <c r="T419">
+        <v>103.99</v>
+      </c>
+      <c r="X419">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="420" spans="1:24">
+      <c r="A420" s="2">
+        <v>45477.636793981</v>
+      </c>
+      <c r="B420" t="s">
+        <v>24</v>
+      </c>
+      <c r="C420" t="s">
+        <v>25</v>
+      </c>
+      <c r="D420" t="s">
+        <v>26</v>
+      </c>
+      <c r="E420" t="s">
+        <v>27</v>
+      </c>
+      <c r="F420">
+        <v>-0.53</v>
+      </c>
+      <c r="G420">
+        <v>105.0125</v>
+      </c>
+      <c r="H420">
+        <v>1050.125</v>
+      </c>
+      <c r="I420" t="s">
+        <v>28</v>
+      </c>
+      <c r="J420">
+        <v>10.5</v>
+      </c>
+      <c r="K420" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L420" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M420">
+        <v>6200</v>
+      </c>
+      <c r="N420">
+        <v>1000.0</v>
+      </c>
+      <c r="O420" t="s">
+        <v>28</v>
+      </c>
+      <c r="P420">
+        <v>1.3125</v>
+      </c>
+      <c r="Q420">
+        <v>102.4125</v>
+      </c>
+      <c r="R420">
+        <v>105.5125</v>
+      </c>
+      <c r="S420">
+        <v>101.1</v>
+      </c>
+      <c r="T420">
+        <v>104.2</v>
+      </c>
+      <c r="X420">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="421" spans="1:24">
+      <c r="A421" s="2">
+        <v>45476.660266204</v>
+      </c>
+      <c r="B421" t="s">
+        <v>24</v>
+      </c>
+      <c r="C421" t="s">
+        <v>25</v>
+      </c>
+      <c r="D421" t="s">
+        <v>26</v>
+      </c>
+      <c r="E421" t="s">
+        <v>27</v>
+      </c>
+      <c r="F421">
+        <v>0.46</v>
+      </c>
+      <c r="G421">
+        <v>105.575</v>
+      </c>
+      <c r="H421">
+        <v>6329.4</v>
+      </c>
+      <c r="I421" t="s">
+        <v>28</v>
+      </c>
+      <c r="J421">
+        <v>10.5</v>
+      </c>
+      <c r="K421" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L421" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M421">
+        <v>6200</v>
+      </c>
+      <c r="N421">
+        <v>1000.0</v>
+      </c>
+      <c r="O421" t="s">
+        <v>28</v>
+      </c>
+      <c r="P421">
+        <v>1.225</v>
+      </c>
+      <c r="Q421">
+        <v>102.425</v>
+      </c>
+      <c r="R421">
+        <v>105.575</v>
+      </c>
+      <c r="S421">
+        <v>101.2</v>
+      </c>
+      <c r="T421">
+        <v>104.35</v>
+      </c>
+      <c r="X421">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="422" spans="1:24">
+      <c r="A422" s="2">
+        <v>45475.52880787</v>
+      </c>
+      <c r="B422" t="s">
+        <v>24</v>
+      </c>
+      <c r="C422" t="s">
+        <v>25</v>
+      </c>
+      <c r="D422" t="s">
+        <v>26</v>
+      </c>
+      <c r="E422" t="s">
+        <v>27</v>
+      </c>
+      <c r="F422">
+        <v>-0.07</v>
+      </c>
+      <c r="G422">
+        <v>105.095833</v>
+      </c>
+      <c r="H422">
+        <v>5259.79165</v>
+      </c>
+      <c r="I422" t="s">
+        <v>28</v>
+      </c>
+      <c r="J422">
+        <v>10.5</v>
+      </c>
+      <c r="K422" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L422" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M422">
+        <v>6200</v>
+      </c>
+      <c r="N422">
+        <v>1000.0</v>
+      </c>
+      <c r="O422" t="s">
+        <v>28</v>
+      </c>
+      <c r="P422">
+        <v>1.195833</v>
+      </c>
+      <c r="Q422">
+        <v>102.195833</v>
+      </c>
+      <c r="R422">
+        <v>105.395833</v>
+      </c>
+      <c r="S422">
+        <v>101.0</v>
+      </c>
+      <c r="T422">
+        <v>104.2</v>
+      </c>
+      <c r="X422">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="423" spans="1:24">
+      <c r="A423" s="2">
+        <v>45474.481458333</v>
+      </c>
+      <c r="B423" t="s">
+        <v>24</v>
+      </c>
+      <c r="C423" t="s">
+        <v>25</v>
+      </c>
+      <c r="D423" t="s">
+        <v>26</v>
+      </c>
+      <c r="E423" t="s">
+        <v>27</v>
+      </c>
+      <c r="F423">
+        <v>0.03</v>
+      </c>
+      <c r="G423">
+        <v>105.166667</v>
+      </c>
+      <c r="H423">
+        <v>3155.00001</v>
+      </c>
+      <c r="I423" t="s">
+        <v>28</v>
+      </c>
+      <c r="J423">
+        <v>10.5</v>
+      </c>
+      <c r="K423" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L423" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M423">
+        <v>6200</v>
+      </c>
+      <c r="N423">
+        <v>1000.0</v>
+      </c>
+      <c r="O423" t="s">
+        <v>28</v>
+      </c>
+      <c r="P423">
+        <v>1.166667</v>
+      </c>
+      <c r="Q423">
+        <v>103.966667</v>
+      </c>
+      <c r="R423">
+        <v>105.166667</v>
+      </c>
+      <c r="S423">
+        <v>102.8</v>
+      </c>
+      <c r="T423">
+        <v>104.0</v>
+      </c>
+      <c r="X423">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="424" spans="1:24">
+      <c r="A424" s="2">
+        <v>45471.555405093</v>
+      </c>
+      <c r="B424" t="s">
+        <v>24</v>
+      </c>
+      <c r="C424" t="s">
+        <v>25</v>
+      </c>
+      <c r="D424" t="s">
+        <v>26</v>
+      </c>
+      <c r="E424" t="s">
+        <v>27</v>
+      </c>
+      <c r="F424">
+        <v>0.22</v>
+      </c>
+      <c r="G424">
+        <v>105.1375</v>
+      </c>
+      <c r="H424">
+        <v>4203.5</v>
+      </c>
+      <c r="I424" t="s">
+        <v>28</v>
+      </c>
+      <c r="J424">
+        <v>10.5</v>
+      </c>
+      <c r="K424" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L424" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M424">
+        <v>6200</v>
+      </c>
+      <c r="N424">
+        <v>1000.0</v>
+      </c>
+      <c r="O424" t="s">
+        <v>28</v>
+      </c>
+      <c r="P424">
+        <v>1.1375</v>
+      </c>
+      <c r="Q424">
+        <v>104.1375</v>
+      </c>
+      <c r="R424">
+        <v>105.1375</v>
+      </c>
+      <c r="S424">
+        <v>103.0</v>
+      </c>
+      <c r="T424">
+        <v>104.0</v>
+      </c>
+      <c r="X424">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="425" spans="1:24">
+      <c r="A425" s="2">
+        <v>45470.604791667</v>
+      </c>
+      <c r="B425" t="s">
+        <v>24</v>
+      </c>
+      <c r="C425" t="s">
+        <v>25</v>
+      </c>
+      <c r="D425" t="s">
+        <v>26</v>
+      </c>
+      <c r="E425" t="s">
+        <v>27</v>
+      </c>
+      <c r="F425">
+        <v>0.27</v>
+      </c>
+      <c r="G425">
+        <v>104.908333</v>
+      </c>
+      <c r="H425">
+        <v>29389.21324</v>
+      </c>
+      <c r="I425" t="s">
+        <v>28</v>
+      </c>
+      <c r="J425">
+        <v>10.5</v>
+      </c>
+      <c r="K425" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L425" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M425">
+        <v>6200</v>
+      </c>
+      <c r="N425">
+        <v>1000.0</v>
+      </c>
+      <c r="O425" t="s">
+        <v>28</v>
+      </c>
+      <c r="P425">
+        <v>1.108333</v>
+      </c>
+      <c r="Q425">
+        <v>104.908333</v>
+      </c>
+      <c r="R425">
+        <v>105.108333</v>
+      </c>
+      <c r="S425">
+        <v>103.8</v>
+      </c>
+      <c r="T425">
+        <v>104.0</v>
+      </c>
+      <c r="X425">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="426" spans="1:24">
+      <c r="A426" s="2">
+        <v>45469.631597222</v>
+      </c>
+      <c r="B426" t="s">
+        <v>24</v>
+      </c>
+      <c r="C426" t="s">
+        <v>25</v>
+      </c>
+      <c r="D426" t="s">
+        <v>26</v>
+      </c>
+      <c r="E426" t="s">
+        <v>27</v>
+      </c>
+      <c r="F426">
+        <v>0.12</v>
+      </c>
+      <c r="G426">
+        <v>104.620833</v>
+      </c>
+      <c r="H426">
+        <v>14656.41662</v>
+      </c>
+      <c r="I426" t="s">
+        <v>28</v>
+      </c>
+      <c r="J426">
+        <v>10.5</v>
+      </c>
+      <c r="K426" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L426" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M426">
+        <v>6200</v>
+      </c>
+      <c r="N426">
+        <v>1000.0</v>
+      </c>
+      <c r="O426" t="s">
+        <v>28</v>
+      </c>
+      <c r="P426">
+        <v>1.020833</v>
+      </c>
+      <c r="Q426">
+        <v>104.020833</v>
+      </c>
+      <c r="R426">
+        <v>104.519833</v>
+      </c>
+      <c r="S426">
+        <v>103.0</v>
+      </c>
+      <c r="T426">
+        <v>103.499</v>
+      </c>
+      <c r="X426">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="427" spans="1:24">
+      <c r="A427" s="2">
+        <v>45468.60875</v>
+      </c>
+      <c r="B427" t="s">
+        <v>24</v>
+      </c>
+      <c r="C427" t="s">
+        <v>25</v>
+      </c>
+      <c r="D427" t="s">
+        <v>26</v>
+      </c>
+      <c r="E427" t="s">
+        <v>27</v>
+      </c>
+      <c r="F427">
+        <v>0.08</v>
+      </c>
+      <c r="G427">
+        <v>104.490667</v>
+      </c>
+      <c r="H427">
+        <v>1044.90667</v>
+      </c>
+      <c r="I427" t="s">
+        <v>28</v>
+      </c>
+      <c r="J427">
+        <v>10.5</v>
+      </c>
+      <c r="K427" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L427" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M427">
+        <v>6200</v>
+      </c>
+      <c r="N427">
+        <v>1000.0</v>
+      </c>
+      <c r="O427" t="s">
+        <v>28</v>
+      </c>
+      <c r="P427">
+        <v>0.991667</v>
+      </c>
+      <c r="Q427">
+        <v>104.490667</v>
+      </c>
+      <c r="R427">
+        <v>104.591667</v>
+      </c>
+      <c r="S427">
+        <v>103.499</v>
+      </c>
+      <c r="T427">
+        <v>103.6</v>
+      </c>
+      <c r="X427">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="428" spans="1:24">
+      <c r="A428" s="2">
+        <v>45464.534363426</v>
+      </c>
+      <c r="B428" t="s">
+        <v>24</v>
+      </c>
+      <c r="C428" t="s">
+        <v>25</v>
+      </c>
+      <c r="D428" t="s">
+        <v>26</v>
+      </c>
+      <c r="E428" t="s">
+        <v>27</v>
+      </c>
+      <c r="G428">
+        <v>104.403167</v>
+      </c>
+      <c r="I428" t="s">
+        <v>28</v>
+      </c>
+      <c r="J428">
+        <v>10.5</v>
+      </c>
+      <c r="K428" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L428" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M428">
+        <v>6200</v>
+      </c>
+      <c r="N428">
+        <v>1000.0</v>
+      </c>
+      <c r="O428" t="s">
+        <v>28</v>
+      </c>
+      <c r="P428">
+        <v>0.933333</v>
+      </c>
+      <c r="Q428">
+        <v>103.933333</v>
+      </c>
+      <c r="R428">
+        <v>104.432333</v>
+      </c>
+      <c r="S428">
+        <v>103.0</v>
+      </c>
+      <c r="T428">
+        <v>103.499</v>
+      </c>
+    </row>
+    <row r="429" spans="1:24">
+      <c r="A429" s="2">
+        <v>45463.630150463</v>
+      </c>
+      <c r="B429" t="s">
+        <v>24</v>
+      </c>
+      <c r="C429" t="s">
+        <v>25</v>
+      </c>
+      <c r="D429" t="s">
+        <v>26</v>
+      </c>
+      <c r="E429" t="s">
+        <v>27</v>
+      </c>
+      <c r="F429">
+        <v>0.56</v>
+      </c>
+      <c r="G429">
+        <v>104.403167</v>
+      </c>
+      <c r="H429">
+        <v>8344.28336</v>
+      </c>
+      <c r="I429" t="s">
+        <v>28</v>
+      </c>
+      <c r="J429">
+        <v>10.5</v>
+      </c>
+      <c r="K429" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L429" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M429">
+        <v>6200</v>
+      </c>
+      <c r="N429">
+        <v>1000.0</v>
+      </c>
+      <c r="O429" t="s">
+        <v>28</v>
+      </c>
+      <c r="P429">
+        <v>0.904167</v>
+      </c>
+      <c r="Q429">
+        <v>103.704167</v>
+      </c>
+      <c r="R429">
+        <v>104.403167</v>
+      </c>
+      <c r="S429">
+        <v>102.8</v>
+      </c>
+      <c r="T429">
+        <v>103.499</v>
+      </c>
+      <c r="X429">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="430" spans="1:24">
+      <c r="A430" s="2">
+        <v>45462.513587963</v>
+      </c>
+      <c r="B430" t="s">
+        <v>24</v>
+      </c>
+      <c r="C430" t="s">
+        <v>25</v>
+      </c>
+      <c r="D430" t="s">
+        <v>26</v>
+      </c>
+      <c r="E430" t="s">
+        <v>27</v>
+      </c>
+      <c r="F430">
+        <v>0.03</v>
+      </c>
+      <c r="G430">
+        <v>103.816667</v>
+      </c>
+      <c r="H430">
+        <v>12492.10004</v>
+      </c>
+      <c r="I430" t="s">
+        <v>28</v>
+      </c>
+      <c r="J430">
+        <v>10.5</v>
+      </c>
+      <c r="K430" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L430" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M430">
+        <v>6200</v>
+      </c>
+      <c r="N430">
+        <v>1000.0</v>
+      </c>
+      <c r="O430" t="s">
+        <v>28</v>
+      </c>
+      <c r="P430">
+        <v>0.816667</v>
+      </c>
+      <c r="Q430">
+        <v>103.816667</v>
+      </c>
+      <c r="R430">
+        <v>104.216667</v>
+      </c>
+      <c r="S430">
+        <v>103.0</v>
+      </c>
+      <c r="T430">
+        <v>103.4</v>
+      </c>
+      <c r="X430">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="431" spans="1:24">
+      <c r="A431" s="2">
+        <v>45461.665520833</v>
+      </c>
+      <c r="B431" t="s">
+        <v>24</v>
+      </c>
+      <c r="C431" t="s">
+        <v>25</v>
+      </c>
+      <c r="D431" t="s">
+        <v>26</v>
+      </c>
+      <c r="E431" t="s">
+        <v>27</v>
+      </c>
+      <c r="F431">
+        <v>0.03</v>
+      </c>
+      <c r="G431">
+        <v>103.7875</v>
+      </c>
+      <c r="H431">
+        <v>14526.25</v>
+      </c>
+      <c r="I431" t="s">
+        <v>28</v>
+      </c>
+      <c r="J431">
+        <v>10.5</v>
+      </c>
+      <c r="K431" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L431" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M431">
+        <v>6200</v>
+      </c>
+      <c r="N431">
+        <v>1000.0</v>
+      </c>
+      <c r="O431" t="s">
+        <v>28</v>
+      </c>
+      <c r="P431">
+        <v>0.7875</v>
+      </c>
+      <c r="Q431">
+        <v>103.7875</v>
+      </c>
+      <c r="R431">
+        <v>104.2875</v>
+      </c>
+      <c r="S431">
+        <v>103.0</v>
+      </c>
+      <c r="T431">
+        <v>103.5</v>
+      </c>
+      <c r="X431">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="432" spans="1:24">
+      <c r="A432" s="2">
+        <v>45460.643831019</v>
+      </c>
+      <c r="B432" t="s">
+        <v>24</v>
+      </c>
+      <c r="C432" t="s">
+        <v>25</v>
+      </c>
+      <c r="D432" t="s">
+        <v>26</v>
+      </c>
+      <c r="E432" t="s">
+        <v>27</v>
+      </c>
+      <c r="F432">
+        <v>0.22</v>
+      </c>
+      <c r="G432">
+        <v>103.758333</v>
+      </c>
+      <c r="H432">
+        <v>5170.41665</v>
+      </c>
+      <c r="I432" t="s">
+        <v>28</v>
+      </c>
+      <c r="J432">
+        <v>10.5</v>
+      </c>
+      <c r="K432" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L432" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M432">
+        <v>6200</v>
+      </c>
+      <c r="N432">
+        <v>1000.0</v>
+      </c>
+      <c r="O432" t="s">
+        <v>28</v>
+      </c>
+      <c r="P432">
+        <v>0.758333</v>
+      </c>
+      <c r="Q432">
+        <v>103.758333</v>
+      </c>
+      <c r="R432">
+        <v>104.158333</v>
+      </c>
+      <c r="S432">
+        <v>103.0</v>
+      </c>
+      <c r="T432">
+        <v>103.4</v>
+      </c>
+      <c r="X432">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="433" spans="1:24">
+      <c r="A433" s="2">
+        <v>45457.645381944</v>
+      </c>
+      <c r="B433" t="s">
+        <v>24</v>
+      </c>
+      <c r="C433" t="s">
+        <v>25</v>
+      </c>
+      <c r="D433" t="s">
+        <v>26</v>
+      </c>
+      <c r="E433" t="s">
+        <v>27</v>
+      </c>
+      <c r="F433">
+        <v>0.03</v>
+      </c>
+      <c r="G433">
+        <v>103.529167</v>
+      </c>
+      <c r="H433">
+        <v>7211.04169</v>
+      </c>
+      <c r="I433" t="s">
+        <v>28</v>
+      </c>
+      <c r="J433">
+        <v>10.5</v>
+      </c>
+      <c r="K433" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L433" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M433">
+        <v>6200</v>
+      </c>
+      <c r="N433">
+        <v>1000.0</v>
+      </c>
+      <c r="O433" t="s">
+        <v>28</v>
+      </c>
+      <c r="P433">
+        <v>0.729167</v>
+      </c>
+      <c r="Q433">
+        <v>102.829167</v>
+      </c>
+      <c r="R433">
+        <v>103.629167</v>
+      </c>
+      <c r="S433">
+        <v>102.1</v>
+      </c>
+      <c r="T433">
+        <v>102.9</v>
+      </c>
+      <c r="X433">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="434" spans="1:24">
+      <c r="A434" s="2">
+        <v>45456.546076389</v>
+      </c>
+      <c r="B434" t="s">
+        <v>24</v>
+      </c>
+      <c r="C434" t="s">
+        <v>25</v>
+      </c>
+      <c r="D434" t="s">
+        <v>26</v>
+      </c>
+      <c r="E434" t="s">
+        <v>27</v>
+      </c>
+      <c r="F434">
+        <v>0.86</v>
+      </c>
+      <c r="G434">
+        <v>103.5</v>
+      </c>
+      <c r="H434">
+        <v>5191.99</v>
+      </c>
+      <c r="I434" t="s">
+        <v>28</v>
+      </c>
+      <c r="J434">
+        <v>10.5</v>
+      </c>
+      <c r="K434" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L434" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M434">
+        <v>6200</v>
+      </c>
+      <c r="N434">
+        <v>1000.0</v>
+      </c>
+      <c r="O434" t="s">
+        <v>28</v>
+      </c>
+      <c r="P434">
+        <v>0.7</v>
+      </c>
+      <c r="Q434">
+        <v>103.5</v>
+      </c>
+      <c r="R434">
+        <v>104.199</v>
+      </c>
+      <c r="S434">
+        <v>102.8</v>
+      </c>
+      <c r="T434">
+        <v>103.499</v>
+      </c>
+      <c r="X434">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="435" spans="1:24">
+      <c r="A435" s="2">
+        <v>45455.601157407</v>
+      </c>
+      <c r="B435" t="s">
+        <v>24</v>
+      </c>
+      <c r="C435" t="s">
+        <v>25</v>
+      </c>
+      <c r="D435" t="s">
+        <v>26</v>
+      </c>
+      <c r="E435" t="s">
+        <v>27</v>
+      </c>
+      <c r="F435">
+        <v>0.03</v>
+      </c>
+      <c r="G435">
+        <v>102.6125</v>
+      </c>
+      <c r="H435">
+        <v>1026.125</v>
+      </c>
+      <c r="I435" t="s">
+        <v>28</v>
+      </c>
+      <c r="J435">
+        <v>10.5</v>
+      </c>
+      <c r="K435" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L435" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M435">
+        <v>6200</v>
+      </c>
+      <c r="N435">
+        <v>1000.0</v>
+      </c>
+      <c r="O435" t="s">
+        <v>28</v>
+      </c>
+      <c r="P435">
+        <v>0.6125</v>
+      </c>
+      <c r="Q435">
+        <v>102.9125</v>
+      </c>
+      <c r="R435">
+        <v>103.4125</v>
+      </c>
+      <c r="S435">
+        <v>102.3</v>
+      </c>
+      <c r="T435">
+        <v>102.8</v>
+      </c>
+      <c r="X435">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="436" spans="1:24">
+      <c r="A436" s="2">
+        <v>45454.656284722</v>
+      </c>
+      <c r="B436" t="s">
+        <v>24</v>
+      </c>
+      <c r="C436" t="s">
+        <v>25</v>
+      </c>
+      <c r="D436" t="s">
+        <v>26</v>
+      </c>
+      <c r="E436" t="s">
+        <v>27</v>
+      </c>
+      <c r="F436">
+        <v>-1.68</v>
+      </c>
+      <c r="G436">
+        <v>102.583333</v>
+      </c>
+      <c r="H436">
+        <v>7190.83331</v>
+      </c>
+      <c r="I436" t="s">
+        <v>28</v>
+      </c>
+      <c r="J436">
+        <v>10.5</v>
+      </c>
+      <c r="K436" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L436" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M436">
+        <v>6200</v>
+      </c>
+      <c r="N436">
+        <v>1000.0</v>
+      </c>
+      <c r="O436" t="s">
+        <v>28</v>
+      </c>
+      <c r="P436">
+        <v>0.583333</v>
+      </c>
+      <c r="Q436">
+        <v>102.783333</v>
+      </c>
+      <c r="R436">
+        <v>104.082333</v>
+      </c>
+      <c r="S436">
+        <v>102.2</v>
+      </c>
+      <c r="T436">
+        <v>103.499</v>
+      </c>
+      <c r="X436">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="437" spans="1:24">
+      <c r="A437" s="2">
+        <v>45453.642256944</v>
+      </c>
+      <c r="B437" t="s">
+        <v>24</v>
+      </c>
+      <c r="C437" t="s">
+        <v>25</v>
+      </c>
+      <c r="D437" t="s">
+        <v>26</v>
+      </c>
+      <c r="E437" t="s">
+        <v>27</v>
+      </c>
+      <c r="F437">
+        <v>0.79</v>
+      </c>
+      <c r="G437">
+        <v>104.339167</v>
+      </c>
+      <c r="H437">
+        <v>4136.01668</v>
+      </c>
+      <c r="I437" t="s">
+        <v>28</v>
+      </c>
+      <c r="J437">
+        <v>10.5</v>
+      </c>
+      <c r="K437" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L437" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M437">
+        <v>6200</v>
+      </c>
+      <c r="N437">
+        <v>1000.0</v>
+      </c>
+      <c r="O437" t="s">
+        <v>28</v>
+      </c>
+      <c r="P437">
+        <v>0.554167</v>
+      </c>
+      <c r="Q437">
+        <v>102.654167</v>
+      </c>
+      <c r="R437">
+        <v>104.337167</v>
+      </c>
+      <c r="S437">
+        <v>102.1</v>
+      </c>
+      <c r="T437">
+        <v>103.783</v>
+      </c>
+      <c r="X437">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="438" spans="1:24">
+      <c r="A438" s="2">
+        <v>45450.608553241</v>
+      </c>
+      <c r="B438" t="s">
+        <v>24</v>
+      </c>
+      <c r="C438" t="s">
+        <v>25</v>
+      </c>
+      <c r="D438" t="s">
+        <v>26</v>
+      </c>
+      <c r="E438" t="s">
+        <v>27</v>
+      </c>
+      <c r="F438">
+        <v>0.03</v>
+      </c>
+      <c r="G438">
+        <v>103.525</v>
+      </c>
+      <c r="H438">
+        <v>7294.35</v>
+      </c>
+      <c r="I438" t="s">
+        <v>28</v>
+      </c>
+      <c r="J438">
+        <v>10.5</v>
+      </c>
+      <c r="K438" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L438" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M438">
+        <v>6200</v>
+      </c>
+      <c r="N438">
+        <v>1000.0</v>
+      </c>
+      <c r="O438" t="s">
+        <v>28</v>
+      </c>
+      <c r="P438">
+        <v>0.525</v>
+      </c>
+      <c r="Q438">
+        <v>102.625</v>
+      </c>
+      <c r="R438">
+        <v>104.425</v>
+      </c>
+      <c r="S438">
+        <v>102.1</v>
+      </c>
+      <c r="T438">
+        <v>103.9</v>
+      </c>
+      <c r="X438">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="439" spans="1:24">
+      <c r="A439" s="2">
+        <v>45449.625532407</v>
+      </c>
+      <c r="B439" t="s">
+        <v>24</v>
+      </c>
+      <c r="C439" t="s">
+        <v>25</v>
+      </c>
+      <c r="D439" t="s">
+        <v>26</v>
+      </c>
+      <c r="E439" t="s">
+        <v>27</v>
+      </c>
+      <c r="F439">
+        <v>0.67</v>
+      </c>
+      <c r="G439">
+        <v>103.495833</v>
+      </c>
+      <c r="H439">
+        <v>1034.95833</v>
+      </c>
+      <c r="I439" t="s">
+        <v>28</v>
+      </c>
+      <c r="J439">
+        <v>10.5</v>
+      </c>
+      <c r="K439" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L439" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M439">
+        <v>6200</v>
+      </c>
+      <c r="N439">
+        <v>1000.0</v>
+      </c>
+      <c r="O439" t="s">
+        <v>28</v>
+      </c>
+      <c r="P439">
+        <v>0.495833</v>
+      </c>
+      <c r="Q439">
+        <v>103.495833</v>
+      </c>
+      <c r="R439">
+        <v>103.895833</v>
+      </c>
+      <c r="S439">
+        <v>103.0</v>
+      </c>
+      <c r="T439">
+        <v>103.4</v>
+      </c>
+      <c r="X439">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="440" spans="1:24">
+      <c r="A440" s="2">
+        <v>45448.664849537</v>
+      </c>
+      <c r="B440" t="s">
+        <v>24</v>
+      </c>
+      <c r="C440" t="s">
+        <v>25</v>
+      </c>
+      <c r="D440" t="s">
+        <v>26</v>
+      </c>
+      <c r="E440" t="s">
+        <v>27</v>
+      </c>
+      <c r="F440">
+        <v>-0.36</v>
+      </c>
+      <c r="G440">
+        <v>102.808333</v>
+      </c>
+      <c r="H440">
+        <v>11394.91663</v>
+      </c>
+      <c r="I440" t="s">
+        <v>28</v>
+      </c>
+      <c r="J440">
+        <v>10.5</v>
+      </c>
+      <c r="K440" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L440" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M440">
+        <v>6200</v>
+      </c>
+      <c r="N440">
+        <v>1000.0</v>
+      </c>
+      <c r="O440" t="s">
+        <v>28</v>
+      </c>
+      <c r="P440">
+        <v>0.408333</v>
+      </c>
+      <c r="Q440">
+        <v>102.708333</v>
+      </c>
+      <c r="R440">
+        <v>103.808333</v>
+      </c>
+      <c r="S440">
+        <v>102.3</v>
+      </c>
+      <c r="T440">
+        <v>103.4</v>
+      </c>
+      <c r="X440">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="441" spans="1:24">
+      <c r="A441" s="2">
+        <v>45447.663773148</v>
+      </c>
+      <c r="B441" t="s">
+        <v>24</v>
+      </c>
+      <c r="C441" t="s">
+        <v>25</v>
+      </c>
+      <c r="D441" t="s">
+        <v>26</v>
+      </c>
+      <c r="E441" t="s">
+        <v>27</v>
+      </c>
+      <c r="F441">
+        <v>-0.55</v>
+      </c>
+      <c r="G441">
+        <v>103.179167</v>
+      </c>
+      <c r="H441">
+        <v>7217.54169</v>
+      </c>
+      <c r="I441" t="s">
+        <v>28</v>
+      </c>
+      <c r="J441">
+        <v>10.5</v>
+      </c>
+      <c r="K441" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L441" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M441">
+        <v>6200</v>
+      </c>
+      <c r="N441">
+        <v>1000.0</v>
+      </c>
+      <c r="O441" t="s">
+        <v>28</v>
+      </c>
+      <c r="P441">
+        <v>0.379167</v>
+      </c>
+      <c r="Q441">
+        <v>102.879167</v>
+      </c>
+      <c r="R441">
+        <v>103.679167</v>
+      </c>
+      <c r="S441">
+        <v>102.5</v>
+      </c>
+      <c r="T441">
+        <v>103.3</v>
+      </c>
+      <c r="X441">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="442" spans="1:24">
+      <c r="A442" s="2">
+        <v>45446.653148148</v>
+      </c>
+      <c r="B442" t="s">
+        <v>24</v>
+      </c>
+      <c r="C442" t="s">
+        <v>25</v>
+      </c>
+      <c r="D442" t="s">
+        <v>26</v>
+      </c>
+      <c r="E442" t="s">
+        <v>27</v>
+      </c>
+      <c r="F442">
+        <v>0.22</v>
+      </c>
+      <c r="G442">
+        <v>103.75</v>
+      </c>
+      <c r="H442">
+        <v>8208.5</v>
+      </c>
+      <c r="I442" t="s">
+        <v>28</v>
+      </c>
+      <c r="J442">
+        <v>10.5</v>
+      </c>
+      <c r="K442" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L442" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M442">
+        <v>6200</v>
+      </c>
+      <c r="N442">
+        <v>1000.0</v>
+      </c>
+      <c r="O442" t="s">
+        <v>28</v>
+      </c>
+      <c r="P442">
+        <v>0.35</v>
+      </c>
+      <c r="Q442">
+        <v>103.25</v>
+      </c>
+      <c r="R442">
+        <v>103.75</v>
+      </c>
+      <c r="S442">
+        <v>102.9</v>
+      </c>
+      <c r="T442">
+        <v>103.4</v>
+      </c>
+      <c r="X442">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:24">
+      <c r="A443" s="2">
+        <v>45443.65931713</v>
+      </c>
+      <c r="B443" t="s">
+        <v>24</v>
+      </c>
+      <c r="C443" t="s">
+        <v>25</v>
+      </c>
+      <c r="D443" t="s">
+        <v>26</v>
+      </c>
+      <c r="E443" t="s">
+        <v>27</v>
+      </c>
+      <c r="F443">
+        <v>0.22</v>
+      </c>
+      <c r="G443">
+        <v>103.520833</v>
+      </c>
+      <c r="H443">
+        <v>6210.24998</v>
+      </c>
+      <c r="I443" t="s">
+        <v>28</v>
+      </c>
+      <c r="J443">
+        <v>10.5</v>
+      </c>
+      <c r="K443" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L443" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M443">
+        <v>6200</v>
+      </c>
+      <c r="N443">
+        <v>1000.0</v>
+      </c>
+      <c r="O443" t="s">
+        <v>28</v>
+      </c>
+      <c r="P443">
+        <v>0.320833</v>
+      </c>
+      <c r="Q443">
+        <v>102.920833</v>
+      </c>
+      <c r="R443">
+        <v>103.720833</v>
+      </c>
+      <c r="S443">
+        <v>102.6</v>
+      </c>
+      <c r="T443">
+        <v>103.4</v>
+      </c>
+      <c r="X443">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:24">
+      <c r="A444" s="2">
+        <v>45442.544710648</v>
+      </c>
+      <c r="B444" t="s">
+        <v>24</v>
+      </c>
+      <c r="C444" t="s">
+        <v>25</v>
+      </c>
+      <c r="D444" t="s">
+        <v>26</v>
+      </c>
+      <c r="E444" t="s">
+        <v>27</v>
+      </c>
+      <c r="F444">
+        <v>-0.21</v>
+      </c>
+      <c r="G444">
+        <v>103.291667</v>
+      </c>
+      <c r="H444">
+        <v>2050.83334</v>
+      </c>
+      <c r="I444" t="s">
+        <v>28</v>
+      </c>
+      <c r="J444">
+        <v>10.5</v>
+      </c>
+      <c r="K444" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L444" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M444">
+        <v>6200</v>
+      </c>
+      <c r="N444">
+        <v>1000.0</v>
+      </c>
+      <c r="O444" t="s">
+        <v>28</v>
+      </c>
+      <c r="P444">
+        <v>0.291667</v>
+      </c>
+      <c r="Q444">
+        <v>102.391667</v>
+      </c>
+      <c r="R444">
+        <v>103.691667</v>
+      </c>
+      <c r="S444">
+        <v>102.1</v>
+      </c>
+      <c r="T444">
+        <v>103.4</v>
+      </c>
+      <c r="X444">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="445" spans="1:24">
+      <c r="A445" s="2">
+        <v>45441.660694444</v>
+      </c>
+      <c r="B445" t="s">
+        <v>24</v>
+      </c>
+      <c r="C445" t="s">
+        <v>25</v>
+      </c>
+      <c r="D445" t="s">
+        <v>26</v>
+      </c>
+      <c r="E445" t="s">
+        <v>27</v>
+      </c>
+      <c r="F445">
+        <v>-0.29</v>
+      </c>
+      <c r="G445">
+        <v>103.504167</v>
+      </c>
+      <c r="H445">
+        <v>10354.6167</v>
+      </c>
+      <c r="I445" t="s">
+        <v>28</v>
+      </c>
+      <c r="J445">
+        <v>10.5</v>
+      </c>
+      <c r="K445" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L445" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M445">
+        <v>6200</v>
+      </c>
+      <c r="N445">
+        <v>1000.0</v>
+      </c>
+      <c r="O445" t="s">
+        <v>28</v>
+      </c>
+      <c r="P445">
+        <v>0.204167</v>
+      </c>
+      <c r="Q445">
+        <v>103.504167</v>
+      </c>
+      <c r="R445">
+        <v>103.604167</v>
+      </c>
+      <c r="S445">
+        <v>103.3</v>
+      </c>
+      <c r="T445">
+        <v>103.4</v>
+      </c>
+      <c r="X445">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="446" spans="1:24">
+      <c r="A446" s="2">
+        <v>45440.625671296</v>
+      </c>
+      <c r="B446" t="s">
+        <v>24</v>
+      </c>
+      <c r="C446" t="s">
+        <v>25</v>
+      </c>
+      <c r="D446" t="s">
+        <v>26</v>
+      </c>
+      <c r="E446" t="s">
+        <v>27</v>
+      </c>
+      <c r="F446">
+        <v>-0.04</v>
+      </c>
+      <c r="G446">
+        <v>103.804167</v>
+      </c>
+      <c r="H446">
+        <v>24927.00008</v>
+      </c>
+      <c r="I446" t="s">
+        <v>28</v>
+      </c>
+      <c r="J446">
+        <v>10.5</v>
+      </c>
+      <c r="K446" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L446" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M446">
+        <v>6200</v>
+      </c>
+      <c r="N446">
+        <v>1000.0</v>
+      </c>
+      <c r="O446" t="s">
+        <v>28</v>
+      </c>
+      <c r="P446">
+        <v>0.204167</v>
+      </c>
+      <c r="Q446">
+        <v>103.304167</v>
+      </c>
+      <c r="R446">
+        <v>103.804167</v>
+      </c>
+      <c r="S446">
+        <v>103.1</v>
+      </c>
+      <c r="T446">
+        <v>103.6</v>
+      </c>
+      <c r="X446">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="447" spans="1:24">
+      <c r="A447" s="2">
+        <v>45439.656666667</v>
+      </c>
+      <c r="B447" t="s">
+        <v>24</v>
+      </c>
+      <c r="C447" t="s">
+        <v>25</v>
+      </c>
+      <c r="D447" t="s">
+        <v>26</v>
+      </c>
+      <c r="E447" t="s">
+        <v>27</v>
+      </c>
+      <c r="F447">
+        <v>0.68</v>
+      </c>
+      <c r="G447">
+        <v>103.85</v>
+      </c>
+      <c r="H447">
+        <v>33159.98</v>
+      </c>
+      <c r="I447" t="s">
+        <v>28</v>
+      </c>
+      <c r="J447">
+        <v>10.5</v>
+      </c>
+      <c r="K447" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L447" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M447">
+        <v>6200</v>
+      </c>
+      <c r="N447">
+        <v>1000.0</v>
+      </c>
+      <c r="O447" t="s">
+        <v>28</v>
+      </c>
+      <c r="P447">
+        <v>0.175</v>
+      </c>
+      <c r="Q447">
+        <v>103.275</v>
+      </c>
+      <c r="R447">
+        <v>103.85</v>
+      </c>
+      <c r="S447">
+        <v>103.1</v>
+      </c>
+      <c r="T447">
+        <v>103.675</v>
+      </c>
+      <c r="X447">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="448" spans="1:24">
+      <c r="A448" s="2">
         <v>45436.65537037</v>
       </c>
-      <c r="B397" t="s">
-[...11 lines deleted...]
-      <c r="G397">
+      <c r="B448" t="s">
+        <v>24</v>
+      </c>
+      <c r="C448" t="s">
+        <v>25</v>
+      </c>
+      <c r="D448" t="s">
+        <v>26</v>
+      </c>
+      <c r="E448" t="s">
+        <v>27</v>
+      </c>
+      <c r="G448">
         <v>103.145833</v>
       </c>
-      <c r="H397">
+      <c r="H448">
         <v>35188.58322</v>
       </c>
-      <c r="I397" t="s">
-[...20 lines deleted...]
-      <c r="P397">
+      <c r="I448" t="s">
+        <v>28</v>
+      </c>
+      <c r="J448">
+        <v>10.5</v>
+      </c>
+      <c r="K448" s="2">
+        <v>45435.0</v>
+      </c>
+      <c r="L448" s="2">
+        <v>46896.0</v>
+      </c>
+      <c r="M448">
+        <v>6200</v>
+      </c>
+      <c r="N448">
+        <v>1000.0</v>
+      </c>
+      <c r="O448" t="s">
+        <v>28</v>
+      </c>
+      <c r="P448">
         <v>0.145833</v>
       </c>
-      <c r="Q397">
+      <c r="Q448">
         <v>103.145833</v>
       </c>
-      <c r="R397">
+      <c r="R448">
         <v>103.716833</v>
       </c>
-      <c r="S397">
+      <c r="S448">
         <v>103.0</v>
       </c>
-      <c r="T397">
+      <c r="T448">
         <v>103.571</v>
       </c>
-      <c r="X397">
+      <c r="X448">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>