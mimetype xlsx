--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X5"/>
+  <dimension ref="A1:X54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L5" sqref="L5"/>
+      <selection activeCell="L54" sqref="L54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,236 +546,3280 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46008.647071759</v>
+        <v>46084.655243056</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
+      <c r="F2">
+        <v>0.03</v>
+      </c>
+      <c r="G2">
+        <v>99.95</v>
+      </c>
+      <c r="H2">
+        <v>499.75</v>
+      </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>10.0</v>
       </c>
       <c r="K2" s="2">
         <v>45996.0</v>
       </c>
       <c r="L2" s="2">
         <v>47274.0</v>
       </c>
       <c r="M2">
         <v>165477</v>
       </c>
       <c r="N2">
         <v>100.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
-      <c r="P2">
-[...1 lines deleted...]
-      </c>
       <c r="Q2">
-        <v>100.288889</v>
+        <v>99.48</v>
       </c>
       <c r="R2">
-        <v>100.388889</v>
-[...5 lines deleted...]
-        <v>100.0</v>
+        <v>99.95</v>
       </c>
       <c r="U2">
-        <v>10.033154</v>
+        <v>10.189965</v>
       </c>
       <c r="V2">
-        <v>9.998604</v>
+        <v>10.018215</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46007.47212963</v>
+        <v>46083.521770833</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
+      <c r="F3">
+        <v>0.03</v>
+      </c>
+      <c r="G3">
+        <v>99.922222</v>
+      </c>
+      <c r="H3">
+        <v>899.299998</v>
+      </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>10.0</v>
       </c>
       <c r="K3" s="2">
         <v>45996.0</v>
       </c>
       <c r="L3" s="2">
         <v>47274.0</v>
       </c>
       <c r="M3">
         <v>165477</v>
       </c>
       <c r="N3">
         <v>100.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>0.361111</v>
+        <v>-0.027778</v>
+      </c>
+      <c r="Q3">
+        <v>99.452222</v>
+      </c>
+      <c r="R3">
+        <v>99.922222</v>
+      </c>
+      <c r="S3">
+        <v>99.48</v>
+      </c>
+      <c r="T3">
+        <v>99.95</v>
+      </c>
+      <c r="U3">
+        <v>10.189956</v>
+      </c>
+      <c r="V3">
+        <v>10.018328</v>
+      </c>
+      <c r="X3">
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46006.441921296</v>
+        <v>46080.607465278</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
+      <c r="F4">
+        <v>0.03</v>
+      </c>
+      <c r="G4">
+        <v>99.894444</v>
+      </c>
+      <c r="H4">
+        <v>2697.149988</v>
+      </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>10.0</v>
       </c>
       <c r="K4" s="2">
         <v>45996.0</v>
       </c>
       <c r="L4" s="2">
         <v>47274.0</v>
       </c>
       <c r="M4">
         <v>165477</v>
       </c>
       <c r="N4">
         <v>100.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>0.333333</v>
+        <v>-0.055556</v>
       </c>
       <c r="Q4">
-        <v>100.333333</v>
+        <v>99.424444</v>
+      </c>
+      <c r="R4">
+        <v>99.894444</v>
       </c>
       <c r="S4">
-        <v>100.0</v>
+        <v>99.48</v>
+      </c>
+      <c r="T4">
+        <v>99.95</v>
       </c>
       <c r="U4">
-        <v>9.998774</v>
+        <v>10.18995</v>
+      </c>
+      <c r="V4">
+        <v>10.018443</v>
+      </c>
+      <c r="X4">
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
+        <v>46079.473738426</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5">
+        <v>0.14</v>
+      </c>
+      <c r="G5">
+        <v>99.866667</v>
+      </c>
+      <c r="H5">
+        <v>12183.733374</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5">
+        <v>10.0</v>
+      </c>
+      <c r="K5" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L5" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M5">
+        <v>165477</v>
+      </c>
+      <c r="N5">
+        <v>100.0</v>
+      </c>
+      <c r="O5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P5">
+        <v>-0.083333</v>
+      </c>
+      <c r="Q5">
+        <v>99.766667</v>
+      </c>
+      <c r="R5">
+        <v>99.866667</v>
+      </c>
+      <c r="S5">
+        <v>99.85</v>
+      </c>
+      <c r="T5">
+        <v>99.95</v>
+      </c>
+      <c r="U5">
+        <v>10.054946</v>
+      </c>
+      <c r="V5">
+        <v>10.018561</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
+      <c r="A6" s="2">
+        <v>46078.614907407</v>
+      </c>
+      <c r="B6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6">
+        <v>-2.42</v>
+      </c>
+      <c r="G6">
+        <v>99.727778</v>
+      </c>
+      <c r="H6">
+        <v>498.63889</v>
+      </c>
+      <c r="I6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J6">
+        <v>10.0</v>
+      </c>
+      <c r="K6" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L6" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M6">
+        <v>165477</v>
+      </c>
+      <c r="N6">
+        <v>100.0</v>
+      </c>
+      <c r="O6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P6">
+        <v>-0.222222</v>
+      </c>
+      <c r="Q6">
+        <v>99.707778</v>
+      </c>
+      <c r="R6">
+        <v>99.727778</v>
+      </c>
+      <c r="S6">
+        <v>99.93</v>
+      </c>
+      <c r="T6">
+        <v>99.95</v>
+      </c>
+      <c r="U6">
+        <v>10.026437</v>
+      </c>
+      <c r="V6">
+        <v>10.019189</v>
+      </c>
+      <c r="X6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
+      <c r="A7" s="2">
+        <v>46077.502928241</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7">
+        <v>0.16</v>
+      </c>
+      <c r="G7">
+        <v>102.2</v>
+      </c>
+      <c r="H7">
+        <v>2044.0</v>
+      </c>
+      <c r="I7" t="s">
+        <v>28</v>
+      </c>
+      <c r="J7">
+        <v>10.0</v>
+      </c>
+      <c r="K7" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L7" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M7">
+        <v>165477</v>
+      </c>
+      <c r="N7">
+        <v>100.0</v>
+      </c>
+      <c r="O7" t="s">
+        <v>28</v>
+      </c>
+      <c r="P7">
+        <v>2.25</v>
+      </c>
+      <c r="Q7">
+        <v>101.97</v>
+      </c>
+      <c r="R7">
+        <v>102.2</v>
+      </c>
+      <c r="S7">
+        <v>99.72</v>
+      </c>
+      <c r="T7">
+        <v>99.95</v>
+      </c>
+      <c r="U7">
+        <v>10.10046</v>
+      </c>
+      <c r="V7">
+        <v>10.017086</v>
+      </c>
+      <c r="X7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24">
+      <c r="A8" s="2">
+        <v>46076.472951389</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8">
+        <v>102.033333</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8">
+        <v>10.0</v>
+      </c>
+      <c r="K8" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L8" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M8">
+        <v>165477</v>
+      </c>
+      <c r="N8">
+        <v>100.0</v>
+      </c>
+      <c r="O8" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8">
+        <v>2.222222</v>
+      </c>
+      <c r="Q8">
+        <v>101.942222</v>
+      </c>
+      <c r="R8">
+        <v>102.172222</v>
+      </c>
+      <c r="S8">
+        <v>99.72</v>
+      </c>
+      <c r="T8">
+        <v>99.95</v>
+      </c>
+      <c r="U8">
+        <v>10.100289</v>
+      </c>
+      <c r="V8">
+        <v>10.016976</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24">
+      <c r="A9" s="2">
+        <v>46073.355104167</v>
+      </c>
+      <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9">
+        <v>102.033333</v>
+      </c>
+      <c r="I9" t="s">
+        <v>28</v>
+      </c>
+      <c r="J9">
+        <v>10.0</v>
+      </c>
+      <c r="K9" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L9" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M9">
+        <v>165477</v>
+      </c>
+      <c r="N9">
+        <v>100.0</v>
+      </c>
+      <c r="O9" t="s">
+        <v>28</v>
+      </c>
+      <c r="P9">
+        <v>2.194444</v>
+      </c>
+      <c r="Q9">
+        <v>101.674444</v>
+      </c>
+      <c r="R9">
+        <v>102.144444</v>
+      </c>
+      <c r="S9">
+        <v>99.48</v>
+      </c>
+      <c r="T9">
+        <v>99.95</v>
+      </c>
+      <c r="U9">
+        <v>10.187234</v>
+      </c>
+      <c r="V9">
+        <v>10.016868</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
+      <c r="A10" s="2">
+        <v>46072.500439815</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10">
+        <v>102.033333</v>
+      </c>
+      <c r="I10" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10">
+        <v>10.0</v>
+      </c>
+      <c r="K10" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L10" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M10">
+        <v>165477</v>
+      </c>
+      <c r="N10">
+        <v>100.0</v>
+      </c>
+      <c r="O10" t="s">
+        <v>28</v>
+      </c>
+      <c r="P10">
+        <v>2.166667</v>
+      </c>
+      <c r="Q10">
+        <v>101.646667</v>
+      </c>
+      <c r="R10">
+        <v>102.116667</v>
+      </c>
+      <c r="S10">
+        <v>99.48</v>
+      </c>
+      <c r="T10">
+        <v>99.95</v>
+      </c>
+      <c r="U10">
+        <v>10.187005</v>
+      </c>
+      <c r="V10">
+        <v>10.016763</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
+      <c r="A11" s="2">
+        <v>46071.592349537</v>
+      </c>
+      <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11">
+        <v>0.05</v>
+      </c>
+      <c r="G11">
+        <v>102.033333</v>
+      </c>
+      <c r="H11">
+        <v>51016.6665</v>
+      </c>
+      <c r="I11" t="s">
+        <v>28</v>
+      </c>
+      <c r="J11">
+        <v>10.0</v>
+      </c>
+      <c r="K11" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L11" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M11">
+        <v>165477</v>
+      </c>
+      <c r="N11">
+        <v>100.0</v>
+      </c>
+      <c r="O11" t="s">
+        <v>28</v>
+      </c>
+      <c r="P11">
+        <v>2.083333</v>
+      </c>
+      <c r="Q11">
+        <v>101.773333</v>
+      </c>
+      <c r="R11">
+        <v>102.033333</v>
+      </c>
+      <c r="S11">
+        <v>99.69</v>
+      </c>
+      <c r="T11">
+        <v>99.95</v>
+      </c>
+      <c r="U11">
+        <v>10.110322</v>
+      </c>
+      <c r="V11">
+        <v>10.016467</v>
+      </c>
+      <c r="X11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
+      <c r="A12" s="2">
+        <v>46070.511539352</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12">
+        <v>101.977778</v>
+      </c>
+      <c r="I12" t="s">
+        <v>28</v>
+      </c>
+      <c r="J12">
+        <v>10.0</v>
+      </c>
+      <c r="K12" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L12" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M12">
+        <v>165477</v>
+      </c>
+      <c r="N12">
+        <v>100.0</v>
+      </c>
+      <c r="O12" t="s">
+        <v>28</v>
+      </c>
+      <c r="P12">
+        <v>2.055556</v>
+      </c>
+      <c r="Q12">
+        <v>101.535556</v>
+      </c>
+      <c r="R12">
+        <v>102.005556</v>
+      </c>
+      <c r="S12">
+        <v>99.48</v>
+      </c>
+      <c r="T12">
+        <v>99.95</v>
+      </c>
+      <c r="U12">
+        <v>10.186123</v>
+      </c>
+      <c r="V12">
+        <v>10.016374</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
+      <c r="A13" s="2">
+        <v>46069.557638889</v>
+      </c>
+      <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13">
+        <v>0.09</v>
+      </c>
+      <c r="G13">
+        <v>101.977778</v>
+      </c>
+      <c r="H13">
+        <v>31613.11118</v>
+      </c>
+      <c r="I13" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13">
+        <v>10.0</v>
+      </c>
+      <c r="K13" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L13" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M13">
+        <v>165477</v>
+      </c>
+      <c r="N13">
+        <v>100.0</v>
+      </c>
+      <c r="O13" t="s">
+        <v>28</v>
+      </c>
+      <c r="P13">
+        <v>2.027778</v>
+      </c>
+      <c r="Q13">
+        <v>101.027778</v>
+      </c>
+      <c r="R13">
+        <v>101.977778</v>
+      </c>
+      <c r="S13">
+        <v>99.0</v>
+      </c>
+      <c r="T13">
+        <v>99.95</v>
+      </c>
+      <c r="U13">
+        <v>10.360126</v>
+      </c>
+      <c r="V13">
+        <v>10.016284</v>
+      </c>
+      <c r="X13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
+      <c r="A14" s="2">
+        <v>46066.643090278</v>
+      </c>
+      <c r="B14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G14">
+        <v>101.888889</v>
+      </c>
+      <c r="I14" t="s">
+        <v>28</v>
+      </c>
+      <c r="J14">
+        <v>10.0</v>
+      </c>
+      <c r="K14" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L14" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M14">
+        <v>165477</v>
+      </c>
+      <c r="N14">
+        <v>100.0</v>
+      </c>
+      <c r="O14" t="s">
+        <v>28</v>
+      </c>
+      <c r="P14">
+        <v>2.0</v>
+      </c>
+      <c r="Q14">
+        <v>101.0</v>
+      </c>
+      <c r="R14">
+        <v>102.0</v>
+      </c>
+      <c r="S14">
+        <v>99.0</v>
+      </c>
+      <c r="T14">
+        <v>100.0</v>
+      </c>
+      <c r="U14">
+        <v>10.359791</v>
+      </c>
+      <c r="V14">
+        <v>9.99822</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
+      <c r="A15" s="2">
+        <v>46065.355162037</v>
+      </c>
+      <c r="B15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E15" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15">
+        <v>101.888889</v>
+      </c>
+      <c r="I15" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15">
+        <v>10.0</v>
+      </c>
+      <c r="K15" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L15" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M15">
+        <v>165477</v>
+      </c>
+      <c r="N15">
+        <v>100.0</v>
+      </c>
+      <c r="O15" t="s">
+        <v>28</v>
+      </c>
+      <c r="P15">
+        <v>1.972222</v>
+      </c>
+      <c r="R15">
+        <v>101.972222</v>
+      </c>
+      <c r="T15">
+        <v>100.0</v>
+      </c>
+      <c r="V15">
+        <v>9.998149</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
+      <c r="A16" s="2">
+        <v>46064.422002315</v>
+      </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16">
+        <v>0.22</v>
+      </c>
+      <c r="G16">
+        <v>101.888889</v>
+      </c>
+      <c r="H16">
+        <v>103786.587891</v>
+      </c>
+      <c r="I16" t="s">
+        <v>28</v>
+      </c>
+      <c r="J16">
+        <v>10.0</v>
+      </c>
+      <c r="K16" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L16" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M16">
+        <v>165477</v>
+      </c>
+      <c r="N16">
+        <v>100.0</v>
+      </c>
+      <c r="O16" t="s">
+        <v>28</v>
+      </c>
+      <c r="P16">
+        <v>1.888889</v>
+      </c>
+      <c r="R16">
+        <v>101.888889</v>
+      </c>
+      <c r="T16">
+        <v>100.0</v>
+      </c>
+      <c r="V16">
+        <v>9.997952</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
+      <c r="A17" s="2">
+        <v>46063.45693287</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17">
+        <v>101.666667</v>
+      </c>
+      <c r="I17" t="s">
+        <v>28</v>
+      </c>
+      <c r="J17">
+        <v>10.0</v>
+      </c>
+      <c r="K17" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L17" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M17">
+        <v>165477</v>
+      </c>
+      <c r="N17">
+        <v>100.0</v>
+      </c>
+      <c r="O17" t="s">
+        <v>28</v>
+      </c>
+      <c r="P17">
+        <v>1.861111</v>
+      </c>
+      <c r="R17">
+        <v>101.361111</v>
+      </c>
+      <c r="T17">
+        <v>99.5</v>
+      </c>
+      <c r="V17">
+        <v>10.177494</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
+      <c r="A18" s="2">
+        <v>46062.355127315</v>
+      </c>
+      <c r="B18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G18">
+        <v>101.666667</v>
+      </c>
+      <c r="I18" t="s">
+        <v>28</v>
+      </c>
+      <c r="J18">
+        <v>10.0</v>
+      </c>
+      <c r="K18" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L18" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M18">
+        <v>165477</v>
+      </c>
+      <c r="N18">
+        <v>100.0</v>
+      </c>
+      <c r="O18" t="s">
+        <v>28</v>
+      </c>
+      <c r="P18">
+        <v>1.833333</v>
+      </c>
+      <c r="R18">
+        <v>101.833333</v>
+      </c>
+      <c r="T18">
+        <v>100.0</v>
+      </c>
+      <c r="V18">
+        <v>9.997835</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
+      <c r="A19" s="2">
+        <v>46059.534421296</v>
+      </c>
+      <c r="B19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19">
+        <v>101.666667</v>
+      </c>
+      <c r="I19" t="s">
+        <v>28</v>
+      </c>
+      <c r="J19">
+        <v>10.0</v>
+      </c>
+      <c r="K19" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L19" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M19">
+        <v>165477</v>
+      </c>
+      <c r="N19">
+        <v>100.0</v>
+      </c>
+      <c r="O19" t="s">
+        <v>28</v>
+      </c>
+      <c r="P19">
+        <v>1.805556</v>
+      </c>
+      <c r="R19">
+        <v>101.805556</v>
+      </c>
+      <c r="T19">
+        <v>100.0</v>
+      </c>
+      <c r="V19">
+        <v>9.997781</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
+      <c r="A20" s="2">
+        <v>46058.355208333</v>
+      </c>
+      <c r="B20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20">
+        <v>101.666667</v>
+      </c>
+      <c r="I20" t="s">
+        <v>28</v>
+      </c>
+      <c r="J20">
+        <v>10.0</v>
+      </c>
+      <c r="K20" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L20" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M20">
+        <v>165477</v>
+      </c>
+      <c r="N20">
+        <v>100.0</v>
+      </c>
+      <c r="O20" t="s">
+        <v>28</v>
+      </c>
+      <c r="P20">
+        <v>1.777778</v>
+      </c>
+      <c r="R20">
+        <v>101.777778</v>
+      </c>
+      <c r="T20">
+        <v>100.0</v>
+      </c>
+      <c r="V20">
+        <v>9.99773</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
+      <c r="A21" s="2">
+        <v>46057.354988426</v>
+      </c>
+      <c r="B21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21">
+        <v>101.666667</v>
+      </c>
+      <c r="I21" t="s">
+        <v>28</v>
+      </c>
+      <c r="J21">
+        <v>10.0</v>
+      </c>
+      <c r="K21" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L21" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M21">
+        <v>165477</v>
+      </c>
+      <c r="N21">
+        <v>100.0</v>
+      </c>
+      <c r="O21" t="s">
+        <v>28</v>
+      </c>
+      <c r="P21">
+        <v>1.694444</v>
+      </c>
+      <c r="R21">
+        <v>101.694444</v>
+      </c>
+      <c r="T21">
+        <v>100.0</v>
+      </c>
+      <c r="V21">
+        <v>9.997592</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
+      <c r="A22" s="2">
+        <v>46056.420243056</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" t="s">
+        <v>27</v>
+      </c>
+      <c r="F22">
+        <v>0.08</v>
+      </c>
+      <c r="G22">
+        <v>101.666667</v>
+      </c>
+      <c r="H22">
+        <v>5388.333351</v>
+      </c>
+      <c r="I22" t="s">
+        <v>28</v>
+      </c>
+      <c r="J22">
+        <v>10.0</v>
+      </c>
+      <c r="K22" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L22" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M22">
+        <v>165477</v>
+      </c>
+      <c r="N22">
+        <v>100.0</v>
+      </c>
+      <c r="O22" t="s">
+        <v>28</v>
+      </c>
+      <c r="P22">
+        <v>1.666667</v>
+      </c>
+      <c r="R22">
+        <v>101.666667</v>
+      </c>
+      <c r="T22">
+        <v>100.0</v>
+      </c>
+      <c r="V22">
+        <v>9.997552</v>
+      </c>
+      <c r="X22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
+      <c r="A23" s="2">
+        <v>46055.556793981</v>
+      </c>
+      <c r="B23" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23">
+        <v>101.583333</v>
+      </c>
+      <c r="I23" t="s">
+        <v>28</v>
+      </c>
+      <c r="J23">
+        <v>10.0</v>
+      </c>
+      <c r="K23" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L23" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M23">
+        <v>165477</v>
+      </c>
+      <c r="N23">
+        <v>100.0</v>
+      </c>
+      <c r="O23" t="s">
+        <v>28</v>
+      </c>
+      <c r="P23">
+        <v>1.638889</v>
+      </c>
+      <c r="Q23">
+        <v>101.518889</v>
+      </c>
+      <c r="R23">
+        <v>101.638889</v>
+      </c>
+      <c r="S23">
+        <v>99.88</v>
+      </c>
+      <c r="T23">
+        <v>100.0</v>
+      </c>
+      <c r="U23">
+        <v>10.040278</v>
+      </c>
+      <c r="V23">
+        <v>9.997515</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
+      <c r="A24" s="2">
+        <v>46052.355266204</v>
+      </c>
+      <c r="B24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24">
+        <v>101.583333</v>
+      </c>
+      <c r="I24" t="s">
+        <v>28</v>
+      </c>
+      <c r="J24">
+        <v>10.0</v>
+      </c>
+      <c r="K24" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L24" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M24">
+        <v>165477</v>
+      </c>
+      <c r="N24">
+        <v>100.0</v>
+      </c>
+      <c r="O24" t="s">
+        <v>28</v>
+      </c>
+      <c r="P24">
+        <v>1.611111</v>
+      </c>
+      <c r="R24">
+        <v>101.611111</v>
+      </c>
+      <c r="T24">
+        <v>100.0</v>
+      </c>
+      <c r="V24">
+        <v>9.99748</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
+      <c r="A25" s="2">
+        <v>46051.636226852</v>
+      </c>
+      <c r="B25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" t="s">
+        <v>27</v>
+      </c>
+      <c r="F25">
+        <v>-0.84</v>
+      </c>
+      <c r="G25">
+        <v>101.583333</v>
+      </c>
+      <c r="H25">
+        <v>1930.083327</v>
+      </c>
+      <c r="I25" t="s">
+        <v>28</v>
+      </c>
+      <c r="J25">
+        <v>10.0</v>
+      </c>
+      <c r="K25" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L25" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M25">
+        <v>165477</v>
+      </c>
+      <c r="N25">
+        <v>100.0</v>
+      </c>
+      <c r="O25" t="s">
+        <v>28</v>
+      </c>
+      <c r="P25">
+        <v>1.583333</v>
+      </c>
+      <c r="R25">
+        <v>101.583333</v>
+      </c>
+      <c r="T25">
+        <v>100.0</v>
+      </c>
+      <c r="V25">
+        <v>9.997448</v>
+      </c>
+      <c r="X25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
+      <c r="A26" s="2">
+        <v>46050.355578704</v>
+      </c>
+      <c r="B26" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" t="s">
+        <v>27</v>
+      </c>
+      <c r="G26">
+        <v>102.444444</v>
+      </c>
+      <c r="I26" t="s">
+        <v>28</v>
+      </c>
+      <c r="J26">
+        <v>10.0</v>
+      </c>
+      <c r="K26" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L26" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M26">
+        <v>165477</v>
+      </c>
+      <c r="N26">
+        <v>100.0</v>
+      </c>
+      <c r="O26" t="s">
+        <v>28</v>
+      </c>
+      <c r="P26">
+        <v>1.527778</v>
+      </c>
+      <c r="R26">
+        <v>101.527778</v>
+      </c>
+      <c r="T26">
+        <v>100.0</v>
+      </c>
+      <c r="V26">
+        <v>9.997392</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
+      <c r="A27" s="2">
+        <v>46049.513252315</v>
+      </c>
+      <c r="B27" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" t="s">
+        <v>27</v>
+      </c>
+      <c r="G27">
+        <v>102.444444</v>
+      </c>
+      <c r="I27" t="s">
+        <v>28</v>
+      </c>
+      <c r="J27">
+        <v>10.0</v>
+      </c>
+      <c r="K27" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L27" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M27">
+        <v>165477</v>
+      </c>
+      <c r="N27">
+        <v>100.0</v>
+      </c>
+      <c r="O27" t="s">
+        <v>28</v>
+      </c>
+      <c r="P27">
+        <v>1.5</v>
+      </c>
+      <c r="R27">
+        <v>101.5</v>
+      </c>
+      <c r="T27">
+        <v>100.0</v>
+      </c>
+      <c r="V27">
+        <v>9.997369</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
+      <c r="A28" s="2">
+        <v>46048.355405093</v>
+      </c>
+      <c r="B28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" t="s">
+        <v>27</v>
+      </c>
+      <c r="G28">
+        <v>102.444444</v>
+      </c>
+      <c r="I28" t="s">
+        <v>28</v>
+      </c>
+      <c r="J28">
+        <v>10.0</v>
+      </c>
+      <c r="K28" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L28" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M28">
+        <v>165477</v>
+      </c>
+      <c r="N28">
+        <v>100.0</v>
+      </c>
+      <c r="O28" t="s">
+        <v>28</v>
+      </c>
+      <c r="P28">
+        <v>1.472222</v>
+      </c>
+      <c r="R28">
+        <v>102.472222</v>
+      </c>
+      <c r="T28">
+        <v>101.0</v>
+      </c>
+      <c r="V28">
+        <v>9.644826</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
+      <c r="A29" s="2">
+        <v>46045.439768519</v>
+      </c>
+      <c r="B29" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" t="s">
+        <v>27</v>
+      </c>
+      <c r="F29">
+        <v>1.01</v>
+      </c>
+      <c r="G29">
+        <v>102.444444</v>
+      </c>
+      <c r="H29">
+        <v>4097.77776</v>
+      </c>
+      <c r="I29" t="s">
+        <v>28</v>
+      </c>
+      <c r="J29">
+        <v>10.0</v>
+      </c>
+      <c r="K29" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L29" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M29">
+        <v>165477</v>
+      </c>
+      <c r="N29">
+        <v>100.0</v>
+      </c>
+      <c r="O29" t="s">
+        <v>28</v>
+      </c>
+      <c r="P29">
+        <v>1.444444</v>
+      </c>
+      <c r="R29">
+        <v>102.444444</v>
+      </c>
+      <c r="T29">
+        <v>101.0</v>
+      </c>
+      <c r="V29">
+        <v>9.645055</v>
+      </c>
+      <c r="X29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
+      <c r="A30" s="2">
+        <v>46044.625763889</v>
+      </c>
+      <c r="B30" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" t="s">
+        <v>27</v>
+      </c>
+      <c r="F30">
+        <v>-0.9</v>
+      </c>
+      <c r="G30">
+        <v>101.416667</v>
+      </c>
+      <c r="H30">
+        <v>21298.50007</v>
+      </c>
+      <c r="I30" t="s">
+        <v>28</v>
+      </c>
+      <c r="J30">
+        <v>10.0</v>
+      </c>
+      <c r="K30" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L30" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M30">
+        <v>165477</v>
+      </c>
+      <c r="N30">
+        <v>100.0</v>
+      </c>
+      <c r="O30" t="s">
+        <v>28</v>
+      </c>
+      <c r="P30">
+        <v>1.416667</v>
+      </c>
+      <c r="R30">
+        <v>102.416667</v>
+      </c>
+      <c r="T30">
+        <v>101.0</v>
+      </c>
+      <c r="V30">
+        <v>9.645286</v>
+      </c>
+      <c r="X30">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
+      <c r="A31" s="2">
+        <v>46043.551608796</v>
+      </c>
+      <c r="B31" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" t="s">
+        <v>26</v>
+      </c>
+      <c r="E31" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31">
+        <v>-1.73</v>
+      </c>
+      <c r="G31">
+        <v>102.333333</v>
+      </c>
+      <c r="H31">
+        <v>818.666664</v>
+      </c>
+      <c r="I31" t="s">
+        <v>28</v>
+      </c>
+      <c r="J31">
+        <v>10.0</v>
+      </c>
+      <c r="K31" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L31" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M31">
+        <v>165477</v>
+      </c>
+      <c r="N31">
+        <v>100.0</v>
+      </c>
+      <c r="O31" t="s">
+        <v>28</v>
+      </c>
+      <c r="P31">
+        <v>1.333333</v>
+      </c>
+      <c r="Q31">
+        <v>101.333333</v>
+      </c>
+      <c r="R31">
+        <v>102.333333</v>
+      </c>
+      <c r="S31">
+        <v>100.0</v>
+      </c>
+      <c r="T31">
+        <v>101.0</v>
+      </c>
+      <c r="U31">
+        <v>9.997284</v>
+      </c>
+      <c r="V31">
+        <v>9.645992</v>
+      </c>
+      <c r="X31">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
+      <c r="A32" s="2">
+        <v>46042.642071759</v>
+      </c>
+      <c r="B32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" t="s">
+        <v>27</v>
+      </c>
+      <c r="G32">
+        <v>104.138889</v>
+      </c>
+      <c r="I32" t="s">
+        <v>28</v>
+      </c>
+      <c r="J32">
+        <v>10.0</v>
+      </c>
+      <c r="K32" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L32" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M32">
+        <v>165477</v>
+      </c>
+      <c r="N32">
+        <v>100.0</v>
+      </c>
+      <c r="O32" t="s">
+        <v>28</v>
+      </c>
+      <c r="P32">
+        <v>1.305556</v>
+      </c>
+      <c r="R32">
+        <v>102.305556</v>
+      </c>
+      <c r="T32">
+        <v>101.0</v>
+      </c>
+      <c r="V32">
+        <v>9.646232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
+      <c r="A33" s="2">
+        <v>46041.643194444</v>
+      </c>
+      <c r="B33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33">
+        <v>104.138889</v>
+      </c>
+      <c r="I33" t="s">
+        <v>28</v>
+      </c>
+      <c r="J33">
+        <v>10.0</v>
+      </c>
+      <c r="K33" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L33" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M33">
+        <v>165477</v>
+      </c>
+      <c r="N33">
+        <v>100.0</v>
+      </c>
+      <c r="O33" t="s">
+        <v>28</v>
+      </c>
+      <c r="P33">
+        <v>1.277778</v>
+      </c>
+      <c r="Q33">
+        <v>102.137778</v>
+      </c>
+      <c r="R33">
+        <v>102.277778</v>
+      </c>
+      <c r="S33">
+        <v>100.86</v>
+      </c>
+      <c r="T33">
+        <v>101.0</v>
+      </c>
+      <c r="U33">
+        <v>9.695339</v>
+      </c>
+      <c r="V33">
+        <v>9.646474</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
+      <c r="A34" s="2">
+        <v>46038.506319444</v>
+      </c>
+      <c r="B34" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34">
+        <v>104.138889</v>
+      </c>
+      <c r="I34" t="s">
+        <v>28</v>
+      </c>
+      <c r="J34">
+        <v>10.0</v>
+      </c>
+      <c r="K34" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L34" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M34">
+        <v>165477</v>
+      </c>
+      <c r="N34">
+        <v>100.0</v>
+      </c>
+      <c r="O34" t="s">
+        <v>28</v>
+      </c>
+      <c r="P34">
+        <v>1.25</v>
+      </c>
+      <c r="Q34">
+        <v>102.11</v>
+      </c>
+      <c r="R34">
+        <v>105.38</v>
+      </c>
+      <c r="S34">
+        <v>100.86</v>
+      </c>
+      <c r="T34">
+        <v>104.13</v>
+      </c>
+      <c r="U34">
+        <v>9.695549</v>
+      </c>
+      <c r="V34">
+        <v>8.57542</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
+      <c r="A35" s="2">
+        <v>46037.356030093</v>
+      </c>
+      <c r="B35" t="s">
+        <v>24</v>
+      </c>
+      <c r="C35" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G35">
+        <v>104.138889</v>
+      </c>
+      <c r="I35" t="s">
+        <v>28</v>
+      </c>
+      <c r="J35">
+        <v>10.0</v>
+      </c>
+      <c r="K35" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L35" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M35">
+        <v>165477</v>
+      </c>
+      <c r="N35">
+        <v>100.0</v>
+      </c>
+      <c r="O35" t="s">
+        <v>28</v>
+      </c>
+      <c r="P35">
+        <v>1.222222</v>
+      </c>
+      <c r="R35">
+        <v>105.352222</v>
+      </c>
+      <c r="T35">
+        <v>104.13</v>
+      </c>
+      <c r="V35">
+        <v>8.576409</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
+      <c r="A36" s="2">
+        <v>46036.461377315</v>
+      </c>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" t="s">
+        <v>25</v>
+      </c>
+      <c r="D36" t="s">
+        <v>26</v>
+      </c>
+      <c r="E36" t="s">
+        <v>27</v>
+      </c>
+      <c r="F36">
+        <v>0.04</v>
+      </c>
+      <c r="G36">
+        <v>104.138889</v>
+      </c>
+      <c r="H36">
+        <v>8643.527787</v>
+      </c>
+      <c r="I36" t="s">
+        <v>28</v>
+      </c>
+      <c r="J36">
+        <v>10.0</v>
+      </c>
+      <c r="K36" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L36" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M36">
+        <v>165477</v>
+      </c>
+      <c r="N36">
+        <v>100.0</v>
+      </c>
+      <c r="O36" t="s">
+        <v>28</v>
+      </c>
+      <c r="P36">
+        <v>1.138889</v>
+      </c>
+      <c r="Q36">
+        <v>100.0</v>
+      </c>
+      <c r="R36">
+        <v>105.268889</v>
+      </c>
+      <c r="S36">
+        <v>98.861111</v>
+      </c>
+      <c r="T36">
+        <v>104.13</v>
+      </c>
+      <c r="U36">
+        <v>10.400528</v>
+      </c>
+      <c r="V36">
+        <v>8.579379</v>
+      </c>
+      <c r="X36">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
+      <c r="A37" s="2">
+        <v>46035.648402778</v>
+      </c>
+      <c r="B37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" t="s">
+        <v>26</v>
+      </c>
+      <c r="E37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37">
+        <v>2.99</v>
+      </c>
+      <c r="G37">
+        <v>104.101111</v>
+      </c>
+      <c r="H37">
+        <v>12177.729987</v>
+      </c>
+      <c r="I37" t="s">
+        <v>28</v>
+      </c>
+      <c r="J37">
+        <v>10.0</v>
+      </c>
+      <c r="K37" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L37" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M37">
+        <v>165477</v>
+      </c>
+      <c r="N37">
+        <v>100.0</v>
+      </c>
+      <c r="O37" t="s">
+        <v>28</v>
+      </c>
+      <c r="P37">
+        <v>1.111111</v>
+      </c>
+      <c r="Q37">
+        <v>104.101111</v>
+      </c>
+      <c r="S37">
+        <v>102.99</v>
+      </c>
+      <c r="U37">
+        <v>8.964768</v>
+      </c>
+      <c r="X37">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
+      <c r="A38" s="2">
+        <v>46034.557673611</v>
+      </c>
+      <c r="B38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38">
+        <v>-0.56</v>
+      </c>
+      <c r="G38">
+        <v>101.083333</v>
+      </c>
+      <c r="H38">
+        <v>3745.153321</v>
+      </c>
+      <c r="I38" t="s">
+        <v>28</v>
+      </c>
+      <c r="J38">
+        <v>10.0</v>
+      </c>
+      <c r="K38" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L38" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M38">
+        <v>165477</v>
+      </c>
+      <c r="N38">
+        <v>100.0</v>
+      </c>
+      <c r="O38" t="s">
+        <v>28</v>
+      </c>
+      <c r="P38">
+        <v>1.083333</v>
+      </c>
+      <c r="R38">
+        <v>101.973333</v>
+      </c>
+      <c r="T38">
+        <v>100.89</v>
+      </c>
+      <c r="V38">
+        <v>9.68643</v>
+      </c>
+      <c r="X38">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
+      <c r="A39" s="2">
+        <v>46031.605347222</v>
+      </c>
+      <c r="B39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39">
+        <v>0.62</v>
+      </c>
+      <c r="G39">
+        <v>101.655556</v>
+      </c>
+      <c r="H39">
+        <v>22732.1601</v>
+      </c>
+      <c r="I39" t="s">
+        <v>28</v>
+      </c>
+      <c r="J39">
+        <v>10.0</v>
+      </c>
+      <c r="K39" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L39" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M39">
+        <v>165477</v>
+      </c>
+      <c r="N39">
+        <v>100.0</v>
+      </c>
+      <c r="O39" t="s">
+        <v>28</v>
+      </c>
+      <c r="P39">
+        <v>1.055556</v>
+      </c>
+      <c r="Q39">
+        <v>100.055556</v>
+      </c>
+      <c r="R39">
+        <v>101.655556</v>
+      </c>
+      <c r="S39">
+        <v>99.0</v>
+      </c>
+      <c r="T39">
+        <v>100.6</v>
+      </c>
+      <c r="U39">
+        <v>10.350383</v>
+      </c>
+      <c r="V39">
+        <v>9.787543</v>
+      </c>
+      <c r="X39">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
+      <c r="A40" s="2">
+        <v>46030.643796296</v>
+      </c>
+      <c r="B40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" t="s">
+        <v>26</v>
+      </c>
+      <c r="E40" t="s">
+        <v>27</v>
+      </c>
+      <c r="F40">
+        <v>0.08</v>
+      </c>
+      <c r="G40">
+        <v>101.027778</v>
+      </c>
+      <c r="H40">
+        <v>38491.583418</v>
+      </c>
+      <c r="I40" t="s">
+        <v>28</v>
+      </c>
+      <c r="J40">
+        <v>10.0</v>
+      </c>
+      <c r="K40" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L40" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M40">
+        <v>165477</v>
+      </c>
+      <c r="N40">
+        <v>100.0</v>
+      </c>
+      <c r="O40" t="s">
+        <v>28</v>
+      </c>
+      <c r="P40">
+        <v>1.027778</v>
+      </c>
+      <c r="R40">
+        <v>101.917778</v>
+      </c>
+      <c r="T40">
+        <v>100.89</v>
+      </c>
+      <c r="V40">
+        <v>9.686897</v>
+      </c>
+      <c r="X40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
+      <c r="A41" s="2">
+        <v>46029.652106481</v>
+      </c>
+      <c r="B41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" t="s">
+        <v>27</v>
+      </c>
+      <c r="F41">
+        <v>0.03</v>
+      </c>
+      <c r="G41">
+        <v>100.944444</v>
+      </c>
+      <c r="H41">
+        <v>1716.055548</v>
+      </c>
+      <c r="I41" t="s">
+        <v>28</v>
+      </c>
+      <c r="J41">
+        <v>10.0</v>
+      </c>
+      <c r="K41" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L41" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M41">
+        <v>165477</v>
+      </c>
+      <c r="N41">
+        <v>100.0</v>
+      </c>
+      <c r="O41" t="s">
+        <v>28</v>
+      </c>
+      <c r="P41">
+        <v>0.944444</v>
+      </c>
+      <c r="R41">
+        <v>100.944444</v>
+      </c>
+      <c r="T41">
+        <v>100.0</v>
+      </c>
+      <c r="V41">
+        <v>9.997463</v>
+      </c>
+      <c r="X41">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
+      <c r="A42" s="2">
+        <v>46028.63037037</v>
+      </c>
+      <c r="B42" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42">
+        <v>0.03</v>
+      </c>
+      <c r="G42">
+        <v>100.916667</v>
+      </c>
+      <c r="H42">
+        <v>41981.333472</v>
+      </c>
+      <c r="I42" t="s">
+        <v>28</v>
+      </c>
+      <c r="J42">
+        <v>10.0</v>
+      </c>
+      <c r="K42" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L42" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M42">
+        <v>165477</v>
+      </c>
+      <c r="N42">
+        <v>100.0</v>
+      </c>
+      <c r="O42" t="s">
+        <v>28</v>
+      </c>
+      <c r="P42">
+        <v>0.916667</v>
+      </c>
+      <c r="Q42">
+        <v>100.866667</v>
+      </c>
+      <c r="R42">
+        <v>100.916667</v>
+      </c>
+      <c r="S42">
+        <v>99.95</v>
+      </c>
+      <c r="T42">
+        <v>100.0</v>
+      </c>
+      <c r="U42">
+        <v>10.014987</v>
+      </c>
+      <c r="V42">
+        <v>9.997495</v>
+      </c>
+      <c r="X42">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
+      <c r="A43" s="2">
+        <v>46027.557037037</v>
+      </c>
+      <c r="B43" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F43">
+        <v>0.03</v>
+      </c>
+      <c r="G43">
+        <v>100.888889</v>
+      </c>
+      <c r="H43">
+        <v>33091.555592</v>
+      </c>
+      <c r="I43" t="s">
+        <v>28</v>
+      </c>
+      <c r="J43">
+        <v>10.0</v>
+      </c>
+      <c r="K43" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L43" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M43">
+        <v>165477</v>
+      </c>
+      <c r="N43">
+        <v>100.0</v>
+      </c>
+      <c r="O43" t="s">
+        <v>28</v>
+      </c>
+      <c r="P43">
+        <v>0.888889</v>
+      </c>
+      <c r="Q43">
+        <v>100.838889</v>
+      </c>
+      <c r="R43">
+        <v>100.888889</v>
+      </c>
+      <c r="S43">
+        <v>99.95</v>
+      </c>
+      <c r="T43">
+        <v>100.0</v>
+      </c>
+      <c r="U43">
+        <v>10.015011</v>
+      </c>
+      <c r="V43">
+        <v>9.997531</v>
+      </c>
+      <c r="X43">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
+      <c r="A44" s="2">
+        <v>46024.467233796</v>
+      </c>
+      <c r="B44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" t="s">
+        <v>27</v>
+      </c>
+      <c r="F44">
+        <v>0.17</v>
+      </c>
+      <c r="G44">
+        <v>100.861111</v>
+      </c>
+      <c r="H44">
+        <v>201.672222</v>
+      </c>
+      <c r="I44" t="s">
+        <v>28</v>
+      </c>
+      <c r="J44">
+        <v>10.0</v>
+      </c>
+      <c r="K44" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L44" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M44">
+        <v>165477</v>
+      </c>
+      <c r="N44">
+        <v>100.0</v>
+      </c>
+      <c r="O44" t="s">
+        <v>28</v>
+      </c>
+      <c r="P44">
+        <v>0.861111</v>
+      </c>
+      <c r="Q44">
+        <v>100.811111</v>
+      </c>
+      <c r="R44">
+        <v>100.861111</v>
+      </c>
+      <c r="S44">
+        <v>99.95</v>
+      </c>
+      <c r="T44">
+        <v>100.0</v>
+      </c>
+      <c r="U44">
+        <v>10.015037</v>
+      </c>
+      <c r="V44">
+        <v>9.997569</v>
+      </c>
+      <c r="X44">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
+      <c r="A45" s="2">
+        <v>46021.648263889</v>
+      </c>
+      <c r="B45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" t="s">
+        <v>27</v>
+      </c>
+      <c r="G45">
+        <v>100.694444</v>
+      </c>
+      <c r="I45" t="s">
+        <v>28</v>
+      </c>
+      <c r="J45">
+        <v>10.0</v>
+      </c>
+      <c r="K45" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L45" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M45">
+        <v>165477</v>
+      </c>
+      <c r="N45">
+        <v>100.0</v>
+      </c>
+      <c r="O45" t="s">
+        <v>28</v>
+      </c>
+      <c r="P45">
+        <v>0.75</v>
+      </c>
+      <c r="Q45">
+        <v>100.7</v>
+      </c>
+      <c r="R45">
+        <v>100.75</v>
+      </c>
+      <c r="S45">
+        <v>99.95</v>
+      </c>
+      <c r="T45">
+        <v>100.0</v>
+      </c>
+      <c r="U45">
+        <v>10.015167</v>
+      </c>
+      <c r="V45">
+        <v>9.997746</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
+      <c r="A46" s="2">
+        <v>46020.616759259</v>
+      </c>
+      <c r="B46" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" t="s">
+        <v>27</v>
+      </c>
+      <c r="F46">
+        <v>0.03</v>
+      </c>
+      <c r="G46">
+        <v>100.694444</v>
+      </c>
+      <c r="H46">
+        <v>13392.361052</v>
+      </c>
+      <c r="I46" t="s">
+        <v>28</v>
+      </c>
+      <c r="J46">
+        <v>10.0</v>
+      </c>
+      <c r="K46" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L46" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M46">
+        <v>165477</v>
+      </c>
+      <c r="N46">
+        <v>100.0</v>
+      </c>
+      <c r="O46" t="s">
+        <v>28</v>
+      </c>
+      <c r="P46">
+        <v>0.694444</v>
+      </c>
+      <c r="Q46">
+        <v>100.064444</v>
+      </c>
+      <c r="R46">
+        <v>100.694444</v>
+      </c>
+      <c r="S46">
+        <v>99.37</v>
+      </c>
+      <c r="T46">
+        <v>100.0</v>
+      </c>
+      <c r="U46">
+        <v>10.217814</v>
+      </c>
+      <c r="V46">
+        <v>9.99785</v>
+      </c>
+      <c r="X46">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
+      <c r="A47" s="2">
+        <v>46014.50837963</v>
+      </c>
+      <c r="B47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" t="s">
+        <v>27</v>
+      </c>
+      <c r="G47">
+        <v>100.666667</v>
+      </c>
+      <c r="H47">
+        <v>201.333334</v>
+      </c>
+      <c r="I47" t="s">
+        <v>28</v>
+      </c>
+      <c r="J47">
+        <v>10.0</v>
+      </c>
+      <c r="K47" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L47" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M47">
+        <v>165477</v>
+      </c>
+      <c r="N47">
+        <v>100.0</v>
+      </c>
+      <c r="O47" t="s">
+        <v>28</v>
+      </c>
+      <c r="P47">
+        <v>0.666667</v>
+      </c>
+      <c r="Q47">
+        <v>100.566667</v>
+      </c>
+      <c r="R47">
+        <v>100.666667</v>
+      </c>
+      <c r="S47">
+        <v>99.9</v>
+      </c>
+      <c r="T47">
+        <v>100.0</v>
+      </c>
+      <c r="U47">
+        <v>10.032687</v>
+      </c>
+      <c r="V47">
+        <v>9.997905</v>
+      </c>
+      <c r="X47">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
+      <c r="A48" s="2">
+        <v>46013.355451389</v>
+      </c>
+      <c r="B48" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" t="s">
+        <v>25</v>
+      </c>
+      <c r="D48" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" t="s">
+        <v>27</v>
+      </c>
+      <c r="I48" t="s">
+        <v>28</v>
+      </c>
+      <c r="J48">
+        <v>10.0</v>
+      </c>
+      <c r="K48" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L48" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M48">
+        <v>165477</v>
+      </c>
+      <c r="N48">
+        <v>100.0</v>
+      </c>
+      <c r="O48" t="s">
+        <v>28</v>
+      </c>
+      <c r="P48">
+        <v>0.527778</v>
+      </c>
+      <c r="Q48">
+        <v>101.747778</v>
+      </c>
+      <c r="R48">
+        <v>103.517778</v>
+      </c>
+      <c r="S48">
+        <v>101.22</v>
+      </c>
+      <c r="T48">
+        <v>102.99</v>
+      </c>
+      <c r="U48">
+        <v>9.578578</v>
+      </c>
+      <c r="V48">
+        <v>8.980269</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
+      <c r="A49" s="2">
+        <v>46010.507800926</v>
+      </c>
+      <c r="B49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="I49" t="s">
+        <v>28</v>
+      </c>
+      <c r="J49">
+        <v>10.0</v>
+      </c>
+      <c r="K49" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L49" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M49">
+        <v>165477</v>
+      </c>
+      <c r="N49">
+        <v>100.0</v>
+      </c>
+      <c r="O49" t="s">
+        <v>28</v>
+      </c>
+      <c r="P49">
+        <v>0.5</v>
+      </c>
+      <c r="Q49">
+        <v>101.72</v>
+      </c>
+      <c r="R49">
+        <v>103.49</v>
+      </c>
+      <c r="S49">
+        <v>101.22</v>
+      </c>
+      <c r="T49">
+        <v>102.99</v>
+      </c>
+      <c r="U49">
+        <v>9.578929</v>
+      </c>
+      <c r="V49">
+        <v>8.981019</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24">
+      <c r="A50" s="2">
+        <v>46009.617210648</v>
+      </c>
+      <c r="B50" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50" t="s">
+        <v>27</v>
+      </c>
+      <c r="I50" t="s">
+        <v>28</v>
+      </c>
+      <c r="J50">
+        <v>10.0</v>
+      </c>
+      <c r="K50" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L50" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M50">
+        <v>165477</v>
+      </c>
+      <c r="N50">
+        <v>100.0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>28</v>
+      </c>
+      <c r="P50">
+        <v>0.472222</v>
+      </c>
+      <c r="Q50">
+        <v>100.372222</v>
+      </c>
+      <c r="S50">
+        <v>99.9</v>
+      </c>
+      <c r="U50">
+        <v>10.032987</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
+      <c r="A51" s="2">
+        <v>46008.647071759</v>
+      </c>
+      <c r="B51" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" t="s">
+        <v>26</v>
+      </c>
+      <c r="E51" t="s">
+        <v>27</v>
+      </c>
+      <c r="I51" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51">
+        <v>10.0</v>
+      </c>
+      <c r="K51" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L51" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M51">
+        <v>165477</v>
+      </c>
+      <c r="N51">
+        <v>100.0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>28</v>
+      </c>
+      <c r="P51">
+        <v>0.388889</v>
+      </c>
+      <c r="Q51">
+        <v>100.288889</v>
+      </c>
+      <c r="R51">
+        <v>100.388889</v>
+      </c>
+      <c r="S51">
+        <v>99.9</v>
+      </c>
+      <c r="T51">
+        <v>100.0</v>
+      </c>
+      <c r="U51">
+        <v>10.033154</v>
+      </c>
+      <c r="V51">
+        <v>9.998604</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
+      <c r="A52" s="2">
+        <v>46007.47212963</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="I52" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52">
+        <v>10.0</v>
+      </c>
+      <c r="K52" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M52">
+        <v>165477</v>
+      </c>
+      <c r="N52">
+        <v>100.0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52">
+        <v>0.361111</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
+      <c r="A53" s="2">
+        <v>46006.441921296</v>
+      </c>
+      <c r="B53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>27</v>
+      </c>
+      <c r="I53" t="s">
+        <v>28</v>
+      </c>
+      <c r="J53">
+        <v>10.0</v>
+      </c>
+      <c r="K53" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M53">
+        <v>165477</v>
+      </c>
+      <c r="N53">
+        <v>100.0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53">
+        <v>0.333333</v>
+      </c>
+      <c r="Q53">
+        <v>100.333333</v>
+      </c>
+      <c r="S53">
+        <v>100.0</v>
+      </c>
+      <c r="U53">
+        <v>9.998774</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
+      <c r="A54" s="2">
         <v>46003.35525463</v>
       </c>
-      <c r="B5" t="s">
-[...32 lines deleted...]
-      <c r="P5">
+      <c r="B54" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I54" t="s">
+        <v>28</v>
+      </c>
+      <c r="J54">
+        <v>10.0</v>
+      </c>
+      <c r="K54" s="2">
+        <v>45996.0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>47274.0</v>
+      </c>
+      <c r="M54">
+        <v>165477</v>
+      </c>
+      <c r="N54">
+        <v>100.0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54">
         <v>0.305556</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>