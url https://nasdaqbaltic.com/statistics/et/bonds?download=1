--- v0 (2025-12-17)
+++ v1 (2026-02-21)
@@ -18,51 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Võlakirjad" sheetId="1" r:id="rId4"/>
     <sheet name="TLN" sheetId="2" r:id="rId5"/>
     <sheet name="RIG" sheetId="3" r:id="rId6"/>
     <sheet name="VLN" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
   <si>
     <t>Bond segment</t>
   </si>
   <si>
     <t>Nimi</t>
   </si>
   <si>
     <t>Lühinimi</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Koduturg</t>
   </si>
   <si>
     <t>Kupong %</t>
   </si>
   <si>
     <t>Emiteerimise kuupäev</t>
   </si>
   <si>
     <t>Lunastuspäev</t>
   </si>
   <si>
@@ -347,162 +347,180 @@
   <si>
     <t>CBLB050031A</t>
   </si>
   <si>
     <t>LV0000880102</t>
   </si>
   <si>
     <t>Citadele Banka 8% 10Y bond</t>
   </si>
   <si>
     <t>CBLB080034A</t>
   </si>
   <si>
     <t>LV0000803054</t>
   </si>
   <si>
     <t>CrossChem 8.00% 3Y bond</t>
   </si>
   <si>
     <t>CCLAT080027FA</t>
   </si>
   <si>
     <t>LV0000804698</t>
   </si>
   <si>
+    <t>Capitalica European 8% 2.5Y bond</t>
+  </si>
+  <si>
+    <t>CEOF080028FA</t>
+  </si>
+  <si>
+    <t>LT0000136970</t>
+  </si>
+  <si>
     <t>Civinity 10% 4Y bond</t>
   </si>
   <si>
     <t>CIVB100029A</t>
   </si>
   <si>
     <t>LT0000134413</t>
   </si>
   <si>
     <t>Coffee Address Holding 8.50% 3Y</t>
   </si>
   <si>
     <t>COFAD085028FA</t>
   </si>
   <si>
     <t>LV0000102432</t>
   </si>
   <si>
     <t>Coop Pank 5% bond</t>
   </si>
   <si>
     <t>CPAB050032A</t>
   </si>
   <si>
     <t>EE3300002542</t>
   </si>
   <si>
     <t>Coop Pank 5.5% bond</t>
   </si>
   <si>
     <t>CPAB055031A</t>
   </si>
   <si>
     <t>EE3300002047</t>
   </si>
   <si>
     <t>Capitalica 2Y bond</t>
   </si>
   <si>
     <t>CPTBFLO26FA</t>
   </si>
   <si>
     <t>LT0000408551</t>
   </si>
   <si>
+    <t>CleanR Grupa 6.5% 4Y bond</t>
+  </si>
+  <si>
+    <t>CRGB065029A</t>
+  </si>
+  <si>
+    <t>LV0000107365</t>
+  </si>
+  <si>
     <t>Victory Development IV 2.5Y bond</t>
   </si>
   <si>
     <t>DAMBFLOT28FA</t>
   </si>
   <si>
     <t>LT0000134801</t>
   </si>
   <si>
+    <t>DelfinGroup 9.50% 2Y bond</t>
+  </si>
+  <si>
+    <t>DGRB095027A</t>
+  </si>
+  <si>
+    <t>LV0000106649</t>
+  </si>
+  <si>
     <t>DelfinGroup 10% 4Y bond</t>
   </si>
   <si>
     <t>DGRB100028A</t>
   </si>
   <si>
     <t>LV0000803914</t>
   </si>
   <si>
     <t>DelfinGroup 2.5Y bonds</t>
   </si>
   <si>
     <t>DGRBFLOT26FA</t>
   </si>
   <si>
     <t>LV0000802718</t>
   </si>
   <si>
     <t>DelfinGroup 3Y bond</t>
   </si>
   <si>
     <t>DGRBFLOT26FB</t>
   </si>
   <si>
     <t>LV0000860146</t>
   </si>
   <si>
     <t>DelfinGroup 5Y bond</t>
   </si>
   <si>
     <t>DGRBFLOT28FA</t>
   </si>
   <si>
     <t>LV0000802700</t>
   </si>
   <si>
     <t>DGRBFLOT29FA</t>
   </si>
   <si>
     <t>LV0000870145</t>
   </si>
   <si>
-    <t>Eco Baltia 8.00% 3Y bond</t>
-[...14 lines deleted...]
-    <t>LV0000860138</t>
+    <t>Vytis Reno Loans 28Y bond</t>
+  </si>
+  <si>
+    <t>DNMFFLOT53A</t>
+  </si>
+  <si>
+    <t>LT0000136418</t>
   </si>
   <si>
     <t>Latvenergo 0.5% 7Y green bond</t>
   </si>
   <si>
     <t>ELEK005028A</t>
   </si>
   <si>
     <t>LV0000802460</t>
   </si>
   <si>
     <t>Latvenergo 2.42% 5Y green bond</t>
   </si>
   <si>
     <t>ELEK024227A</t>
   </si>
   <si>
     <t>LV0000870129</t>
   </si>
   <si>
     <t>Latvenergo 4.952% 6Y green bond</t>
   </si>
   <si>
     <t>ELEK0495229A</t>
   </si>
@@ -515,143 +533,143 @@
   <si>
     <t>ELEK361230A</t>
   </si>
   <si>
     <t>XS3227294132</t>
   </si>
   <si>
     <t>Eleving Group 9.5% 5Y bond</t>
   </si>
   <si>
     <t>ELEV095030A</t>
   </si>
   <si>
     <t>XS3167361651</t>
   </si>
   <si>
     <t>Eleving Group 5Y bond</t>
   </si>
   <si>
     <t>ELEV130028A</t>
   </si>
   <si>
     <t>DE000A3LL7M4</t>
   </si>
   <si>
-    <t>Elko Grupa 6% 5Y bond</t>
-[...5 lines deleted...]
-    <t>LV0000870079</t>
+    <t>Elko Grupa 7.25% 4Y bond</t>
+  </si>
+  <si>
+    <t>ELGB725029FA</t>
+  </si>
+  <si>
+    <t>LV0000108637</t>
   </si>
   <si>
     <t>Enervia 11% 2.5Y bond</t>
   </si>
   <si>
     <t>ENERV110027FA</t>
   </si>
   <si>
     <t>LT0000133928</t>
   </si>
   <si>
     <t>EPSO-G 3.117% 5Y bond</t>
   </si>
   <si>
     <t>EPSO0311727A</t>
   </si>
   <si>
     <t>LT0000406530</t>
   </si>
   <si>
     <t>Eesti Energia 5.00% 3Y bond</t>
   </si>
   <si>
     <t>ESTE050028A</t>
   </si>
   <si>
     <t>EE0000001303</t>
   </si>
   <si>
+    <t>Eternia Solar 10% 1Y bond</t>
+  </si>
+  <si>
+    <t>ETERN100026FA</t>
+  </si>
+  <si>
+    <t>LT0000136392</t>
+  </si>
+  <si>
     <t>Valitsuste ja keskpankade võlakirjad</t>
   </si>
   <si>
     <t>Estonian Gov. 2Y bond</t>
   </si>
   <si>
     <t>ETGB033026A</t>
   </si>
   <si>
     <t>EE1300001563</t>
   </si>
   <si>
     <t>Everaus Kinnisvara 10.00% bond</t>
   </si>
   <si>
     <t>EVKB100028FA</t>
   </si>
   <si>
     <t>EE0000002558</t>
   </si>
   <si>
     <t>Everaus Kinnisvara 11.00% bond</t>
   </si>
   <si>
     <t>EVKB110028FA</t>
   </si>
   <si>
     <t>EE0000000875</t>
   </si>
   <si>
     <t>Consilium optimum 9% 3Y bond</t>
   </si>
   <si>
     <t>FASTL090027FA</t>
   </si>
   <si>
     <t>LT0000411266</t>
   </si>
   <si>
     <t>Consilium optimum 12% 3Y bond</t>
   </si>
   <si>
     <t>FASTL120027FA</t>
   </si>
   <si>
     <t>LT0000409047</t>
   </si>
   <si>
-    <t>FERN Group 9% 2Y bond</t>
-[...7 lines deleted...]
-  <si>
     <t>4finance 11.25% 12Y bond</t>
   </si>
   <si>
     <t>FOUR112528FA</t>
   </si>
   <si>
     <t>XS1417876163</t>
   </si>
   <si>
     <t>Fortaco Group Bonds due 2027</t>
   </si>
   <si>
     <t>FTCBFLOT27FA</t>
   </si>
   <si>
     <t>NO0012547274</t>
   </si>
   <si>
     <t>GEVEKO bonds 25-2028</t>
   </si>
   <si>
     <t>GEVBFLOT28FA</t>
   </si>
   <si>
     <t>SE0024172993</t>
@@ -821,140 +839,149 @@
   <si>
     <t>IUTE120030A</t>
   </si>
   <si>
     <t>XS3047514446</t>
   </si>
   <si>
     <t>Invalda INVL 7% 3Y bond</t>
   </si>
   <si>
     <t>IVLB070027A</t>
   </si>
   <si>
     <t>LT0000409229</t>
   </si>
   <si>
     <t>Kaita Living 11.5 2Y bond</t>
   </si>
   <si>
     <t>KAITA115027FA</t>
   </si>
   <si>
     <t>LT0000134827</t>
   </si>
   <si>
+    <t>Kaita Development 10.5 2Y bond</t>
+  </si>
+  <si>
+    <t>KDLT105027FA</t>
+  </si>
+  <si>
+    <t>LT0000136376</t>
+  </si>
+  <si>
     <t>KREDA 8% 8Y bond</t>
   </si>
   <si>
     <t>KREDA080033FA</t>
   </si>
   <si>
     <t>LT0000135519</t>
   </si>
   <si>
     <t>Kvartalas 8% 2Y bond</t>
   </si>
   <si>
     <t>KVRTB080026A</t>
   </si>
   <si>
     <t>LT0000411167</t>
   </si>
   <si>
     <t>LATRAPS 4Y bond</t>
   </si>
   <si>
     <t>LATRA075028FA</t>
   </si>
   <si>
     <t>LV0000805349</t>
   </si>
   <si>
     <t>Legal Balance 3Y bond</t>
   </si>
   <si>
     <t>LEBAFLOAT27FA</t>
   </si>
   <si>
     <t>LT0000409005</t>
   </si>
   <si>
+    <t>Legal Balance 3.5Y bond</t>
+  </si>
+  <si>
+    <t>LEBAFLOT28FA</t>
+  </si>
+  <si>
+    <t>LT0000134025</t>
+  </si>
+  <si>
     <t>Legal Balance 4Y bond</t>
   </si>
   <si>
     <t>LEBAFLOT29FA</t>
   </si>
   <si>
     <t>LT0000133696</t>
   </si>
   <si>
     <t>LifeFit Group 24-2029</t>
   </si>
   <si>
     <t>LFTBFLOT29FA</t>
   </si>
   <si>
     <t>NO0013252452</t>
   </si>
   <si>
     <t>LHV Group 6.00% subord. bond</t>
   </si>
   <si>
     <t>LHVB060034A</t>
   </si>
   <si>
     <t>EE3300004993</t>
   </si>
   <si>
     <t>LHV Group 10.5% subord. bond</t>
   </si>
   <si>
     <t>LHVB105033A</t>
   </si>
   <si>
     <t>EE3300003573</t>
   </si>
   <si>
     <t>Longo Group 10.00% 3Y bond</t>
   </si>
   <si>
     <t>LNGB100027A</t>
   </si>
   <si>
     <t>LV0000804987</t>
   </si>
   <si>
-    <t>Lithuanian Gov. 5Y Bond 65006</t>
-[...7 lines deleted...]
-  <si>
     <t>Lithuanian Gov. 5Y Bond 65007</t>
   </si>
   <si>
     <t>LTGB00026C</t>
   </si>
   <si>
     <t>LT0000650079</t>
   </si>
   <si>
     <t>Lithuanian Gov. 7Y Bond 67005</t>
   </si>
   <si>
     <t>LTGB00028B</t>
   </si>
   <si>
     <t>LT0000670051</t>
   </si>
   <si>
     <t>Lithuanian Gov. 7Y Bond 67004</t>
   </si>
   <si>
     <t>LTGB01026A</t>
   </si>
   <si>
     <t>LT0000670044</t>
@@ -1190,65 +1217,77 @@
   <si>
     <t>LVNB090029A</t>
   </si>
   <si>
     <t>EE0000000354</t>
   </si>
   <si>
     <t>Liven 10.5% 4Y green bond</t>
   </si>
   <si>
     <t>LVNB105028A</t>
   </si>
   <si>
     <t>EE3300004332</t>
   </si>
   <si>
     <t>Mapon 3Y bond</t>
   </si>
   <si>
     <t>MAPONFLOT27FA</t>
   </si>
   <si>
     <t>LV0000860161</t>
   </si>
   <si>
-    <t>Mainor Ülemiste 7.00% 3Y bond</t>
+    <t>Mainor Ülemiste 4.75% 5Y bond</t>
   </si>
   <si>
     <t>MAYB047526FA</t>
   </si>
   <si>
     <t>EE3300002138</t>
   </si>
   <si>
+    <t>Mainor Ülemiste 8.5% bond</t>
+  </si>
+  <si>
     <t>MAYB085027FA</t>
   </si>
   <si>
     <t>EE3300003136</t>
   </si>
   <si>
+    <t>Modus grupe 8.5% 2Y bond</t>
+  </si>
+  <si>
+    <t>MDGB085027FA</t>
+  </si>
+  <si>
+    <t>LT0000136095</t>
+  </si>
+  <si>
     <t>Modera 11% bond</t>
   </si>
   <si>
     <t>MODE110027FA</t>
   </si>
   <si>
     <t>EE3300004860</t>
   </si>
   <si>
     <t>NordSpace 12% 2Y bond</t>
   </si>
   <si>
     <t>NDSPC120027FA</t>
   </si>
   <si>
     <t>LT0000133720</t>
   </si>
   <si>
     <t>Neodenta 10% 3Y bond</t>
   </si>
   <si>
     <t>NDTB100027FA</t>
   </si>
   <si>
     <t>LT0000411282</t>
@@ -1277,50 +1316,59 @@
   <si>
     <t>NUMAI085028FB</t>
   </si>
   <si>
     <t>LT0000136129</t>
   </si>
   <si>
     <t>OC VISION 6% 4Y bond</t>
   </si>
   <si>
     <t>OCVB060029FA</t>
   </si>
   <si>
     <t>LV0000104495</t>
   </si>
   <si>
     <t>PRO BRO 9% 2.5Y bond</t>
   </si>
   <si>
     <t>PBGB090028FA</t>
   </si>
   <si>
     <t>LT0000135634</t>
   </si>
   <si>
+    <t>Plovyklos Finance LT 10% 3Y bond</t>
+  </si>
+  <si>
+    <t>PFLT100028FA</t>
+  </si>
+  <si>
+    <t>LT0000133498</t>
+  </si>
+  <si>
     <t>Pro Kapital Grupp 9.00% bond</t>
   </si>
   <si>
     <t>PKGB080024A</t>
   </si>
   <si>
     <t>EE3300001676</t>
   </si>
   <si>
     <t>PN Project 10% 2Y bond</t>
   </si>
   <si>
     <t>PNP100027A</t>
   </si>
   <si>
     <t>LV0000104271</t>
   </si>
   <si>
     <t>PRFoods 6.25% bond</t>
   </si>
   <si>
     <t>PRFB062525A</t>
   </si>
   <si>
     <t>EE3300001577</t>
@@ -1331,51 +1379,51 @@
   <si>
     <t>REFIE080027FA</t>
   </si>
   <si>
     <t>LT0000133381</t>
   </si>
   <si>
     <t>REFI Green 8.5% 2Y bond</t>
   </si>
   <si>
     <t>REFIG085027FA</t>
   </si>
   <si>
     <t>LT0000135816</t>
   </si>
   <si>
     <t>REFI Sun 8.5% 2.5Y bond</t>
   </si>
   <si>
     <t>REFIS085028FA</t>
   </si>
   <si>
     <t>LT0000134702</t>
   </si>
   <si>
-    <t>RATO kredito unija 7Y 12% bond</t>
+    <t>RATO BANKAS 7Y 12% bond</t>
   </si>
   <si>
     <t>RTOB120029FA</t>
   </si>
   <si>
     <t>LT0000407603</t>
   </si>
   <si>
     <t>S3 Business 8% 2.5Y bond</t>
   </si>
   <si>
     <t>S3B080027FA</t>
   </si>
   <si>
     <t>LT0000133472</t>
   </si>
   <si>
     <t>Siauliu bankas 7,7% 10Y bond</t>
   </si>
   <si>
     <t>SABB077034A</t>
   </si>
   <si>
     <t>LT0000409013</t>
   </si>
@@ -1427,59 +1475,50 @@
   <si>
     <t>Storent Holding 10% 2.5Y bond</t>
   </si>
   <si>
     <t>STOH100026A</t>
   </si>
   <si>
     <t>LV0000850345</t>
   </si>
   <si>
     <t>Storent Holding 10% 3.5Y bond</t>
   </si>
   <si>
     <t>STOH100028A</t>
   </si>
   <si>
     <t>LV0000103570</t>
   </si>
   <si>
     <t>STOH100029A</t>
   </si>
   <si>
     <t>LV0000107852</t>
   </si>
   <si>
-    <t>Storent Holdings 11% 2.5Y bond</t>
-[...7 lines deleted...]
-  <si>
     <t>Summus Capital 8.00% 4Y bond</t>
   </si>
   <si>
     <t>SUMC080029A</t>
   </si>
   <si>
     <t>EE0000001493</t>
   </si>
   <si>
     <t>Summus Capital 9,50% 3Y bond</t>
   </si>
   <si>
     <t>SUMC095027FA</t>
   </si>
   <si>
     <t>LV0000860187</t>
   </si>
   <si>
     <t>Sun Finance 3.5Y bond</t>
   </si>
   <si>
     <t>SUNB100028FA</t>
   </si>
   <si>
     <t>LV0000103307</t>
@@ -1551,50 +1590,59 @@
     <t>Valst. inv. kap. 3.119% 4Y bond</t>
   </si>
   <si>
     <t>VIKA0311929A</t>
   </si>
   <si>
     <t>LT0000135436</t>
   </si>
   <si>
     <t>Vli Timber 9% 3Y bond</t>
   </si>
   <si>
     <t>VLIB090028FA</t>
   </si>
   <si>
     <t>LT0000134256</t>
   </si>
   <si>
     <t>Vanagas 10% 2.5Y bond</t>
   </si>
   <si>
     <t>VNGAM100027FA</t>
   </si>
   <si>
     <t>LT0000133886</t>
+  </si>
+  <si>
+    <t>Volta SKAI 10.00% 2Y bond</t>
+  </si>
+  <si>
+    <t>VOLTA100027FB</t>
+  </si>
+  <si>
+    <t>EE0000002475</t>
   </si>
   <si>
     <t>Jasinskio 14 11% 1.5Y bond</t>
   </si>
   <si>
     <t>YLSTN110026FA</t>
   </si>
   <si>
     <t>LT0000411241</t>
   </si>
   <si>
     <t>Zalvaris 9.5% 2Y bond</t>
   </si>
   <si>
     <t>ZLVB095026FA</t>
   </si>
   <si>
     <t>LT0000411175</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1944,54 +1992,54 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W165"/>
+  <dimension ref="A1:W170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I165" sqref="I165"/>
+      <selection activeCell="I170" sqref="I170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -2099,92 +2147,92 @@
       <c r="E3" t="s">
         <v>32</v>
       </c>
       <c r="F3">
         <v>8.0</v>
       </c>
       <c r="G3" s="2">
         <v>43097.0</v>
       </c>
       <c r="H3" s="2">
         <v>46749.0</v>
       </c>
       <c r="I3" s="2">
         <v>46743.0</v>
       </c>
       <c r="J3">
         <v>13535</v>
       </c>
       <c r="K3">
         <v>100.0</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="O3">
-        <v>8.546048</v>
+        <v>7.990054</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>34</v>
       </c>
       <c r="D4" t="s">
         <v>35</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4">
         <v>8.0</v>
       </c>
       <c r="G4" s="2">
         <v>44232.0</v>
       </c>
       <c r="H4" s="2">
         <v>47884.0</v>
       </c>
       <c r="I4" s="2">
         <v>47877.0</v>
       </c>
       <c r="J4">
         <v>27016</v>
       </c>
       <c r="K4">
         <v>100.0</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="O4">
-        <v>8.986492</v>
+        <v>8.501668</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5" t="s">
         <v>38</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>8.5</v>
       </c>
       <c r="G5" s="2">
         <v>44544.0</v>
       </c>
       <c r="H5" s="2">
@@ -2210,96 +2258,99 @@
       <c r="B6" t="s">
         <v>39</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>41</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6">
         <v>8.0</v>
       </c>
       <c r="G6" s="2">
         <v>45821.0</v>
       </c>
       <c r="H6" s="2">
         <v>46734.0</v>
       </c>
       <c r="I6" s="2">
         <v>46722.0</v>
       </c>
       <c r="J6">
-        <v>32274</v>
+        <v>32690</v>
       </c>
       <c r="K6">
         <v>1000.0</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7">
         <v>8.5</v>
       </c>
       <c r="G7" s="2">
         <v>45965.0</v>
       </c>
       <c r="H7" s="2">
         <v>46360.0</v>
       </c>
       <c r="I7" s="2">
         <v>46350.0</v>
       </c>
       <c r="J7">
         <v>14346</v>
       </c>
       <c r="K7">
         <v>1000.0</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
+      <c r="O7">
+        <v>6.472338</v>
+      </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8">
         <v>11.0</v>
       </c>
       <c r="G8" s="2">
         <v>45471.0</v>
       </c>
       <c r="H8" s="2">
         <v>46201.0</v>
@@ -2333,51 +2384,51 @@
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9">
         <v>6.0</v>
       </c>
       <c r="G9" s="2">
         <v>45792.0</v>
       </c>
       <c r="H9" s="2">
         <v>47618.0</v>
       </c>
       <c r="I9" s="2">
         <v>47598.0</v>
       </c>
       <c r="J9">
         <v>350000</v>
       </c>
       <c r="K9">
         <v>1000.0</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="O9">
-        <v>4.58387</v>
+        <v>4.341234</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10">
         <v>0.443</v>
       </c>
       <c r="G10" s="2">
         <v>44477.0</v>
       </c>
       <c r="H10" s="2">
@@ -2429,154 +2480,154 @@
       </c>
       <c r="K11">
         <v>1000.0</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
-        <v>9.493</v>
+        <v>9.522</v>
       </c>
       <c r="G12" s="2">
         <v>45037.0</v>
       </c>
       <c r="H12" s="2">
         <v>46477.0</v>
       </c>
       <c r="I12" s="2">
         <v>46465.0</v>
       </c>
       <c r="J12">
         <v>30000</v>
       </c>
       <c r="K12">
         <v>1000.0</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="O12">
-        <v>21.856781</v>
+        <v>64.259324</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
       <c r="C13" t="s">
         <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>63</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13">
         <v>8.8</v>
       </c>
       <c r="G13" s="2">
         <v>45924.0</v>
       </c>
       <c r="H13" s="2">
         <v>47020.0</v>
       </c>
       <c r="I13" s="2">
         <v>47011.0</v>
       </c>
       <c r="J13">
         <v>150000</v>
       </c>
       <c r="K13">
         <v>100.0</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="O13">
-        <v>8.102751</v>
+        <v>7.568765</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
       <c r="C14" t="s">
         <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>66</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14">
         <v>12.0</v>
       </c>
       <c r="G14" s="2">
         <v>45260.0</v>
       </c>
       <c r="H14" s="2">
         <v>46173.0</v>
       </c>
       <c r="I14" s="2">
         <v>46168.0</v>
       </c>
       <c r="J14">
         <v>4500</v>
       </c>
       <c r="K14">
         <v>1000.0</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="O14">
-        <v>12.229714</v>
+        <v>11.749304</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>69</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15">
         <v>0.5</v>
       </c>
       <c r="G15" s="2">
         <v>44489.0</v>
       </c>
       <c r="H15" s="2">
@@ -2687,253 +2738,256 @@
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18">
         <v>6.5</v>
       </c>
       <c r="G18" s="2">
         <v>45588.0</v>
       </c>
       <c r="H18" s="2">
         <v>49240.0</v>
       </c>
       <c r="I18" s="2">
         <v>49233.0</v>
       </c>
       <c r="J18">
         <v>5000</v>
       </c>
       <c r="K18">
         <v>1000.0</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="O18">
-        <v>6.059509</v>
+        <v>5.821605</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>28</v>
       </c>
       <c r="B19" t="s">
         <v>80</v>
       </c>
       <c r="C19" t="s">
         <v>81</v>
       </c>
       <c r="D19" t="s">
         <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>32</v>
       </c>
       <c r="F19">
         <v>6.5</v>
       </c>
       <c r="G19" s="2">
         <v>45835.0</v>
       </c>
       <c r="H19" s="2">
         <v>49487.0</v>
       </c>
       <c r="I19" s="2">
         <v>49481.0</v>
       </c>
       <c r="J19">
         <v>6000</v>
       </c>
       <c r="K19">
         <v>1000.0</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
       <c r="O19">
-        <v>5.949287</v>
+        <v>5.993474</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>85</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20">
         <v>7.0</v>
       </c>
       <c r="G20" s="2">
         <v>45441.0</v>
       </c>
       <c r="H20" s="2">
         <v>49093.0</v>
       </c>
       <c r="I20" s="2">
         <v>49087.0</v>
       </c>
       <c r="J20">
         <v>7000</v>
       </c>
       <c r="K20">
         <v>1000.0</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
+      <c r="O20">
+        <v>6.40402</v>
+      </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
         <v>86</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>88</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21">
         <v>8.0</v>
       </c>
       <c r="G21" s="2">
         <v>44825.0</v>
       </c>
       <c r="H21" s="2">
         <v>48478.0</v>
       </c>
       <c r="I21" s="2">
         <v>48472.0</v>
       </c>
       <c r="J21">
         <v>20000</v>
       </c>
       <c r="K21">
         <v>1000.0</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
       <c r="O21">
-        <v>7.249567</v>
+        <v>6.987038</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="s">
         <v>89</v>
       </c>
       <c r="D22" t="s">
         <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22">
         <v>8.0</v>
       </c>
       <c r="G22" s="2">
         <v>44973.0</v>
       </c>
       <c r="H22" s="2">
         <v>48626.0</v>
       </c>
       <c r="I22" s="2">
         <v>48619.0</v>
       </c>
       <c r="J22">
         <v>15000</v>
       </c>
       <c r="K22">
         <v>1000.0</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
       </c>
       <c r="O22">
-        <v>6.929027</v>
+        <v>6.996782</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
       <c r="C23" t="s">
         <v>92</v>
       </c>
       <c r="D23" t="s">
         <v>93</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23">
         <v>8.0</v>
       </c>
       <c r="G23" s="2">
         <v>45260.0</v>
       </c>
       <c r="H23" s="2">
         <v>48913.0</v>
       </c>
       <c r="I23" s="2">
         <v>48907.0</v>
       </c>
       <c r="J23">
         <v>5000</v>
       </c>
       <c r="K23">
         <v>1000.0</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
       <c r="O23">
-        <v>6.898273</v>
+        <v>6.592605</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="s">
         <v>95</v>
       </c>
       <c r="D24" t="s">
         <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24">
         <v>7.0</v>
       </c>
       <c r="G24" s="2">
         <v>44713.0</v>
       </c>
       <c r="H24" s="2">
@@ -2968,5611 +3022,5810 @@
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25">
         <v>10.0</v>
       </c>
       <c r="G25" s="2">
         <v>45567.0</v>
       </c>
       <c r="H25" s="2">
         <v>49219.0</v>
       </c>
       <c r="I25" s="2">
         <v>49213.0</v>
       </c>
       <c r="J25">
         <v>20000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
       </c>
       <c r="O25">
-        <v>8.924254</v>
+        <v>8.911778</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26">
         <v>5.0</v>
       </c>
       <c r="G26" s="2">
         <v>44543.0</v>
       </c>
       <c r="H26" s="2">
         <v>48195.0</v>
       </c>
       <c r="I26" s="2">
         <v>48180.0</v>
       </c>
       <c r="J26">
         <v>4000</v>
       </c>
       <c r="K26">
         <v>10000.0</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
       </c>
       <c r="O26">
-        <v>4.709236</v>
+        <v>4.799541</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>103</v>
       </c>
       <c r="C27" t="s">
         <v>104</v>
       </c>
       <c r="D27" t="s">
         <v>105</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27">
         <v>8.0</v>
       </c>
       <c r="G27" s="2">
         <v>45387.0</v>
       </c>
       <c r="H27" s="2">
         <v>49039.0</v>
       </c>
       <c r="I27" s="2">
         <v>49033.0</v>
       </c>
       <c r="J27">
         <v>2000</v>
       </c>
       <c r="K27">
         <v>10000.0</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
       <c r="O27">
-        <v>6.79943</v>
+        <v>6.780669</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
       <c r="C28" t="s">
         <v>107</v>
       </c>
       <c r="D28" t="s">
         <v>108</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28">
         <v>8.0</v>
       </c>
       <c r="G28" s="2">
         <v>45596.0</v>
       </c>
       <c r="H28" s="2">
         <v>46691.0</v>
       </c>
       <c r="I28" s="2">
         <v>46686.0</v>
       </c>
       <c r="J28">
         <v>5000</v>
       </c>
       <c r="K28">
         <v>1000.0</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
-      <c r="O28">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B29" t="s">
         <v>109</v>
       </c>
       <c r="C29" t="s">
         <v>110</v>
       </c>
       <c r="D29" t="s">
         <v>111</v>
       </c>
       <c r="E29" t="s">
         <v>26</v>
       </c>
       <c r="F29">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="G29" s="2">
-        <v>45855.0</v>
+        <v>46065.0</v>
       </c>
       <c r="H29" s="2">
-        <v>47316.0</v>
+        <v>46977.0</v>
       </c>
       <c r="I29" s="2">
-        <v>47308.0</v>
+        <v>46969.0</v>
       </c>
       <c r="J29">
-        <v>10350</v>
+        <v>4000</v>
       </c>
       <c r="K29">
         <v>1000.0</v>
       </c>
       <c r="L29" t="s">
         <v>27</v>
       </c>
       <c r="O29">
-        <v>8.350495</v>
+        <v>7.099907</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>112</v>
       </c>
       <c r="C30" t="s">
         <v>113</v>
       </c>
       <c r="D30" t="s">
         <v>114</v>
       </c>
       <c r="E30" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F30">
-        <v>8.5</v>
+        <v>10.0</v>
       </c>
       <c r="G30" s="2">
-        <v>45716.0</v>
+        <v>45855.0</v>
       </c>
       <c r="H30" s="2">
-        <v>46811.0</v>
+        <v>47316.0</v>
       </c>
       <c r="I30" s="2">
-        <v>46805.0</v>
+        <v>47308.0</v>
       </c>
       <c r="J30">
-        <v>5000</v>
+        <v>10350</v>
       </c>
       <c r="K30">
         <v>1000.0</v>
       </c>
       <c r="L30" t="s">
         <v>27</v>
       </c>
       <c r="O30">
-        <v>6.525924</v>
+        <v>7.943543</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B31" t="s">
         <v>115</v>
       </c>
       <c r="C31" t="s">
         <v>116</v>
       </c>
       <c r="D31" t="s">
         <v>117</v>
       </c>
       <c r="E31" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F31">
-        <v>5.0</v>
+        <v>8.5</v>
       </c>
       <c r="G31" s="2">
-        <v>44630.0</v>
+        <v>45716.0</v>
       </c>
       <c r="H31" s="2">
-        <v>48283.0</v>
+        <v>46811.0</v>
       </c>
       <c r="I31" s="2">
-        <v>48276.0</v>
+        <v>46805.0</v>
       </c>
       <c r="J31">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K31">
         <v>1000.0</v>
       </c>
       <c r="L31" t="s">
         <v>27</v>
+      </c>
+      <c r="O31">
+        <v>6.866114</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
         <v>118</v>
       </c>
       <c r="C32" t="s">
         <v>119</v>
       </c>
       <c r="D32" t="s">
         <v>120</v>
       </c>
       <c r="E32" t="s">
         <v>32</v>
       </c>
       <c r="F32">
-        <v>5.5</v>
+        <v>5.0</v>
       </c>
       <c r="G32" s="2">
-        <v>44286.0</v>
+        <v>44630.0</v>
       </c>
       <c r="H32" s="2">
-        <v>47938.0</v>
+        <v>48283.0</v>
       </c>
       <c r="I32" s="2">
-        <v>47931.0</v>
+        <v>48276.0</v>
       </c>
       <c r="J32">
         <v>10000</v>
       </c>
       <c r="K32">
         <v>1000.0</v>
       </c>
       <c r="L32" t="s">
         <v>27</v>
       </c>
-      <c r="O32">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
       <c r="C33" t="s">
         <v>122</v>
       </c>
       <c r="D33" t="s">
         <v>123</v>
       </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F33">
-        <v>8.036</v>
+        <v>5.5</v>
       </c>
       <c r="G33" s="2">
-        <v>45377.0</v>
+        <v>44286.0</v>
       </c>
       <c r="H33" s="2">
-        <v>46202.0</v>
+        <v>47938.0</v>
       </c>
       <c r="I33" s="2">
-        <v>46192.0</v>
+        <v>47931.0</v>
       </c>
       <c r="J33">
-        <v>16844</v>
+        <v>10000</v>
       </c>
       <c r="K33">
         <v>1000.0</v>
       </c>
       <c r="L33" t="s">
         <v>27</v>
       </c>
       <c r="O33">
-        <v>7.244436</v>
+        <v>5.454307</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
       <c r="C34" t="s">
         <v>125</v>
       </c>
       <c r="D34" t="s">
         <v>126</v>
       </c>
       <c r="E34" t="s">
         <v>26</v>
       </c>
       <c r="F34">
-        <v>9.901</v>
+        <v>8.126</v>
       </c>
       <c r="G34" s="2">
-        <v>45853.0</v>
+        <v>45377.0</v>
       </c>
       <c r="H34" s="2">
-        <v>46767.0</v>
+        <v>46202.0</v>
       </c>
       <c r="I34" s="2">
-        <v>46757.0</v>
+        <v>46192.0</v>
       </c>
       <c r="J34">
-        <v>6000</v>
+        <v>16844</v>
       </c>
       <c r="K34">
         <v>1000.0</v>
       </c>
       <c r="L34" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
         <v>127</v>
       </c>
       <c r="C35" t="s">
         <v>128</v>
       </c>
       <c r="D35" t="s">
         <v>129</v>
       </c>
       <c r="E35" t="s">
         <v>54</v>
       </c>
       <c r="F35">
-        <v>10.0</v>
+        <v>6.5</v>
       </c>
       <c r="G35" s="2">
-        <v>45555.0</v>
+        <v>45975.0</v>
       </c>
       <c r="H35" s="2">
-        <v>47021.0</v>
+        <v>47436.0</v>
       </c>
       <c r="I35" s="2">
-        <v>47015.0</v>
+        <v>47430.0</v>
       </c>
       <c r="J35">
-        <v>150000</v>
+        <v>15000</v>
       </c>
       <c r="K35">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L35" t="s">
         <v>27</v>
       </c>
       <c r="O35">
-        <v>9.179003</v>
+        <v>5.163089</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
         <v>130</v>
       </c>
       <c r="C36" t="s">
         <v>131</v>
       </c>
       <c r="D36" t="s">
         <v>132</v>
       </c>
       <c r="E36" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F36">
-        <v>11.016</v>
+        <v>9.92</v>
       </c>
       <c r="G36" s="2">
-        <v>45161.0</v>
+        <v>45853.0</v>
       </c>
       <c r="H36" s="2">
-        <v>46078.0</v>
+        <v>46767.0</v>
       </c>
       <c r="I36" s="2">
-        <v>46072.0</v>
+        <v>46757.0</v>
       </c>
       <c r="J36">
-        <v>10995</v>
+        <v>6000</v>
       </c>
       <c r="K36">
         <v>1000.0</v>
       </c>
       <c r="L36" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.105428</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
         <v>133</v>
       </c>
       <c r="C37" t="s">
         <v>134</v>
       </c>
       <c r="D37" t="s">
         <v>135</v>
       </c>
       <c r="E37" t="s">
         <v>54</v>
       </c>
       <c r="F37">
-        <v>11.016</v>
+        <v>9.5</v>
       </c>
       <c r="G37" s="2">
-        <v>45253.0</v>
+        <v>45925.0</v>
       </c>
       <c r="H37" s="2">
-        <v>46351.0</v>
+        <v>46655.0</v>
       </c>
       <c r="I37" s="2">
-        <v>46345.0</v>
+        <v>46651.0</v>
       </c>
       <c r="J37">
-        <v>15000</v>
+        <v>25000</v>
       </c>
       <c r="K37">
         <v>1000.0</v>
       </c>
       <c r="L37" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.474784</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B38" t="s">
         <v>136</v>
       </c>
       <c r="C38" t="s">
         <v>137</v>
       </c>
       <c r="D38" t="s">
         <v>138</v>
       </c>
       <c r="E38" t="s">
         <v>54</v>
       </c>
       <c r="F38">
-        <v>13.516</v>
+        <v>10.0</v>
       </c>
       <c r="G38" s="2">
-        <v>45132.0</v>
+        <v>45555.0</v>
       </c>
       <c r="H38" s="2">
-        <v>46959.0</v>
+        <v>47021.0</v>
       </c>
       <c r="I38" s="2">
-        <v>46953.0</v>
+        <v>47015.0</v>
       </c>
       <c r="J38">
-        <v>5000</v>
+        <v>150000</v>
       </c>
       <c r="K38">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L38" t="s">
         <v>27</v>
+      </c>
+      <c r="O38">
+        <v>8.171327</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E39" t="s">
         <v>54</v>
       </c>
       <c r="F39">
-        <v>13.016</v>
+        <v>11.002</v>
       </c>
       <c r="G39" s="2">
-        <v>45443.0</v>
+        <v>45161.0</v>
       </c>
       <c r="H39" s="2">
-        <v>47263.0</v>
+        <v>46078.0</v>
       </c>
       <c r="I39" s="2">
-        <v>47259.0</v>
+        <v>46072.0</v>
       </c>
       <c r="J39">
-        <v>5000</v>
+        <v>10995</v>
       </c>
       <c r="K39">
         <v>1000.0</v>
       </c>
       <c r="L39" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C40" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E40" t="s">
         <v>54</v>
       </c>
       <c r="F40">
-        <v>8.0</v>
+        <v>11.002</v>
       </c>
       <c r="G40" s="2">
-        <v>44974.0</v>
+        <v>45253.0</v>
       </c>
       <c r="H40" s="2">
-        <v>46070.0</v>
+        <v>46351.0</v>
       </c>
       <c r="I40" s="2">
-        <v>46064.0</v>
+        <v>46345.0</v>
       </c>
       <c r="J40">
-        <v>8000</v>
+        <v>15000</v>
       </c>
       <c r="K40">
         <v>1000.0</v>
       </c>
       <c r="L40" t="s">
         <v>27</v>
+      </c>
+      <c r="O40">
+        <v>7.845702</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C41" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E41" t="s">
         <v>54</v>
       </c>
       <c r="F41">
-        <v>9.0</v>
+        <v>13.502</v>
       </c>
       <c r="G41" s="2">
-        <v>45232.0</v>
+        <v>45132.0</v>
       </c>
       <c r="H41" s="2">
-        <v>46328.0</v>
+        <v>46959.0</v>
       </c>
       <c r="I41" s="2">
-        <v>46322.0</v>
+        <v>46953.0</v>
       </c>
       <c r="J41">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K41">
         <v>1000.0</v>
       </c>
       <c r="L41" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B42" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C42" t="s">
         <v>148</v>
       </c>
       <c r="D42" t="s">
         <v>149</v>
       </c>
       <c r="E42" t="s">
         <v>54</v>
       </c>
       <c r="F42">
-        <v>0.5</v>
+        <v>13.002</v>
       </c>
       <c r="G42" s="2">
-        <v>44333.0</v>
+        <v>45443.0</v>
       </c>
       <c r="H42" s="2">
-        <v>46890.0</v>
+        <v>47263.0</v>
       </c>
       <c r="I42" s="2">
-        <v>46875.0</v>
+        <v>47259.0</v>
       </c>
       <c r="J42">
-        <v>50000</v>
+        <v>5000</v>
       </c>
       <c r="K42">
         <v>1000.0</v>
       </c>
       <c r="L42" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
         <v>28</v>
       </c>
       <c r="B43" t="s">
         <v>150</v>
       </c>
       <c r="C43" t="s">
         <v>151</v>
       </c>
       <c r="D43" t="s">
         <v>152</v>
       </c>
       <c r="E43" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F43">
-        <v>2.42</v>
+        <v>3.234</v>
       </c>
       <c r="G43" s="2">
-        <v>44686.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H43" s="2">
-        <v>46512.0</v>
+        <v>56203.0</v>
       </c>
       <c r="I43" s="2">
-        <v>46497.0</v>
+        <v>56193.0</v>
       </c>
       <c r="J43">
-        <v>100000</v>
+        <v>812</v>
       </c>
       <c r="K43">
-        <v>1000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="L43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
         <v>28</v>
       </c>
       <c r="B44" t="s">
         <v>153</v>
       </c>
       <c r="C44" t="s">
         <v>154</v>
       </c>
       <c r="D44" t="s">
         <v>155</v>
       </c>
       <c r="E44" t="s">
         <v>54</v>
       </c>
       <c r="F44">
-        <v>4.952</v>
+        <v>0.5</v>
       </c>
       <c r="G44" s="2">
-        <v>44979.0</v>
+        <v>44333.0</v>
       </c>
       <c r="H44" s="2">
-        <v>47171.0</v>
+        <v>46890.0</v>
       </c>
       <c r="I44" s="2">
-        <v>47165.0</v>
+        <v>46875.0</v>
       </c>
       <c r="J44">
         <v>50000</v>
       </c>
       <c r="K44">
         <v>1000.0</v>
       </c>
       <c r="L44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
         <v>28</v>
       </c>
       <c r="B45" t="s">
         <v>156</v>
       </c>
       <c r="C45" t="s">
         <v>157</v>
       </c>
       <c r="D45" t="s">
         <v>158</v>
       </c>
       <c r="E45" t="s">
         <v>54</v>
       </c>
       <c r="F45">
-        <v>3.612</v>
+        <v>2.42</v>
       </c>
       <c r="G45" s="2">
-        <v>45974.0</v>
+        <v>44686.0</v>
       </c>
       <c r="H45" s="2">
-        <v>47800.0</v>
+        <v>46512.0</v>
       </c>
       <c r="I45" s="2">
-        <v>47794.0</v>
+        <v>46497.0</v>
       </c>
       <c r="J45">
-        <v>400000</v>
+        <v>100000</v>
       </c>
       <c r="K45">
         <v>1000.0</v>
       </c>
       <c r="L45" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>28</v>
       </c>
       <c r="B46" t="s">
         <v>159</v>
       </c>
       <c r="C46" t="s">
         <v>160</v>
       </c>
       <c r="D46" t="s">
         <v>161</v>
       </c>
       <c r="E46" t="s">
         <v>54</v>
       </c>
       <c r="F46">
-        <v>9.5</v>
+        <v>4.952</v>
       </c>
       <c r="G46" s="2">
-        <v>45954.0</v>
+        <v>44979.0</v>
       </c>
       <c r="H46" s="2">
-        <v>47780.0</v>
+        <v>47171.0</v>
       </c>
       <c r="I46" s="2">
-        <v>47774.0</v>
+        <v>47165.0</v>
       </c>
       <c r="J46">
-        <v>275000</v>
+        <v>50000</v>
       </c>
       <c r="K46">
         <v>1000.0</v>
       </c>
       <c r="L46" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.227566</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
         <v>28</v>
       </c>
       <c r="B47" t="s">
         <v>162</v>
       </c>
       <c r="C47" t="s">
         <v>163</v>
       </c>
       <c r="D47" t="s">
         <v>164</v>
       </c>
       <c r="E47" t="s">
         <v>54</v>
       </c>
       <c r="F47">
-        <v>13.0</v>
+        <v>3.612</v>
       </c>
       <c r="G47" s="2">
-        <v>45230.0</v>
+        <v>45974.0</v>
       </c>
       <c r="H47" s="2">
-        <v>47057.0</v>
+        <v>47800.0</v>
       </c>
       <c r="I47" s="2">
-        <v>47051.0</v>
+        <v>47794.0</v>
       </c>
       <c r="J47">
-        <v>900000</v>
+        <v>400000</v>
       </c>
       <c r="K47">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L47" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.763116</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B48" t="s">
         <v>165</v>
       </c>
       <c r="C48" t="s">
         <v>166</v>
       </c>
       <c r="D48" t="s">
         <v>167</v>
       </c>
       <c r="E48" t="s">
         <v>54</v>
       </c>
       <c r="F48">
-        <v>6.0</v>
+        <v>9.5</v>
       </c>
       <c r="G48" s="2">
-        <v>44239.0</v>
+        <v>45954.0</v>
       </c>
       <c r="H48" s="2">
-        <v>46065.0</v>
+        <v>47780.0</v>
       </c>
       <c r="I48" s="2">
-        <v>46055.0</v>
+        <v>47774.0</v>
       </c>
       <c r="J48">
-        <v>20000</v>
+        <v>275000</v>
       </c>
       <c r="K48">
         <v>1000.0</v>
       </c>
       <c r="L48" t="s">
         <v>27</v>
       </c>
       <c r="O48">
-        <v>4.202427</v>
+        <v>7.934629</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B49" t="s">
         <v>168</v>
       </c>
       <c r="C49" t="s">
         <v>169</v>
       </c>
       <c r="D49" t="s">
         <v>170</v>
       </c>
       <c r="E49" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F49">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
       <c r="G49" s="2">
-        <v>45772.0</v>
+        <v>45230.0</v>
       </c>
       <c r="H49" s="2">
-        <v>46685.0</v>
+        <v>47057.0</v>
       </c>
       <c r="I49" s="2">
-        <v>46675.0</v>
+        <v>47051.0</v>
       </c>
       <c r="J49">
-        <v>20000</v>
+        <v>900000</v>
       </c>
       <c r="K49">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L49" t="s">
         <v>27</v>
+      </c>
+      <c r="O49">
+        <v>9.178096</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B50" t="s">
         <v>171</v>
       </c>
       <c r="C50" t="s">
         <v>172</v>
       </c>
       <c r="D50" t="s">
         <v>173</v>
       </c>
       <c r="E50" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F50">
-        <v>3.117</v>
+        <v>7.25</v>
       </c>
       <c r="G50" s="2">
-        <v>44720.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H50" s="2">
-        <v>46546.0</v>
+        <v>47472.0</v>
       </c>
       <c r="I50" s="2">
-        <v>46538.0</v>
+        <v>47466.0</v>
       </c>
       <c r="J50">
-        <v>75000</v>
+        <v>20000</v>
       </c>
       <c r="K50">
         <v>1000.0</v>
       </c>
       <c r="L50" t="s">
         <v>27</v>
+      </c>
+      <c r="O50">
+        <v>6.497239</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B51" t="s">
         <v>174</v>
       </c>
       <c r="C51" t="s">
         <v>175</v>
       </c>
       <c r="D51" t="s">
         <v>176</v>
       </c>
       <c r="E51" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F51">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
       <c r="G51" s="2">
-        <v>45812.0</v>
+        <v>45772.0</v>
       </c>
       <c r="H51" s="2">
-        <v>46908.0</v>
+        <v>46685.0</v>
       </c>
       <c r="I51" s="2">
-        <v>46902.0</v>
+        <v>46675.0</v>
       </c>
       <c r="J51">
-        <v>500000</v>
+        <v>20000</v>
       </c>
       <c r="K51">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L51" t="s">
         <v>27</v>
       </c>
       <c r="O51">
-        <v>3.549284</v>
+        <v>8.402926</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
+        <v>28</v>
+      </c>
+      <c r="B52" t="s">
         <v>177</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>178</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>179</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F52">
-        <v>3.3</v>
+        <v>3.117</v>
       </c>
       <c r="G52" s="2">
-        <v>45551.0</v>
+        <v>44720.0</v>
       </c>
       <c r="H52" s="2">
-        <v>46281.0</v>
+        <v>46546.0</v>
       </c>
       <c r="I52" s="2">
-        <v>46274.0</v>
+        <v>46538.0</v>
       </c>
       <c r="J52">
-        <v>2000000</v>
+        <v>75000</v>
       </c>
       <c r="K52">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L52" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.922383</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B53" t="s">
+        <v>180</v>
+      </c>
+      <c r="C53" t="s">
         <v>181</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E53" t="s">
         <v>32</v>
       </c>
       <c r="F53">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="G53" s="2">
-        <v>45952.0</v>
+        <v>45812.0</v>
       </c>
       <c r="H53" s="2">
-        <v>47048.0</v>
+        <v>46908.0</v>
       </c>
       <c r="I53" s="2">
-        <v>47038.0</v>
+        <v>46902.0</v>
       </c>
       <c r="J53">
-        <v>3000</v>
+        <v>500000</v>
       </c>
       <c r="K53">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L53" t="s">
         <v>27</v>
       </c>
       <c r="O53">
-        <v>9.309544</v>
+        <v>4.304809</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>22</v>
       </c>
       <c r="B54" t="s">
+        <v>183</v>
+      </c>
+      <c r="C54" t="s">
         <v>184</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>185</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F54">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
       <c r="G54" s="2">
-        <v>45812.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H54" s="2">
-        <v>46908.0</v>
+        <v>46379.0</v>
       </c>
       <c r="I54" s="2">
-        <v>46903.0</v>
+        <v>46371.0</v>
       </c>
       <c r="J54">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="K54">
         <v>1000.0</v>
       </c>
       <c r="L54" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.495546</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="B55" t="s">
         <v>187</v>
       </c>
       <c r="C55" t="s">
         <v>188</v>
       </c>
       <c r="D55" t="s">
         <v>189</v>
       </c>
       <c r="E55" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F55">
-        <v>9.0</v>
+        <v>3.3</v>
       </c>
       <c r="G55" s="2">
-        <v>45646.0</v>
+        <v>45551.0</v>
       </c>
       <c r="H55" s="2">
-        <v>46741.0</v>
+        <v>46281.0</v>
       </c>
       <c r="I55" s="2">
-        <v>46734.0</v>
+        <v>46274.0</v>
       </c>
       <c r="J55">
-        <v>3000</v>
+        <v>2000000</v>
       </c>
       <c r="K55">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L55" t="s">
         <v>27</v>
       </c>
       <c r="O55">
-        <v>8.452131</v>
+        <v>1.479368</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>22</v>
       </c>
       <c r="B56" t="s">
         <v>190</v>
       </c>
       <c r="C56" t="s">
         <v>191</v>
       </c>
       <c r="D56" t="s">
         <v>192</v>
       </c>
       <c r="E56" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F56">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="G56" s="2">
-        <v>45432.0</v>
+        <v>45952.0</v>
       </c>
       <c r="H56" s="2">
-        <v>46527.0</v>
+        <v>47048.0</v>
       </c>
       <c r="I56" s="2">
-        <v>46519.0</v>
+        <v>47038.0</v>
       </c>
       <c r="J56">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K56">
         <v>1000.0</v>
       </c>
       <c r="L56" t="s">
         <v>27</v>
       </c>
       <c r="O56">
-        <v>9.336039</v>
+        <v>8.306642</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
         <v>22</v>
       </c>
       <c r="B57" t="s">
         <v>193</v>
       </c>
       <c r="C57" t="s">
         <v>194</v>
       </c>
       <c r="D57" t="s">
         <v>195</v>
       </c>
       <c r="E57" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F57">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="G57" s="2">
-        <v>45548.0</v>
+        <v>45812.0</v>
       </c>
       <c r="H57" s="2">
-        <v>46010.0</v>
+        <v>46908.0</v>
       </c>
       <c r="I57" s="2">
-        <v>46003.0</v>
+        <v>46903.0</v>
       </c>
       <c r="J57">
-        <v>8000</v>
+        <v>5000</v>
       </c>
       <c r="K57">
         <v>1000.0</v>
       </c>
       <c r="L57" t="s">
         <v>27</v>
+      </c>
+      <c r="O57">
+        <v>7.854335</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
         <v>196</v>
       </c>
       <c r="C58" t="s">
         <v>197</v>
       </c>
       <c r="D58" t="s">
         <v>198</v>
       </c>
       <c r="E58" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F58">
-        <v>11.25</v>
+        <v>9.0</v>
       </c>
       <c r="G58" s="2">
-        <v>42513.0</v>
+        <v>45646.0</v>
       </c>
       <c r="H58" s="2">
-        <v>46896.0</v>
+        <v>46741.0</v>
       </c>
       <c r="I58" s="2">
-        <v>46890.0</v>
+        <v>46734.0</v>
       </c>
       <c r="J58">
-        <v>135000</v>
+        <v>3000</v>
       </c>
       <c r="K58">
         <v>1000.0</v>
       </c>
       <c r="L58" t="s">
         <v>27</v>
+      </c>
+      <c r="O58">
+        <v>7.805952</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B59" t="s">
         <v>199</v>
       </c>
       <c r="C59" t="s">
         <v>200</v>
       </c>
       <c r="D59" t="s">
         <v>201</v>
       </c>
       <c r="E59" t="s">
         <v>26</v>
       </c>
       <c r="F59">
-        <v>10.5</v>
+        <v>12.0</v>
       </c>
       <c r="G59" s="2">
-        <v>44764.0</v>
+        <v>45432.0</v>
       </c>
       <c r="H59" s="2">
-        <v>47321.0</v>
+        <v>46527.0</v>
       </c>
       <c r="I59" s="2">
-        <v>47314.0</v>
+        <v>46519.0</v>
       </c>
       <c r="J59">
-        <v>127500</v>
+        <v>5000</v>
       </c>
       <c r="K59">
         <v>1000.0</v>
       </c>
       <c r="L59" t="s">
         <v>27</v>
+      </c>
+      <c r="O59">
+        <v>8.771117</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B60" t="s">
         <v>202</v>
       </c>
       <c r="C60" t="s">
         <v>203</v>
       </c>
       <c r="D60" t="s">
         <v>204</v>
       </c>
       <c r="E60" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F60">
-        <v>6.493</v>
+        <v>11.25</v>
       </c>
       <c r="G60" s="2">
-        <v>45742.0</v>
+        <v>42513.0</v>
       </c>
       <c r="H60" s="2">
-        <v>47113.0</v>
+        <v>46896.0</v>
       </c>
       <c r="I60" s="2">
-        <v>47100.0</v>
+        <v>46890.0</v>
       </c>
       <c r="J60">
-        <v>170000</v>
+        <v>135000</v>
       </c>
       <c r="K60">
         <v>1000.0</v>
       </c>
       <c r="L60" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.156812</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B61" t="s">
         <v>205</v>
       </c>
       <c r="C61" t="s">
         <v>206</v>
       </c>
       <c r="D61" t="s">
         <v>207</v>
       </c>
       <c r="E61" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F61">
-        <v>10.0</v>
+        <v>7.75</v>
       </c>
       <c r="G61" s="2">
-        <v>45401.0</v>
+        <v>44764.0</v>
       </c>
       <c r="H61" s="2">
-        <v>46493.0</v>
+        <v>47321.0</v>
       </c>
       <c r="I61" s="2">
-        <v>46489.0</v>
+        <v>47314.0</v>
       </c>
       <c r="J61">
-        <v>120000</v>
+        <v>127500</v>
       </c>
       <c r="K61">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L61" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.61308</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B62" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C62" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D62" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E62" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F62">
-        <v>10.0</v>
+        <v>6.522</v>
       </c>
       <c r="G62" s="2">
-        <v>45534.0</v>
+        <v>45742.0</v>
       </c>
       <c r="H62" s="2">
-        <v>46629.0</v>
+        <v>47113.0</v>
       </c>
       <c r="I62" s="2">
-        <v>46623.0</v>
+        <v>47100.0</v>
       </c>
       <c r="J62">
-        <v>50000</v>
+        <v>170000</v>
       </c>
       <c r="K62">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L62" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.119464</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
         <v>28</v>
       </c>
       <c r="B63" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C63" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D63" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E63" t="s">
         <v>54</v>
       </c>
       <c r="F63">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="G63" s="2">
-        <v>45812.0</v>
+        <v>45401.0</v>
       </c>
       <c r="H63" s="2">
-        <v>47638.0</v>
+        <v>46493.0</v>
       </c>
       <c r="I63" s="2">
-        <v>47632.0</v>
+        <v>46489.0</v>
       </c>
       <c r="J63">
-        <v>200000</v>
+        <v>120000</v>
       </c>
       <c r="K63">
         <v>100.0</v>
       </c>
       <c r="L63" t="s">
         <v>27</v>
       </c>
+      <c r="O63">
+        <v>6.389616</v>
+      </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B64" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C64" t="s">
         <v>214</v>
       </c>
       <c r="D64" t="s">
         <v>215</v>
       </c>
       <c r="E64" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F64">
-        <v>8.127</v>
+        <v>10.0</v>
       </c>
       <c r="G64" s="2">
-        <v>45064.0</v>
+        <v>45534.0</v>
       </c>
       <c r="H64" s="2">
-        <v>46160.0</v>
+        <v>46629.0</v>
       </c>
       <c r="I64" s="2">
-        <v>46148.0</v>
+        <v>46623.0</v>
       </c>
       <c r="J64">
-        <v>56617</v>
+        <v>50000</v>
       </c>
       <c r="K64">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L64" t="s">
         <v>27</v>
       </c>
       <c r="O64">
-        <v>8.152003</v>
+        <v>7.711517</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B65" t="s">
         <v>216</v>
       </c>
       <c r="C65" t="s">
         <v>217</v>
       </c>
       <c r="D65" t="s">
         <v>218</v>
       </c>
       <c r="E65" t="s">
         <v>54</v>
       </c>
       <c r="F65">
-        <v>4.5</v>
+        <v>4.0</v>
       </c>
       <c r="G65" s="2">
-        <v>44915.0</v>
+        <v>45812.0</v>
       </c>
       <c r="H65" s="2">
-        <v>46631.0</v>
+        <v>47638.0</v>
       </c>
       <c r="I65" s="2">
-        <v>46625.0</v>
+        <v>47632.0</v>
       </c>
       <c r="J65">
-        <v>107560787</v>
+        <v>200000</v>
       </c>
       <c r="K65">
-        <v>0.01</v>
+        <v>100.0</v>
       </c>
       <c r="L65" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
         <v>22</v>
       </c>
       <c r="B66" t="s">
         <v>219</v>
       </c>
       <c r="C66" t="s">
         <v>220</v>
       </c>
       <c r="D66" t="s">
         <v>221</v>
       </c>
       <c r="E66" t="s">
         <v>26</v>
       </c>
       <c r="F66">
-        <v>9.0</v>
+        <v>8.127</v>
       </c>
       <c r="G66" s="2">
-        <v>45860.0</v>
+        <v>45064.0</v>
       </c>
       <c r="H66" s="2">
-        <v>46865.0</v>
+        <v>46160.0</v>
       </c>
       <c r="I66" s="2">
-        <v>46857.0</v>
+        <v>46148.0</v>
       </c>
       <c r="J66">
-        <v>8000</v>
+        <v>58617</v>
       </c>
       <c r="K66">
         <v>1000.0</v>
       </c>
       <c r="L66" t="s">
         <v>27</v>
       </c>
       <c r="O66">
-        <v>8.616431</v>
+        <v>3.756741</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
         <v>22</v>
       </c>
       <c r="B67" t="s">
         <v>222</v>
       </c>
       <c r="C67" t="s">
         <v>223</v>
       </c>
       <c r="D67" t="s">
         <v>224</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F67">
-        <v>9.5</v>
+        <v>4.5</v>
       </c>
       <c r="G67" s="2">
-        <v>45442.0</v>
+        <v>44915.0</v>
       </c>
       <c r="H67" s="2">
-        <v>49094.0</v>
+        <v>46631.0</v>
       </c>
       <c r="I67" s="2">
-        <v>49088.0</v>
+        <v>46625.0</v>
       </c>
       <c r="J67">
-        <v>2000</v>
+        <v>108367493</v>
       </c>
       <c r="K67">
-        <v>1000.0</v>
+        <v>0.01</v>
       </c>
       <c r="L67" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.818246</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
         <v>22</v>
       </c>
       <c r="B68" t="s">
         <v>225</v>
       </c>
       <c r="C68" t="s">
         <v>226</v>
       </c>
       <c r="D68" t="s">
         <v>227</v>
       </c>
       <c r="E68" t="s">
         <v>26</v>
       </c>
       <c r="F68">
         <v>9.0</v>
       </c>
       <c r="G68" s="2">
-        <v>45833.0</v>
+        <v>45860.0</v>
       </c>
       <c r="H68" s="2">
-        <v>46868.0</v>
+        <v>46865.0</v>
       </c>
       <c r="I68" s="2">
-        <v>46860.0</v>
+        <v>46857.0</v>
       </c>
       <c r="J68">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="K68">
         <v>1000.0</v>
       </c>
       <c r="L68" t="s">
         <v>27</v>
       </c>
       <c r="O68">
-        <v>7.183228</v>
+        <v>7.233679</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B69" t="s">
         <v>228</v>
       </c>
       <c r="C69" t="s">
         <v>229</v>
       </c>
       <c r="D69" t="s">
         <v>230</v>
       </c>
       <c r="E69" t="s">
         <v>32</v>
       </c>
       <c r="F69">
         <v>9.5</v>
       </c>
       <c r="G69" s="2">
-        <v>45987.0</v>
+        <v>45442.0</v>
       </c>
       <c r="H69" s="2">
-        <v>47083.0</v>
+        <v>49094.0</v>
       </c>
       <c r="I69" s="2">
-        <v>47077.0</v>
+        <v>49088.0</v>
       </c>
       <c r="J69">
-        <v>8000</v>
+        <v>2000</v>
       </c>
       <c r="K69">
         <v>1000.0</v>
       </c>
       <c r="L69" t="s">
         <v>27</v>
       </c>
       <c r="O69">
-        <v>9.106028</v>
+        <v>7.368842</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
         <v>22</v>
       </c>
       <c r="B70" t="s">
         <v>231</v>
       </c>
       <c r="C70" t="s">
         <v>232</v>
       </c>
       <c r="D70" t="s">
         <v>233</v>
       </c>
       <c r="E70" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F70">
-        <v>7.993</v>
+        <v>9.0</v>
       </c>
       <c r="G70" s="2">
-        <v>45282.0</v>
+        <v>45833.0</v>
       </c>
       <c r="H70" s="2">
-        <v>46568.0</v>
+        <v>46868.0</v>
       </c>
       <c r="I70" s="2">
-        <v>46560.0</v>
+        <v>46860.0</v>
       </c>
       <c r="J70">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="K70">
         <v>1000.0</v>
       </c>
       <c r="L70" t="s">
         <v>27</v>
       </c>
       <c r="O70">
-        <v>7.4685</v>
+        <v>7.045811</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
         <v>28</v>
       </c>
       <c r="B71" t="s">
         <v>234</v>
       </c>
       <c r="C71" t="s">
         <v>235</v>
       </c>
       <c r="D71" t="s">
         <v>236</v>
       </c>
       <c r="E71" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F71">
-        <v>1.875</v>
+        <v>9.5</v>
       </c>
       <c r="G71" s="2">
-        <v>43291.0</v>
+        <v>45987.0</v>
       </c>
       <c r="H71" s="2">
-        <v>46944.0</v>
+        <v>47083.0</v>
       </c>
       <c r="I71" s="2">
-        <v>46938.0</v>
+        <v>47077.0</v>
       </c>
       <c r="J71">
-        <v>300000</v>
+        <v>8000</v>
       </c>
       <c r="K71">
         <v>1000.0</v>
       </c>
       <c r="L71" t="s">
         <v>27</v>
+      </c>
+      <c r="O71">
+        <v>8.070445</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B72" t="s">
         <v>237</v>
       </c>
       <c r="C72" t="s">
         <v>238</v>
       </c>
       <c r="D72" t="s">
         <v>239</v>
       </c>
       <c r="E72" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F72">
-        <v>2.0</v>
+        <v>8.022</v>
       </c>
       <c r="G72" s="2">
-        <v>42930.0</v>
+        <v>45282.0</v>
       </c>
       <c r="H72" s="2">
-        <v>46582.0</v>
+        <v>46568.0</v>
       </c>
       <c r="I72" s="2">
-        <v>46576.0</v>
+        <v>46560.0</v>
       </c>
       <c r="J72">
-        <v>300000</v>
+        <v>20000</v>
       </c>
       <c r="K72">
         <v>1000.0</v>
       </c>
       <c r="L72" t="s">
         <v>27</v>
+      </c>
+      <c r="O72">
+        <v>6.846083</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
         <v>28</v>
       </c>
       <c r="B73" t="s">
         <v>240</v>
       </c>
       <c r="C73" t="s">
         <v>241</v>
       </c>
       <c r="D73" t="s">
         <v>242</v>
       </c>
       <c r="E73" t="s">
         <v>26</v>
       </c>
       <c r="F73">
-        <v>2.0</v>
+        <v>1.875</v>
       </c>
       <c r="G73" s="2">
-        <v>43972.0</v>
+        <v>43291.0</v>
       </c>
       <c r="H73" s="2">
-        <v>47624.0</v>
+        <v>46944.0</v>
       </c>
       <c r="I73" s="2">
-        <v>47618.0</v>
+        <v>46938.0</v>
       </c>
       <c r="J73">
         <v>300000</v>
       </c>
       <c r="K73">
         <v>1000.0</v>
       </c>
       <c r="L73" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
         <v>28</v>
       </c>
       <c r="B74" t="s">
         <v>243</v>
       </c>
       <c r="C74" t="s">
         <v>244</v>
       </c>
       <c r="D74" t="s">
         <v>245</v>
       </c>
       <c r="E74" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F74">
-        <v>5.5</v>
+        <v>2.0</v>
       </c>
       <c r="G74" s="2">
-        <v>44545.0</v>
+        <v>42930.0</v>
       </c>
       <c r="H74" s="2">
-        <v>48197.0</v>
+        <v>46582.0</v>
       </c>
       <c r="I74" s="2">
-        <v>48191.0</v>
+        <v>46576.0</v>
       </c>
       <c r="J74">
-        <v>15000</v>
+        <v>300000</v>
       </c>
       <c r="K74">
         <v>1000.0</v>
       </c>
       <c r="L74" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.305956</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
         <v>28</v>
       </c>
       <c r="B75" t="s">
         <v>246</v>
       </c>
       <c r="C75" t="s">
         <v>247</v>
       </c>
       <c r="D75" t="s">
         <v>248</v>
       </c>
       <c r="E75" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F75">
-        <v>6.25</v>
+        <v>2.0</v>
       </c>
       <c r="G75" s="2">
-        <v>45939.0</v>
+        <v>43972.0</v>
       </c>
       <c r="H75" s="2">
-        <v>49591.0</v>
+        <v>47624.0</v>
       </c>
       <c r="I75" s="2">
-        <v>49585.0</v>
+        <v>47618.0</v>
       </c>
       <c r="J75">
-        <v>8000</v>
+        <v>300000</v>
       </c>
       <c r="K75">
         <v>1000.0</v>
       </c>
       <c r="L75" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.610207</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>28</v>
       </c>
       <c r="B76" t="s">
         <v>249</v>
       </c>
       <c r="C76" t="s">
         <v>250</v>
       </c>
       <c r="D76" t="s">
         <v>251</v>
       </c>
       <c r="E76" t="s">
         <v>32</v>
       </c>
       <c r="F76">
-        <v>9.0</v>
+        <v>5.5</v>
       </c>
       <c r="G76" s="2">
-        <v>45273.0</v>
+        <v>44545.0</v>
       </c>
       <c r="H76" s="2">
-        <v>48926.0</v>
+        <v>48197.0</v>
       </c>
       <c r="I76" s="2">
-        <v>48919.0</v>
+        <v>48191.0</v>
       </c>
       <c r="J76">
-        <v>8000</v>
+        <v>15000</v>
       </c>
       <c r="K76">
         <v>1000.0</v>
       </c>
       <c r="L76" t="s">
         <v>27</v>
       </c>
       <c r="O76">
-        <v>7.430048</v>
+        <v>5.501747</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B77" t="s">
         <v>252</v>
       </c>
       <c r="C77" t="s">
         <v>253</v>
       </c>
       <c r="D77" t="s">
         <v>254</v>
       </c>
       <c r="E77" t="s">
         <v>32</v>
       </c>
       <c r="F77">
-        <v>11.0</v>
+        <v>6.25</v>
       </c>
       <c r="G77" s="2">
-        <v>45806.0</v>
+        <v>45939.0</v>
       </c>
       <c r="H77" s="2">
-        <v>47267.0</v>
+        <v>49591.0</v>
       </c>
       <c r="I77" s="2">
-        <v>47261.0</v>
+        <v>49585.0</v>
       </c>
       <c r="J77">
         <v>8000</v>
       </c>
       <c r="K77">
         <v>1000.0</v>
       </c>
       <c r="L77" t="s">
         <v>27</v>
       </c>
       <c r="O77">
-        <v>8.80039</v>
+        <v>5.721329</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
         <v>28</v>
       </c>
       <c r="B78" t="s">
         <v>255</v>
       </c>
       <c r="C78" t="s">
         <v>256</v>
       </c>
       <c r="D78" t="s">
         <v>257</v>
       </c>
       <c r="E78" t="s">
         <v>32</v>
       </c>
       <c r="F78">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
       <c r="G78" s="2">
-        <v>44475.0</v>
+        <v>45273.0</v>
       </c>
       <c r="H78" s="2">
-        <v>46301.0</v>
+        <v>48926.0</v>
       </c>
       <c r="I78" s="2">
-        <v>46295.0</v>
+        <v>48919.0</v>
       </c>
       <c r="J78">
-        <v>472974</v>
+        <v>8000</v>
       </c>
       <c r="K78">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L78" t="s">
         <v>27</v>
       </c>
       <c r="O78">
-        <v>8.318</v>
+        <v>7.227094</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B79" t="s">
         <v>258</v>
       </c>
       <c r="C79" t="s">
         <v>259</v>
       </c>
       <c r="D79" t="s">
         <v>260</v>
       </c>
       <c r="E79" t="s">
         <v>32</v>
       </c>
       <c r="F79">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
       <c r="G79" s="2">
-        <v>45814.0</v>
+        <v>45806.0</v>
       </c>
       <c r="H79" s="2">
-        <v>47823.0</v>
+        <v>47267.0</v>
       </c>
       <c r="I79" s="2">
-        <v>47634.0</v>
+        <v>47261.0</v>
       </c>
       <c r="J79">
-        <v>1600000</v>
+        <v>8000</v>
       </c>
       <c r="K79">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L79" t="s">
         <v>27</v>
       </c>
       <c r="O79">
-        <v>12.040204</v>
+        <v>8.941739</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
         <v>28</v>
       </c>
       <c r="B80" t="s">
         <v>261</v>
       </c>
       <c r="C80" t="s">
         <v>262</v>
       </c>
       <c r="D80" t="s">
         <v>263</v>
       </c>
       <c r="E80" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F80">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
       <c r="G80" s="2">
-        <v>45457.0</v>
+        <v>44475.0</v>
       </c>
       <c r="H80" s="2">
-        <v>46552.0</v>
+        <v>46301.0</v>
       </c>
       <c r="I80" s="2">
-        <v>46542.0</v>
+        <v>46295.0</v>
       </c>
       <c r="J80">
-        <v>10000</v>
+        <v>472974</v>
       </c>
       <c r="K80">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L80" t="s">
         <v>27</v>
       </c>
       <c r="O80">
-        <v>5.578064</v>
+        <v>7.318118</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B81" t="s">
         <v>264</v>
       </c>
       <c r="C81" t="s">
         <v>265</v>
       </c>
       <c r="D81" t="s">
         <v>266</v>
       </c>
       <c r="E81" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F81">
-        <v>11.5</v>
+        <v>12.0</v>
       </c>
       <c r="G81" s="2">
-        <v>45853.0</v>
+        <v>45814.0</v>
       </c>
       <c r="H81" s="2">
-        <v>46583.0</v>
+        <v>47823.0</v>
       </c>
       <c r="I81" s="2">
-        <v>46575.0</v>
+        <v>47634.0</v>
       </c>
       <c r="J81">
-        <v>8000</v>
+        <v>1600000</v>
       </c>
       <c r="K81">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L81" t="s">
         <v>27</v>
       </c>
       <c r="O81">
-        <v>10.919237</v>
+        <v>12.033415</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B82" t="s">
         <v>267</v>
       </c>
       <c r="C82" t="s">
         <v>268</v>
       </c>
       <c r="D82" t="s">
         <v>269</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="G82" s="2">
-        <v>45930.0</v>
+        <v>45457.0</v>
       </c>
       <c r="H82" s="2">
-        <v>48852.0</v>
+        <v>46552.0</v>
       </c>
       <c r="I82" s="2">
-        <v>48848.0</v>
+        <v>46542.0</v>
       </c>
       <c r="J82">
-        <v>1064</v>
+        <v>10000</v>
       </c>
       <c r="K82">
         <v>1000.0</v>
       </c>
       <c r="L82" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B83" t="s">
         <v>270</v>
       </c>
       <c r="C83" t="s">
         <v>271</v>
       </c>
       <c r="D83" t="s">
         <v>272</v>
       </c>
       <c r="E83" t="s">
         <v>26</v>
       </c>
       <c r="F83">
-        <v>8.0</v>
+        <v>11.5</v>
       </c>
       <c r="G83" s="2">
-        <v>45645.0</v>
+        <v>45853.0</v>
       </c>
       <c r="H83" s="2">
-        <v>46375.0</v>
+        <v>46583.0</v>
       </c>
       <c r="I83" s="2">
-        <v>46366.0</v>
+        <v>46575.0</v>
       </c>
       <c r="J83">
-        <v>406087</v>
+        <v>8000</v>
       </c>
       <c r="K83">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L83" t="s">
         <v>27</v>
       </c>
       <c r="O83">
-        <v>6.686966</v>
+        <v>10.115601</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
         <v>22</v>
       </c>
       <c r="B84" t="s">
         <v>273</v>
       </c>
       <c r="C84" t="s">
         <v>274</v>
       </c>
       <c r="D84" t="s">
         <v>275</v>
       </c>
       <c r="E84" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F84">
-        <v>7.5</v>
+        <v>10.5</v>
       </c>
       <c r="G84" s="2">
-        <v>45638.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H84" s="2">
-        <v>47099.0</v>
+        <v>46744.0</v>
       </c>
       <c r="I84" s="2">
-        <v>47093.0</v>
+        <v>46736.0</v>
       </c>
       <c r="J84">
-        <v>8000</v>
+        <v>4500</v>
       </c>
       <c r="K84">
         <v>1000.0</v>
       </c>
       <c r="L84" t="s">
         <v>27</v>
       </c>
       <c r="O84">
-        <v>7.218214</v>
+        <v>10.481367</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
         <v>22</v>
       </c>
       <c r="B85" t="s">
         <v>276</v>
       </c>
       <c r="C85" t="s">
         <v>277</v>
       </c>
       <c r="D85" t="s">
         <v>278</v>
       </c>
       <c r="E85" t="s">
         <v>26</v>
       </c>
       <c r="F85">
-        <v>8.303</v>
+        <v>8.0</v>
       </c>
       <c r="G85" s="2">
-        <v>45392.0</v>
+        <v>45930.0</v>
       </c>
       <c r="H85" s="2">
-        <v>46670.0</v>
+        <v>48852.0</v>
       </c>
       <c r="I85" s="2">
-        <v>46664.0</v>
+        <v>48848.0</v>
       </c>
       <c r="J85">
-        <v>1500</v>
+        <v>1064</v>
       </c>
       <c r="K85">
         <v>1000.0</v>
       </c>
       <c r="L85" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B86" t="s">
         <v>279</v>
       </c>
       <c r="C86" t="s">
         <v>280</v>
       </c>
       <c r="D86" t="s">
         <v>281</v>
       </c>
       <c r="E86" t="s">
         <v>26</v>
       </c>
       <c r="F86">
-        <v>8.313</v>
+        <v>8.0</v>
       </c>
       <c r="G86" s="2">
-        <v>45726.0</v>
+        <v>45645.0</v>
       </c>
       <c r="H86" s="2">
-        <v>47128.0</v>
+        <v>46375.0</v>
       </c>
       <c r="I86" s="2">
-        <v>47120.0</v>
+        <v>46366.0</v>
       </c>
       <c r="J86">
-        <v>2150</v>
+        <v>500000</v>
       </c>
       <c r="K86">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L86" t="s">
         <v>27</v>
+      </c>
+      <c r="O86">
+        <v>4.810919</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B87" t="s">
         <v>282</v>
       </c>
       <c r="C87" t="s">
         <v>283</v>
       </c>
       <c r="D87" t="s">
         <v>284</v>
       </c>
       <c r="E87" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F87">
-        <v>9.069</v>
+        <v>7.5</v>
       </c>
       <c r="G87" s="2">
-        <v>45533.0</v>
+        <v>45638.0</v>
       </c>
       <c r="H87" s="2">
-        <v>47359.0</v>
+        <v>47099.0</v>
       </c>
       <c r="I87" s="2">
-        <v>47352.0</v>
+        <v>47093.0</v>
       </c>
       <c r="J87">
-        <v>230150</v>
+        <v>8000</v>
       </c>
       <c r="K87">
         <v>1000.0</v>
       </c>
       <c r="L87" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B88" t="s">
         <v>285</v>
       </c>
       <c r="C88" t="s">
         <v>286</v>
       </c>
       <c r="D88" t="s">
         <v>287</v>
       </c>
       <c r="E88" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F88">
-        <v>6.0</v>
+        <v>8.314</v>
       </c>
       <c r="G88" s="2">
-        <v>45611.0</v>
+        <v>45392.0</v>
       </c>
       <c r="H88" s="2">
-        <v>49263.0</v>
+        <v>46670.0</v>
       </c>
       <c r="I88" s="2">
-        <v>49256.0</v>
+        <v>46664.0</v>
       </c>
       <c r="J88">
-        <v>20000</v>
+        <v>1500</v>
       </c>
       <c r="K88">
         <v>1000.0</v>
       </c>
       <c r="L88" t="s">
         <v>27</v>
       </c>
       <c r="O88">
-        <v>5.416299</v>
+        <v>6.356741</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B89" t="s">
         <v>288</v>
       </c>
       <c r="C89" t="s">
         <v>289</v>
       </c>
       <c r="D89" t="s">
         <v>290</v>
       </c>
       <c r="E89" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F89">
-        <v>10.5</v>
+        <v>8.304</v>
       </c>
       <c r="G89" s="2">
-        <v>45198.0</v>
+        <v>45757.0</v>
       </c>
       <c r="H89" s="2">
-        <v>48851.0</v>
+        <v>47036.0</v>
       </c>
       <c r="I89" s="2">
-        <v>48845.0</v>
+        <v>47028.0</v>
       </c>
       <c r="J89">
-        <v>35000</v>
+        <v>3000</v>
       </c>
       <c r="K89">
         <v>1000.0</v>
       </c>
       <c r="L89" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.508534</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B90" t="s">
         <v>291</v>
       </c>
       <c r="C90" t="s">
         <v>292</v>
       </c>
       <c r="D90" t="s">
         <v>293</v>
       </c>
       <c r="E90" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F90">
-        <v>10.0</v>
+        <v>8.313</v>
       </c>
       <c r="G90" s="2">
-        <v>45625.0</v>
+        <v>45726.0</v>
       </c>
       <c r="H90" s="2">
-        <v>46721.0</v>
+        <v>47128.0</v>
       </c>
       <c r="I90" s="2">
-        <v>46715.0</v>
+        <v>47120.0</v>
       </c>
       <c r="J90">
-        <v>100000</v>
+        <v>2150</v>
       </c>
       <c r="K90">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L90" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.877807</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="B91" t="s">
         <v>294</v>
       </c>
       <c r="C91" t="s">
         <v>295</v>
       </c>
       <c r="D91" t="s">
         <v>296</v>
       </c>
       <c r="E91" t="s">
         <v>26</v>
       </c>
+      <c r="F91">
+        <v>9.069</v>
+      </c>
       <c r="G91" s="2">
-        <v>44034.0</v>
+        <v>45533.0</v>
       </c>
       <c r="H91" s="2">
-        <v>46044.0</v>
+        <v>47359.0</v>
       </c>
       <c r="I91" s="2">
-        <v>46038.0</v>
+        <v>47352.0</v>
       </c>
       <c r="J91">
-        <v>3600000</v>
+        <v>230150</v>
       </c>
       <c r="K91">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L91" t="s">
         <v>27</v>
+      </c>
+      <c r="O91">
+        <v>5.378641</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="B92" t="s">
         <v>297</v>
       </c>
       <c r="C92" t="s">
         <v>298</v>
       </c>
       <c r="D92" t="s">
         <v>299</v>
       </c>
       <c r="E92" t="s">
-        <v>26</v>
+        <v>32</v>
+      </c>
+      <c r="F92">
+        <v>6.0</v>
       </c>
       <c r="G92" s="2">
-        <v>44349.0</v>
+        <v>45611.0</v>
       </c>
       <c r="H92" s="2">
-        <v>46175.0</v>
+        <v>49263.0</v>
       </c>
       <c r="I92" s="2">
-        <v>46169.0</v>
+        <v>49256.0</v>
       </c>
       <c r="J92">
-        <v>4700000</v>
+        <v>20000</v>
       </c>
       <c r="K92">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L92" t="s">
         <v>27</v>
+      </c>
+      <c r="O92">
+        <v>5.352403</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="B93" t="s">
         <v>300</v>
       </c>
       <c r="C93" t="s">
         <v>301</v>
       </c>
       <c r="D93" t="s">
         <v>302</v>
       </c>
       <c r="E93" t="s">
-        <v>26</v>
+        <v>32</v>
+      </c>
+      <c r="F93">
+        <v>10.5</v>
       </c>
       <c r="G93" s="2">
-        <v>44258.0</v>
+        <v>45198.0</v>
       </c>
       <c r="H93" s="2">
-        <v>46815.0</v>
+        <v>48851.0</v>
       </c>
       <c r="I93" s="2">
-        <v>46811.0</v>
+        <v>48845.0</v>
       </c>
       <c r="J93">
-        <v>4900000</v>
+        <v>35000</v>
       </c>
       <c r="K93">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L93" t="s">
         <v>27</v>
+      </c>
+      <c r="O93">
+        <v>7.304475</v>
       </c>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" t="s">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="B94" t="s">
         <v>303</v>
       </c>
       <c r="C94" t="s">
         <v>304</v>
       </c>
       <c r="D94" t="s">
         <v>305</v>
       </c>
       <c r="E94" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F94">
-        <v>0.1</v>
+        <v>10.0</v>
       </c>
       <c r="G94" s="2">
-        <v>43796.0</v>
+        <v>45625.0</v>
       </c>
       <c r="H94" s="2">
-        <v>46353.0</v>
+        <v>46721.0</v>
       </c>
       <c r="I94" s="2">
-        <v>46349.0</v>
+        <v>46715.0</v>
       </c>
       <c r="J94">
-        <v>3450000</v>
+        <v>100000</v>
       </c>
       <c r="K94">
         <v>100.0</v>
       </c>
       <c r="L94" t="s">
         <v>27</v>
       </c>
+      <c r="O94">
+        <v>7.010048</v>
+      </c>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B95" t="s">
         <v>306</v>
       </c>
       <c r="C95" t="s">
         <v>307</v>
       </c>
       <c r="D95" t="s">
         <v>308</v>
       </c>
       <c r="E95" t="s">
         <v>26</v>
       </c>
-      <c r="F95">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="2">
-        <v>43705.0</v>
+        <v>44349.0</v>
       </c>
       <c r="H95" s="2">
-        <v>47358.0</v>
+        <v>46175.0</v>
       </c>
       <c r="I95" s="2">
-        <v>47352.0</v>
+        <v>46169.0</v>
       </c>
       <c r="J95">
-        <v>4000000</v>
+        <v>4700000</v>
       </c>
       <c r="K95">
         <v>100.0</v>
       </c>
       <c r="L95" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B96" t="s">
         <v>309</v>
       </c>
       <c r="C96" t="s">
         <v>310</v>
       </c>
       <c r="D96" t="s">
         <v>311</v>
       </c>
       <c r="E96" t="s">
         <v>26</v>
       </c>
-      <c r="F96">
-[...1 lines deleted...]
-      </c>
       <c r="G96" s="2">
-        <v>43873.0</v>
+        <v>44258.0</v>
       </c>
       <c r="H96" s="2">
-        <v>48256.0</v>
+        <v>46815.0</v>
       </c>
       <c r="I96" s="2">
-        <v>48250.0</v>
+        <v>46811.0</v>
       </c>
       <c r="J96">
-        <v>2440000</v>
+        <v>4900000</v>
       </c>
       <c r="K96">
         <v>100.0</v>
       </c>
       <c r="L96" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B97" t="s">
         <v>312</v>
       </c>
       <c r="C97" t="s">
         <v>313</v>
       </c>
       <c r="D97" t="s">
         <v>314</v>
       </c>
       <c r="E97" t="s">
         <v>26</v>
       </c>
       <c r="F97">
-        <v>1.1</v>
+        <v>0.1</v>
       </c>
       <c r="G97" s="2">
-        <v>42851.0</v>
+        <v>43796.0</v>
       </c>
       <c r="H97" s="2">
-        <v>46503.0</v>
+        <v>46353.0</v>
       </c>
       <c r="I97" s="2">
-        <v>46497.0</v>
+        <v>46349.0</v>
       </c>
       <c r="J97">
-        <v>3150000</v>
+        <v>3450000</v>
       </c>
       <c r="K97">
         <v>100.0</v>
       </c>
       <c r="L97" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B98" t="s">
         <v>315</v>
       </c>
       <c r="C98" t="s">
         <v>316</v>
       </c>
       <c r="D98" t="s">
         <v>317</v>
       </c>
       <c r="E98" t="s">
         <v>26</v>
       </c>
       <c r="F98">
-        <v>2.3</v>
+        <v>0.2</v>
       </c>
       <c r="G98" s="2">
-        <v>44755.0</v>
+        <v>43705.0</v>
       </c>
       <c r="H98" s="2">
-        <v>46581.0</v>
+        <v>47358.0</v>
       </c>
       <c r="I98" s="2">
-        <v>46575.0</v>
+        <v>47352.0</v>
       </c>
       <c r="J98">
-        <v>12300000</v>
+        <v>4000000</v>
       </c>
       <c r="K98">
         <v>100.0</v>
       </c>
       <c r="L98" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B99" t="s">
         <v>318</v>
       </c>
       <c r="C99" t="s">
         <v>319</v>
       </c>
       <c r="D99" t="s">
         <v>320</v>
       </c>
       <c r="E99" t="s">
         <v>26</v>
       </c>
       <c r="F99">
-        <v>2.4</v>
+        <v>0.3</v>
       </c>
       <c r="G99" s="2">
-        <v>44727.0</v>
+        <v>43873.0</v>
       </c>
       <c r="H99" s="2">
-        <v>47467.0</v>
+        <v>48256.0</v>
       </c>
       <c r="I99" s="2">
-        <v>47463.0</v>
+        <v>48250.0</v>
       </c>
       <c r="J99">
-        <v>10250000</v>
+        <v>2440000</v>
       </c>
       <c r="K99">
         <v>100.0</v>
       </c>
       <c r="L99" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B100" t="s">
         <v>321</v>
       </c>
       <c r="C100" t="s">
         <v>322</v>
       </c>
       <c r="D100" t="s">
         <v>323</v>
       </c>
       <c r="E100" t="s">
         <v>26</v>
       </c>
       <c r="F100">
-        <v>2.7</v>
+        <v>1.1</v>
       </c>
       <c r="G100" s="2">
-        <v>45693.0</v>
+        <v>42851.0</v>
       </c>
       <c r="H100" s="2">
-        <v>46970.0</v>
+        <v>46503.0</v>
       </c>
       <c r="I100" s="2">
-        <v>46966.0</v>
+        <v>46497.0</v>
       </c>
       <c r="J100">
-        <v>7550000</v>
+        <v>3150000</v>
       </c>
       <c r="K100">
         <v>100.0</v>
       </c>
       <c r="L100" t="s">
         <v>27</v>
       </c>
-      <c r="O100">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B101" t="s">
         <v>324</v>
       </c>
       <c r="C101" t="s">
         <v>325</v>
       </c>
       <c r="D101" t="s">
         <v>326</v>
       </c>
       <c r="E101" t="s">
         <v>26</v>
       </c>
       <c r="F101">
-        <v>3.9</v>
+        <v>2.3</v>
       </c>
       <c r="G101" s="2">
-        <v>45140.0</v>
+        <v>44755.0</v>
       </c>
       <c r="H101" s="2">
-        <v>46236.0</v>
+        <v>46581.0</v>
       </c>
       <c r="I101" s="2">
-        <v>46231.0</v>
+        <v>46575.0</v>
       </c>
       <c r="J101">
-        <v>11150000</v>
+        <v>12300000</v>
       </c>
       <c r="K101">
         <v>100.0</v>
       </c>
       <c r="L101" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B102" t="s">
         <v>327</v>
       </c>
       <c r="C102" t="s">
         <v>328</v>
       </c>
       <c r="D102" t="s">
         <v>329</v>
       </c>
       <c r="E102" t="s">
         <v>26</v>
       </c>
       <c r="F102">
-        <v>0.5</v>
+        <v>2.4</v>
       </c>
       <c r="G102" s="2">
-        <v>44040.0</v>
+        <v>44727.0</v>
       </c>
       <c r="H102" s="2">
-        <v>54997.0</v>
+        <v>47467.0</v>
       </c>
       <c r="I102" s="2">
-        <v>54991.0</v>
+        <v>47463.0</v>
       </c>
       <c r="J102">
-        <v>1750000</v>
+        <v>10250000</v>
       </c>
       <c r="K102">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L102" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B103" t="s">
         <v>330</v>
       </c>
       <c r="C103" t="s">
         <v>331</v>
       </c>
       <c r="D103" t="s">
         <v>332</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103">
-        <v>0.5</v>
+        <v>2.7</v>
       </c>
       <c r="G103" s="2">
-        <v>43635.0</v>
+        <v>45693.0</v>
       </c>
       <c r="H103" s="2">
-        <v>47288.0</v>
+        <v>46970.0</v>
       </c>
       <c r="I103" s="2">
-        <v>47283.0</v>
+        <v>46966.0</v>
       </c>
       <c r="J103">
-        <v>735000</v>
+        <v>11600000</v>
       </c>
       <c r="K103">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L103" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B104" t="s">
         <v>333</v>
       </c>
       <c r="C104" t="s">
         <v>334</v>
       </c>
       <c r="D104" t="s">
         <v>335</v>
       </c>
       <c r="E104" t="s">
         <v>26</v>
       </c>
       <c r="F104">
-        <v>0.75</v>
+        <v>3.9</v>
       </c>
       <c r="G104" s="2">
-        <v>43957.0</v>
+        <v>45140.0</v>
       </c>
       <c r="H104" s="2">
-        <v>47609.0</v>
+        <v>46236.0</v>
       </c>
       <c r="I104" s="2">
-        <v>47603.0</v>
+        <v>46231.0</v>
       </c>
       <c r="J104">
-        <v>1250000</v>
+        <v>11150000</v>
       </c>
       <c r="K104">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L104" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" t="s">
         <v>70</v>
       </c>
       <c r="B105" t="s">
         <v>336</v>
       </c>
       <c r="C105" t="s">
         <v>337</v>
       </c>
       <c r="D105" t="s">
         <v>338</v>
       </c>
       <c r="E105" t="s">
         <v>26</v>
       </c>
       <c r="F105">
-        <v>0.75</v>
+        <v>0.5</v>
       </c>
       <c r="G105" s="2">
-        <v>44392.0</v>
+        <v>44040.0</v>
       </c>
       <c r="H105" s="2">
-        <v>55349.0</v>
+        <v>54997.0</v>
       </c>
       <c r="I105" s="2">
-        <v>55345.0</v>
+        <v>54991.0</v>
       </c>
       <c r="J105">
-        <v>750000</v>
+        <v>1750000</v>
       </c>
       <c r="K105">
         <v>1000.0</v>
       </c>
       <c r="L105" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" t="s">
         <v>70</v>
       </c>
       <c r="B106" t="s">
         <v>339</v>
       </c>
       <c r="C106" t="s">
         <v>340</v>
       </c>
       <c r="D106" t="s">
         <v>341</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106">
-        <v>0.95</v>
+        <v>0.5</v>
       </c>
       <c r="G106" s="2">
-        <v>42881.0</v>
+        <v>43635.0</v>
       </c>
       <c r="H106" s="2">
-        <v>46533.0</v>
+        <v>47288.0</v>
       </c>
       <c r="I106" s="2">
-        <v>46527.0</v>
+        <v>47283.0</v>
       </c>
       <c r="J106">
-        <v>750000</v>
+        <v>735000</v>
       </c>
       <c r="K106">
         <v>1000.0</v>
       </c>
       <c r="L106" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" t="s">
         <v>70</v>
       </c>
       <c r="B107" t="s">
         <v>342</v>
       </c>
       <c r="C107" t="s">
         <v>343</v>
       </c>
       <c r="D107" t="s">
         <v>344</v>
       </c>
       <c r="E107" t="s">
         <v>26</v>
       </c>
       <c r="F107">
-        <v>1.625</v>
+        <v>0.75</v>
       </c>
       <c r="G107" s="2">
-        <v>43635.0</v>
+        <v>43957.0</v>
       </c>
       <c r="H107" s="2">
-        <v>54593.0</v>
+        <v>47609.0</v>
       </c>
       <c r="I107" s="2">
-        <v>54589.0</v>
+        <v>47603.0</v>
       </c>
       <c r="J107">
-        <v>850000</v>
+        <v>1250000</v>
       </c>
       <c r="K107">
         <v>1000.0</v>
       </c>
       <c r="L107" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" t="s">
         <v>70</v>
       </c>
       <c r="B108" t="s">
         <v>345</v>
       </c>
       <c r="C108" t="s">
         <v>346</v>
       </c>
       <c r="D108" t="s">
         <v>347</v>
       </c>
       <c r="E108" t="s">
         <v>26</v>
       </c>
       <c r="F108">
-        <v>2.1</v>
+        <v>0.75</v>
       </c>
       <c r="G108" s="2">
-        <v>42881.0</v>
+        <v>44392.0</v>
       </c>
       <c r="H108" s="2">
-        <v>53838.0</v>
+        <v>55349.0</v>
       </c>
       <c r="I108" s="2">
-        <v>53833.0</v>
+        <v>55345.0</v>
       </c>
       <c r="J108">
         <v>750000</v>
       </c>
       <c r="K108">
         <v>1000.0</v>
       </c>
       <c r="L108" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" t="s">
         <v>70</v>
       </c>
       <c r="B109" t="s">
         <v>348</v>
       </c>
       <c r="C109" t="s">
         <v>349</v>
       </c>
       <c r="D109" t="s">
         <v>350</v>
       </c>
       <c r="E109" t="s">
         <v>26</v>
       </c>
       <c r="F109">
-        <v>2.125</v>
+        <v>0.95</v>
       </c>
       <c r="G109" s="2">
-        <v>41941.0</v>
+        <v>42881.0</v>
       </c>
       <c r="H109" s="2">
-        <v>46324.0</v>
+        <v>46533.0</v>
       </c>
       <c r="I109" s="2">
-        <v>46318.0</v>
+        <v>46527.0</v>
       </c>
       <c r="J109">
-        <v>1085000</v>
+        <v>750000</v>
       </c>
       <c r="K109">
         <v>1000.0</v>
       </c>
       <c r="L109" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" t="s">
         <v>70</v>
       </c>
       <c r="B110" t="s">
         <v>351</v>
       </c>
       <c r="C110" t="s">
         <v>352</v>
       </c>
       <c r="D110" t="s">
         <v>353</v>
       </c>
       <c r="E110" t="s">
         <v>26</v>
       </c>
       <c r="F110">
-        <v>2.125</v>
+        <v>1.625</v>
       </c>
       <c r="G110" s="2">
-        <v>44713.0</v>
+        <v>43635.0</v>
       </c>
       <c r="H110" s="2">
-        <v>48366.0</v>
+        <v>54593.0</v>
       </c>
       <c r="I110" s="2">
-        <v>48360.0</v>
+        <v>54589.0</v>
       </c>
       <c r="J110">
-        <v>1585000</v>
+        <v>850000</v>
       </c>
       <c r="K110">
         <v>1000.0</v>
       </c>
       <c r="L110" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" t="s">
         <v>70</v>
       </c>
       <c r="B111" t="s">
         <v>354</v>
       </c>
       <c r="C111" t="s">
         <v>355</v>
       </c>
       <c r="D111" t="s">
         <v>356</v>
       </c>
       <c r="E111" t="s">
         <v>26</v>
       </c>
       <c r="F111">
-        <v>2.125</v>
+        <v>2.1</v>
       </c>
       <c r="G111" s="2">
-        <v>42299.0</v>
+        <v>42881.0</v>
       </c>
       <c r="H111" s="2">
-        <v>49604.0</v>
+        <v>53838.0</v>
       </c>
       <c r="I111" s="2">
-        <v>49598.0</v>
+        <v>53833.0</v>
       </c>
       <c r="J111">
-        <v>1280000</v>
+        <v>750000</v>
       </c>
       <c r="K111">
         <v>1000.0</v>
       </c>
       <c r="L111" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" t="s">
         <v>70</v>
       </c>
       <c r="B112" t="s">
         <v>357</v>
       </c>
       <c r="C112" t="s">
         <v>358</v>
       </c>
       <c r="D112" t="s">
         <v>359</v>
       </c>
       <c r="E112" t="s">
         <v>26</v>
       </c>
       <c r="F112">
-        <v>2.875</v>
+        <v>2.125</v>
       </c>
       <c r="G112" s="2">
-        <v>45685.0</v>
+        <v>41941.0</v>
       </c>
       <c r="H112" s="2">
-        <v>47511.0</v>
+        <v>46324.0</v>
       </c>
       <c r="I112" s="2">
-        <v>47508.0</v>
+        <v>46318.0</v>
       </c>
       <c r="J112">
-        <v>1625000</v>
+        <v>1085000</v>
       </c>
       <c r="K112">
         <v>1000.0</v>
       </c>
       <c r="L112" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" t="s">
         <v>70</v>
       </c>
       <c r="B113" t="s">
         <v>360</v>
       </c>
       <c r="C113" t="s">
         <v>361</v>
       </c>
       <c r="D113" t="s">
         <v>362</v>
       </c>
       <c r="E113" t="s">
         <v>26</v>
       </c>
       <c r="F113">
-        <v>3.5</v>
+        <v>2.125</v>
       </c>
       <c r="G113" s="2">
-        <v>45476.0</v>
+        <v>44713.0</v>
       </c>
       <c r="H113" s="2">
-        <v>48032.0</v>
+        <v>48366.0</v>
       </c>
       <c r="I113" s="2">
-        <v>48029.0</v>
+        <v>48360.0</v>
       </c>
       <c r="J113">
-        <v>1355000</v>
+        <v>1740000</v>
       </c>
       <c r="K113">
         <v>1000.0</v>
       </c>
       <c r="L113" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" t="s">
         <v>70</v>
       </c>
       <c r="B114" t="s">
         <v>363</v>
       </c>
       <c r="C114" t="s">
         <v>364</v>
       </c>
       <c r="D114" t="s">
         <v>365</v>
       </c>
       <c r="E114" t="s">
         <v>26</v>
       </c>
       <c r="F114">
-        <v>3.5</v>
+        <v>2.125</v>
       </c>
       <c r="G114" s="2">
-        <v>45335.0</v>
+        <v>42299.0</v>
       </c>
       <c r="H114" s="2">
-        <v>48988.0</v>
+        <v>49604.0</v>
       </c>
       <c r="I114" s="2">
-        <v>48982.0</v>
+        <v>49598.0</v>
       </c>
       <c r="J114">
-        <v>2275000</v>
+        <v>1310000</v>
       </c>
       <c r="K114">
         <v>1000.0</v>
       </c>
       <c r="L114" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" t="s">
         <v>70</v>
       </c>
       <c r="B115" t="s">
         <v>366</v>
       </c>
       <c r="C115" t="s">
         <v>367</v>
       </c>
       <c r="D115" t="s">
         <v>368</v>
       </c>
       <c r="E115" t="s">
         <v>26</v>
       </c>
       <c r="F115">
-        <v>3.625</v>
+        <v>2.875</v>
       </c>
       <c r="G115" s="2">
         <v>45685.0</v>
       </c>
       <c r="H115" s="2">
-        <v>51163.0</v>
+        <v>47511.0</v>
       </c>
       <c r="I115" s="2">
-        <v>51159.0</v>
+        <v>47508.0</v>
       </c>
       <c r="J115">
-        <v>1000000</v>
+        <v>1625000</v>
       </c>
       <c r="K115">
         <v>1000.0</v>
       </c>
       <c r="L115" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" t="s">
         <v>70</v>
       </c>
       <c r="B116" t="s">
         <v>369</v>
       </c>
       <c r="C116" t="s">
         <v>370</v>
       </c>
       <c r="D116" t="s">
         <v>371</v>
       </c>
       <c r="E116" t="s">
         <v>26</v>
       </c>
       <c r="F116">
-        <v>3.875</v>
+        <v>3.5</v>
       </c>
       <c r="G116" s="2">
-        <v>45091.0</v>
+        <v>45476.0</v>
       </c>
       <c r="H116" s="2">
-        <v>48744.0</v>
+        <v>48032.0</v>
       </c>
       <c r="I116" s="2">
-        <v>48738.0</v>
+        <v>48029.0</v>
       </c>
       <c r="J116">
-        <v>1260000</v>
+        <v>1405000</v>
       </c>
       <c r="K116">
         <v>1000.0</v>
       </c>
       <c r="L116" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" t="s">
         <v>70</v>
       </c>
       <c r="B117" t="s">
         <v>372</v>
       </c>
       <c r="C117" t="s">
         <v>373</v>
       </c>
       <c r="D117" t="s">
         <v>374</v>
       </c>
       <c r="E117" t="s">
         <v>26</v>
       </c>
       <c r="F117">
-        <v>4.125</v>
+        <v>3.5</v>
       </c>
       <c r="G117" s="2">
-        <v>44859.0</v>
+        <v>45335.0</v>
       </c>
       <c r="H117" s="2">
-        <v>46868.0</v>
+        <v>48988.0</v>
       </c>
       <c r="I117" s="2">
-        <v>46863.0</v>
+        <v>48982.0</v>
       </c>
       <c r="J117">
-        <v>1180000</v>
+        <v>2275000</v>
       </c>
       <c r="K117">
         <v>1000.0</v>
       </c>
       <c r="L117" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="B118" t="s">
         <v>375</v>
       </c>
       <c r="C118" t="s">
         <v>376</v>
       </c>
       <c r="D118" t="s">
         <v>377</v>
       </c>
       <c r="E118" t="s">
         <v>26</v>
       </c>
       <c r="F118">
-        <v>1.2</v>
+        <v>3.625</v>
       </c>
       <c r="G118" s="2">
-        <v>43223.0</v>
+        <v>45685.0</v>
       </c>
       <c r="H118" s="2">
-        <v>46876.0</v>
+        <v>51163.0</v>
       </c>
       <c r="I118" s="2">
-        <v>46870.0</v>
+        <v>51159.0</v>
       </c>
       <c r="J118">
-        <v>680000</v>
+        <v>1000000</v>
       </c>
       <c r="K118">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L118" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="B119" t="s">
         <v>378</v>
       </c>
       <c r="C119" t="s">
         <v>379</v>
       </c>
       <c r="D119" t="s">
         <v>380</v>
       </c>
       <c r="E119" t="s">
-        <v>54</v>
+        <v>26</v>
+      </c>
+      <c r="F119">
+        <v>3.875</v>
       </c>
       <c r="G119" s="2">
-        <v>44015.0</v>
+        <v>45091.0</v>
       </c>
       <c r="H119" s="2">
-        <v>46571.0</v>
+        <v>48744.0</v>
       </c>
       <c r="I119" s="2">
-        <v>46567.0</v>
+        <v>48738.0</v>
       </c>
       <c r="J119">
-        <v>80000</v>
+        <v>1260000</v>
       </c>
       <c r="K119">
         <v>1000.0</v>
       </c>
       <c r="L119" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B120" t="s">
         <v>381</v>
       </c>
       <c r="C120" t="s">
         <v>382</v>
       </c>
       <c r="D120" t="s">
         <v>383</v>
       </c>
       <c r="E120" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F120">
-        <v>9.0</v>
+        <v>4.125</v>
       </c>
       <c r="G120" s="2">
-        <v>45735.0</v>
+        <v>44859.0</v>
       </c>
       <c r="H120" s="2">
-        <v>47196.0</v>
+        <v>46868.0</v>
       </c>
       <c r="I120" s="2">
-        <v>47190.0</v>
+        <v>46863.0</v>
       </c>
       <c r="J120">
-        <v>6200</v>
+        <v>1180000</v>
       </c>
       <c r="K120">
         <v>1000.0</v>
       </c>
       <c r="L120" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.035852</v>
       </c>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="B121" t="s">
         <v>384</v>
       </c>
       <c r="C121" t="s">
         <v>385</v>
       </c>
       <c r="D121" t="s">
         <v>386</v>
       </c>
       <c r="E121" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F121">
-        <v>10.5</v>
+        <v>1.2</v>
       </c>
       <c r="G121" s="2">
-        <v>45435.0</v>
+        <v>43223.0</v>
       </c>
       <c r="H121" s="2">
-        <v>46896.0</v>
+        <v>46876.0</v>
       </c>
       <c r="I121" s="2">
-        <v>46890.0</v>
+        <v>46870.0</v>
       </c>
       <c r="J121">
-        <v>6200</v>
+        <v>680000</v>
       </c>
       <c r="K121">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L121" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.518069</v>
       </c>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="B122" t="s">
         <v>387</v>
       </c>
       <c r="C122" t="s">
         <v>388</v>
       </c>
       <c r="D122" t="s">
         <v>389</v>
       </c>
       <c r="E122" t="s">
         <v>54</v>
       </c>
-      <c r="F122">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2">
-        <v>45359.0</v>
+        <v>44015.0</v>
       </c>
       <c r="H122" s="2">
-        <v>46454.0</v>
+        <v>46571.0</v>
       </c>
       <c r="I122" s="2">
-        <v>46448.0</v>
+        <v>46567.0</v>
       </c>
       <c r="J122">
-        <v>3000</v>
+        <v>80000</v>
       </c>
       <c r="K122">
         <v>1000.0</v>
       </c>
       <c r="L122" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.457871</v>
       </c>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B123" t="s">
         <v>390</v>
       </c>
       <c r="C123" t="s">
         <v>391</v>
       </c>
       <c r="D123" t="s">
         <v>392</v>
       </c>
       <c r="E123" t="s">
         <v>32</v>
       </c>
       <c r="F123">
-        <v>4.75</v>
+        <v>9.0</v>
       </c>
       <c r="G123" s="2">
-        <v>44357.0</v>
+        <v>45735.0</v>
       </c>
       <c r="H123" s="2">
-        <v>46183.0</v>
+        <v>47196.0</v>
       </c>
       <c r="I123" s="2">
-        <v>46174.0</v>
+        <v>47190.0</v>
       </c>
       <c r="J123">
-        <v>50000</v>
+        <v>6200</v>
       </c>
       <c r="K123">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L123" t="s">
         <v>27</v>
       </c>
       <c r="O123">
-        <v>4.744366</v>
+        <v>7.172831</v>
       </c>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B124" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C124" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D124" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E124" t="s">
         <v>32</v>
       </c>
       <c r="F124">
-        <v>8.5</v>
+        <v>10.5</v>
       </c>
       <c r="G124" s="2">
-        <v>44991.0</v>
+        <v>45435.0</v>
       </c>
       <c r="H124" s="2">
-        <v>46456.0</v>
+        <v>46896.0</v>
       </c>
       <c r="I124" s="2">
-        <v>46447.0</v>
+        <v>46890.0</v>
       </c>
       <c r="J124">
-        <v>121060</v>
+        <v>6200</v>
       </c>
       <c r="K124">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L124" t="s">
         <v>27</v>
       </c>
       <c r="O124">
-        <v>5.912107</v>
+        <v>8.050224</v>
       </c>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" t="s">
         <v>22</v>
       </c>
       <c r="B125" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C125" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D125" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E125" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F125">
-        <v>11.0</v>
+        <v>7.022</v>
       </c>
       <c r="G125" s="2">
-        <v>45548.0</v>
+        <v>45359.0</v>
       </c>
       <c r="H125" s="2">
-        <v>46643.0</v>
+        <v>46454.0</v>
       </c>
       <c r="I125" s="2">
-        <v>46637.0</v>
+        <v>46448.0</v>
       </c>
       <c r="J125">
         <v>3000</v>
       </c>
       <c r="K125">
-        <v>500.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L125" t="s">
         <v>27</v>
       </c>
       <c r="O125">
-        <v>6.759854</v>
+        <v>5.229849</v>
       </c>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" t="s">
         <v>22</v>
       </c>
       <c r="B126" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C126" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D126" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E126" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F126">
-        <v>12.0</v>
+        <v>4.75</v>
       </c>
       <c r="G126" s="2">
-        <v>45751.0</v>
+        <v>44357.0</v>
       </c>
       <c r="H126" s="2">
-        <v>46477.0</v>
+        <v>46183.0</v>
       </c>
       <c r="I126" s="2">
-        <v>46465.0</v>
+        <v>46174.0</v>
       </c>
       <c r="J126">
-        <v>3300</v>
+        <v>50000</v>
       </c>
       <c r="K126">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L126" t="s">
         <v>27</v>
       </c>
       <c r="O126">
-        <v>9.429433</v>
+        <v>3.007484</v>
       </c>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" t="s">
         <v>22</v>
       </c>
       <c r="B127" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C127" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D127" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E127" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F127">
-        <v>10.0</v>
+        <v>8.5</v>
       </c>
       <c r="G127" s="2">
-        <v>45643.0</v>
+        <v>44991.0</v>
       </c>
       <c r="H127" s="2">
-        <v>46738.0</v>
+        <v>46091.0</v>
       </c>
       <c r="I127" s="2">
-        <v>46730.0</v>
+        <v>46085.0</v>
       </c>
       <c r="J127">
-        <v>3000</v>
+        <v>121060</v>
       </c>
       <c r="K127">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L127" t="s">
         <v>27</v>
       </c>
       <c r="O127">
-        <v>8.883087</v>
+        <v>-113.578168</v>
       </c>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B128" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C128" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D128" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E128" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F128">
-        <v>9.99</v>
+        <v>8.5</v>
       </c>
       <c r="G128" s="2">
-        <v>45054.0</v>
+        <v>45995.0</v>
       </c>
       <c r="H128" s="2">
-        <v>46881.0</v>
+        <v>46725.0</v>
       </c>
       <c r="I128" s="2">
-        <v>46868.0</v>
+        <v>46717.0</v>
       </c>
       <c r="J128">
-        <v>420</v>
+        <v>50000</v>
       </c>
       <c r="K128">
-        <v>45238.09</v>
+        <v>100.0</v>
       </c>
       <c r="L128" t="s">
         <v>27</v>
+      </c>
+      <c r="O128">
+        <v>6.376429</v>
       </c>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" t="s">
         <v>22</v>
       </c>
       <c r="B129" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C129" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D129" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E129" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F129">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="G129" s="2">
-        <v>45950.0</v>
+        <v>45548.0</v>
       </c>
       <c r="H129" s="2">
-        <v>46863.0</v>
+        <v>46643.0</v>
       </c>
       <c r="I129" s="2">
-        <v>46855.0</v>
+        <v>46637.0</v>
       </c>
       <c r="J129">
-        <v>6490</v>
+        <v>3000</v>
       </c>
       <c r="K129">
-        <v>1000.0</v>
+        <v>500.0</v>
       </c>
       <c r="L129" t="s">
         <v>27</v>
+      </c>
+      <c r="O129">
+        <v>9.599034</v>
       </c>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" t="s">
         <v>22</v>
       </c>
       <c r="B130" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C130" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D130" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E130" t="s">
         <v>26</v>
       </c>
       <c r="F130">
-        <v>8.5</v>
+        <v>12.0</v>
       </c>
       <c r="G130" s="2">
-        <v>45995.0</v>
+        <v>45751.0</v>
       </c>
       <c r="H130" s="2">
-        <v>47091.0</v>
+        <v>46477.0</v>
       </c>
       <c r="I130" s="2">
-        <v>47081.0</v>
+        <v>46465.0</v>
       </c>
       <c r="J130">
-        <v>3168</v>
+        <v>3300</v>
       </c>
       <c r="K130">
         <v>1000.0</v>
       </c>
       <c r="L130" t="s">
         <v>27</v>
+      </c>
+      <c r="O130">
+        <v>8.201287</v>
       </c>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" t="s">
         <v>22</v>
       </c>
       <c r="B131" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C131" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D131" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E131" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F131">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="G131" s="2">
-        <v>45828.0</v>
+        <v>45643.0</v>
       </c>
       <c r="H131" s="2">
-        <v>47289.0</v>
+        <v>46738.0</v>
       </c>
       <c r="I131" s="2">
-        <v>47283.0</v>
+        <v>46730.0</v>
       </c>
       <c r="J131">
-        <v>100000</v>
+        <v>3000</v>
       </c>
       <c r="K131">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L131" t="s">
         <v>27</v>
       </c>
       <c r="O131">
-        <v>5.920486</v>
+        <v>8.765977</v>
       </c>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B132" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C132" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D132" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E132" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F132">
-        <v>9.0</v>
+        <v>10.04</v>
       </c>
       <c r="G132" s="2">
-        <v>45944.0</v>
+        <v>45054.0</v>
       </c>
       <c r="H132" s="2">
-        <v>46857.0</v>
+        <v>46881.0</v>
       </c>
       <c r="I132" s="2">
-        <v>46849.0</v>
+        <v>46868.0</v>
       </c>
       <c r="J132">
-        <v>5500</v>
+        <v>420</v>
       </c>
       <c r="K132">
-        <v>1000.0</v>
+        <v>45238.09</v>
       </c>
       <c r="L132" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.654088</v>
       </c>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B133" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C133" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D133" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E133" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F133">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="G133" s="2">
-        <v>43978.0</v>
+        <v>45950.0</v>
       </c>
       <c r="H133" s="2">
-        <v>46326.0</v>
+        <v>46863.0</v>
       </c>
       <c r="I133" s="2">
-        <v>46322.0</v>
+        <v>46855.0</v>
       </c>
       <c r="J133">
-        <v>3459081</v>
+        <v>6922</v>
       </c>
       <c r="K133">
-        <v>2.38</v>
+        <v>1000.0</v>
       </c>
       <c r="L133" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B134" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C134" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D134" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E134" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F134">
-        <v>10.0</v>
+        <v>8.5</v>
       </c>
       <c r="G134" s="2">
-        <v>45812.0</v>
+        <v>45995.0</v>
       </c>
       <c r="H134" s="2">
-        <v>46542.0</v>
+        <v>47091.0</v>
       </c>
       <c r="I134" s="2">
-        <v>46538.0</v>
+        <v>47081.0</v>
       </c>
       <c r="J134">
-        <v>42249</v>
+        <v>3168</v>
       </c>
       <c r="K134">
         <v>1000.0</v>
       </c>
       <c r="L134" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.560461</v>
       </c>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B135" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C135" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D135" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E135" t="s">
-        <v>32</v>
+        <v>54</v>
+      </c>
+      <c r="F135">
+        <v>6.0</v>
       </c>
       <c r="G135" s="2">
-        <v>43852.0</v>
+        <v>45828.0</v>
       </c>
       <c r="H135" s="2">
-        <v>46843.0</v>
+        <v>47289.0</v>
       </c>
       <c r="I135" s="2">
-        <v>46836.0</v>
+        <v>47283.0</v>
       </c>
       <c r="J135">
-        <v>110000</v>
+        <v>100000</v>
       </c>
       <c r="K135">
         <v>100.0</v>
       </c>
       <c r="L135" t="s">
         <v>27</v>
       </c>
       <c r="O135">
-        <v>47.770268</v>
+        <v>5.915803</v>
       </c>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" t="s">
         <v>22</v>
       </c>
       <c r="B136" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C136" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D136" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E136" t="s">
         <v>26</v>
       </c>
       <c r="F136">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="G136" s="2">
-        <v>45708.0</v>
+        <v>45944.0</v>
       </c>
       <c r="H136" s="2">
-        <v>46619.0</v>
+        <v>46857.0</v>
       </c>
       <c r="I136" s="2">
-        <v>46612.0</v>
+        <v>46849.0</v>
       </c>
       <c r="J136">
-        <v>8000</v>
+        <v>5500</v>
       </c>
       <c r="K136">
         <v>1000.0</v>
       </c>
       <c r="L136" t="s">
         <v>27</v>
       </c>
       <c r="O136">
-        <v>6.156656</v>
+        <v>8.021618</v>
       </c>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" t="s">
         <v>22</v>
       </c>
       <c r="B137" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C137" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D137" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E137" t="s">
         <v>26</v>
       </c>
       <c r="F137">
-        <v>8.5</v>
+        <v>10.0</v>
       </c>
       <c r="G137" s="2">
-        <v>45966.0</v>
+        <v>45726.0</v>
       </c>
       <c r="H137" s="2">
-        <v>46696.0</v>
+        <v>46822.0</v>
       </c>
       <c r="I137" s="2">
-        <v>46688.0</v>
+        <v>46814.0</v>
       </c>
       <c r="J137">
-        <v>8000</v>
+        <v>6401</v>
       </c>
       <c r="K137">
         <v>1000.0</v>
       </c>
       <c r="L137" t="s">
         <v>27</v>
+      </c>
+      <c r="O137">
+        <v>10.003191</v>
       </c>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B138" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C138" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D138" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E138" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F138">
-        <v>8.5</v>
+        <v>9.0</v>
       </c>
       <c r="G138" s="2">
-        <v>45888.0</v>
+        <v>43978.0</v>
       </c>
       <c r="H138" s="2">
-        <v>46802.0</v>
+        <v>46326.0</v>
       </c>
       <c r="I138" s="2">
-        <v>46794.0</v>
+        <v>46322.0</v>
       </c>
       <c r="J138">
-        <v>23833</v>
+        <v>3459081</v>
       </c>
       <c r="K138">
-        <v>1000.0</v>
+        <v>2.38</v>
       </c>
       <c r="L138" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.490678</v>
       </c>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B139" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C139" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D139" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E139" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F139">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="G139" s="2">
-        <v>44760.0</v>
+        <v>45812.0</v>
       </c>
       <c r="H139" s="2">
-        <v>47317.0</v>
+        <v>46542.0</v>
       </c>
       <c r="I139" s="2">
-        <v>47311.0</v>
+        <v>46538.0</v>
       </c>
       <c r="J139">
-        <v>1351</v>
+        <v>45085</v>
       </c>
       <c r="K139">
         <v>1000.0</v>
       </c>
       <c r="L139" t="s">
         <v>27</v>
+      </c>
+      <c r="O139">
+        <v>7.48488</v>
       </c>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B140" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C140" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D140" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E140" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>32</v>
       </c>
       <c r="G140" s="2">
-        <v>45806.0</v>
+        <v>43852.0</v>
       </c>
       <c r="H140" s="2">
-        <v>46720.0</v>
+        <v>46843.0</v>
       </c>
       <c r="I140" s="2">
-        <v>46710.0</v>
+        <v>46836.0</v>
       </c>
       <c r="J140">
-        <v>7000</v>
+        <v>110000</v>
       </c>
       <c r="K140">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L140" t="s">
         <v>27</v>
       </c>
       <c r="O140">
-        <v>6.879999</v>
+        <v>63.122924</v>
       </c>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B141" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C141" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D141" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E141" t="s">
         <v>26</v>
       </c>
       <c r="F141">
-        <v>7.7</v>
+        <v>8.0</v>
       </c>
       <c r="G141" s="2">
-        <v>45434.0</v>
+        <v>45708.0</v>
       </c>
       <c r="H141" s="2">
-        <v>49086.0</v>
+        <v>46619.0</v>
       </c>
       <c r="I141" s="2">
-        <v>49076.0</v>
+        <v>46612.0</v>
       </c>
       <c r="J141">
-        <v>25000</v>
+        <v>8000</v>
       </c>
       <c r="K141">
         <v>1000.0</v>
       </c>
       <c r="L141" t="s">
         <v>27</v>
       </c>
       <c r="O141">
-        <v>6.491776</v>
+        <v>5.94981</v>
       </c>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B142" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C142" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D142" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E142" t="s">
         <v>26</v>
       </c>
       <c r="F142">
-        <v>10.75</v>
+        <v>8.5</v>
       </c>
       <c r="G142" s="2">
-        <v>45099.0</v>
+        <v>45966.0</v>
       </c>
       <c r="H142" s="2">
-        <v>48752.0</v>
+        <v>46696.0</v>
       </c>
       <c r="I142" s="2">
-        <v>48744.0</v>
+        <v>46688.0</v>
       </c>
       <c r="J142">
-        <v>50000</v>
+        <v>8000</v>
       </c>
       <c r="K142">
         <v>1000.0</v>
       </c>
       <c r="L142" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.013491</v>
       </c>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B143" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C143" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D143" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143">
-        <v>6.765</v>
+        <v>8.5</v>
       </c>
       <c r="G143" s="2">
-        <v>45404.0</v>
+        <v>45888.0</v>
       </c>
       <c r="H143" s="2">
-        <v>47595.0</v>
+        <v>46802.0</v>
       </c>
       <c r="I143" s="2">
-        <v>47588.0</v>
+        <v>46794.0</v>
       </c>
       <c r="J143">
-        <v>600000</v>
+        <v>23833</v>
       </c>
       <c r="K143">
         <v>1000.0</v>
       </c>
       <c r="L143" t="s">
         <v>27</v>
       </c>
       <c r="O143">
-        <v>6.402126</v>
+        <v>8.00693</v>
       </c>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B144" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C144" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D144" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E144" t="s">
         <v>26</v>
       </c>
       <c r="F144">
-        <v>6.304</v>
+        <v>12.0</v>
       </c>
       <c r="G144" s="2">
-        <v>45712.0</v>
+        <v>44760.0</v>
       </c>
       <c r="H144" s="2">
-        <v>47903.0</v>
+        <v>47317.0</v>
       </c>
       <c r="I144" s="2">
-        <v>47896.0</v>
+        <v>47311.0</v>
       </c>
       <c r="J144">
-        <v>375000</v>
+        <v>1351</v>
       </c>
       <c r="K144">
         <v>1000.0</v>
       </c>
       <c r="L144" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" t="s">
         <v>22</v>
       </c>
       <c r="B145" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C145" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D145" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E145" t="s">
         <v>26</v>
       </c>
       <c r="F145">
-        <v>11.5</v>
+        <v>8.0</v>
       </c>
       <c r="G145" s="2">
-        <v>45625.0</v>
+        <v>45806.0</v>
       </c>
       <c r="H145" s="2">
-        <v>46355.0</v>
+        <v>46720.0</v>
       </c>
       <c r="I145" s="2">
-        <v>46346.0</v>
+        <v>46710.0</v>
       </c>
       <c r="J145">
-        <v>8000</v>
+        <v>7000</v>
       </c>
       <c r="K145">
         <v>1000.0</v>
       </c>
       <c r="L145" t="s">
         <v>27</v>
       </c>
       <c r="O145">
-        <v>4.290316</v>
+        <v>6.765167</v>
       </c>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B146" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C146" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D146" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E146" t="s">
         <v>26</v>
       </c>
       <c r="F146">
-        <v>8.944</v>
+        <v>7.7</v>
       </c>
       <c r="G146" s="2">
-        <v>45391.0</v>
+        <v>45434.0</v>
       </c>
       <c r="H146" s="2">
-        <v>46669.0</v>
+        <v>49086.0</v>
       </c>
       <c r="I146" s="2">
-        <v>46664.0</v>
+        <v>49076.0</v>
       </c>
       <c r="J146">
-        <v>75000</v>
+        <v>25000</v>
       </c>
       <c r="K146">
         <v>1000.0</v>
       </c>
       <c r="L146" t="s">
         <v>27</v>
       </c>
       <c r="O146">
-        <v>8.803434</v>
+        <v>6.814476</v>
       </c>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" t="s">
         <v>28</v>
       </c>
       <c r="B147" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C147" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D147" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E147" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F147">
-        <v>10.0</v>
+        <v>10.75</v>
       </c>
       <c r="G147" s="2">
-        <v>45372.0</v>
+        <v>45099.0</v>
       </c>
       <c r="H147" s="2">
-        <v>46286.0</v>
+        <v>48752.0</v>
       </c>
       <c r="I147" s="2">
-        <v>46280.0</v>
+        <v>48744.0</v>
       </c>
       <c r="J147">
-        <v>67376</v>
+        <v>50000</v>
       </c>
       <c r="K147">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L147" t="s">
         <v>27</v>
       </c>
       <c r="O147">
-        <v>9.584584</v>
+        <v>8.293355</v>
       </c>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B148" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C148" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D148" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E148" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F148">
-        <v>10.0</v>
+        <v>6.777</v>
       </c>
       <c r="G148" s="2">
-        <v>45772.0</v>
+        <v>45404.0</v>
       </c>
       <c r="H148" s="2">
-        <v>47051.0</v>
+        <v>47595.0</v>
       </c>
       <c r="I148" s="2">
-        <v>47045.0</v>
+        <v>47588.0</v>
       </c>
       <c r="J148">
-        <v>230503</v>
+        <v>600000</v>
       </c>
       <c r="K148">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L148" t="s">
         <v>27</v>
       </c>
       <c r="O148">
-        <v>10.021433</v>
+        <v>6.681631</v>
       </c>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B149" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C149" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D149" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="E149" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F149">
-        <v>10.0</v>
+        <v>6.304</v>
       </c>
       <c r="G149" s="2">
-        <v>45996.0</v>
+        <v>45712.0</v>
       </c>
       <c r="H149" s="2">
-        <v>47274.0</v>
+        <v>47903.0</v>
       </c>
       <c r="I149" s="2">
-        <v>47268.0</v>
+        <v>47896.0</v>
       </c>
       <c r="J149">
-        <v>165477</v>
+        <v>375000</v>
       </c>
       <c r="K149">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L149" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.998604</v>
       </c>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B150" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C150" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D150" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E150" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F150">
-        <v>11.0</v>
+        <v>11.5</v>
       </c>
       <c r="G150" s="2">
-        <v>45098.0</v>
+        <v>45625.0</v>
       </c>
       <c r="H150" s="2">
-        <v>46012.0</v>
+        <v>46355.0</v>
       </c>
       <c r="I150" s="2">
-        <v>46007.0</v>
+        <v>46346.0</v>
       </c>
       <c r="J150">
-        <v>82209</v>
+        <v>8000</v>
       </c>
       <c r="K150">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L150" t="s">
         <v>27</v>
+      </c>
+      <c r="O150">
+        <v>7.332382</v>
       </c>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B151" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C151" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D151" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E151" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F151">
-        <v>8.0</v>
+        <v>9.032</v>
       </c>
       <c r="G151" s="2">
-        <v>45838.0</v>
+        <v>45391.0</v>
       </c>
       <c r="H151" s="2">
-        <v>47299.0</v>
+        <v>46669.0</v>
       </c>
       <c r="I151" s="2">
-        <v>47289.0</v>
+        <v>46664.0</v>
       </c>
       <c r="J151">
-        <v>30000</v>
+        <v>75000</v>
       </c>
       <c r="K151">
         <v>1000.0</v>
       </c>
       <c r="L151" t="s">
         <v>27</v>
       </c>
       <c r="O151">
-        <v>7.518154</v>
+        <v>8.249009</v>
       </c>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B152" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C152" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D152" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E152" t="s">
         <v>54</v>
       </c>
       <c r="F152">
-        <v>9.5</v>
+        <v>10.0</v>
       </c>
       <c r="G152" s="2">
-        <v>45454.0</v>
+        <v>45372.0</v>
       </c>
       <c r="H152" s="2">
-        <v>46549.0</v>
+        <v>46286.0</v>
       </c>
       <c r="I152" s="2">
-        <v>46545.0</v>
+        <v>46280.0</v>
       </c>
       <c r="J152">
-        <v>15000</v>
+        <v>67376</v>
       </c>
       <c r="K152">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L152" t="s">
         <v>27</v>
       </c>
       <c r="O152">
-        <v>7.906605</v>
+        <v>7.144643</v>
       </c>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B153" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C153" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D153" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E153" t="s">
         <v>54</v>
       </c>
       <c r="F153">
         <v>10.0</v>
       </c>
       <c r="G153" s="2">
-        <v>45754.0</v>
+        <v>45772.0</v>
       </c>
       <c r="H153" s="2">
-        <v>47025.0</v>
+        <v>47051.0</v>
       </c>
       <c r="I153" s="2">
-        <v>47021.0</v>
+        <v>47045.0</v>
       </c>
       <c r="J153">
-        <v>50000</v>
+        <v>230503</v>
       </c>
       <c r="K153">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L153" t="s">
         <v>27</v>
       </c>
       <c r="O153">
-        <v>9.999633</v>
+        <v>10.018668</v>
       </c>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B154" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="C154" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D154" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E154" t="s">
         <v>54</v>
       </c>
       <c r="F154">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
       <c r="G154" s="2">
-        <v>45434.0</v>
+        <v>45996.0</v>
       </c>
       <c r="H154" s="2">
-        <v>46721.0</v>
+        <v>47274.0</v>
       </c>
       <c r="I154" s="2">
-        <v>46715.0</v>
+        <v>47268.0</v>
       </c>
       <c r="J154">
-        <v>25599</v>
+        <v>165477</v>
       </c>
       <c r="K154">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L154" t="s">
         <v>27</v>
       </c>
       <c r="O154">
-        <v>9.033151</v>
+        <v>10.016868</v>
       </c>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B155" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C155" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D155" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E155" t="s">
         <v>32</v>
       </c>
       <c r="F155">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="G155" s="2">
-        <v>44649.0</v>
+        <v>45838.0</v>
       </c>
       <c r="H155" s="2">
-        <v>46475.0</v>
+        <v>47299.0</v>
       </c>
       <c r="I155" s="2">
-        <v>46468.0</v>
+        <v>47289.0</v>
       </c>
       <c r="J155">
-        <v>6200</v>
+        <v>30000</v>
       </c>
       <c r="K155">
-        <v>500.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L155" t="s">
         <v>27</v>
       </c>
       <c r="O155">
-        <v>94.798932</v>
+        <v>7.019609</v>
       </c>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B156" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C156" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D156" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E156" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F156">
-        <v>8.5</v>
+        <v>9.5</v>
       </c>
       <c r="G156" s="2">
-        <v>45541.0</v>
+        <v>45454.0</v>
       </c>
       <c r="H156" s="2">
-        <v>46301.0</v>
+        <v>46549.0</v>
       </c>
       <c r="I156" s="2">
-        <v>46293.0</v>
+        <v>46545.0</v>
       </c>
       <c r="J156">
-        <v>35000</v>
+        <v>15000</v>
       </c>
       <c r="K156">
         <v>1000.0</v>
       </c>
       <c r="L156" t="s">
         <v>27</v>
       </c>
       <c r="O156">
-        <v>3.482749</v>
+        <v>6.263174</v>
       </c>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" t="s">
         <v>22</v>
       </c>
       <c r="B157" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C157" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D157" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E157" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F157">
-        <v>8.5</v>
+        <v>10.0</v>
       </c>
       <c r="G157" s="2">
-        <v>45924.0</v>
+        <v>45754.0</v>
       </c>
       <c r="H157" s="2">
-        <v>47020.0</v>
+        <v>47025.0</v>
       </c>
       <c r="I157" s="2">
-        <v>47011.0</v>
+        <v>47021.0</v>
       </c>
       <c r="J157">
-        <v>8000</v>
+        <v>50000</v>
       </c>
       <c r="K157">
         <v>1000.0</v>
       </c>
       <c r="L157" t="s">
         <v>27</v>
       </c>
       <c r="O157">
-        <v>7.67464</v>
+        <v>10.000067</v>
       </c>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" t="s">
         <v>22</v>
       </c>
       <c r="B158" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C158" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D158" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E158" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F158">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
       <c r="G158" s="2">
-        <v>42842.0</v>
+        <v>45434.0</v>
       </c>
       <c r="H158" s="2">
-        <v>46220.0</v>
+        <v>46721.0</v>
       </c>
       <c r="I158" s="2">
-        <v>46212.0</v>
+        <v>46715.0</v>
       </c>
       <c r="J158">
-        <v>3210</v>
+        <v>25599</v>
       </c>
       <c r="K158">
         <v>1000.0</v>
       </c>
       <c r="L158" t="s">
         <v>27</v>
+      </c>
+      <c r="O158">
+        <v>8.516573</v>
       </c>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B159" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C159" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D159" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E159" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F159">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="G159" s="2">
-        <v>45951.0</v>
+        <v>44649.0</v>
       </c>
       <c r="H159" s="2">
-        <v>49603.0</v>
+        <v>46475.0</v>
       </c>
       <c r="I159" s="2">
-        <v>49594.0</v>
+        <v>46468.0</v>
       </c>
       <c r="J159">
-        <v>6858</v>
+        <v>6200</v>
       </c>
       <c r="K159">
-        <v>1000.0</v>
+        <v>500.0</v>
       </c>
       <c r="L159" t="s">
         <v>27</v>
       </c>
       <c r="O159">
-        <v>6.623865</v>
+        <v>97.030878</v>
       </c>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" t="s">
         <v>28</v>
       </c>
       <c r="B160" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C160" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D160" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E160" t="s">
         <v>26</v>
       </c>
       <c r="F160">
-        <v>2.826</v>
+        <v>8.5</v>
       </c>
       <c r="G160" s="2">
-        <v>44742.0</v>
+        <v>45541.0</v>
       </c>
       <c r="H160" s="2">
-        <v>46568.0</v>
+        <v>46301.0</v>
       </c>
       <c r="I160" s="2">
-        <v>46561.0</v>
+        <v>46293.0</v>
       </c>
       <c r="J160">
-        <v>25000</v>
+        <v>35000</v>
       </c>
       <c r="K160">
         <v>1000.0</v>
       </c>
       <c r="L160" t="s">
         <v>27</v>
+      </c>
+      <c r="O160">
+        <v>5.12644</v>
       </c>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B161" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C161" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D161" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E161" t="s">
         <v>26</v>
       </c>
       <c r="F161">
-        <v>3.119</v>
+        <v>8.5</v>
       </c>
       <c r="G161" s="2">
         <v>45924.0</v>
       </c>
       <c r="H161" s="2">
-        <v>47385.0</v>
+        <v>47020.0</v>
       </c>
       <c r="I161" s="2">
-        <v>47375.0</v>
+        <v>47011.0</v>
       </c>
       <c r="J161">
-        <v>25000</v>
+        <v>8000</v>
       </c>
       <c r="K161">
         <v>1000.0</v>
       </c>
       <c r="L161" t="s">
         <v>27</v>
+      </c>
+      <c r="O161">
+        <v>7.199649</v>
       </c>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" t="s">
         <v>22</v>
       </c>
       <c r="B162" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C162" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D162" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E162" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F162">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="G162" s="2">
-        <v>45807.0</v>
+        <v>42842.0</v>
       </c>
       <c r="H162" s="2">
-        <v>46842.0</v>
+        <v>46220.0</v>
       </c>
       <c r="I162" s="2">
-        <v>46834.0</v>
+        <v>46212.0</v>
       </c>
       <c r="J162">
-        <v>4000</v>
+        <v>3210</v>
       </c>
       <c r="K162">
         <v>1000.0</v>
       </c>
       <c r="L162" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.614068</v>
       </c>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B163" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C163" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D163" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E163" t="s">
         <v>26</v>
       </c>
       <c r="F163">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="G163" s="2">
-        <v>45776.0</v>
+        <v>45951.0</v>
       </c>
       <c r="H163" s="2">
-        <v>46689.0</v>
+        <v>49603.0</v>
       </c>
       <c r="I163" s="2">
-        <v>46681.0</v>
+        <v>49594.0</v>
       </c>
       <c r="J163">
-        <v>3400</v>
+        <v>6858</v>
       </c>
       <c r="K163">
         <v>1000.0</v>
       </c>
       <c r="L163" t="s">
         <v>27</v>
       </c>
       <c r="O163">
-        <v>8.622554</v>
+        <v>6.800738</v>
       </c>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B164" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C164" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D164" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E164" t="s">
         <v>26</v>
       </c>
       <c r="F164">
-        <v>11.0</v>
+        <v>2.826</v>
       </c>
       <c r="G164" s="2">
-        <v>45642.0</v>
+        <v>44742.0</v>
       </c>
       <c r="H164" s="2">
-        <v>46189.0</v>
+        <v>46568.0</v>
       </c>
       <c r="I164" s="2">
-        <v>46182.0</v>
+        <v>46561.0</v>
       </c>
       <c r="J164">
-        <v>8000</v>
+        <v>25000</v>
       </c>
       <c r="K164">
         <v>1000.0</v>
       </c>
       <c r="L164" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" t="s">
+        <v>28</v>
+      </c>
+      <c r="B165" t="s">
+        <v>515</v>
+      </c>
+      <c r="C165" t="s">
+        <v>516</v>
+      </c>
+      <c r="D165" t="s">
+        <v>517</v>
+      </c>
+      <c r="E165" t="s">
+        <v>26</v>
+      </c>
+      <c r="F165">
+        <v>3.119</v>
+      </c>
+      <c r="G165" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="H165" s="2">
+        <v>47385.0</v>
+      </c>
+      <c r="I165" s="2">
+        <v>47375.0</v>
+      </c>
+      <c r="J165">
+        <v>25000</v>
+      </c>
+      <c r="K165">
+        <v>1000.0</v>
+      </c>
+      <c r="L165" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="166" spans="1:23">
+      <c r="A166" t="s">
         <v>22</v>
       </c>
-      <c r="B165" t="s">
-[...11 lines deleted...]
-      <c r="F165">
+      <c r="B166" t="s">
+        <v>518</v>
+      </c>
+      <c r="C166" t="s">
+        <v>519</v>
+      </c>
+      <c r="D166" t="s">
+        <v>520</v>
+      </c>
+      <c r="E166" t="s">
+        <v>26</v>
+      </c>
+      <c r="F166">
+        <v>9.0</v>
+      </c>
+      <c r="G166" s="2">
+        <v>45807.0</v>
+      </c>
+      <c r="H166" s="2">
+        <v>46842.0</v>
+      </c>
+      <c r="I166" s="2">
+        <v>46834.0</v>
+      </c>
+      <c r="J166">
+        <v>4000</v>
+      </c>
+      <c r="K166">
+        <v>1000.0</v>
+      </c>
+      <c r="L166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166">
+        <v>8.532552</v>
+      </c>
+    </row>
+    <row r="167" spans="1:23">
+      <c r="A167" t="s">
+        <v>22</v>
+      </c>
+      <c r="B167" t="s">
+        <v>521</v>
+      </c>
+      <c r="C167" t="s">
+        <v>522</v>
+      </c>
+      <c r="D167" t="s">
+        <v>523</v>
+      </c>
+      <c r="E167" t="s">
+        <v>26</v>
+      </c>
+      <c r="F167">
+        <v>10.0</v>
+      </c>
+      <c r="G167" s="2">
+        <v>45776.0</v>
+      </c>
+      <c r="H167" s="2">
+        <v>46689.0</v>
+      </c>
+      <c r="I167" s="2">
+        <v>46681.0</v>
+      </c>
+      <c r="J167">
+        <v>3400</v>
+      </c>
+      <c r="K167">
+        <v>1000.0</v>
+      </c>
+      <c r="L167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167">
+        <v>9.064156</v>
+      </c>
+    </row>
+    <row r="168" spans="1:23">
+      <c r="A168" t="s">
+        <v>22</v>
+      </c>
+      <c r="B168" t="s">
+        <v>524</v>
+      </c>
+      <c r="C168" t="s">
+        <v>525</v>
+      </c>
+      <c r="D168" t="s">
+        <v>526</v>
+      </c>
+      <c r="E168" t="s">
+        <v>32</v>
+      </c>
+      <c r="F168">
+        <v>10.0</v>
+      </c>
+      <c r="G168" s="2">
+        <v>45931.0</v>
+      </c>
+      <c r="H168" s="2">
+        <v>46661.0</v>
+      </c>
+      <c r="I168" s="2">
+        <v>46651.0</v>
+      </c>
+      <c r="J168">
+        <v>12000</v>
+      </c>
+      <c r="K168">
+        <v>1000.0</v>
+      </c>
+      <c r="L168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168">
+        <v>7.328462</v>
+      </c>
+    </row>
+    <row r="169" spans="1:23">
+      <c r="A169" t="s">
+        <v>22</v>
+      </c>
+      <c r="B169" t="s">
+        <v>527</v>
+      </c>
+      <c r="C169" t="s">
+        <v>528</v>
+      </c>
+      <c r="D169" t="s">
+        <v>529</v>
+      </c>
+      <c r="E169" t="s">
+        <v>26</v>
+      </c>
+      <c r="F169">
+        <v>11.0</v>
+      </c>
+      <c r="G169" s="2">
+        <v>45642.0</v>
+      </c>
+      <c r="H169" s="2">
+        <v>46189.0</v>
+      </c>
+      <c r="I169" s="2">
+        <v>46182.0</v>
+      </c>
+      <c r="J169">
+        <v>1500</v>
+      </c>
+      <c r="K169">
+        <v>1000.0</v>
+      </c>
+      <c r="L169" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="170" spans="1:23">
+      <c r="A170" t="s">
+        <v>22</v>
+      </c>
+      <c r="B170" t="s">
+        <v>530</v>
+      </c>
+      <c r="C170" t="s">
+        <v>531</v>
+      </c>
+      <c r="D170" t="s">
+        <v>532</v>
+      </c>
+      <c r="E170" t="s">
+        <v>26</v>
+      </c>
+      <c r="F170">
         <v>9.5</v>
       </c>
-      <c r="G165" s="2">
+      <c r="G170" s="2">
         <v>45628.0</v>
       </c>
-      <c r="H165" s="2">
+      <c r="H170" s="2">
         <v>46358.0</v>
       </c>
-      <c r="I165" s="2">
+      <c r="I170" s="2">
         <v>46350.0</v>
       </c>
-      <c r="J165">
+      <c r="J170">
         <v>5000</v>
       </c>
-      <c r="K165">
-[...6 lines deleted...]
-        <v>5.725065</v>
+      <c r="K170">
+        <v>1000.0</v>
+      </c>
+      <c r="L170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170">
+        <v>2.927142</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W37"/>
+  <dimension ref="A1:W38"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I37" sqref="I37"/>
+      <selection activeCell="I38" sqref="I38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -8642,1495 +8895,1539 @@
       <c r="E2" t="s">
         <v>32</v>
       </c>
       <c r="F2">
         <v>8.0</v>
       </c>
       <c r="G2" s="2">
         <v>43097.0</v>
       </c>
       <c r="H2" s="2">
         <v>46749.0</v>
       </c>
       <c r="I2" s="2">
         <v>46743.0</v>
       </c>
       <c r="J2">
         <v>13535</v>
       </c>
       <c r="K2">
         <v>100.0</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="O2">
-        <v>8.546048</v>
+        <v>7.990054</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3" t="s">
         <v>35</v>
       </c>
       <c r="E3" t="s">
         <v>32</v>
       </c>
       <c r="F3">
         <v>8.0</v>
       </c>
       <c r="G3" s="2">
         <v>44232.0</v>
       </c>
       <c r="H3" s="2">
         <v>47884.0</v>
       </c>
       <c r="I3" s="2">
         <v>47877.0</v>
       </c>
       <c r="J3">
         <v>27016</v>
       </c>
       <c r="K3">
         <v>100.0</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="O3">
-        <v>8.986492</v>
+        <v>8.501668</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
       <c r="C4" t="s">
         <v>62</v>
       </c>
       <c r="D4" t="s">
         <v>63</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4">
         <v>8.8</v>
       </c>
       <c r="G4" s="2">
         <v>45924.0</v>
       </c>
       <c r="H4" s="2">
         <v>47020.0</v>
       </c>
       <c r="I4" s="2">
         <v>47011.0</v>
       </c>
       <c r="J4">
         <v>150000</v>
       </c>
       <c r="K4">
         <v>100.0</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="O4">
-        <v>8.102751</v>
+        <v>7.568765</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>77</v>
       </c>
       <c r="C5" t="s">
         <v>78</v>
       </c>
       <c r="D5" t="s">
         <v>79</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5">
         <v>6.5</v>
       </c>
       <c r="G5" s="2">
         <v>45588.0</v>
       </c>
       <c r="H5" s="2">
         <v>49240.0</v>
       </c>
       <c r="I5" s="2">
         <v>49233.0</v>
       </c>
       <c r="J5">
         <v>5000</v>
       </c>
       <c r="K5">
         <v>1000.0</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="O5">
-        <v>6.059509</v>
+        <v>5.821605</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>80</v>
       </c>
       <c r="C6" t="s">
         <v>81</v>
       </c>
       <c r="D6" t="s">
         <v>82</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6">
         <v>6.5</v>
       </c>
       <c r="G6" s="2">
         <v>45835.0</v>
       </c>
       <c r="H6" s="2">
         <v>49487.0</v>
       </c>
       <c r="I6" s="2">
         <v>49481.0</v>
       </c>
       <c r="J6">
         <v>6000</v>
       </c>
       <c r="K6">
         <v>1000.0</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="O6">
-        <v>5.949287</v>
+        <v>5.993474</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
       <c r="C7" t="s">
         <v>84</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7">
         <v>7.0</v>
       </c>
       <c r="G7" s="2">
         <v>45441.0</v>
       </c>
       <c r="H7" s="2">
         <v>49093.0</v>
       </c>
       <c r="I7" s="2">
         <v>49087.0</v>
       </c>
       <c r="J7">
         <v>7000</v>
       </c>
       <c r="K7">
         <v>1000.0</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
+      <c r="O7">
+        <v>6.40402</v>
+      </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>86</v>
       </c>
       <c r="C8" t="s">
         <v>87</v>
       </c>
       <c r="D8" t="s">
         <v>88</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8">
         <v>8.0</v>
       </c>
       <c r="G8" s="2">
         <v>44825.0</v>
       </c>
       <c r="H8" s="2">
         <v>48478.0</v>
       </c>
       <c r="I8" s="2">
         <v>48472.0</v>
       </c>
       <c r="J8">
         <v>20000</v>
       </c>
       <c r="K8">
         <v>1000.0</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="O8">
-        <v>7.249567</v>
+        <v>6.987038</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>89</v>
       </c>
       <c r="D9" t="s">
         <v>90</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9">
         <v>8.0</v>
       </c>
       <c r="G9" s="2">
         <v>44973.0</v>
       </c>
       <c r="H9" s="2">
         <v>48626.0</v>
       </c>
       <c r="I9" s="2">
         <v>48619.0</v>
       </c>
       <c r="J9">
         <v>15000</v>
       </c>
       <c r="K9">
         <v>1000.0</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="O9">
-        <v>6.929027</v>
+        <v>6.996782</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>93</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10">
         <v>8.0</v>
       </c>
       <c r="G10" s="2">
         <v>45260.0</v>
       </c>
       <c r="H10" s="2">
         <v>48913.0</v>
       </c>
       <c r="I10" s="2">
         <v>48907.0</v>
       </c>
       <c r="J10">
         <v>5000</v>
       </c>
       <c r="K10">
         <v>1000.0</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="O10">
-        <v>6.898273</v>
+        <v>6.592605</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C11" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D11" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11">
         <v>5.0</v>
       </c>
       <c r="G11" s="2">
         <v>44630.0</v>
       </c>
       <c r="H11" s="2">
         <v>48283.0</v>
       </c>
       <c r="I11" s="2">
         <v>48276.0</v>
       </c>
       <c r="J11">
         <v>10000</v>
       </c>
       <c r="K11">
         <v>1000.0</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C12" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D12" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12">
         <v>5.5</v>
       </c>
       <c r="G12" s="2">
         <v>44286.0</v>
       </c>
       <c r="H12" s="2">
         <v>47938.0</v>
       </c>
       <c r="I12" s="2">
         <v>47931.0</v>
       </c>
       <c r="J12">
         <v>10000</v>
       </c>
       <c r="K12">
         <v>1000.0</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="O12">
-        <v>5.173346</v>
+        <v>5.454307</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C13" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D13" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13">
         <v>5.0</v>
       </c>
       <c r="G13" s="2">
         <v>45812.0</v>
       </c>
       <c r="H13" s="2">
         <v>46908.0</v>
       </c>
       <c r="I13" s="2">
         <v>46902.0</v>
       </c>
       <c r="J13">
         <v>500000</v>
       </c>
       <c r="K13">
         <v>100.0</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="O13">
-        <v>3.549284</v>
+        <v>4.304809</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B14" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="D14" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14">
         <v>3.3</v>
       </c>
       <c r="G14" s="2">
         <v>45551.0</v>
       </c>
       <c r="H14" s="2">
         <v>46281.0</v>
       </c>
       <c r="I14" s="2">
         <v>46274.0</v>
       </c>
       <c r="J14">
         <v>2000000</v>
       </c>
       <c r="K14">
         <v>100.0</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="O14">
-        <v>1.922383</v>
+        <v>1.479368</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C15" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="D15" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15">
         <v>10.0</v>
       </c>
       <c r="G15" s="2">
         <v>45952.0</v>
       </c>
       <c r="H15" s="2">
         <v>47048.0</v>
       </c>
       <c r="I15" s="2">
         <v>47038.0</v>
       </c>
       <c r="J15">
         <v>3000</v>
       </c>
       <c r="K15">
         <v>1000.0</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
       </c>
       <c r="O15">
-        <v>9.309544</v>
+        <v>8.306642</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="C16" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="D16" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="E16" t="s">
         <v>32</v>
       </c>
       <c r="F16">
         <v>11.0</v>
       </c>
       <c r="G16" s="2">
         <v>45812.0</v>
       </c>
       <c r="H16" s="2">
         <v>46908.0</v>
       </c>
       <c r="I16" s="2">
         <v>46903.0</v>
       </c>
       <c r="J16">
         <v>5000</v>
       </c>
       <c r="K16">
         <v>1000.0</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
       <c r="O16">
-        <v>8.495546</v>
+        <v>7.854335</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C17" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17">
         <v>9.5</v>
       </c>
       <c r="G17" s="2">
         <v>45442.0</v>
       </c>
       <c r="H17" s="2">
         <v>49094.0</v>
       </c>
       <c r="I17" s="2">
         <v>49088.0</v>
       </c>
       <c r="J17">
         <v>2000</v>
       </c>
       <c r="K17">
         <v>1000.0</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
       </c>
       <c r="O17">
-        <v>6.818246</v>
+        <v>7.368842</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D18" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18">
         <v>9.5</v>
       </c>
       <c r="G18" s="2">
         <v>45987.0</v>
       </c>
       <c r="H18" s="2">
         <v>47083.0</v>
       </c>
       <c r="I18" s="2">
         <v>47077.0</v>
       </c>
       <c r="J18">
         <v>8000</v>
       </c>
       <c r="K18">
         <v>1000.0</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="O18">
-        <v>9.106028</v>
+        <v>8.070445</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C19" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D19" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E19" t="s">
         <v>32</v>
       </c>
       <c r="F19">
         <v>5.5</v>
       </c>
       <c r="G19" s="2">
         <v>44545.0</v>
       </c>
       <c r="H19" s="2">
         <v>48197.0</v>
       </c>
       <c r="I19" s="2">
         <v>48191.0</v>
       </c>
       <c r="J19">
         <v>15000</v>
       </c>
       <c r="K19">
         <v>1000.0</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
       <c r="O19">
-        <v>5.305956</v>
+        <v>5.501747</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C20" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D20" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20">
         <v>6.25</v>
       </c>
       <c r="G20" s="2">
         <v>45939.0</v>
       </c>
       <c r="H20" s="2">
         <v>49591.0</v>
       </c>
       <c r="I20" s="2">
         <v>49585.0</v>
       </c>
       <c r="J20">
         <v>8000</v>
       </c>
       <c r="K20">
         <v>1000.0</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
       <c r="O20">
-        <v>5.610207</v>
+        <v>5.721329</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C21" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D21" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21">
         <v>9.0</v>
       </c>
       <c r="G21" s="2">
         <v>45273.0</v>
       </c>
       <c r="H21" s="2">
         <v>48926.0</v>
       </c>
       <c r="I21" s="2">
         <v>48919.0</v>
       </c>
       <c r="J21">
         <v>8000</v>
       </c>
       <c r="K21">
         <v>1000.0</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
       <c r="O21">
-        <v>7.430048</v>
+        <v>7.227094</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C22" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D22" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22">
         <v>11.0</v>
       </c>
       <c r="G22" s="2">
         <v>45806.0</v>
       </c>
       <c r="H22" s="2">
         <v>47267.0</v>
       </c>
       <c r="I22" s="2">
         <v>47261.0</v>
       </c>
       <c r="J22">
         <v>8000</v>
       </c>
       <c r="K22">
         <v>1000.0</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
       </c>
       <c r="O22">
-        <v>8.80039</v>
+        <v>8.941739</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C23" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="D23" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23">
         <v>11.0</v>
       </c>
       <c r="G23" s="2">
         <v>44475.0</v>
       </c>
       <c r="H23" s="2">
         <v>46301.0</v>
       </c>
       <c r="I23" s="2">
         <v>46295.0</v>
       </c>
       <c r="J23">
         <v>472974</v>
       </c>
       <c r="K23">
         <v>100.0</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
       <c r="O23">
-        <v>8.318</v>
+        <v>7.318118</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="C24" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D24" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="E24" t="s">
         <v>32</v>
       </c>
       <c r="F24">
         <v>12.0</v>
       </c>
       <c r="G24" s="2">
         <v>45814.0</v>
       </c>
       <c r="H24" s="2">
         <v>47823.0</v>
       </c>
       <c r="I24" s="2">
         <v>47634.0</v>
       </c>
       <c r="J24">
         <v>1600000</v>
       </c>
       <c r="K24">
         <v>100.0</v>
       </c>
       <c r="L24" t="s">
         <v>27</v>
       </c>
       <c r="O24">
-        <v>12.040204</v>
+        <v>12.033415</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="C25" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="D25" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="E25" t="s">
         <v>32</v>
       </c>
       <c r="F25">
         <v>6.0</v>
       </c>
       <c r="G25" s="2">
         <v>45611.0</v>
       </c>
       <c r="H25" s="2">
         <v>49263.0</v>
       </c>
       <c r="I25" s="2">
         <v>49256.0</v>
       </c>
       <c r="J25">
         <v>20000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
       </c>
       <c r="O25">
-        <v>5.416299</v>
+        <v>5.352403</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="C26" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="D26" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="E26" t="s">
         <v>32</v>
       </c>
       <c r="F26">
         <v>10.5</v>
       </c>
       <c r="G26" s="2">
         <v>45198.0</v>
       </c>
       <c r="H26" s="2">
         <v>48851.0</v>
       </c>
       <c r="I26" s="2">
         <v>48845.0</v>
       </c>
       <c r="J26">
         <v>35000</v>
       </c>
       <c r="K26">
         <v>1000.0</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
       </c>
       <c r="O26">
-        <v>7.508534</v>
+        <v>7.304475</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="C27" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="D27" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="E27" t="s">
         <v>32</v>
       </c>
       <c r="F27">
         <v>9.0</v>
       </c>
       <c r="G27" s="2">
         <v>45735.0</v>
       </c>
       <c r="H27" s="2">
         <v>47196.0</v>
       </c>
       <c r="I27" s="2">
         <v>47190.0</v>
       </c>
       <c r="J27">
         <v>6200</v>
       </c>
       <c r="K27">
         <v>1000.0</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
       <c r="O27">
-        <v>9.035852</v>
+        <v>7.172831</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="C28" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="D28" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="E28" t="s">
         <v>32</v>
       </c>
       <c r="F28">
         <v>10.5</v>
       </c>
       <c r="G28" s="2">
         <v>45435.0</v>
       </c>
       <c r="H28" s="2">
         <v>46896.0</v>
       </c>
       <c r="I28" s="2">
         <v>46890.0</v>
       </c>
       <c r="J28">
         <v>6200</v>
       </c>
       <c r="K28">
         <v>1000.0</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
       <c r="O28">
-        <v>9.518069</v>
+        <v>8.050224</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C29" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="D29" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="E29" t="s">
         <v>32</v>
       </c>
       <c r="F29">
         <v>4.75</v>
       </c>
       <c r="G29" s="2">
         <v>44357.0</v>
       </c>
       <c r="H29" s="2">
         <v>46183.0</v>
       </c>
       <c r="I29" s="2">
         <v>46174.0</v>
       </c>
       <c r="J29">
         <v>50000</v>
       </c>
       <c r="K29">
         <v>100.0</v>
       </c>
       <c r="L29" t="s">
         <v>27</v>
       </c>
       <c r="O29">
-        <v>4.744366</v>
+        <v>3.007484</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="C30" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="D30" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="E30" t="s">
         <v>32</v>
       </c>
       <c r="F30">
         <v>8.5</v>
       </c>
       <c r="G30" s="2">
         <v>44991.0</v>
       </c>
       <c r="H30" s="2">
-        <v>46456.0</v>
+        <v>46091.0</v>
       </c>
       <c r="I30" s="2">
-        <v>46447.0</v>
+        <v>46085.0</v>
       </c>
       <c r="J30">
         <v>121060</v>
       </c>
       <c r="K30">
         <v>100.0</v>
       </c>
       <c r="L30" t="s">
         <v>27</v>
       </c>
       <c r="O30">
-        <v>5.912107</v>
+        <v>-113.578168</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="C31" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="D31" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="E31" t="s">
         <v>32</v>
       </c>
       <c r="F31">
         <v>11.0</v>
       </c>
       <c r="G31" s="2">
         <v>45548.0</v>
       </c>
       <c r="H31" s="2">
         <v>46643.0</v>
       </c>
       <c r="I31" s="2">
         <v>46637.0</v>
       </c>
       <c r="J31">
         <v>3000</v>
       </c>
       <c r="K31">
         <v>500.0</v>
       </c>
       <c r="L31" t="s">
         <v>27</v>
       </c>
       <c r="O31">
-        <v>6.759854</v>
+        <v>9.599034</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="C32" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="D32" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="E32" t="s">
         <v>32</v>
       </c>
       <c r="F32">
-        <v>9.99</v>
+        <v>10.04</v>
       </c>
       <c r="G32" s="2">
         <v>45054.0</v>
       </c>
       <c r="H32" s="2">
         <v>46881.0</v>
       </c>
       <c r="I32" s="2">
         <v>46868.0</v>
       </c>
       <c r="J32">
         <v>420</v>
       </c>
       <c r="K32">
         <v>45238.09</v>
       </c>
       <c r="L32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="C33" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="D33" t="s">
-        <v>421</v>
+        <v>437</v>
       </c>
       <c r="E33" t="s">
         <v>32</v>
       </c>
       <c r="F33">
         <v>9.0</v>
       </c>
       <c r="G33" s="2">
         <v>43978.0</v>
       </c>
       <c r="H33" s="2">
         <v>46326.0</v>
       </c>
       <c r="I33" s="2">
         <v>46322.0</v>
       </c>
       <c r="J33">
         <v>3459081</v>
       </c>
       <c r="K33">
         <v>2.38</v>
       </c>
       <c r="L33" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>28</v>
       </c>
       <c r="B34" t="s">
-        <v>425</v>
+        <v>441</v>
       </c>
       <c r="C34" t="s">
-        <v>426</v>
+        <v>442</v>
       </c>
       <c r="D34" t="s">
-        <v>427</v>
+        <v>443</v>
       </c>
       <c r="E34" t="s">
         <v>32</v>
       </c>
       <c r="G34" s="2">
         <v>43852.0</v>
       </c>
       <c r="H34" s="2">
         <v>46843.0</v>
       </c>
       <c r="I34" s="2">
         <v>46836.0</v>
       </c>
       <c r="J34">
         <v>110000</v>
       </c>
       <c r="K34">
         <v>100.0</v>
       </c>
       <c r="L34" t="s">
         <v>27</v>
       </c>
       <c r="O34">
-        <v>47.770268</v>
+        <v>63.122924</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="C35" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="D35" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="E35" t="s">
         <v>32</v>
       </c>
       <c r="F35">
         <v>8.0</v>
       </c>
       <c r="G35" s="2">
         <v>45838.0</v>
       </c>
       <c r="H35" s="2">
         <v>47299.0</v>
       </c>
       <c r="I35" s="2">
         <v>47289.0</v>
       </c>
       <c r="J35">
         <v>30000</v>
       </c>
       <c r="K35">
         <v>1000.0</v>
       </c>
       <c r="L35" t="s">
         <v>27</v>
       </c>
       <c r="O35">
-        <v>7.518154</v>
+        <v>7.019609</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="C36" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
       <c r="D36" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
       <c r="E36" t="s">
         <v>32</v>
       </c>
       <c r="F36">
         <v>10.0</v>
       </c>
       <c r="G36" s="2">
         <v>44649.0</v>
       </c>
       <c r="H36" s="2">
         <v>46475.0</v>
       </c>
       <c r="I36" s="2">
         <v>46468.0</v>
       </c>
       <c r="J36">
         <v>6200</v>
       </c>
       <c r="K36">
         <v>500.0</v>
       </c>
       <c r="L36" t="s">
         <v>27</v>
       </c>
       <c r="O36">
-        <v>94.798932</v>
+        <v>97.030878</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="C37" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="D37" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="E37" t="s">
         <v>32</v>
       </c>
       <c r="F37">
         <v>7.0</v>
       </c>
       <c r="G37" s="2">
         <v>42842.0</v>
       </c>
       <c r="H37" s="2">
         <v>46220.0</v>
       </c>
       <c r="I37" s="2">
         <v>46212.0</v>
       </c>
       <c r="J37">
         <v>3210</v>
       </c>
       <c r="K37">
         <v>1000.0</v>
       </c>
       <c r="L37" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" t="s">
+        <v>524</v>
+      </c>
+      <c r="C38" t="s">
+        <v>525</v>
+      </c>
+      <c r="D38" t="s">
+        <v>526</v>
+      </c>
+      <c r="E38" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38">
+        <v>10.0</v>
+      </c>
+      <c r="G38" s="2">
+        <v>45931.0</v>
+      </c>
+      <c r="H38" s="2">
+        <v>46661.0</v>
+      </c>
+      <c r="I38" s="2">
+        <v>46651.0</v>
+      </c>
+      <c r="J38">
+        <v>12000</v>
+      </c>
+      <c r="K38">
+        <v>1000.0</v>
+      </c>
+      <c r="L38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38">
+        <v>7.328462</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W46"/>
+  <dimension ref="A1:W45"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I46" sqref="I46"/>
+      <selection activeCell="I45" sqref="I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -10255,113 +10552,113 @@
       </c>
       <c r="K3">
         <v>1000.0</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
       <c r="C4" t="s">
         <v>59</v>
       </c>
       <c r="D4" t="s">
         <v>60</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4">
-        <v>9.493</v>
+        <v>9.522</v>
       </c>
       <c r="G4" s="2">
         <v>45037.0</v>
       </c>
       <c r="H4" s="2">
         <v>46477.0</v>
       </c>
       <c r="I4" s="2">
         <v>46465.0</v>
       </c>
       <c r="J4">
         <v>30000</v>
       </c>
       <c r="K4">
         <v>1000.0</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="O4">
-        <v>21.856781</v>
+        <v>64.259324</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>64</v>
       </c>
       <c r="C5" t="s">
         <v>65</v>
       </c>
       <c r="D5" t="s">
         <v>66</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5">
         <v>12.0</v>
       </c>
       <c r="G5" s="2">
         <v>45260.0</v>
       </c>
       <c r="H5" s="2">
         <v>46173.0</v>
       </c>
       <c r="I5" s="2">
         <v>46168.0</v>
       </c>
       <c r="J5">
         <v>4500</v>
       </c>
       <c r="K5">
         <v>1000.0</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="O5">
-        <v>12.229714</v>
+        <v>11.749304</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>67</v>
       </c>
       <c r="C6" t="s">
         <v>68</v>
       </c>
       <c r="D6" t="s">
         <v>69</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6">
         <v>0.5</v>
       </c>
       <c r="G6" s="2">
         <v>44489.0</v>
       </c>
       <c r="H6" s="2">
@@ -10472,1553 +10769,1509 @@
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9">
         <v>10.0</v>
       </c>
       <c r="G9" s="2">
         <v>45567.0</v>
       </c>
       <c r="H9" s="2">
         <v>49219.0</v>
       </c>
       <c r="I9" s="2">
         <v>49213.0</v>
       </c>
       <c r="J9">
         <v>20000</v>
       </c>
       <c r="K9">
         <v>1000.0</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="O9">
-        <v>8.924254</v>
+        <v>8.911778</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>100</v>
       </c>
       <c r="C10" t="s">
         <v>101</v>
       </c>
       <c r="D10" t="s">
         <v>102</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10">
         <v>5.0</v>
       </c>
       <c r="G10" s="2">
         <v>44543.0</v>
       </c>
       <c r="H10" s="2">
         <v>48195.0</v>
       </c>
       <c r="I10" s="2">
         <v>48180.0</v>
       </c>
       <c r="J10">
         <v>4000</v>
       </c>
       <c r="K10">
         <v>10000.0</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="O10">
-        <v>4.709236</v>
+        <v>4.799541</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>103</v>
       </c>
       <c r="C11" t="s">
         <v>104</v>
       </c>
       <c r="D11" t="s">
         <v>105</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11">
         <v>8.0</v>
       </c>
       <c r="G11" s="2">
         <v>45387.0</v>
       </c>
       <c r="H11" s="2">
         <v>49039.0</v>
       </c>
       <c r="I11" s="2">
         <v>49033.0</v>
       </c>
       <c r="J11">
         <v>2000</v>
       </c>
       <c r="K11">
         <v>10000.0</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="O11">
-        <v>6.79943</v>
+        <v>6.780669</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
       <c r="C12" t="s">
         <v>107</v>
       </c>
       <c r="D12" t="s">
         <v>108</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12">
         <v>8.0</v>
       </c>
       <c r="G12" s="2">
         <v>45596.0</v>
       </c>
       <c r="H12" s="2">
         <v>46691.0</v>
       </c>
       <c r="I12" s="2">
         <v>46686.0</v>
       </c>
       <c r="J12">
         <v>5000</v>
       </c>
       <c r="K12">
         <v>1000.0</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
-      <c r="O12">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13">
         <v>8.5</v>
       </c>
       <c r="G13" s="2">
         <v>45716.0</v>
       </c>
       <c r="H13" s="2">
         <v>46811.0</v>
       </c>
       <c r="I13" s="2">
         <v>46805.0</v>
       </c>
       <c r="J13">
         <v>5000</v>
       </c>
       <c r="K13">
         <v>1000.0</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="O13">
-        <v>6.525924</v>
+        <v>6.866114</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>127</v>
       </c>
       <c r="C14" t="s">
         <v>128</v>
       </c>
       <c r="D14" t="s">
         <v>129</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14">
-        <v>10.0</v>
+        <v>6.5</v>
       </c>
       <c r="G14" s="2">
-        <v>45555.0</v>
+        <v>45975.0</v>
       </c>
       <c r="H14" s="2">
-        <v>47021.0</v>
+        <v>47436.0</v>
       </c>
       <c r="I14" s="2">
-        <v>47015.0</v>
+        <v>47430.0</v>
       </c>
       <c r="J14">
-        <v>150000</v>
+        <v>15000</v>
       </c>
       <c r="K14">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="O14">
-        <v>9.179003</v>
+        <v>5.163089</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15">
-        <v>11.016</v>
+        <v>9.5</v>
       </c>
       <c r="G15" s="2">
-        <v>45161.0</v>
+        <v>45925.0</v>
       </c>
       <c r="H15" s="2">
-        <v>46078.0</v>
+        <v>46655.0</v>
       </c>
       <c r="I15" s="2">
-        <v>46072.0</v>
+        <v>46651.0</v>
       </c>
       <c r="J15">
-        <v>10995</v>
+        <v>25000</v>
       </c>
       <c r="K15">
         <v>1000.0</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.105428</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D16" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16">
-        <v>11.016</v>
+        <v>10.0</v>
       </c>
       <c r="G16" s="2">
-        <v>45253.0</v>
+        <v>45555.0</v>
       </c>
       <c r="H16" s="2">
-        <v>46351.0</v>
+        <v>47021.0</v>
       </c>
       <c r="I16" s="2">
-        <v>46345.0</v>
+        <v>47015.0</v>
       </c>
       <c r="J16">
-        <v>15000</v>
+        <v>150000</v>
       </c>
       <c r="K16">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
       <c r="O16">
-        <v>7.474784</v>
+        <v>8.171327</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D17" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17">
-        <v>13.516</v>
+        <v>11.002</v>
       </c>
       <c r="G17" s="2">
-        <v>45132.0</v>
+        <v>45161.0</v>
       </c>
       <c r="H17" s="2">
-        <v>46959.0</v>
+        <v>46078.0</v>
       </c>
       <c r="I17" s="2">
-        <v>46953.0</v>
+        <v>46072.0</v>
       </c>
       <c r="J17">
-        <v>5000</v>
+        <v>10995</v>
       </c>
       <c r="K17">
         <v>1000.0</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18">
-        <v>13.016</v>
+        <v>11.002</v>
       </c>
       <c r="G18" s="2">
-        <v>45443.0</v>
+        <v>45253.0</v>
       </c>
       <c r="H18" s="2">
-        <v>47263.0</v>
+        <v>46351.0</v>
       </c>
       <c r="I18" s="2">
-        <v>47259.0</v>
+        <v>46345.0</v>
       </c>
       <c r="J18">
-        <v>5000</v>
+        <v>15000</v>
       </c>
       <c r="K18">
         <v>1000.0</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
+      </c>
+      <c r="O18">
+        <v>7.845702</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19">
-        <v>8.0</v>
+        <v>13.502</v>
       </c>
       <c r="G19" s="2">
-        <v>44974.0</v>
+        <v>45132.0</v>
       </c>
       <c r="H19" s="2">
-        <v>46070.0</v>
+        <v>46959.0</v>
       </c>
       <c r="I19" s="2">
-        <v>46064.0</v>
+        <v>46953.0</v>
       </c>
       <c r="J19">
-        <v>8000</v>
+        <v>5000</v>
       </c>
       <c r="K19">
         <v>1000.0</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C20" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20">
-        <v>9.0</v>
+        <v>13.002</v>
       </c>
       <c r="G20" s="2">
-        <v>45232.0</v>
+        <v>45443.0</v>
       </c>
       <c r="H20" s="2">
-        <v>46328.0</v>
+        <v>47263.0</v>
       </c>
       <c r="I20" s="2">
-        <v>46322.0</v>
+        <v>47259.0</v>
       </c>
       <c r="J20">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K20">
         <v>1000.0</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="D21" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21">
         <v>0.5</v>
       </c>
       <c r="G21" s="2">
         <v>44333.0</v>
       </c>
       <c r="H21" s="2">
         <v>46890.0</v>
       </c>
       <c r="I21" s="2">
         <v>46875.0</v>
       </c>
       <c r="J21">
         <v>50000</v>
       </c>
       <c r="K21">
         <v>1000.0</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22">
         <v>2.42</v>
       </c>
       <c r="G22" s="2">
         <v>44686.0</v>
       </c>
       <c r="H22" s="2">
         <v>46512.0</v>
       </c>
       <c r="I22" s="2">
         <v>46497.0</v>
       </c>
       <c r="J22">
         <v>100000</v>
       </c>
       <c r="K22">
         <v>1000.0</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="D23" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23">
         <v>4.952</v>
       </c>
       <c r="G23" s="2">
         <v>44979.0</v>
       </c>
       <c r="H23" s="2">
         <v>47171.0</v>
       </c>
       <c r="I23" s="2">
         <v>47165.0</v>
       </c>
       <c r="J23">
         <v>50000</v>
       </c>
       <c r="K23">
         <v>1000.0</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C24" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="D24" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24">
         <v>3.612</v>
       </c>
       <c r="G24" s="2">
         <v>45974.0</v>
       </c>
       <c r="H24" s="2">
         <v>47800.0</v>
       </c>
       <c r="I24" s="2">
         <v>47794.0</v>
       </c>
       <c r="J24">
         <v>400000</v>
       </c>
       <c r="K24">
         <v>1000.0</v>
       </c>
       <c r="L24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25">
         <v>9.5</v>
       </c>
       <c r="G25" s="2">
         <v>45954.0</v>
       </c>
       <c r="H25" s="2">
         <v>47780.0</v>
       </c>
       <c r="I25" s="2">
         <v>47774.0</v>
       </c>
       <c r="J25">
         <v>275000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
       </c>
       <c r="O25">
-        <v>8.227566</v>
+        <v>7.934629</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D26" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26">
         <v>13.0</v>
       </c>
       <c r="G26" s="2">
         <v>45230.0</v>
       </c>
       <c r="H26" s="2">
         <v>47057.0</v>
       </c>
       <c r="I26" s="2">
         <v>47051.0</v>
       </c>
       <c r="J26">
         <v>900000</v>
       </c>
       <c r="K26">
         <v>100.0</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
       </c>
       <c r="O26">
-        <v>9.763116</v>
+        <v>9.178096</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C27" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D27" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27">
-        <v>6.0</v>
+        <v>7.25</v>
       </c>
       <c r="G27" s="2">
-        <v>44239.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H27" s="2">
-        <v>46065.0</v>
+        <v>47472.0</v>
       </c>
       <c r="I27" s="2">
-        <v>46055.0</v>
+        <v>47466.0</v>
       </c>
       <c r="J27">
         <v>20000</v>
       </c>
       <c r="K27">
         <v>1000.0</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
       <c r="O27">
-        <v>4.202427</v>
+        <v>6.497239</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C28" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D28" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28">
         <v>11.25</v>
       </c>
       <c r="G28" s="2">
         <v>42513.0</v>
       </c>
       <c r="H28" s="2">
         <v>46896.0</v>
       </c>
       <c r="I28" s="2">
         <v>46890.0</v>
       </c>
       <c r="J28">
         <v>135000</v>
       </c>
       <c r="K28">
         <v>1000.0</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C29" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29">
         <v>10.0</v>
       </c>
       <c r="G29" s="2">
         <v>45401.0</v>
       </c>
       <c r="H29" s="2">
         <v>46493.0</v>
       </c>
       <c r="I29" s="2">
         <v>46489.0</v>
       </c>
       <c r="J29">
         <v>120000</v>
       </c>
       <c r="K29">
         <v>100.0</v>
       </c>
       <c r="L29" t="s">
         <v>27</v>
       </c>
       <c r="O29">
-        <v>7.61308</v>
+        <v>6.389616</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C30" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30">
         <v>10.0</v>
       </c>
       <c r="G30" s="2">
         <v>45534.0</v>
       </c>
       <c r="H30" s="2">
         <v>46629.0</v>
       </c>
       <c r="I30" s="2">
         <v>46623.0</v>
       </c>
       <c r="J30">
         <v>50000</v>
       </c>
       <c r="K30">
         <v>100.0</v>
       </c>
       <c r="L30" t="s">
         <v>27</v>
       </c>
       <c r="O30">
-        <v>8.119464</v>
+        <v>7.711517</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D31" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E31" t="s">
         <v>54</v>
       </c>
       <c r="F31">
         <v>4.0</v>
       </c>
       <c r="G31" s="2">
         <v>45812.0</v>
       </c>
       <c r="H31" s="2">
         <v>47638.0</v>
       </c>
       <c r="I31" s="2">
         <v>47632.0</v>
       </c>
       <c r="J31">
         <v>200000</v>
       </c>
       <c r="K31">
         <v>100.0</v>
       </c>
       <c r="L31" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D32" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32">
         <v>4.5</v>
       </c>
       <c r="G32" s="2">
         <v>44915.0</v>
       </c>
       <c r="H32" s="2">
         <v>46631.0</v>
       </c>
       <c r="I32" s="2">
         <v>46625.0</v>
       </c>
       <c r="J32">
-        <v>107560787</v>
+        <v>108367493</v>
       </c>
       <c r="K32">
         <v>0.01</v>
       </c>
       <c r="L32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33">
-        <v>7.993</v>
+        <v>8.022</v>
       </c>
       <c r="G33" s="2">
         <v>45282.0</v>
       </c>
       <c r="H33" s="2">
         <v>46568.0</v>
       </c>
       <c r="I33" s="2">
         <v>46560.0</v>
       </c>
       <c r="J33">
         <v>20000</v>
       </c>
       <c r="K33">
         <v>1000.0</v>
       </c>
       <c r="L33" t="s">
         <v>27</v>
       </c>
       <c r="O33">
-        <v>7.4685</v>
+        <v>6.846083</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="C34" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="D34" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34">
         <v>7.5</v>
       </c>
       <c r="G34" s="2">
         <v>45638.0</v>
       </c>
       <c r="H34" s="2">
         <v>47099.0</v>
       </c>
       <c r="I34" s="2">
         <v>47093.0</v>
       </c>
       <c r="J34">
         <v>8000</v>
       </c>
       <c r="K34">
         <v>1000.0</v>
       </c>
       <c r="L34" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.218214</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="C35" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="D35" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="E35" t="s">
         <v>54</v>
       </c>
       <c r="F35">
         <v>10.0</v>
       </c>
       <c r="G35" s="2">
         <v>45625.0</v>
       </c>
       <c r="H35" s="2">
         <v>46721.0</v>
       </c>
       <c r="I35" s="2">
         <v>46715.0</v>
       </c>
       <c r="J35">
         <v>100000</v>
       </c>
       <c r="K35">
         <v>100.0</v>
       </c>
       <c r="L35" t="s">
         <v>27</v>
       </c>
       <c r="O35">
-        <v>8.877807</v>
+        <v>7.010048</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B36" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="C36" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="D36" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="E36" t="s">
         <v>54</v>
       </c>
       <c r="G36" s="2">
         <v>44015.0</v>
       </c>
       <c r="H36" s="2">
         <v>46571.0</v>
       </c>
       <c r="I36" s="2">
         <v>46567.0</v>
       </c>
       <c r="J36">
         <v>80000</v>
       </c>
       <c r="K36">
         <v>1000.0</v>
       </c>
       <c r="L36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C37" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="D37" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="E37" t="s">
         <v>54</v>
       </c>
       <c r="F37">
-        <v>6.993</v>
+        <v>7.022</v>
       </c>
       <c r="G37" s="2">
         <v>45359.0</v>
       </c>
       <c r="H37" s="2">
         <v>46454.0</v>
       </c>
       <c r="I37" s="2">
         <v>46448.0</v>
       </c>
       <c r="J37">
         <v>3000</v>
       </c>
       <c r="K37">
         <v>1000.0</v>
       </c>
       <c r="L37" t="s">
         <v>27</v>
       </c>
       <c r="O37">
-        <v>5.457871</v>
+        <v>5.229849</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="C38" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="D38" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="E38" t="s">
         <v>54</v>
       </c>
       <c r="F38">
         <v>6.0</v>
       </c>
       <c r="G38" s="2">
         <v>45828.0</v>
       </c>
       <c r="H38" s="2">
         <v>47289.0</v>
       </c>
       <c r="I38" s="2">
         <v>47283.0</v>
       </c>
       <c r="J38">
         <v>100000</v>
       </c>
       <c r="K38">
         <v>100.0</v>
       </c>
       <c r="L38" t="s">
         <v>27</v>
       </c>
       <c r="O38">
-        <v>5.920486</v>
+        <v>5.915803</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>28</v>
       </c>
       <c r="B39" t="s">
-        <v>422</v>
+        <v>438</v>
       </c>
       <c r="C39" t="s">
-        <v>423</v>
+        <v>439</v>
       </c>
       <c r="D39" t="s">
-        <v>424</v>
+        <v>440</v>
       </c>
       <c r="E39" t="s">
         <v>54</v>
       </c>
       <c r="F39">
         <v>10.0</v>
       </c>
       <c r="G39" s="2">
         <v>45812.0</v>
       </c>
       <c r="H39" s="2">
         <v>46542.0</v>
       </c>
       <c r="I39" s="2">
         <v>46538.0</v>
       </c>
       <c r="J39">
-        <v>42249</v>
+        <v>45085</v>
       </c>
       <c r="K39">
         <v>1000.0</v>
       </c>
       <c r="L39" t="s">
         <v>27</v>
       </c>
       <c r="O39">
-        <v>8.560461</v>
+        <v>7.48488</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>28</v>
       </c>
       <c r="B40" t="s">
-        <v>461</v>
+        <v>477</v>
       </c>
       <c r="C40" t="s">
-        <v>462</v>
+        <v>478</v>
       </c>
       <c r="D40" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="E40" t="s">
         <v>54</v>
       </c>
       <c r="F40">
         <v>10.0</v>
       </c>
       <c r="G40" s="2">
         <v>45372.0</v>
       </c>
       <c r="H40" s="2">
         <v>46286.0</v>
       </c>
       <c r="I40" s="2">
         <v>46280.0</v>
       </c>
       <c r="J40">
         <v>67376</v>
       </c>
       <c r="K40">
         <v>100.0</v>
       </c>
       <c r="L40" t="s">
         <v>27</v>
       </c>
       <c r="O40">
-        <v>9.584584</v>
+        <v>7.144643</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
         <v>28</v>
       </c>
       <c r="B41" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="C41" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="D41" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E41" t="s">
         <v>54</v>
       </c>
       <c r="F41">
         <v>10.0</v>
       </c>
       <c r="G41" s="2">
         <v>45772.0</v>
       </c>
       <c r="H41" s="2">
         <v>47051.0</v>
       </c>
       <c r="I41" s="2">
         <v>47045.0</v>
       </c>
       <c r="J41">
         <v>230503</v>
       </c>
       <c r="K41">
         <v>100.0</v>
       </c>
       <c r="L41" t="s">
         <v>27</v>
       </c>
       <c r="O41">
-        <v>10.021433</v>
+        <v>10.018668</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
         <v>28</v>
       </c>
       <c r="B42" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="C42" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="D42" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="E42" t="s">
         <v>54</v>
       </c>
       <c r="F42">
         <v>10.0</v>
       </c>
       <c r="G42" s="2">
         <v>45996.0</v>
       </c>
       <c r="H42" s="2">
         <v>47274.0</v>
       </c>
       <c r="I42" s="2">
         <v>47268.0</v>
       </c>
       <c r="J42">
         <v>165477</v>
       </c>
       <c r="K42">
         <v>100.0</v>
       </c>
       <c r="L42" t="s">
         <v>27</v>
       </c>
       <c r="O42">
-        <v>9.998604</v>
+        <v>10.016868</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B43" t="s">
-        <v>469</v>
+        <v>488</v>
       </c>
       <c r="C43" t="s">
-        <v>470</v>
+        <v>489</v>
       </c>
       <c r="D43" t="s">
-        <v>471</v>
+        <v>490</v>
       </c>
       <c r="E43" t="s">
         <v>54</v>
       </c>
       <c r="F43">
-        <v>11.0</v>
+        <v>9.5</v>
       </c>
       <c r="G43" s="2">
-        <v>45098.0</v>
+        <v>45454.0</v>
       </c>
       <c r="H43" s="2">
-        <v>46012.0</v>
+        <v>46549.0</v>
       </c>
       <c r="I43" s="2">
-        <v>46007.0</v>
+        <v>46545.0</v>
       </c>
       <c r="J43">
-        <v>82209</v>
+        <v>15000</v>
       </c>
       <c r="K43">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L43" t="s">
         <v>27</v>
+      </c>
+      <c r="O43">
+        <v>6.263174</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="C44" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="D44" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="E44" t="s">
         <v>54</v>
       </c>
       <c r="F44">
-        <v>9.5</v>
+        <v>10.0</v>
       </c>
       <c r="G44" s="2">
-        <v>45454.0</v>
+        <v>45754.0</v>
       </c>
       <c r="H44" s="2">
-        <v>46549.0</v>
+        <v>47025.0</v>
       </c>
       <c r="I44" s="2">
-        <v>46545.0</v>
+        <v>47021.0</v>
       </c>
       <c r="J44">
-        <v>15000</v>
+        <v>50000</v>
       </c>
       <c r="K44">
         <v>1000.0</v>
       </c>
       <c r="L44" t="s">
         <v>27</v>
       </c>
       <c r="O44">
-        <v>7.906605</v>
+        <v>10.000067</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="C45" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="E45" t="s">
         <v>54</v>
       </c>
       <c r="F45">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
       <c r="G45" s="2">
-        <v>45754.0</v>
+        <v>45434.0</v>
       </c>
       <c r="H45" s="2">
-        <v>47025.0</v>
+        <v>46721.0</v>
       </c>
       <c r="I45" s="2">
-        <v>47021.0</v>
+        <v>46715.0</v>
       </c>
       <c r="J45">
-        <v>50000</v>
+        <v>25599</v>
       </c>
       <c r="K45">
         <v>1000.0</v>
       </c>
       <c r="L45" t="s">
         <v>27</v>
       </c>
       <c r="O45">
-        <v>9.999633</v>
-[...40 lines deleted...]
-        <v>9.033151</v>
+        <v>8.516573</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W84"/>
+  <dimension ref="A1:W89"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I84" sqref="I84"/>
+      <selection activeCell="I89" sqref="I89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -12155,96 +12408,99 @@
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4">
         <v>8.0</v>
       </c>
       <c r="G4" s="2">
         <v>45821.0</v>
       </c>
       <c r="H4" s="2">
         <v>46734.0</v>
       </c>
       <c r="I4" s="2">
         <v>46722.0</v>
       </c>
       <c r="J4">
-        <v>32274</v>
+        <v>32690</v>
       </c>
       <c r="K4">
         <v>1000.0</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>8.5</v>
       </c>
       <c r="G5" s="2">
         <v>45965.0</v>
       </c>
       <c r="H5" s="2">
         <v>46360.0</v>
       </c>
       <c r="I5" s="2">
         <v>46350.0</v>
       </c>
       <c r="J5">
         <v>14346</v>
       </c>
       <c r="K5">
         <v>1000.0</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
+      <c r="O5">
+        <v>6.472338</v>
+      </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6">
         <v>11.0</v>
       </c>
       <c r="G6" s="2">
         <v>45471.0</v>
       </c>
       <c r="H6" s="2">
         <v>46201.0</v>
@@ -12278,3055 +12534,3257 @@
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7">
         <v>6.0</v>
       </c>
       <c r="G7" s="2">
         <v>45792.0</v>
       </c>
       <c r="H7" s="2">
         <v>47618.0</v>
       </c>
       <c r="I7" s="2">
         <v>47598.0</v>
       </c>
       <c r="J7">
         <v>350000</v>
       </c>
       <c r="K7">
         <v>1000.0</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="O7">
-        <v>4.58387</v>
+        <v>4.341234</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
       <c r="C8" t="s">
         <v>72</v>
       </c>
       <c r="D8" t="s">
         <v>73</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8">
         <v>8.782</v>
       </c>
       <c r="G8" s="2">
         <v>45201.0</v>
       </c>
       <c r="H8" s="2">
         <v>46297.0</v>
       </c>
       <c r="I8" s="2">
         <v>46290.0</v>
       </c>
       <c r="J8">
         <v>265000</v>
       </c>
       <c r="K8">
         <v>1000.0</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>109</v>
       </c>
       <c r="C9" t="s">
         <v>110</v>
       </c>
       <c r="D9" t="s">
         <v>111</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="G9" s="2">
-        <v>45855.0</v>
+        <v>46065.0</v>
       </c>
       <c r="H9" s="2">
-        <v>47316.0</v>
+        <v>46977.0</v>
       </c>
       <c r="I9" s="2">
-        <v>47308.0</v>
+        <v>46969.0</v>
       </c>
       <c r="J9">
-        <v>10350</v>
+        <v>4000</v>
       </c>
       <c r="K9">
         <v>1000.0</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="O9">
-        <v>8.350495</v>
+        <v>7.099907</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="C10" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="D10" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10">
-        <v>8.036</v>
+        <v>10.0</v>
       </c>
       <c r="G10" s="2">
-        <v>45377.0</v>
+        <v>45855.0</v>
       </c>
       <c r="H10" s="2">
-        <v>46202.0</v>
+        <v>47316.0</v>
       </c>
       <c r="I10" s="2">
-        <v>46192.0</v>
+        <v>47308.0</v>
       </c>
       <c r="J10">
-        <v>16844</v>
+        <v>10350</v>
       </c>
       <c r="K10">
         <v>1000.0</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="O10">
-        <v>7.244436</v>
+        <v>7.943543</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>125</v>
       </c>
       <c r="D11" t="s">
         <v>126</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11">
-        <v>9.901</v>
+        <v>8.126</v>
       </c>
       <c r="G11" s="2">
-        <v>45853.0</v>
+        <v>45377.0</v>
       </c>
       <c r="H11" s="2">
-        <v>46767.0</v>
+        <v>46202.0</v>
       </c>
       <c r="I11" s="2">
-        <v>46757.0</v>
+        <v>46192.0</v>
       </c>
       <c r="J11">
-        <v>6000</v>
+        <v>16844</v>
       </c>
       <c r="K11">
         <v>1000.0</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>168</v>
+        <v>130</v>
       </c>
       <c r="C12" t="s">
-        <v>169</v>
+        <v>131</v>
       </c>
       <c r="D12" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12">
-        <v>11.0</v>
+        <v>9.92</v>
       </c>
       <c r="G12" s="2">
-        <v>45772.0</v>
+        <v>45853.0</v>
       </c>
       <c r="H12" s="2">
-        <v>46685.0</v>
+        <v>46767.0</v>
       </c>
       <c r="I12" s="2">
-        <v>46675.0</v>
+        <v>46757.0</v>
       </c>
       <c r="J12">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="K12">
         <v>1000.0</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="D13" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="E13" t="s">
         <v>26</v>
       </c>
       <c r="F13">
-        <v>3.117</v>
+        <v>3.234</v>
       </c>
       <c r="G13" s="2">
-        <v>44720.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H13" s="2">
-        <v>46546.0</v>
+        <v>56203.0</v>
       </c>
       <c r="I13" s="2">
-        <v>46538.0</v>
+        <v>56193.0</v>
       </c>
       <c r="J13">
-        <v>75000</v>
+        <v>812</v>
       </c>
       <c r="K13">
-        <v>1000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="C14" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="D14" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="E14" t="s">
         <v>26</v>
       </c>
       <c r="F14">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="G14" s="2">
-        <v>45646.0</v>
+        <v>45772.0</v>
       </c>
       <c r="H14" s="2">
-        <v>46741.0</v>
+        <v>46685.0</v>
       </c>
       <c r="I14" s="2">
-        <v>46734.0</v>
+        <v>46675.0</v>
       </c>
       <c r="J14">
-        <v>3000</v>
+        <v>20000</v>
       </c>
       <c r="K14">
         <v>1000.0</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="O14">
-        <v>8.452131</v>
+        <v>8.402926</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C15" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="D15" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15">
-        <v>12.0</v>
+        <v>3.117</v>
       </c>
       <c r="G15" s="2">
-        <v>45432.0</v>
+        <v>44720.0</v>
       </c>
       <c r="H15" s="2">
-        <v>46527.0</v>
+        <v>46546.0</v>
       </c>
       <c r="I15" s="2">
-        <v>46519.0</v>
+        <v>46538.0</v>
       </c>
       <c r="J15">
-        <v>5000</v>
+        <v>75000</v>
       </c>
       <c r="K15">
         <v>1000.0</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.336039</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="C16" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="D16" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="E16" t="s">
         <v>26</v>
       </c>
       <c r="F16">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="G16" s="2">
-        <v>45548.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H16" s="2">
-        <v>46010.0</v>
+        <v>46379.0</v>
       </c>
       <c r="I16" s="2">
-        <v>46003.0</v>
+        <v>46371.0</v>
       </c>
       <c r="J16">
         <v>8000</v>
       </c>
       <c r="K16">
         <v>1000.0</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C17" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D17" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E17" t="s">
         <v>26</v>
       </c>
       <c r="F17">
-        <v>10.5</v>
+        <v>9.0</v>
       </c>
       <c r="G17" s="2">
-        <v>44764.0</v>
+        <v>45646.0</v>
       </c>
       <c r="H17" s="2">
-        <v>47321.0</v>
+        <v>46741.0</v>
       </c>
       <c r="I17" s="2">
-        <v>47314.0</v>
+        <v>46734.0</v>
       </c>
       <c r="J17">
-        <v>127500</v>
+        <v>3000</v>
       </c>
       <c r="K17">
         <v>1000.0</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
+      </c>
+      <c r="O17">
+        <v>7.805952</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D18" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E18" t="s">
         <v>26</v>
       </c>
       <c r="F18">
-        <v>6.493</v>
+        <v>12.0</v>
       </c>
       <c r="G18" s="2">
-        <v>45742.0</v>
+        <v>45432.0</v>
       </c>
       <c r="H18" s="2">
-        <v>47113.0</v>
+        <v>46527.0</v>
       </c>
       <c r="I18" s="2">
-        <v>47100.0</v>
+        <v>46519.0</v>
       </c>
       <c r="J18">
-        <v>170000</v>
+        <v>5000</v>
       </c>
       <c r="K18">
         <v>1000.0</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="O18">
-        <v>5.156812</v>
+        <v>8.771117</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="C19" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D19" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="E19" t="s">
         <v>26</v>
       </c>
       <c r="F19">
-        <v>8.127</v>
+        <v>7.75</v>
       </c>
       <c r="G19" s="2">
-        <v>45064.0</v>
+        <v>44764.0</v>
       </c>
       <c r="H19" s="2">
-        <v>46160.0</v>
+        <v>47321.0</v>
       </c>
       <c r="I19" s="2">
-        <v>46148.0</v>
+        <v>47314.0</v>
       </c>
       <c r="J19">
-        <v>56617</v>
+        <v>127500</v>
       </c>
       <c r="K19">
         <v>1000.0</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.152003</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="D20" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="E20" t="s">
         <v>26</v>
       </c>
       <c r="F20">
-        <v>9.0</v>
+        <v>6.522</v>
       </c>
       <c r="G20" s="2">
-        <v>45860.0</v>
+        <v>45742.0</v>
       </c>
       <c r="H20" s="2">
-        <v>46865.0</v>
+        <v>47113.0</v>
       </c>
       <c r="I20" s="2">
-        <v>46857.0</v>
+        <v>47100.0</v>
       </c>
       <c r="J20">
-        <v>8000</v>
+        <v>170000</v>
       </c>
       <c r="K20">
         <v>1000.0</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.616431</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C21" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="D21" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="E21" t="s">
         <v>26</v>
       </c>
       <c r="F21">
-        <v>9.0</v>
+        <v>8.127</v>
       </c>
       <c r="G21" s="2">
-        <v>45833.0</v>
+        <v>45064.0</v>
       </c>
       <c r="H21" s="2">
-        <v>46868.0</v>
+        <v>46160.0</v>
       </c>
       <c r="I21" s="2">
-        <v>46860.0</v>
+        <v>46148.0</v>
       </c>
       <c r="J21">
-        <v>5000</v>
+        <v>58617</v>
       </c>
       <c r="K21">
         <v>1000.0</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
       <c r="O21">
-        <v>7.183228</v>
+        <v>3.756741</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C22" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="D22" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="E22" t="s">
         <v>26</v>
       </c>
       <c r="F22">
-        <v>1.875</v>
+        <v>9.0</v>
       </c>
       <c r="G22" s="2">
-        <v>43291.0</v>
+        <v>45860.0</v>
       </c>
       <c r="H22" s="2">
-        <v>46944.0</v>
+        <v>46865.0</v>
       </c>
       <c r="I22" s="2">
-        <v>46938.0</v>
+        <v>46857.0</v>
       </c>
       <c r="J22">
-        <v>300000</v>
+        <v>8000</v>
       </c>
       <c r="K22">
         <v>1000.0</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
+      </c>
+      <c r="O22">
+        <v>7.233679</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="C23" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D23" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="E23" t="s">
         <v>26</v>
       </c>
       <c r="F23">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="G23" s="2">
-        <v>42930.0</v>
+        <v>45833.0</v>
       </c>
       <c r="H23" s="2">
-        <v>46582.0</v>
+        <v>46868.0</v>
       </c>
       <c r="I23" s="2">
-        <v>46576.0</v>
+        <v>46860.0</v>
       </c>
       <c r="J23">
-        <v>300000</v>
+        <v>5000</v>
       </c>
       <c r="K23">
         <v>1000.0</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
+      </c>
+      <c r="O23">
+        <v>7.045811</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>240</v>
       </c>
       <c r="C24" t="s">
         <v>241</v>
       </c>
       <c r="D24" t="s">
         <v>242</v>
       </c>
       <c r="E24" t="s">
         <v>26</v>
       </c>
       <c r="F24">
-        <v>2.0</v>
+        <v>1.875</v>
       </c>
       <c r="G24" s="2">
-        <v>43972.0</v>
+        <v>43291.0</v>
       </c>
       <c r="H24" s="2">
-        <v>47624.0</v>
+        <v>46944.0</v>
       </c>
       <c r="I24" s="2">
-        <v>47618.0</v>
+        <v>46938.0</v>
       </c>
       <c r="J24">
         <v>300000</v>
       </c>
       <c r="K24">
         <v>1000.0</v>
       </c>
       <c r="L24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="D25" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
       <c r="G25" s="2">
-        <v>45457.0</v>
+        <v>42930.0</v>
       </c>
       <c r="H25" s="2">
-        <v>46552.0</v>
+        <v>46582.0</v>
       </c>
       <c r="I25" s="2">
-        <v>46542.0</v>
+        <v>46576.0</v>
       </c>
       <c r="J25">
-        <v>10000</v>
+        <v>300000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.578064</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="C26" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="D26" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="E26" t="s">
         <v>26</v>
       </c>
       <c r="F26">
-        <v>11.5</v>
+        <v>2.0</v>
       </c>
       <c r="G26" s="2">
-        <v>45853.0</v>
+        <v>43972.0</v>
       </c>
       <c r="H26" s="2">
-        <v>46583.0</v>
+        <v>47624.0</v>
       </c>
       <c r="I26" s="2">
-        <v>46575.0</v>
+        <v>47618.0</v>
       </c>
       <c r="J26">
-        <v>8000</v>
+        <v>300000</v>
       </c>
       <c r="K26">
         <v>1000.0</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>10.919237</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>267</v>
       </c>
       <c r="C27" t="s">
         <v>268</v>
       </c>
       <c r="D27" t="s">
         <v>269</v>
       </c>
       <c r="E27" t="s">
         <v>26</v>
       </c>
       <c r="F27">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="G27" s="2">
-        <v>45930.0</v>
+        <v>45457.0</v>
       </c>
       <c r="H27" s="2">
-        <v>48852.0</v>
+        <v>46552.0</v>
       </c>
       <c r="I27" s="2">
-        <v>48848.0</v>
+        <v>46542.0</v>
       </c>
       <c r="J27">
-        <v>1064</v>
+        <v>10000</v>
       </c>
       <c r="K27">
         <v>1000.0</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>270</v>
       </c>
       <c r="C28" t="s">
         <v>271</v>
       </c>
       <c r="D28" t="s">
         <v>272</v>
       </c>
       <c r="E28" t="s">
         <v>26</v>
       </c>
       <c r="F28">
-        <v>8.0</v>
+        <v>11.5</v>
       </c>
       <c r="G28" s="2">
-        <v>45645.0</v>
+        <v>45853.0</v>
       </c>
       <c r="H28" s="2">
-        <v>46375.0</v>
+        <v>46583.0</v>
       </c>
       <c r="I28" s="2">
-        <v>46366.0</v>
+        <v>46575.0</v>
       </c>
       <c r="J28">
-        <v>406087</v>
+        <v>8000</v>
       </c>
       <c r="K28">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
       <c r="O28">
-        <v>6.686966</v>
+        <v>10.115601</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C29" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D29" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E29" t="s">
         <v>26</v>
       </c>
       <c r="F29">
-        <v>8.303</v>
+        <v>10.5</v>
       </c>
       <c r="G29" s="2">
-        <v>45392.0</v>
+        <v>46014.0</v>
       </c>
       <c r="H29" s="2">
-        <v>46670.0</v>
+        <v>46744.0</v>
       </c>
       <c r="I29" s="2">
-        <v>46664.0</v>
+        <v>46736.0</v>
       </c>
       <c r="J29">
-        <v>1500</v>
+        <v>4500</v>
       </c>
       <c r="K29">
         <v>1000.0</v>
       </c>
       <c r="L29" t="s">
         <v>27</v>
+      </c>
+      <c r="O29">
+        <v>10.481367</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C30" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="D30" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="E30" t="s">
         <v>26</v>
       </c>
       <c r="F30">
-        <v>8.313</v>
+        <v>8.0</v>
       </c>
       <c r="G30" s="2">
-        <v>45726.0</v>
+        <v>45930.0</v>
       </c>
       <c r="H30" s="2">
-        <v>47128.0</v>
+        <v>48852.0</v>
       </c>
       <c r="I30" s="2">
-        <v>47120.0</v>
+        <v>48848.0</v>
       </c>
       <c r="J30">
-        <v>2150</v>
+        <v>1064</v>
       </c>
       <c r="K30">
         <v>1000.0</v>
       </c>
       <c r="L30" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C31" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D31" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E31" t="s">
         <v>26</v>
       </c>
       <c r="F31">
-        <v>9.069</v>
+        <v>8.0</v>
       </c>
       <c r="G31" s="2">
-        <v>45533.0</v>
+        <v>45645.0</v>
       </c>
       <c r="H31" s="2">
-        <v>47359.0</v>
+        <v>46375.0</v>
       </c>
       <c r="I31" s="2">
-        <v>47352.0</v>
+        <v>46366.0</v>
       </c>
       <c r="J31">
-        <v>230150</v>
+        <v>500000</v>
       </c>
       <c r="K31">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L31" t="s">
         <v>27</v>
+      </c>
+      <c r="O31">
+        <v>4.810919</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="C32" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="D32" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="E32" t="s">
         <v>26</v>
       </c>
+      <c r="F32">
+        <v>8.314</v>
+      </c>
       <c r="G32" s="2">
-        <v>44034.0</v>
+        <v>45392.0</v>
       </c>
       <c r="H32" s="2">
-        <v>46044.0</v>
+        <v>46670.0</v>
       </c>
       <c r="I32" s="2">
-        <v>46038.0</v>
+        <v>46664.0</v>
       </c>
       <c r="J32">
-        <v>3600000</v>
+        <v>1500</v>
       </c>
       <c r="K32">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L32" t="s">
         <v>27</v>
+      </c>
+      <c r="O32">
+        <v>6.356741</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C33" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="D33" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="E33" t="s">
         <v>26</v>
       </c>
+      <c r="F33">
+        <v>8.304</v>
+      </c>
       <c r="G33" s="2">
-        <v>44349.0</v>
+        <v>45757.0</v>
       </c>
       <c r="H33" s="2">
-        <v>46175.0</v>
+        <v>47036.0</v>
       </c>
       <c r="I33" s="2">
-        <v>46169.0</v>
+        <v>47028.0</v>
       </c>
       <c r="J33">
-        <v>4700000</v>
+        <v>3000</v>
       </c>
       <c r="K33">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L33" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="C34" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="D34" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="E34" t="s">
         <v>26</v>
       </c>
+      <c r="F34">
+        <v>8.313</v>
+      </c>
       <c r="G34" s="2">
-        <v>44258.0</v>
+        <v>45726.0</v>
       </c>
       <c r="H34" s="2">
-        <v>46815.0</v>
+        <v>47128.0</v>
       </c>
       <c r="I34" s="2">
-        <v>46811.0</v>
+        <v>47120.0</v>
       </c>
       <c r="J34">
-        <v>4900000</v>
+        <v>2150</v>
       </c>
       <c r="K34">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L34" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C35" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="D35" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="E35" t="s">
         <v>26</v>
       </c>
       <c r="F35">
-        <v>0.1</v>
+        <v>9.069</v>
       </c>
       <c r="G35" s="2">
-        <v>43796.0</v>
+        <v>45533.0</v>
       </c>
       <c r="H35" s="2">
-        <v>46353.0</v>
+        <v>47359.0</v>
       </c>
       <c r="I35" s="2">
-        <v>46349.0</v>
+        <v>47352.0</v>
       </c>
       <c r="J35">
-        <v>3450000</v>
+        <v>230150</v>
       </c>
       <c r="K35">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L35" t="s">
         <v>27</v>
+      </c>
+      <c r="O35">
+        <v>5.378641</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B36" t="s">
         <v>306</v>
       </c>
       <c r="C36" t="s">
         <v>307</v>
       </c>
       <c r="D36" t="s">
         <v>308</v>
       </c>
       <c r="E36" t="s">
         <v>26</v>
       </c>
-      <c r="F36">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="2">
-        <v>43705.0</v>
+        <v>44349.0</v>
       </c>
       <c r="H36" s="2">
-        <v>47358.0</v>
+        <v>46175.0</v>
       </c>
       <c r="I36" s="2">
-        <v>47352.0</v>
+        <v>46169.0</v>
       </c>
       <c r="J36">
-        <v>4000000</v>
+        <v>4700000</v>
       </c>
       <c r="K36">
         <v>100.0</v>
       </c>
       <c r="L36" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B37" t="s">
         <v>309</v>
       </c>
       <c r="C37" t="s">
         <v>310</v>
       </c>
       <c r="D37" t="s">
         <v>311</v>
       </c>
       <c r="E37" t="s">
         <v>26</v>
       </c>
-      <c r="F37">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="2">
-        <v>43873.0</v>
+        <v>44258.0</v>
       </c>
       <c r="H37" s="2">
-        <v>48256.0</v>
+        <v>46815.0</v>
       </c>
       <c r="I37" s="2">
-        <v>48250.0</v>
+        <v>46811.0</v>
       </c>
       <c r="J37">
-        <v>2440000</v>
+        <v>4900000</v>
       </c>
       <c r="K37">
         <v>100.0</v>
       </c>
       <c r="L37" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B38" t="s">
         <v>312</v>
       </c>
       <c r="C38" t="s">
         <v>313</v>
       </c>
       <c r="D38" t="s">
         <v>314</v>
       </c>
       <c r="E38" t="s">
         <v>26</v>
       </c>
       <c r="F38">
-        <v>1.1</v>
+        <v>0.1</v>
       </c>
       <c r="G38" s="2">
-        <v>42851.0</v>
+        <v>43796.0</v>
       </c>
       <c r="H38" s="2">
-        <v>46503.0</v>
+        <v>46353.0</v>
       </c>
       <c r="I38" s="2">
-        <v>46497.0</v>
+        <v>46349.0</v>
       </c>
       <c r="J38">
-        <v>3150000</v>
+        <v>3450000</v>
       </c>
       <c r="K38">
         <v>100.0</v>
       </c>
       <c r="L38" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B39" t="s">
         <v>315</v>
       </c>
       <c r="C39" t="s">
         <v>316</v>
       </c>
       <c r="D39" t="s">
         <v>317</v>
       </c>
       <c r="E39" t="s">
         <v>26</v>
       </c>
       <c r="F39">
-        <v>2.3</v>
+        <v>0.2</v>
       </c>
       <c r="G39" s="2">
-        <v>44755.0</v>
+        <v>43705.0</v>
       </c>
       <c r="H39" s="2">
-        <v>46581.0</v>
+        <v>47358.0</v>
       </c>
       <c r="I39" s="2">
-        <v>46575.0</v>
+        <v>47352.0</v>
       </c>
       <c r="J39">
-        <v>12300000</v>
+        <v>4000000</v>
       </c>
       <c r="K39">
         <v>100.0</v>
       </c>
       <c r="L39" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B40" t="s">
         <v>318</v>
       </c>
       <c r="C40" t="s">
         <v>319</v>
       </c>
       <c r="D40" t="s">
         <v>320</v>
       </c>
       <c r="E40" t="s">
         <v>26</v>
       </c>
       <c r="F40">
-        <v>2.4</v>
+        <v>0.3</v>
       </c>
       <c r="G40" s="2">
-        <v>44727.0</v>
+        <v>43873.0</v>
       </c>
       <c r="H40" s="2">
-        <v>47467.0</v>
+        <v>48256.0</v>
       </c>
       <c r="I40" s="2">
-        <v>47463.0</v>
+        <v>48250.0</v>
       </c>
       <c r="J40">
-        <v>10250000</v>
+        <v>2440000</v>
       </c>
       <c r="K40">
         <v>100.0</v>
       </c>
       <c r="L40" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B41" t="s">
         <v>321</v>
       </c>
       <c r="C41" t="s">
         <v>322</v>
       </c>
       <c r="D41" t="s">
         <v>323</v>
       </c>
       <c r="E41" t="s">
         <v>26</v>
       </c>
       <c r="F41">
-        <v>2.7</v>
+        <v>1.1</v>
       </c>
       <c r="G41" s="2">
-        <v>45693.0</v>
+        <v>42851.0</v>
       </c>
       <c r="H41" s="2">
-        <v>46970.0</v>
+        <v>46503.0</v>
       </c>
       <c r="I41" s="2">
-        <v>46966.0</v>
+        <v>46497.0</v>
       </c>
       <c r="J41">
-        <v>7550000</v>
+        <v>3150000</v>
       </c>
       <c r="K41">
         <v>100.0</v>
       </c>
       <c r="L41" t="s">
         <v>27</v>
       </c>
-      <c r="O41">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B42" t="s">
         <v>324</v>
       </c>
       <c r="C42" t="s">
         <v>325</v>
       </c>
       <c r="D42" t="s">
         <v>326</v>
       </c>
       <c r="E42" t="s">
         <v>26</v>
       </c>
       <c r="F42">
-        <v>3.9</v>
+        <v>2.3</v>
       </c>
       <c r="G42" s="2">
-        <v>45140.0</v>
+        <v>44755.0</v>
       </c>
       <c r="H42" s="2">
-        <v>46236.0</v>
+        <v>46581.0</v>
       </c>
       <c r="I42" s="2">
-        <v>46231.0</v>
+        <v>46575.0</v>
       </c>
       <c r="J42">
-        <v>11150000</v>
+        <v>12300000</v>
       </c>
       <c r="K42">
         <v>100.0</v>
       </c>
       <c r="L42" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
         <v>327</v>
       </c>
       <c r="C43" t="s">
         <v>328</v>
       </c>
       <c r="D43" t="s">
         <v>329</v>
       </c>
       <c r="E43" t="s">
         <v>26</v>
       </c>
       <c r="F43">
-        <v>0.5</v>
+        <v>2.4</v>
       </c>
       <c r="G43" s="2">
-        <v>44040.0</v>
+        <v>44727.0</v>
       </c>
       <c r="H43" s="2">
-        <v>54997.0</v>
+        <v>47467.0</v>
       </c>
       <c r="I43" s="2">
-        <v>54991.0</v>
+        <v>47463.0</v>
       </c>
       <c r="J43">
-        <v>1750000</v>
+        <v>10250000</v>
       </c>
       <c r="K43">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>330</v>
       </c>
       <c r="C44" t="s">
         <v>331</v>
       </c>
       <c r="D44" t="s">
         <v>332</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44">
-        <v>0.5</v>
+        <v>2.7</v>
       </c>
       <c r="G44" s="2">
-        <v>43635.0</v>
+        <v>45693.0</v>
       </c>
       <c r="H44" s="2">
-        <v>47288.0</v>
+        <v>46970.0</v>
       </c>
       <c r="I44" s="2">
-        <v>47283.0</v>
+        <v>46966.0</v>
       </c>
       <c r="J44">
-        <v>735000</v>
+        <v>11600000</v>
       </c>
       <c r="K44">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>70</v>
+        <v>186</v>
       </c>
       <c r="B45" t="s">
         <v>333</v>
       </c>
       <c r="C45" t="s">
         <v>334</v>
       </c>
       <c r="D45" t="s">
         <v>335</v>
       </c>
       <c r="E45" t="s">
         <v>26</v>
       </c>
       <c r="F45">
-        <v>0.75</v>
+        <v>3.9</v>
       </c>
       <c r="G45" s="2">
-        <v>43957.0</v>
+        <v>45140.0</v>
       </c>
       <c r="H45" s="2">
-        <v>47609.0</v>
+        <v>46236.0</v>
       </c>
       <c r="I45" s="2">
-        <v>47603.0</v>
+        <v>46231.0</v>
       </c>
       <c r="J45">
-        <v>1250000</v>
+        <v>11150000</v>
       </c>
       <c r="K45">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L45" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>336</v>
       </c>
       <c r="C46" t="s">
         <v>337</v>
       </c>
       <c r="D46" t="s">
         <v>338</v>
       </c>
       <c r="E46" t="s">
         <v>26</v>
       </c>
       <c r="F46">
-        <v>0.75</v>
+        <v>0.5</v>
       </c>
       <c r="G46" s="2">
-        <v>44392.0</v>
+        <v>44040.0</v>
       </c>
       <c r="H46" s="2">
-        <v>55349.0</v>
+        <v>54997.0</v>
       </c>
       <c r="I46" s="2">
-        <v>55345.0</v>
+        <v>54991.0</v>
       </c>
       <c r="J46">
-        <v>750000</v>
+        <v>1750000</v>
       </c>
       <c r="K46">
         <v>1000.0</v>
       </c>
       <c r="L46" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
         <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>339</v>
       </c>
       <c r="C47" t="s">
         <v>340</v>
       </c>
       <c r="D47" t="s">
         <v>341</v>
       </c>
       <c r="E47" t="s">
         <v>26</v>
       </c>
       <c r="F47">
-        <v>0.95</v>
+        <v>0.5</v>
       </c>
       <c r="G47" s="2">
-        <v>42881.0</v>
+        <v>43635.0</v>
       </c>
       <c r="H47" s="2">
-        <v>46533.0</v>
+        <v>47288.0</v>
       </c>
       <c r="I47" s="2">
-        <v>46527.0</v>
+        <v>47283.0</v>
       </c>
       <c r="J47">
-        <v>750000</v>
+        <v>735000</v>
       </c>
       <c r="K47">
         <v>1000.0</v>
       </c>
       <c r="L47" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
         <v>70</v>
       </c>
       <c r="B48" t="s">
         <v>342</v>
       </c>
       <c r="C48" t="s">
         <v>343</v>
       </c>
       <c r="D48" t="s">
         <v>344</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48">
-        <v>1.625</v>
+        <v>0.75</v>
       </c>
       <c r="G48" s="2">
-        <v>43635.0</v>
+        <v>43957.0</v>
       </c>
       <c r="H48" s="2">
-        <v>54593.0</v>
+        <v>47609.0</v>
       </c>
       <c r="I48" s="2">
-        <v>54589.0</v>
+        <v>47603.0</v>
       </c>
       <c r="J48">
-        <v>850000</v>
+        <v>1250000</v>
       </c>
       <c r="K48">
         <v>1000.0</v>
       </c>
       <c r="L48" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
         <v>70</v>
       </c>
       <c r="B49" t="s">
         <v>345</v>
       </c>
       <c r="C49" t="s">
         <v>346</v>
       </c>
       <c r="D49" t="s">
         <v>347</v>
       </c>
       <c r="E49" t="s">
         <v>26</v>
       </c>
       <c r="F49">
-        <v>2.1</v>
+        <v>0.75</v>
       </c>
       <c r="G49" s="2">
-        <v>42881.0</v>
+        <v>44392.0</v>
       </c>
       <c r="H49" s="2">
-        <v>53838.0</v>
+        <v>55349.0</v>
       </c>
       <c r="I49" s="2">
-        <v>53833.0</v>
+        <v>55345.0</v>
       </c>
       <c r="J49">
         <v>750000</v>
       </c>
       <c r="K49">
         <v>1000.0</v>
       </c>
       <c r="L49" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
         <v>70</v>
       </c>
       <c r="B50" t="s">
         <v>348</v>
       </c>
       <c r="C50" t="s">
         <v>349</v>
       </c>
       <c r="D50" t="s">
         <v>350</v>
       </c>
       <c r="E50" t="s">
         <v>26</v>
       </c>
       <c r="F50">
-        <v>2.125</v>
+        <v>0.95</v>
       </c>
       <c r="G50" s="2">
-        <v>41941.0</v>
+        <v>42881.0</v>
       </c>
       <c r="H50" s="2">
-        <v>46324.0</v>
+        <v>46533.0</v>
       </c>
       <c r="I50" s="2">
-        <v>46318.0</v>
+        <v>46527.0</v>
       </c>
       <c r="J50">
-        <v>1085000</v>
+        <v>750000</v>
       </c>
       <c r="K50">
         <v>1000.0</v>
       </c>
       <c r="L50" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
         <v>70</v>
       </c>
       <c r="B51" t="s">
         <v>351</v>
       </c>
       <c r="C51" t="s">
         <v>352</v>
       </c>
       <c r="D51" t="s">
         <v>353</v>
       </c>
       <c r="E51" t="s">
         <v>26</v>
       </c>
       <c r="F51">
-        <v>2.125</v>
+        <v>1.625</v>
       </c>
       <c r="G51" s="2">
-        <v>44713.0</v>
+        <v>43635.0</v>
       </c>
       <c r="H51" s="2">
-        <v>48366.0</v>
+        <v>54593.0</v>
       </c>
       <c r="I51" s="2">
-        <v>48360.0</v>
+        <v>54589.0</v>
       </c>
       <c r="J51">
-        <v>1585000</v>
+        <v>850000</v>
       </c>
       <c r="K51">
         <v>1000.0</v>
       </c>
       <c r="L51" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>354</v>
       </c>
       <c r="C52" t="s">
         <v>355</v>
       </c>
       <c r="D52" t="s">
         <v>356</v>
       </c>
       <c r="E52" t="s">
         <v>26</v>
       </c>
       <c r="F52">
-        <v>2.125</v>
+        <v>2.1</v>
       </c>
       <c r="G52" s="2">
-        <v>42299.0</v>
+        <v>42881.0</v>
       </c>
       <c r="H52" s="2">
-        <v>49604.0</v>
+        <v>53838.0</v>
       </c>
       <c r="I52" s="2">
-        <v>49598.0</v>
+        <v>53833.0</v>
       </c>
       <c r="J52">
-        <v>1280000</v>
+        <v>750000</v>
       </c>
       <c r="K52">
         <v>1000.0</v>
       </c>
       <c r="L52" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
         <v>70</v>
       </c>
       <c r="B53" t="s">
         <v>357</v>
       </c>
       <c r="C53" t="s">
         <v>358</v>
       </c>
       <c r="D53" t="s">
         <v>359</v>
       </c>
       <c r="E53" t="s">
         <v>26</v>
       </c>
       <c r="F53">
-        <v>2.875</v>
+        <v>2.125</v>
       </c>
       <c r="G53" s="2">
-        <v>45685.0</v>
+        <v>41941.0</v>
       </c>
       <c r="H53" s="2">
-        <v>47511.0</v>
+        <v>46324.0</v>
       </c>
       <c r="I53" s="2">
-        <v>47508.0</v>
+        <v>46318.0</v>
       </c>
       <c r="J53">
-        <v>1625000</v>
+        <v>1085000</v>
       </c>
       <c r="K53">
         <v>1000.0</v>
       </c>
       <c r="L53" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>70</v>
       </c>
       <c r="B54" t="s">
         <v>360</v>
       </c>
       <c r="C54" t="s">
         <v>361</v>
       </c>
       <c r="D54" t="s">
         <v>362</v>
       </c>
       <c r="E54" t="s">
         <v>26</v>
       </c>
       <c r="F54">
-        <v>3.5</v>
+        <v>2.125</v>
       </c>
       <c r="G54" s="2">
-        <v>45476.0</v>
+        <v>44713.0</v>
       </c>
       <c r="H54" s="2">
-        <v>48032.0</v>
+        <v>48366.0</v>
       </c>
       <c r="I54" s="2">
-        <v>48029.0</v>
+        <v>48360.0</v>
       </c>
       <c r="J54">
-        <v>1355000</v>
+        <v>1740000</v>
       </c>
       <c r="K54">
         <v>1000.0</v>
       </c>
       <c r="L54" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
         <v>70</v>
       </c>
       <c r="B55" t="s">
         <v>363</v>
       </c>
       <c r="C55" t="s">
         <v>364</v>
       </c>
       <c r="D55" t="s">
         <v>365</v>
       </c>
       <c r="E55" t="s">
         <v>26</v>
       </c>
       <c r="F55">
-        <v>3.5</v>
+        <v>2.125</v>
       </c>
       <c r="G55" s="2">
-        <v>45335.0</v>
+        <v>42299.0</v>
       </c>
       <c r="H55" s="2">
-        <v>48988.0</v>
+        <v>49604.0</v>
       </c>
       <c r="I55" s="2">
-        <v>48982.0</v>
+        <v>49598.0</v>
       </c>
       <c r="J55">
-        <v>2275000</v>
+        <v>1310000</v>
       </c>
       <c r="K55">
         <v>1000.0</v>
       </c>
       <c r="L55" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>70</v>
       </c>
       <c r="B56" t="s">
         <v>366</v>
       </c>
       <c r="C56" t="s">
         <v>367</v>
       </c>
       <c r="D56" t="s">
         <v>368</v>
       </c>
       <c r="E56" t="s">
         <v>26</v>
       </c>
       <c r="F56">
-        <v>3.625</v>
+        <v>2.875</v>
       </c>
       <c r="G56" s="2">
         <v>45685.0</v>
       </c>
       <c r="H56" s="2">
-        <v>51163.0</v>
+        <v>47511.0</v>
       </c>
       <c r="I56" s="2">
-        <v>51159.0</v>
+        <v>47508.0</v>
       </c>
       <c r="J56">
-        <v>1000000</v>
+        <v>1625000</v>
       </c>
       <c r="K56">
         <v>1000.0</v>
       </c>
       <c r="L56" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>369</v>
       </c>
       <c r="C57" t="s">
         <v>370</v>
       </c>
       <c r="D57" t="s">
         <v>371</v>
       </c>
       <c r="E57" t="s">
         <v>26</v>
       </c>
       <c r="F57">
-        <v>3.875</v>
+        <v>3.5</v>
       </c>
       <c r="G57" s="2">
-        <v>45091.0</v>
+        <v>45476.0</v>
       </c>
       <c r="H57" s="2">
-        <v>48744.0</v>
+        <v>48032.0</v>
       </c>
       <c r="I57" s="2">
-        <v>48738.0</v>
+        <v>48029.0</v>
       </c>
       <c r="J57">
-        <v>1260000</v>
+        <v>1405000</v>
       </c>
       <c r="K57">
         <v>1000.0</v>
       </c>
       <c r="L57" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
         <v>70</v>
       </c>
       <c r="B58" t="s">
         <v>372</v>
       </c>
       <c r="C58" t="s">
         <v>373</v>
       </c>
       <c r="D58" t="s">
         <v>374</v>
       </c>
       <c r="E58" t="s">
         <v>26</v>
       </c>
       <c r="F58">
-        <v>4.125</v>
+        <v>3.5</v>
       </c>
       <c r="G58" s="2">
-        <v>44859.0</v>
+        <v>45335.0</v>
       </c>
       <c r="H58" s="2">
-        <v>46868.0</v>
+        <v>48988.0</v>
       </c>
       <c r="I58" s="2">
-        <v>46863.0</v>
+        <v>48982.0</v>
       </c>
       <c r="J58">
-        <v>1180000</v>
+        <v>2275000</v>
       </c>
       <c r="K58">
         <v>1000.0</v>
       </c>
       <c r="L58" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="B59" t="s">
         <v>375</v>
       </c>
       <c r="C59" t="s">
         <v>376</v>
       </c>
       <c r="D59" t="s">
         <v>377</v>
       </c>
       <c r="E59" t="s">
         <v>26</v>
       </c>
       <c r="F59">
-        <v>1.2</v>
+        <v>3.625</v>
       </c>
       <c r="G59" s="2">
-        <v>43223.0</v>
+        <v>45685.0</v>
       </c>
       <c r="H59" s="2">
-        <v>46876.0</v>
+        <v>51163.0</v>
       </c>
       <c r="I59" s="2">
-        <v>46870.0</v>
+        <v>51159.0</v>
       </c>
       <c r="J59">
-        <v>680000</v>
+        <v>1000000</v>
       </c>
       <c r="K59">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="L59" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B60" t="s">
-        <v>398</v>
+        <v>378</v>
       </c>
       <c r="C60" t="s">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="D60" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="E60" t="s">
         <v>26</v>
       </c>
       <c r="F60">
-        <v>12.0</v>
+        <v>3.875</v>
       </c>
       <c r="G60" s="2">
-        <v>45751.0</v>
+        <v>45091.0</v>
       </c>
       <c r="H60" s="2">
-        <v>46477.0</v>
+        <v>48744.0</v>
       </c>
       <c r="I60" s="2">
-        <v>46465.0</v>
+        <v>48738.0</v>
       </c>
       <c r="J60">
-        <v>3300</v>
+        <v>1260000</v>
       </c>
       <c r="K60">
         <v>1000.0</v>
       </c>
       <c r="L60" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.429433</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B61" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="C61" t="s">
-        <v>402</v>
+        <v>382</v>
       </c>
       <c r="D61" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="E61" t="s">
         <v>26</v>
       </c>
       <c r="F61">
-        <v>10.0</v>
+        <v>4.125</v>
       </c>
       <c r="G61" s="2">
-        <v>45643.0</v>
+        <v>44859.0</v>
       </c>
       <c r="H61" s="2">
-        <v>46738.0</v>
+        <v>46868.0</v>
       </c>
       <c r="I61" s="2">
-        <v>46730.0</v>
+        <v>46863.0</v>
       </c>
       <c r="J61">
-        <v>3000</v>
+        <v>1180000</v>
       </c>
       <c r="K61">
         <v>1000.0</v>
       </c>
       <c r="L61" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.883087</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="B62" t="s">
-        <v>407</v>
+        <v>384</v>
       </c>
       <c r="C62" t="s">
-        <v>408</v>
+        <v>385</v>
       </c>
       <c r="D62" t="s">
-        <v>409</v>
+        <v>386</v>
       </c>
       <c r="E62" t="s">
         <v>26</v>
       </c>
       <c r="F62">
-        <v>8.0</v>
+        <v>1.2</v>
       </c>
       <c r="G62" s="2">
-        <v>45950.0</v>
+        <v>43223.0</v>
       </c>
       <c r="H62" s="2">
-        <v>46863.0</v>
+        <v>46876.0</v>
       </c>
       <c r="I62" s="2">
-        <v>46855.0</v>
+        <v>46870.0</v>
       </c>
       <c r="J62">
-        <v>6490</v>
+        <v>680000</v>
       </c>
       <c r="K62">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L62" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
         <v>22</v>
       </c>
       <c r="B63" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C63" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D63" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="E63" t="s">
         <v>26</v>
       </c>
       <c r="F63">
         <v>8.5</v>
       </c>
       <c r="G63" s="2">
         <v>45995.0</v>
       </c>
       <c r="H63" s="2">
-        <v>47091.0</v>
+        <v>46725.0</v>
       </c>
       <c r="I63" s="2">
-        <v>47081.0</v>
+        <v>46717.0</v>
       </c>
       <c r="J63">
-        <v>3168</v>
+        <v>50000</v>
       </c>
       <c r="K63">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="L63" t="s">
         <v>27</v>
+      </c>
+      <c r="O63">
+        <v>6.376429</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
         <v>22</v>
       </c>
       <c r="B64" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="C64" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="D64" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="E64" t="s">
         <v>26</v>
       </c>
       <c r="F64">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
       <c r="G64" s="2">
-        <v>45944.0</v>
+        <v>45751.0</v>
       </c>
       <c r="H64" s="2">
-        <v>46857.0</v>
+        <v>46477.0</v>
       </c>
       <c r="I64" s="2">
-        <v>46849.0</v>
+        <v>46465.0</v>
       </c>
       <c r="J64">
-        <v>5500</v>
+        <v>3300</v>
       </c>
       <c r="K64">
         <v>1000.0</v>
       </c>
       <c r="L64" t="s">
         <v>27</v>
       </c>
       <c r="O64">
-        <v>6.654088</v>
+        <v>8.201287</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
         <v>22</v>
       </c>
       <c r="B65" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="C65" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="D65" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="E65" t="s">
         <v>26</v>
       </c>
       <c r="F65">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="G65" s="2">
-        <v>45708.0</v>
+        <v>45643.0</v>
       </c>
       <c r="H65" s="2">
-        <v>46619.0</v>
+        <v>46738.0</v>
       </c>
       <c r="I65" s="2">
-        <v>46612.0</v>
+        <v>46730.0</v>
       </c>
       <c r="J65">
-        <v>8000</v>
+        <v>3000</v>
       </c>
       <c r="K65">
         <v>1000.0</v>
       </c>
       <c r="L65" t="s">
         <v>27</v>
       </c>
       <c r="O65">
-        <v>6.156656</v>
+        <v>8.765977</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
         <v>22</v>
       </c>
       <c r="B66" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="C66" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="D66" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="E66" t="s">
         <v>26</v>
       </c>
       <c r="F66">
-        <v>8.5</v>
+        <v>8.0</v>
       </c>
       <c r="G66" s="2">
-        <v>45966.0</v>
+        <v>45950.0</v>
       </c>
       <c r="H66" s="2">
-        <v>46696.0</v>
+        <v>46863.0</v>
       </c>
       <c r="I66" s="2">
-        <v>46688.0</v>
+        <v>46855.0</v>
       </c>
       <c r="J66">
-        <v>8000</v>
+        <v>6922</v>
       </c>
       <c r="K66">
         <v>1000.0</v>
       </c>
       <c r="L66" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
         <v>22</v>
       </c>
       <c r="B67" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="C67" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="D67" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="E67" t="s">
         <v>26</v>
       </c>
       <c r="F67">
         <v>8.5</v>
       </c>
       <c r="G67" s="2">
-        <v>45888.0</v>
+        <v>45995.0</v>
       </c>
       <c r="H67" s="2">
-        <v>46802.0</v>
+        <v>47091.0</v>
       </c>
       <c r="I67" s="2">
-        <v>46794.0</v>
+        <v>47081.0</v>
       </c>
       <c r="J67">
-        <v>23833</v>
+        <v>3168</v>
       </c>
       <c r="K67">
         <v>1000.0</v>
       </c>
       <c r="L67" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.490678</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
         <v>22</v>
       </c>
       <c r="B68" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="C68" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="D68" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="E68" t="s">
         <v>26</v>
       </c>
       <c r="F68">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="G68" s="2">
-        <v>44760.0</v>
+        <v>45944.0</v>
       </c>
       <c r="H68" s="2">
-        <v>47317.0</v>
+        <v>46857.0</v>
       </c>
       <c r="I68" s="2">
-        <v>47311.0</v>
+        <v>46849.0</v>
       </c>
       <c r="J68">
-        <v>1351</v>
+        <v>5500</v>
       </c>
       <c r="K68">
         <v>1000.0</v>
       </c>
       <c r="L68" t="s">
         <v>27</v>
+      </c>
+      <c r="O68">
+        <v>8.021618</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
         <v>22</v>
       </c>
       <c r="B69" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="C69" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="D69" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="E69" t="s">
         <v>26</v>
       </c>
       <c r="F69">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="G69" s="2">
-        <v>45806.0</v>
+        <v>45726.0</v>
       </c>
       <c r="H69" s="2">
-        <v>46720.0</v>
+        <v>46822.0</v>
       </c>
       <c r="I69" s="2">
-        <v>46710.0</v>
+        <v>46814.0</v>
       </c>
       <c r="J69">
-        <v>7000</v>
+        <v>6401</v>
       </c>
       <c r="K69">
         <v>1000.0</v>
       </c>
       <c r="L69" t="s">
         <v>27</v>
       </c>
       <c r="O69">
-        <v>6.879999</v>
+        <v>10.003191</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B70" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C70" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D70" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E70" t="s">
         <v>26</v>
       </c>
       <c r="F70">
-        <v>7.7</v>
+        <v>8.0</v>
       </c>
       <c r="G70" s="2">
-        <v>45434.0</v>
+        <v>45708.0</v>
       </c>
       <c r="H70" s="2">
-        <v>49086.0</v>
+        <v>46619.0</v>
       </c>
       <c r="I70" s="2">
-        <v>49076.0</v>
+        <v>46612.0</v>
       </c>
       <c r="J70">
-        <v>25000</v>
+        <v>8000</v>
       </c>
       <c r="K70">
         <v>1000.0</v>
       </c>
       <c r="L70" t="s">
         <v>27</v>
       </c>
       <c r="O70">
-        <v>6.491776</v>
+        <v>5.94981</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B71" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D71" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E71" t="s">
         <v>26</v>
       </c>
       <c r="F71">
-        <v>10.75</v>
+        <v>8.5</v>
       </c>
       <c r="G71" s="2">
-        <v>45099.0</v>
+        <v>45966.0</v>
       </c>
       <c r="H71" s="2">
-        <v>48752.0</v>
+        <v>46696.0</v>
       </c>
       <c r="I71" s="2">
-        <v>48744.0</v>
+        <v>46688.0</v>
       </c>
       <c r="J71">
-        <v>50000</v>
+        <v>8000</v>
       </c>
       <c r="K71">
         <v>1000.0</v>
       </c>
       <c r="L71" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.013491</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B72" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C72" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D72" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E72" t="s">
         <v>26</v>
       </c>
       <c r="F72">
-        <v>6.765</v>
+        <v>8.5</v>
       </c>
       <c r="G72" s="2">
-        <v>45404.0</v>
+        <v>45888.0</v>
       </c>
       <c r="H72" s="2">
-        <v>47595.0</v>
+        <v>46802.0</v>
       </c>
       <c r="I72" s="2">
-        <v>47588.0</v>
+        <v>46794.0</v>
       </c>
       <c r="J72">
-        <v>600000</v>
+        <v>23833</v>
       </c>
       <c r="K72">
         <v>1000.0</v>
       </c>
       <c r="L72" t="s">
         <v>27</v>
       </c>
       <c r="O72">
-        <v>6.402126</v>
+        <v>8.00693</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="B73" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C73" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D73" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E73" t="s">
         <v>26</v>
       </c>
       <c r="F73">
-        <v>6.304</v>
+        <v>12.0</v>
       </c>
       <c r="G73" s="2">
-        <v>45712.0</v>
+        <v>44760.0</v>
       </c>
       <c r="H73" s="2">
-        <v>47903.0</v>
+        <v>47317.0</v>
       </c>
       <c r="I73" s="2">
-        <v>47896.0</v>
+        <v>47311.0</v>
       </c>
       <c r="J73">
-        <v>375000</v>
+        <v>1351</v>
       </c>
       <c r="K73">
         <v>1000.0</v>
       </c>
       <c r="L73" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
         <v>22</v>
       </c>
       <c r="B74" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C74" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D74" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E74" t="s">
         <v>26</v>
       </c>
       <c r="F74">
-        <v>11.5</v>
+        <v>8.0</v>
       </c>
       <c r="G74" s="2">
-        <v>45625.0</v>
+        <v>45806.0</v>
       </c>
       <c r="H74" s="2">
-        <v>46355.0</v>
+        <v>46720.0</v>
       </c>
       <c r="I74" s="2">
-        <v>46346.0</v>
+        <v>46710.0</v>
       </c>
       <c r="J74">
-        <v>8000</v>
+        <v>7000</v>
       </c>
       <c r="K74">
         <v>1000.0</v>
       </c>
       <c r="L74" t="s">
         <v>27</v>
       </c>
       <c r="O74">
-        <v>4.290316</v>
+        <v>6.765167</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B75" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C75" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D75" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E75" t="s">
         <v>26</v>
       </c>
       <c r="F75">
-        <v>8.944</v>
+        <v>7.7</v>
       </c>
       <c r="G75" s="2">
-        <v>45391.0</v>
+        <v>45434.0</v>
       </c>
       <c r="H75" s="2">
-        <v>46669.0</v>
+        <v>49086.0</v>
       </c>
       <c r="I75" s="2">
-        <v>46664.0</v>
+        <v>49076.0</v>
       </c>
       <c r="J75">
-        <v>75000</v>
+        <v>25000</v>
       </c>
       <c r="K75">
         <v>1000.0</v>
       </c>
       <c r="L75" t="s">
         <v>27</v>
       </c>
       <c r="O75">
-        <v>8.803434</v>
+        <v>6.814476</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>28</v>
       </c>
       <c r="B76" t="s">
-        <v>487</v>
+        <v>462</v>
       </c>
       <c r="C76" t="s">
-        <v>488</v>
+        <v>463</v>
       </c>
       <c r="D76" t="s">
-        <v>489</v>
+        <v>464</v>
       </c>
       <c r="E76" t="s">
         <v>26</v>
       </c>
       <c r="F76">
-        <v>8.5</v>
+        <v>10.75</v>
       </c>
       <c r="G76" s="2">
-        <v>45541.0</v>
+        <v>45099.0</v>
       </c>
       <c r="H76" s="2">
-        <v>46301.0</v>
+        <v>48752.0</v>
       </c>
       <c r="I76" s="2">
-        <v>46293.0</v>
+        <v>48744.0</v>
       </c>
       <c r="J76">
-        <v>35000</v>
+        <v>50000</v>
       </c>
       <c r="K76">
         <v>1000.0</v>
       </c>
       <c r="L76" t="s">
         <v>27</v>
       </c>
       <c r="O76">
-        <v>3.482749</v>
+        <v>8.293355</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B77" t="s">
-        <v>490</v>
+        <v>465</v>
       </c>
       <c r="C77" t="s">
-        <v>491</v>
+        <v>466</v>
       </c>
       <c r="D77" t="s">
-        <v>492</v>
+        <v>467</v>
       </c>
       <c r="E77" t="s">
         <v>26</v>
       </c>
       <c r="F77">
-        <v>8.5</v>
+        <v>6.777</v>
       </c>
       <c r="G77" s="2">
-        <v>45924.0</v>
+        <v>45404.0</v>
       </c>
       <c r="H77" s="2">
-        <v>47020.0</v>
+        <v>47595.0</v>
       </c>
       <c r="I77" s="2">
-        <v>47011.0</v>
+        <v>47588.0</v>
       </c>
       <c r="J77">
-        <v>8000</v>
+        <v>600000</v>
       </c>
       <c r="K77">
         <v>1000.0</v>
       </c>
       <c r="L77" t="s">
         <v>27</v>
       </c>
       <c r="O77">
-        <v>7.67464</v>
+        <v>6.681631</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B78" t="s">
-        <v>496</v>
+        <v>468</v>
       </c>
       <c r="C78" t="s">
-        <v>497</v>
+        <v>469</v>
       </c>
       <c r="D78" t="s">
-        <v>498</v>
+        <v>470</v>
       </c>
       <c r="E78" t="s">
         <v>26</v>
       </c>
       <c r="F78">
-        <v>7.0</v>
+        <v>6.304</v>
       </c>
       <c r="G78" s="2">
-        <v>45951.0</v>
+        <v>45712.0</v>
       </c>
       <c r="H78" s="2">
-        <v>49603.0</v>
+        <v>47903.0</v>
       </c>
       <c r="I78" s="2">
-        <v>49594.0</v>
+        <v>47896.0</v>
       </c>
       <c r="J78">
-        <v>6858</v>
+        <v>375000</v>
       </c>
       <c r="K78">
         <v>1000.0</v>
       </c>
       <c r="L78" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.623865</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B79" t="s">
-        <v>499</v>
+        <v>471</v>
       </c>
       <c r="C79" t="s">
-        <v>500</v>
+        <v>472</v>
       </c>
       <c r="D79" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
       <c r="E79" t="s">
         <v>26</v>
       </c>
       <c r="F79">
-        <v>2.826</v>
+        <v>11.5</v>
       </c>
       <c r="G79" s="2">
-        <v>44742.0</v>
+        <v>45625.0</v>
       </c>
       <c r="H79" s="2">
-        <v>46568.0</v>
+        <v>46355.0</v>
       </c>
       <c r="I79" s="2">
-        <v>46561.0</v>
+        <v>46346.0</v>
       </c>
       <c r="J79">
-        <v>25000</v>
+        <v>8000</v>
       </c>
       <c r="K79">
         <v>1000.0</v>
       </c>
       <c r="L79" t="s">
         <v>27</v>
+      </c>
+      <c r="O79">
+        <v>7.332382</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="B80" t="s">
-        <v>502</v>
+        <v>474</v>
       </c>
       <c r="C80" t="s">
-        <v>503</v>
+        <v>475</v>
       </c>
       <c r="D80" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="E80" t="s">
         <v>26</v>
       </c>
       <c r="F80">
-        <v>3.119</v>
+        <v>9.032</v>
       </c>
       <c r="G80" s="2">
-        <v>45924.0</v>
+        <v>45391.0</v>
       </c>
       <c r="H80" s="2">
-        <v>47385.0</v>
+        <v>46669.0</v>
       </c>
       <c r="I80" s="2">
-        <v>47375.0</v>
+        <v>46664.0</v>
       </c>
       <c r="J80">
-        <v>25000</v>
+        <v>75000</v>
       </c>
       <c r="K80">
         <v>1000.0</v>
       </c>
       <c r="L80" t="s">
         <v>27</v>
+      </c>
+      <c r="O80">
+        <v>8.249009</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B81" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="C81" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="D81" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81">
-        <v>9.0</v>
+        <v>8.5</v>
       </c>
       <c r="G81" s="2">
-        <v>45807.0</v>
+        <v>45541.0</v>
       </c>
       <c r="H81" s="2">
-        <v>46842.0</v>
+        <v>46301.0</v>
       </c>
       <c r="I81" s="2">
-        <v>46834.0</v>
+        <v>46293.0</v>
       </c>
       <c r="J81">
-        <v>4000</v>
+        <v>35000</v>
       </c>
       <c r="K81">
         <v>1000.0</v>
       </c>
       <c r="L81" t="s">
         <v>27</v>
       </c>
       <c r="O81">
-        <v>8.614068</v>
+        <v>5.12644</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
         <v>22</v>
       </c>
       <c r="B82" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="C82" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="D82" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82">
-        <v>10.0</v>
+        <v>8.5</v>
       </c>
       <c r="G82" s="2">
-        <v>45776.0</v>
+        <v>45924.0</v>
       </c>
       <c r="H82" s="2">
-        <v>46689.0</v>
+        <v>47020.0</v>
       </c>
       <c r="I82" s="2">
-        <v>46681.0</v>
+        <v>47011.0</v>
       </c>
       <c r="J82">
-        <v>3400</v>
+        <v>8000</v>
       </c>
       <c r="K82">
         <v>1000.0</v>
       </c>
       <c r="L82" t="s">
         <v>27</v>
       </c>
       <c r="O82">
-        <v>8.622554</v>
+        <v>7.199649</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B83" t="s">
+        <v>509</v>
+      </c>
+      <c r="C83" t="s">
+        <v>510</v>
+      </c>
+      <c r="D83" t="s">
         <v>511</v>
       </c>
-      <c r="C83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" t="s">
         <v>26</v>
       </c>
       <c r="F83">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
       <c r="G83" s="2">
-        <v>45642.0</v>
+        <v>45951.0</v>
       </c>
       <c r="H83" s="2">
-        <v>46189.0</v>
+        <v>49603.0</v>
       </c>
       <c r="I83" s="2">
-        <v>46182.0</v>
+        <v>49594.0</v>
       </c>
       <c r="J83">
-        <v>8000</v>
+        <v>6858</v>
       </c>
       <c r="K83">
         <v>1000.0</v>
       </c>
       <c r="L83" t="s">
         <v>27</v>
+      </c>
+      <c r="O83">
+        <v>6.800738</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
+        <v>28</v>
+      </c>
+      <c r="B84" t="s">
+        <v>512</v>
+      </c>
+      <c r="C84" t="s">
+        <v>513</v>
+      </c>
+      <c r="D84" t="s">
+        <v>514</v>
+      </c>
+      <c r="E84" t="s">
+        <v>26</v>
+      </c>
+      <c r="F84">
+        <v>2.826</v>
+      </c>
+      <c r="G84" s="2">
+        <v>44742.0</v>
+      </c>
+      <c r="H84" s="2">
+        <v>46568.0</v>
+      </c>
+      <c r="I84" s="2">
+        <v>46561.0</v>
+      </c>
+      <c r="J84">
+        <v>25000</v>
+      </c>
+      <c r="K84">
+        <v>1000.0</v>
+      </c>
+      <c r="L84" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="1:23">
+      <c r="A85" t="s">
+        <v>28</v>
+      </c>
+      <c r="B85" t="s">
+        <v>515</v>
+      </c>
+      <c r="C85" t="s">
+        <v>516</v>
+      </c>
+      <c r="D85" t="s">
+        <v>517</v>
+      </c>
+      <c r="E85" t="s">
+        <v>26</v>
+      </c>
+      <c r="F85">
+        <v>3.119</v>
+      </c>
+      <c r="G85" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="H85" s="2">
+        <v>47385.0</v>
+      </c>
+      <c r="I85" s="2">
+        <v>47375.0</v>
+      </c>
+      <c r="J85">
+        <v>25000</v>
+      </c>
+      <c r="K85">
+        <v>1000.0</v>
+      </c>
+      <c r="L85" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="86" spans="1:23">
+      <c r="A86" t="s">
         <v>22</v>
       </c>
-      <c r="B84" t="s">
-[...11 lines deleted...]
-      <c r="F84">
+      <c r="B86" t="s">
+        <v>518</v>
+      </c>
+      <c r="C86" t="s">
+        <v>519</v>
+      </c>
+      <c r="D86" t="s">
+        <v>520</v>
+      </c>
+      <c r="E86" t="s">
+        <v>26</v>
+      </c>
+      <c r="F86">
+        <v>9.0</v>
+      </c>
+      <c r="G86" s="2">
+        <v>45807.0</v>
+      </c>
+      <c r="H86" s="2">
+        <v>46842.0</v>
+      </c>
+      <c r="I86" s="2">
+        <v>46834.0</v>
+      </c>
+      <c r="J86">
+        <v>4000</v>
+      </c>
+      <c r="K86">
+        <v>1000.0</v>
+      </c>
+      <c r="L86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86">
+        <v>8.532552</v>
+      </c>
+    </row>
+    <row r="87" spans="1:23">
+      <c r="A87" t="s">
+        <v>22</v>
+      </c>
+      <c r="B87" t="s">
+        <v>521</v>
+      </c>
+      <c r="C87" t="s">
+        <v>522</v>
+      </c>
+      <c r="D87" t="s">
+        <v>523</v>
+      </c>
+      <c r="E87" t="s">
+        <v>26</v>
+      </c>
+      <c r="F87">
+        <v>10.0</v>
+      </c>
+      <c r="G87" s="2">
+        <v>45776.0</v>
+      </c>
+      <c r="H87" s="2">
+        <v>46689.0</v>
+      </c>
+      <c r="I87" s="2">
+        <v>46681.0</v>
+      </c>
+      <c r="J87">
+        <v>3400</v>
+      </c>
+      <c r="K87">
+        <v>1000.0</v>
+      </c>
+      <c r="L87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87">
+        <v>9.064156</v>
+      </c>
+    </row>
+    <row r="88" spans="1:23">
+      <c r="A88" t="s">
+        <v>22</v>
+      </c>
+      <c r="B88" t="s">
+        <v>527</v>
+      </c>
+      <c r="C88" t="s">
+        <v>528</v>
+      </c>
+      <c r="D88" t="s">
+        <v>529</v>
+      </c>
+      <c r="E88" t="s">
+        <v>26</v>
+      </c>
+      <c r="F88">
+        <v>11.0</v>
+      </c>
+      <c r="G88" s="2">
+        <v>45642.0</v>
+      </c>
+      <c r="H88" s="2">
+        <v>46189.0</v>
+      </c>
+      <c r="I88" s="2">
+        <v>46182.0</v>
+      </c>
+      <c r="J88">
+        <v>1500</v>
+      </c>
+      <c r="K88">
+        <v>1000.0</v>
+      </c>
+      <c r="L88" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="89" spans="1:23">
+      <c r="A89" t="s">
+        <v>22</v>
+      </c>
+      <c r="B89" t="s">
+        <v>530</v>
+      </c>
+      <c r="C89" t="s">
+        <v>531</v>
+      </c>
+      <c r="D89" t="s">
+        <v>532</v>
+      </c>
+      <c r="E89" t="s">
+        <v>26</v>
+      </c>
+      <c r="F89">
         <v>9.5</v>
       </c>
-      <c r="G84" s="2">
+      <c r="G89" s="2">
         <v>45628.0</v>
       </c>
-      <c r="H84" s="2">
+      <c r="H89" s="2">
         <v>46358.0</v>
       </c>
-      <c r="I84" s="2">
+      <c r="I89" s="2">
         <v>46350.0</v>
       </c>
-      <c r="J84">
+      <c r="J89">
         <v>5000</v>
       </c>
-      <c r="K84">
-[...6 lines deleted...]
-        <v>5.725065</v>
+      <c r="K89">
+        <v>1000.0</v>
+      </c>
+      <c r="L89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89">
+        <v>2.927142</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">