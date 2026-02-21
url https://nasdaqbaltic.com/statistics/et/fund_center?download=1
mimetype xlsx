--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -606,182 +606,182 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>0.6783</v>
+        <v>0.545</v>
       </c>
       <c r="F2">
-        <v>0.14764506</v>
+        <v>-0.01834526</v>
       </c>
       <c r="G2" s="2">
-        <v>45961.0</v>
+        <v>46053.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="I2" t="s">
         <v>34</v>
       </c>
       <c r="J2" t="s">
         <v>35</v>
       </c>
       <c r="K2">
-        <v>0.14764506</v>
+        <v>-0.01834526</v>
       </c>
       <c r="L2">
-        <v>0.16243355</v>
+        <v>-19.65207135</v>
       </c>
       <c r="M2">
-        <v>0.6379822</v>
+        <v>-19.52155936</v>
       </c>
       <c r="N2">
-        <v>-0.73174301</v>
+        <v>-0.01834526</v>
       </c>
       <c r="O2">
-        <v>-4.19491525</v>
+        <v>-20.25168276</v>
       </c>
       <c r="P2">
-        <v>-16.94459717</v>
+        <v>-22.68772426</v>
       </c>
       <c r="Q2">
-        <v>-15.85228837</v>
+        <v>-21.28876928</v>
       </c>
       <c r="R2">
-        <v>-10.26279614</v>
+        <v>-16.3857288</v>
       </c>
       <c r="S2">
-        <v>-10.79627412</v>
+        <v>-13.78577834</v>
       </c>
       <c r="T2">
-        <v>97380371.0</v>
+        <v>78238612.0</v>
       </c>
       <c r="U2">
-        <v>0.15543884</v>
+        <v>-0.01413936</v>
       </c>
       <c r="X2">
-        <v>4.7744112</v>
+        <v>4.85220098</v>
       </c>
       <c r="Y2" t="s">
         <v>36</v>
       </c>
       <c r="Z2">
-        <v>0.6783</v>
+        <v>0.545</v>
       </c>
       <c r="AA2">
-        <v>97380371.0</v>
+        <v>78238612.0</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>38</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>11.22</v>
+        <v>11.85</v>
       </c>
       <c r="F3">
-        <v>-1.05820106</v>
+        <v>0.76530612</v>
       </c>
       <c r="G3" s="2">
-        <v>45961.0</v>
+        <v>46053.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3">
-        <v>-1.05820106</v>
+        <v>0.76530612</v>
       </c>
       <c r="L3">
-        <v>-0.17793594</v>
+        <v>5.61497326</v>
       </c>
       <c r="M3">
-        <v>-2.68863833</v>
+        <v>5.42704626</v>
       </c>
       <c r="N3">
-        <v>1.44665461</v>
+        <v>0.76530612</v>
       </c>
       <c r="O3">
-        <v>4.85981308</v>
+        <v>5.52092609</v>
       </c>
       <c r="P3">
-        <v>2.78604843</v>
+        <v>5.78185903</v>
       </c>
       <c r="Q3">
-        <v>0.69279317</v>
+        <v>2.95074847</v>
       </c>
       <c r="T3">
-        <v>27857028.0</v>
+        <v>29433688.0</v>
       </c>
       <c r="U3">
-        <v>-1.10152912</v>
+        <v>0.76406772</v>
       </c>
       <c r="X3">
-        <v>6.92334223</v>
+        <v>7.60005426</v>
       </c>
       <c r="Y3" t="s">
         <v>39</v>
       </c>
       <c r="Z3">
-        <v>11.22</v>
+        <v>11.85</v>
       </c>
       <c r="AA3">
-        <v>27857028.0</v>
+        <v>29433688.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">