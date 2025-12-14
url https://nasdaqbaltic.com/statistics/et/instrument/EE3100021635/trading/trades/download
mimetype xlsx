--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,491 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:59:50</t>
+    <t>15:59:49</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:36</t>
-[...419 lines deleted...]
-    <t>10:00:01</t>
+    <t>15:54:21</t>
+  </si>
+  <si>
+    <t>15:32:03</t>
+  </si>
+  <si>
+    <t>15:28:57</t>
+  </si>
+  <si>
+    <t>15:27:34</t>
+  </si>
+  <si>
+    <t>15:26:23</t>
+  </si>
+  <si>
+    <t>15:12:14</t>
+  </si>
+  <si>
+    <t>15:08:23</t>
+  </si>
+  <si>
+    <t>15:08:10</t>
+  </si>
+  <si>
+    <t>15:06:42</t>
+  </si>
+  <si>
+    <t>14:50:26</t>
+  </si>
+  <si>
+    <t>14:27:30</t>
+  </si>
+  <si>
+    <t>14:25:32</t>
+  </si>
+  <si>
+    <t>14:14:38</t>
+  </si>
+  <si>
+    <t>14:13:05</t>
+  </si>
+  <si>
+    <t>14:11:38</t>
+  </si>
+  <si>
+    <t>14:02:57</t>
+  </si>
+  <si>
+    <t>14:02:09</t>
+  </si>
+  <si>
+    <t>14:01:24</t>
+  </si>
+  <si>
+    <t>14:00:33</t>
+  </si>
+  <si>
+    <t>13:58:48</t>
+  </si>
+  <si>
+    <t>13:52:36</t>
+  </si>
+  <si>
+    <t>13:48:13</t>
+  </si>
+  <si>
+    <t>13:47:45</t>
+  </si>
+  <si>
+    <t>13:41:45</t>
+  </si>
+  <si>
+    <t>13:40:18</t>
+  </si>
+  <si>
+    <t>13:37:19</t>
+  </si>
+  <si>
+    <t>13:25:15</t>
+  </si>
+  <si>
+    <t>13:23:31</t>
+  </si>
+  <si>
+    <t>13:23:26</t>
+  </si>
+  <si>
+    <t>13:19:56</t>
+  </si>
+  <si>
+    <t>12:55:02</t>
+  </si>
+  <si>
+    <t>12:54:32</t>
+  </si>
+  <si>
+    <t>12:50:50</t>
+  </si>
+  <si>
+    <t>12:49:01</t>
+  </si>
+  <si>
+    <t>12:47:54</t>
+  </si>
+  <si>
+    <t>12:35:07</t>
+  </si>
+  <si>
+    <t>12:30:48</t>
+  </si>
+  <si>
+    <t>12:29:33</t>
+  </si>
+  <si>
+    <t>12:28:12</t>
+  </si>
+  <si>
+    <t>12:23:24</t>
+  </si>
+  <si>
+    <t>12:22:39</t>
+  </si>
+  <si>
+    <t>12:18:04</t>
+  </si>
+  <si>
+    <t>12:16:48</t>
+  </si>
+  <si>
+    <t>12:15:03</t>
+  </si>
+  <si>
+    <t>12:11:02</t>
+  </si>
+  <si>
+    <t>12:11:00</t>
+  </si>
+  <si>
+    <t>12:03:49</t>
+  </si>
+  <si>
+    <t>11:55:50</t>
+  </si>
+  <si>
+    <t>11:55:21</t>
+  </si>
+  <si>
+    <t>11:54:19</t>
+  </si>
+  <si>
+    <t>11:52:42</t>
+  </si>
+  <si>
+    <t>11:49:50</t>
+  </si>
+  <si>
+    <t>11:49:35</t>
+  </si>
+  <si>
+    <t>11:48:55</t>
+  </si>
+  <si>
+    <t>11:46:53</t>
+  </si>
+  <si>
+    <t>11:45:16</t>
+  </si>
+  <si>
+    <t>11:41:13</t>
+  </si>
+  <si>
+    <t>11:38:11</t>
+  </si>
+  <si>
+    <t>11:33:00</t>
+  </si>
+  <si>
+    <t>11:29:05</t>
+  </si>
+  <si>
+    <t>11:27:30</t>
+  </si>
+  <si>
+    <t>11:27:17</t>
+  </si>
+  <si>
+    <t>11:16:21</t>
+  </si>
+  <si>
+    <t>11:14:53</t>
+  </si>
+  <si>
+    <t>11:14:08</t>
+  </si>
+  <si>
+    <t>11:09:20</t>
+  </si>
+  <si>
+    <t>11:07:41</t>
+  </si>
+  <si>
+    <t>10:58:38</t>
+  </si>
+  <si>
+    <t>10:56:52</t>
+  </si>
+  <si>
+    <t>10:56:14</t>
+  </si>
+  <si>
+    <t>10:53:56</t>
+  </si>
+  <si>
+    <t>10:52:59</t>
+  </si>
+  <si>
+    <t>10:44:56</t>
+  </si>
+  <si>
+    <t>10:42:18</t>
+  </si>
+  <si>
+    <t>10:31:50</t>
+  </si>
+  <si>
+    <t>10:31:37</t>
+  </si>
+  <si>
+    <t>10:30:49</t>
+  </si>
+  <si>
+    <t>10:25:21</t>
+  </si>
+  <si>
+    <t>10:24:30</t>
+  </si>
+  <si>
+    <t>10:15:08</t>
+  </si>
+  <si>
+    <t>10:06:53</t>
+  </si>
+  <si>
+    <t>10:05:02</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -811,2981 +637,1735 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D209"/>
+  <dimension ref="A1:D120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C2">
-        <v>1304.0</v>
+        <v>48.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C3">
-        <v>745.0</v>
+        <v>200.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C4">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B5">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C5">
-        <v>1609.0</v>
+        <v>170.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B6">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C6">
-        <v>100.0</v>
+        <v>40.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B7">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C7">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B8">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C8">
-        <v>100.0</v>
+        <v>80.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B9">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C9">
-        <v>157.0</v>
+        <v>20.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B10">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C10">
-        <v>1000.0</v>
+        <v>6.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C11">
-        <v>500.0</v>
+        <v>135.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C12">
-        <v>100.0</v>
+        <v>80.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C13">
-        <v>250.0</v>
+        <v>35.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C14">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C15">
-        <v>50.0</v>
+        <v>60.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C16">
-        <v>122.0</v>
+        <v>100.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>1.228</v>
+        <v>1.238</v>
       </c>
       <c r="C17">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B18">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C18">
-        <v>2000.0</v>
+        <v>54.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C19">
-        <v>162.0</v>
+        <v>10.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C20">
         <v>40.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C21">
-        <v>40.0</v>
+        <v>75.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C22">
-        <v>35.0</v>
+        <v>3.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B23">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C23">
-        <v>325.0</v>
+        <v>10.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B24">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C24">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B25">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C25">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B26">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C26">
-        <v>500.0</v>
+        <v>12.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B27">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C27">
-        <v>1281.0</v>
+        <v>12.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B28">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C28">
-        <v>25.0</v>
+        <v>266.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C29">
-        <v>5.0</v>
+        <v>100.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B30">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C30">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B31">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C31">
-        <v>40.0</v>
+        <v>16.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B32">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C32">
-        <v>1004.0</v>
+        <v>300.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B33">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C33">
-        <v>190.0</v>
+        <v>48.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B34">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C34">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B35">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C35">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B36">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C36">
-        <v>50.0</v>
+        <v>150.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B37">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C37">
-        <v>100.0</v>
+        <v>5.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B38">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C38">
-        <v>1.0</v>
+        <v>120.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B39">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C39">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>35</v>
       </c>
       <c r="B40">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C40">
-        <v>243.0</v>
+        <v>1920.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B41">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C41">
-        <v>100.0</v>
+        <v>410.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B42">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C42">
-        <v>1000.0</v>
+        <v>5.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B43">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C43">
-        <v>100.0</v>
+        <v>85.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B44">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C44">
-        <v>50.0</v>
+        <v>15.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B45">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C45">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B46">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C46">
-        <v>330.0</v>
+        <v>24.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B47">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C47">
-        <v>100.0</v>
+        <v>39.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B48">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C48">
-        <v>100.0</v>
+        <v>161.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B49">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C49">
-        <v>325.0</v>
+        <v>1.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B50">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C50">
-        <v>1000.0</v>
+        <v>250.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B51">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C51">
-        <v>40.0</v>
+        <v>465.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B52">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C52">
-        <v>37.0</v>
+        <v>20.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B53">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C53">
-        <v>5963.0</v>
+        <v>5.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B54">
-        <v>1.23</v>
+        <v>1.238</v>
       </c>
       <c r="C54">
-        <v>67.0</v>
+        <v>10.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B55">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C55">
-        <v>140.0</v>
+        <v>3.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>48</v>
       </c>
       <c r="B56">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C56">
-        <v>6017.0</v>
+        <v>13.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B57">
-        <v>1.23</v>
+        <v>1.24</v>
       </c>
       <c r="C57">
-        <v>160.0</v>
+        <v>36.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B58">
-        <v>1.23</v>
+        <v>1.234</v>
       </c>
       <c r="C58">
-        <v>3000.0</v>
+        <v>487.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B59">
-        <v>1.23</v>
+        <v>1.234</v>
       </c>
       <c r="C59">
-        <v>500.0</v>
+        <v>250.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B60">
-        <v>1.228</v>
+        <v>1.234</v>
       </c>
       <c r="C60">
-        <v>1000.0</v>
+        <v>500.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B61">
-        <v>1.228</v>
+        <v>1.234</v>
       </c>
       <c r="C61">
-        <v>500.0</v>
+        <v>200.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B62">
-        <v>1.228</v>
+        <v>1.234</v>
       </c>
       <c r="C62">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B63">
-        <v>1.228</v>
+        <v>1.234</v>
       </c>
       <c r="C63">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B64">
-        <v>1.228</v>
+        <v>1.236</v>
       </c>
       <c r="C64">
-        <v>15.0</v>
+        <v>127.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B65">
-        <v>1.228</v>
+        <v>1.236</v>
       </c>
       <c r="C65">
-        <v>201.0</v>
+        <v>237.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B66">
-        <v>1.226</v>
+        <v>1.236</v>
       </c>
       <c r="C66">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>50</v>
       </c>
       <c r="B67">
-        <v>1.228</v>
+        <v>1.236</v>
       </c>
       <c r="C67">
-        <v>3.0</v>
+        <v>97.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>51</v>
       </c>
       <c r="B68">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C68">
-        <v>3.0</v>
+        <v>80.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>52</v>
       </c>
       <c r="B69">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C69">
-        <v>23.0</v>
+        <v>87.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>53</v>
       </c>
       <c r="B70">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C70">
         <v>3.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>54</v>
       </c>
       <c r="B71">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C71">
-        <v>1000.0</v>
+        <v>79.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>55</v>
       </c>
       <c r="B72">
-        <v>1.228</v>
+        <v>1.24</v>
       </c>
       <c r="C72">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>56</v>
       </c>
       <c r="B73">
-        <v>1.226</v>
+        <v>1.238</v>
       </c>
       <c r="C73">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>57</v>
       </c>
       <c r="B74">
-        <v>1.226</v>
+        <v>1.238</v>
       </c>
       <c r="C74">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>58</v>
       </c>
       <c r="B75">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C75">
-        <v>1613.0</v>
+        <v>20.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>59</v>
       </c>
       <c r="B76">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C76">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>60</v>
       </c>
       <c r="B77">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C77">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B78">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C78">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B79">
-        <v>1.226</v>
+        <v>1.236</v>
       </c>
       <c r="C79">
-        <v>260.0</v>
+        <v>3.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B80">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C80">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B81">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C81">
-        <v>458.0</v>
+        <v>42.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B82">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C82">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B83">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C83">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B84">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C84">
-        <v>270.0</v>
+        <v>200.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B85">
-        <v>1.226</v>
+        <v>1.238</v>
       </c>
       <c r="C85">
-        <v>500.0</v>
+        <v>39.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B86">
-        <v>1.226</v>
+        <v>1.238</v>
       </c>
       <c r="C86">
-        <v>125.0</v>
+        <v>30.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B87">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C87">
-        <v>270.0</v>
+        <v>200.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B88">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C88">
-        <v>600.0</v>
+        <v>100.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B89">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C89">
-        <v>2000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B90">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C90">
-        <v>1929.0</v>
+        <v>50.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B91">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C91">
-        <v>1500.0</v>
+        <v>10.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B92">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C92">
-        <v>80.0</v>
+        <v>100.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B93">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C93">
-        <v>29.0</v>
+        <v>100.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B94">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C94">
-        <v>5.0</v>
+        <v>25.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B95">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C95">
-        <v>30.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B96">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C96">
-        <v>1230.0</v>
+        <v>10.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B97">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C97">
-        <v>350.0</v>
+        <v>10.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B98">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C98">
-        <v>50.0</v>
+        <v>66.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B99">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C99">
-        <v>10.0</v>
+        <v>975.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B100">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C100">
-        <v>48.0</v>
+        <v>65.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B101">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C101">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B102">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C102">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B103">
-        <v>1.224</v>
+        <v>1.238</v>
       </c>
       <c r="C103">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B104">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C104">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B105">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C105">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B106">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C106">
-        <v>58.0</v>
+        <v>3.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B107">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C107">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B108">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C108">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>88</v>
       </c>
       <c r="B109">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C109">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B110">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C110">
-        <v>100.0</v>
+        <v>5.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B111">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C111">
-        <v>11.0</v>
+        <v>700.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B112">
-        <v>1.224</v>
+        <v>1.24</v>
       </c>
       <c r="C112">
-        <v>1.0</v>
+        <v>1444.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B113">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C113">
-        <v>30.0</v>
+        <v>56.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B114">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C114">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B115">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C115">
-        <v>82.0</v>
+        <v>340.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B116">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C116">
-        <v>6.0</v>
+        <v>160.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B117">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C117">
-        <v>9.0</v>
+        <v>80.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B118">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C118">
-        <v>41.0</v>
+        <v>40.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B119">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C119">
-        <v>45.0</v>
+        <v>20.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="B120">
-        <v>1.226</v>
+        <v>1.24</v>
       </c>
       <c r="C120">
-        <v>6.0</v>
+        <v>200.0</v>
       </c>
       <c r="D120" t="s">
-        <v>5</v>
-[...1244 lines deleted...]
-      <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>