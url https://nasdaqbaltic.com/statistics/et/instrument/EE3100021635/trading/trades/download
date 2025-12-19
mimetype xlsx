--- v1 (2025-12-14)
+++ v2 (2025-12-19)
@@ -12,317 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
-  </si>
-[...253 lines deleted...]
-    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -637,1736 +382,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D120"/>
+  <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
-      </c>
-[...1664 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">