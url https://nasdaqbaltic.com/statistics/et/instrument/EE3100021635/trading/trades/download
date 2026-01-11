--- v2 (2025-12-19)
+++ v3 (2026-01-11)
@@ -12,62 +12,491 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
+  </si>
+  <si>
+    <t>15:59:53</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>15:54:53</t>
+  </si>
+  <si>
+    <t>15:53:23</t>
+  </si>
+  <si>
+    <t>15:52:31</t>
+  </si>
+  <si>
+    <t>15:52:11</t>
+  </si>
+  <si>
+    <t>15:50:40</t>
+  </si>
+  <si>
+    <t>15:50:01</t>
+  </si>
+  <si>
+    <t>15:48:50</t>
+  </si>
+  <si>
+    <t>15:47:20</t>
+  </si>
+  <si>
+    <t>15:47:16</t>
+  </si>
+  <si>
+    <t>15:46:58</t>
+  </si>
+  <si>
+    <t>15:45:41</t>
+  </si>
+  <si>
+    <t>15:44:43</t>
+  </si>
+  <si>
+    <t>15:37:10</t>
+  </si>
+  <si>
+    <t>15:30:34</t>
+  </si>
+  <si>
+    <t>15:23:58</t>
+  </si>
+  <si>
+    <t>15:22:44</t>
+  </si>
+  <si>
+    <t>15:20:06</t>
+  </si>
+  <si>
+    <t>15:19:52</t>
+  </si>
+  <si>
+    <t>15:17:56</t>
+  </si>
+  <si>
+    <t>15:14:57</t>
+  </si>
+  <si>
+    <t>15:01:11</t>
+  </si>
+  <si>
+    <t>15:00:12</t>
+  </si>
+  <si>
+    <t>14:59:30</t>
+  </si>
+  <si>
+    <t>14:57:03</t>
+  </si>
+  <si>
+    <t>14:57:02</t>
+  </si>
+  <si>
+    <t>14:56:48</t>
+  </si>
+  <si>
+    <t>14:49:45</t>
+  </si>
+  <si>
+    <t>14:44:32</t>
+  </si>
+  <si>
+    <t>14:35:33</t>
+  </si>
+  <si>
+    <t>14:32:26</t>
+  </si>
+  <si>
+    <t>14:30:12</t>
+  </si>
+  <si>
+    <t>14:27:55</t>
+  </si>
+  <si>
+    <t>14:15:59</t>
+  </si>
+  <si>
+    <t>14:14:25</t>
+  </si>
+  <si>
+    <t>14:12:31</t>
+  </si>
+  <si>
+    <t>14:10:42</t>
+  </si>
+  <si>
+    <t>14:09:22</t>
+  </si>
+  <si>
+    <t>14:08:44</t>
+  </si>
+  <si>
+    <t>14:07:08</t>
+  </si>
+  <si>
+    <t>14:06:39</t>
+  </si>
+  <si>
+    <t>14:04:04</t>
+  </si>
+  <si>
+    <t>13:58:17</t>
+  </si>
+  <si>
+    <t>13:56:40</t>
+  </si>
+  <si>
+    <t>13:54:12</t>
+  </si>
+  <si>
+    <t>13:53:56</t>
+  </si>
+  <si>
+    <t>13:52:55</t>
+  </si>
+  <si>
+    <t>13:49:20</t>
+  </si>
+  <si>
+    <t>13:46:55</t>
+  </si>
+  <si>
+    <t>13:45:30</t>
+  </si>
+  <si>
+    <t>13:37:44</t>
+  </si>
+  <si>
+    <t>13:37:24</t>
+  </si>
+  <si>
+    <t>13:29:39</t>
+  </si>
+  <si>
+    <t>13:29:05</t>
+  </si>
+  <si>
+    <t>13:27:46</t>
+  </si>
+  <si>
+    <t>13:18:24</t>
+  </si>
+  <si>
+    <t>13:15:32</t>
+  </si>
+  <si>
+    <t>13:12:37</t>
+  </si>
+  <si>
+    <t>13:07:48</t>
+  </si>
+  <si>
+    <t>13:03:12</t>
+  </si>
+  <si>
+    <t>13:01:18</t>
+  </si>
+  <si>
+    <t>12:59:28</t>
+  </si>
+  <si>
+    <t>12:58:01</t>
+  </si>
+  <si>
+    <t>12:57:28</t>
+  </si>
+  <si>
+    <t>12:54:06</t>
+  </si>
+  <si>
+    <t>12:52:57</t>
+  </si>
+  <si>
+    <t>12:50:49</t>
+  </si>
+  <si>
+    <t>12:41:18</t>
+  </si>
+  <si>
+    <t>12:40:48</t>
+  </si>
+  <si>
+    <t>12:35:40</t>
+  </si>
+  <si>
+    <t>12:33:50</t>
+  </si>
+  <si>
+    <t>12:30:03</t>
+  </si>
+  <si>
+    <t>12:23:46</t>
+  </si>
+  <si>
+    <t>12:22:54</t>
+  </si>
+  <si>
+    <t>12:19:36</t>
+  </si>
+  <si>
+    <t>12:19:15</t>
+  </si>
+  <si>
+    <t>12:17:42</t>
+  </si>
+  <si>
+    <t>12:17:26</t>
+  </si>
+  <si>
+    <t>12:13:45</t>
+  </si>
+  <si>
+    <t>12:12:46</t>
+  </si>
+  <si>
+    <t>12:08:21</t>
+  </si>
+  <si>
+    <t>12:05:48</t>
+  </si>
+  <si>
+    <t>11:54:17</t>
+  </si>
+  <si>
+    <t>11:52:44</t>
+  </si>
+  <si>
+    <t>11:48:50</t>
+  </si>
+  <si>
+    <t>11:45:17</t>
+  </si>
+  <si>
+    <t>11:44:42</t>
+  </si>
+  <si>
+    <t>11:43:04</t>
+  </si>
+  <si>
+    <t>11:36:38</t>
+  </si>
+  <si>
+    <t>11:35:41</t>
+  </si>
+  <si>
+    <t>11:35:07</t>
+  </si>
+  <si>
+    <t>11:34:40</t>
+  </si>
+  <si>
+    <t>11:31:21</t>
+  </si>
+  <si>
+    <t>11:31:07</t>
+  </si>
+  <si>
+    <t>11:29:34</t>
+  </si>
+  <si>
+    <t>11:27:35</t>
+  </si>
+  <si>
+    <t>11:26:28</t>
+  </si>
+  <si>
+    <t>11:26:18</t>
+  </si>
+  <si>
+    <t>11:25:37</t>
+  </si>
+  <si>
+    <t>11:24:05</t>
+  </si>
+  <si>
+    <t>11:18:46</t>
+  </si>
+  <si>
+    <t>11:17:08</t>
+  </si>
+  <si>
+    <t>11:13:19</t>
+  </si>
+  <si>
+    <t>11:12:54</t>
+  </si>
+  <si>
+    <t>11:12:24</t>
+  </si>
+  <si>
+    <t>11:12:11</t>
+  </si>
+  <si>
+    <t>11:09:12</t>
+  </si>
+  <si>
+    <t>11:08:12</t>
+  </si>
+  <si>
+    <t>11:07:53</t>
+  </si>
+  <si>
+    <t>11:07:27</t>
+  </si>
+  <si>
+    <t>11:05:27</t>
+  </si>
+  <si>
+    <t>11:01:02</t>
+  </si>
+  <si>
+    <t>10:58:21</t>
+  </si>
+  <si>
+    <t>10:58:11</t>
+  </si>
+  <si>
+    <t>10:52:27</t>
+  </si>
+  <si>
+    <t>10:48:12</t>
+  </si>
+  <si>
+    <t>10:45:43</t>
+  </si>
+  <si>
+    <t>10:44:48</t>
+  </si>
+  <si>
+    <t>10:41:53</t>
+  </si>
+  <si>
+    <t>10:39:22</t>
+  </si>
+  <si>
+    <t>10:36:34</t>
+  </si>
+  <si>
+    <t>10:34:28</t>
+  </si>
+  <si>
+    <t>10:30:41</t>
+  </si>
+  <si>
+    <t>10:29:35</t>
+  </si>
+  <si>
+    <t>10:29:05</t>
+  </si>
+  <si>
+    <t>10:26:02</t>
+  </si>
+  <si>
+    <t>10:25:23</t>
+  </si>
+  <si>
+    <t>10:24:26</t>
+  </si>
+  <si>
+    <t>10:24:02</t>
+  </si>
+  <si>
+    <t>10:20:41</t>
+  </si>
+  <si>
+    <t>10:19:31</t>
+  </si>
+  <si>
+    <t>10:17:37</t>
+  </si>
+  <si>
+    <t>10:17:34</t>
+  </si>
+  <si>
+    <t>10:12:17</t>
+  </si>
+  <si>
+    <t>10:11:11</t>
+  </si>
+  <si>
+    <t>10:07:53</t>
+  </si>
+  <si>
+    <t>10:06:28</t>
+  </si>
+  <si>
+    <t>10:05:43</t>
+  </si>
+  <si>
+    <t>10:05:05</t>
+  </si>
+  <si>
+    <t>10:05:04</t>
+  </si>
+  <si>
+    <t>10:03:23</t>
+  </si>
+  <si>
+    <t>10:00:03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,70 +811,2842 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1"/>
+  <dimension ref="A1:D199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2">
+        <v>1.33</v>
+      </c>
+      <c r="C2">
+        <v>188.0</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3">
+        <v>1.33</v>
+      </c>
+      <c r="C3">
+        <v>40753.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4">
+        <v>1.33</v>
+      </c>
+      <c r="C4">
+        <v>2247.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5">
+        <v>1.33</v>
+      </c>
+      <c r="C5">
+        <v>150.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6">
+        <v>1.33</v>
+      </c>
+      <c r="C6">
+        <v>50.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7">
+        <v>1.33</v>
+      </c>
+      <c r="C7">
+        <v>2602.0</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8">
+        <v>1.33</v>
+      </c>
+      <c r="C8">
+        <v>398.0</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9">
+        <v>1.328</v>
+      </c>
+      <c r="C9">
+        <v>10.0</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10">
+        <v>1.33</v>
+      </c>
+      <c r="C10">
+        <v>20.0</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11">
+        <v>1.33</v>
+      </c>
+      <c r="C11">
+        <v>2282.0</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12">
+        <v>1.33</v>
+      </c>
+      <c r="C12">
+        <v>500.0</v>
+      </c>
+      <c r="D12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13">
+        <v>1.33</v>
+      </c>
+      <c r="C13">
+        <v>4998.0</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14">
+        <v>1.33</v>
+      </c>
+      <c r="C14">
+        <v>1000.0</v>
+      </c>
+      <c r="D14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15">
+        <v>1.33</v>
+      </c>
+      <c r="C15">
+        <v>3000.0</v>
+      </c>
+      <c r="D15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16">
+        <v>1.33</v>
+      </c>
+      <c r="C16">
+        <v>1500.0</v>
+      </c>
+      <c r="D16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17">
+        <v>1.33</v>
+      </c>
+      <c r="C17">
+        <v>1000.0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18">
+        <v>1.33</v>
+      </c>
+      <c r="C18">
+        <v>758.0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19">
+        <v>1.328</v>
+      </c>
+      <c r="C19">
+        <v>150.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20">
+        <v>1.33</v>
+      </c>
+      <c r="C20">
+        <v>2700.0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21">
+        <v>1.33</v>
+      </c>
+      <c r="C21">
+        <v>5.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22">
+        <v>1.33</v>
+      </c>
+      <c r="C22">
+        <v>1.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>14</v>
+      </c>
+      <c r="B23">
+        <v>1.33</v>
+      </c>
+      <c r="C23">
+        <v>297.0</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24">
+        <v>1.33</v>
+      </c>
+      <c r="C24">
+        <v>8.0</v>
+      </c>
+      <c r="D24" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25">
+        <v>1.33</v>
+      </c>
+      <c r="C25">
+        <v>3.0</v>
+      </c>
+      <c r="D25" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26">
+        <v>1.33</v>
+      </c>
+      <c r="C26">
+        <v>250.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27">
+        <v>1.33</v>
+      </c>
+      <c r="C27">
+        <v>100.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28">
+        <v>1.33</v>
+      </c>
+      <c r="C28">
+        <v>36.0</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29">
+        <v>1.33</v>
+      </c>
+      <c r="C29">
+        <v>100.0</v>
+      </c>
+      <c r="D29" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30">
+        <v>1.33</v>
+      </c>
+      <c r="C30">
+        <v>2000.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31">
+        <v>1.33</v>
+      </c>
+      <c r="C31">
+        <v>50.0</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32">
+        <v>1.326</v>
+      </c>
+      <c r="C32">
+        <v>10.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33">
+        <v>1.326</v>
+      </c>
+      <c r="C33">
+        <v>208.0</v>
+      </c>
+      <c r="D33" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34">
+        <v>1.326</v>
+      </c>
+      <c r="C34">
+        <v>92.0</v>
+      </c>
+      <c r="D34" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>25</v>
+      </c>
+      <c r="B35">
+        <v>1.33</v>
+      </c>
+      <c r="C35">
+        <v>10.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36">
+        <v>1.33</v>
+      </c>
+      <c r="C36">
+        <v>37.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B37">
+        <v>1.33</v>
+      </c>
+      <c r="C37">
+        <v>10.0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38">
+        <v>1.326</v>
+      </c>
+      <c r="C38">
+        <v>100.0</v>
+      </c>
+      <c r="D38" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B39">
+        <v>1.326</v>
+      </c>
+      <c r="C39">
+        <v>170.0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40">
+        <v>1.328</v>
+      </c>
+      <c r="C40">
+        <v>30.0</v>
+      </c>
+      <c r="D40" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>30</v>
+      </c>
+      <c r="B41">
+        <v>1.33</v>
+      </c>
+      <c r="C41">
+        <v>1.0</v>
+      </c>
+      <c r="D41" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>31</v>
+      </c>
+      <c r="B42">
+        <v>1.33</v>
+      </c>
+      <c r="C42">
+        <v>700.0</v>
+      </c>
+      <c r="D42" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>32</v>
+      </c>
+      <c r="B43">
+        <v>1.33</v>
+      </c>
+      <c r="C43">
+        <v>27.0</v>
+      </c>
+      <c r="D43" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44">
+        <v>1.328</v>
+      </c>
+      <c r="C44">
+        <v>40.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>34</v>
+      </c>
+      <c r="B45">
+        <v>1.326</v>
+      </c>
+      <c r="C45">
+        <v>20.0</v>
+      </c>
+      <c r="D45" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B46">
+        <v>1.33</v>
+      </c>
+      <c r="C46">
+        <v>50.0</v>
+      </c>
+      <c r="D46" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>36</v>
+      </c>
+      <c r="B47">
+        <v>1.328</v>
+      </c>
+      <c r="C47">
+        <v>500.0</v>
+      </c>
+      <c r="D47" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>37</v>
+      </c>
+      <c r="B48">
+        <v>1.33</v>
+      </c>
+      <c r="C48">
+        <v>2.0</v>
+      </c>
+      <c r="D48" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>38</v>
+      </c>
+      <c r="B49">
+        <v>1.33</v>
+      </c>
+      <c r="C49">
+        <v>31.0</v>
+      </c>
+      <c r="D49" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>39</v>
+      </c>
+      <c r="B50">
+        <v>1.33</v>
+      </c>
+      <c r="C50">
+        <v>3.0</v>
+      </c>
+      <c r="D50" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>40</v>
+      </c>
+      <c r="B51">
+        <v>1.33</v>
+      </c>
+      <c r="C51">
+        <v>130.0</v>
+      </c>
+      <c r="D51" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>41</v>
+      </c>
+      <c r="B52">
+        <v>1.33</v>
+      </c>
+      <c r="C52">
+        <v>4.0</v>
+      </c>
+      <c r="D52" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>42</v>
+      </c>
+      <c r="B53">
+        <v>1.326</v>
+      </c>
+      <c r="C53">
+        <v>100.0</v>
+      </c>
+      <c r="D53" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B54">
+        <v>1.33</v>
+      </c>
+      <c r="C54">
+        <v>500.0</v>
+      </c>
+      <c r="D54" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>44</v>
+      </c>
+      <c r="B55">
+        <v>1.33</v>
+      </c>
+      <c r="C55">
+        <v>4.0</v>
+      </c>
+      <c r="D55" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>45</v>
+      </c>
+      <c r="B56">
+        <v>1.326</v>
+      </c>
+      <c r="C56">
+        <v>200.0</v>
+      </c>
+      <c r="D56" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>46</v>
+      </c>
+      <c r="B57">
+        <v>1.33</v>
+      </c>
+      <c r="C57">
+        <v>33.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>47</v>
+      </c>
+      <c r="B58">
+        <v>1.326</v>
+      </c>
+      <c r="C58">
+        <v>300.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>48</v>
+      </c>
+      <c r="B59">
+        <v>1.33</v>
+      </c>
+      <c r="C59">
+        <v>150.0</v>
+      </c>
+      <c r="D59" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>49</v>
+      </c>
+      <c r="B60">
+        <v>1.33</v>
+      </c>
+      <c r="C60">
+        <v>10.0</v>
+      </c>
+      <c r="D60" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>50</v>
+      </c>
+      <c r="B61">
+        <v>1.33</v>
+      </c>
+      <c r="C61">
+        <v>1000.0</v>
+      </c>
+      <c r="D61" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>51</v>
+      </c>
+      <c r="B62">
+        <v>1.33</v>
+      </c>
+      <c r="C62">
+        <v>100.0</v>
+      </c>
+      <c r="D62" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>52</v>
+      </c>
+      <c r="B63">
+        <v>1.33</v>
+      </c>
+      <c r="C63">
+        <v>500.0</v>
+      </c>
+      <c r="D63" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>53</v>
+      </c>
+      <c r="B64">
+        <v>1.33</v>
+      </c>
+      <c r="C64">
+        <v>100.0</v>
+      </c>
+      <c r="D64" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>54</v>
+      </c>
+      <c r="B65">
+        <v>1.33</v>
+      </c>
+      <c r="C65">
+        <v>150.0</v>
+      </c>
+      <c r="D65" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>55</v>
+      </c>
+      <c r="B66">
+        <v>1.33</v>
+      </c>
+      <c r="C66">
+        <v>50.0</v>
+      </c>
+      <c r="D66" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>56</v>
+      </c>
+      <c r="B67">
+        <v>1.33</v>
+      </c>
+      <c r="C67">
+        <v>90.0</v>
+      </c>
+      <c r="D67" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>56</v>
+      </c>
+      <c r="B68">
+        <v>1.33</v>
+      </c>
+      <c r="C68">
+        <v>10.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>57</v>
+      </c>
+      <c r="B69">
+        <v>1.33</v>
+      </c>
+      <c r="C69">
+        <v>3.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>58</v>
+      </c>
+      <c r="B70">
+        <v>1.33</v>
+      </c>
+      <c r="C70">
+        <v>100.0</v>
+      </c>
+      <c r="D70" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>59</v>
+      </c>
+      <c r="B71">
+        <v>1.33</v>
+      </c>
+      <c r="C71">
+        <v>5.0</v>
+      </c>
+      <c r="D71" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>60</v>
+      </c>
+      <c r="B72">
+        <v>1.33</v>
+      </c>
+      <c r="C72">
+        <v>375.0</v>
+      </c>
+      <c r="D72" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>61</v>
+      </c>
+      <c r="B73">
+        <v>1.33</v>
+      </c>
+      <c r="C73">
+        <v>30.0</v>
+      </c>
+      <c r="D73" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>62</v>
+      </c>
+      <c r="B74">
+        <v>1.326</v>
+      </c>
+      <c r="C74">
+        <v>15.0</v>
+      </c>
+      <c r="D74" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>63</v>
+      </c>
+      <c r="B75">
+        <v>1.33</v>
+      </c>
+      <c r="C75">
+        <v>1150.0</v>
+      </c>
+      <c r="D75" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>64</v>
+      </c>
+      <c r="B76">
+        <v>1.33</v>
+      </c>
+      <c r="C76">
+        <v>45.0</v>
+      </c>
+      <c r="D76" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>65</v>
+      </c>
+      <c r="B77">
+        <v>1.33</v>
+      </c>
+      <c r="C77">
+        <v>4.0</v>
+      </c>
+      <c r="D77" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>66</v>
+      </c>
+      <c r="B78">
+        <v>1.326</v>
+      </c>
+      <c r="C78">
+        <v>20.0</v>
+      </c>
+      <c r="D78" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>67</v>
+      </c>
+      <c r="B79">
+        <v>1.326</v>
+      </c>
+      <c r="C79">
+        <v>30.0</v>
+      </c>
+      <c r="D79" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>68</v>
+      </c>
+      <c r="B80">
+        <v>1.33</v>
+      </c>
+      <c r="C80">
+        <v>376.0</v>
+      </c>
+      <c r="D80" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>69</v>
+      </c>
+      <c r="B81">
+        <v>1.33</v>
+      </c>
+      <c r="C81">
+        <v>37.0</v>
+      </c>
+      <c r="D81" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>70</v>
+      </c>
+      <c r="B82">
+        <v>1.33</v>
+      </c>
+      <c r="C82">
+        <v>37.0</v>
+      </c>
+      <c r="D82" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>71</v>
+      </c>
+      <c r="B83">
+        <v>1.328</v>
+      </c>
+      <c r="C83">
+        <v>50.0</v>
+      </c>
+      <c r="D83" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>71</v>
+      </c>
+      <c r="B84">
+        <v>1.328</v>
+      </c>
+      <c r="C84">
+        <v>10.0</v>
+      </c>
+      <c r="D84" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>71</v>
+      </c>
+      <c r="B85">
+        <v>1.328</v>
+      </c>
+      <c r="C85">
+        <v>171.0</v>
+      </c>
+      <c r="D85" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>72</v>
+      </c>
+      <c r="B86">
+        <v>1.33</v>
+      </c>
+      <c r="C86">
+        <v>30.0</v>
+      </c>
+      <c r="D86" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>73</v>
+      </c>
+      <c r="B87">
+        <v>1.328</v>
+      </c>
+      <c r="C87">
+        <v>10.0</v>
+      </c>
+      <c r="D87" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>74</v>
+      </c>
+      <c r="B88">
+        <v>1.328</v>
+      </c>
+      <c r="C88">
+        <v>1819.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>75</v>
+      </c>
+      <c r="B89">
+        <v>1.328</v>
+      </c>
+      <c r="C89">
+        <v>710.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>76</v>
+      </c>
+      <c r="B90">
+        <v>1.328</v>
+      </c>
+      <c r="C90">
+        <v>6.0</v>
+      </c>
+      <c r="D90" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>77</v>
+      </c>
+      <c r="B91">
+        <v>1.328</v>
+      </c>
+      <c r="C91">
+        <v>30.0</v>
+      </c>
+      <c r="D91" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B92">
+        <v>1.328</v>
+      </c>
+      <c r="C92">
+        <v>1.0</v>
+      </c>
+      <c r="D92" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>79</v>
+      </c>
+      <c r="B93">
+        <v>1.328</v>
+      </c>
+      <c r="C93">
+        <v>20.0</v>
+      </c>
+      <c r="D93" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>80</v>
+      </c>
+      <c r="B94">
+        <v>1.328</v>
+      </c>
+      <c r="C94">
+        <v>3.0</v>
+      </c>
+      <c r="D94" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>81</v>
+      </c>
+      <c r="B95">
+        <v>1.33</v>
+      </c>
+      <c r="C95">
+        <v>10.0</v>
+      </c>
+      <c r="D95" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>82</v>
+      </c>
+      <c r="B96">
+        <v>1.326</v>
+      </c>
+      <c r="C96">
+        <v>196.0</v>
+      </c>
+      <c r="D96" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>82</v>
+      </c>
+      <c r="B97">
+        <v>1.328</v>
+      </c>
+      <c r="C97">
+        <v>104.0</v>
+      </c>
+      <c r="D97" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>83</v>
+      </c>
+      <c r="B98">
+        <v>1.328</v>
+      </c>
+      <c r="C98">
+        <v>1896.0</v>
+      </c>
+      <c r="D98" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>84</v>
+      </c>
+      <c r="B99">
+        <v>1.328</v>
+      </c>
+      <c r="C99">
+        <v>850.0</v>
+      </c>
+      <c r="D99" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>85</v>
+      </c>
+      <c r="B100">
+        <v>1.328</v>
+      </c>
+      <c r="C100">
+        <v>1912.0</v>
+      </c>
+      <c r="D100" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>86</v>
+      </c>
+      <c r="B101">
+        <v>1.328</v>
+      </c>
+      <c r="C101">
+        <v>100.0</v>
+      </c>
+      <c r="D101" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>86</v>
+      </c>
+      <c r="B102">
+        <v>1.328</v>
+      </c>
+      <c r="C102">
+        <v>2455.0</v>
+      </c>
+      <c r="D102" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>87</v>
+      </c>
+      <c r="B103">
+        <v>1.33</v>
+      </c>
+      <c r="C103">
+        <v>100.0</v>
+      </c>
+      <c r="D103" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>88</v>
+      </c>
+      <c r="B104">
+        <v>1.33</v>
+      </c>
+      <c r="C104">
+        <v>5.0</v>
+      </c>
+      <c r="D104" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>89</v>
+      </c>
+      <c r="B105">
+        <v>1.33</v>
+      </c>
+      <c r="C105">
+        <v>200.0</v>
+      </c>
+      <c r="D105" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>90</v>
+      </c>
+      <c r="B106">
+        <v>1.33</v>
+      </c>
+      <c r="C106">
+        <v>108.0</v>
+      </c>
+      <c r="D106" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>91</v>
+      </c>
+      <c r="B107">
+        <v>1.33</v>
+      </c>
+      <c r="C107">
+        <v>30.0</v>
+      </c>
+      <c r="D107" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>92</v>
+      </c>
+      <c r="B108">
+        <v>1.328</v>
+      </c>
+      <c r="C108">
+        <v>545.0</v>
+      </c>
+      <c r="D108" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B109">
+        <v>1.328</v>
+      </c>
+      <c r="C109">
+        <v>650.0</v>
+      </c>
+      <c r="D109" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>93</v>
+      </c>
+      <c r="B110">
+        <v>1.328</v>
+      </c>
+      <c r="C110">
+        <v>15.0</v>
+      </c>
+      <c r="D110" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>93</v>
+      </c>
+      <c r="B111">
+        <v>1.328</v>
+      </c>
+      <c r="C111">
+        <v>10.0</v>
+      </c>
+      <c r="D111" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>93</v>
+      </c>
+      <c r="B112">
+        <v>1.328</v>
+      </c>
+      <c r="C112">
+        <v>280.0</v>
+      </c>
+      <c r="D112" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>94</v>
+      </c>
+      <c r="B113">
+        <v>1.33</v>
+      </c>
+      <c r="C113">
+        <v>1.0</v>
+      </c>
+      <c r="D113" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>95</v>
+      </c>
+      <c r="B114">
+        <v>1.33</v>
+      </c>
+      <c r="C114">
+        <v>21.0</v>
+      </c>
+      <c r="D114" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>96</v>
+      </c>
+      <c r="B115">
+        <v>1.33</v>
+      </c>
+      <c r="C115">
+        <v>2.0</v>
+      </c>
+      <c r="D115" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>97</v>
+      </c>
+      <c r="B116">
+        <v>1.328</v>
+      </c>
+      <c r="C116">
+        <v>200.0</v>
+      </c>
+      <c r="D116" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>98</v>
+      </c>
+      <c r="B117">
+        <v>1.33</v>
+      </c>
+      <c r="C117">
+        <v>120.0</v>
+      </c>
+      <c r="D117" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>99</v>
+      </c>
+      <c r="B118">
+        <v>1.33</v>
+      </c>
+      <c r="C118">
+        <v>2000.0</v>
+      </c>
+      <c r="D118" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>100</v>
+      </c>
+      <c r="B119">
+        <v>1.33</v>
+      </c>
+      <c r="C119">
+        <v>200.0</v>
+      </c>
+      <c r="D119" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>101</v>
+      </c>
+      <c r="B120">
+        <v>1.328</v>
+      </c>
+      <c r="C120">
+        <v>20.0</v>
+      </c>
+      <c r="D120" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>102</v>
+      </c>
+      <c r="B121">
+        <v>1.33</v>
+      </c>
+      <c r="C121">
+        <v>1.0</v>
+      </c>
+      <c r="D121" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>103</v>
+      </c>
+      <c r="B122">
+        <v>1.33</v>
+      </c>
+      <c r="C122">
+        <v>2933.0</v>
+      </c>
+      <c r="D122" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>103</v>
+      </c>
+      <c r="B123">
+        <v>1.33</v>
+      </c>
+      <c r="C123">
+        <v>2.0</v>
+      </c>
+      <c r="D123" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>103</v>
+      </c>
+      <c r="B124">
+        <v>1.33</v>
+      </c>
+      <c r="C124">
+        <v>795.0</v>
+      </c>
+      <c r="D124" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>103</v>
+      </c>
+      <c r="B125">
+        <v>1.33</v>
+      </c>
+      <c r="C125">
+        <v>100.0</v>
+      </c>
+      <c r="D125" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>103</v>
+      </c>
+      <c r="B126">
+        <v>1.33</v>
+      </c>
+      <c r="C126">
+        <v>1000.0</v>
+      </c>
+      <c r="D126" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>103</v>
+      </c>
+      <c r="B127">
+        <v>1.33</v>
+      </c>
+      <c r="C127">
+        <v>4.0</v>
+      </c>
+      <c r="D127" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>103</v>
+      </c>
+      <c r="B128">
+        <v>1.33</v>
+      </c>
+      <c r="C128">
+        <v>100.0</v>
+      </c>
+      <c r="D128" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>103</v>
+      </c>
+      <c r="B129">
+        <v>1.33</v>
+      </c>
+      <c r="C129">
+        <v>460.0</v>
+      </c>
+      <c r="D129" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>103</v>
+      </c>
+      <c r="B130">
+        <v>1.33</v>
+      </c>
+      <c r="C130">
+        <v>536.0</v>
+      </c>
+      <c r="D130" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>104</v>
+      </c>
+      <c r="B131">
+        <v>1.33</v>
+      </c>
+      <c r="C131">
+        <v>4.0</v>
+      </c>
+      <c r="D131" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>105</v>
+      </c>
+      <c r="B132">
+        <v>1.33</v>
+      </c>
+      <c r="C132">
+        <v>4469.0</v>
+      </c>
+      <c r="D132" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>105</v>
+      </c>
+      <c r="B133">
+        <v>1.328</v>
+      </c>
+      <c r="C133">
+        <v>50.0</v>
+      </c>
+      <c r="D133" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>105</v>
+      </c>
+      <c r="B134">
+        <v>1.328</v>
+      </c>
+      <c r="C134">
+        <v>481.0</v>
+      </c>
+      <c r="D134" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>106</v>
+      </c>
+      <c r="B135">
+        <v>1.328</v>
+      </c>
+      <c r="C135">
+        <v>10.0</v>
+      </c>
+      <c r="D135" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>107</v>
+      </c>
+      <c r="B136">
+        <v>1.328</v>
+      </c>
+      <c r="C136">
+        <v>9.0</v>
+      </c>
+      <c r="D136" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>107</v>
+      </c>
+      <c r="B137">
+        <v>1.328</v>
+      </c>
+      <c r="C137">
+        <v>2000.0</v>
+      </c>
+      <c r="D137" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>107</v>
+      </c>
+      <c r="B138">
+        <v>1.328</v>
+      </c>
+      <c r="C138">
+        <v>1991.0</v>
+      </c>
+      <c r="D138" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>108</v>
+      </c>
+      <c r="B139">
+        <v>1.328</v>
+      </c>
+      <c r="C139">
+        <v>75.0</v>
+      </c>
+      <c r="D139" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>109</v>
+      </c>
+      <c r="B140">
+        <v>1.328</v>
+      </c>
+      <c r="C140">
+        <v>3.0</v>
+      </c>
+      <c r="D140" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>110</v>
+      </c>
+      <c r="B141">
+        <v>1.328</v>
+      </c>
+      <c r="C141">
+        <v>3800.0</v>
+      </c>
+      <c r="D141" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>111</v>
+      </c>
+      <c r="B142">
+        <v>1.328</v>
+      </c>
+      <c r="C142">
+        <v>3.0</v>
+      </c>
+      <c r="D142" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>112</v>
+      </c>
+      <c r="B143">
+        <v>1.328</v>
+      </c>
+      <c r="C143">
+        <v>2000.0</v>
+      </c>
+      <c r="D143" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>113</v>
+      </c>
+      <c r="B144">
+        <v>1.328</v>
+      </c>
+      <c r="C144">
+        <v>2.0</v>
+      </c>
+      <c r="D144" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>114</v>
+      </c>
+      <c r="B145">
+        <v>1.328</v>
+      </c>
+      <c r="C145">
+        <v>120.0</v>
+      </c>
+      <c r="D145" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>115</v>
+      </c>
+      <c r="B146">
+        <v>1.328</v>
+      </c>
+      <c r="C146">
+        <v>400.0</v>
+      </c>
+      <c r="D146" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>116</v>
+      </c>
+      <c r="B147">
+        <v>1.328</v>
+      </c>
+      <c r="C147">
+        <v>100.0</v>
+      </c>
+      <c r="D147" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>117</v>
+      </c>
+      <c r="B148">
+        <v>1.328</v>
+      </c>
+      <c r="C148">
+        <v>500.0</v>
+      </c>
+      <c r="D148" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>118</v>
+      </c>
+      <c r="B149">
+        <v>1.328</v>
+      </c>
+      <c r="C149">
+        <v>100.0</v>
+      </c>
+      <c r="D149" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>119</v>
+      </c>
+      <c r="B150">
+        <v>1.328</v>
+      </c>
+      <c r="C150">
+        <v>400.0</v>
+      </c>
+      <c r="D150" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>120</v>
+      </c>
+      <c r="B151">
+        <v>1.328</v>
+      </c>
+      <c r="C151">
+        <v>5.0</v>
+      </c>
+      <c r="D151" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>121</v>
+      </c>
+      <c r="B152">
+        <v>1.328</v>
+      </c>
+      <c r="C152">
+        <v>501.0</v>
+      </c>
+      <c r="D152" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>121</v>
+      </c>
+      <c r="B153">
+        <v>1.328</v>
+      </c>
+      <c r="C153">
+        <v>70.0</v>
+      </c>
+      <c r="D153" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>121</v>
+      </c>
+      <c r="B154">
+        <v>1.328</v>
+      </c>
+      <c r="C154">
+        <v>500.0</v>
+      </c>
+      <c r="D154" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>121</v>
+      </c>
+      <c r="B155">
+        <v>1.328</v>
+      </c>
+      <c r="C155">
+        <v>3929.0</v>
+      </c>
+      <c r="D155" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>122</v>
+      </c>
+      <c r="B156">
+        <v>1.328</v>
+      </c>
+      <c r="C156">
+        <v>1.0</v>
+      </c>
+      <c r="D156" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>123</v>
+      </c>
+      <c r="B157">
+        <v>1.328</v>
+      </c>
+      <c r="C157">
+        <v>20.0</v>
+      </c>
+      <c r="D157" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>124</v>
+      </c>
+      <c r="B158">
+        <v>1.328</v>
+      </c>
+      <c r="C158">
+        <v>1200.0</v>
+      </c>
+      <c r="D158" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>125</v>
+      </c>
+      <c r="B159">
+        <v>1.328</v>
+      </c>
+      <c r="C159">
+        <v>1.0</v>
+      </c>
+      <c r="D159" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>126</v>
+      </c>
+      <c r="B160">
+        <v>1.326</v>
+      </c>
+      <c r="C160">
+        <v>16.0</v>
+      </c>
+      <c r="D160" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>127</v>
+      </c>
+      <c r="B161">
+        <v>1.326</v>
+      </c>
+      <c r="C161">
+        <v>50.0</v>
+      </c>
+      <c r="D161" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>128</v>
+      </c>
+      <c r="B162">
+        <v>1.328</v>
+      </c>
+      <c r="C162">
+        <v>40.0</v>
+      </c>
+      <c r="D162" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>129</v>
+      </c>
+      <c r="B163">
+        <v>1.328</v>
+      </c>
+      <c r="C163">
+        <v>50.0</v>
+      </c>
+      <c r="D163" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>130</v>
+      </c>
+      <c r="B164">
+        <v>1.328</v>
+      </c>
+      <c r="C164">
+        <v>20.0</v>
+      </c>
+      <c r="D164" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>131</v>
+      </c>
+      <c r="B165">
+        <v>1.326</v>
+      </c>
+      <c r="C165">
+        <v>20.0</v>
+      </c>
+      <c r="D165" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>132</v>
+      </c>
+      <c r="B166">
+        <v>1.326</v>
+      </c>
+      <c r="C166">
+        <v>300.0</v>
+      </c>
+      <c r="D166" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>133</v>
+      </c>
+      <c r="B167">
+        <v>1.328</v>
+      </c>
+      <c r="C167">
+        <v>100.0</v>
+      </c>
+      <c r="D167" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>134</v>
+      </c>
+      <c r="B168">
+        <v>1.328</v>
+      </c>
+      <c r="C168">
+        <v>3.0</v>
+      </c>
+      <c r="D168" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>135</v>
+      </c>
+      <c r="B169">
+        <v>1.328</v>
+      </c>
+      <c r="C169">
+        <v>22.0</v>
+      </c>
+      <c r="D169" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>136</v>
+      </c>
+      <c r="B170">
+        <v>1.328</v>
+      </c>
+      <c r="C170">
+        <v>2.0</v>
+      </c>
+      <c r="D170" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>137</v>
+      </c>
+      <c r="B171">
+        <v>1.328</v>
+      </c>
+      <c r="C171">
+        <v>60.0</v>
+      </c>
+      <c r="D171" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>138</v>
+      </c>
+      <c r="B172">
+        <v>1.328</v>
+      </c>
+      <c r="C172">
+        <v>70.0</v>
+      </c>
+      <c r="D172" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>139</v>
+      </c>
+      <c r="B173">
+        <v>1.328</v>
+      </c>
+      <c r="C173">
+        <v>300.0</v>
+      </c>
+      <c r="D173" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>140</v>
+      </c>
+      <c r="B174">
+        <v>1.328</v>
+      </c>
+      <c r="C174">
+        <v>2.0</v>
+      </c>
+      <c r="D174" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>141</v>
+      </c>
+      <c r="B175">
+        <v>1.328</v>
+      </c>
+      <c r="C175">
+        <v>75.0</v>
+      </c>
+      <c r="D175" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>142</v>
+      </c>
+      <c r="B176">
+        <v>1.328</v>
+      </c>
+      <c r="C176">
+        <v>1000.0</v>
+      </c>
+      <c r="D176" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>143</v>
+      </c>
+      <c r="B177">
+        <v>1.328</v>
+      </c>
+      <c r="C177">
+        <v>50.0</v>
+      </c>
+      <c r="D177" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>144</v>
+      </c>
+      <c r="B178">
+        <v>1.328</v>
+      </c>
+      <c r="C178">
+        <v>20.0</v>
+      </c>
+      <c r="D178" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>145</v>
+      </c>
+      <c r="B179">
+        <v>1.328</v>
+      </c>
+      <c r="C179">
+        <v>5.0</v>
+      </c>
+      <c r="D179" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>146</v>
+      </c>
+      <c r="B180">
+        <v>1.326</v>
+      </c>
+      <c r="C180">
+        <v>760.0</v>
+      </c>
+      <c r="D180" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>146</v>
+      </c>
+      <c r="B181">
+        <v>1.326</v>
+      </c>
+      <c r="C181">
+        <v>2997.0</v>
+      </c>
+      <c r="D181" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>146</v>
+      </c>
+      <c r="B182">
+        <v>1.326</v>
+      </c>
+      <c r="C182">
+        <v>30.0</v>
+      </c>
+      <c r="D182" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>146</v>
+      </c>
+      <c r="B183">
+        <v>1.326</v>
+      </c>
+      <c r="C183">
+        <v>400.0</v>
+      </c>
+      <c r="D183" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>146</v>
+      </c>
+      <c r="B184">
+        <v>1.326</v>
+      </c>
+      <c r="C184">
+        <v>10.0</v>
+      </c>
+      <c r="D184" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>146</v>
+      </c>
+      <c r="B185">
+        <v>1.326</v>
+      </c>
+      <c r="C185">
+        <v>20.0</v>
+      </c>
+      <c r="D185" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>146</v>
+      </c>
+      <c r="B186">
+        <v>1.326</v>
+      </c>
+      <c r="C186">
+        <v>119.0</v>
+      </c>
+      <c r="D186" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>146</v>
+      </c>
+      <c r="B187">
+        <v>1.326</v>
+      </c>
+      <c r="C187">
+        <v>5.0</v>
+      </c>
+      <c r="D187" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>146</v>
+      </c>
+      <c r="B188">
+        <v>1.326</v>
+      </c>
+      <c r="C188">
+        <v>200.0</v>
+      </c>
+      <c r="D188" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>146</v>
+      </c>
+      <c r="B189">
+        <v>1.326</v>
+      </c>
+      <c r="C189">
+        <v>2.0</v>
+      </c>
+      <c r="D189" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>146</v>
+      </c>
+      <c r="B190">
+        <v>1.326</v>
+      </c>
+      <c r="C190">
+        <v>40.0</v>
+      </c>
+      <c r="D190" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>146</v>
+      </c>
+      <c r="B191">
+        <v>1.326</v>
+      </c>
+      <c r="C191">
+        <v>10.0</v>
+      </c>
+      <c r="D191" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>146</v>
+      </c>
+      <c r="B192">
+        <v>1.326</v>
+      </c>
+      <c r="C192">
+        <v>350.0</v>
+      </c>
+      <c r="D192" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>146</v>
+      </c>
+      <c r="B193">
+        <v>1.326</v>
+      </c>
+      <c r="C193">
+        <v>155.0</v>
+      </c>
+      <c r="D193" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>146</v>
+      </c>
+      <c r="B194">
+        <v>1.326</v>
+      </c>
+      <c r="C194">
+        <v>50.0</v>
+      </c>
+      <c r="D194" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>146</v>
+      </c>
+      <c r="B195">
+        <v>1.326</v>
+      </c>
+      <c r="C195">
+        <v>852.0</v>
+      </c>
+      <c r="D195" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>146</v>
+      </c>
+      <c r="B196">
+        <v>1.326</v>
+      </c>
+      <c r="C196">
+        <v>148.0</v>
+      </c>
+      <c r="D196" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>146</v>
+      </c>
+      <c r="B197">
+        <v>1.326</v>
+      </c>
+      <c r="C197">
+        <v>38.0</v>
+      </c>
+      <c r="D197" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>146</v>
+      </c>
+      <c r="B198">
+        <v>1.326</v>
+      </c>
+      <c r="C198">
+        <v>2.0</v>
+      </c>
+      <c r="D198" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>146</v>
+      </c>
+      <c r="B199">
+        <v>1.326</v>
+      </c>
+      <c r="C199">
+        <v>10.0</v>
+      </c>
+      <c r="D199" t="s">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">