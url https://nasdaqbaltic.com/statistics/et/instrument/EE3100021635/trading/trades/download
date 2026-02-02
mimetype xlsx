--- v3 (2026-01-11)
+++ v4 (2026-02-02)
@@ -12,491 +12,566 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:59:53</t>
+    <t>15:50:00</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:53</t>
-[...224 lines deleted...]
-    <t>12:17:42</t>
+    <t>15:47:48</t>
+  </si>
+  <si>
+    <t>15:46:28</t>
+  </si>
+  <si>
+    <t>15:37:54</t>
+  </si>
+  <si>
+    <t>15:35:59</t>
+  </si>
+  <si>
+    <t>15:35:02</t>
+  </si>
+  <si>
+    <t>15:31:25</t>
+  </si>
+  <si>
+    <t>15:28:29</t>
+  </si>
+  <si>
+    <t>15:28:09</t>
+  </si>
+  <si>
+    <t>15:26:41</t>
+  </si>
+  <si>
+    <t>15:23:08</t>
+  </si>
+  <si>
+    <t>15:22:10</t>
+  </si>
+  <si>
+    <t>15:20:00</t>
+  </si>
+  <si>
+    <t>15:18:41</t>
+  </si>
+  <si>
+    <t>15:15:51</t>
+  </si>
+  <si>
+    <t>15:06:47</t>
+  </si>
+  <si>
+    <t>15:03:28</t>
+  </si>
+  <si>
+    <t>15:00:37</t>
+  </si>
+  <si>
+    <t>14:53:58</t>
+  </si>
+  <si>
+    <t>14:52:46</t>
+  </si>
+  <si>
+    <t>14:46:26</t>
+  </si>
+  <si>
+    <t>14:43:10</t>
+  </si>
+  <si>
+    <t>14:41:50</t>
+  </si>
+  <si>
+    <t>14:32:09</t>
+  </si>
+  <si>
+    <t>14:24:32</t>
+  </si>
+  <si>
+    <t>14:24:01</t>
+  </si>
+  <si>
+    <t>14:11:14</t>
+  </si>
+  <si>
+    <t>14:08:30</t>
+  </si>
+  <si>
+    <t>13:48:11</t>
+  </si>
+  <si>
+    <t>13:47:41</t>
+  </si>
+  <si>
+    <t>13:46:59</t>
+  </si>
+  <si>
+    <t>13:45:06</t>
+  </si>
+  <si>
+    <t>13:43:22</t>
+  </si>
+  <si>
+    <t>13:37:46</t>
+  </si>
+  <si>
+    <t>13:36:55</t>
+  </si>
+  <si>
+    <t>13:35:03</t>
+  </si>
+  <si>
+    <t>13:34:53</t>
+  </si>
+  <si>
+    <t>13:34:41</t>
+  </si>
+  <si>
+    <t>13:34:31</t>
+  </si>
+  <si>
+    <t>13:33:52</t>
+  </si>
+  <si>
+    <t>13:33:31</t>
+  </si>
+  <si>
+    <t>13:29:12</t>
+  </si>
+  <si>
+    <t>13:28:30</t>
+  </si>
+  <si>
+    <t>13:20:16</t>
+  </si>
+  <si>
+    <t>13:18:57</t>
+  </si>
+  <si>
+    <t>13:10:18</t>
+  </si>
+  <si>
+    <t>13:09:42</t>
+  </si>
+  <si>
+    <t>13:06:44</t>
+  </si>
+  <si>
+    <t>13:05:14</t>
+  </si>
+  <si>
+    <t>13:04:22</t>
+  </si>
+  <si>
+    <t>13:00:45</t>
+  </si>
+  <si>
+    <t>12:58:55</t>
+  </si>
+  <si>
+    <t>12:58:16</t>
+  </si>
+  <si>
+    <t>12:54:52</t>
+  </si>
+  <si>
+    <t>12:53:55</t>
+  </si>
+  <si>
+    <t>12:51:45</t>
+  </si>
+  <si>
+    <t>12:51:13</t>
+  </si>
+  <si>
+    <t>12:50:50</t>
+  </si>
+  <si>
+    <t>12:49:47</t>
+  </si>
+  <si>
+    <t>12:49:00</t>
+  </si>
+  <si>
+    <t>12:48:09</t>
+  </si>
+  <si>
+    <t>12:47:59</t>
+  </si>
+  <si>
+    <t>12:47:39</t>
+  </si>
+  <si>
+    <t>12:46:40</t>
+  </si>
+  <si>
+    <t>12:43:30</t>
+  </si>
+  <si>
+    <t>12:43:20</t>
+  </si>
+  <si>
+    <t>12:41:33</t>
+  </si>
+  <si>
+    <t>12:41:12</t>
+  </si>
+  <si>
+    <t>12:37:20</t>
+  </si>
+  <si>
+    <t>12:37:12</t>
+  </si>
+  <si>
+    <t>12:36:21</t>
+  </si>
+  <si>
+    <t>12:36:07</t>
+  </si>
+  <si>
+    <t>12:35:30</t>
+  </si>
+  <si>
+    <t>12:34:29</t>
+  </si>
+  <si>
+    <t>12:29:06</t>
+  </si>
+  <si>
+    <t>12:20:45</t>
+  </si>
+  <si>
+    <t>12:19:50</t>
+  </si>
+  <si>
+    <t>12:17:53</t>
   </si>
   <si>
     <t>12:17:26</t>
   </si>
   <si>
-    <t>12:13:45</t>
-[...92 lines deleted...]
-    <t>11:07:27</t>
+    <t>12:15:44</t>
+  </si>
+  <si>
+    <t>12:15:30</t>
+  </si>
+  <si>
+    <t>12:15:26</t>
+  </si>
+  <si>
+    <t>12:14:59</t>
+  </si>
+  <si>
+    <t>12:14:55</t>
+  </si>
+  <si>
+    <t>12:14:31</t>
+  </si>
+  <si>
+    <t>12:11:44</t>
+  </si>
+  <si>
+    <t>12:11:00</t>
+  </si>
+  <si>
+    <t>12:10:10</t>
+  </si>
+  <si>
+    <t>12:05:55</t>
+  </si>
+  <si>
+    <t>12:03:44</t>
+  </si>
+  <si>
+    <t>12:03:31</t>
+  </si>
+  <si>
+    <t>12:02:52</t>
+  </si>
+  <si>
+    <t>11:51:26</t>
+  </si>
+  <si>
+    <t>11:43:48</t>
+  </si>
+  <si>
+    <t>11:43:46</t>
+  </si>
+  <si>
+    <t>11:41:48</t>
+  </si>
+  <si>
+    <t>11:41:06</t>
+  </si>
+  <si>
+    <t>11:38:35</t>
+  </si>
+  <si>
+    <t>11:37:56</t>
+  </si>
+  <si>
+    <t>11:35:15</t>
+  </si>
+  <si>
+    <t>11:20:30</t>
+  </si>
+  <si>
+    <t>11:17:44</t>
+  </si>
+  <si>
+    <t>11:16:00</t>
+  </si>
+  <si>
+    <t>11:11:56</t>
+  </si>
+  <si>
+    <t>11:11:35</t>
+  </si>
+  <si>
+    <t>11:09:54</t>
+  </si>
+  <si>
+    <t>11:09:39</t>
+  </si>
+  <si>
+    <t>11:09:17</t>
+  </si>
+  <si>
+    <t>11:08:40</t>
+  </si>
+  <si>
+    <t>11:08:03</t>
   </si>
   <si>
     <t>11:05:27</t>
   </si>
   <si>
-    <t>11:01:02</t>
-[...8 lines deleted...]
-    <t>10:52:27</t>
+    <t>11:03:09</t>
+  </si>
+  <si>
+    <t>10:57:49</t>
+  </si>
+  <si>
+    <t>10:51:58</t>
+  </si>
+  <si>
+    <t>10:50:34</t>
+  </si>
+  <si>
+    <t>10:50:22</t>
+  </si>
+  <si>
+    <t>10:49:33</t>
+  </si>
+  <si>
+    <t>10:49:13</t>
   </si>
   <si>
     <t>10:48:12</t>
   </si>
   <si>
-    <t>10:45:43</t>
-[...74 lines deleted...]
-    <t>10:00:03</t>
+    <t>10:48:05</t>
+  </si>
+  <si>
+    <t>10:46:34</t>
+  </si>
+  <si>
+    <t>10:41:47</t>
+  </si>
+  <si>
+    <t>10:41:37</t>
+  </si>
+  <si>
+    <t>10:41:20</t>
+  </si>
+  <si>
+    <t>10:39:30</t>
+  </si>
+  <si>
+    <t>10:39:02</t>
+  </si>
+  <si>
+    <t>10:38:21</t>
+  </si>
+  <si>
+    <t>10:35:59</t>
+  </si>
+  <si>
+    <t>10:33:59</t>
+  </si>
+  <si>
+    <t>10:30:33</t>
+  </si>
+  <si>
+    <t>10:26:58</t>
+  </si>
+  <si>
+    <t>10:26:56</t>
+  </si>
+  <si>
+    <t>10:24:54</t>
+  </si>
+  <si>
+    <t>10:24:40</t>
+  </si>
+  <si>
+    <t>10:23:51</t>
+  </si>
+  <si>
+    <t>10:22:35</t>
+  </si>
+  <si>
+    <t>10:18:30</t>
+  </si>
+  <si>
+    <t>10:17:53</t>
+  </si>
+  <si>
+    <t>10:16:15</t>
+  </si>
+  <si>
+    <t>10:16:05</t>
+  </si>
+  <si>
+    <t>10:15:12</t>
+  </si>
+  <si>
+    <t>10:15:04</t>
+  </si>
+  <si>
+    <t>10:14:49</t>
+  </si>
+  <si>
+    <t>10:14:20</t>
+  </si>
+  <si>
+    <t>10:13:34</t>
+  </si>
+  <si>
+    <t>10:13:29</t>
+  </si>
+  <si>
+    <t>10:13:13</t>
+  </si>
+  <si>
+    <t>10:12:01</t>
+  </si>
+  <si>
+    <t>10:10:13</t>
+  </si>
+  <si>
+    <t>10:09:18</t>
+  </si>
+  <si>
+    <t>10:09:05</t>
+  </si>
+  <si>
+    <t>10:08:39</t>
+  </si>
+  <si>
+    <t>10:07:03</t>
+  </si>
+  <si>
+    <t>10:06:54</t>
+  </si>
+  <si>
+    <t>10:05:32</t>
+  </si>
+  <si>
+    <t>10:05:15</t>
+  </si>
+  <si>
+    <t>10:05:14</t>
+  </si>
+  <si>
+    <t>10:05:06</t>
+  </si>
+  <si>
+    <t>10:04:32</t>
+  </si>
+  <si>
+    <t>10:04:23</t>
+  </si>
+  <si>
+    <t>10:04:18</t>
+  </si>
+  <si>
+    <t>10:02:25</t>
+  </si>
+  <si>
+    <t>10:02:17</t>
+  </si>
+  <si>
+    <t>10:02:09</t>
+  </si>
+  <si>
+    <t>10:01:22</t>
+  </si>
+  <si>
+    <t>10:00:41</t>
+  </si>
+  <si>
+    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -811,2841 +886,4717 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D199"/>
+  <dimension ref="A1:D333"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C2">
-        <v>188.0</v>
+        <v>50.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B3">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C3">
-        <v>40753.0</v>
+        <v>845.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B4">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C4">
-        <v>2247.0</v>
+        <v>5.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C5">
-        <v>150.0</v>
+        <v>92.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C6">
-        <v>50.0</v>
+        <v>30.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B7">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C7">
-        <v>2602.0</v>
+        <v>14.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B8">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C8">
-        <v>398.0</v>
+        <v>74.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B9">
-        <v>1.328</v>
+        <v>1.46</v>
       </c>
       <c r="C9">
-        <v>10.0</v>
+        <v>33.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C10">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C11">
-        <v>2282.0</v>
+        <v>10.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C12">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C13">
-        <v>4998.0</v>
+        <v>10.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C14">
-        <v>1000.0</v>
+        <v>5.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C15">
-        <v>3000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C16">
-        <v>1500.0</v>
+        <v>20.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C17">
-        <v>1000.0</v>
+        <v>500.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C18">
-        <v>758.0</v>
+        <v>520.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B19">
-        <v>1.328</v>
+        <v>1.464</v>
       </c>
       <c r="C19">
-        <v>150.0</v>
+        <v>2817.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B20">
-        <v>1.33</v>
+        <v>1.464</v>
       </c>
       <c r="C20">
-        <v>2700.0</v>
+        <v>5428.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B21">
-        <v>1.33</v>
+        <v>1.464</v>
       </c>
       <c r="C21">
-        <v>5.0</v>
+        <v>300.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>272.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B23">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C23">
-        <v>297.0</v>
+        <v>1.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B24">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C24">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B25">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C25">
-        <v>3.0</v>
+        <v>395.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B26">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C26">
-        <v>250.0</v>
+        <v>60.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B27">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C27">
-        <v>100.0</v>
+        <v>633.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B28">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C28">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B29">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C29">
         <v>100.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B30">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C30">
-        <v>2000.0</v>
+        <v>42.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B31">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C31">
-        <v>50.0</v>
+        <v>19.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B32">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C32">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B33">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C33">
-        <v>208.0</v>
+        <v>20.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B34">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C34">
-        <v>92.0</v>
+        <v>235.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B35">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C35">
-        <v>10.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B36">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C36">
-        <v>37.0</v>
+        <v>21.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B37">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C37">
-        <v>10.0</v>
+        <v>250.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B38">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C38">
-        <v>100.0</v>
+        <v>20.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B39">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C39">
-        <v>170.0</v>
+        <v>5057.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B40">
-        <v>1.328</v>
+        <v>1.468</v>
       </c>
       <c r="C40">
-        <v>30.0</v>
+        <v>193.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B41">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C41">
         <v>1.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B42">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C42">
-        <v>700.0</v>
+        <v>1.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B43">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C43">
-        <v>27.0</v>
+        <v>115.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B44">
-        <v>1.328</v>
+        <v>1.468</v>
       </c>
       <c r="C44">
-        <v>40.0</v>
+        <v>106.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B45">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C45">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B46">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C46">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B47">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C47">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B48">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C48">
-        <v>2.0</v>
+        <v>22.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B49">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C49">
-        <v>31.0</v>
+        <v>21.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B50">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C50">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B51">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C51">
-        <v>130.0</v>
+        <v>57.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="B52">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C52">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="B53">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C53">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="B54">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C54">
-        <v>500.0</v>
+        <v>250.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="B55">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C55">
-        <v>4.0</v>
+        <v>500.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B56">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C56">
-        <v>200.0</v>
+        <v>2.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B57">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C57">
-        <v>33.0</v>
+        <v>35.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B58">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C58">
-        <v>300.0</v>
+        <v>140.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="B59">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C59">
-        <v>150.0</v>
+        <v>120.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="B60">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C60">
-        <v>10.0</v>
+        <v>634.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="B61">
-        <v>1.33</v>
+        <v>1.468</v>
       </c>
       <c r="C61">
-        <v>1000.0</v>
+        <v>16.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B62">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C62">
-        <v>100.0</v>
+        <v>212.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="B63">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C63">
-        <v>500.0</v>
+        <v>5.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="B64">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C64">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="B65">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C65">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B66">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C66">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="B67">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C67">
-        <v>90.0</v>
+        <v>68.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="B68">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C68">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="B69">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C69">
-        <v>3.0</v>
+        <v>68.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="B70">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C70">
-        <v>100.0</v>
+        <v>135.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="B71">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C71">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="B72">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C72">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="B73">
-        <v>1.33</v>
+        <v>1.46</v>
       </c>
       <c r="C73">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="B74">
-        <v>1.326</v>
+        <v>1.462</v>
       </c>
       <c r="C74">
-        <v>15.0</v>
+        <v>705.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="B75">
-        <v>1.33</v>
+        <v>1.462</v>
       </c>
       <c r="C75">
-        <v>1150.0</v>
+        <v>650.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="B76">
-        <v>1.33</v>
+        <v>1.464</v>
       </c>
       <c r="C76">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="B77">
-        <v>1.33</v>
+        <v>1.464</v>
       </c>
       <c r="C77">
-        <v>4.0</v>
+        <v>500.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="B78">
-        <v>1.326</v>
+        <v>1.464</v>
       </c>
       <c r="C78">
-        <v>20.0</v>
+        <v>500.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="B79">
-        <v>1.326</v>
+        <v>1.466</v>
       </c>
       <c r="C79">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="B80">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C80">
-        <v>376.0</v>
+        <v>120.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="B81">
-        <v>1.33</v>
+        <v>1.466</v>
       </c>
       <c r="C81">
-        <v>37.0</v>
+        <v>505.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="B82">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C82">
-        <v>37.0</v>
+        <v>200.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="B83">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C83">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="B84">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C84">
-        <v>10.0</v>
+        <v>108.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="B85">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C85">
-        <v>171.0</v>
+        <v>3.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="B86">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C86">
-        <v>30.0</v>
+        <v>147.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="B87">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C87">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="B88">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C88">
-        <v>1819.0</v>
+        <v>20.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B89">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C89">
-        <v>710.0</v>
+        <v>44.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="B90">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C90">
-        <v>6.0</v>
+        <v>104.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="B91">
-        <v>1.328</v>
+        <v>1.466</v>
       </c>
       <c r="C91">
-        <v>30.0</v>
+        <v>175.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="B92">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C92">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="B93">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C93">
-        <v>20.0</v>
+        <v>1935.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="B94">
-        <v>1.328</v>
+        <v>1.466</v>
       </c>
       <c r="C94">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="B95">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C95">
         <v>10.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="B96">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C96">
-        <v>196.0</v>
+        <v>5.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="B97">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C97">
-        <v>104.0</v>
+        <v>40.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="B98">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C98">
-        <v>1896.0</v>
+        <v>3.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="B99">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C99">
-        <v>850.0</v>
+        <v>250.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="B100">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C100">
-        <v>1912.0</v>
+        <v>22.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="B101">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C101">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="B102">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C102">
-        <v>2455.0</v>
+        <v>1.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="B103">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C103">
-        <v>100.0</v>
+        <v>25.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="B104">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C104">
-        <v>5.0</v>
+        <v>75.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="B105">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C105">
-        <v>200.0</v>
+        <v>40.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="B106">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C106">
-        <v>108.0</v>
+        <v>2.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="B107">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C107">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="B108">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C108">
-        <v>545.0</v>
+        <v>11.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B109">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C109">
-        <v>650.0</v>
+        <v>90.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B110">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C110">
-        <v>15.0</v>
+        <v>100.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B111">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C111">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="B112">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C112">
-        <v>280.0</v>
+        <v>1.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="B113">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C113">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="B114">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C114">
-        <v>21.0</v>
+        <v>57.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="B115">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C115">
-        <v>2.0</v>
+        <v>1943.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="B116">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C116">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>98</v>
+        <v>73</v>
       </c>
       <c r="B117">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C117">
-        <v>120.0</v>
+        <v>100.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="B118">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C118">
-        <v>2000.0</v>
+        <v>20.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="B119">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C119">
-        <v>200.0</v>
+        <v>126.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="B120">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C120">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="B121">
-        <v>1.33</v>
+        <v>1.474</v>
       </c>
       <c r="C121">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="B122">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="C122">
-        <v>2933.0</v>
+        <v>1.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="B123">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C123">
-        <v>2.0</v>
+        <v>700.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="B124">
-        <v>1.33</v>
+        <v>1.474</v>
       </c>
       <c r="C124">
-        <v>795.0</v>
+        <v>3.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="B125">
-        <v>1.33</v>
+        <v>1.474</v>
       </c>
       <c r="C125">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="B126">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C126">
-        <v>1000.0</v>
+        <v>680.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="B127">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C127">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="B128">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C128">
-        <v>100.0</v>
+        <v>369.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="B129">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C129">
-        <v>460.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="B130">
-        <v>1.33</v>
+        <v>1.472</v>
       </c>
       <c r="C130">
-        <v>536.0</v>
+        <v>657.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="B131">
-        <v>1.33</v>
+        <v>1.474</v>
       </c>
       <c r="C131">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="B132">
-        <v>1.33</v>
+        <v>1.474</v>
       </c>
       <c r="C132">
-        <v>4469.0</v>
+        <v>300.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="B133">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C133">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="B134">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C134">
-        <v>481.0</v>
+        <v>49.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="B135">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C135">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="B136">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C136">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="B137">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C137">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="B138">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C138">
-        <v>1991.0</v>
+        <v>1.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="B139">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C139">
-        <v>75.0</v>
+        <v>1.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="B140">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C140">
-        <v>3.0</v>
+        <v>486.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="B141">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C141">
-        <v>3800.0</v>
+        <v>25.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="B142">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C142">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="B143">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C143">
-        <v>2000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="B144">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C144">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="B145">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C145">
-        <v>120.0</v>
+        <v>513.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="B146">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C146">
-        <v>400.0</v>
+        <v>32.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="B147">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C147">
-        <v>100.0</v>
+        <v>18.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="B148">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C148">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="B149">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C149">
-        <v>100.0</v>
+        <v>88.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="B150">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C150">
-        <v>400.0</v>
+        <v>365.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="B151">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C151">
         <v>5.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="B152">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C152">
-        <v>501.0</v>
+        <v>50.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="B153">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C153">
-        <v>70.0</v>
+        <v>1.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="B154">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C154">
-        <v>500.0</v>
+        <v>17.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="B155">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C155">
-        <v>3929.0</v>
+        <v>5.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="B156">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C156">
-        <v>1.0</v>
+        <v>300.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="B157">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C157">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="B158">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C158">
-        <v>1200.0</v>
+        <v>100.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="B159">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C159">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="B160">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C160">
-        <v>16.0</v>
+        <v>73.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B161">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C161">
-        <v>50.0</v>
+        <v>422.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="B162">
-        <v>1.328</v>
+        <v>1.472</v>
       </c>
       <c r="C162">
-        <v>40.0</v>
+        <v>5.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="B163">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C163">
-        <v>50.0</v>
+        <v>700.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>130</v>
+        <v>107</v>
       </c>
       <c r="B164">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C164">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="B165">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C165">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="B166">
-        <v>1.326</v>
+        <v>1.472</v>
       </c>
       <c r="C166">
-        <v>300.0</v>
+        <v>5.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="B167">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C167">
-        <v>100.0</v>
+        <v>4.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
       <c r="B168">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C168">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="B169">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C169">
-        <v>22.0</v>
+        <v>996.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="B170">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C170">
-        <v>2.0</v>
+        <v>280.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="B171">
-        <v>1.328</v>
+        <v>1.478</v>
       </c>
       <c r="C171">
-        <v>60.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="B172">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C172">
-        <v>70.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="B173">
-        <v>1.328</v>
+        <v>1.476</v>
       </c>
       <c r="C173">
-        <v>300.0</v>
+        <v>22.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>140</v>
+        <v>111</v>
       </c>
       <c r="B174">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C174">
-        <v>2.0</v>
+        <v>202.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>141</v>
+        <v>112</v>
       </c>
       <c r="B175">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C175">
-        <v>75.0</v>
+        <v>18.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>142</v>
+        <v>112</v>
       </c>
       <c r="B176">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C176">
-        <v>1000.0</v>
+        <v>315.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="B177">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C177">
-        <v>50.0</v>
+        <v>103.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>144</v>
+        <v>114</v>
       </c>
       <c r="B178">
-        <v>1.328</v>
+        <v>1.474</v>
       </c>
       <c r="C178">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>145</v>
+        <v>115</v>
       </c>
       <c r="B179">
-        <v>1.328</v>
+        <v>1.47</v>
       </c>
       <c r="C179">
-        <v>5.0</v>
+        <v>220.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>146</v>
+        <v>115</v>
       </c>
       <c r="B180">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C180">
-        <v>760.0</v>
+        <v>20.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="B181">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C181">
-        <v>2997.0</v>
+        <v>1.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B182">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C182">
-        <v>30.0</v>
+        <v>469.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B183">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C183">
-        <v>400.0</v>
+        <v>100.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B184">
-        <v>1.326</v>
+        <v>1.47</v>
       </c>
       <c r="C184">
-        <v>10.0</v>
+        <v>328.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B185">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C185">
-        <v>20.0</v>
+        <v>252.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B186">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C186">
-        <v>119.0</v>
+        <v>744.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B187">
-        <v>1.326</v>
+        <v>1.466</v>
       </c>
       <c r="C187">
-        <v>5.0</v>
+        <v>110.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>146</v>
+        <v>117</v>
       </c>
       <c r="B188">
-        <v>1.326</v>
+        <v>1.466</v>
       </c>
       <c r="C188">
-        <v>200.0</v>
+        <v>80.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>146</v>
+        <v>118</v>
       </c>
       <c r="B189">
-        <v>1.326</v>
+        <v>1.466</v>
       </c>
       <c r="C189">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>146</v>
+        <v>119</v>
       </c>
       <c r="B190">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C190">
-        <v>40.0</v>
+        <v>50.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="B191">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C191">
-        <v>10.0</v>
+        <v>90.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="B192">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C192">
-        <v>350.0</v>
+        <v>10.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="B193">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C193">
-        <v>155.0</v>
+        <v>200.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B194">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C194">
-        <v>50.0</v>
+        <v>200.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="B195">
-        <v>1.326</v>
+        <v>1.462</v>
       </c>
       <c r="C195">
-        <v>852.0</v>
+        <v>100.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B196">
-        <v>1.326</v>
+        <v>1.468</v>
       </c>
       <c r="C196">
-        <v>148.0</v>
+        <v>5.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="B197">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C197">
-        <v>38.0</v>
+        <v>241.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="B198">
-        <v>1.326</v>
+        <v>1.46</v>
       </c>
       <c r="C198">
-        <v>2.0</v>
+        <v>200.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
+        <v>123</v>
+      </c>
+      <c r="B199">
+        <v>1.46</v>
+      </c>
+      <c r="C199">
+        <v>559.0</v>
+      </c>
+      <c r="D199" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>124</v>
+      </c>
+      <c r="B200">
+        <v>1.46</v>
+      </c>
+      <c r="C200">
+        <v>441.0</v>
+      </c>
+      <c r="D200" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>124</v>
+      </c>
+      <c r="B201">
+        <v>1.46</v>
+      </c>
+      <c r="C201">
+        <v>10.0</v>
+      </c>
+      <c r="D201" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>124</v>
+      </c>
+      <c r="B202">
+        <v>1.46</v>
+      </c>
+      <c r="C202">
+        <v>1.0</v>
+      </c>
+      <c r="D202" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>124</v>
+      </c>
+      <c r="B203">
+        <v>1.46</v>
+      </c>
+      <c r="C203">
+        <v>48.0</v>
+      </c>
+      <c r="D203" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>125</v>
+      </c>
+      <c r="B204">
+        <v>1.468</v>
+      </c>
+      <c r="C204">
+        <v>200.0</v>
+      </c>
+      <c r="D204" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>125</v>
+      </c>
+      <c r="B205">
+        <v>1.466</v>
+      </c>
+      <c r="C205">
+        <v>100.0</v>
+      </c>
+      <c r="D205" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>126</v>
+      </c>
+      <c r="B206">
+        <v>1.46</v>
+      </c>
+      <c r="C206">
+        <v>152.0</v>
+      </c>
+      <c r="D206" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>126</v>
+      </c>
+      <c r="B207">
+        <v>1.46</v>
+      </c>
+      <c r="C207">
+        <v>25.0</v>
+      </c>
+      <c r="D207" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>126</v>
+      </c>
+      <c r="B208">
+        <v>1.46</v>
+      </c>
+      <c r="C208">
+        <v>500.0</v>
+      </c>
+      <c r="D208" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>126</v>
+      </c>
+      <c r="B209">
+        <v>1.46</v>
+      </c>
+      <c r="C209">
+        <v>10.0</v>
+      </c>
+      <c r="D209" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>126</v>
+      </c>
+      <c r="B210">
+        <v>1.46</v>
+      </c>
+      <c r="C210">
+        <v>1.0</v>
+      </c>
+      <c r="D210" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>126</v>
+      </c>
+      <c r="B211">
+        <v>1.462</v>
+      </c>
+      <c r="C211">
+        <v>100.0</v>
+      </c>
+      <c r="D211" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>126</v>
+      </c>
+      <c r="B212">
+        <v>1.462</v>
+      </c>
+      <c r="C212">
+        <v>15.0</v>
+      </c>
+      <c r="D212" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>126</v>
+      </c>
+      <c r="B213">
+        <v>1.462</v>
+      </c>
+      <c r="C213">
+        <v>25.0</v>
+      </c>
+      <c r="D213" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>126</v>
+      </c>
+      <c r="B214">
+        <v>1.462</v>
+      </c>
+      <c r="C214">
+        <v>20.0</v>
+      </c>
+      <c r="D214" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>126</v>
+      </c>
+      <c r="B215">
+        <v>1.462</v>
+      </c>
+      <c r="C215">
+        <v>52.0</v>
+      </c>
+      <c r="D215" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>127</v>
+      </c>
+      <c r="B216">
+        <v>1.468</v>
+      </c>
+      <c r="C216">
+        <v>500.0</v>
+      </c>
+      <c r="D216" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>128</v>
+      </c>
+      <c r="B217">
+        <v>1.468</v>
+      </c>
+      <c r="C217">
+        <v>4.0</v>
+      </c>
+      <c r="D217" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>128</v>
+      </c>
+      <c r="B218">
+        <v>1.468</v>
+      </c>
+      <c r="C218">
+        <v>1.0</v>
+      </c>
+      <c r="D218" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>129</v>
+      </c>
+      <c r="B219">
+        <v>1.462</v>
+      </c>
+      <c r="C219">
+        <v>1948.0</v>
+      </c>
+      <c r="D219" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>129</v>
+      </c>
+      <c r="B220">
+        <v>1.462</v>
+      </c>
+      <c r="C220">
+        <v>11.0</v>
+      </c>
+      <c r="D220" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>129</v>
+      </c>
+      <c r="B221">
+        <v>1.464</v>
+      </c>
+      <c r="C221">
+        <v>500.0</v>
+      </c>
+      <c r="D221" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>129</v>
+      </c>
+      <c r="B222">
+        <v>1.464</v>
+      </c>
+      <c r="C222">
+        <v>5.0</v>
+      </c>
+      <c r="D222" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>129</v>
+      </c>
+      <c r="B223">
+        <v>1.464</v>
+      </c>
+      <c r="C223">
+        <v>36.0</v>
+      </c>
+      <c r="D223" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>130</v>
+      </c>
+      <c r="B224">
+        <v>1.468</v>
+      </c>
+      <c r="C224">
+        <v>137.0</v>
+      </c>
+      <c r="D224" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>131</v>
+      </c>
+      <c r="B225">
+        <v>1.47</v>
+      </c>
+      <c r="C225">
+        <v>2.0</v>
+      </c>
+      <c r="D225" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>132</v>
+      </c>
+      <c r="B226">
+        <v>1.464</v>
+      </c>
+      <c r="C226">
+        <v>164.0</v>
+      </c>
+      <c r="D226" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>132</v>
+      </c>
+      <c r="B227">
+        <v>1.464</v>
+      </c>
+      <c r="C227">
+        <v>250.0</v>
+      </c>
+      <c r="D227" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>132</v>
+      </c>
+      <c r="B228">
+        <v>1.466</v>
+      </c>
+      <c r="C228">
+        <v>400.0</v>
+      </c>
+      <c r="D228" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>132</v>
+      </c>
+      <c r="B229">
+        <v>1.468</v>
+      </c>
+      <c r="C229">
+        <v>133.0</v>
+      </c>
+      <c r="D229" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>132</v>
+      </c>
+      <c r="B230">
+        <v>1.468</v>
+      </c>
+      <c r="C230">
+        <v>110.0</v>
+      </c>
+      <c r="D230" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>132</v>
+      </c>
+      <c r="B231">
+        <v>1.47</v>
+      </c>
+      <c r="C231">
+        <v>3942.0</v>
+      </c>
+      <c r="D231" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>132</v>
+      </c>
+      <c r="B232">
+        <v>1.47</v>
+      </c>
+      <c r="C232">
+        <v>1.0</v>
+      </c>
+      <c r="D232" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>133</v>
+      </c>
+      <c r="B233">
+        <v>1.474</v>
+      </c>
+      <c r="C233">
+        <v>3.0</v>
+      </c>
+      <c r="D233" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>134</v>
+      </c>
+      <c r="B234">
+        <v>1.474</v>
+      </c>
+      <c r="C234">
+        <v>5.0</v>
+      </c>
+      <c r="D234" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>135</v>
+      </c>
+      <c r="B235">
+        <v>1.476</v>
+      </c>
+      <c r="C235">
+        <v>178.0</v>
+      </c>
+      <c r="D235" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>135</v>
+      </c>
+      <c r="B236">
+        <v>1.476</v>
+      </c>
+      <c r="C236">
+        <v>5.0</v>
+      </c>
+      <c r="D236" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>135</v>
+      </c>
+      <c r="B237">
+        <v>1.476</v>
+      </c>
+      <c r="C237">
+        <v>20.0</v>
+      </c>
+      <c r="D237" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>135</v>
+      </c>
+      <c r="B238">
+        <v>1.476</v>
+      </c>
+      <c r="C238">
+        <v>132.0</v>
+      </c>
+      <c r="D238" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>136</v>
+      </c>
+      <c r="B239">
+        <v>1.476</v>
+      </c>
+      <c r="C239">
+        <v>10.0</v>
+      </c>
+      <c r="D239" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>137</v>
+      </c>
+      <c r="B240">
+        <v>1.47</v>
+      </c>
+      <c r="C240">
+        <v>740.0</v>
+      </c>
+      <c r="D240" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>138</v>
+      </c>
+      <c r="B241">
+        <v>1.476</v>
+      </c>
+      <c r="C241">
+        <v>100.0</v>
+      </c>
+      <c r="D241" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>139</v>
+      </c>
+      <c r="B242">
+        <v>1.476</v>
+      </c>
+      <c r="C242">
+        <v>3.0</v>
+      </c>
+      <c r="D242" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>140</v>
+      </c>
+      <c r="B243">
+        <v>1.476</v>
+      </c>
+      <c r="C243">
+        <v>5.0</v>
+      </c>
+      <c r="D243" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>141</v>
+      </c>
+      <c r="B244">
+        <v>1.474</v>
+      </c>
+      <c r="C244">
+        <v>1000.0</v>
+      </c>
+      <c r="D244" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>142</v>
+      </c>
+      <c r="B245">
+        <v>1.472</v>
+      </c>
+      <c r="C245">
+        <v>2000.0</v>
+      </c>
+      <c r="D245" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>143</v>
+      </c>
+      <c r="B246">
+        <v>1.47</v>
+      </c>
+      <c r="C246">
+        <v>100.0</v>
+      </c>
+      <c r="D246" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>143</v>
+      </c>
+      <c r="B247">
+        <v>1.47</v>
+      </c>
+      <c r="C247">
+        <v>100.0</v>
+      </c>
+      <c r="D247" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>143</v>
+      </c>
+      <c r="B248">
+        <v>1.47</v>
+      </c>
+      <c r="C248">
+        <v>629.0</v>
+      </c>
+      <c r="D248" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>143</v>
+      </c>
+      <c r="B249">
+        <v>1.468</v>
+      </c>
+      <c r="C249">
+        <v>959.0</v>
+      </c>
+      <c r="D249" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>143</v>
+      </c>
+      <c r="B250">
+        <v>1.466</v>
+      </c>
+      <c r="C250">
+        <v>1129.0</v>
+      </c>
+      <c r="D250" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>144</v>
+      </c>
+      <c r="B251">
+        <v>1.466</v>
+      </c>
+      <c r="C251">
+        <v>5.0</v>
+      </c>
+      <c r="D251" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>145</v>
+      </c>
+      <c r="B252">
+        <v>1.466</v>
+      </c>
+      <c r="C252">
+        <v>15.0</v>
+      </c>
+      <c r="D252" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
         <v>146</v>
       </c>
-      <c r="B199">
-[...2 lines deleted...]
-      <c r="C199">
+      <c r="B253">
+        <v>1.466</v>
+      </c>
+      <c r="C253">
+        <v>96.0</v>
+      </c>
+      <c r="D253" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>147</v>
+      </c>
+      <c r="B254">
+        <v>1.468</v>
+      </c>
+      <c r="C254">
+        <v>70.0</v>
+      </c>
+      <c r="D254" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>148</v>
+      </c>
+      <c r="B255">
+        <v>1.468</v>
+      </c>
+      <c r="C255">
+        <v>100.0</v>
+      </c>
+      <c r="D255" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>149</v>
+      </c>
+      <c r="B256">
+        <v>1.468</v>
+      </c>
+      <c r="C256">
+        <v>1.0</v>
+      </c>
+      <c r="D256" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>150</v>
+      </c>
+      <c r="B257">
+        <v>1.468</v>
+      </c>
+      <c r="C257">
+        <v>2.0</v>
+      </c>
+      <c r="D257" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>151</v>
+      </c>
+      <c r="B258">
+        <v>1.466</v>
+      </c>
+      <c r="C258">
+        <v>30.0</v>
+      </c>
+      <c r="D258" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>152</v>
+      </c>
+      <c r="B259">
+        <v>1.468</v>
+      </c>
+      <c r="C259">
+        <v>70.0</v>
+      </c>
+      <c r="D259" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>153</v>
+      </c>
+      <c r="B260">
+        <v>1.468</v>
+      </c>
+      <c r="C260">
+        <v>100.0</v>
+      </c>
+      <c r="D260" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>154</v>
+      </c>
+      <c r="B261">
+        <v>1.47</v>
+      </c>
+      <c r="C261">
+        <v>3000.0</v>
+      </c>
+      <c r="D261" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>155</v>
+      </c>
+      <c r="B262">
+        <v>1.468</v>
+      </c>
+      <c r="C262">
         <v>10.0</v>
       </c>
-      <c r="D199" t="s">
+      <c r="D262" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>156</v>
+      </c>
+      <c r="B263">
+        <v>1.468</v>
+      </c>
+      <c r="C263">
+        <v>2215.0</v>
+      </c>
+      <c r="D263" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>156</v>
+      </c>
+      <c r="B264">
+        <v>1.468</v>
+      </c>
+      <c r="C264">
+        <v>100.0</v>
+      </c>
+      <c r="D264" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>156</v>
+      </c>
+      <c r="B265">
+        <v>1.468</v>
+      </c>
+      <c r="C265">
+        <v>200.0</v>
+      </c>
+      <c r="D265" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>156</v>
+      </c>
+      <c r="B266">
+        <v>1.468</v>
+      </c>
+      <c r="C266">
+        <v>2485.0</v>
+      </c>
+      <c r="D266" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>157</v>
+      </c>
+      <c r="B267">
+        <v>1.466</v>
+      </c>
+      <c r="C267">
+        <v>74.0</v>
+      </c>
+      <c r="D267" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>158</v>
+      </c>
+      <c r="B268">
+        <v>1.466</v>
+      </c>
+      <c r="C268">
+        <v>100.0</v>
+      </c>
+      <c r="D268" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>159</v>
+      </c>
+      <c r="B269">
+        <v>1.46</v>
+      </c>
+      <c r="C269">
+        <v>575.0</v>
+      </c>
+      <c r="D269" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>160</v>
+      </c>
+      <c r="B270">
+        <v>1.468</v>
+      </c>
+      <c r="C270">
+        <v>69.0</v>
+      </c>
+      <c r="D270" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>161</v>
+      </c>
+      <c r="B271">
+        <v>1.468</v>
+      </c>
+      <c r="C271">
+        <v>1.0</v>
+      </c>
+      <c r="D271" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>161</v>
+      </c>
+      <c r="B272">
+        <v>1.468</v>
+      </c>
+      <c r="C272">
+        <v>6.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>162</v>
+      </c>
+      <c r="B273">
+        <v>1.46</v>
+      </c>
+      <c r="C273">
+        <v>424.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>163</v>
+      </c>
+      <c r="B274">
+        <v>1.46</v>
+      </c>
+      <c r="C274">
+        <v>174.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>164</v>
+      </c>
+      <c r="B275">
+        <v>1.46</v>
+      </c>
+      <c r="C275">
+        <v>25.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>164</v>
+      </c>
+      <c r="B276">
+        <v>1.46</v>
+      </c>
+      <c r="C276">
+        <v>25.0</v>
+      </c>
+      <c r="D276" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>164</v>
+      </c>
+      <c r="B277">
+        <v>1.46</v>
+      </c>
+      <c r="C277">
+        <v>300.0</v>
+      </c>
+      <c r="D277" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>164</v>
+      </c>
+      <c r="B278">
+        <v>1.46</v>
+      </c>
+      <c r="C278">
+        <v>75.0</v>
+      </c>
+      <c r="D278" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>164</v>
+      </c>
+      <c r="B279">
+        <v>1.46</v>
+      </c>
+      <c r="C279">
+        <v>1500.0</v>
+      </c>
+      <c r="D279" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>164</v>
+      </c>
+      <c r="B280">
+        <v>1.46</v>
+      </c>
+      <c r="C280">
+        <v>3271.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>165</v>
+      </c>
+      <c r="B281">
+        <v>1.46</v>
+      </c>
+      <c r="C281">
+        <v>3745.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>165</v>
+      </c>
+      <c r="B282">
+        <v>1.464</v>
+      </c>
+      <c r="C282">
+        <v>5.0</v>
+      </c>
+      <c r="D282" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>165</v>
+      </c>
+      <c r="B283">
+        <v>1.464</v>
+      </c>
+      <c r="C283">
+        <v>2050.0</v>
+      </c>
+      <c r="D283" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>165</v>
+      </c>
+      <c r="B284">
+        <v>1.466</v>
+      </c>
+      <c r="C284">
+        <v>500.0</v>
+      </c>
+      <c r="D284" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>165</v>
+      </c>
+      <c r="B285">
+        <v>1.466</v>
+      </c>
+      <c r="C285">
+        <v>200.0</v>
+      </c>
+      <c r="D285" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>166</v>
+      </c>
+      <c r="B286">
+        <v>1.468</v>
+      </c>
+      <c r="C286">
+        <v>1.0</v>
+      </c>
+      <c r="D286" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>167</v>
+      </c>
+      <c r="B287">
+        <v>1.468</v>
+      </c>
+      <c r="C287">
+        <v>384.0</v>
+      </c>
+      <c r="D287" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>167</v>
+      </c>
+      <c r="B288">
+        <v>1.468</v>
+      </c>
+      <c r="C288">
+        <v>54.0</v>
+      </c>
+      <c r="D288" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>168</v>
+      </c>
+      <c r="B289">
+        <v>1.47</v>
+      </c>
+      <c r="C289">
+        <v>34.0</v>
+      </c>
+      <c r="D289" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>169</v>
+      </c>
+      <c r="B290">
+        <v>1.47</v>
+      </c>
+      <c r="C290">
+        <v>500.0</v>
+      </c>
+      <c r="D290" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>170</v>
+      </c>
+      <c r="B291">
+        <v>1.47</v>
+      </c>
+      <c r="C291">
+        <v>15.0</v>
+      </c>
+      <c r="D291" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>171</v>
+      </c>
+      <c r="B292">
+        <v>1.47</v>
+      </c>
+      <c r="C292">
+        <v>830.0</v>
+      </c>
+      <c r="D292" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>171</v>
+      </c>
+      <c r="B293">
+        <v>1.47</v>
+      </c>
+      <c r="C293">
+        <v>1170.0</v>
+      </c>
+      <c r="D293" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>171</v>
+      </c>
+      <c r="B294">
+        <v>1.47</v>
+      </c>
+      <c r="C294">
+        <v>500.0</v>
+      </c>
+      <c r="D294" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>171</v>
+      </c>
+      <c r="B295">
+        <v>1.47</v>
+      </c>
+      <c r="C295">
+        <v>1000.0</v>
+      </c>
+      <c r="D295" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>171</v>
+      </c>
+      <c r="B296">
+        <v>1.47</v>
+      </c>
+      <c r="C296">
+        <v>5000.0</v>
+      </c>
+      <c r="D296" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>171</v>
+      </c>
+      <c r="B297">
+        <v>1.47</v>
+      </c>
+      <c r="C297">
+        <v>199.0</v>
+      </c>
+      <c r="D297" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>171</v>
+      </c>
+      <c r="B298">
+        <v>1.47</v>
+      </c>
+      <c r="C298">
+        <v>30.0</v>
+      </c>
+      <c r="D298" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>171</v>
+      </c>
+      <c r="B299">
+        <v>1.47</v>
+      </c>
+      <c r="C299">
+        <v>70.0</v>
+      </c>
+      <c r="D299" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>171</v>
+      </c>
+      <c r="B300">
+        <v>1.47</v>
+      </c>
+      <c r="C300">
+        <v>67.0</v>
+      </c>
+      <c r="D300" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>171</v>
+      </c>
+      <c r="B301">
+        <v>1.47</v>
+      </c>
+      <c r="C301">
+        <v>6.0</v>
+      </c>
+      <c r="D301" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>171</v>
+      </c>
+      <c r="B302">
+        <v>1.47</v>
+      </c>
+      <c r="C302">
+        <v>11.0</v>
+      </c>
+      <c r="D302" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>171</v>
+      </c>
+      <c r="B303">
+        <v>1.47</v>
+      </c>
+      <c r="C303">
+        <v>3.0</v>
+      </c>
+      <c r="D303" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>171</v>
+      </c>
+      <c r="B304">
+        <v>1.47</v>
+      </c>
+      <c r="C304">
+        <v>30.0</v>
+      </c>
+      <c r="D304" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>171</v>
+      </c>
+      <c r="B305">
+        <v>1.47</v>
+      </c>
+      <c r="C305">
+        <v>20.0</v>
+      </c>
+      <c r="D305" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>171</v>
+      </c>
+      <c r="B306">
+        <v>1.47</v>
+      </c>
+      <c r="C306">
+        <v>3.0</v>
+      </c>
+      <c r="D306" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>171</v>
+      </c>
+      <c r="B307">
+        <v>1.47</v>
+      </c>
+      <c r="C307">
+        <v>14.0</v>
+      </c>
+      <c r="D307" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>171</v>
+      </c>
+      <c r="B308">
+        <v>1.47</v>
+      </c>
+      <c r="C308">
+        <v>9.0</v>
+      </c>
+      <c r="D308" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>171</v>
+      </c>
+      <c r="B309">
+        <v>1.47</v>
+      </c>
+      <c r="C309">
+        <v>20.0</v>
+      </c>
+      <c r="D309" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>171</v>
+      </c>
+      <c r="B310">
+        <v>1.47</v>
+      </c>
+      <c r="C310">
+        <v>227.0</v>
+      </c>
+      <c r="D310" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>171</v>
+      </c>
+      <c r="B311">
+        <v>1.47</v>
+      </c>
+      <c r="C311">
+        <v>11.0</v>
+      </c>
+      <c r="D311" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>171</v>
+      </c>
+      <c r="B312">
+        <v>1.47</v>
+      </c>
+      <c r="C312">
+        <v>20.0</v>
+      </c>
+      <c r="D312" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>171</v>
+      </c>
+      <c r="B313">
+        <v>1.47</v>
+      </c>
+      <c r="C313">
+        <v>9.0</v>
+      </c>
+      <c r="D313" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>171</v>
+      </c>
+      <c r="B314">
+        <v>1.47</v>
+      </c>
+      <c r="C314">
+        <v>10.0</v>
+      </c>
+      <c r="D314" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>171</v>
+      </c>
+      <c r="B315">
+        <v>1.47</v>
+      </c>
+      <c r="C315">
+        <v>34.0</v>
+      </c>
+      <c r="D315" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>171</v>
+      </c>
+      <c r="B316">
+        <v>1.47</v>
+      </c>
+      <c r="C316">
+        <v>3.0</v>
+      </c>
+      <c r="D316" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>171</v>
+      </c>
+      <c r="B317">
+        <v>1.47</v>
+      </c>
+      <c r="C317">
+        <v>68.0</v>
+      </c>
+      <c r="D317" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>171</v>
+      </c>
+      <c r="B318">
+        <v>1.47</v>
+      </c>
+      <c r="C318">
+        <v>100.0</v>
+      </c>
+      <c r="D318" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>171</v>
+      </c>
+      <c r="B319">
+        <v>1.47</v>
+      </c>
+      <c r="C319">
+        <v>16.0</v>
+      </c>
+      <c r="D319" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>171</v>
+      </c>
+      <c r="B320">
+        <v>1.47</v>
+      </c>
+      <c r="C320">
+        <v>28.0</v>
+      </c>
+      <c r="D320" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>171</v>
+      </c>
+      <c r="B321">
+        <v>1.47</v>
+      </c>
+      <c r="C321">
+        <v>200.0</v>
+      </c>
+      <c r="D321" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>171</v>
+      </c>
+      <c r="B322">
+        <v>1.47</v>
+      </c>
+      <c r="C322">
+        <v>1.0</v>
+      </c>
+      <c r="D322" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>171</v>
+      </c>
+      <c r="B323">
+        <v>1.47</v>
+      </c>
+      <c r="C323">
+        <v>700.0</v>
+      </c>
+      <c r="D323" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>171</v>
+      </c>
+      <c r="B324">
+        <v>1.47</v>
+      </c>
+      <c r="C324">
+        <v>100.0</v>
+      </c>
+      <c r="D324" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>171</v>
+      </c>
+      <c r="B325">
+        <v>1.47</v>
+      </c>
+      <c r="C325">
+        <v>100.0</v>
+      </c>
+      <c r="D325" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>171</v>
+      </c>
+      <c r="B326">
+        <v>1.47</v>
+      </c>
+      <c r="C326">
+        <v>221.0</v>
+      </c>
+      <c r="D326" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>171</v>
+      </c>
+      <c r="B327">
+        <v>1.47</v>
+      </c>
+      <c r="C327">
+        <v>585.0</v>
+      </c>
+      <c r="D327" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>171</v>
+      </c>
+      <c r="B328">
+        <v>1.47</v>
+      </c>
+      <c r="C328">
+        <v>194.0</v>
+      </c>
+      <c r="D328" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>171</v>
+      </c>
+      <c r="B329">
+        <v>1.47</v>
+      </c>
+      <c r="C329">
+        <v>130.0</v>
+      </c>
+      <c r="D329" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>171</v>
+      </c>
+      <c r="B330">
+        <v>1.47</v>
+      </c>
+      <c r="C330">
+        <v>30.0</v>
+      </c>
+      <c r="D330" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>171</v>
+      </c>
+      <c r="B331">
+        <v>1.47</v>
+      </c>
+      <c r="C331">
+        <v>20.0</v>
+      </c>
+      <c r="D331" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>171</v>
+      </c>
+      <c r="B332">
+        <v>1.47</v>
+      </c>
+      <c r="C332">
+        <v>140.0</v>
+      </c>
+      <c r="D332" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>171</v>
+      </c>
+      <c r="B333">
+        <v>1.47</v>
+      </c>
+      <c r="C333">
+        <v>486.0</v>
+      </c>
+      <c r="D333" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>