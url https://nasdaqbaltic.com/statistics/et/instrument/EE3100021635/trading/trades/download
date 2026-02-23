--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -12,566 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:50:00</t>
+    <t>15:53:19</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:47:48</t>
-[...494 lines deleted...]
-    <t>10:00:00</t>
+    <t>15:53:12</t>
+  </si>
+  <si>
+    <t>15:42:26</t>
+  </si>
+  <si>
+    <t>15:41:49</t>
+  </si>
+  <si>
+    <t>15:37:21</t>
+  </si>
+  <si>
+    <t>15:37:16</t>
+  </si>
+  <si>
+    <t>15:35:54</t>
+  </si>
+  <si>
+    <t>15:33:21</t>
+  </si>
+  <si>
+    <t>15:31:52</t>
+  </si>
+  <si>
+    <t>15:11:11</t>
+  </si>
+  <si>
+    <t>15:05:06</t>
+  </si>
+  <si>
+    <t>15:01:11</t>
+  </si>
+  <si>
+    <t>15:00:32</t>
+  </si>
+  <si>
+    <t>14:52:58</t>
+  </si>
+  <si>
+    <t>14:51:27</t>
+  </si>
+  <si>
+    <t>14:26:31</t>
+  </si>
+  <si>
+    <t>14:19:11</t>
+  </si>
+  <si>
+    <t>14:14:17</t>
+  </si>
+  <si>
+    <t>14:13:50</t>
+  </si>
+  <si>
+    <t>14:11:11</t>
+  </si>
+  <si>
+    <t>13:52:00</t>
+  </si>
+  <si>
+    <t>13:51:05</t>
+  </si>
+  <si>
+    <t>13:44:16</t>
+  </si>
+  <si>
+    <t>13:36:47</t>
+  </si>
+  <si>
+    <t>13:35:56</t>
+  </si>
+  <si>
+    <t>13:31:50</t>
+  </si>
+  <si>
+    <t>13:19:09</t>
+  </si>
+  <si>
+    <t>13:18:52</t>
+  </si>
+  <si>
+    <t>13:03:14</t>
+  </si>
+  <si>
+    <t>13:03:12</t>
+  </si>
+  <si>
+    <t>12:53:34</t>
+  </si>
+  <si>
+    <t>12:51:49</t>
+  </si>
+  <si>
+    <t>12:41:14</t>
+  </si>
+  <si>
+    <t>12:26:11</t>
+  </si>
+  <si>
+    <t>12:15:17</t>
+  </si>
+  <si>
+    <t>12:13:02</t>
+  </si>
+  <si>
+    <t>12:04:44</t>
+  </si>
+  <si>
+    <t>12:04:09</t>
+  </si>
+  <si>
+    <t>12:03:16</t>
+  </si>
+  <si>
+    <t>12:02:18</t>
+  </si>
+  <si>
+    <t>12:01:18</t>
+  </si>
+  <si>
+    <t>12:00:42</t>
+  </si>
+  <si>
+    <t>12:00:07</t>
+  </si>
+  <si>
+    <t>11:59:47</t>
+  </si>
+  <si>
+    <t>11:52:15</t>
+  </si>
+  <si>
+    <t>11:51:13</t>
+  </si>
+  <si>
+    <t>11:45:08</t>
+  </si>
+  <si>
+    <t>11:42:10</t>
+  </si>
+  <si>
+    <t>11:40:58</t>
+  </si>
+  <si>
+    <t>11:31:53</t>
+  </si>
+  <si>
+    <t>11:30:58</t>
+  </si>
+  <si>
+    <t>11:21:19</t>
+  </si>
+  <si>
+    <t>11:19:41</t>
+  </si>
+  <si>
+    <t>11:19:27</t>
+  </si>
+  <si>
+    <t>11:05:49</t>
+  </si>
+  <si>
+    <t>11:03:20</t>
+  </si>
+  <si>
+    <t>10:58:26</t>
+  </si>
+  <si>
+    <t>10:57:43</t>
+  </si>
+  <si>
+    <t>10:56:38</t>
+  </si>
+  <si>
+    <t>10:55:59</t>
+  </si>
+  <si>
+    <t>10:53:36</t>
+  </si>
+  <si>
+    <t>10:53:07</t>
+  </si>
+  <si>
+    <t>10:38:36</t>
+  </si>
+  <si>
+    <t>10:34:47</t>
+  </si>
+  <si>
+    <t>10:33:31</t>
+  </si>
+  <si>
+    <t>10:32:07</t>
+  </si>
+  <si>
+    <t>10:30:19</t>
+  </si>
+  <si>
+    <t>10:28:53</t>
+  </si>
+  <si>
+    <t>10:25:01</t>
+  </si>
+  <si>
+    <t>10:24:38</t>
+  </si>
+  <si>
+    <t>10:23:27</t>
+  </si>
+  <si>
+    <t>10:22:47</t>
+  </si>
+  <si>
+    <t>10:16:46</t>
+  </si>
+  <si>
+    <t>10:14:23</t>
+  </si>
+  <si>
+    <t>10:13:40</t>
+  </si>
+  <si>
+    <t>10:12:34</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -886,4717 +616,1553 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D333"/>
+  <dimension ref="A1:D107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.47</v>
+        <v>1.466</v>
       </c>
       <c r="C2">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C3">
-        <v>845.0</v>
+        <v>2.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C4">
-        <v>5.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>1.47</v>
       </c>
       <c r="C5">
-        <v>92.0</v>
+        <v>10.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B6">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C6">
-        <v>30.0</v>
+        <v>2.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C7">
-        <v>14.0</v>
+        <v>2150.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B8">
-        <v>1.46</v>
+        <v>1.472</v>
       </c>
       <c r="C8">
-        <v>74.0</v>
+        <v>10.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B9">
-        <v>1.46</v>
+        <v>1.472</v>
       </c>
       <c r="C9">
-        <v>33.0</v>
+        <v>6.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B10">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C10">
-        <v>10.0</v>
+        <v>260.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B11">
-        <v>1.46</v>
+        <v>1.472</v>
       </c>
       <c r="C11">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B12">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C12">
-        <v>1.0</v>
+        <v>590.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B13">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C13">
-        <v>10.0</v>
+        <v>70.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B14">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C14">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B15">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C15">
-        <v>1000.0</v>
+        <v>5.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B16">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C16">
-        <v>20.0</v>
+        <v>435.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C17">
-        <v>500.0</v>
+        <v>100.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B18">
-        <v>1.46</v>
+        <v>1.472</v>
       </c>
       <c r="C18">
-        <v>520.0</v>
+        <v>6.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="B19">
-        <v>1.464</v>
+        <v>1.474</v>
       </c>
       <c r="C19">
-        <v>2817.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B20">
-        <v>1.464</v>
+        <v>1.474</v>
       </c>
       <c r="C20">
-        <v>5428.0</v>
+        <v>40.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B21">
-        <v>1.464</v>
+        <v>1.474</v>
       </c>
       <c r="C21">
-        <v>300.0</v>
+        <v>8.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B22">
-        <v>1.466</v>
+        <v>1.472</v>
       </c>
       <c r="C22">
-        <v>272.0</v>
+        <v>1.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B23">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C23">
-        <v>1.0</v>
+        <v>14.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B24">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C24">
         <v>5.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="B25">
-        <v>1.466</v>
+        <v>1.474</v>
       </c>
       <c r="C25">
-        <v>395.0</v>
+        <v>50.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="B26">
-        <v>1.468</v>
+        <v>1.472</v>
       </c>
       <c r="C26">
-        <v>60.0</v>
+        <v>299.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B27">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C27">
-        <v>633.0</v>
+        <v>1.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B28">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C28">
-        <v>6.0</v>
+        <v>600.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="B29">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C29">
-        <v>100.0</v>
+        <v>30.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B30">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C30">
-        <v>42.0</v>
+        <v>100.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B31">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C31">
-        <v>19.0</v>
+        <v>1.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="B32">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C32">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="B33">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C33">
-        <v>20.0</v>
+        <v>317.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B34">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C34">
-        <v>235.0</v>
+        <v>6.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B35">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C35">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B36">
-        <v>1.466</v>
+        <v>1.472</v>
       </c>
       <c r="C36">
-        <v>21.0</v>
+        <v>2.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="B37">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C37">
-        <v>250.0</v>
+        <v>3.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="B38">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C38">
-        <v>20.0</v>
+        <v>72.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="B39">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C39">
-        <v>5057.0</v>
+        <v>7.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="B40">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C40">
-        <v>193.0</v>
+        <v>500.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B41">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C41">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B42">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C42">
-        <v>1.0</v>
+        <v>60.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="B43">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C43">
-        <v>115.0</v>
+        <v>1.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="B44">
-        <v>1.468</v>
+        <v>1.474</v>
       </c>
       <c r="C44">
-        <v>106.0</v>
+        <v>100.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B45">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C45">
         <v>1.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="B46">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C46">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="B47">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C47">
-        <v>1.0</v>
+        <v>376.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="B48">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C48">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="B49">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C49">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="B50">
         <v>1.472</v>
       </c>
       <c r="C50">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="B51">
-        <v>1.47</v>
+        <v>1.466</v>
       </c>
       <c r="C51">
-        <v>57.0</v>
+        <v>3.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B52">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C52">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="B53">
-        <v>1.47</v>
+        <v>1.472</v>
       </c>
       <c r="C53">
-        <v>50.0</v>
+        <v>300.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="B54">
-        <v>1.47</v>
+        <v>1.474</v>
       </c>
       <c r="C54">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="B55">
-        <v>1.47</v>
+        <v>1.466</v>
       </c>
       <c r="C55">
-        <v>500.0</v>
+        <v>126.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="B56">
-        <v>1.47</v>
+        <v>1.468</v>
       </c>
       <c r="C56">
-        <v>2.0</v>
+        <v>200.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="B57">
         <v>1.47</v>
       </c>
       <c r="C57">
-        <v>35.0</v>
+        <v>340.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="B58">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C58">
-        <v>140.0</v>
+        <v>334.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="B59">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C59">
-        <v>120.0</v>
+        <v>60.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="B60">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C60">
-        <v>634.0</v>
+        <v>6.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="B61">
-        <v>1.468</v>
+        <v>1.47</v>
       </c>
       <c r="C61">
-        <v>16.0</v>
+        <v>194.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="B62">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C62">
-        <v>212.0</v>
+        <v>100.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="B63">
-        <v>1.466</v>
+        <v>1.474</v>
       </c>
       <c r="C63">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="B64">
-        <v>1.466</v>
+        <v>1.472</v>
       </c>
       <c r="C64">
-        <v>2.0</v>
+        <v>250.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B65">
-        <v>1.466</v>
+        <v>1.472</v>
       </c>
       <c r="C65">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="B66">
-        <v>1.466</v>
+        <v>1.472</v>
       </c>
       <c r="C66">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="B67">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C67">
-        <v>68.0</v>
+        <v>25.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="B68">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C68">
-        <v>100.0</v>
+        <v>200.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="B69">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C69">
-        <v>68.0</v>
+        <v>36.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B70">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C70">
-        <v>135.0</v>
+        <v>91.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="B71">
-        <v>1.466</v>
+        <v>1.47</v>
       </c>
       <c r="C71">
-        <v>10.0</v>
+        <v>909.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="B72">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C72">
-        <v>350.0</v>
+        <v>75.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="B73">
-        <v>1.46</v>
+        <v>1.47</v>
       </c>
       <c r="C73">
-        <v>10.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B74">
-        <v>1.462</v>
+        <v>1.468</v>
       </c>
       <c r="C74">
-        <v>705.0</v>
+        <v>485.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="B75">
-        <v>1.462</v>
+        <v>1.468</v>
       </c>
       <c r="C75">
-        <v>650.0</v>
+        <v>15.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B76">
-        <v>1.464</v>
+        <v>1.468</v>
       </c>
       <c r="C76">
-        <v>10.0</v>
+        <v>200.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B77">
-        <v>1.464</v>
+        <v>1.46</v>
       </c>
       <c r="C77">
-        <v>500.0</v>
+        <v>319.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B78">
-        <v>1.464</v>
+        <v>1.46</v>
       </c>
       <c r="C78">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B79">
-        <v>1.466</v>
+        <v>1.46</v>
       </c>
       <c r="C79">
         <v>10.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B80">
-        <v>1.466</v>
+        <v>1.46</v>
       </c>
       <c r="C80">
-        <v>120.0</v>
+        <v>30.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B81">
-        <v>1.466</v>
+        <v>1.46</v>
       </c>
       <c r="C81">
-        <v>505.0</v>
+        <v>1.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="B82">
-        <v>1.47</v>
+        <v>1.46</v>
       </c>
       <c r="C82">
-        <v>200.0</v>
+        <v>10.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="B83">
-        <v>1.47</v>
+        <v>1.46</v>
       </c>
       <c r="C83">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="B84">
-        <v>1.47</v>
+        <v>1.46</v>
       </c>
       <c r="C84">
-        <v>108.0</v>
+        <v>70.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="B85">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C85">
-        <v>3.0</v>
+        <v>500.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="B86">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C86">
-        <v>147.0</v>
+        <v>10.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="B87">
-        <v>1.472</v>
+        <v>1.47</v>
       </c>
       <c r="C87">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B88">
-        <v>1.47</v>
+        <v>1.468</v>
       </c>
       <c r="C88">
-        <v>20.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B89">
-        <v>1.47</v>
+        <v>1.468</v>
       </c>
       <c r="C89">
-        <v>44.0</v>
+        <v>2044.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B90">
-        <v>1.47</v>
+        <v>1.468</v>
       </c>
       <c r="C90">
-        <v>104.0</v>
+        <v>100.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B91">
         <v>1.466</v>
       </c>
       <c r="C91">
-        <v>175.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B92">
-        <v>1.47</v>
+        <v>1.466</v>
       </c>
       <c r="C92">
-        <v>10.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B93">
-        <v>1.47</v>
+        <v>1.466</v>
       </c>
       <c r="C93">
-        <v>1935.0</v>
+        <v>380.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B94">
-        <v>1.466</v>
+        <v>1.464</v>
       </c>
       <c r="C94">
-        <v>1.0</v>
+        <v>512.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="B95">
-        <v>1.47</v>
+        <v>1.464</v>
       </c>
       <c r="C95">
-        <v>10.0</v>
+        <v>340.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B96">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C96">
-        <v>5.0</v>
+        <v>216.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="B97">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C97">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="B98">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C98">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="B99">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C99">
-        <v>250.0</v>
+        <v>7.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="B100">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C100">
-        <v>22.0</v>
+        <v>300.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="B101">
-        <v>1.472</v>
+        <v>1.462</v>
       </c>
       <c r="C101">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B102">
-        <v>1.472</v>
+        <v>1.462</v>
       </c>
       <c r="C102">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B103">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C103">
-        <v>25.0</v>
+        <v>10.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="B104">
-        <v>1.472</v>
+        <v>1.462</v>
       </c>
       <c r="C104">
-        <v>75.0</v>
+        <v>4.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B105">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C105">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="B106">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C106">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="B107">
-        <v>1.47</v>
+        <v>1.462</v>
       </c>
       <c r="C107">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
       <c r="D107" t="s">
-        <v>5</v>
-[...3162 lines deleted...]
-      <c r="D333" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>