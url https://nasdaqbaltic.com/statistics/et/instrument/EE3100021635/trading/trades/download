--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -12,293 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:53:19</t>
+    <t>15:54:47</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:53:12</t>
-[...221 lines deleted...]
-    <t>10:12:34</t>
+    <t>15:52:53</t>
+  </si>
+  <si>
+    <t>15:47:30</t>
+  </si>
+  <si>
+    <t>15:45:50</t>
+  </si>
+  <si>
+    <t>15:44:16</t>
+  </si>
+  <si>
+    <t>15:14:01</t>
+  </si>
+  <si>
+    <t>15:00:24</t>
+  </si>
+  <si>
+    <t>14:59:34</t>
+  </si>
+  <si>
+    <t>14:52:51</t>
+  </si>
+  <si>
+    <t>14:42:40</t>
+  </si>
+  <si>
+    <t>14:38:30</t>
+  </si>
+  <si>
+    <t>14:18:43</t>
+  </si>
+  <si>
+    <t>14:18:09</t>
+  </si>
+  <si>
+    <t>14:06:15</t>
+  </si>
+  <si>
+    <t>13:54:32</t>
+  </si>
+  <si>
+    <t>13:44:59</t>
+  </si>
+  <si>
+    <t>13:17:22</t>
+  </si>
+  <si>
+    <t>12:54:44</t>
+  </si>
+  <si>
+    <t>12:52:23</t>
+  </si>
+  <si>
+    <t>12:51:29</t>
+  </si>
+  <si>
+    <t>12:50:25</t>
+  </si>
+  <si>
+    <t>12:45:35</t>
+  </si>
+  <si>
+    <t>12:38:56</t>
+  </si>
+  <si>
+    <t>12:27:23</t>
+  </si>
+  <si>
+    <t>12:27:18</t>
+  </si>
+  <si>
+    <t>12:14:38</t>
+  </si>
+  <si>
+    <t>12:11:00</t>
+  </si>
+  <si>
+    <t>12:04:30</t>
+  </si>
+  <si>
+    <t>11:46:33</t>
+  </si>
+  <si>
+    <t>11:39:07</t>
+  </si>
+  <si>
+    <t>11:33:59</t>
+  </si>
+  <si>
+    <t>11:33:27</t>
+  </si>
+  <si>
+    <t>11:31:16</t>
+  </si>
+  <si>
+    <t>11:30:44</t>
+  </si>
+  <si>
+    <t>11:23:20</t>
+  </si>
+  <si>
+    <t>11:20:49</t>
+  </si>
+  <si>
+    <t>11:11:00</t>
+  </si>
+  <si>
+    <t>11:09:08</t>
+  </si>
+  <si>
+    <t>11:08:03</t>
+  </si>
+  <si>
+    <t>11:07:26</t>
+  </si>
+  <si>
+    <t>11:02:07</t>
+  </si>
+  <si>
+    <t>10:51:53</t>
+  </si>
+  <si>
+    <t>10:48:46</t>
+  </si>
+  <si>
+    <t>10:42:42</t>
+  </si>
+  <si>
+    <t>10:36:30</t>
+  </si>
+  <si>
+    <t>10:23:39</t>
+  </si>
+  <si>
+    <t>10:19:35</t>
+  </si>
+  <si>
+    <t>10:15:39</t>
+  </si>
+  <si>
+    <t>10:10:26</t>
   </si>
   <si>
     <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -616,1553 +535,1175 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D107"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.466</v>
+        <v>1.41</v>
       </c>
       <c r="C2">
-        <v>100.0</v>
+        <v>45.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B3">
-        <v>1.47</v>
+        <v>1.412</v>
       </c>
       <c r="C3">
-        <v>2.0</v>
+        <v>500.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B4">
-        <v>1.47</v>
+        <v>1.412</v>
       </c>
       <c r="C4">
-        <v>1000.0</v>
+        <v>200.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>1.47</v>
+        <v>1.412</v>
       </c>
       <c r="C5">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B6">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C6">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B7">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C7">
-        <v>2150.0</v>
+        <v>150.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C8">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B9">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C9">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B10">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C10">
-        <v>260.0</v>
+        <v>25.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B11">
-        <v>1.472</v>
+        <v>1.414</v>
       </c>
       <c r="C11">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>1.47</v>
+        <v>1.414</v>
       </c>
       <c r="C12">
-        <v>590.0</v>
+        <v>1.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B13">
-        <v>1.47</v>
+        <v>1.414</v>
       </c>
       <c r="C13">
-        <v>70.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C14">
         <v>50.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B15">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C15">
-        <v>5.0</v>
+        <v>170.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C16">
-        <v>435.0</v>
+        <v>10.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>1.47</v>
+        <v>1.418</v>
       </c>
       <c r="C17">
-        <v>100.0</v>
+        <v>805.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C18">
-        <v>6.0</v>
+        <v>202.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B19">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C19">
-        <v>1000.0</v>
+        <v>702.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B20">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C20">
-        <v>40.0</v>
+        <v>939.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B21">
-        <v>1.474</v>
+        <v>1.416</v>
       </c>
       <c r="C21">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B22">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>171.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B23">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C23">
-        <v>14.0</v>
+        <v>599.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B24">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C24">
         <v>5.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B25">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C25">
-        <v>50.0</v>
+        <v>396.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B26">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C26">
-        <v>299.0</v>
+        <v>1.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B27">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C27">
-        <v>1.0</v>
+        <v>28.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B28">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C28">
-        <v>600.0</v>
+        <v>896.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B29">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C29">
-        <v>30.0</v>
+        <v>100.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B30">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C30">
-        <v>100.0</v>
+        <v>708.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B31">
-        <v>1.474</v>
+        <v>1.41</v>
       </c>
       <c r="C31">
-        <v>1.0</v>
+        <v>292.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B32">
-        <v>1.474</v>
+        <v>1.412</v>
       </c>
       <c r="C32">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B33">
-        <v>1.472</v>
+        <v>1.412</v>
       </c>
       <c r="C33">
-        <v>317.0</v>
+        <v>100.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B34">
-        <v>1.472</v>
+        <v>1.412</v>
       </c>
       <c r="C34">
-        <v>6.0</v>
+        <v>100.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="B35">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C35">
-        <v>100.0</v>
+        <v>30.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="B36">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C36">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="B37">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C37">
-        <v>3.0</v>
+        <v>35.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B38">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C38">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="B39">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C39">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B40">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C40">
-        <v>500.0</v>
+        <v>10.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B41">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C41">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="B42">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C42">
-        <v>60.0</v>
+        <v>3.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B43">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C43">
-        <v>1.0</v>
+        <v>70.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B44">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C44">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B45">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C45">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B46">
-        <v>1.474</v>
+        <v>1.418</v>
       </c>
       <c r="C46">
-        <v>50.0</v>
+        <v>300.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B47">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C47">
-        <v>376.0</v>
+        <v>200.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B48">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C48">
-        <v>5.0</v>
+        <v>28.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="B49">
-        <v>1.472</v>
+        <v>1.41</v>
       </c>
       <c r="C49">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B50">
-        <v>1.472</v>
+        <v>1.418</v>
       </c>
       <c r="C50">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B51">
-        <v>1.466</v>
+        <v>1.42</v>
       </c>
       <c r="C51">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B52">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C52">
         <v>1.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="B53">
-        <v>1.472</v>
+        <v>1.416</v>
       </c>
       <c r="C53">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B54">
-        <v>1.474</v>
+        <v>1.412</v>
       </c>
       <c r="C54">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="B55">
-        <v>1.466</v>
+        <v>1.412</v>
       </c>
       <c r="C55">
-        <v>126.0</v>
+        <v>1677.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B56">
-        <v>1.468</v>
+        <v>1.41</v>
       </c>
       <c r="C56">
-        <v>200.0</v>
+        <v>1800.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B57">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
       <c r="C57">
-        <v>340.0</v>
+        <v>250.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B58">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
       <c r="C58">
-        <v>334.0</v>
+        <v>680.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B59">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
       <c r="C59">
-        <v>60.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="B60">
-        <v>1.47</v>
+        <v>1.41</v>
       </c>
       <c r="C60">
-        <v>6.0</v>
+        <v>50.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B61">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C61">
-        <v>194.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="B62">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C62">
-        <v>100.0</v>
+        <v>500.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="B63">
-        <v>1.474</v>
+        <v>1.408</v>
       </c>
       <c r="C63">
-        <v>2.0</v>
+        <v>500.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="B64">
-        <v>1.472</v>
+        <v>1.408</v>
       </c>
       <c r="C64">
-        <v>250.0</v>
+        <v>780.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B65">
-        <v>1.472</v>
+        <v>1.406</v>
       </c>
       <c r="C65">
-        <v>1.0</v>
+        <v>371.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="B66">
-        <v>1.472</v>
+        <v>1.406</v>
       </c>
       <c r="C66">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B67">
-        <v>1.47</v>
+        <v>1.406</v>
       </c>
       <c r="C67">
-        <v>25.0</v>
+        <v>2.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="B68">
-        <v>1.47</v>
+        <v>1.406</v>
       </c>
       <c r="C68">
-        <v>200.0</v>
+        <v>100.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B69">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C69">
-        <v>36.0</v>
+        <v>5.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B70">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C70">
-        <v>91.0</v>
+        <v>21.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="B71">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C71">
-        <v>909.0</v>
+        <v>10.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="B72">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C72">
-        <v>75.0</v>
+        <v>30.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B73">
-        <v>1.47</v>
+        <v>1.408</v>
       </c>
       <c r="C73">
-        <v>2015.0</v>
+        <v>72.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="B74">
-        <v>1.468</v>
+        <v>1.408</v>
       </c>
       <c r="C74">
-        <v>485.0</v>
+        <v>65.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B75">
-        <v>1.468</v>
+        <v>1.408</v>
       </c>
       <c r="C75">
-        <v>15.0</v>
+        <v>100.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="B76">
-        <v>1.468</v>
+        <v>1.408</v>
       </c>
       <c r="C76">
-        <v>200.0</v>
+        <v>20.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B77">
-        <v>1.46</v>
+        <v>1.408</v>
       </c>
       <c r="C77">
-        <v>319.0</v>
+        <v>427.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B78">
-        <v>1.46</v>
+        <v>1.408</v>
       </c>
       <c r="C78">
-        <v>1.0</v>
+        <v>573.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B79">
-        <v>1.46</v>
+        <v>1.408</v>
       </c>
       <c r="C79">
-        <v>10.0</v>
+        <v>300.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B80">
-        <v>1.46</v>
+        <v>1.408</v>
       </c>
       <c r="C80">
-        <v>30.0</v>
+        <v>127.0</v>
       </c>
       <c r="D80" t="s">
-        <v>5</v>
-[...376 lines deleted...]
-      <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>