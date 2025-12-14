--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,569 +12,389 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:59:37</t>
+    <t>15:59:42</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:13</t>
-[...386 lines deleted...]
-    <t>10:44:02</t>
+    <t>15:53:16</t>
+  </si>
+  <si>
+    <t>15:48:39</t>
+  </si>
+  <si>
+    <t>15:48:06</t>
+  </si>
+  <si>
+    <t>15:47:31</t>
+  </si>
+  <si>
+    <t>15:45:38</t>
+  </si>
+  <si>
+    <t>15:32:42</t>
+  </si>
+  <si>
+    <t>15:24:38</t>
+  </si>
+  <si>
+    <t>15:24:16</t>
+  </si>
+  <si>
+    <t>15:20:18</t>
+  </si>
+  <si>
+    <t>15:16:02</t>
+  </si>
+  <si>
+    <t>15:12:35</t>
+  </si>
+  <si>
+    <t>15:09:23</t>
+  </si>
+  <si>
+    <t>15:09:05</t>
+  </si>
+  <si>
+    <t>15:04:12</t>
+  </si>
+  <si>
+    <t>15:00:46</t>
+  </si>
+  <si>
+    <t>14:57:44</t>
+  </si>
+  <si>
+    <t>14:56:36</t>
+  </si>
+  <si>
+    <t>14:56:24</t>
+  </si>
+  <si>
+    <t>14:51:25</t>
+  </si>
+  <si>
+    <t>14:51:05</t>
+  </si>
+  <si>
+    <t>14:46:26</t>
+  </si>
+  <si>
+    <t>14:35:05</t>
+  </si>
+  <si>
+    <t>14:34:57</t>
+  </si>
+  <si>
+    <t>14:23:40</t>
+  </si>
+  <si>
+    <t>14:17:13</t>
+  </si>
+  <si>
+    <t>14:09:35</t>
+  </si>
+  <si>
+    <t>14:04:45</t>
+  </si>
+  <si>
+    <t>13:58:13</t>
+  </si>
+  <si>
+    <t>13:55:34</t>
+  </si>
+  <si>
+    <t>13:54:40</t>
+  </si>
+  <si>
+    <t>13:53:49</t>
+  </si>
+  <si>
+    <t>13:52:20</t>
+  </si>
+  <si>
+    <t>13:43:58</t>
+  </si>
+  <si>
+    <t>13:36:36</t>
+  </si>
+  <si>
+    <t>13:25:32</t>
+  </si>
+  <si>
+    <t>13:21:47</t>
+  </si>
+  <si>
+    <t>13:21:01</t>
+  </si>
+  <si>
+    <t>13:14:42</t>
+  </si>
+  <si>
+    <t>13:12:15</t>
+  </si>
+  <si>
+    <t>13:11:16</t>
+  </si>
+  <si>
+    <t>13:09:38</t>
+  </si>
+  <si>
+    <t>12:51:45</t>
+  </si>
+  <si>
+    <t>12:48:02</t>
+  </si>
+  <si>
+    <t>12:41:28</t>
+  </si>
+  <si>
+    <t>12:31:41</t>
+  </si>
+  <si>
+    <t>12:15:09</t>
+  </si>
+  <si>
+    <t>12:14:36</t>
+  </si>
+  <si>
+    <t>12:14:24</t>
+  </si>
+  <si>
+    <t>12:13:59</t>
+  </si>
+  <si>
+    <t>12:13:37</t>
+  </si>
+  <si>
+    <t>12:11:07</t>
+  </si>
+  <si>
+    <t>12:07:47</t>
+  </si>
+  <si>
+    <t>12:03:47</t>
+  </si>
+  <si>
+    <t>12:01:18</t>
+  </si>
+  <si>
+    <t>11:53:48</t>
+  </si>
+  <si>
+    <t>11:29:24</t>
+  </si>
+  <si>
+    <t>11:27:27</t>
+  </si>
+  <si>
+    <t>11:05:27</t>
+  </si>
+  <si>
+    <t>11:03:48</t>
+  </si>
+  <si>
+    <t>10:58:45</t>
+  </si>
+  <si>
+    <t>10:57:24</t>
+  </si>
+  <si>
+    <t>10:56:10</t>
+  </si>
+  <si>
+    <t>10:54:25</t>
+  </si>
+  <si>
+    <t>10:53:25</t>
+  </si>
+  <si>
+    <t>10:52:28</t>
+  </si>
+  <si>
+    <t>10:52:01</t>
+  </si>
+  <si>
+    <t>10:50:52</t>
+  </si>
+  <si>
+    <t>10:50:21</t>
+  </si>
+  <si>
+    <t>10:48:52</t>
+  </si>
+  <si>
+    <t>10:48:24</t>
+  </si>
+  <si>
+    <t>10:47:58</t>
+  </si>
+  <si>
+    <t>10:47:33</t>
+  </si>
+  <si>
+    <t>10:47:09</t>
+  </si>
+  <si>
+    <t>10:46:41</t>
+  </si>
+  <si>
+    <t>10:46:13</t>
+  </si>
+  <si>
+    <t>10:45:46</t>
+  </si>
+  <si>
+    <t>10:45:18</t>
+  </si>
+  <si>
+    <t>10:45:11</t>
+  </si>
+  <si>
+    <t>10:44:48</t>
+  </si>
+  <si>
+    <t>10:44:38</t>
+  </si>
+  <si>
+    <t>10:44:20</t>
+  </si>
+  <si>
+    <t>10:43:47</t>
+  </si>
+  <si>
+    <t>10:43:21</t>
+  </si>
+  <si>
+    <t>10:42:57</t>
+  </si>
+  <si>
+    <t>10:42:29</t>
+  </si>
+  <si>
+    <t>10:42:28</t>
+  </si>
+  <si>
+    <t>10:42:04</t>
+  </si>
+  <si>
+    <t>10:41:38</t>
+  </si>
+  <si>
+    <t>10:41:10</t>
+  </si>
+  <si>
+    <t>10:40:42</t>
+  </si>
+  <si>
+    <t>10:40:32</t>
   </si>
   <si>
     <t>10:40:15</t>
   </si>
   <si>
-    <t>10:36:36</t>
-[...86 lines deleted...]
-    <t>10:12:21</t>
+    <t>10:39:49</t>
+  </si>
+  <si>
+    <t>10:39:23</t>
+  </si>
+  <si>
+    <t>10:38:57</t>
+  </si>
+  <si>
+    <t>10:38:30</t>
+  </si>
+  <si>
+    <t>10:37:58</t>
+  </si>
+  <si>
+    <t>10:37:14</t>
+  </si>
+  <si>
+    <t>10:29:45</t>
+  </si>
+  <si>
+    <t>10:29:41</t>
+  </si>
+  <si>
+    <t>10:24:08</t>
+  </si>
+  <si>
+    <t>10:17:44</t>
+  </si>
+  <si>
+    <t>10:13:18</t>
   </si>
   <si>
     <t>10:10:40</t>
   </si>
   <si>
-    <t>10:09:27</t>
-[...11 lines deleted...]
-    <t>10:05:05</t>
+    <t>10:07:02</t>
+  </si>
+  <si>
+    <t>10:02:31</t>
+  </si>
+  <si>
+    <t>10:00:14</t>
   </si>
   <si>
     <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -892,3513 +712,3331 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D247"/>
+  <dimension ref="A1:D234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C2">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C3">
-        <v>90.0</v>
+        <v>100.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C4">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B5">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C5">
-        <v>5.0</v>
+        <v>100.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B6">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C6">
-        <v>2.0</v>
+        <v>384.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C7">
-        <v>146.0</v>
+        <v>16.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C8">
-        <v>854.0</v>
+        <v>1984.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C9">
-        <v>2.0</v>
+        <v>120.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B10">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C10">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B11">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C11">
         <v>2.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B12">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C12">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B13">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C13">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B14">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C14">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B15">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C15">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B16">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C16">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B17">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C17">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="B18">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C18">
-        <v>2.0</v>
+        <v>21.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B19">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C19">
-        <v>2.0</v>
+        <v>150.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B20">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C20">
-        <v>2.0</v>
+        <v>4664.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B21">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C21">
-        <v>27.0</v>
+        <v>995.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B22">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C22">
-        <v>123.0</v>
+        <v>5.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="B23">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C23">
-        <v>7.0</v>
+        <v>30.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B24">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C24">
-        <v>2.0</v>
+        <v>158.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B25">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C25">
-        <v>7.0</v>
+        <v>927.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B26">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C26">
-        <v>1000.0</v>
+        <v>142.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B27">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C27">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="B28">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C28">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="B29">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C29">
-        <v>7.0</v>
+        <v>58.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B30">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C30">
-        <v>2.0</v>
+        <v>1300.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B31">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C31">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B32">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C32">
-        <v>2.0</v>
+        <v>792.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="B33">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C33">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B34">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C34">
-        <v>100.0</v>
+        <v>4.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B35">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C35">
-        <v>5.0</v>
+        <v>171.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B36">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C36">
-        <v>2.0</v>
+        <v>500.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="B37">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C37">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="B38">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C38">
-        <v>15.0</v>
+        <v>3.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="B39">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C39">
-        <v>376.0</v>
+        <v>325.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="B40">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C40">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="B41">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C41">
-        <v>1830.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="B42">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C42">
-        <v>200.0</v>
+        <v>222.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B43">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C43">
-        <v>750.0</v>
+        <v>472.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B44">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C44">
-        <v>100.0</v>
+        <v>300.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B45">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C45">
-        <v>2000.0</v>
+        <v>130.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B46">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C46">
-        <v>2000.0</v>
+        <v>250.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B47">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C47">
-        <v>500.0</v>
+        <v>100.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B48">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C48">
-        <v>500.0</v>
+        <v>53.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B49">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C49">
-        <v>1120.0</v>
+        <v>40.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="B50">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C50">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="B51">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C51">
-        <v>3600.0</v>
+        <v>100.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B52">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C52">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="B53">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C53">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="B54">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C54">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="B55">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C55">
-        <v>5.0</v>
+        <v>100.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="B56">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C56">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="B57">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C57">
-        <v>7518.0</v>
+        <v>11.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="B58">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C58">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="B59">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C59">
-        <v>2099.0</v>
+        <v>100.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="B60">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C60">
-        <v>2000.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="B61">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C61">
-        <v>283.0</v>
+        <v>200.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="B62">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C62">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="B63">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C63">
-        <v>54.0</v>
+        <v>500.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="B64">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C64">
-        <v>4.0</v>
+        <v>1900.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="B65">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C65">
-        <v>140.0</v>
+        <v>25.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="B66">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C66">
-        <v>272.0</v>
+        <v>100.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="B67">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C67">
-        <v>500.0</v>
+        <v>100.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="B68">
-        <v>0.928</v>
+        <v>0.92</v>
       </c>
       <c r="C68">
-        <v>4228.0</v>
+        <v>10.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="B69">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C69">
-        <v>1000.0</v>
+        <v>53.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="B70">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C70">
-        <v>1000.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B71">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C71">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="B72">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C72">
-        <v>10.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="B73">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C73">
-        <v>6.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B74">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C74">
-        <v>2500.0</v>
+        <v>1900.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B75">
-        <v>0.929</v>
+        <v>0.92</v>
       </c>
       <c r="C75">
-        <v>5000.0</v>
+        <v>1150.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B76">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C76">
-        <v>5000.0</v>
+        <v>5.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B77">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C77">
-        <v>500.0</v>
+        <v>250.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B78">
-        <v>0.929</v>
+        <v>0.921</v>
       </c>
       <c r="C78">
-        <v>2000.0</v>
+        <v>30.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="B79">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C79">
-        <v>5674.0</v>
+        <v>100.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="B80">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C80">
-        <v>30.0</v>
+        <v>50.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="B81">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C81">
-        <v>68.0</v>
+        <v>4.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="B82">
-        <v>0.927</v>
+        <v>0.921</v>
       </c>
       <c r="C82">
         <v>1000.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="B83">
-        <v>0.927</v>
+        <v>0.921</v>
       </c>
       <c r="C83">
-        <v>500.0</v>
+        <v>650.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="B84">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C84">
-        <v>26.0</v>
+        <v>100.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="B85">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C85">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B86">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C86">
-        <v>3.0</v>
+        <v>7000.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="B87">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C87">
-        <v>60.0</v>
+        <v>61.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="B88">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C88">
-        <v>50.0</v>
+        <v>89.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B89">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C89">
-        <v>80.0</v>
+        <v>2.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="B90">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C90">
-        <v>100.0</v>
+        <v>25.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="B91">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C91">
-        <v>50.0</v>
+        <v>4.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B92">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C92">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="B93">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C93">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="B94">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C94">
-        <v>350.0</v>
+        <v>4.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="B95">
-        <v>0.927</v>
+        <v>0.921</v>
       </c>
       <c r="C95">
-        <v>3000.0</v>
+        <v>56.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="B96">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C96">
-        <v>500.0</v>
+        <v>245.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="B97">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C97">
-        <v>109.0</v>
+        <v>4.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="B98">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C98">
-        <v>25.0</v>
+        <v>2355.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="B99">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C99">
-        <v>57.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="B100">
-        <v>0.927</v>
+        <v>0.921</v>
       </c>
       <c r="C100">
-        <v>5.0</v>
+        <v>54.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="B101">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C101">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="B102">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C102">
-        <v>2000.0</v>
+        <v>14.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="B103">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C103">
-        <v>800.0</v>
+        <v>236.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="B104">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C104">
-        <v>15.0</v>
+        <v>550.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="B105">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C105">
-        <v>9684.0</v>
+        <v>30.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="B106">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C106">
-        <v>3.0</v>
+        <v>130.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="B107">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C107">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>84</v>
+        <v>33</v>
       </c>
       <c r="B108">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C108">
-        <v>3489.0</v>
+        <v>200.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="B109">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C109">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="B110">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C110">
-        <v>3971.0</v>
+        <v>2.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="B111">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C111">
-        <v>30.0</v>
+        <v>2.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="B112">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C112">
-        <v>999.0</v>
+        <v>10.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="B113">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C113">
-        <v>1.0</v>
+        <v>350.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="B114">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C114">
-        <v>3001.0</v>
+        <v>102.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="B115">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C115">
-        <v>1000.0</v>
+        <v>450.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="B116">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C116">
-        <v>1999.0</v>
+        <v>380.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="B117">
-        <v>0.928</v>
+        <v>0.921</v>
       </c>
       <c r="C117">
-        <v>4001.0</v>
+        <v>10.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="B118">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C118">
-        <v>999.0</v>
+        <v>2.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="B119">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C119">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="B120">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C120">
-        <v>4001.0</v>
+        <v>20.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="B121">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C121">
-        <v>999.0</v>
+        <v>102.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="B122">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C122">
-        <v>1.0</v>
+        <v>112.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="B123">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C123">
-        <v>2854.0</v>
+        <v>888.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="B124">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C124">
-        <v>1000.0</v>
+        <v>612.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="B125">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C125">
-        <v>3000.0</v>
+        <v>3388.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="B126">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C126">
-        <v>53.0</v>
+        <v>14.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="B127">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C127">
-        <v>3093.0</v>
+        <v>1598.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="B128">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C128">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="B129">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C129">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="B130">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C130">
-        <v>500.0</v>
+        <v>4000.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="B131">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C131">
-        <v>500.0</v>
+        <v>40.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="B132">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C132">
-        <v>1.0</v>
+        <v>4372.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="B133">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C133">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="B134">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C134">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="B135">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C135">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="B136">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C136">
-        <v>3949.0</v>
+        <v>3.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="B137">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C137">
-        <v>100.0</v>
+        <v>777.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="B138">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C138">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="B139">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C139">
-        <v>5950.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>103</v>
+        <v>54</v>
       </c>
       <c r="B140">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C140">
-        <v>4050.0</v>
+        <v>10.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="B141">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C141">
-        <v>22.0</v>
+        <v>10.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
       <c r="B142">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C142">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>106</v>
+        <v>57</v>
       </c>
       <c r="B143">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C143">
-        <v>400.0</v>
+        <v>1.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="B144">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C144">
-        <v>1.0</v>
+        <v>1223.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="B145">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C145">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="B146">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C146">
-        <v>11.0</v>
+        <v>100.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="B147">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C147">
-        <v>376.0</v>
+        <v>7.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="B148">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C148">
-        <v>3.0</v>
+        <v>288.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
       <c r="B149">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C149">
-        <v>30010.0</v>
+        <v>10.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="B150">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C150">
-        <v>6000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="B151">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C151">
-        <v>3000.0</v>
+        <v>6612.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="B152">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C152">
-        <v>3000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="B153">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C153">
-        <v>3937.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="B154">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C154">
-        <v>10.0</v>
+        <v>31.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="B155">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C155">
-        <v>53.0</v>
+        <v>7.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="B156">
-        <v>0.93</v>
+        <v>0.922</v>
       </c>
       <c r="C156">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="B157">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C157">
-        <v>150.0</v>
+        <v>7.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="B158">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C158">
-        <v>7000.0</v>
+        <v>50.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>120</v>
+        <v>61</v>
       </c>
       <c r="B159">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C159">
-        <v>2483.0</v>
+        <v>7.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>120</v>
+        <v>61</v>
       </c>
       <c r="B160">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C160">
-        <v>2517.0</v>
+        <v>1179.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="B161">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C161">
-        <v>10000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>122</v>
+        <v>63</v>
       </c>
       <c r="B162">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C162">
-        <v>7200.0</v>
+        <v>26.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="B163">
-        <v>0.929</v>
+        <v>0.922</v>
       </c>
       <c r="C163">
-        <v>800.0</v>
+        <v>100.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
       <c r="B164">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C164">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="B165">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C165">
-        <v>10000.0</v>
+        <v>207.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="B166">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C166">
-        <v>4000.0</v>
+        <v>24793.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="B167">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C167">
-        <v>5000.0</v>
+        <v>27207.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>126</v>
+        <v>68</v>
       </c>
       <c r="B168">
-        <v>0.929</v>
+        <v>0.924</v>
       </c>
       <c r="C168">
-        <v>5044.0</v>
+        <v>1.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="B169">
-        <v>0.929</v>
+        <v>0.924</v>
       </c>
       <c r="C169">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>126</v>
+        <v>70</v>
       </c>
       <c r="B170">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C170">
-        <v>902.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>126</v>
+        <v>71</v>
       </c>
       <c r="B171">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C171">
-        <v>2102.0</v>
+        <v>10980.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>126</v>
+        <v>71</v>
       </c>
       <c r="B172">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C172">
-        <v>120.0</v>
+        <v>914.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>126</v>
+        <v>71</v>
       </c>
       <c r="B173">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C173">
-        <v>315.0</v>
+        <v>10.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>127</v>
+        <v>71</v>
       </c>
       <c r="B174">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C174">
-        <v>2000.0</v>
+        <v>889.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="B175">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C175">
-        <v>410.0</v>
+        <v>1.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="B176">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C176">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="B177">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C177">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>131</v>
+        <v>75</v>
       </c>
       <c r="B178">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C178">
-        <v>478.0</v>
+        <v>1.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="B179">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C179">
-        <v>70.0</v>
+        <v>1.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="B180">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C180">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>134</v>
+        <v>78</v>
       </c>
       <c r="B181">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C181">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>135</v>
+        <v>79</v>
       </c>
       <c r="B182">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C182">
-        <v>110.0</v>
+        <v>1.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="B183">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C183">
-        <v>1094.0</v>
+        <v>1.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
       <c r="B184">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C184">
-        <v>206.0</v>
+        <v>1.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>137</v>
+        <v>82</v>
       </c>
       <c r="B185">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C185">
-        <v>1522.0</v>
+        <v>1.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="B186">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C186">
-        <v>3500.0</v>
+        <v>22286.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="B187">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C187">
-        <v>1478.0</v>
+        <v>10.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>138</v>
+        <v>83</v>
       </c>
       <c r="B188">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C188">
-        <v>20.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="B189">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C189">
-        <v>22.0</v>
+        <v>900.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>140</v>
+        <v>83</v>
       </c>
       <c r="B190">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C190">
-        <v>272.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>140</v>
+        <v>83</v>
       </c>
       <c r="B191">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C191">
-        <v>120.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>140</v>
+        <v>83</v>
       </c>
       <c r="B192">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C192">
-        <v>108.0</v>
+        <v>100.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="B193">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C193">
-        <v>350.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="B194">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C194">
         <v>1000.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="B195">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C195">
-        <v>700.0</v>
+        <v>10704.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="B196">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C196">
-        <v>1002.0</v>
+        <v>1.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="B197">
-        <v>0.928</v>
+        <v>0.922</v>
       </c>
       <c r="C197">
-        <v>2000.0</v>
+        <v>30.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>144</v>
+        <v>86</v>
       </c>
       <c r="B198">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C198">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>145</v>
+        <v>87</v>
       </c>
       <c r="B199">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C199">
-        <v>2500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>146</v>
+        <v>88</v>
       </c>
       <c r="B200">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C200">
-        <v>1999.0</v>
+        <v>1.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>147</v>
+        <v>89</v>
       </c>
       <c r="B201">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C201">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>148</v>
+        <v>90</v>
       </c>
       <c r="B202">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C202">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>149</v>
+        <v>91</v>
       </c>
       <c r="B203">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C203">
         <v>1.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="B204">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C204">
-        <v>2799.0</v>
+        <v>1.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="B205">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C205">
-        <v>44.0</v>
+        <v>1.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="B206">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C206">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="B207">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C207">
-        <v>1002.0</v>
+        <v>1.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="B208">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C208">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="B209">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C209">
-        <v>35.0</v>
+        <v>1.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>155</v>
+        <v>98</v>
       </c>
       <c r="B210">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C210">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>156</v>
+        <v>99</v>
       </c>
       <c r="B211">
-        <v>0.926</v>
+        <v>0.923</v>
       </c>
       <c r="C211">
         <v>1.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>157</v>
+        <v>100</v>
       </c>
       <c r="B212">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C212">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>158</v>
+        <v>101</v>
       </c>
       <c r="B213">
-        <v>0.926</v>
+        <v>0.923</v>
       </c>
       <c r="C213">
         <v>1.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>159</v>
+        <v>102</v>
       </c>
       <c r="B214">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C214">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>160</v>
+        <v>103</v>
       </c>
       <c r="B215">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C215">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>161</v>
+        <v>104</v>
       </c>
       <c r="B216">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C216">
-        <v>2.0</v>
+        <v>230.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>162</v>
+        <v>105</v>
       </c>
       <c r="B217">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C217">
         <v>2.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>163</v>
+        <v>106</v>
       </c>
       <c r="B218">
-        <v>0.926</v>
+        <v>0.923</v>
       </c>
       <c r="C218">
-        <v>1.0</v>
+        <v>190.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>164</v>
+        <v>107</v>
       </c>
       <c r="B219">
-        <v>0.926</v>
+        <v>0.923</v>
       </c>
       <c r="C219">
-        <v>1.0</v>
+        <v>40.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>165</v>
+        <v>108</v>
       </c>
       <c r="B220">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C220">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>166</v>
+        <v>109</v>
       </c>
       <c r="B221">
-        <v>0.927</v>
+        <v>0.922</v>
       </c>
       <c r="C221">
-        <v>2.0</v>
+        <v>898.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>167</v>
+        <v>109</v>
       </c>
       <c r="B222">
-        <v>0.927</v>
+        <v>0.922</v>
       </c>
       <c r="C222">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>168</v>
+        <v>109</v>
       </c>
       <c r="B223">
-        <v>0.926</v>
+        <v>0.922</v>
       </c>
       <c r="C223">
-        <v>68.0</v>
+        <v>100.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>168</v>
+        <v>110</v>
       </c>
       <c r="B224">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C224">
-        <v>132.0</v>
+        <v>50.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="B225">
-        <v>0.927</v>
+        <v>0.922</v>
       </c>
       <c r="C225">
-        <v>868.0</v>
+        <v>580.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>169</v>
+        <v>112</v>
       </c>
       <c r="B226">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C226">
-        <v>132.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>170</v>
+        <v>113</v>
       </c>
       <c r="B227">
-        <v>0.927</v>
+        <v>0.923</v>
       </c>
       <c r="C227">
-        <v>192.0</v>
+        <v>2.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>170</v>
+        <v>113</v>
       </c>
       <c r="B228">
-        <v>0.928</v>
+        <v>0.923</v>
       </c>
       <c r="C228">
-        <v>8.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>171</v>
+        <v>113</v>
       </c>
       <c r="B229">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C229">
-        <v>242.0</v>
+        <v>5.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="B230">
-        <v>0.929</v>
+        <v>0.923</v>
       </c>
       <c r="C230">
-        <v>58.0</v>
+        <v>20.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="B231">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C231">
-        <v>39.0</v>
+        <v>87.0</v>
       </c>
       <c r="D231" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="B232">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C232">
-        <v>298.0</v>
+        <v>1.0</v>
       </c>
       <c r="D232" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="B233">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C233">
         <v>10.0</v>
       </c>
       <c r="D233" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="B234">
-        <v>0.93</v>
+        <v>0.923</v>
       </c>
       <c r="C234">
-        <v>165.0</v>
+        <v>20.0</v>
       </c>
       <c r="D234" t="s">
-        <v>5</v>
-[...180 lines deleted...]
-      <c r="D247" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>