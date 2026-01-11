--- v1 (2025-12-14)
+++ v2 (2026-01-11)
@@ -12,392 +12,800 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:59:42</t>
+    <t>15:59:33</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:53:16</t>
-[...296 lines deleted...]
-    <t>10:29:41</t>
+    <t>15:52:38</t>
+  </si>
+  <si>
+    <t>15:52:23</t>
+  </si>
+  <si>
+    <t>15:51:26</t>
+  </si>
+  <si>
+    <t>15:50:29</t>
+  </si>
+  <si>
+    <t>15:49:57</t>
+  </si>
+  <si>
+    <t>15:49:26</t>
+  </si>
+  <si>
+    <t>15:48:56</t>
+  </si>
+  <si>
+    <t>15:48:32</t>
+  </si>
+  <si>
+    <t>15:48:24</t>
+  </si>
+  <si>
+    <t>15:48:01</t>
+  </si>
+  <si>
+    <t>15:47:47</t>
+  </si>
+  <si>
+    <t>15:47:17</t>
+  </si>
+  <si>
+    <t>15:46:59</t>
+  </si>
+  <si>
+    <t>15:46:45</t>
+  </si>
+  <si>
+    <t>15:46:38</t>
+  </si>
+  <si>
+    <t>15:46:15</t>
+  </si>
+  <si>
+    <t>15:45:40</t>
+  </si>
+  <si>
+    <t>15:45:12</t>
+  </si>
+  <si>
+    <t>15:45:08</t>
+  </si>
+  <si>
+    <t>15:44:56</t>
+  </si>
+  <si>
+    <t>15:44:44</t>
+  </si>
+  <si>
+    <t>15:44:11</t>
+  </si>
+  <si>
+    <t>15:43:41</t>
+  </si>
+  <si>
+    <t>15:43:09</t>
+  </si>
+  <si>
+    <t>15:42:41</t>
+  </si>
+  <si>
+    <t>15:42:14</t>
+  </si>
+  <si>
+    <t>15:41:44</t>
+  </si>
+  <si>
+    <t>15:41:12</t>
+  </si>
+  <si>
+    <t>15:40:35</t>
+  </si>
+  <si>
+    <t>15:36:21</t>
+  </si>
+  <si>
+    <t>15:34:37</t>
+  </si>
+  <si>
+    <t>15:34:06</t>
+  </si>
+  <si>
+    <t>15:32:57</t>
+  </si>
+  <si>
+    <t>15:31:41</t>
+  </si>
+  <si>
+    <t>15:29:26</t>
+  </si>
+  <si>
+    <t>15:26:19</t>
+  </si>
+  <si>
+    <t>15:20:02</t>
+  </si>
+  <si>
+    <t>15:19:28</t>
+  </si>
+  <si>
+    <t>15:18:58</t>
+  </si>
+  <si>
+    <t>15:17:41</t>
+  </si>
+  <si>
+    <t>15:17:01</t>
+  </si>
+  <si>
+    <t>15:16:26</t>
+  </si>
+  <si>
+    <t>15:15:48</t>
+  </si>
+  <si>
+    <t>15:15:16</t>
+  </si>
+  <si>
+    <t>15:14:33</t>
+  </si>
+  <si>
+    <t>15:13:55</t>
+  </si>
+  <si>
+    <t>15:13:26</t>
+  </si>
+  <si>
+    <t>15:13:13</t>
+  </si>
+  <si>
+    <t>15:12:42</t>
+  </si>
+  <si>
+    <t>15:11:58</t>
+  </si>
+  <si>
+    <t>15:11:13</t>
+  </si>
+  <si>
+    <t>15:10:53</t>
+  </si>
+  <si>
+    <t>15:10:43</t>
+  </si>
+  <si>
+    <t>15:10:06</t>
+  </si>
+  <si>
+    <t>15:10:05</t>
+  </si>
+  <si>
+    <t>15:09:43</t>
+  </si>
+  <si>
+    <t>15:09:14</t>
+  </si>
+  <si>
+    <t>15:08:38</t>
+  </si>
+  <si>
+    <t>15:07:57</t>
+  </si>
+  <si>
+    <t>15:07:07</t>
+  </si>
+  <si>
+    <t>15:06:30</t>
+  </si>
+  <si>
+    <t>15:06:26</t>
+  </si>
+  <si>
+    <t>15:05:44</t>
+  </si>
+  <si>
+    <t>15:05:32</t>
+  </si>
+  <si>
+    <t>15:05:06</t>
+  </si>
+  <si>
+    <t>15:04:39</t>
+  </si>
+  <si>
+    <t>15:04:35</t>
+  </si>
+  <si>
+    <t>15:04:15</t>
+  </si>
+  <si>
+    <t>15:03:53</t>
+  </si>
+  <si>
+    <t>15:03:51</t>
+  </si>
+  <si>
+    <t>15:03:49</t>
+  </si>
+  <si>
+    <t>15:03:22</t>
+  </si>
+  <si>
+    <t>15:02:52</t>
+  </si>
+  <si>
+    <t>15:02:22</t>
+  </si>
+  <si>
+    <t>15:01:47</t>
+  </si>
+  <si>
+    <t>15:01:01</t>
+  </si>
+  <si>
+    <t>15:00:23</t>
+  </si>
+  <si>
+    <t>14:59:50</t>
+  </si>
+  <si>
+    <t>14:58:58</t>
+  </si>
+  <si>
+    <t>14:58:26</t>
+  </si>
+  <si>
+    <t>14:57:53</t>
+  </si>
+  <si>
+    <t>14:57:21</t>
+  </si>
+  <si>
+    <t>14:56:51</t>
+  </si>
+  <si>
+    <t>14:56:18</t>
+  </si>
+  <si>
+    <t>14:56:01</t>
+  </si>
+  <si>
+    <t>14:55:34</t>
+  </si>
+  <si>
+    <t>14:55:24</t>
+  </si>
+  <si>
+    <t>14:55:22</t>
+  </si>
+  <si>
+    <t>14:55:06</t>
+  </si>
+  <si>
+    <t>14:54:37</t>
+  </si>
+  <si>
+    <t>14:54:03</t>
+  </si>
+  <si>
+    <t>14:53:35</t>
+  </si>
+  <si>
+    <t>14:52:46</t>
+  </si>
+  <si>
+    <t>14:52:16</t>
+  </si>
+  <si>
+    <t>14:51:36</t>
+  </si>
+  <si>
+    <t>14:50:33</t>
+  </si>
+  <si>
+    <t>14:48:58</t>
+  </si>
+  <si>
+    <t>14:47:39</t>
+  </si>
+  <si>
+    <t>14:46:47</t>
+  </si>
+  <si>
+    <t>14:46:35</t>
+  </si>
+  <si>
+    <t>14:38:58</t>
+  </si>
+  <si>
+    <t>14:38:41</t>
+  </si>
+  <si>
+    <t>14:37:59</t>
+  </si>
+  <si>
+    <t>14:34:42</t>
+  </si>
+  <si>
+    <t>14:33:28</t>
+  </si>
+  <si>
+    <t>14:31:34</t>
+  </si>
+  <si>
+    <t>14:30:15</t>
+  </si>
+  <si>
+    <t>14:29:40</t>
+  </si>
+  <si>
+    <t>14:29:06</t>
+  </si>
+  <si>
+    <t>14:28:34</t>
+  </si>
+  <si>
+    <t>14:28:30</t>
+  </si>
+  <si>
+    <t>14:28:01</t>
+  </si>
+  <si>
+    <t>14:27:29</t>
+  </si>
+  <si>
+    <t>14:27:01</t>
+  </si>
+  <si>
+    <t>14:26:46</t>
+  </si>
+  <si>
+    <t>14:26:30</t>
+  </si>
+  <si>
+    <t>14:26:16</t>
+  </si>
+  <si>
+    <t>14:25:58</t>
+  </si>
+  <si>
+    <t>14:18:36</t>
+  </si>
+  <si>
+    <t>14:17:56</t>
+  </si>
+  <si>
+    <t>14:08:17</t>
+  </si>
+  <si>
+    <t>14:01:29</t>
+  </si>
+  <si>
+    <t>13:58:30</t>
+  </si>
+  <si>
+    <t>13:57:45</t>
+  </si>
+  <si>
+    <t>13:52:41</t>
+  </si>
+  <si>
+    <t>13:47:36</t>
+  </si>
+  <si>
+    <t>13:46:07</t>
+  </si>
+  <si>
+    <t>13:41:25</t>
+  </si>
+  <si>
+    <t>13:39:54</t>
+  </si>
+  <si>
+    <t>13:35:52</t>
+  </si>
+  <si>
+    <t>13:35:02</t>
+  </si>
+  <si>
+    <t>13:33:26</t>
+  </si>
+  <si>
+    <t>13:31:58</t>
+  </si>
+  <si>
+    <t>13:30:33</t>
+  </si>
+  <si>
+    <t>13:29:45</t>
+  </si>
+  <si>
+    <t>13:25:33</t>
+  </si>
+  <si>
+    <t>13:24:38</t>
+  </si>
+  <si>
+    <t>13:23:54</t>
+  </si>
+  <si>
+    <t>13:23:52</t>
+  </si>
+  <si>
+    <t>13:21:34</t>
+  </si>
+  <si>
+    <t>13:21:19</t>
+  </si>
+  <si>
+    <t>13:21:00</t>
+  </si>
+  <si>
+    <t>13:15:42</t>
+  </si>
+  <si>
+    <t>13:05:17</t>
+  </si>
+  <si>
+    <t>13:04:28</t>
+  </si>
+  <si>
+    <t>13:04:12</t>
+  </si>
+  <si>
+    <t>13:00:05</t>
+  </si>
+  <si>
+    <t>12:54:55</t>
+  </si>
+  <si>
+    <t>12:53:53</t>
+  </si>
+  <si>
+    <t>12:46:47</t>
+  </si>
+  <si>
+    <t>12:42:54</t>
+  </si>
+  <si>
+    <t>12:39:09</t>
+  </si>
+  <si>
+    <t>12:28:58</t>
+  </si>
+  <si>
+    <t>12:20:29</t>
+  </si>
+  <si>
+    <t>12:19:01</t>
+  </si>
+  <si>
+    <t>12:17:31</t>
+  </si>
+  <si>
+    <t>12:17:00</t>
+  </si>
+  <si>
+    <t>12:15:36</t>
+  </si>
+  <si>
+    <t>12:13:43</t>
+  </si>
+  <si>
+    <t>12:12:09</t>
+  </si>
+  <si>
+    <t>12:11:31</t>
+  </si>
+  <si>
+    <t>12:10:31</t>
+  </si>
+  <si>
+    <t>12:05:36</t>
+  </si>
+  <si>
+    <t>12:02:39</t>
+  </si>
+  <si>
+    <t>11:57:48</t>
+  </si>
+  <si>
+    <t>11:57:12</t>
+  </si>
+  <si>
+    <t>11:56:16</t>
+  </si>
+  <si>
+    <t>11:55:51</t>
+  </si>
+  <si>
+    <t>11:54:10</t>
+  </si>
+  <si>
+    <t>11:53:12</t>
+  </si>
+  <si>
+    <t>11:45:45</t>
+  </si>
+  <si>
+    <t>11:44:58</t>
+  </si>
+  <si>
+    <t>11:40:46</t>
+  </si>
+  <si>
+    <t>11:39:31</t>
+  </si>
+  <si>
+    <t>11:38:12</t>
+  </si>
+  <si>
+    <t>11:37:33</t>
+  </si>
+  <si>
+    <t>11:33:31</t>
+  </si>
+  <si>
+    <t>11:29:49</t>
+  </si>
+  <si>
+    <t>11:25:16</t>
+  </si>
+  <si>
+    <t>11:22:23</t>
+  </si>
+  <si>
+    <t>11:20:48</t>
+  </si>
+  <si>
+    <t>11:19:33</t>
+  </si>
+  <si>
+    <t>11:15:27</t>
+  </si>
+  <si>
+    <t>11:14:41</t>
+  </si>
+  <si>
+    <t>11:11:45</t>
+  </si>
+  <si>
+    <t>11:10:15</t>
+  </si>
+  <si>
+    <t>11:09:56</t>
+  </si>
+  <si>
+    <t>11:06:40</t>
+  </si>
+  <si>
+    <t>11:06:38</t>
+  </si>
+  <si>
+    <t>11:06:03</t>
+  </si>
+  <si>
+    <t>11:04:05</t>
+  </si>
+  <si>
+    <t>11:01:15</t>
+  </si>
+  <si>
+    <t>10:56:13</t>
+  </si>
+  <si>
+    <t>10:55:12</t>
+  </si>
+  <si>
+    <t>10:54:38</t>
+  </si>
+  <si>
+    <t>10:52:57</t>
+  </si>
+  <si>
+    <t>10:48:57</t>
+  </si>
+  <si>
+    <t>10:43:26</t>
+  </si>
+  <si>
+    <t>10:39:47</t>
+  </si>
+  <si>
+    <t>10:38:49</t>
+  </si>
+  <si>
+    <t>10:37:40</t>
+  </si>
+  <si>
+    <t>10:36:23</t>
+  </si>
+  <si>
+    <t>10:32:21</t>
+  </si>
+  <si>
+    <t>10:27:13</t>
+  </si>
+  <si>
+    <t>10:26:55</t>
+  </si>
+  <si>
+    <t>10:26:53</t>
+  </si>
+  <si>
+    <t>10:26:31</t>
+  </si>
+  <si>
+    <t>10:26:05</t>
+  </si>
+  <si>
+    <t>10:25:23</t>
+  </si>
+  <si>
+    <t>10:24:48</t>
+  </si>
+  <si>
+    <t>10:24:35</t>
+  </si>
+  <si>
+    <t>10:24:28</t>
   </si>
   <si>
     <t>10:24:08</t>
   </si>
   <si>
-    <t>10:17:44</t>
-[...17 lines deleted...]
-    <t>10:00:02</t>
+    <t>10:23:46</t>
+  </si>
+  <si>
+    <t>10:23:38</t>
+  </si>
+  <si>
+    <t>10:23:21</t>
+  </si>
+  <si>
+    <t>10:23:01</t>
+  </si>
+  <si>
+    <t>10:22:51</t>
+  </si>
+  <si>
+    <t>10:22:38</t>
+  </si>
+  <si>
+    <t>10:22:07</t>
+  </si>
+  <si>
+    <t>10:21:44</t>
+  </si>
+  <si>
+    <t>10:21:19</t>
+  </si>
+  <si>
+    <t>10:21:00</t>
+  </si>
+  <si>
+    <t>10:20:45</t>
+  </si>
+  <si>
+    <t>10:19:54</t>
+  </si>
+  <si>
+    <t>10:19:42</t>
+  </si>
+  <si>
+    <t>10:19:32</t>
+  </si>
+  <si>
+    <t>10:18:01</t>
+  </si>
+  <si>
+    <t>10:17:35</t>
+  </si>
+  <si>
+    <t>10:15:43</t>
+  </si>
+  <si>
+    <t>10:13:45</t>
+  </si>
+  <si>
+    <t>10:11:30</t>
+  </si>
+  <si>
+    <t>10:10:59</t>
+  </si>
+  <si>
+    <t>10:10:56</t>
+  </si>
+  <si>
+    <t>10:05:05</t>
+  </si>
+  <si>
+    <t>10:05:04</t>
+  </si>
+  <si>
+    <t>10:04:50</t>
+  </si>
+  <si>
+    <t>10:03:47</t>
+  </si>
+  <si>
+    <t>10:03:29</t>
+  </si>
+  <si>
+    <t>10:03:01</t>
+  </si>
+  <si>
+    <t>10:02:57</t>
+  </si>
+  <si>
+    <t>10:02:14</t>
+  </si>
+  <si>
+    <t>10:01:16</t>
+  </si>
+  <si>
+    <t>10:00:03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,3331 +1120,5081 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D234"/>
+  <dimension ref="A1:D359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C2">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C3">
-        <v>100.0</v>
+        <v>18.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C4">
-        <v>1.0</v>
+        <v>266.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C5">
-        <v>100.0</v>
+        <v>130.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B6">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C6">
-        <v>384.0</v>
+        <v>50.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B7">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C7">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B8">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C8">
-        <v>1984.0</v>
+        <v>20.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B9">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C9">
-        <v>120.0</v>
+        <v>500.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B10">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C10">
-        <v>20.0</v>
+        <v>206.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C11">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B12">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C12">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B13">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C13">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B14">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C14">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B15">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C15">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B16">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C16">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B17">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C17">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18">
-        <v>0.92</v>
+        <v>0.964</v>
       </c>
       <c r="C18">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B19">
-        <v>0.92</v>
+        <v>0.964</v>
       </c>
       <c r="C19">
-        <v>150.0</v>
+        <v>1.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B20">
-        <v>0.92</v>
+        <v>0.964</v>
       </c>
       <c r="C20">
-        <v>4664.0</v>
+        <v>1.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B21">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C21">
-        <v>995.0</v>
+        <v>20.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B22">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C22">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B23">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C23">
-        <v>30.0</v>
+        <v>1.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B24">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C24">
-        <v>158.0</v>
+        <v>1.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="B25">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C25">
-        <v>927.0</v>
+        <v>1.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B26">
-        <v>0.92</v>
+        <v>0.964</v>
       </c>
       <c r="C26">
-        <v>142.0</v>
+        <v>1.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="B27">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C27">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="B28">
-        <v>0.92</v>
+        <v>0.964</v>
       </c>
       <c r="C28">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B29">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C29">
-        <v>58.0</v>
+        <v>1.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B30">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C30">
-        <v>1300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="B31">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C31">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="B32">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C32">
-        <v>792.0</v>
+        <v>1.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="B33">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C33">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="B34">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C34">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B35">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C35">
-        <v>171.0</v>
+        <v>1.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="B36">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C36">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B37">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C37">
         <v>1.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B38">
-        <v>0.921</v>
+        <v>0.964</v>
       </c>
       <c r="C38">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="B39">
-        <v>0.921</v>
+        <v>0.961</v>
       </c>
       <c r="C39">
-        <v>325.0</v>
+        <v>470.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B40">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C40">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="B41">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C41">
-        <v>1000.0</v>
+        <v>28.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B42">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C42">
-        <v>222.0</v>
+        <v>47.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="B43">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C43">
-        <v>472.0</v>
+        <v>893.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="B44">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C44">
-        <v>300.0</v>
+        <v>407.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="B45">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C45">
-        <v>130.0</v>
+        <v>830.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="B46">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C46">
-        <v>250.0</v>
+        <v>1763.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="B47">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C47">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="B48">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C48">
-        <v>53.0</v>
+        <v>1.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B49">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C49">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="B50">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C50">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="B51">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C51">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="B52">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C52">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="B53">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C53">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="B54">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C54">
         <v>1.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="B55">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C55">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="B56">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C56">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="B57">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C57">
-        <v>11.0</v>
+        <v>300.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="B58">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C58">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="B59">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C59">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="B60">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C60">
-        <v>5000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="B61">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C61">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="B62">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C62">
-        <v>1000.0</v>
+        <v>800.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="B63">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C63">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="B64">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C64">
-        <v>1900.0</v>
+        <v>2.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="B65">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C65">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="B66">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C66">
-        <v>100.0</v>
+        <v>3119.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="B67">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C67">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="B68">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C68">
-        <v>10.0</v>
+        <v>881.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="B69">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C69">
-        <v>53.0</v>
+        <v>1.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="B70">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C70">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B71">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C71">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="B72">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C72">
-        <v>10000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="B73">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C73">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="B74">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C74">
-        <v>1900.0</v>
+        <v>1.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="B75">
-        <v>0.92</v>
+        <v>0.963</v>
       </c>
       <c r="C75">
-        <v>1150.0</v>
+        <v>1.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="B76">
-        <v>0.921</v>
+        <v>0.961</v>
       </c>
       <c r="C76">
-        <v>5.0</v>
+        <v>186.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="B77">
-        <v>0.921</v>
+        <v>0.961</v>
       </c>
       <c r="C77">
-        <v>250.0</v>
+        <v>4.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="B78">
-        <v>0.921</v>
+        <v>0.961</v>
       </c>
       <c r="C78">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="B79">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C79">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="B80">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C80">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="B81">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C81">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="B82">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C82">
-        <v>1000.0</v>
+        <v>296.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="B83">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C83">
-        <v>650.0</v>
+        <v>22.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="B84">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C84">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="B85">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C85">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="B86">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C86">
-        <v>7000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="B87">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C87">
-        <v>61.0</v>
+        <v>1.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="B88">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C88">
-        <v>89.0</v>
+        <v>1.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="B89">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C89">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="B90">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C90">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="B91">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C91">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="B92">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C92">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="B93">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C93">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="B94">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C94">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="B95">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C95">
-        <v>56.0</v>
+        <v>1.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
       <c r="B96">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C96">
-        <v>245.0</v>
+        <v>1.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="B97">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C97">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="B98">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C98">
-        <v>2355.0</v>
+        <v>1.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="B99">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C99">
-        <v>1000.0</v>
+        <v>704.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="B100">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C100">
-        <v>54.0</v>
+        <v>4296.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="B101">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C101">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="B102">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C102">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="B103">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C103">
-        <v>236.0</v>
+        <v>14.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="B104">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C104">
-        <v>550.0</v>
+        <v>1.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="B105">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C105">
-        <v>30.0</v>
+        <v>1.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="B106">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C106">
-        <v>130.0</v>
+        <v>1.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="B107">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C107">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="B108">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C108">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="B109">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C109">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="B110">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C110">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="B111">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C111">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="B112">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C112">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="B113">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C113">
-        <v>350.0</v>
+        <v>5.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="B114">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C114">
-        <v>102.0</v>
+        <v>200.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="B115">
-        <v>0.921</v>
+        <v>0.963</v>
       </c>
       <c r="C115">
-        <v>450.0</v>
+        <v>100.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="B116">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C116">
-        <v>380.0</v>
+        <v>681.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>42</v>
+        <v>106</v>
       </c>
       <c r="B117">
-        <v>0.921</v>
+        <v>0.962</v>
       </c>
       <c r="C117">
-        <v>10.0</v>
+        <v>200.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="B118">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C118">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>44</v>
+        <v>106</v>
       </c>
       <c r="B119">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C119">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>44</v>
+        <v>106</v>
       </c>
       <c r="B120">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C120">
-        <v>20.0</v>
+        <v>1680.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="B121">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C121">
-        <v>102.0</v>
+        <v>1.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>44</v>
+        <v>108</v>
       </c>
       <c r="B122">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C122">
-        <v>112.0</v>
+        <v>46.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="B123">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C123">
-        <v>888.0</v>
+        <v>25.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="B124">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C124">
-        <v>612.0</v>
+        <v>150.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>46</v>
+        <v>111</v>
       </c>
       <c r="B125">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C125">
-        <v>3388.0</v>
+        <v>1.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="B126">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C126">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>46</v>
+        <v>113</v>
       </c>
       <c r="B127">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C127">
-        <v>1598.0</v>
+        <v>1.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
       <c r="B128">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C128">
-        <v>30.0</v>
+        <v>1.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="B129">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C129">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>49</v>
+        <v>116</v>
       </c>
       <c r="B130">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C130">
-        <v>4000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>50</v>
+        <v>117</v>
       </c>
       <c r="B131">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C131">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="B132">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C132">
-        <v>4372.0</v>
+        <v>1.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="B133">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C133">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
       <c r="B134">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C134">
-        <v>18.0</v>
+        <v>414.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
       <c r="B135">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C135">
-        <v>30.0</v>
+        <v>40.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
       <c r="B136">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C136">
-        <v>3.0</v>
+        <v>596.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="B137">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C137">
-        <v>777.0</v>
+        <v>1.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="B138">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C138">
-        <v>10.0</v>
+        <v>65.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>53</v>
+        <v>123</v>
       </c>
       <c r="B139">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C139">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>54</v>
+        <v>124</v>
       </c>
       <c r="B140">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C140">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>55</v>
+        <v>125</v>
       </c>
       <c r="B141">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C141">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="B142">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C142">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>57</v>
+        <v>127</v>
       </c>
       <c r="B143">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C143">
         <v>1.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>58</v>
+        <v>128</v>
       </c>
       <c r="B144">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C144">
-        <v>1223.0</v>
+        <v>200.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>58</v>
+        <v>129</v>
       </c>
       <c r="B145">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C145">
-        <v>30.0</v>
+        <v>788.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>58</v>
+        <v>129</v>
       </c>
       <c r="B146">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C146">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>58</v>
+        <v>129</v>
       </c>
       <c r="B147">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C147">
-        <v>7.0</v>
+        <v>448.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="B148">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C148">
-        <v>288.0</v>
+        <v>15.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>59</v>
+        <v>131</v>
       </c>
       <c r="B149">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C149">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>60</v>
+        <v>132</v>
       </c>
       <c r="B150">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C150">
-        <v>100.0</v>
+        <v>4.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="B151">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C151">
-        <v>6612.0</v>
+        <v>150.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="B152">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C152">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="B153">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C153">
-        <v>2000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="B154">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C154">
-        <v>31.0</v>
+        <v>3.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="B155">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C155">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>61</v>
+        <v>136</v>
       </c>
       <c r="B156">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C156">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>61</v>
+        <v>137</v>
       </c>
       <c r="B157">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C157">
-        <v>7.0</v>
+        <v>464.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>61</v>
+        <v>137</v>
       </c>
       <c r="B158">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C158">
-        <v>50.0</v>
+        <v>4536.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="B159">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C159">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="B160">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C160">
-        <v>1179.0</v>
+        <v>463.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="B161">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C161">
-        <v>1.0</v>
+        <v>300.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="B162">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C162">
-        <v>26.0</v>
+        <v>1637.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="B163">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C163">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>65</v>
+        <v>141</v>
       </c>
       <c r="B164">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C164">
-        <v>50.0</v>
+        <v>9.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
       <c r="B165">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C165">
-        <v>207.0</v>
+        <v>667.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>67</v>
+        <v>142</v>
       </c>
       <c r="B166">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C166">
-        <v>24793.0</v>
+        <v>1.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>67</v>
+        <v>143</v>
       </c>
       <c r="B167">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C167">
-        <v>27207.0</v>
+        <v>1.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>68</v>
+        <v>144</v>
       </c>
       <c r="B168">
-        <v>0.924</v>
+        <v>0.963</v>
       </c>
       <c r="C168">
-        <v>1.0</v>
+        <v>210.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="B169">
-        <v>0.924</v>
+        <v>0.963</v>
       </c>
       <c r="C169">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="B170">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C170">
-        <v>10000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>71</v>
+        <v>147</v>
       </c>
       <c r="B171">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C171">
-        <v>10980.0</v>
+        <v>65.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>71</v>
+        <v>148</v>
       </c>
       <c r="B172">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C172">
-        <v>914.0</v>
+        <v>1552.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>71</v>
+        <v>148</v>
       </c>
       <c r="B173">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C173">
-        <v>10.0</v>
+        <v>525.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>71</v>
+        <v>148</v>
       </c>
       <c r="B174">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C174">
-        <v>889.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>72</v>
+        <v>148</v>
       </c>
       <c r="B175">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C175">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>73</v>
+        <v>148</v>
       </c>
       <c r="B176">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C176">
-        <v>1.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>74</v>
+        <v>148</v>
       </c>
       <c r="B177">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C177">
-        <v>1.0</v>
+        <v>823.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>75</v>
+        <v>149</v>
       </c>
       <c r="B178">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C178">
         <v>1.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>76</v>
+        <v>150</v>
       </c>
       <c r="B179">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C179">
         <v>1.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>77</v>
+        <v>151</v>
       </c>
       <c r="B180">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C180">
         <v>1.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>78</v>
+        <v>152</v>
       </c>
       <c r="B181">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C181">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="B182">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C182">
-        <v>1.0</v>
+        <v>26.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="B183">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C183">
-        <v>1.0</v>
+        <v>1116.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="B184">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C184">
-        <v>1.0</v>
+        <v>300.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>82</v>
+        <v>155</v>
       </c>
       <c r="B185">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C185">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>83</v>
+        <v>156</v>
       </c>
       <c r="B186">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C186">
-        <v>22286.0</v>
+        <v>35.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="B187">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C187">
-        <v>10.0</v>
+        <v>500.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="B188">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C188">
-        <v>5000.0</v>
+        <v>52.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="B189">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C189">
-        <v>900.0</v>
+        <v>17.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="B190">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C190">
-        <v>3000.0</v>
+        <v>353.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="B191">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C191">
-        <v>2000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="B192">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C192">
-        <v>100.0</v>
+        <v>800.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>83</v>
+        <v>158</v>
       </c>
       <c r="B193">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C193">
-        <v>5000.0</v>
+        <v>2347.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>83</v>
+        <v>159</v>
       </c>
       <c r="B194">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C194">
-        <v>1000.0</v>
+        <v>232.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>83</v>
+        <v>160</v>
       </c>
       <c r="B195">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C195">
-        <v>10704.0</v>
+        <v>5.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>84</v>
+        <v>161</v>
       </c>
       <c r="B196">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C196">
-        <v>1.0</v>
+        <v>311.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="B197">
-        <v>0.922</v>
+        <v>0.964</v>
       </c>
       <c r="C197">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>86</v>
+        <v>163</v>
       </c>
       <c r="B198">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C198">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>87</v>
+        <v>164</v>
       </c>
       <c r="B199">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C199">
-        <v>1.0</v>
+        <v>223.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="B200">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C200">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>89</v>
+        <v>166</v>
       </c>
       <c r="B201">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C201">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="B202">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C202">
-        <v>200.0</v>
+        <v>15.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>91</v>
+        <v>168</v>
       </c>
       <c r="B203">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C203">
-        <v>1.0</v>
+        <v>30.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>92</v>
+        <v>169</v>
       </c>
       <c r="B204">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C204">
         <v>1.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>93</v>
+        <v>170</v>
       </c>
       <c r="B205">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C205">
         <v>1.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>94</v>
+        <v>171</v>
       </c>
       <c r="B206">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C206">
         <v>1.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>95</v>
+        <v>172</v>
       </c>
       <c r="B207">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C207">
-        <v>1.0</v>
+        <v>106.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>96</v>
+        <v>173</v>
       </c>
       <c r="B208">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C208">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="B209">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C209">
-        <v>1.0</v>
+        <v>520.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
       <c r="B210">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C210">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="B211">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C211">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>100</v>
+        <v>177</v>
       </c>
       <c r="B212">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C212">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>101</v>
+        <v>178</v>
       </c>
       <c r="B213">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C213">
-        <v>1.0</v>
+        <v>32.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>102</v>
+        <v>179</v>
       </c>
       <c r="B214">
-        <v>0.923</v>
+        <v>0.964</v>
       </c>
       <c r="C214">
         <v>1.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>103</v>
+        <v>180</v>
       </c>
       <c r="B215">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C215">
-        <v>1.0</v>
+        <v>58.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>104</v>
+        <v>181</v>
       </c>
       <c r="B216">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C216">
-        <v>230.0</v>
+        <v>1033.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="B217">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C217">
-        <v>2.0</v>
+        <v>267.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>106</v>
+        <v>182</v>
       </c>
       <c r="B218">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C218">
-        <v>190.0</v>
+        <v>733.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>107</v>
+        <v>182</v>
       </c>
       <c r="B219">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C219">
-        <v>40.0</v>
+        <v>200.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>108</v>
+        <v>182</v>
       </c>
       <c r="B220">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C220">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="B221">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C221">
-        <v>898.0</v>
+        <v>1067.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>109</v>
+        <v>183</v>
       </c>
       <c r="B222">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C222">
-        <v>2.0</v>
+        <v>933.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>109</v>
+        <v>183</v>
       </c>
       <c r="B223">
-        <v>0.922</v>
+        <v>0.963</v>
       </c>
       <c r="C223">
-        <v>100.0</v>
+        <v>4067.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>110</v>
+        <v>184</v>
       </c>
       <c r="B224">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C224">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>111</v>
+        <v>185</v>
       </c>
       <c r="B225">
-        <v>0.922</v>
+        <v>0.962</v>
       </c>
       <c r="C225">
-        <v>580.0</v>
+        <v>130.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>112</v>
+        <v>186</v>
       </c>
       <c r="B226">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C226">
-        <v>1000.0</v>
+        <v>932.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>113</v>
+        <v>186</v>
       </c>
       <c r="B227">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C227">
-        <v>2.0</v>
+        <v>68.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>113</v>
+        <v>187</v>
       </c>
       <c r="B228">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C228">
-        <v>2000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>113</v>
+        <v>188</v>
       </c>
       <c r="B229">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C229">
-        <v>5.0</v>
+        <v>42.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>113</v>
+        <v>189</v>
       </c>
       <c r="B230">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C230">
         <v>20.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>113</v>
+        <v>189</v>
       </c>
       <c r="B231">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C231">
-        <v>87.0</v>
+        <v>238.0</v>
       </c>
       <c r="D231" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>113</v>
+        <v>190</v>
       </c>
       <c r="B232">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C232">
-        <v>1.0</v>
+        <v>237.0</v>
       </c>
       <c r="D232" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>113</v>
+        <v>190</v>
       </c>
       <c r="B233">
-        <v>0.923</v>
+        <v>0.962</v>
       </c>
       <c r="C233">
-        <v>10.0</v>
+        <v>383.0</v>
       </c>
       <c r="D233" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>113</v>
+        <v>191</v>
       </c>
       <c r="B234">
-        <v>0.923</v>
+        <v>0.963</v>
       </c>
       <c r="C234">
+        <v>22.0</v>
+      </c>
+      <c r="D234" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>192</v>
+      </c>
+      <c r="B235">
+        <v>0.962</v>
+      </c>
+      <c r="C235">
+        <v>500.0</v>
+      </c>
+      <c r="D235" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>192</v>
+      </c>
+      <c r="B236">
+        <v>0.962</v>
+      </c>
+      <c r="C236">
+        <v>3000.0</v>
+      </c>
+      <c r="D236" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>192</v>
+      </c>
+      <c r="B237">
+        <v>0.962</v>
+      </c>
+      <c r="C237">
+        <v>4317.0</v>
+      </c>
+      <c r="D237" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>193</v>
+      </c>
+      <c r="B238">
+        <v>0.961</v>
+      </c>
+      <c r="C238">
+        <v>475.0</v>
+      </c>
+      <c r="D238" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>194</v>
+      </c>
+      <c r="B239">
+        <v>0.962</v>
+      </c>
+      <c r="C239">
+        <v>27.0</v>
+      </c>
+      <c r="D239" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>195</v>
+      </c>
+      <c r="B240">
+        <v>0.962</v>
+      </c>
+      <c r="C240">
+        <v>2100.0</v>
+      </c>
+      <c r="D240" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>196</v>
+      </c>
+      <c r="B241">
+        <v>0.962</v>
+      </c>
+      <c r="C241">
+        <v>500.0</v>
+      </c>
+      <c r="D241" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>197</v>
+      </c>
+      <c r="B242">
+        <v>0.962</v>
+      </c>
+      <c r="C242">
+        <v>1000.0</v>
+      </c>
+      <c r="D242" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>198</v>
+      </c>
+      <c r="B243">
+        <v>0.962</v>
+      </c>
+      <c r="C243">
+        <v>1.0</v>
+      </c>
+      <c r="D243" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>199</v>
+      </c>
+      <c r="B244">
+        <v>0.962</v>
+      </c>
+      <c r="C244">
+        <v>2.0</v>
+      </c>
+      <c r="D244" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>200</v>
+      </c>
+      <c r="B245">
+        <v>0.962</v>
+      </c>
+      <c r="C245">
+        <v>75.0</v>
+      </c>
+      <c r="D245" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>201</v>
+      </c>
+      <c r="B246">
+        <v>0.962</v>
+      </c>
+      <c r="C246">
+        <v>2.0</v>
+      </c>
+      <c r="D246" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>202</v>
+      </c>
+      <c r="B247">
+        <v>0.962</v>
+      </c>
+      <c r="C247">
+        <v>5.0</v>
+      </c>
+      <c r="D247" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>203</v>
+      </c>
+      <c r="B248">
+        <v>0.962</v>
+      </c>
+      <c r="C248">
         <v>20.0</v>
       </c>
-      <c r="D234" t="s">
+      <c r="D248" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>204</v>
+      </c>
+      <c r="B249">
+        <v>0.962</v>
+      </c>
+      <c r="C249">
+        <v>2.0</v>
+      </c>
+      <c r="D249" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>205</v>
+      </c>
+      <c r="B250">
+        <v>0.962</v>
+      </c>
+      <c r="C250">
+        <v>1000.0</v>
+      </c>
+      <c r="D250" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>206</v>
+      </c>
+      <c r="B251">
+        <v>0.962</v>
+      </c>
+      <c r="C251">
+        <v>4.0</v>
+      </c>
+      <c r="D251" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>207</v>
+      </c>
+      <c r="B252">
+        <v>0.962</v>
+      </c>
+      <c r="C252">
+        <v>2.0</v>
+      </c>
+      <c r="D252" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>208</v>
+      </c>
+      <c r="B253">
+        <v>0.962</v>
+      </c>
+      <c r="C253">
+        <v>500.0</v>
+      </c>
+      <c r="D253" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>209</v>
+      </c>
+      <c r="B254">
+        <v>0.961</v>
+      </c>
+      <c r="C254">
+        <v>1.0</v>
+      </c>
+      <c r="D254" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>210</v>
+      </c>
+      <c r="B255">
+        <v>0.961</v>
+      </c>
+      <c r="C255">
+        <v>4.0</v>
+      </c>
+      <c r="D255" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>211</v>
+      </c>
+      <c r="B256">
+        <v>0.961</v>
+      </c>
+      <c r="C256">
+        <v>5.0</v>
+      </c>
+      <c r="D256" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>212</v>
+      </c>
+      <c r="B257">
+        <v>0.961</v>
+      </c>
+      <c r="C257">
+        <v>4.0</v>
+      </c>
+      <c r="D257" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>213</v>
+      </c>
+      <c r="B258">
+        <v>0.961</v>
+      </c>
+      <c r="C258">
+        <v>4.0</v>
+      </c>
+      <c r="D258" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>214</v>
+      </c>
+      <c r="B259">
+        <v>0.961</v>
+      </c>
+      <c r="C259">
+        <v>4.0</v>
+      </c>
+      <c r="D259" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>215</v>
+      </c>
+      <c r="B260">
+        <v>0.961</v>
+      </c>
+      <c r="C260">
+        <v>4.0</v>
+      </c>
+      <c r="D260" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>216</v>
+      </c>
+      <c r="B261">
+        <v>0.961</v>
+      </c>
+      <c r="C261">
+        <v>400.0</v>
+      </c>
+      <c r="D261" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>217</v>
+      </c>
+      <c r="B262">
+        <v>0.961</v>
+      </c>
+      <c r="C262">
+        <v>4.0</v>
+      </c>
+      <c r="D262" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>218</v>
+      </c>
+      <c r="B263">
+        <v>0.961</v>
+      </c>
+      <c r="C263">
+        <v>4.0</v>
+      </c>
+      <c r="D263" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>219</v>
+      </c>
+      <c r="B264">
+        <v>0.961</v>
+      </c>
+      <c r="C264">
+        <v>4.0</v>
+      </c>
+      <c r="D264" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>220</v>
+      </c>
+      <c r="B265">
+        <v>0.961</v>
+      </c>
+      <c r="C265">
+        <v>100.0</v>
+      </c>
+      <c r="D265" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>221</v>
+      </c>
+      <c r="B266">
+        <v>0.961</v>
+      </c>
+      <c r="C266">
+        <v>4.0</v>
+      </c>
+      <c r="D266" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>222</v>
+      </c>
+      <c r="B267">
+        <v>0.961</v>
+      </c>
+      <c r="C267">
+        <v>1.0</v>
+      </c>
+      <c r="D267" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>222</v>
+      </c>
+      <c r="B268">
+        <v>0.96</v>
+      </c>
+      <c r="C268">
+        <v>229.0</v>
+      </c>
+      <c r="D268" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>223</v>
+      </c>
+      <c r="B269">
+        <v>0.961</v>
+      </c>
+      <c r="C269">
+        <v>500.0</v>
+      </c>
+      <c r="D269" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>224</v>
+      </c>
+      <c r="B270">
+        <v>0.961</v>
+      </c>
+      <c r="C270">
+        <v>4.0</v>
+      </c>
+      <c r="D270" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>225</v>
+      </c>
+      <c r="B271">
+        <v>0.961</v>
+      </c>
+      <c r="C271">
+        <v>4.0</v>
+      </c>
+      <c r="D271" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>226</v>
+      </c>
+      <c r="B272">
+        <v>0.961</v>
+      </c>
+      <c r="C272">
+        <v>4.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>227</v>
+      </c>
+      <c r="B273">
+        <v>0.961</v>
+      </c>
+      <c r="C273">
+        <v>4.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>228</v>
+      </c>
+      <c r="B274">
+        <v>0.961</v>
+      </c>
+      <c r="C274">
+        <v>4.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>229</v>
+      </c>
+      <c r="B275">
+        <v>0.961</v>
+      </c>
+      <c r="C275">
+        <v>937.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>229</v>
+      </c>
+      <c r="B276">
+        <v>0.961</v>
+      </c>
+      <c r="C276">
+        <v>63.0</v>
+      </c>
+      <c r="D276" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>230</v>
+      </c>
+      <c r="B277">
+        <v>0.961</v>
+      </c>
+      <c r="C277">
+        <v>4.0</v>
+      </c>
+      <c r="D277" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>231</v>
+      </c>
+      <c r="B278">
+        <v>0.961</v>
+      </c>
+      <c r="C278">
+        <v>4000.0</v>
+      </c>
+      <c r="D278" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>232</v>
+      </c>
+      <c r="B279">
+        <v>0.961</v>
+      </c>
+      <c r="C279">
+        <v>4.0</v>
+      </c>
+      <c r="D279" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>233</v>
+      </c>
+      <c r="B280">
+        <v>0.961</v>
+      </c>
+      <c r="C280">
+        <v>4.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>234</v>
+      </c>
+      <c r="B281">
+        <v>0.961</v>
+      </c>
+      <c r="C281">
+        <v>4.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>235</v>
+      </c>
+      <c r="B282">
+        <v>0.96</v>
+      </c>
+      <c r="C282">
+        <v>293.0</v>
+      </c>
+      <c r="D282" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>236</v>
+      </c>
+      <c r="B283">
+        <v>0.96</v>
+      </c>
+      <c r="C283">
+        <v>500.0</v>
+      </c>
+      <c r="D283" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>236</v>
+      </c>
+      <c r="B284">
+        <v>0.96</v>
+      </c>
+      <c r="C284">
+        <v>395.0</v>
+      </c>
+      <c r="D284" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>236</v>
+      </c>
+      <c r="B285">
+        <v>0.96</v>
+      </c>
+      <c r="C285">
+        <v>312.0</v>
+      </c>
+      <c r="D285" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>237</v>
+      </c>
+      <c r="B286">
+        <v>0.961</v>
+      </c>
+      <c r="C286">
+        <v>4.0</v>
+      </c>
+      <c r="D286" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>238</v>
+      </c>
+      <c r="B287">
+        <v>0.961</v>
+      </c>
+      <c r="C287">
+        <v>100.0</v>
+      </c>
+      <c r="D287" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>239</v>
+      </c>
+      <c r="B288">
+        <v>0.961</v>
+      </c>
+      <c r="C288">
+        <v>4.0</v>
+      </c>
+      <c r="D288" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>240</v>
+      </c>
+      <c r="B289">
+        <v>0.961</v>
+      </c>
+      <c r="C289">
+        <v>1.0</v>
+      </c>
+      <c r="D289" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>241</v>
+      </c>
+      <c r="B290">
+        <v>0.961</v>
+      </c>
+      <c r="C290">
+        <v>2.0</v>
+      </c>
+      <c r="D290" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>242</v>
+      </c>
+      <c r="B291">
+        <v>0.961</v>
+      </c>
+      <c r="C291">
+        <v>2.0</v>
+      </c>
+      <c r="D291" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>243</v>
+      </c>
+      <c r="B292">
+        <v>0.961</v>
+      </c>
+      <c r="C292">
+        <v>4.0</v>
+      </c>
+      <c r="D292" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>244</v>
+      </c>
+      <c r="B293">
+        <v>0.961</v>
+      </c>
+      <c r="C293">
+        <v>300.0</v>
+      </c>
+      <c r="D293" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>244</v>
+      </c>
+      <c r="B294">
+        <v>0.961</v>
+      </c>
+      <c r="C294">
+        <v>4.0</v>
+      </c>
+      <c r="D294" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>245</v>
+      </c>
+      <c r="B295">
+        <v>0.962</v>
+      </c>
+      <c r="C295">
+        <v>6.0</v>
+      </c>
+      <c r="D295" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>246</v>
+      </c>
+      <c r="B296">
+        <v>0.958</v>
+      </c>
+      <c r="C296">
+        <v>836.0</v>
+      </c>
+      <c r="D296" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>246</v>
+      </c>
+      <c r="B297">
+        <v>0.958</v>
+      </c>
+      <c r="C297">
+        <v>1000.0</v>
+      </c>
+      <c r="D297" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>246</v>
+      </c>
+      <c r="B298">
+        <v>0.958</v>
+      </c>
+      <c r="C298">
+        <v>200.0</v>
+      </c>
+      <c r="D298" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>246</v>
+      </c>
+      <c r="B299">
+        <v>0.96</v>
+      </c>
+      <c r="C299">
+        <v>5.0</v>
+      </c>
+      <c r="D299" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>247</v>
+      </c>
+      <c r="B300">
+        <v>0.96</v>
+      </c>
+      <c r="C300">
+        <v>995.0</v>
+      </c>
+      <c r="D300" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>247</v>
+      </c>
+      <c r="B301">
+        <v>0.96</v>
+      </c>
+      <c r="C301">
+        <v>500.0</v>
+      </c>
+      <c r="D301" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>247</v>
+      </c>
+      <c r="B302">
+        <v>0.96</v>
+      </c>
+      <c r="C302">
+        <v>52.0</v>
+      </c>
+      <c r="D302" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>247</v>
+      </c>
+      <c r="B303">
+        <v>0.96</v>
+      </c>
+      <c r="C303">
+        <v>3.0</v>
+      </c>
+      <c r="D303" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>247</v>
+      </c>
+      <c r="B304">
+        <v>0.96</v>
+      </c>
+      <c r="C304">
+        <v>6600.0</v>
+      </c>
+      <c r="D304" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>247</v>
+      </c>
+      <c r="B305">
+        <v>0.96</v>
+      </c>
+      <c r="C305">
+        <v>2000.0</v>
+      </c>
+      <c r="D305" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>247</v>
+      </c>
+      <c r="B306">
+        <v>0.96</v>
+      </c>
+      <c r="C306">
+        <v>1.0</v>
+      </c>
+      <c r="D306" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>247</v>
+      </c>
+      <c r="B307">
+        <v>0.96</v>
+      </c>
+      <c r="C307">
+        <v>1.0</v>
+      </c>
+      <c r="D307" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>247</v>
+      </c>
+      <c r="B308">
+        <v>0.96</v>
+      </c>
+      <c r="C308">
+        <v>5.0</v>
+      </c>
+      <c r="D308" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>247</v>
+      </c>
+      <c r="B309">
+        <v>0.96</v>
+      </c>
+      <c r="C309">
+        <v>12.0</v>
+      </c>
+      <c r="D309" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>247</v>
+      </c>
+      <c r="B310">
+        <v>0.96</v>
+      </c>
+      <c r="C310">
+        <v>4.0</v>
+      </c>
+      <c r="D310" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>247</v>
+      </c>
+      <c r="B311">
+        <v>0.96</v>
+      </c>
+      <c r="C311">
+        <v>1.0</v>
+      </c>
+      <c r="D311" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>247</v>
+      </c>
+      <c r="B312">
+        <v>0.96</v>
+      </c>
+      <c r="C312">
+        <v>330.0</v>
+      </c>
+      <c r="D312" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>247</v>
+      </c>
+      <c r="B313">
+        <v>0.96</v>
+      </c>
+      <c r="C313">
+        <v>3000.0</v>
+      </c>
+      <c r="D313" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>247</v>
+      </c>
+      <c r="B314">
+        <v>0.96</v>
+      </c>
+      <c r="C314">
+        <v>1100.0</v>
+      </c>
+      <c r="D314" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>247</v>
+      </c>
+      <c r="B315">
+        <v>0.96</v>
+      </c>
+      <c r="C315">
+        <v>100.0</v>
+      </c>
+      <c r="D315" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>247</v>
+      </c>
+      <c r="B316">
+        <v>0.96</v>
+      </c>
+      <c r="C316">
+        <v>100.0</v>
+      </c>
+      <c r="D316" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>247</v>
+      </c>
+      <c r="B317">
+        <v>0.96</v>
+      </c>
+      <c r="C317">
+        <v>1.0</v>
+      </c>
+      <c r="D317" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>247</v>
+      </c>
+      <c r="B318">
+        <v>0.96</v>
+      </c>
+      <c r="C318">
+        <v>2000.0</v>
+      </c>
+      <c r="D318" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>247</v>
+      </c>
+      <c r="B319">
+        <v>0.96</v>
+      </c>
+      <c r="C319">
+        <v>500.0</v>
+      </c>
+      <c r="D319" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>247</v>
+      </c>
+      <c r="B320">
+        <v>0.96</v>
+      </c>
+      <c r="C320">
+        <v>4.0</v>
+      </c>
+      <c r="D320" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>247</v>
+      </c>
+      <c r="B321">
+        <v>0.96</v>
+      </c>
+      <c r="C321">
+        <v>100.0</v>
+      </c>
+      <c r="D321" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>247</v>
+      </c>
+      <c r="B322">
+        <v>0.961</v>
+      </c>
+      <c r="C322">
+        <v>4.0</v>
+      </c>
+      <c r="D322" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>247</v>
+      </c>
+      <c r="B323">
+        <v>0.961</v>
+      </c>
+      <c r="C323">
+        <v>4.0</v>
+      </c>
+      <c r="D323" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>247</v>
+      </c>
+      <c r="B324">
+        <v>0.961</v>
+      </c>
+      <c r="C324">
+        <v>100.0</v>
+      </c>
+      <c r="D324" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>247</v>
+      </c>
+      <c r="B325">
+        <v>0.961</v>
+      </c>
+      <c r="C325">
+        <v>50.0</v>
+      </c>
+      <c r="D325" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>247</v>
+      </c>
+      <c r="B326">
+        <v>0.961</v>
+      </c>
+      <c r="C326">
+        <v>10.0</v>
+      </c>
+      <c r="D326" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>247</v>
+      </c>
+      <c r="B327">
+        <v>0.961</v>
+      </c>
+      <c r="C327">
+        <v>5.0</v>
+      </c>
+      <c r="D327" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>247</v>
+      </c>
+      <c r="B328">
+        <v>0.961</v>
+      </c>
+      <c r="C328">
+        <v>200.0</v>
+      </c>
+      <c r="D328" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>247</v>
+      </c>
+      <c r="B329">
+        <v>0.961</v>
+      </c>
+      <c r="C329">
+        <v>2000.0</v>
+      </c>
+      <c r="D329" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>247</v>
+      </c>
+      <c r="B330">
+        <v>0.961</v>
+      </c>
+      <c r="C330">
+        <v>1000.0</v>
+      </c>
+      <c r="D330" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>247</v>
+      </c>
+      <c r="B331">
+        <v>0.961</v>
+      </c>
+      <c r="C331">
+        <v>1000.0</v>
+      </c>
+      <c r="D331" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>247</v>
+      </c>
+      <c r="B332">
+        <v>0.961</v>
+      </c>
+      <c r="C332">
+        <v>2500.0</v>
+      </c>
+      <c r="D332" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>247</v>
+      </c>
+      <c r="B333">
+        <v>0.961</v>
+      </c>
+      <c r="C333">
+        <v>718.0</v>
+      </c>
+      <c r="D333" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>248</v>
+      </c>
+      <c r="B334">
+        <v>0.962</v>
+      </c>
+      <c r="C334">
+        <v>35.0</v>
+      </c>
+      <c r="D334" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>249</v>
+      </c>
+      <c r="B335">
+        <v>0.961</v>
+      </c>
+      <c r="C335">
+        <v>282.0</v>
+      </c>
+      <c r="D335" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>249</v>
+      </c>
+      <c r="B336">
+        <v>0.961</v>
+      </c>
+      <c r="C336">
+        <v>500.0</v>
+      </c>
+      <c r="D336" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>249</v>
+      </c>
+      <c r="B337">
+        <v>0.961</v>
+      </c>
+      <c r="C337">
+        <v>500.0</v>
+      </c>
+      <c r="D337" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>249</v>
+      </c>
+      <c r="B338">
+        <v>0.961</v>
+      </c>
+      <c r="C338">
+        <v>418.0</v>
+      </c>
+      <c r="D338" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>249</v>
+      </c>
+      <c r="B339">
+        <v>0.961</v>
+      </c>
+      <c r="C339">
+        <v>14.0</v>
+      </c>
+      <c r="D339" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>249</v>
+      </c>
+      <c r="B340">
+        <v>0.961</v>
+      </c>
+      <c r="C340">
+        <v>500.0</v>
+      </c>
+      <c r="D340" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>249</v>
+      </c>
+      <c r="B341">
+        <v>0.961</v>
+      </c>
+      <c r="C341">
+        <v>35.0</v>
+      </c>
+      <c r="D341" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>249</v>
+      </c>
+      <c r="B342">
+        <v>0.961</v>
+      </c>
+      <c r="C342">
+        <v>50.0</v>
+      </c>
+      <c r="D342" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>249</v>
+      </c>
+      <c r="B343">
+        <v>0.961</v>
+      </c>
+      <c r="C343">
+        <v>10.0</v>
+      </c>
+      <c r="D343" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>249</v>
+      </c>
+      <c r="B344">
+        <v>0.961</v>
+      </c>
+      <c r="C344">
+        <v>180.0</v>
+      </c>
+      <c r="D344" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>249</v>
+      </c>
+      <c r="B345">
+        <v>0.961</v>
+      </c>
+      <c r="C345">
+        <v>2.0</v>
+      </c>
+      <c r="D345" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>249</v>
+      </c>
+      <c r="B346">
+        <v>0.961</v>
+      </c>
+      <c r="C346">
+        <v>9.0</v>
+      </c>
+      <c r="D346" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>249</v>
+      </c>
+      <c r="B347">
+        <v>0.961</v>
+      </c>
+      <c r="C347">
+        <v>191.0</v>
+      </c>
+      <c r="D347" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>249</v>
+      </c>
+      <c r="B348">
+        <v>0.961</v>
+      </c>
+      <c r="C348">
+        <v>3.0</v>
+      </c>
+      <c r="D348" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>249</v>
+      </c>
+      <c r="B349">
+        <v>0.961</v>
+      </c>
+      <c r="C349">
+        <v>1000.0</v>
+      </c>
+      <c r="D349" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>249</v>
+      </c>
+      <c r="B350">
+        <v>0.961</v>
+      </c>
+      <c r="C350">
+        <v>100.0</v>
+      </c>
+      <c r="D350" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>249</v>
+      </c>
+      <c r="B351">
+        <v>0.961</v>
+      </c>
+      <c r="C351">
+        <v>50.0</v>
+      </c>
+      <c r="D351" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>249</v>
+      </c>
+      <c r="B352">
+        <v>0.961</v>
+      </c>
+      <c r="C352">
+        <v>1.0</v>
+      </c>
+      <c r="D352" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>249</v>
+      </c>
+      <c r="B353">
+        <v>0.961</v>
+      </c>
+      <c r="C353">
+        <v>135.0</v>
+      </c>
+      <c r="D353" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>249</v>
+      </c>
+      <c r="B354">
+        <v>0.961</v>
+      </c>
+      <c r="C354">
+        <v>360.0</v>
+      </c>
+      <c r="D354" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>249</v>
+      </c>
+      <c r="B355">
+        <v>0.961</v>
+      </c>
+      <c r="C355">
+        <v>140.0</v>
+      </c>
+      <c r="D355" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>249</v>
+      </c>
+      <c r="B356">
+        <v>0.961</v>
+      </c>
+      <c r="C356">
+        <v>50.0</v>
+      </c>
+      <c r="D356" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>249</v>
+      </c>
+      <c r="B357">
+        <v>0.961</v>
+      </c>
+      <c r="C357">
+        <v>40.0</v>
+      </c>
+      <c r="D357" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>249</v>
+      </c>
+      <c r="B358">
+        <v>0.961</v>
+      </c>
+      <c r="C358">
+        <v>10.0</v>
+      </c>
+      <c r="D358" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>249</v>
+      </c>
+      <c r="B359">
+        <v>0.961</v>
+      </c>
+      <c r="C359">
+        <v>30.0</v>
+      </c>
+      <c r="D359" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>