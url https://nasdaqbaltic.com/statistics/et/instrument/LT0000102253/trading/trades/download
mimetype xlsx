--- v2 (2026-01-11)
+++ v3 (2026-02-03)
@@ -12,800 +12,506 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
-    <t>15:59:33</t>
+    <t>15:59:43</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:52:38</t>
-[...728 lines deleted...]
-    <t>10:00:03</t>
+    <t>15:47:06</t>
+  </si>
+  <si>
+    <t>15:45:03</t>
+  </si>
+  <si>
+    <t>15:42:46</t>
+  </si>
+  <si>
+    <t>15:34:38</t>
+  </si>
+  <si>
+    <t>15:28:52</t>
+  </si>
+  <si>
+    <t>15:28:31</t>
+  </si>
+  <si>
+    <t>15:27:39</t>
+  </si>
+  <si>
+    <t>15:25:54</t>
+  </si>
+  <si>
+    <t>15:25:02</t>
+  </si>
+  <si>
+    <t>15:21:59</t>
+  </si>
+  <si>
+    <t>15:14:05</t>
+  </si>
+  <si>
+    <t>15:02:59</t>
+  </si>
+  <si>
+    <t>14:54:11</t>
+  </si>
+  <si>
+    <t>14:51:35</t>
+  </si>
+  <si>
+    <t>14:50:27</t>
+  </si>
+  <si>
+    <t>14:50:03</t>
+  </si>
+  <si>
+    <t>14:49:44</t>
+  </si>
+  <si>
+    <t>14:49:02</t>
+  </si>
+  <si>
+    <t>14:47:52</t>
+  </si>
+  <si>
+    <t>14:39:05</t>
+  </si>
+  <si>
+    <t>14:38:15</t>
+  </si>
+  <si>
+    <t>14:37:06</t>
+  </si>
+  <si>
+    <t>14:36:00</t>
+  </si>
+  <si>
+    <t>14:35:53</t>
+  </si>
+  <si>
+    <t>14:35:13</t>
+  </si>
+  <si>
+    <t>14:30:47</t>
+  </si>
+  <si>
+    <t>14:29:47</t>
+  </si>
+  <si>
+    <t>14:26:13</t>
+  </si>
+  <si>
+    <t>14:21:15</t>
+  </si>
+  <si>
+    <t>14:20:36</t>
+  </si>
+  <si>
+    <t>14:20:15</t>
+  </si>
+  <si>
+    <t>14:20:08</t>
+  </si>
+  <si>
+    <t>14:19:54</t>
+  </si>
+  <si>
+    <t>14:19:19</t>
+  </si>
+  <si>
+    <t>14:18:27</t>
+  </si>
+  <si>
+    <t>14:15:19</t>
+  </si>
+  <si>
+    <t>14:14:27</t>
+  </si>
+  <si>
+    <t>14:13:14</t>
+  </si>
+  <si>
+    <t>14:09:02</t>
+  </si>
+  <si>
+    <t>14:07:54</t>
+  </si>
+  <si>
+    <t>14:07:40</t>
+  </si>
+  <si>
+    <t>14:07:12</t>
+  </si>
+  <si>
+    <t>14:06:25</t>
+  </si>
+  <si>
+    <t>14:02:39</t>
+  </si>
+  <si>
+    <t>13:57:22</t>
+  </si>
+  <si>
+    <t>13:55:44</t>
+  </si>
+  <si>
+    <t>13:54:37</t>
+  </si>
+  <si>
+    <t>13:53:59</t>
+  </si>
+  <si>
+    <t>13:47:04</t>
+  </si>
+  <si>
+    <t>13:46:51</t>
+  </si>
+  <si>
+    <t>13:46:47</t>
+  </si>
+  <si>
+    <t>13:34:44</t>
+  </si>
+  <si>
+    <t>13:31:02</t>
+  </si>
+  <si>
+    <t>13:28:44</t>
+  </si>
+  <si>
+    <t>13:25:59</t>
+  </si>
+  <si>
+    <t>13:22:44</t>
+  </si>
+  <si>
+    <t>13:13:28</t>
+  </si>
+  <si>
+    <t>13:10:43</t>
+  </si>
+  <si>
+    <t>13:09:50</t>
+  </si>
+  <si>
+    <t>13:08:34</t>
+  </si>
+  <si>
+    <t>13:02:15</t>
+  </si>
+  <si>
+    <t>12:55:58</t>
+  </si>
+  <si>
+    <t>12:53:43</t>
+  </si>
+  <si>
+    <t>12:43:27</t>
+  </si>
+  <si>
+    <t>12:40:33</t>
+  </si>
+  <si>
+    <t>12:38:40</t>
+  </si>
+  <si>
+    <t>12:38:16</t>
+  </si>
+  <si>
+    <t>12:34:08</t>
+  </si>
+  <si>
+    <t>12:33:25</t>
+  </si>
+  <si>
+    <t>12:33:07</t>
+  </si>
+  <si>
+    <t>12:26:05</t>
+  </si>
+  <si>
+    <t>12:25:27</t>
+  </si>
+  <si>
+    <t>12:23:50</t>
+  </si>
+  <si>
+    <t>12:18:03</t>
+  </si>
+  <si>
+    <t>12:17:57</t>
+  </si>
+  <si>
+    <t>12:13:06</t>
+  </si>
+  <si>
+    <t>12:03:58</t>
+  </si>
+  <si>
+    <t>12:03:38</t>
+  </si>
+  <si>
+    <t>12:02:20</t>
+  </si>
+  <si>
+    <t>12:00:24</t>
+  </si>
+  <si>
+    <t>11:57:02</t>
+  </si>
+  <si>
+    <t>11:54:30</t>
+  </si>
+  <si>
+    <t>11:51:49</t>
+  </si>
+  <si>
+    <t>11:50:44</t>
+  </si>
+  <si>
+    <t>11:50:26</t>
+  </si>
+  <si>
+    <t>11:49:44</t>
+  </si>
+  <si>
+    <t>11:49:07</t>
+  </si>
+  <si>
+    <t>11:47:53</t>
+  </si>
+  <si>
+    <t>11:46:03</t>
+  </si>
+  <si>
+    <t>11:45:01</t>
+  </si>
+  <si>
+    <t>11:44:53</t>
+  </si>
+  <si>
+    <t>11:44:37</t>
+  </si>
+  <si>
+    <t>11:39:26</t>
+  </si>
+  <si>
+    <t>11:37:14</t>
+  </si>
+  <si>
+    <t>11:35:30</t>
+  </si>
+  <si>
+    <t>11:29:25</t>
+  </si>
+  <si>
+    <t>11:27:21</t>
+  </si>
+  <si>
+    <t>11:25:32</t>
+  </si>
+  <si>
+    <t>11:25:10</t>
+  </si>
+  <si>
+    <t>11:23:41</t>
+  </si>
+  <si>
+    <t>11:12:38</t>
+  </si>
+  <si>
+    <t>11:10:45</t>
+  </si>
+  <si>
+    <t>11:09:58</t>
+  </si>
+  <si>
+    <t>11:05:23</t>
+  </si>
+  <si>
+    <t>11:04:31</t>
+  </si>
+  <si>
+    <t>11:03:10</t>
+  </si>
+  <si>
+    <t>10:56:03</t>
+  </si>
+  <si>
+    <t>10:49:14</t>
+  </si>
+  <si>
+    <t>10:48:43</t>
+  </si>
+  <si>
+    <t>10:47:42</t>
+  </si>
+  <si>
+    <t>10:47:02</t>
+  </si>
+  <si>
+    <t>10:46:33</t>
+  </si>
+  <si>
+    <t>10:46:25</t>
+  </si>
+  <si>
+    <t>10:45:12</t>
+  </si>
+  <si>
+    <t>10:43:52</t>
+  </si>
+  <si>
+    <t>10:43:06</t>
+  </si>
+  <si>
+    <t>10:42:19</t>
+  </si>
+  <si>
+    <t>10:41:03</t>
+  </si>
+  <si>
+    <t>10:33:40</t>
+  </si>
+  <si>
+    <t>10:32:44</t>
+  </si>
+  <si>
+    <t>10:31:41</t>
+  </si>
+  <si>
+    <t>10:31:13</t>
+  </si>
+  <si>
+    <t>10:30:51</t>
+  </si>
+  <si>
+    <t>10:29:42</t>
+  </si>
+  <si>
+    <t>10:27:54</t>
+  </si>
+  <si>
+    <t>10:25:46</t>
+  </si>
+  <si>
+    <t>10:24:15</t>
+  </si>
+  <si>
+    <t>10:22:42</t>
+  </si>
+  <si>
+    <t>10:21:40</t>
+  </si>
+  <si>
+    <t>10:20:04</t>
+  </si>
+  <si>
+    <t>10:18:10</t>
+  </si>
+  <si>
+    <t>10:16:16</t>
+  </si>
+  <si>
+    <t>10:15:27</t>
+  </si>
+  <si>
+    <t>10:14:41</t>
+  </si>
+  <si>
+    <t>10:13:58</t>
+  </si>
+  <si>
+    <t>10:09:42</t>
+  </si>
+  <si>
+    <t>10:09:31</t>
+  </si>
+  <si>
+    <t>10:08:27</t>
+  </si>
+  <si>
+    <t>10:08:21</t>
+  </si>
+  <si>
+    <t>10:07:50</t>
+  </si>
+  <si>
+    <t>10:07:17</t>
+  </si>
+  <si>
+    <t>10:06:13</t>
+  </si>
+  <si>
+    <t>10:05:15</t>
+  </si>
+  <si>
+    <t>10:05:14</t>
+  </si>
+  <si>
+    <t>10:03:09</t>
+  </si>
+  <si>
+    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1120,5081 +826,3289 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D359"/>
+  <dimension ref="A1:D231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C2">
-        <v>100.0</v>
+        <v>55.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C3">
-        <v>18.0</v>
+        <v>150.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C4">
-        <v>266.0</v>
+        <v>9118.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B5">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C5">
-        <v>130.0</v>
+        <v>600.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B6">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C6">
-        <v>50.0</v>
+        <v>3.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B7">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C7">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B8">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C8">
-        <v>20.0</v>
+        <v>270.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B9">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C9">
-        <v>500.0</v>
+        <v>2.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C10">
-        <v>206.0</v>
+        <v>500.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C11">
-        <v>10.0</v>
+        <v>135.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C12">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C13">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B14">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C14">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B15">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C15">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B16">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C16">
-        <v>1.0</v>
+        <v>228.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C17">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C18">
-        <v>1.0</v>
+        <v>872.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C19">
-        <v>1.0</v>
+        <v>128.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B20">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C20">
-        <v>1.0</v>
+        <v>22.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21">
-        <v>0.962</v>
+        <v>0.958</v>
       </c>
       <c r="C21">
-        <v>20.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>85.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B23">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C23">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B24">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C24">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B25">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C25">
-        <v>1.0</v>
+        <v>105.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B26">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C26">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B27">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C27">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B28">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C28">
-        <v>10.0</v>
+        <v>290.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C29">
-        <v>1.0</v>
+        <v>880.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B30">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C30">
         <v>1.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B31">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C31">
-        <v>1.0</v>
+        <v>119.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B32">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C32">
         <v>1.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B33">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C33">
         <v>1.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B34">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C34">
         <v>1.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B35">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C35">
-        <v>1.0</v>
+        <v>420.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B36">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C36">
         <v>1.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B37">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C37">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B38">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C38">
-        <v>1.0</v>
+        <v>19.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B39">
-        <v>0.961</v>
+        <v>0.959</v>
       </c>
       <c r="C39">
-        <v>470.0</v>
+        <v>50.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B40">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C40">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B41">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C41">
-        <v>28.0</v>
+        <v>10.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B42">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C42">
-        <v>47.0</v>
+        <v>54.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B43">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C43">
-        <v>893.0</v>
+        <v>5.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B44">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C44">
-        <v>407.0</v>
+        <v>9.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B45">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C45">
-        <v>830.0</v>
+        <v>1.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B46">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C46">
-        <v>1763.0</v>
+        <v>4825.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B47">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C47">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B48">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C48">
-        <v>1.0</v>
+        <v>5075.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B49">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C49">
         <v>1.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B50">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C50">
         <v>1.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B51">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C51">
         <v>1.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B52">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C52">
         <v>1.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B53">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C53">
         <v>1.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B54">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C54">
-        <v>1.0</v>
+        <v>300.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B55">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C55">
-        <v>1.0</v>
+        <v>355.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B56">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C56">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B57">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C57">
-        <v>300.0</v>
+        <v>436.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="B58">
-        <v>0.963</v>
+        <v>0.959</v>
       </c>
       <c r="C58">
-        <v>1.0</v>
+        <v>4774.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B59">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C59">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="B60">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C60">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="B61">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C61">
-        <v>1.0</v>
+        <v>4538.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="B62">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C62">
-        <v>800.0</v>
+        <v>5.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B63">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C63">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B64">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C64">
-        <v>2.0</v>
+        <v>30.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="B65">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C65">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="B66">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C66">
-        <v>3119.0</v>
+        <v>100.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B67">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C67">
-        <v>1000.0</v>
+        <v>270.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B68">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C68">
-        <v>881.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B69">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C69">
-        <v>1.0</v>
+        <v>160.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B70">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C70">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B71">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C71">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="B72">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C72">
-        <v>1.0</v>
+        <v>1017.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="B73">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C73">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="B74">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C74">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="B75">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C75">
-        <v>1.0</v>
+        <v>472.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="B76">
-        <v>0.961</v>
+        <v>0.957</v>
       </c>
       <c r="C76">
-        <v>186.0</v>
+        <v>18.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="B77">
-        <v>0.961</v>
+        <v>0.957</v>
       </c>
       <c r="C77">
-        <v>4.0</v>
+        <v>30.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="B78">
-        <v>0.961</v>
+        <v>0.957</v>
       </c>
       <c r="C78">
-        <v>10.0</v>
+        <v>200.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="B79">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C79">
-        <v>1.0</v>
+        <v>27.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="B80">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C80">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="B81">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C81">
         <v>1.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="B82">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C82">
-        <v>296.0</v>
+        <v>1.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="B83">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C83">
-        <v>22.0</v>
+        <v>1.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B84">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C84">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="B85">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C85">
-        <v>10.0</v>
+        <v>208.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B86">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C86">
-        <v>1.0</v>
+        <v>7785.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="B87">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C87">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="B88">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C88">
-        <v>1.0</v>
+        <v>110.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="B89">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C89">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="B90">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C90">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="B91">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C91">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="B92">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C92">
-        <v>1.0</v>
+        <v>52.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="B93">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C93">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B94">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C94">
-        <v>1.0</v>
+        <v>600.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="B95">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C95">
-        <v>1.0</v>
+        <v>14.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="B96">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C96">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="B97">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C97">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="B98">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C98">
-        <v>1.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B99">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C99">
-        <v>704.0</v>
+        <v>77.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B100">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C100">
-        <v>4296.0</v>
+        <v>6.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B101">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C101">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="B102">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C102">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="B103">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C103">
-        <v>14.0</v>
+        <v>243.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="B104">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C104">
-        <v>1.0</v>
+        <v>105.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="B105">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C105">
-        <v>1.0</v>
+        <v>504.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="B106">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C106">
         <v>1.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="B107">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C107">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="B108">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C108">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="B109">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C109">
-        <v>1.0</v>
+        <v>496.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="B110">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C110">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="B111">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C111">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="B112">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C112">
-        <v>9.0</v>
+        <v>251.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="B113">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C113">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B114">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C114">
-        <v>200.0</v>
+        <v>452.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="B115">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C115">
-        <v>100.0</v>
+        <v>4548.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="B116">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C116">
-        <v>681.0</v>
+        <v>70.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="B117">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C117">
-        <v>200.0</v>
+        <v>749.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="B118">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C118">
-        <v>10.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="B119">
-        <v>0.962</v>
+        <v>0.955</v>
       </c>
       <c r="C119">
-        <v>100.0</v>
+        <v>30.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="B120">
-        <v>0.962</v>
+        <v>0.955</v>
       </c>
       <c r="C120">
-        <v>1680.0</v>
+        <v>5.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="B121">
-        <v>0.963</v>
+        <v>0.955</v>
       </c>
       <c r="C121">
-        <v>1.0</v>
+        <v>75.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="B122">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C122">
-        <v>46.0</v>
+        <v>115.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="B123">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C123">
-        <v>25.0</v>
+        <v>10.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="B124">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C124">
-        <v>150.0</v>
+        <v>233.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="B125">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C125">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="B126">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C126">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="B127">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C127">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="B128">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C128">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="B129">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C129">
-        <v>1.0</v>
+        <v>59.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="B130">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C130">
-        <v>100.0</v>
+        <v>300.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="B131">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C131">
-        <v>1.0</v>
+        <v>4000.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="B132">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C132">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="B133">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C133">
-        <v>1.0</v>
+        <v>730.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="B134">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C134">
-        <v>414.0</v>
+        <v>26.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="B135">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C135">
-        <v>40.0</v>
+        <v>270.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="B136">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C136">
-        <v>596.0</v>
+        <v>14.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="B137">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C137">
-        <v>1.0</v>
+        <v>13.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="B138">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C138">
-        <v>65.0</v>
+        <v>10.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B139">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C139">
-        <v>1.0</v>
+        <v>29.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="B140">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C140">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="B141">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C141">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="B142">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C142">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B143">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C143">
         <v>1.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="B144">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C144">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="B145">
-        <v>0.962</v>
+        <v>0.958</v>
       </c>
       <c r="C145">
-        <v>788.0</v>
+        <v>5.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="B146">
-        <v>0.962</v>
+        <v>0.958</v>
       </c>
       <c r="C146">
-        <v>10.0</v>
+        <v>99.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="B147">
-        <v>0.962</v>
+        <v>0.956</v>
       </c>
       <c r="C147">
-        <v>448.0</v>
+        <v>2.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="B148">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C148">
-        <v>15.0</v>
+        <v>75.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="B149">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C149">
-        <v>4.0</v>
+        <v>202.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>132</v>
+        <v>112</v>
       </c>
       <c r="B150">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C150">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="B151">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C151">
-        <v>150.0</v>
+        <v>260.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="B152">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C152">
-        <v>1.0</v>
+        <v>797.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="B153">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C153">
-        <v>3.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="B154">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C154">
-        <v>3.0</v>
+        <v>97.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="B155">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C155">
-        <v>3.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="B156">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C156">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="B157">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C157">
-        <v>464.0</v>
+        <v>51.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="B158">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C158">
-        <v>4536.0</v>
+        <v>649.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="B159">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C159">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="B160">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C160">
-        <v>463.0</v>
+        <v>1.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="B161">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C161">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="B162">
-        <v>0.964</v>
+        <v>0.958</v>
       </c>
       <c r="C162">
-        <v>1637.0</v>
+        <v>19.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="B163">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C163">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="B164">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C164">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="B165">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C165">
-        <v>667.0</v>
+        <v>25.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="B166">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C166">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="B167">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C167">
-        <v>1.0</v>
+        <v>73.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="B168">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C168">
-        <v>210.0</v>
+        <v>456.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="B169">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C169">
-        <v>17.0</v>
+        <v>104.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="B170">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C170">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="B171">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C171">
-        <v>65.0</v>
+        <v>1742.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="B172">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C172">
-        <v>1552.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="B173">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C173">
-        <v>525.0</v>
+        <v>1.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B174">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C174">
-        <v>5000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="B175">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C175">
-        <v>100.0</v>
+        <v>2998.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="B176">
-        <v>0.962</v>
+        <v>0.959</v>
       </c>
       <c r="C176">
-        <v>3000.0</v>
+        <v>226.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="B177">
-        <v>0.962</v>
+        <v>0.959</v>
       </c>
       <c r="C177">
-        <v>823.0</v>
+        <v>2099.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="B178">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C178">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="B179">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C179">
-        <v>1.0</v>
+        <v>1175.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="B180">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C180">
         <v>1.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="B181">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C181">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="B182">
-        <v>0.963</v>
+        <v>0.956</v>
       </c>
       <c r="C182">
-        <v>26.0</v>
+        <v>1.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="B183">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C183">
-        <v>1116.0</v>
+        <v>100.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="B184">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C184">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="B185">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C185">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="B186">
-        <v>0.962</v>
+        <v>0.958</v>
       </c>
       <c r="C186">
-        <v>35.0</v>
+        <v>40.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="B187">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C187">
-        <v>500.0</v>
+        <v>150.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="B188">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C188">
-        <v>52.0</v>
+        <v>250.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="B189">
-        <v>0.963</v>
+        <v>0.958</v>
       </c>
       <c r="C189">
-        <v>17.0</v>
+        <v>783.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="B190">
-        <v>0.964</v>
+        <v>0.955</v>
       </c>
       <c r="C190">
-        <v>353.0</v>
+        <v>225.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B191">
-        <v>0.964</v>
+        <v>0.956</v>
       </c>
       <c r="C191">
-        <v>1000.0</v>
+        <v>138.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B192">
-        <v>0.964</v>
+        <v>0.956</v>
       </c>
       <c r="C192">
-        <v>800.0</v>
+        <v>4.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="B193">
-        <v>0.964</v>
+        <v>0.959</v>
       </c>
       <c r="C193">
-        <v>2347.0</v>
+        <v>1.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B194">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C194">
-        <v>232.0</v>
+        <v>300.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="B195">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C195">
-        <v>5.0</v>
+        <v>1102.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B196">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C196">
-        <v>311.0</v>
+        <v>82.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="B197">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C197">
-        <v>4.0</v>
+        <v>1353.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="B198">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C198">
-        <v>10.0</v>
+        <v>500.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>164</v>
+        <v>151</v>
       </c>
       <c r="B199">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C199">
-        <v>223.0</v>
+        <v>200.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="B200">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C200">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="B201">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C201">
-        <v>3.0</v>
+        <v>1101.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="B202">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C202">
-        <v>15.0</v>
+        <v>236.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="B203">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C203">
-        <v>30.0</v>
+        <v>1100.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="B204">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C204">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>170</v>
+        <v>151</v>
       </c>
       <c r="B205">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C205">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>171</v>
+        <v>151</v>
       </c>
       <c r="B206">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C206">
-        <v>1.0</v>
+        <v>80.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="B207">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C207">
-        <v>106.0</v>
+        <v>1.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="B208">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C208">
-        <v>1.0</v>
+        <v>400.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="B209">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C209">
-        <v>520.0</v>
+        <v>75.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="B210">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C210">
-        <v>2.0</v>
+        <v>4259.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="B211">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C211">
-        <v>6.0</v>
+        <v>430.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="B212">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C212">
-        <v>50.0</v>
+        <v>311.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="B213">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C213">
-        <v>32.0</v>
+        <v>50.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>179</v>
+        <v>151</v>
       </c>
       <c r="B214">
-        <v>0.964</v>
+        <v>0.957</v>
       </c>
       <c r="C214">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>180</v>
+        <v>151</v>
       </c>
       <c r="B215">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C215">
-        <v>58.0</v>
+        <v>800.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="B216">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C216">
-        <v>1033.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="B217">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C217">
-        <v>267.0</v>
+        <v>924.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="B218">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C218">
-        <v>733.0</v>
+        <v>9076.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="B219">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C219">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="B220">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C220">
-        <v>1000.0</v>
+        <v>52.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="B221">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C221">
-        <v>1067.0</v>
+        <v>20.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>183</v>
+        <v>151</v>
       </c>
       <c r="B222">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C222">
-        <v>933.0</v>
+        <v>51.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>183</v>
+        <v>151</v>
       </c>
       <c r="B223">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C223">
-        <v>4067.0</v>
+        <v>54.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="B224">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C224">
-        <v>1.0</v>
+        <v>447.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>185</v>
+        <v>151</v>
       </c>
       <c r="B225">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C225">
-        <v>130.0</v>
+        <v>553.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>186</v>
+        <v>151</v>
       </c>
       <c r="B226">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C226">
-        <v>932.0</v>
+        <v>52.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>186</v>
+        <v>151</v>
       </c>
       <c r="B227">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C227">
-        <v>68.0</v>
+        <v>39.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
       <c r="B228">
-        <v>0.963</v>
+        <v>0.957</v>
       </c>
       <c r="C228">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>188</v>
+        <v>151</v>
       </c>
       <c r="B229">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C229">
-        <v>42.0</v>
+        <v>150.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>189</v>
+        <v>151</v>
       </c>
       <c r="B230">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C230">
-        <v>20.0</v>
+        <v>100.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>189</v>
+        <v>151</v>
       </c>
       <c r="B231">
-        <v>0.962</v>
+        <v>0.957</v>
       </c>
       <c r="C231">
-        <v>238.0</v>
+        <v>6.0</v>
       </c>
       <c r="D231" t="s">
-        <v>5</v>
-[...1790 lines deleted...]
-      <c r="D359" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>