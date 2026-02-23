--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -12,506 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
-  </si>
-[...442 lines deleted...]
-    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -826,3290 +382,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D231"/>
+  <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
-      </c>
-[...3218 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">