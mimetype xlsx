--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -12,62 +12,1973 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
+  </si>
+  <si>
+    <t>15:59:45</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>15:54:57</t>
+  </si>
+  <si>
+    <t>15:51:47</t>
+  </si>
+  <si>
+    <t>15:51:39</t>
+  </si>
+  <si>
+    <t>15:51:32</t>
+  </si>
+  <si>
+    <t>15:51:17</t>
+  </si>
+  <si>
+    <t>15:51:16</t>
+  </si>
+  <si>
+    <t>15:51:08</t>
+  </si>
+  <si>
+    <t>15:50:44</t>
+  </si>
+  <si>
+    <t>15:50:32</t>
+  </si>
+  <si>
+    <t>15:50:04</t>
+  </si>
+  <si>
+    <t>15:49:54</t>
+  </si>
+  <si>
+    <t>15:49:44</t>
+  </si>
+  <si>
+    <t>15:49:23</t>
+  </si>
+  <si>
+    <t>15:48:32</t>
+  </si>
+  <si>
+    <t>15:47:32</t>
+  </si>
+  <si>
+    <t>15:47:30</t>
+  </si>
+  <si>
+    <t>15:47:04</t>
+  </si>
+  <si>
+    <t>15:46:42</t>
+  </si>
+  <si>
+    <t>15:46:01</t>
+  </si>
+  <si>
+    <t>15:45:15</t>
+  </si>
+  <si>
+    <t>15:45:01</t>
+  </si>
+  <si>
+    <t>15:44:14</t>
+  </si>
+  <si>
+    <t>15:41:55</t>
+  </si>
+  <si>
+    <t>15:41:45</t>
+  </si>
+  <si>
+    <t>15:41:05</t>
+  </si>
+  <si>
+    <t>15:40:10</t>
+  </si>
+  <si>
+    <t>15:39:58</t>
+  </si>
+  <si>
+    <t>15:39:50</t>
+  </si>
+  <si>
+    <t>15:39:47</t>
+  </si>
+  <si>
+    <t>15:39:31</t>
+  </si>
+  <si>
+    <t>15:39:11</t>
+  </si>
+  <si>
+    <t>15:38:51</t>
+  </si>
+  <si>
+    <t>15:38:47</t>
+  </si>
+  <si>
+    <t>15:37:28</t>
+  </si>
+  <si>
+    <t>15:36:39</t>
+  </si>
+  <si>
+    <t>15:36:21</t>
+  </si>
+  <si>
+    <t>15:35:46</t>
+  </si>
+  <si>
+    <t>15:35:02</t>
+  </si>
+  <si>
+    <t>15:34:53</t>
+  </si>
+  <si>
+    <t>15:34:30</t>
+  </si>
+  <si>
+    <t>15:33:47</t>
+  </si>
+  <si>
+    <t>15:33:46</t>
+  </si>
+  <si>
+    <t>15:33:45</t>
+  </si>
+  <si>
+    <t>15:32:20</t>
+  </si>
+  <si>
+    <t>15:31:58</t>
+  </si>
+  <si>
+    <t>15:27:23</t>
+  </si>
+  <si>
+    <t>15:27:04</t>
+  </si>
+  <si>
+    <t>15:25:31</t>
+  </si>
+  <si>
+    <t>15:25:10</t>
+  </si>
+  <si>
+    <t>15:21:04</t>
+  </si>
+  <si>
+    <t>15:20:39</t>
+  </si>
+  <si>
+    <t>15:20:18</t>
+  </si>
+  <si>
+    <t>15:19:57</t>
+  </si>
+  <si>
+    <t>15:18:27</t>
+  </si>
+  <si>
+    <t>15:18:10</t>
+  </si>
+  <si>
+    <t>15:17:25</t>
+  </si>
+  <si>
+    <t>15:17:19</t>
+  </si>
+  <si>
+    <t>15:16:40</t>
+  </si>
+  <si>
+    <t>15:16:39</t>
+  </si>
+  <si>
+    <t>15:16:19</t>
+  </si>
+  <si>
+    <t>15:15:50</t>
+  </si>
+  <si>
+    <t>15:15:49</t>
+  </si>
+  <si>
+    <t>15:15:26</t>
+  </si>
+  <si>
+    <t>15:14:56</t>
+  </si>
+  <si>
+    <t>15:14:33</t>
+  </si>
+  <si>
+    <t>15:14:09</t>
+  </si>
+  <si>
+    <t>15:13:59</t>
+  </si>
+  <si>
+    <t>15:13:45</t>
+  </si>
+  <si>
+    <t>15:13:23</t>
+  </si>
+  <si>
+    <t>15:13:17</t>
+  </si>
+  <si>
+    <t>15:12:56</t>
+  </si>
+  <si>
+    <t>15:12:30</t>
+  </si>
+  <si>
+    <t>15:12:06</t>
+  </si>
+  <si>
+    <t>15:12:03</t>
+  </si>
+  <si>
+    <t>15:11:40</t>
+  </si>
+  <si>
+    <t>15:11:29</t>
+  </si>
+  <si>
+    <t>15:11:13</t>
+  </si>
+  <si>
+    <t>15:10:57</t>
+  </si>
+  <si>
+    <t>15:10:49</t>
+  </si>
+  <si>
+    <t>15:10:36</t>
+  </si>
+  <si>
+    <t>15:10:25</t>
+  </si>
+  <si>
+    <t>15:09:58</t>
+  </si>
+  <si>
+    <t>15:09:56</t>
+  </si>
+  <si>
+    <t>15:09:26</t>
+  </si>
+  <si>
+    <t>15:09:22</t>
+  </si>
+  <si>
+    <t>15:09:20</t>
+  </si>
+  <si>
+    <t>15:09:04</t>
+  </si>
+  <si>
+    <t>15:09:00</t>
+  </si>
+  <si>
+    <t>15:07:57</t>
+  </si>
+  <si>
+    <t>15:05:58</t>
+  </si>
+  <si>
+    <t>15:05:10</t>
+  </si>
+  <si>
+    <t>15:05:00</t>
+  </si>
+  <si>
+    <t>15:02:52</t>
+  </si>
+  <si>
+    <t>15:01:37</t>
+  </si>
+  <si>
+    <t>14:58:47</t>
+  </si>
+  <si>
+    <t>14:57:32</t>
+  </si>
+  <si>
+    <t>14:57:11</t>
+  </si>
+  <si>
+    <t>14:52:08</t>
+  </si>
+  <si>
+    <t>14:51:34</t>
+  </si>
+  <si>
+    <t>14:50:47</t>
+  </si>
+  <si>
+    <t>14:49:43</t>
+  </si>
+  <si>
+    <t>14:49:08</t>
+  </si>
+  <si>
+    <t>14:48:38</t>
+  </si>
+  <si>
+    <t>14:48:22</t>
+  </si>
+  <si>
+    <t>14:46:38</t>
+  </si>
+  <si>
+    <t>14:46:26</t>
+  </si>
+  <si>
+    <t>14:46:14</t>
+  </si>
+  <si>
+    <t>14:46:06</t>
+  </si>
+  <si>
+    <t>14:45:46</t>
+  </si>
+  <si>
+    <t>14:45:24</t>
+  </si>
+  <si>
+    <t>14:45:17</t>
+  </si>
+  <si>
+    <t>14:43:51</t>
+  </si>
+  <si>
+    <t>14:41:03</t>
+  </si>
+  <si>
+    <t>14:40:39</t>
+  </si>
+  <si>
+    <t>14:40:30</t>
+  </si>
+  <si>
+    <t>14:39:42</t>
+  </si>
+  <si>
+    <t>14:39:02</t>
+  </si>
+  <si>
+    <t>14:38:03</t>
+  </si>
+  <si>
+    <t>14:37:57</t>
+  </si>
+  <si>
+    <t>14:36:30</t>
+  </si>
+  <si>
+    <t>14:35:35</t>
+  </si>
+  <si>
+    <t>14:34:49</t>
+  </si>
+  <si>
+    <t>14:34:01</t>
+  </si>
+  <si>
+    <t>14:33:32</t>
+  </si>
+  <si>
+    <t>14:32:47</t>
+  </si>
+  <si>
+    <t>14:32:45</t>
+  </si>
+  <si>
+    <t>14:32:15</t>
+  </si>
+  <si>
+    <t>14:31:36</t>
+  </si>
+  <si>
+    <t>14:31:26</t>
+  </si>
+  <si>
+    <t>14:31:00</t>
+  </si>
+  <si>
+    <t>14:30:40</t>
+  </si>
+  <si>
+    <t>14:30:34</t>
+  </si>
+  <si>
+    <t>14:30:16</t>
+  </si>
+  <si>
+    <t>14:29:57</t>
+  </si>
+  <si>
+    <t>14:29:32</t>
+  </si>
+  <si>
+    <t>14:29:15</t>
+  </si>
+  <si>
+    <t>14:28:45</t>
+  </si>
+  <si>
+    <t>14:28:34</t>
+  </si>
+  <si>
+    <t>14:27:49</t>
+  </si>
+  <si>
+    <t>14:27:01</t>
+  </si>
+  <si>
+    <t>14:25:57</t>
+  </si>
+  <si>
+    <t>14:25:49</t>
+  </si>
+  <si>
+    <t>14:19:28</t>
+  </si>
+  <si>
+    <t>14:18:50</t>
+  </si>
+  <si>
+    <t>14:17:19</t>
+  </si>
+  <si>
+    <t>14:17:17</t>
+  </si>
+  <si>
+    <t>14:14:10</t>
+  </si>
+  <si>
+    <t>14:12:27</t>
+  </si>
+  <si>
+    <t>14:11:18</t>
+  </si>
+  <si>
+    <t>14:10:15</t>
+  </si>
+  <si>
+    <t>14:10:07</t>
+  </si>
+  <si>
+    <t>14:09:27</t>
+  </si>
+  <si>
+    <t>14:04:52</t>
+  </si>
+  <si>
+    <t>14:04:24</t>
+  </si>
+  <si>
+    <t>14:04:21</t>
+  </si>
+  <si>
+    <t>14:01:57</t>
+  </si>
+  <si>
+    <t>14:01:18</t>
+  </si>
+  <si>
+    <t>13:58:41</t>
+  </si>
+  <si>
+    <t>13:58:02</t>
+  </si>
+  <si>
+    <t>13:53:55</t>
+  </si>
+  <si>
+    <t>13:51:06</t>
+  </si>
+  <si>
+    <t>13:49:07</t>
+  </si>
+  <si>
+    <t>13:46:27</t>
+  </si>
+  <si>
+    <t>13:46:25</t>
+  </si>
+  <si>
+    <t>13:45:06</t>
+  </si>
+  <si>
+    <t>13:44:18</t>
+  </si>
+  <si>
+    <t>13:44:08</t>
+  </si>
+  <si>
+    <t>13:39:27</t>
+  </si>
+  <si>
+    <t>13:38:26</t>
+  </si>
+  <si>
+    <t>13:36:47</t>
+  </si>
+  <si>
+    <t>13:35:04</t>
+  </si>
+  <si>
+    <t>13:32:45</t>
+  </si>
+  <si>
+    <t>13:31:52</t>
+  </si>
+  <si>
+    <t>13:31:14</t>
+  </si>
+  <si>
+    <t>13:29:47</t>
+  </si>
+  <si>
+    <t>13:29:14</t>
+  </si>
+  <si>
+    <t>13:28:56</t>
+  </si>
+  <si>
+    <t>13:28:16</t>
+  </si>
+  <si>
+    <t>13:26:25</t>
+  </si>
+  <si>
+    <t>13:25:48</t>
+  </si>
+  <si>
+    <t>13:25:46</t>
+  </si>
+  <si>
+    <t>13:25:34</t>
+  </si>
+  <si>
+    <t>13:24:45</t>
+  </si>
+  <si>
+    <t>13:24:08</t>
+  </si>
+  <si>
+    <t>13:23:59</t>
+  </si>
+  <si>
+    <t>13:23:51</t>
+  </si>
+  <si>
+    <t>13:23:36</t>
+  </si>
+  <si>
+    <t>13:23:19</t>
+  </si>
+  <si>
+    <t>13:23:07</t>
+  </si>
+  <si>
+    <t>13:22:51</t>
+  </si>
+  <si>
+    <t>13:22:36</t>
+  </si>
+  <si>
+    <t>13:22:12</t>
+  </si>
+  <si>
+    <t>13:21:30</t>
+  </si>
+  <si>
+    <t>13:20:48</t>
+  </si>
+  <si>
+    <t>13:20:47</t>
+  </si>
+  <si>
+    <t>13:20:29</t>
+  </si>
+  <si>
+    <t>13:19:57</t>
+  </si>
+  <si>
+    <t>13:19:02</t>
+  </si>
+  <si>
+    <t>13:15:40</t>
+  </si>
+  <si>
+    <t>13:15:30</t>
+  </si>
+  <si>
+    <t>13:13:51</t>
+  </si>
+  <si>
+    <t>13:13:29</t>
+  </si>
+  <si>
+    <t>13:12:16</t>
+  </si>
+  <si>
+    <t>13:08:02</t>
+  </si>
+  <si>
+    <t>13:06:47</t>
+  </si>
+  <si>
+    <t>13:05:26</t>
+  </si>
+  <si>
+    <t>13:03:17</t>
+  </si>
+  <si>
+    <t>13:02:53</t>
+  </si>
+  <si>
+    <t>13:02:16</t>
+  </si>
+  <si>
+    <t>13:02:12</t>
+  </si>
+  <si>
+    <t>13:02:02</t>
+  </si>
+  <si>
+    <t>13:01:18</t>
+  </si>
+  <si>
+    <t>13:01:12</t>
+  </si>
+  <si>
+    <t>12:57:48</t>
+  </si>
+  <si>
+    <t>12:56:36</t>
+  </si>
+  <si>
+    <t>12:55:48</t>
+  </si>
+  <si>
+    <t>12:55:26</t>
+  </si>
+  <si>
+    <t>12:54:24</t>
+  </si>
+  <si>
+    <t>12:50:59</t>
+  </si>
+  <si>
+    <t>12:47:42</t>
+  </si>
+  <si>
+    <t>12:47:29</t>
+  </si>
+  <si>
+    <t>12:47:22</t>
+  </si>
+  <si>
+    <t>12:46:41</t>
+  </si>
+  <si>
+    <t>12:46:11</t>
+  </si>
+  <si>
+    <t>12:45:31</t>
+  </si>
+  <si>
+    <t>12:43:07</t>
+  </si>
+  <si>
+    <t>12:42:24</t>
+  </si>
+  <si>
+    <t>12:40:44</t>
+  </si>
+  <si>
+    <t>12:40:38</t>
+  </si>
+  <si>
+    <t>12:40:32</t>
+  </si>
+  <si>
+    <t>12:40:19</t>
+  </si>
+  <si>
+    <t>12:40:14</t>
+  </si>
+  <si>
+    <t>12:39:43</t>
+  </si>
+  <si>
+    <t>12:39:40</t>
+  </si>
+  <si>
+    <t>12:39:10</t>
+  </si>
+  <si>
+    <t>12:38:56</t>
+  </si>
+  <si>
+    <t>12:38:51</t>
+  </si>
+  <si>
+    <t>12:38:29</t>
+  </si>
+  <si>
+    <t>12:38:26</t>
+  </si>
+  <si>
+    <t>12:38:16</t>
+  </si>
+  <si>
+    <t>12:36:38</t>
+  </si>
+  <si>
+    <t>12:36:34</t>
+  </si>
+  <si>
+    <t>12:35:46</t>
+  </si>
+  <si>
+    <t>12:35:34</t>
+  </si>
+  <si>
+    <t>12:33:02</t>
+  </si>
+  <si>
+    <t>12:32:58</t>
+  </si>
+  <si>
+    <t>12:32:50</t>
+  </si>
+  <si>
+    <t>12:30:22</t>
+  </si>
+  <si>
+    <t>12:29:12</t>
+  </si>
+  <si>
+    <t>12:28:43</t>
+  </si>
+  <si>
+    <t>12:28:12</t>
+  </si>
+  <si>
+    <t>12:27:41</t>
+  </si>
+  <si>
+    <t>12:27:22</t>
+  </si>
+  <si>
+    <t>12:27:08</t>
+  </si>
+  <si>
+    <t>12:27:02</t>
+  </si>
+  <si>
+    <t>12:26:20</t>
+  </si>
+  <si>
+    <t>12:26:00</t>
+  </si>
+  <si>
+    <t>12:25:47</t>
+  </si>
+  <si>
+    <t>12:25:25</t>
+  </si>
+  <si>
+    <t>12:20:26</t>
+  </si>
+  <si>
+    <t>12:17:17</t>
+  </si>
+  <si>
+    <t>12:15:25</t>
+  </si>
+  <si>
+    <t>12:15:21</t>
+  </si>
+  <si>
+    <t>12:14:59</t>
+  </si>
+  <si>
+    <t>12:10:43</t>
+  </si>
+  <si>
+    <t>12:10:16</t>
+  </si>
+  <si>
+    <t>12:10:02</t>
+  </si>
+  <si>
+    <t>12:09:56</t>
+  </si>
+  <si>
+    <t>12:09:33</t>
+  </si>
+  <si>
+    <t>12:09:20</t>
+  </si>
+  <si>
+    <t>12:07:56</t>
+  </si>
+  <si>
+    <t>12:07:39</t>
+  </si>
+  <si>
+    <t>12:06:48</t>
+  </si>
+  <si>
+    <t>12:05:47</t>
+  </si>
+  <si>
+    <t>12:05:13</t>
+  </si>
+  <si>
+    <t>12:04:31</t>
+  </si>
+  <si>
+    <t>12:02:21</t>
+  </si>
+  <si>
+    <t>12:01:11</t>
+  </si>
+  <si>
+    <t>12:01:03</t>
+  </si>
+  <si>
+    <t>11:59:23</t>
+  </si>
+  <si>
+    <t>11:59:10</t>
+  </si>
+  <si>
+    <t>11:58:41</t>
+  </si>
+  <si>
+    <t>11:57:18</t>
+  </si>
+  <si>
+    <t>11:53:51</t>
+  </si>
+  <si>
+    <t>11:53:21</t>
+  </si>
+  <si>
+    <t>11:52:01</t>
+  </si>
+  <si>
+    <t>11:50:45</t>
+  </si>
+  <si>
+    <t>11:49:40</t>
+  </si>
+  <si>
+    <t>11:49:14</t>
+  </si>
+  <si>
+    <t>11:48:28</t>
+  </si>
+  <si>
+    <t>11:46:27</t>
+  </si>
+  <si>
+    <t>11:45:32</t>
+  </si>
+  <si>
+    <t>11:44:28</t>
+  </si>
+  <si>
+    <t>11:43:11</t>
+  </si>
+  <si>
+    <t>11:41:47</t>
+  </si>
+  <si>
+    <t>11:41:44</t>
+  </si>
+  <si>
+    <t>11:41:07</t>
+  </si>
+  <si>
+    <t>11:40:43</t>
+  </si>
+  <si>
+    <t>11:40:41</t>
+  </si>
+  <si>
+    <t>11:40:35</t>
+  </si>
+  <si>
+    <t>11:40:08</t>
+  </si>
+  <si>
+    <t>11:39:54</t>
+  </si>
+  <si>
+    <t>11:39:40</t>
+  </si>
+  <si>
+    <t>11:39:22</t>
+  </si>
+  <si>
+    <t>11:37:59</t>
+  </si>
+  <si>
+    <t>11:37:37</t>
+  </si>
+  <si>
+    <t>11:36:28</t>
+  </si>
+  <si>
+    <t>11:35:00</t>
+  </si>
+  <si>
+    <t>11:33:56</t>
+  </si>
+  <si>
+    <t>11:33:09</t>
+  </si>
+  <si>
+    <t>11:32:55</t>
+  </si>
+  <si>
+    <t>11:32:33</t>
+  </si>
+  <si>
+    <t>11:31:28</t>
+  </si>
+  <si>
+    <t>11:31:26</t>
+  </si>
+  <si>
+    <t>11:31:20</t>
+  </si>
+  <si>
+    <t>11:31:04</t>
+  </si>
+  <si>
+    <t>11:30:58</t>
+  </si>
+  <si>
+    <t>11:30:47</t>
+  </si>
+  <si>
+    <t>11:30:15</t>
+  </si>
+  <si>
+    <t>11:29:14</t>
+  </si>
+  <si>
+    <t>11:28:47</t>
+  </si>
+  <si>
+    <t>11:28:26</t>
+  </si>
+  <si>
+    <t>11:28:18</t>
+  </si>
+  <si>
+    <t>11:28:01</t>
+  </si>
+  <si>
+    <t>11:27:57</t>
+  </si>
+  <si>
+    <t>11:27:53</t>
+  </si>
+  <si>
+    <t>11:27:31</t>
+  </si>
+  <si>
+    <t>11:27:27</t>
+  </si>
+  <si>
+    <t>11:27:20</t>
+  </si>
+  <si>
+    <t>11:27:09</t>
+  </si>
+  <si>
+    <t>11:26:51</t>
+  </si>
+  <si>
+    <t>11:26:44</t>
+  </si>
+  <si>
+    <t>11:26:41</t>
+  </si>
+  <si>
+    <t>11:25:54</t>
+  </si>
+  <si>
+    <t>11:25:44</t>
+  </si>
+  <si>
+    <t>11:25:38</t>
+  </si>
+  <si>
+    <t>11:25:36</t>
+  </si>
+  <si>
+    <t>11:25:27</t>
+  </si>
+  <si>
+    <t>11:25:11</t>
+  </si>
+  <si>
+    <t>11:24:55</t>
+  </si>
+  <si>
+    <t>11:24:45</t>
+  </si>
+  <si>
+    <t>11:24:32</t>
+  </si>
+  <si>
+    <t>11:23:50</t>
+  </si>
+  <si>
+    <t>11:23:36</t>
+  </si>
+  <si>
+    <t>11:23:34</t>
+  </si>
+  <si>
+    <t>11:23:20</t>
+  </si>
+  <si>
+    <t>11:23:07</t>
+  </si>
+  <si>
+    <t>11:22:59</t>
+  </si>
+  <si>
+    <t>11:21:57</t>
+  </si>
+  <si>
+    <t>11:21:32</t>
+  </si>
+  <si>
+    <t>11:21:28</t>
+  </si>
+  <si>
+    <t>11:21:20</t>
+  </si>
+  <si>
+    <t>11:20:58</t>
+  </si>
+  <si>
+    <t>11:20:55</t>
+  </si>
+  <si>
+    <t>11:20:27</t>
+  </si>
+  <si>
+    <t>11:20:12</t>
+  </si>
+  <si>
+    <t>11:20:02</t>
+  </si>
+  <si>
+    <t>11:19:41</t>
+  </si>
+  <si>
+    <t>11:19:33</t>
+  </si>
+  <si>
+    <t>11:19:29</t>
+  </si>
+  <si>
+    <t>11:19:11</t>
+  </si>
+  <si>
+    <t>11:18:50</t>
+  </si>
+  <si>
+    <t>11:18:22</t>
+  </si>
+  <si>
+    <t>11:18:11</t>
+  </si>
+  <si>
+    <t>11:17:40</t>
+  </si>
+  <si>
+    <t>11:17:17</t>
+  </si>
+  <si>
+    <t>11:16:31</t>
+  </si>
+  <si>
+    <t>11:16:21</t>
+  </si>
+  <si>
+    <t>11:15:38</t>
+  </si>
+  <si>
+    <t>11:15:35</t>
+  </si>
+  <si>
+    <t>11:15:11</t>
+  </si>
+  <si>
+    <t>11:14:43</t>
+  </si>
+  <si>
+    <t>11:14:27</t>
+  </si>
+  <si>
+    <t>11:14:03</t>
+  </si>
+  <si>
+    <t>11:12:58</t>
+  </si>
+  <si>
+    <t>11:12:54</t>
+  </si>
+  <si>
+    <t>11:12:05</t>
+  </si>
+  <si>
+    <t>11:10:59</t>
+  </si>
+  <si>
+    <t>11:10:34</t>
+  </si>
+  <si>
+    <t>11:09:30</t>
+  </si>
+  <si>
+    <t>11:09:19</t>
+  </si>
+  <si>
+    <t>11:08:41</t>
+  </si>
+  <si>
+    <t>11:08:12</t>
+  </si>
+  <si>
+    <t>11:08:02</t>
+  </si>
+  <si>
+    <t>11:07:57</t>
+  </si>
+  <si>
+    <t>11:07:21</t>
+  </si>
+  <si>
+    <t>11:07:00</t>
+  </si>
+  <si>
+    <t>11:06:50</t>
+  </si>
+  <si>
+    <t>11:06:01</t>
+  </si>
+  <si>
+    <t>11:05:47</t>
+  </si>
+  <si>
+    <t>11:05:19</t>
+  </si>
+  <si>
+    <t>11:04:36</t>
+  </si>
+  <si>
+    <t>11:03:34</t>
+  </si>
+  <si>
+    <t>11:03:28</t>
+  </si>
+  <si>
+    <t>11:02:03</t>
+  </si>
+  <si>
+    <t>11:01:12</t>
+  </si>
+  <si>
+    <t>11:01:08</t>
+  </si>
+  <si>
+    <t>11:00:46</t>
+  </si>
+  <si>
+    <t>10:59:45</t>
+  </si>
+  <si>
+    <t>10:59:33</t>
+  </si>
+  <si>
+    <t>10:59:12</t>
+  </si>
+  <si>
+    <t>10:58:43</t>
+  </si>
+  <si>
+    <t>10:58:29</t>
+  </si>
+  <si>
+    <t>10:57:45</t>
+  </si>
+  <si>
+    <t>10:56:20</t>
+  </si>
+  <si>
+    <t>10:55:40</t>
+  </si>
+  <si>
+    <t>10:55:32</t>
+  </si>
+  <si>
+    <t>10:55:17</t>
+  </si>
+  <si>
+    <t>10:54:29</t>
+  </si>
+  <si>
+    <t>10:52:07</t>
+  </si>
+  <si>
+    <t>10:51:24</t>
+  </si>
+  <si>
+    <t>10:51:10</t>
+  </si>
+  <si>
+    <t>10:50:32</t>
+  </si>
+  <si>
+    <t>10:50:28</t>
+  </si>
+  <si>
+    <t>10:50:24</t>
+  </si>
+  <si>
+    <t>10:50:04</t>
+  </si>
+  <si>
+    <t>10:49:37</t>
+  </si>
+  <si>
+    <t>10:49:34</t>
+  </si>
+  <si>
+    <t>10:48:57</t>
+  </si>
+  <si>
+    <t>10:48:45</t>
+  </si>
+  <si>
+    <t>10:48:37</t>
+  </si>
+  <si>
+    <t>10:47:38</t>
+  </si>
+  <si>
+    <t>10:46:49</t>
+  </si>
+  <si>
+    <t>10:46:04</t>
+  </si>
+  <si>
+    <t>10:45:00</t>
+  </si>
+  <si>
+    <t>10:44:45</t>
+  </si>
+  <si>
+    <t>10:44:33</t>
+  </si>
+  <si>
+    <t>10:44:31</t>
+  </si>
+  <si>
+    <t>10:43:53</t>
+  </si>
+  <si>
+    <t>10:43:20</t>
+  </si>
+  <si>
+    <t>10:43:13</t>
+  </si>
+  <si>
+    <t>10:42:58</t>
+  </si>
+  <si>
+    <t>10:41:43</t>
+  </si>
+  <si>
+    <t>10:41:05</t>
+  </si>
+  <si>
+    <t>10:40:38</t>
+  </si>
+  <si>
+    <t>10:40:02</t>
+  </si>
+  <si>
+    <t>10:39:48</t>
+  </si>
+  <si>
+    <t>10:39:36</t>
+  </si>
+  <si>
+    <t>10:38:29</t>
+  </si>
+  <si>
+    <t>10:38:10</t>
+  </si>
+  <si>
+    <t>10:37:52</t>
+  </si>
+  <si>
+    <t>10:37:51</t>
+  </si>
+  <si>
+    <t>10:37:45</t>
+  </si>
+  <si>
+    <t>10:37:13</t>
+  </si>
+  <si>
+    <t>10:36:58</t>
+  </si>
+  <si>
+    <t>10:36:51</t>
+  </si>
+  <si>
+    <t>10:36:47</t>
+  </si>
+  <si>
+    <t>10:36:25</t>
+  </si>
+  <si>
+    <t>10:36:20</t>
+  </si>
+  <si>
+    <t>10:36:13</t>
+  </si>
+  <si>
+    <t>10:35:55</t>
+  </si>
+  <si>
+    <t>10:35:49</t>
+  </si>
+  <si>
+    <t>10:34:53</t>
+  </si>
+  <si>
+    <t>10:34:34</t>
+  </si>
+  <si>
+    <t>10:34:33</t>
+  </si>
+  <si>
+    <t>10:34:26</t>
+  </si>
+  <si>
+    <t>10:34:05</t>
+  </si>
+  <si>
+    <t>10:34:03</t>
+  </si>
+  <si>
+    <t>10:33:57</t>
+  </si>
+  <si>
+    <t>10:33:53</t>
+  </si>
+  <si>
+    <t>10:33:20</t>
+  </si>
+  <si>
+    <t>10:33:08</t>
+  </si>
+  <si>
+    <t>10:32:48</t>
+  </si>
+  <si>
+    <t>10:32:42</t>
+  </si>
+  <si>
+    <t>10:32:22</t>
+  </si>
+  <si>
+    <t>10:32:19</t>
+  </si>
+  <si>
+    <t>10:32:11</t>
+  </si>
+  <si>
+    <t>10:32:05</t>
+  </si>
+  <si>
+    <t>10:31:55</t>
+  </si>
+  <si>
+    <t>10:31:53</t>
+  </si>
+  <si>
+    <t>10:31:41</t>
+  </si>
+  <si>
+    <t>10:31:17</t>
+  </si>
+  <si>
+    <t>10:30:43</t>
+  </si>
+  <si>
+    <t>10:30:40</t>
+  </si>
+  <si>
+    <t>10:30:36</t>
+  </si>
+  <si>
+    <t>10:30:24</t>
+  </si>
+  <si>
+    <t>10:30:20</t>
+  </si>
+  <si>
+    <t>10:30:16</t>
+  </si>
+  <si>
+    <t>10:30:04</t>
+  </si>
+  <si>
+    <t>10:28:48</t>
+  </si>
+  <si>
+    <t>10:28:22</t>
+  </si>
+  <si>
+    <t>10:28:06</t>
+  </si>
+  <si>
+    <t>10:28:02</t>
+  </si>
+  <si>
+    <t>10:28:01</t>
+  </si>
+  <si>
+    <t>10:27:50</t>
+  </si>
+  <si>
+    <t>10:27:46</t>
+  </si>
+  <si>
+    <t>10:27:27</t>
+  </si>
+  <si>
+    <t>10:27:17</t>
+  </si>
+  <si>
+    <t>10:27:14</t>
+  </si>
+  <si>
+    <t>10:27:12</t>
+  </si>
+  <si>
+    <t>10:27:07</t>
+  </si>
+  <si>
+    <t>10:27:05</t>
+  </si>
+  <si>
+    <t>10:27:03</t>
+  </si>
+  <si>
+    <t>10:26:49</t>
+  </si>
+  <si>
+    <t>10:26:37</t>
+  </si>
+  <si>
+    <t>10:26:31</t>
+  </si>
+  <si>
+    <t>10:26:20</t>
+  </si>
+  <si>
+    <t>10:25:08</t>
+  </si>
+  <si>
+    <t>10:25:06</t>
+  </si>
+  <si>
+    <t>10:25:00</t>
+  </si>
+  <si>
+    <t>10:24:49</t>
+  </si>
+  <si>
+    <t>10:24:26</t>
+  </si>
+  <si>
+    <t>10:24:15</t>
+  </si>
+  <si>
+    <t>10:24:00</t>
+  </si>
+  <si>
+    <t>10:23:28</t>
+  </si>
+  <si>
+    <t>10:23:23</t>
+  </si>
+  <si>
+    <t>10:23:21</t>
+  </si>
+  <si>
+    <t>10:23:20</t>
+  </si>
+  <si>
+    <t>10:22:52</t>
+  </si>
+  <si>
+    <t>10:22:46</t>
+  </si>
+  <si>
+    <t>10:22:42</t>
+  </si>
+  <si>
+    <t>10:22:41</t>
+  </si>
+  <si>
+    <t>10:22:17</t>
+  </si>
+  <si>
+    <t>10:21:36</t>
+  </si>
+  <si>
+    <t>10:21:35</t>
+  </si>
+  <si>
+    <t>10:21:33</t>
+  </si>
+  <si>
+    <t>10:21:29</t>
+  </si>
+  <si>
+    <t>10:20:42</t>
+  </si>
+  <si>
+    <t>10:20:32</t>
+  </si>
+  <si>
+    <t>10:19:58</t>
+  </si>
+  <si>
+    <t>10:19:36</t>
+  </si>
+  <si>
+    <t>10:19:31</t>
+  </si>
+  <si>
+    <t>10:19:12</t>
+  </si>
+  <si>
+    <t>10:19:04</t>
+  </si>
+  <si>
+    <t>10:19:01</t>
+  </si>
+  <si>
+    <t>10:18:58</t>
+  </si>
+  <si>
+    <t>10:18:36</t>
+  </si>
+  <si>
+    <t>10:18:14</t>
+  </si>
+  <si>
+    <t>10:18:07</t>
+  </si>
+  <si>
+    <t>10:18:06</t>
+  </si>
+  <si>
+    <t>10:18:00</t>
+  </si>
+  <si>
+    <t>10:17:42</t>
+  </si>
+  <si>
+    <t>10:17:28</t>
+  </si>
+  <si>
+    <t>10:17:21</t>
+  </si>
+  <si>
+    <t>10:17:07</t>
+  </si>
+  <si>
+    <t>10:16:59</t>
+  </si>
+  <si>
+    <t>10:16:37</t>
+  </si>
+  <si>
+    <t>10:16:33</t>
+  </si>
+  <si>
+    <t>10:16:25</t>
+  </si>
+  <si>
+    <t>10:16:17</t>
+  </si>
+  <si>
+    <t>10:15:58</t>
+  </si>
+  <si>
+    <t>10:15:54</t>
+  </si>
+  <si>
+    <t>10:15:48</t>
+  </si>
+  <si>
+    <t>10:15:46</t>
+  </si>
+  <si>
+    <t>10:15:40</t>
+  </si>
+  <si>
+    <t>10:15:19</t>
+  </si>
+  <si>
+    <t>10:15:16</t>
+  </si>
+  <si>
+    <t>10:15:13</t>
+  </si>
+  <si>
+    <t>10:14:43</t>
+  </si>
+  <si>
+    <t>10:14:41</t>
+  </si>
+  <si>
+    <t>10:14:17</t>
+  </si>
+  <si>
+    <t>10:14:04</t>
+  </si>
+  <si>
+    <t>10:13:54</t>
+  </si>
+  <si>
+    <t>10:13:42</t>
+  </si>
+  <si>
+    <t>10:13:33</t>
+  </si>
+  <si>
+    <t>10:13:28</t>
+  </si>
+  <si>
+    <t>10:13:22</t>
+  </si>
+  <si>
+    <t>10:13:18</t>
+  </si>
+  <si>
+    <t>10:13:01</t>
+  </si>
+  <si>
+    <t>10:12:57</t>
+  </si>
+  <si>
+    <t>10:12:30</t>
+  </si>
+  <si>
+    <t>10:12:21</t>
+  </si>
+  <si>
+    <t>10:12:19</t>
+  </si>
+  <si>
+    <t>10:11:54</t>
+  </si>
+  <si>
+    <t>10:11:48</t>
+  </si>
+  <si>
+    <t>10:11:36</t>
+  </si>
+  <si>
+    <t>10:11:31</t>
+  </si>
+  <si>
+    <t>10:11:03</t>
+  </si>
+  <si>
+    <t>10:10:59</t>
+  </si>
+  <si>
+    <t>10:10:47</t>
+  </si>
+  <si>
+    <t>10:10:37</t>
+  </si>
+  <si>
+    <t>10:10:32</t>
+  </si>
+  <si>
+    <t>10:10:16</t>
+  </si>
+  <si>
+    <t>10:10:09</t>
+  </si>
+  <si>
+    <t>10:10:04</t>
+  </si>
+  <si>
+    <t>10:10:00</t>
+  </si>
+  <si>
+    <t>10:09:56</t>
+  </si>
+  <si>
+    <t>10:09:54</t>
+  </si>
+  <si>
+    <t>10:09:52</t>
+  </si>
+  <si>
+    <t>10:09:45</t>
+  </si>
+  <si>
+    <t>10:09:38</t>
+  </si>
+  <si>
+    <t>10:09:19</t>
+  </si>
+  <si>
+    <t>10:09:05</t>
+  </si>
+  <si>
+    <t>10:09:01</t>
+  </si>
+  <si>
+    <t>10:08:42</t>
+  </si>
+  <si>
+    <t>10:08:40</t>
+  </si>
+  <si>
+    <t>10:08:20</t>
+  </si>
+  <si>
+    <t>10:08:08</t>
+  </si>
+  <si>
+    <t>10:08:06</t>
+  </si>
+  <si>
+    <t>10:07:39</t>
+  </si>
+  <si>
+    <t>10:07:35</t>
+  </si>
+  <si>
+    <t>10:07:33</t>
+  </si>
+  <si>
+    <t>10:07:25</t>
+  </si>
+  <si>
+    <t>10:07:14</t>
+  </si>
+  <si>
+    <t>10:06:40</t>
+  </si>
+  <si>
+    <t>10:06:36</t>
+  </si>
+  <si>
+    <t>10:06:14</t>
+  </si>
+  <si>
+    <t>10:06:10</t>
+  </si>
+  <si>
+    <t>10:05:45</t>
+  </si>
+  <si>
+    <t>10:05:35</t>
+  </si>
+  <si>
+    <t>10:05:25</t>
+  </si>
+  <si>
+    <t>10:05:03</t>
+  </si>
+  <si>
+    <t>10:04:52</t>
+  </si>
+  <si>
+    <t>10:04:50</t>
+  </si>
+  <si>
+    <t>10:04:34</t>
+  </si>
+  <si>
+    <t>10:04:24</t>
+  </si>
+  <si>
+    <t>10:04:08</t>
+  </si>
+  <si>
+    <t>10:03:55</t>
+  </si>
+  <si>
+    <t>10:03:53</t>
+  </si>
+  <si>
+    <t>10:03:51</t>
+  </si>
+  <si>
+    <t>10:03:49</t>
+  </si>
+  <si>
+    <t>10:03:45</t>
+  </si>
+  <si>
+    <t>10:03:23</t>
+  </si>
+  <si>
+    <t>10:03:19</t>
+  </si>
+  <si>
+    <t>10:03:11</t>
+  </si>
+  <si>
+    <t>10:03:06</t>
+  </si>
+  <si>
+    <t>10:02:54</t>
+  </si>
+  <si>
+    <t>10:02:51</t>
+  </si>
+  <si>
+    <t>10:02:42</t>
+  </si>
+  <si>
+    <t>10:02:28</t>
+  </si>
+  <si>
+    <t>10:02:27</t>
+  </si>
+  <si>
+    <t>10:02:18</t>
+  </si>
+  <si>
+    <t>10:02:16</t>
+  </si>
+  <si>
+    <t>10:02:11</t>
+  </si>
+  <si>
+    <t>10:01:41</t>
+  </si>
+  <si>
+    <t>10:01:39</t>
+  </si>
+  <si>
+    <t>10:01:29</t>
+  </si>
+  <si>
+    <t>10:01:25</t>
+  </si>
+  <si>
+    <t>10:01:21</t>
+  </si>
+  <si>
+    <t>10:01:16</t>
+  </si>
+  <si>
+    <t>10:01:13</t>
+  </si>
+  <si>
+    <t>10:00:40</t>
+  </si>
+  <si>
+    <t>10:00:24</t>
+  </si>
+  <si>
+    <t>10:00:14</t>
+  </si>
+  <si>
+    <t>10:00:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,70 +2293,21910 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1"/>
+  <dimension ref="A1:D1561"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2">
+        <v>0.953</v>
+      </c>
+      <c r="C2">
+        <v>768.0</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3">
+        <v>0.953</v>
+      </c>
+      <c r="C3">
+        <v>100.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4">
+        <v>0.953</v>
+      </c>
+      <c r="C4">
+        <v>2000.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5">
+        <v>0.953</v>
+      </c>
+      <c r="C5">
+        <v>4000.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6">
+        <v>0.953</v>
+      </c>
+      <c r="C6">
+        <v>478.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7">
+        <v>0.953</v>
+      </c>
+      <c r="C7">
+        <v>9522.0</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8">
+        <v>0.953</v>
+      </c>
+      <c r="C8">
+        <v>1.0</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9">
+        <v>0.953</v>
+      </c>
+      <c r="C9">
+        <v>500.0</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10">
+        <v>0.953</v>
+      </c>
+      <c r="C10">
+        <v>1.0</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11">
+        <v>0.953</v>
+      </c>
+      <c r="C11">
+        <v>1.0</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12">
+        <v>0.953</v>
+      </c>
+      <c r="C12">
+        <v>16.0</v>
+      </c>
+      <c r="D12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13">
+        <v>0.953</v>
+      </c>
+      <c r="C13">
+        <v>600.0</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14">
+        <v>0.953</v>
+      </c>
+      <c r="C14">
+        <v>400.0</v>
+      </c>
+      <c r="D14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15">
+        <v>0.953</v>
+      </c>
+      <c r="C15">
+        <v>100.0</v>
+      </c>
+      <c r="D15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16">
+        <v>0.953</v>
+      </c>
+      <c r="C16">
+        <v>500.0</v>
+      </c>
+      <c r="D16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17">
+        <v>0.954</v>
+      </c>
+      <c r="C17">
+        <v>284.0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18">
+        <v>0.954</v>
+      </c>
+      <c r="C18">
+        <v>500.0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19">
+        <v>0.954</v>
+      </c>
+      <c r="C19">
+        <v>1.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>6</v>
+      </c>
+      <c r="B20">
+        <v>0.954</v>
+      </c>
+      <c r="C20">
+        <v>1.0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21">
+        <v>0.954</v>
+      </c>
+      <c r="C21">
+        <v>1.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>6</v>
+      </c>
+      <c r="B22">
+        <v>0.954</v>
+      </c>
+      <c r="C22">
+        <v>1.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>6</v>
+      </c>
+      <c r="B23">
+        <v>0.954</v>
+      </c>
+      <c r="C23">
+        <v>1.0</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B24">
+        <v>0.954</v>
+      </c>
+      <c r="C24">
+        <v>1.0</v>
+      </c>
+      <c r="D24" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>6</v>
+      </c>
+      <c r="B25">
+        <v>0.954</v>
+      </c>
+      <c r="C25">
+        <v>100.0</v>
+      </c>
+      <c r="D25" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26">
+        <v>0.954</v>
+      </c>
+      <c r="C26">
+        <v>3600.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27">
+        <v>0.954</v>
+      </c>
+      <c r="C27">
+        <v>1.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28">
+        <v>0.954</v>
+      </c>
+      <c r="C28">
+        <v>1.0</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29">
+        <v>0.954</v>
+      </c>
+      <c r="C29">
+        <v>1.0</v>
+      </c>
+      <c r="D29" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30">
+        <v>0.954</v>
+      </c>
+      <c r="C30">
+        <v>1.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31">
+        <v>0.954</v>
+      </c>
+      <c r="C31">
+        <v>1.0</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32">
+        <v>0.954</v>
+      </c>
+      <c r="C32">
+        <v>1.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>6</v>
+      </c>
+      <c r="B33">
+        <v>0.954</v>
+      </c>
+      <c r="C33">
+        <v>3000.0</v>
+      </c>
+      <c r="D33" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34">
+        <v>0.954</v>
+      </c>
+      <c r="C34">
+        <v>1.0</v>
+      </c>
+      <c r="D34" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>6</v>
+      </c>
+      <c r="B35">
+        <v>0.954</v>
+      </c>
+      <c r="C35">
+        <v>1.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>6</v>
+      </c>
+      <c r="B36">
+        <v>0.954</v>
+      </c>
+      <c r="C36">
+        <v>1.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37">
+        <v>0.954</v>
+      </c>
+      <c r="C37">
+        <v>1.0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38">
+        <v>0.955</v>
+      </c>
+      <c r="C38">
+        <v>2000.0</v>
+      </c>
+      <c r="D38" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39">
+        <v>0.955</v>
+      </c>
+      <c r="C39">
+        <v>100.0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>7</v>
+      </c>
+      <c r="B40">
+        <v>0.955</v>
+      </c>
+      <c r="C40">
+        <v>764.0</v>
+      </c>
+      <c r="D40" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>8</v>
+      </c>
+      <c r="B41">
+        <v>0.955</v>
+      </c>
+      <c r="C41">
+        <v>1.0</v>
+      </c>
+      <c r="D41" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>9</v>
+      </c>
+      <c r="B42">
+        <v>0.955</v>
+      </c>
+      <c r="C42">
+        <v>1330.0</v>
+      </c>
+      <c r="D42" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43">
+        <v>0.955</v>
+      </c>
+      <c r="C43">
+        <v>1.0</v>
+      </c>
+      <c r="D43" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44">
+        <v>0.955</v>
+      </c>
+      <c r="C44">
+        <v>3139.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45">
+        <v>0.955</v>
+      </c>
+      <c r="C45">
+        <v>1760.0</v>
+      </c>
+      <c r="D45" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46">
+        <v>0.955</v>
+      </c>
+      <c r="C46">
+        <v>101.0</v>
+      </c>
+      <c r="D46" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>12</v>
+      </c>
+      <c r="B47">
+        <v>0.955</v>
+      </c>
+      <c r="C47">
+        <v>5.0</v>
+      </c>
+      <c r="D47" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>13</v>
+      </c>
+      <c r="B48">
+        <v>0.955</v>
+      </c>
+      <c r="C48">
+        <v>1.0</v>
+      </c>
+      <c r="D48" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49">
+        <v>0.955</v>
+      </c>
+      <c r="C49">
+        <v>5.0</v>
+      </c>
+      <c r="D49" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>15</v>
+      </c>
+      <c r="B50">
+        <v>0.955</v>
+      </c>
+      <c r="C50">
+        <v>1.0</v>
+      </c>
+      <c r="D50" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51">
+        <v>0.955</v>
+      </c>
+      <c r="C51">
+        <v>5.0</v>
+      </c>
+      <c r="D51" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>17</v>
+      </c>
+      <c r="B52">
+        <v>0.955</v>
+      </c>
+      <c r="C52">
+        <v>1.0</v>
+      </c>
+      <c r="D52" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53">
+        <v>0.955</v>
+      </c>
+      <c r="C53">
+        <v>1.0</v>
+      </c>
+      <c r="D53" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>19</v>
+      </c>
+      <c r="B54">
+        <v>0.955</v>
+      </c>
+      <c r="C54">
+        <v>1.0</v>
+      </c>
+      <c r="D54" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>20</v>
+      </c>
+      <c r="B55">
+        <v>0.956</v>
+      </c>
+      <c r="C55">
+        <v>100.0</v>
+      </c>
+      <c r="D55" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>21</v>
+      </c>
+      <c r="B56">
+        <v>0.955</v>
+      </c>
+      <c r="C56">
+        <v>1.0</v>
+      </c>
+      <c r="D56" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57">
+        <v>0.955</v>
+      </c>
+      <c r="C57">
+        <v>128.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>22</v>
+      </c>
+      <c r="B58">
+        <v>0.955</v>
+      </c>
+      <c r="C58">
+        <v>872.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>23</v>
+      </c>
+      <c r="B59">
+        <v>0.955</v>
+      </c>
+      <c r="C59">
+        <v>1.0</v>
+      </c>
+      <c r="D59" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>24</v>
+      </c>
+      <c r="B60">
+        <v>0.956</v>
+      </c>
+      <c r="C60">
+        <v>100.0</v>
+      </c>
+      <c r="D60" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>25</v>
+      </c>
+      <c r="B61">
+        <v>0.955</v>
+      </c>
+      <c r="C61">
+        <v>30.0</v>
+      </c>
+      <c r="D61" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>26</v>
+      </c>
+      <c r="B62">
+        <v>0.955</v>
+      </c>
+      <c r="C62">
+        <v>1.0</v>
+      </c>
+      <c r="D62" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>27</v>
+      </c>
+      <c r="B63">
+        <v>0.955</v>
+      </c>
+      <c r="C63">
+        <v>5.0</v>
+      </c>
+      <c r="D63" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>28</v>
+      </c>
+      <c r="B64">
+        <v>0.955</v>
+      </c>
+      <c r="C64">
+        <v>1.0</v>
+      </c>
+      <c r="D64" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>29</v>
+      </c>
+      <c r="B65">
+        <v>0.955</v>
+      </c>
+      <c r="C65">
+        <v>300.0</v>
+      </c>
+      <c r="D65" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>30</v>
+      </c>
+      <c r="B66">
+        <v>0.955</v>
+      </c>
+      <c r="C66">
+        <v>1.0</v>
+      </c>
+      <c r="D66" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>31</v>
+      </c>
+      <c r="B67">
+        <v>0.955</v>
+      </c>
+      <c r="C67">
+        <v>1.0</v>
+      </c>
+      <c r="D67" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>32</v>
+      </c>
+      <c r="B68">
+        <v>0.956</v>
+      </c>
+      <c r="C68">
+        <v>300.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>33</v>
+      </c>
+      <c r="B69">
+        <v>0.955</v>
+      </c>
+      <c r="C69">
+        <v>1.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>34</v>
+      </c>
+      <c r="B70">
+        <v>0.955</v>
+      </c>
+      <c r="C70">
+        <v>1.0</v>
+      </c>
+      <c r="D70" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>35</v>
+      </c>
+      <c r="B71">
+        <v>0.955</v>
+      </c>
+      <c r="C71">
+        <v>222.0</v>
+      </c>
+      <c r="D71" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>36</v>
+      </c>
+      <c r="B72">
+        <v>0.955</v>
+      </c>
+      <c r="C72">
+        <v>564.0</v>
+      </c>
+      <c r="D72" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>36</v>
+      </c>
+      <c r="B73">
+        <v>0.955</v>
+      </c>
+      <c r="C73">
+        <v>1436.0</v>
+      </c>
+      <c r="D73" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>37</v>
+      </c>
+      <c r="B74">
+        <v>0.955</v>
+      </c>
+      <c r="C74">
+        <v>50.0</v>
+      </c>
+      <c r="D74" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>38</v>
+      </c>
+      <c r="B75">
+        <v>0.955</v>
+      </c>
+      <c r="C75">
+        <v>5000.0</v>
+      </c>
+      <c r="D75" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>39</v>
+      </c>
+      <c r="B76">
+        <v>0.955</v>
+      </c>
+      <c r="C76">
+        <v>144.0</v>
+      </c>
+      <c r="D76" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>40</v>
+      </c>
+      <c r="B77">
+        <v>0.956</v>
+      </c>
+      <c r="C77">
+        <v>52.0</v>
+      </c>
+      <c r="D77" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>41</v>
+      </c>
+      <c r="B78">
+        <v>0.956</v>
+      </c>
+      <c r="C78">
+        <v>448.0</v>
+      </c>
+      <c r="D78" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>41</v>
+      </c>
+      <c r="B79">
+        <v>0.956</v>
+      </c>
+      <c r="C79">
+        <v>2500.0</v>
+      </c>
+      <c r="D79" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>41</v>
+      </c>
+      <c r="B80">
+        <v>0.956</v>
+      </c>
+      <c r="C80">
+        <v>2000.0</v>
+      </c>
+      <c r="D80" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>42</v>
+      </c>
+      <c r="B81">
+        <v>0.956</v>
+      </c>
+      <c r="C81">
+        <v>250.0</v>
+      </c>
+      <c r="D81" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>42</v>
+      </c>
+      <c r="B82">
+        <v>0.956</v>
+      </c>
+      <c r="C82">
+        <v>750.0</v>
+      </c>
+      <c r="D82" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>43</v>
+      </c>
+      <c r="B83">
+        <v>0.956</v>
+      </c>
+      <c r="C83">
+        <v>1000.0</v>
+      </c>
+      <c r="D83" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>44</v>
+      </c>
+      <c r="B84">
+        <v>0.957</v>
+      </c>
+      <c r="C84">
+        <v>150.0</v>
+      </c>
+      <c r="D84" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>45</v>
+      </c>
+      <c r="B85">
+        <v>0.956</v>
+      </c>
+      <c r="C85">
+        <v>100.0</v>
+      </c>
+      <c r="D85" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>46</v>
+      </c>
+      <c r="B86">
+        <v>0.957</v>
+      </c>
+      <c r="C86">
+        <v>800.0</v>
+      </c>
+      <c r="D86" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>47</v>
+      </c>
+      <c r="B87">
+        <v>0.956</v>
+      </c>
+      <c r="C87">
+        <v>150.0</v>
+      </c>
+      <c r="D87" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>48</v>
+      </c>
+      <c r="B88">
+        <v>0.956</v>
+      </c>
+      <c r="C88">
+        <v>2000.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>49</v>
+      </c>
+      <c r="B89">
+        <v>0.956</v>
+      </c>
+      <c r="C89">
+        <v>2302.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>49</v>
+      </c>
+      <c r="B90">
+        <v>0.956</v>
+      </c>
+      <c r="C90">
+        <v>1000.0</v>
+      </c>
+      <c r="D90" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>49</v>
+      </c>
+      <c r="B91">
+        <v>0.956</v>
+      </c>
+      <c r="C91">
+        <v>958.0</v>
+      </c>
+      <c r="D91" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>50</v>
+      </c>
+      <c r="B92">
+        <v>0.956</v>
+      </c>
+      <c r="C92">
+        <v>1042.0</v>
+      </c>
+      <c r="D92" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>50</v>
+      </c>
+      <c r="B93">
+        <v>0.956</v>
+      </c>
+      <c r="C93">
+        <v>2958.0</v>
+      </c>
+      <c r="D93" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>51</v>
+      </c>
+      <c r="B94">
+        <v>0.956</v>
+      </c>
+      <c r="C94">
+        <v>1.0</v>
+      </c>
+      <c r="D94" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>52</v>
+      </c>
+      <c r="B95">
+        <v>0.956</v>
+      </c>
+      <c r="C95">
+        <v>1.0</v>
+      </c>
+      <c r="D95" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>53</v>
+      </c>
+      <c r="B96">
+        <v>0.957</v>
+      </c>
+      <c r="C96">
+        <v>600.0</v>
+      </c>
+      <c r="D96" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>54</v>
+      </c>
+      <c r="B97">
+        <v>0.956</v>
+      </c>
+      <c r="C97">
+        <v>2000.0</v>
+      </c>
+      <c r="D97" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>55</v>
+      </c>
+      <c r="B98">
+        <v>0.956</v>
+      </c>
+      <c r="C98">
+        <v>30.0</v>
+      </c>
+      <c r="D98" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>55</v>
+      </c>
+      <c r="B99">
+        <v>0.956</v>
+      </c>
+      <c r="C99">
+        <v>10.0</v>
+      </c>
+      <c r="D99" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>55</v>
+      </c>
+      <c r="B100">
+        <v>0.955</v>
+      </c>
+      <c r="C100">
+        <v>1.0</v>
+      </c>
+      <c r="D100" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>56</v>
+      </c>
+      <c r="B101">
+        <v>0.955</v>
+      </c>
+      <c r="C101">
+        <v>1.0</v>
+      </c>
+      <c r="D101" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>57</v>
+      </c>
+      <c r="B102">
+        <v>0.955</v>
+      </c>
+      <c r="C102">
+        <v>1.0</v>
+      </c>
+      <c r="D102" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>58</v>
+      </c>
+      <c r="B103">
+        <v>0.955</v>
+      </c>
+      <c r="C103">
+        <v>1.0</v>
+      </c>
+      <c r="D103" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>59</v>
+      </c>
+      <c r="B104">
+        <v>0.955</v>
+      </c>
+      <c r="C104">
+        <v>1.0</v>
+      </c>
+      <c r="D104" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>60</v>
+      </c>
+      <c r="B105">
+        <v>0.955</v>
+      </c>
+      <c r="C105">
+        <v>30.0</v>
+      </c>
+      <c r="D105" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>61</v>
+      </c>
+      <c r="B106">
+        <v>0.955</v>
+      </c>
+      <c r="C106">
+        <v>1.0</v>
+      </c>
+      <c r="D106" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>62</v>
+      </c>
+      <c r="B107">
+        <v>0.956</v>
+      </c>
+      <c r="C107">
+        <v>990.0</v>
+      </c>
+      <c r="D107" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>62</v>
+      </c>
+      <c r="B108">
+        <v>0.956</v>
+      </c>
+      <c r="C108">
+        <v>10.0</v>
+      </c>
+      <c r="D108" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>63</v>
+      </c>
+      <c r="B109">
+        <v>0.955</v>
+      </c>
+      <c r="C109">
+        <v>321.0</v>
+      </c>
+      <c r="D109" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>64</v>
+      </c>
+      <c r="B110">
+        <v>0.955</v>
+      </c>
+      <c r="C110">
+        <v>1.0</v>
+      </c>
+      <c r="D110" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>65</v>
+      </c>
+      <c r="B111">
+        <v>0.955</v>
+      </c>
+      <c r="C111">
+        <v>1.0</v>
+      </c>
+      <c r="D111" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>66</v>
+      </c>
+      <c r="B112">
+        <v>0.955</v>
+      </c>
+      <c r="C112">
+        <v>1.0</v>
+      </c>
+      <c r="D112" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>67</v>
+      </c>
+      <c r="B113">
+        <v>0.955</v>
+      </c>
+      <c r="C113">
+        <v>1.0</v>
+      </c>
+      <c r="D113" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>68</v>
+      </c>
+      <c r="B114">
+        <v>0.955</v>
+      </c>
+      <c r="C114">
+        <v>1.0</v>
+      </c>
+      <c r="D114" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>69</v>
+      </c>
+      <c r="B115">
+        <v>0.955</v>
+      </c>
+      <c r="C115">
+        <v>1.0</v>
+      </c>
+      <c r="D115" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>70</v>
+      </c>
+      <c r="B116">
+        <v>0.955</v>
+      </c>
+      <c r="C116">
+        <v>1.0</v>
+      </c>
+      <c r="D116" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>71</v>
+      </c>
+      <c r="B117">
+        <v>0.955</v>
+      </c>
+      <c r="C117">
+        <v>1.0</v>
+      </c>
+      <c r="D117" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>72</v>
+      </c>
+      <c r="B118">
+        <v>0.956</v>
+      </c>
+      <c r="C118">
+        <v>250.0</v>
+      </c>
+      <c r="D118" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>73</v>
+      </c>
+      <c r="B119">
+        <v>0.955</v>
+      </c>
+      <c r="C119">
+        <v>1.0</v>
+      </c>
+      <c r="D119" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>74</v>
+      </c>
+      <c r="B120">
+        <v>0.956</v>
+      </c>
+      <c r="C120">
+        <v>1.0</v>
+      </c>
+      <c r="D120" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>75</v>
+      </c>
+      <c r="B121">
+        <v>0.956</v>
+      </c>
+      <c r="C121">
+        <v>3000.0</v>
+      </c>
+      <c r="D121" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>76</v>
+      </c>
+      <c r="B122">
+        <v>0.956</v>
+      </c>
+      <c r="C122">
+        <v>1.0</v>
+      </c>
+      <c r="D122" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>77</v>
+      </c>
+      <c r="B123">
+        <v>0.956</v>
+      </c>
+      <c r="C123">
+        <v>1.0</v>
+      </c>
+      <c r="D123" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>78</v>
+      </c>
+      <c r="B124">
+        <v>0.956</v>
+      </c>
+      <c r="C124">
+        <v>1.0</v>
+      </c>
+      <c r="D124" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>79</v>
+      </c>
+      <c r="B125">
+        <v>0.956</v>
+      </c>
+      <c r="C125">
+        <v>5000.0</v>
+      </c>
+      <c r="D125" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>80</v>
+      </c>
+      <c r="B126">
+        <v>0.956</v>
+      </c>
+      <c r="C126">
+        <v>1.0</v>
+      </c>
+      <c r="D126" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>81</v>
+      </c>
+      <c r="B127">
+        <v>0.958</v>
+      </c>
+      <c r="C127">
+        <v>100.0</v>
+      </c>
+      <c r="D127" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>82</v>
+      </c>
+      <c r="B128">
+        <v>0.956</v>
+      </c>
+      <c r="C128">
+        <v>1.0</v>
+      </c>
+      <c r="D128" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>83</v>
+      </c>
+      <c r="B129">
+        <v>0.956</v>
+      </c>
+      <c r="C129">
+        <v>1000.0</v>
+      </c>
+      <c r="D129" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>84</v>
+      </c>
+      <c r="B130">
+        <v>0.955</v>
+      </c>
+      <c r="C130">
+        <v>1.0</v>
+      </c>
+      <c r="D130" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>85</v>
+      </c>
+      <c r="B131">
+        <v>0.955</v>
+      </c>
+      <c r="C131">
+        <v>3000.0</v>
+      </c>
+      <c r="D131" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>86</v>
+      </c>
+      <c r="B132">
+        <v>0.955</v>
+      </c>
+      <c r="C132">
+        <v>1.0</v>
+      </c>
+      <c r="D132" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>87</v>
+      </c>
+      <c r="B133">
+        <v>0.955</v>
+      </c>
+      <c r="C133">
+        <v>1.0</v>
+      </c>
+      <c r="D133" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>88</v>
+      </c>
+      <c r="B134">
+        <v>0.955</v>
+      </c>
+      <c r="C134">
+        <v>1.0</v>
+      </c>
+      <c r="D134" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>89</v>
+      </c>
+      <c r="B135">
+        <v>0.953</v>
+      </c>
+      <c r="C135">
+        <v>11205.0</v>
+      </c>
+      <c r="D135" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>89</v>
+      </c>
+      <c r="B136">
+        <v>0.953</v>
+      </c>
+      <c r="C136">
+        <v>2000.0</v>
+      </c>
+      <c r="D136" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>89</v>
+      </c>
+      <c r="B137">
+        <v>0.953</v>
+      </c>
+      <c r="C137">
+        <v>1270.0</v>
+      </c>
+      <c r="D137" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>89</v>
+      </c>
+      <c r="B138">
+        <v>0.955</v>
+      </c>
+      <c r="C138">
+        <v>2093.0</v>
+      </c>
+      <c r="D138" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>90</v>
+      </c>
+      <c r="B139">
+        <v>0.957</v>
+      </c>
+      <c r="C139">
+        <v>13148.0</v>
+      </c>
+      <c r="D139" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>91</v>
+      </c>
+      <c r="B140">
+        <v>0.957</v>
+      </c>
+      <c r="C140">
+        <v>1.0</v>
+      </c>
+      <c r="D140" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>91</v>
+      </c>
+      <c r="B141">
+        <v>0.957</v>
+      </c>
+      <c r="C141">
+        <v>1000.0</v>
+      </c>
+      <c r="D141" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>92</v>
+      </c>
+      <c r="B142">
+        <v>0.957</v>
+      </c>
+      <c r="C142">
+        <v>50.0</v>
+      </c>
+      <c r="D142" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>92</v>
+      </c>
+      <c r="B143">
+        <v>0.957</v>
+      </c>
+      <c r="C143">
+        <v>2000.0</v>
+      </c>
+      <c r="D143" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>92</v>
+      </c>
+      <c r="B144">
+        <v>0.957</v>
+      </c>
+      <c r="C144">
+        <v>1000.0</v>
+      </c>
+      <c r="D144" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>92</v>
+      </c>
+      <c r="B145">
+        <v>0.957</v>
+      </c>
+      <c r="C145">
+        <v>1000.0</v>
+      </c>
+      <c r="D145" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>92</v>
+      </c>
+      <c r="B146">
+        <v>0.957</v>
+      </c>
+      <c r="C146">
+        <v>1000.0</v>
+      </c>
+      <c r="D146" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>92</v>
+      </c>
+      <c r="B147">
+        <v>0.957</v>
+      </c>
+      <c r="C147">
+        <v>400.0</v>
+      </c>
+      <c r="D147" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>92</v>
+      </c>
+      <c r="B148">
+        <v>0.956</v>
+      </c>
+      <c r="C148">
+        <v>300.0</v>
+      </c>
+      <c r="D148" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>92</v>
+      </c>
+      <c r="B149">
+        <v>0.956</v>
+      </c>
+      <c r="C149">
+        <v>600.0</v>
+      </c>
+      <c r="D149" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>92</v>
+      </c>
+      <c r="B150">
+        <v>0.956</v>
+      </c>
+      <c r="C150">
+        <v>1000.0</v>
+      </c>
+      <c r="D150" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>92</v>
+      </c>
+      <c r="B151">
+        <v>0.956</v>
+      </c>
+      <c r="C151">
+        <v>2000.0</v>
+      </c>
+      <c r="D151" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>92</v>
+      </c>
+      <c r="B152">
+        <v>0.956</v>
+      </c>
+      <c r="C152">
+        <v>2500.0</v>
+      </c>
+      <c r="D152" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>92</v>
+      </c>
+      <c r="B153">
+        <v>0.956</v>
+      </c>
+      <c r="C153">
+        <v>1.0</v>
+      </c>
+      <c r="D153" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>93</v>
+      </c>
+      <c r="B154">
+        <v>0.955</v>
+      </c>
+      <c r="C154">
+        <v>1.0</v>
+      </c>
+      <c r="D154" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>93</v>
+      </c>
+      <c r="B155">
+        <v>0.955</v>
+      </c>
+      <c r="C155">
+        <v>1.0</v>
+      </c>
+      <c r="D155" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>93</v>
+      </c>
+      <c r="B156">
+        <v>0.955</v>
+      </c>
+      <c r="C156">
+        <v>1.0</v>
+      </c>
+      <c r="D156" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>93</v>
+      </c>
+      <c r="B157">
+        <v>0.955</v>
+      </c>
+      <c r="C157">
+        <v>1.0</v>
+      </c>
+      <c r="D157" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>93</v>
+      </c>
+      <c r="B158">
+        <v>0.955</v>
+      </c>
+      <c r="C158">
+        <v>1500.0</v>
+      </c>
+      <c r="D158" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>93</v>
+      </c>
+      <c r="B159">
+        <v>0.955</v>
+      </c>
+      <c r="C159">
+        <v>1000.0</v>
+      </c>
+      <c r="D159" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>93</v>
+      </c>
+      <c r="B160">
+        <v>0.955</v>
+      </c>
+      <c r="C160">
+        <v>1.0</v>
+      </c>
+      <c r="D160" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>93</v>
+      </c>
+      <c r="B161">
+        <v>0.955</v>
+      </c>
+      <c r="C161">
+        <v>5400.0</v>
+      </c>
+      <c r="D161" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>93</v>
+      </c>
+      <c r="B162">
+        <v>0.955</v>
+      </c>
+      <c r="C162">
+        <v>1.0</v>
+      </c>
+      <c r="D162" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>93</v>
+      </c>
+      <c r="B163">
+        <v>0.955</v>
+      </c>
+      <c r="C163">
+        <v>1.0</v>
+      </c>
+      <c r="D163" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>94</v>
+      </c>
+      <c r="B164">
+        <v>0.953</v>
+      </c>
+      <c r="C164">
+        <v>7999.0</v>
+      </c>
+      <c r="D164" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>94</v>
+      </c>
+      <c r="B165">
+        <v>0.954</v>
+      </c>
+      <c r="C165">
+        <v>2000.0</v>
+      </c>
+      <c r="D165" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>94</v>
+      </c>
+      <c r="B166">
+        <v>0.954</v>
+      </c>
+      <c r="C166">
+        <v>1.0</v>
+      </c>
+      <c r="D166" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>95</v>
+      </c>
+      <c r="B167">
+        <v>0.953</v>
+      </c>
+      <c r="C167">
+        <v>731.0</v>
+      </c>
+      <c r="D167" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>95</v>
+      </c>
+      <c r="B168">
+        <v>0.954</v>
+      </c>
+      <c r="C168">
+        <v>1.0</v>
+      </c>
+      <c r="D168" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>95</v>
+      </c>
+      <c r="B169">
+        <v>0.954</v>
+      </c>
+      <c r="C169">
+        <v>1.0</v>
+      </c>
+      <c r="D169" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>95</v>
+      </c>
+      <c r="B170">
+        <v>0.954</v>
+      </c>
+      <c r="C170">
+        <v>1.0</v>
+      </c>
+      <c r="D170" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B171">
+        <v>0.954</v>
+      </c>
+      <c r="C171">
+        <v>1.0</v>
+      </c>
+      <c r="D171" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>95</v>
+      </c>
+      <c r="B172">
+        <v>0.954</v>
+      </c>
+      <c r="C172">
+        <v>1.0</v>
+      </c>
+      <c r="D172" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>95</v>
+      </c>
+      <c r="B173">
+        <v>0.954</v>
+      </c>
+      <c r="C173">
+        <v>1.0</v>
+      </c>
+      <c r="D173" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>95</v>
+      </c>
+      <c r="B174">
+        <v>0.954</v>
+      </c>
+      <c r="C174">
+        <v>1.0</v>
+      </c>
+      <c r="D174" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>95</v>
+      </c>
+      <c r="B175">
+        <v>0.954</v>
+      </c>
+      <c r="C175">
+        <v>1.0</v>
+      </c>
+      <c r="D175" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>95</v>
+      </c>
+      <c r="B176">
+        <v>0.954</v>
+      </c>
+      <c r="C176">
+        <v>1.0</v>
+      </c>
+      <c r="D176" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>95</v>
+      </c>
+      <c r="B177">
+        <v>0.954</v>
+      </c>
+      <c r="C177">
+        <v>1.0</v>
+      </c>
+      <c r="D177" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>95</v>
+      </c>
+      <c r="B178">
+        <v>0.954</v>
+      </c>
+      <c r="C178">
+        <v>1.0</v>
+      </c>
+      <c r="D178" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>95</v>
+      </c>
+      <c r="B179">
+        <v>0.954</v>
+      </c>
+      <c r="C179">
+        <v>1.0</v>
+      </c>
+      <c r="D179" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>95</v>
+      </c>
+      <c r="B180">
+        <v>0.954</v>
+      </c>
+      <c r="C180">
+        <v>1.0</v>
+      </c>
+      <c r="D180" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>95</v>
+      </c>
+      <c r="B181">
+        <v>0.954</v>
+      </c>
+      <c r="C181">
+        <v>1.0</v>
+      </c>
+      <c r="D181" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>95</v>
+      </c>
+      <c r="B182">
+        <v>0.954</v>
+      </c>
+      <c r="C182">
+        <v>1.0</v>
+      </c>
+      <c r="D182" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>95</v>
+      </c>
+      <c r="B183">
+        <v>0.954</v>
+      </c>
+      <c r="C183">
+        <v>1.0</v>
+      </c>
+      <c r="D183" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>95</v>
+      </c>
+      <c r="B184">
+        <v>0.954</v>
+      </c>
+      <c r="C184">
+        <v>1.0</v>
+      </c>
+      <c r="D184" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>95</v>
+      </c>
+      <c r="B185">
+        <v>0.954</v>
+      </c>
+      <c r="C185">
+        <v>1.0</v>
+      </c>
+      <c r="D185" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>95</v>
+      </c>
+      <c r="B186">
+        <v>0.954</v>
+      </c>
+      <c r="C186">
+        <v>1.0</v>
+      </c>
+      <c r="D186" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>95</v>
+      </c>
+      <c r="B187">
+        <v>0.954</v>
+      </c>
+      <c r="C187">
+        <v>1.0</v>
+      </c>
+      <c r="D187" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>95</v>
+      </c>
+      <c r="B188">
+        <v>0.954</v>
+      </c>
+      <c r="C188">
+        <v>1000.0</v>
+      </c>
+      <c r="D188" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>95</v>
+      </c>
+      <c r="B189">
+        <v>0.954</v>
+      </c>
+      <c r="C189">
+        <v>1.0</v>
+      </c>
+      <c r="D189" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>95</v>
+      </c>
+      <c r="B190">
+        <v>0.954</v>
+      </c>
+      <c r="C190">
+        <v>3965.0</v>
+      </c>
+      <c r="D190" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>95</v>
+      </c>
+      <c r="B191">
+        <v>0.955</v>
+      </c>
+      <c r="C191">
+        <v>4283.0</v>
+      </c>
+      <c r="D191" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>96</v>
+      </c>
+      <c r="B192">
+        <v>0.955</v>
+      </c>
+      <c r="C192">
+        <v>1.0</v>
+      </c>
+      <c r="D192" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>97</v>
+      </c>
+      <c r="B193">
+        <v>0.955</v>
+      </c>
+      <c r="C193">
+        <v>311.0</v>
+      </c>
+      <c r="D193" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>98</v>
+      </c>
+      <c r="B194">
+        <v>0.955</v>
+      </c>
+      <c r="C194">
+        <v>5.0</v>
+      </c>
+      <c r="D194" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>99</v>
+      </c>
+      <c r="B195">
+        <v>0.955</v>
+      </c>
+      <c r="C195">
+        <v>400.0</v>
+      </c>
+      <c r="D195" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>100</v>
+      </c>
+      <c r="B196">
+        <v>0.955</v>
+      </c>
+      <c r="C196">
+        <v>5.0</v>
+      </c>
+      <c r="D196" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>100</v>
+      </c>
+      <c r="B197">
+        <v>0.955</v>
+      </c>
+      <c r="C197">
+        <v>200.0</v>
+      </c>
+      <c r="D197" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>100</v>
+      </c>
+      <c r="B198">
+        <v>0.955</v>
+      </c>
+      <c r="C198">
+        <v>1.0</v>
+      </c>
+      <c r="D198" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>100</v>
+      </c>
+      <c r="B199">
+        <v>0.955</v>
+      </c>
+      <c r="C199">
+        <v>1.0</v>
+      </c>
+      <c r="D199" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>100</v>
+      </c>
+      <c r="B200">
+        <v>0.955</v>
+      </c>
+      <c r="C200">
+        <v>1.0</v>
+      </c>
+      <c r="D200" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>100</v>
+      </c>
+      <c r="B201">
+        <v>0.955</v>
+      </c>
+      <c r="C201">
+        <v>1.0</v>
+      </c>
+      <c r="D201" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>100</v>
+      </c>
+      <c r="B202">
+        <v>0.955</v>
+      </c>
+      <c r="C202">
+        <v>1.0</v>
+      </c>
+      <c r="D202" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>100</v>
+      </c>
+      <c r="B203">
+        <v>0.955</v>
+      </c>
+      <c r="C203">
+        <v>1.0</v>
+      </c>
+      <c r="D203" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>100</v>
+      </c>
+      <c r="B204">
+        <v>0.955</v>
+      </c>
+      <c r="C204">
+        <v>1.0</v>
+      </c>
+      <c r="D204" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>100</v>
+      </c>
+      <c r="B205">
+        <v>0.955</v>
+      </c>
+      <c r="C205">
+        <v>1.0</v>
+      </c>
+      <c r="D205" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>100</v>
+      </c>
+      <c r="B206">
+        <v>0.955</v>
+      </c>
+      <c r="C206">
+        <v>1.0</v>
+      </c>
+      <c r="D206" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>100</v>
+      </c>
+      <c r="B207">
+        <v>0.955</v>
+      </c>
+      <c r="C207">
+        <v>1.0</v>
+      </c>
+      <c r="D207" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>100</v>
+      </c>
+      <c r="B208">
+        <v>0.955</v>
+      </c>
+      <c r="C208">
+        <v>1.0</v>
+      </c>
+      <c r="D208" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>100</v>
+      </c>
+      <c r="B209">
+        <v>0.955</v>
+      </c>
+      <c r="C209">
+        <v>1.0</v>
+      </c>
+      <c r="D209" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>100</v>
+      </c>
+      <c r="B210">
+        <v>0.955</v>
+      </c>
+      <c r="C210">
+        <v>1.0</v>
+      </c>
+      <c r="D210" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>100</v>
+      </c>
+      <c r="B211">
+        <v>0.955</v>
+      </c>
+      <c r="C211">
+        <v>1.0</v>
+      </c>
+      <c r="D211" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>100</v>
+      </c>
+      <c r="B212">
+        <v>0.955</v>
+      </c>
+      <c r="C212">
+        <v>1.0</v>
+      </c>
+      <c r="D212" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>100</v>
+      </c>
+      <c r="B213">
+        <v>0.955</v>
+      </c>
+      <c r="C213">
+        <v>2000.0</v>
+      </c>
+      <c r="D213" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>100</v>
+      </c>
+      <c r="B214">
+        <v>0.955</v>
+      </c>
+      <c r="C214">
+        <v>1.0</v>
+      </c>
+      <c r="D214" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>100</v>
+      </c>
+      <c r="B215">
+        <v>0.955</v>
+      </c>
+      <c r="C215">
+        <v>1.0</v>
+      </c>
+      <c r="D215" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>100</v>
+      </c>
+      <c r="B216">
+        <v>0.955</v>
+      </c>
+      <c r="C216">
+        <v>1884.0</v>
+      </c>
+      <c r="D216" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>101</v>
+      </c>
+      <c r="B217">
+        <v>0.955</v>
+      </c>
+      <c r="C217">
+        <v>1000.0</v>
+      </c>
+      <c r="D217" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>102</v>
+      </c>
+      <c r="B218">
+        <v>0.954</v>
+      </c>
+      <c r="C218">
+        <v>35.0</v>
+      </c>
+      <c r="D218" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>103</v>
+      </c>
+      <c r="B219">
+        <v>0.955</v>
+      </c>
+      <c r="C219">
+        <v>3116.0</v>
+      </c>
+      <c r="D219" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>103</v>
+      </c>
+      <c r="B220">
+        <v>0.955</v>
+      </c>
+      <c r="C220">
+        <v>884.0</v>
+      </c>
+      <c r="D220" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>104</v>
+      </c>
+      <c r="B221">
+        <v>0.955</v>
+      </c>
+      <c r="C221">
+        <v>116.0</v>
+      </c>
+      <c r="D221" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>104</v>
+      </c>
+      <c r="B222">
+        <v>0.955</v>
+      </c>
+      <c r="C222">
+        <v>1.0</v>
+      </c>
+      <c r="D222" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>104</v>
+      </c>
+      <c r="B223">
+        <v>0.955</v>
+      </c>
+      <c r="C223">
+        <v>1.0</v>
+      </c>
+      <c r="D223" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>104</v>
+      </c>
+      <c r="B224">
+        <v>0.955</v>
+      </c>
+      <c r="C224">
+        <v>1.0</v>
+      </c>
+      <c r="D224" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>104</v>
+      </c>
+      <c r="B225">
+        <v>0.955</v>
+      </c>
+      <c r="C225">
+        <v>1.0</v>
+      </c>
+      <c r="D225" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>105</v>
+      </c>
+      <c r="B226">
+        <v>0.954</v>
+      </c>
+      <c r="C226">
+        <v>4000.0</v>
+      </c>
+      <c r="D226" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>106</v>
+      </c>
+      <c r="B227">
+        <v>0.954</v>
+      </c>
+      <c r="C227">
+        <v>4000.0</v>
+      </c>
+      <c r="D227" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>107</v>
+      </c>
+      <c r="B228">
+        <v>0.954</v>
+      </c>
+      <c r="C228">
+        <v>1000.0</v>
+      </c>
+      <c r="D228" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>108</v>
+      </c>
+      <c r="B229">
+        <v>0.953</v>
+      </c>
+      <c r="C229">
+        <v>5803.0</v>
+      </c>
+      <c r="D229" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>108</v>
+      </c>
+      <c r="B230">
+        <v>0.953</v>
+      </c>
+      <c r="C230">
+        <v>100.0</v>
+      </c>
+      <c r="D230" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>108</v>
+      </c>
+      <c r="B231">
+        <v>0.953</v>
+      </c>
+      <c r="C231">
+        <v>2000.0</v>
+      </c>
+      <c r="D231" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>109</v>
+      </c>
+      <c r="B232">
+        <v>0.953</v>
+      </c>
+      <c r="C232">
+        <v>500.0</v>
+      </c>
+      <c r="D232" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>110</v>
+      </c>
+      <c r="B233">
+        <v>0.953</v>
+      </c>
+      <c r="C233">
+        <v>1000.0</v>
+      </c>
+      <c r="D233" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>111</v>
+      </c>
+      <c r="B234">
+        <v>0.953</v>
+      </c>
+      <c r="C234">
+        <v>1831.0</v>
+      </c>
+      <c r="D234" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>111</v>
+      </c>
+      <c r="B235">
+        <v>0.953</v>
+      </c>
+      <c r="C235">
+        <v>1169.0</v>
+      </c>
+      <c r="D235" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>112</v>
+      </c>
+      <c r="B236">
+        <v>0.953</v>
+      </c>
+      <c r="C236">
+        <v>2000.0</v>
+      </c>
+      <c r="D236" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>113</v>
+      </c>
+      <c r="B237">
+        <v>0.953</v>
+      </c>
+      <c r="C237">
+        <v>300.0</v>
+      </c>
+      <c r="D237" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>114</v>
+      </c>
+      <c r="B238">
+        <v>0.953</v>
+      </c>
+      <c r="C238">
+        <v>30.0</v>
+      </c>
+      <c r="D238" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>115</v>
+      </c>
+      <c r="B239">
+        <v>0.953</v>
+      </c>
+      <c r="C239">
+        <v>1.0</v>
+      </c>
+      <c r="D239" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>116</v>
+      </c>
+      <c r="B240">
+        <v>0.953</v>
+      </c>
+      <c r="C240">
+        <v>4000.0</v>
+      </c>
+      <c r="D240" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>116</v>
+      </c>
+      <c r="B241">
+        <v>0.953</v>
+      </c>
+      <c r="C241">
+        <v>500.0</v>
+      </c>
+      <c r="D241" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>116</v>
+      </c>
+      <c r="B242">
+        <v>0.954</v>
+      </c>
+      <c r="C242">
+        <v>1.0</v>
+      </c>
+      <c r="D242" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>116</v>
+      </c>
+      <c r="B243">
+        <v>0.954</v>
+      </c>
+      <c r="C243">
+        <v>1.0</v>
+      </c>
+      <c r="D243" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>116</v>
+      </c>
+      <c r="B244">
+        <v>0.954</v>
+      </c>
+      <c r="C244">
+        <v>1.0</v>
+      </c>
+      <c r="D244" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>116</v>
+      </c>
+      <c r="B245">
+        <v>0.954</v>
+      </c>
+      <c r="C245">
+        <v>1.0</v>
+      </c>
+      <c r="D245" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>116</v>
+      </c>
+      <c r="B246">
+        <v>0.954</v>
+      </c>
+      <c r="C246">
+        <v>1.0</v>
+      </c>
+      <c r="D246" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>116</v>
+      </c>
+      <c r="B247">
+        <v>0.954</v>
+      </c>
+      <c r="C247">
+        <v>1.0</v>
+      </c>
+      <c r="D247" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>116</v>
+      </c>
+      <c r="B248">
+        <v>0.954</v>
+      </c>
+      <c r="C248">
+        <v>1.0</v>
+      </c>
+      <c r="D248" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>116</v>
+      </c>
+      <c r="B249">
+        <v>0.954</v>
+      </c>
+      <c r="C249">
+        <v>1.0</v>
+      </c>
+      <c r="D249" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>116</v>
+      </c>
+      <c r="B250">
+        <v>0.954</v>
+      </c>
+      <c r="C250">
+        <v>1.0</v>
+      </c>
+      <c r="D250" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>116</v>
+      </c>
+      <c r="B251">
+        <v>0.954</v>
+      </c>
+      <c r="C251">
+        <v>1.0</v>
+      </c>
+      <c r="D251" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>116</v>
+      </c>
+      <c r="B252">
+        <v>0.954</v>
+      </c>
+      <c r="C252">
+        <v>1.0</v>
+      </c>
+      <c r="D252" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>116</v>
+      </c>
+      <c r="B253">
+        <v>0.954</v>
+      </c>
+      <c r="C253">
+        <v>1.0</v>
+      </c>
+      <c r="D253" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>116</v>
+      </c>
+      <c r="B254">
+        <v>0.954</v>
+      </c>
+      <c r="C254">
+        <v>1.0</v>
+      </c>
+      <c r="D254" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>116</v>
+      </c>
+      <c r="B255">
+        <v>0.954</v>
+      </c>
+      <c r="C255">
+        <v>1.0</v>
+      </c>
+      <c r="D255" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>116</v>
+      </c>
+      <c r="B256">
+        <v>0.954</v>
+      </c>
+      <c r="C256">
+        <v>1.0</v>
+      </c>
+      <c r="D256" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>116</v>
+      </c>
+      <c r="B257">
+        <v>0.954</v>
+      </c>
+      <c r="C257">
+        <v>1.0</v>
+      </c>
+      <c r="D257" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>116</v>
+      </c>
+      <c r="B258">
+        <v>0.954</v>
+      </c>
+      <c r="C258">
+        <v>1.0</v>
+      </c>
+      <c r="D258" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>116</v>
+      </c>
+      <c r="B259">
+        <v>0.954</v>
+      </c>
+      <c r="C259">
+        <v>1.0</v>
+      </c>
+      <c r="D259" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>116</v>
+      </c>
+      <c r="B260">
+        <v>0.954</v>
+      </c>
+      <c r="C260">
+        <v>1.0</v>
+      </c>
+      <c r="D260" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>116</v>
+      </c>
+      <c r="B261">
+        <v>0.954</v>
+      </c>
+      <c r="C261">
+        <v>1.0</v>
+      </c>
+      <c r="D261" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>116</v>
+      </c>
+      <c r="B262">
+        <v>0.954</v>
+      </c>
+      <c r="C262">
+        <v>5000.0</v>
+      </c>
+      <c r="D262" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>116</v>
+      </c>
+      <c r="B263">
+        <v>0.955</v>
+      </c>
+      <c r="C263">
+        <v>20739.0</v>
+      </c>
+      <c r="D263" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>116</v>
+      </c>
+      <c r="B264">
+        <v>0.955</v>
+      </c>
+      <c r="C264">
+        <v>46.0</v>
+      </c>
+      <c r="D264" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>116</v>
+      </c>
+      <c r="B265">
+        <v>0.955</v>
+      </c>
+      <c r="C265">
+        <v>400.0</v>
+      </c>
+      <c r="D265" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>116</v>
+      </c>
+      <c r="B266">
+        <v>0.955</v>
+      </c>
+      <c r="C266">
+        <v>2000.0</v>
+      </c>
+      <c r="D266" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>116</v>
+      </c>
+      <c r="B267">
+        <v>0.955</v>
+      </c>
+      <c r="C267">
+        <v>250.0</v>
+      </c>
+      <c r="D267" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>116</v>
+      </c>
+      <c r="B268">
+        <v>0.955</v>
+      </c>
+      <c r="C268">
+        <v>2411.0</v>
+      </c>
+      <c r="D268" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>117</v>
+      </c>
+      <c r="B269">
+        <v>0.955</v>
+      </c>
+      <c r="C269">
+        <v>6000.0</v>
+      </c>
+      <c r="D269" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>118</v>
+      </c>
+      <c r="B270">
+        <v>0.956</v>
+      </c>
+      <c r="C270">
+        <v>1390.0</v>
+      </c>
+      <c r="D270" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>119</v>
+      </c>
+      <c r="B271">
+        <v>0.956</v>
+      </c>
+      <c r="C271">
+        <v>609.0</v>
+      </c>
+      <c r="D271" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>120</v>
+      </c>
+      <c r="B272">
+        <v>0.956</v>
+      </c>
+      <c r="C272">
+        <v>990.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>120</v>
+      </c>
+      <c r="B273">
+        <v>0.956</v>
+      </c>
+      <c r="C273">
+        <v>10.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>121</v>
+      </c>
+      <c r="B274">
+        <v>0.956</v>
+      </c>
+      <c r="C274">
+        <v>990.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>121</v>
+      </c>
+      <c r="B275">
+        <v>0.956</v>
+      </c>
+      <c r="C275">
+        <v>10.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>122</v>
+      </c>
+      <c r="B276">
+        <v>0.956</v>
+      </c>
+      <c r="C276">
+        <v>3200.0</v>
+      </c>
+      <c r="D276" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>123</v>
+      </c>
+      <c r="B277">
+        <v>0.956</v>
+      </c>
+      <c r="C277">
+        <v>920.0</v>
+      </c>
+      <c r="D277" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>123</v>
+      </c>
+      <c r="B278">
+        <v>0.956</v>
+      </c>
+      <c r="C278">
+        <v>80.0</v>
+      </c>
+      <c r="D278" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>124</v>
+      </c>
+      <c r="B279">
+        <v>0.956</v>
+      </c>
+      <c r="C279">
+        <v>3130.0</v>
+      </c>
+      <c r="D279" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>125</v>
+      </c>
+      <c r="B280">
+        <v>0.956</v>
+      </c>
+      <c r="C280">
+        <v>2000.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>125</v>
+      </c>
+      <c r="B281">
+        <v>0.956</v>
+      </c>
+      <c r="C281">
+        <v>51.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>125</v>
+      </c>
+      <c r="B282">
+        <v>0.956</v>
+      </c>
+      <c r="C282">
+        <v>2000.0</v>
+      </c>
+      <c r="D282" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>125</v>
+      </c>
+      <c r="B283">
+        <v>0.956</v>
+      </c>
+      <c r="C283">
+        <v>10.0</v>
+      </c>
+      <c r="D283" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>126</v>
+      </c>
+      <c r="B284">
+        <v>0.955</v>
+      </c>
+      <c r="C284">
+        <v>1.0</v>
+      </c>
+      <c r="D284" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>127</v>
+      </c>
+      <c r="B285">
+        <v>0.955</v>
+      </c>
+      <c r="C285">
+        <v>1588.0</v>
+      </c>
+      <c r="D285" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>127</v>
+      </c>
+      <c r="B286">
+        <v>0.955</v>
+      </c>
+      <c r="C286">
+        <v>3412.0</v>
+      </c>
+      <c r="D286" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>128</v>
+      </c>
+      <c r="B287">
+        <v>0.955</v>
+      </c>
+      <c r="C287">
+        <v>5000.0</v>
+      </c>
+      <c r="D287" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>129</v>
+      </c>
+      <c r="B288">
+        <v>0.955</v>
+      </c>
+      <c r="C288">
+        <v>1.0</v>
+      </c>
+      <c r="D288" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>129</v>
+      </c>
+      <c r="B289">
+        <v>0.955</v>
+      </c>
+      <c r="C289">
+        <v>1.0</v>
+      </c>
+      <c r="D289" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>129</v>
+      </c>
+      <c r="B290">
+        <v>0.955</v>
+      </c>
+      <c r="C290">
+        <v>1.0</v>
+      </c>
+      <c r="D290" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>129</v>
+      </c>
+      <c r="B291">
+        <v>0.955</v>
+      </c>
+      <c r="C291">
+        <v>1.0</v>
+      </c>
+      <c r="D291" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>129</v>
+      </c>
+      <c r="B292">
+        <v>0.955</v>
+      </c>
+      <c r="C292">
+        <v>10.0</v>
+      </c>
+      <c r="D292" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>129</v>
+      </c>
+      <c r="B293">
+        <v>0.955</v>
+      </c>
+      <c r="C293">
+        <v>5000.0</v>
+      </c>
+      <c r="D293" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>129</v>
+      </c>
+      <c r="B294">
+        <v>0.955</v>
+      </c>
+      <c r="C294">
+        <v>1000.0</v>
+      </c>
+      <c r="D294" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>129</v>
+      </c>
+      <c r="B295">
+        <v>0.955</v>
+      </c>
+      <c r="C295">
+        <v>20000.0</v>
+      </c>
+      <c r="D295" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>129</v>
+      </c>
+      <c r="B296">
+        <v>0.955</v>
+      </c>
+      <c r="C296">
+        <v>5963.0</v>
+      </c>
+      <c r="D296" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>129</v>
+      </c>
+      <c r="B297">
+        <v>0.954</v>
+      </c>
+      <c r="C297">
+        <v>999.0</v>
+      </c>
+      <c r="D297" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>129</v>
+      </c>
+      <c r="B298">
+        <v>0.954</v>
+      </c>
+      <c r="C298">
+        <v>1.0</v>
+      </c>
+      <c r="D298" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>130</v>
+      </c>
+      <c r="B299">
+        <v>0.955</v>
+      </c>
+      <c r="C299">
+        <v>119.0</v>
+      </c>
+      <c r="D299" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>131</v>
+      </c>
+      <c r="B300">
+        <v>0.955</v>
+      </c>
+      <c r="C300">
+        <v>100.0</v>
+      </c>
+      <c r="D300" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>132</v>
+      </c>
+      <c r="B301">
+        <v>0.955</v>
+      </c>
+      <c r="C301">
+        <v>270.0</v>
+      </c>
+      <c r="D301" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>133</v>
+      </c>
+      <c r="B302">
+        <v>0.955</v>
+      </c>
+      <c r="C302">
+        <v>298.0</v>
+      </c>
+      <c r="D302" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>133</v>
+      </c>
+      <c r="B303">
+        <v>0.954</v>
+      </c>
+      <c r="C303">
+        <v>17286.0</v>
+      </c>
+      <c r="D303" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>133</v>
+      </c>
+      <c r="B304">
+        <v>0.954</v>
+      </c>
+      <c r="C304">
+        <v>13000.0</v>
+      </c>
+      <c r="D304" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>133</v>
+      </c>
+      <c r="B305">
+        <v>0.954</v>
+      </c>
+      <c r="C305">
+        <v>1000.0</v>
+      </c>
+      <c r="D305" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>133</v>
+      </c>
+      <c r="B306">
+        <v>0.954</v>
+      </c>
+      <c r="C306">
+        <v>300.0</v>
+      </c>
+      <c r="D306" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>133</v>
+      </c>
+      <c r="B307">
+        <v>0.954</v>
+      </c>
+      <c r="C307">
+        <v>54.0</v>
+      </c>
+      <c r="D307" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>133</v>
+      </c>
+      <c r="B308">
+        <v>0.954</v>
+      </c>
+      <c r="C308">
+        <v>338.0</v>
+      </c>
+      <c r="D308" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>133</v>
+      </c>
+      <c r="B309">
+        <v>0.954</v>
+      </c>
+      <c r="C309">
+        <v>1500.0</v>
+      </c>
+      <c r="D309" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>133</v>
+      </c>
+      <c r="B310">
+        <v>0.954</v>
+      </c>
+      <c r="C310">
+        <v>2000.0</v>
+      </c>
+      <c r="D310" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>133</v>
+      </c>
+      <c r="B311">
+        <v>0.954</v>
+      </c>
+      <c r="C311">
+        <v>1411.0</v>
+      </c>
+      <c r="D311" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>134</v>
+      </c>
+      <c r="B312">
+        <v>0.954</v>
+      </c>
+      <c r="C312">
+        <v>1.0</v>
+      </c>
+      <c r="D312" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>135</v>
+      </c>
+      <c r="B313">
+        <v>0.954</v>
+      </c>
+      <c r="C313">
+        <v>1.0</v>
+      </c>
+      <c r="D313" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>136</v>
+      </c>
+      <c r="B314">
+        <v>0.954</v>
+      </c>
+      <c r="C314">
+        <v>1.0</v>
+      </c>
+      <c r="D314" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>137</v>
+      </c>
+      <c r="B315">
+        <v>0.954</v>
+      </c>
+      <c r="C315">
+        <v>1.0</v>
+      </c>
+      <c r="D315" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>138</v>
+      </c>
+      <c r="B316">
+        <v>0.954</v>
+      </c>
+      <c r="C316">
+        <v>235.0</v>
+      </c>
+      <c r="D316" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>138</v>
+      </c>
+      <c r="B317">
+        <v>0.953</v>
+      </c>
+      <c r="C317">
+        <v>465.0</v>
+      </c>
+      <c r="D317" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>139</v>
+      </c>
+      <c r="B318">
+        <v>0.953</v>
+      </c>
+      <c r="C318">
+        <v>1.0</v>
+      </c>
+      <c r="D318" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>140</v>
+      </c>
+      <c r="B319">
+        <v>0.953</v>
+      </c>
+      <c r="C319">
+        <v>31.0</v>
+      </c>
+      <c r="D319" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>141</v>
+      </c>
+      <c r="B320">
+        <v>0.953</v>
+      </c>
+      <c r="C320">
+        <v>1.0</v>
+      </c>
+      <c r="D320" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>142</v>
+      </c>
+      <c r="B321">
+        <v>0.951</v>
+      </c>
+      <c r="C321">
+        <v>11.0</v>
+      </c>
+      <c r="D321" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>143</v>
+      </c>
+      <c r="B322">
+        <v>0.953</v>
+      </c>
+      <c r="C322">
+        <v>1.0</v>
+      </c>
+      <c r="D322" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>144</v>
+      </c>
+      <c r="B323">
+        <v>0.953</v>
+      </c>
+      <c r="C323">
+        <v>1.0</v>
+      </c>
+      <c r="D323" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>145</v>
+      </c>
+      <c r="B324">
+        <v>0.954</v>
+      </c>
+      <c r="C324">
+        <v>350.0</v>
+      </c>
+      <c r="D324" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>146</v>
+      </c>
+      <c r="B325">
+        <v>0.953</v>
+      </c>
+      <c r="C325">
+        <v>2000.0</v>
+      </c>
+      <c r="D325" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>146</v>
+      </c>
+      <c r="B326">
+        <v>0.953</v>
+      </c>
+      <c r="C326">
+        <v>200.0</v>
+      </c>
+      <c r="D326" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>146</v>
+      </c>
+      <c r="B327">
+        <v>0.953</v>
+      </c>
+      <c r="C327">
+        <v>2000.0</v>
+      </c>
+      <c r="D327" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>146</v>
+      </c>
+      <c r="B328">
+        <v>0.953</v>
+      </c>
+      <c r="C328">
+        <v>1000.0</v>
+      </c>
+      <c r="D328" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>146</v>
+      </c>
+      <c r="B329">
+        <v>0.953</v>
+      </c>
+      <c r="C329">
+        <v>2000.0</v>
+      </c>
+      <c r="D329" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>146</v>
+      </c>
+      <c r="B330">
+        <v>0.953</v>
+      </c>
+      <c r="C330">
+        <v>1883.0</v>
+      </c>
+      <c r="D330" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>147</v>
+      </c>
+      <c r="B331">
+        <v>0.952</v>
+      </c>
+      <c r="C331">
+        <v>500.0</v>
+      </c>
+      <c r="D331" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>147</v>
+      </c>
+      <c r="B332">
+        <v>0.952</v>
+      </c>
+      <c r="C332">
+        <v>1000.0</v>
+      </c>
+      <c r="D332" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>147</v>
+      </c>
+      <c r="B333">
+        <v>0.952</v>
+      </c>
+      <c r="C333">
+        <v>2000.0</v>
+      </c>
+      <c r="D333" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>147</v>
+      </c>
+      <c r="B334">
+        <v>0.952</v>
+      </c>
+      <c r="C334">
+        <v>23.0</v>
+      </c>
+      <c r="D334" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>147</v>
+      </c>
+      <c r="B335">
+        <v>0.952</v>
+      </c>
+      <c r="C335">
+        <v>2000.0</v>
+      </c>
+      <c r="D335" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>147</v>
+      </c>
+      <c r="B336">
+        <v>0.952</v>
+      </c>
+      <c r="C336">
+        <v>3000.0</v>
+      </c>
+      <c r="D336" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>147</v>
+      </c>
+      <c r="B337">
+        <v>0.951</v>
+      </c>
+      <c r="C337">
+        <v>110.0</v>
+      </c>
+      <c r="D337" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>147</v>
+      </c>
+      <c r="B338">
+        <v>0.951</v>
+      </c>
+      <c r="C338">
+        <v>500.0</v>
+      </c>
+      <c r="D338" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>147</v>
+      </c>
+      <c r="B339">
+        <v>0.951</v>
+      </c>
+      <c r="C339">
+        <v>500.0</v>
+      </c>
+      <c r="D339" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>147</v>
+      </c>
+      <c r="B340">
+        <v>0.951</v>
+      </c>
+      <c r="C340">
+        <v>2000.0</v>
+      </c>
+      <c r="D340" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>147</v>
+      </c>
+      <c r="B341">
+        <v>0.951</v>
+      </c>
+      <c r="C341">
+        <v>348.0</v>
+      </c>
+      <c r="D341" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>147</v>
+      </c>
+      <c r="B342">
+        <v>0.951</v>
+      </c>
+      <c r="C342">
+        <v>25.0</v>
+      </c>
+      <c r="D342" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>147</v>
+      </c>
+      <c r="B343">
+        <v>0.951</v>
+      </c>
+      <c r="C343">
+        <v>1724.0</v>
+      </c>
+      <c r="D343" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>148</v>
+      </c>
+      <c r="B344">
+        <v>0.951</v>
+      </c>
+      <c r="C344">
+        <v>200.0</v>
+      </c>
+      <c r="D344" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>149</v>
+      </c>
+      <c r="B345">
+        <v>0.951</v>
+      </c>
+      <c r="C345">
+        <v>10.0</v>
+      </c>
+      <c r="D345" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>150</v>
+      </c>
+      <c r="B346">
+        <v>0.951</v>
+      </c>
+      <c r="C346">
+        <v>25.0</v>
+      </c>
+      <c r="D346" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>151</v>
+      </c>
+      <c r="B347">
+        <v>0.951</v>
+      </c>
+      <c r="C347">
+        <v>1000.0</v>
+      </c>
+      <c r="D347" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>152</v>
+      </c>
+      <c r="B348">
+        <v>0.95</v>
+      </c>
+      <c r="C348">
+        <v>2000.0</v>
+      </c>
+      <c r="D348" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>153</v>
+      </c>
+      <c r="B349">
+        <v>0.95</v>
+      </c>
+      <c r="C349">
+        <v>106.0</v>
+      </c>
+      <c r="D349" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>154</v>
+      </c>
+      <c r="B350">
+        <v>0.95</v>
+      </c>
+      <c r="C350">
+        <v>1.0</v>
+      </c>
+      <c r="D350" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>155</v>
+      </c>
+      <c r="B351">
+        <v>0.95</v>
+      </c>
+      <c r="C351">
+        <v>500.0</v>
+      </c>
+      <c r="D351" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>156</v>
+      </c>
+      <c r="B352">
+        <v>0.951</v>
+      </c>
+      <c r="C352">
+        <v>41.0</v>
+      </c>
+      <c r="D352" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>156</v>
+      </c>
+      <c r="B353">
+        <v>0.951</v>
+      </c>
+      <c r="C353">
+        <v>659.0</v>
+      </c>
+      <c r="D353" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>156</v>
+      </c>
+      <c r="B354">
+        <v>0.95</v>
+      </c>
+      <c r="C354">
+        <v>300.0</v>
+      </c>
+      <c r="D354" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>156</v>
+      </c>
+      <c r="B355">
+        <v>0.95</v>
+      </c>
+      <c r="C355">
+        <v>1000.0</v>
+      </c>
+      <c r="D355" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>157</v>
+      </c>
+      <c r="B356">
+        <v>0.95</v>
+      </c>
+      <c r="C356">
+        <v>5000.0</v>
+      </c>
+      <c r="D356" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>157</v>
+      </c>
+      <c r="B357">
+        <v>0.95</v>
+      </c>
+      <c r="C357">
+        <v>5000.0</v>
+      </c>
+      <c r="D357" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>158</v>
+      </c>
+      <c r="B358">
+        <v>0.95</v>
+      </c>
+      <c r="C358">
+        <v>893.0</v>
+      </c>
+      <c r="D358" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>159</v>
+      </c>
+      <c r="B359">
+        <v>0.95</v>
+      </c>
+      <c r="C359">
+        <v>148.0</v>
+      </c>
+      <c r="D359" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>159</v>
+      </c>
+      <c r="B360">
+        <v>0.95</v>
+      </c>
+      <c r="C360">
+        <v>69.0</v>
+      </c>
+      <c r="D360" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>160</v>
+      </c>
+      <c r="B361">
+        <v>0.951</v>
+      </c>
+      <c r="C361">
+        <v>250.0</v>
+      </c>
+      <c r="D361" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>161</v>
+      </c>
+      <c r="B362">
+        <v>0.951</v>
+      </c>
+      <c r="C362">
+        <v>91.0</v>
+      </c>
+      <c r="D362" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>161</v>
+      </c>
+      <c r="B363">
+        <v>0.951</v>
+      </c>
+      <c r="C363">
+        <v>309.0</v>
+      </c>
+      <c r="D363" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>162</v>
+      </c>
+      <c r="B364">
+        <v>0.951</v>
+      </c>
+      <c r="C364">
+        <v>105.0</v>
+      </c>
+      <c r="D364" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>163</v>
+      </c>
+      <c r="B365">
+        <v>0.95</v>
+      </c>
+      <c r="C365">
+        <v>400.0</v>
+      </c>
+      <c r="D365" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>164</v>
+      </c>
+      <c r="B366">
+        <v>0.95</v>
+      </c>
+      <c r="C366">
+        <v>31.0</v>
+      </c>
+      <c r="D366" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>164</v>
+      </c>
+      <c r="B367">
+        <v>0.95</v>
+      </c>
+      <c r="C367">
+        <v>100.0</v>
+      </c>
+      <c r="D367" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>164</v>
+      </c>
+      <c r="B368">
+        <v>0.95</v>
+      </c>
+      <c r="C368">
+        <v>869.0</v>
+      </c>
+      <c r="D368" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>165</v>
+      </c>
+      <c r="B369">
+        <v>0.95</v>
+      </c>
+      <c r="C369">
+        <v>1131.0</v>
+      </c>
+      <c r="D369" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>165</v>
+      </c>
+      <c r="B370">
+        <v>0.95</v>
+      </c>
+      <c r="C370">
+        <v>300.0</v>
+      </c>
+      <c r="D370" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>166</v>
+      </c>
+      <c r="B371">
+        <v>0.951</v>
+      </c>
+      <c r="C371">
+        <v>10.0</v>
+      </c>
+      <c r="D371" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>167</v>
+      </c>
+      <c r="B372">
+        <v>0.95</v>
+      </c>
+      <c r="C372">
+        <v>100.0</v>
+      </c>
+      <c r="D372" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>168</v>
+      </c>
+      <c r="B373">
+        <v>0.951</v>
+      </c>
+      <c r="C373">
+        <v>11.0</v>
+      </c>
+      <c r="D373" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>169</v>
+      </c>
+      <c r="B374">
+        <v>0.951</v>
+      </c>
+      <c r="C374">
+        <v>400.0</v>
+      </c>
+      <c r="D374" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>170</v>
+      </c>
+      <c r="B375">
+        <v>0.95</v>
+      </c>
+      <c r="C375">
+        <v>4231.0</v>
+      </c>
+      <c r="D375" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>171</v>
+      </c>
+      <c r="B376">
+        <v>0.95</v>
+      </c>
+      <c r="C376">
+        <v>1000.0</v>
+      </c>
+      <c r="D376" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>172</v>
+      </c>
+      <c r="B377">
+        <v>0.95</v>
+      </c>
+      <c r="C377">
+        <v>10.0</v>
+      </c>
+      <c r="D377" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>173</v>
+      </c>
+      <c r="B378">
+        <v>0.95</v>
+      </c>
+      <c r="C378">
+        <v>200.0</v>
+      </c>
+      <c r="D378" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>174</v>
+      </c>
+      <c r="B379">
+        <v>0.949</v>
+      </c>
+      <c r="C379">
+        <v>5.0</v>
+      </c>
+      <c r="D379" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>175</v>
+      </c>
+      <c r="B380">
+        <v>0.95</v>
+      </c>
+      <c r="C380">
+        <v>400.0</v>
+      </c>
+      <c r="D380" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>176</v>
+      </c>
+      <c r="B381">
+        <v>0.949</v>
+      </c>
+      <c r="C381">
+        <v>50.0</v>
+      </c>
+      <c r="D381" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>177</v>
+      </c>
+      <c r="B382">
+        <v>0.95</v>
+      </c>
+      <c r="C382">
+        <v>250.0</v>
+      </c>
+      <c r="D382" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>178</v>
+      </c>
+      <c r="B383">
+        <v>0.949</v>
+      </c>
+      <c r="C383">
+        <v>1232.0</v>
+      </c>
+      <c r="D383" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>178</v>
+      </c>
+      <c r="B384">
+        <v>0.949</v>
+      </c>
+      <c r="C384">
+        <v>11111.0</v>
+      </c>
+      <c r="D384" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>178</v>
+      </c>
+      <c r="B385">
+        <v>0.949</v>
+      </c>
+      <c r="C385">
+        <v>500.0</v>
+      </c>
+      <c r="D385" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>178</v>
+      </c>
+      <c r="B386">
+        <v>0.949</v>
+      </c>
+      <c r="C386">
+        <v>2000.0</v>
+      </c>
+      <c r="D386" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>178</v>
+      </c>
+      <c r="B387">
+        <v>0.949</v>
+      </c>
+      <c r="C387">
+        <v>50.0</v>
+      </c>
+      <c r="D387" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>178</v>
+      </c>
+      <c r="B388">
+        <v>0.949</v>
+      </c>
+      <c r="C388">
+        <v>1500.0</v>
+      </c>
+      <c r="D388" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>178</v>
+      </c>
+      <c r="B389">
+        <v>0.949</v>
+      </c>
+      <c r="C389">
+        <v>2000.0</v>
+      </c>
+      <c r="D389" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>178</v>
+      </c>
+      <c r="B390">
+        <v>0.949</v>
+      </c>
+      <c r="C390">
+        <v>2300.0</v>
+      </c>
+      <c r="D390" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>178</v>
+      </c>
+      <c r="B391">
+        <v>0.949</v>
+      </c>
+      <c r="C391">
+        <v>1932.0</v>
+      </c>
+      <c r="D391" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>178</v>
+      </c>
+      <c r="B392">
+        <v>0.95</v>
+      </c>
+      <c r="C392">
+        <v>500.0</v>
+      </c>
+      <c r="D392" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>178</v>
+      </c>
+      <c r="B393">
+        <v>0.95</v>
+      </c>
+      <c r="C393">
+        <v>1875.0</v>
+      </c>
+      <c r="D393" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>179</v>
+      </c>
+      <c r="B394">
+        <v>0.951</v>
+      </c>
+      <c r="C394">
+        <v>125.0</v>
+      </c>
+      <c r="D394" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>180</v>
+      </c>
+      <c r="B395">
+        <v>0.951</v>
+      </c>
+      <c r="C395">
+        <v>5.0</v>
+      </c>
+      <c r="D395" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>181</v>
+      </c>
+      <c r="B396">
+        <v>0.95</v>
+      </c>
+      <c r="C396">
+        <v>125.0</v>
+      </c>
+      <c r="D396" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>182</v>
+      </c>
+      <c r="B397">
+        <v>0.951</v>
+      </c>
+      <c r="C397">
+        <v>10.0</v>
+      </c>
+      <c r="D397" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>183</v>
+      </c>
+      <c r="B398">
+        <v>0.951</v>
+      </c>
+      <c r="C398">
+        <v>4.0</v>
+      </c>
+      <c r="D398" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>184</v>
+      </c>
+      <c r="B399">
+        <v>0.95</v>
+      </c>
+      <c r="C399">
+        <v>1599.0</v>
+      </c>
+      <c r="D399" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>185</v>
+      </c>
+      <c r="B400">
+        <v>0.95</v>
+      </c>
+      <c r="C400">
+        <v>400.0</v>
+      </c>
+      <c r="D400" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>186</v>
+      </c>
+      <c r="B401">
+        <v>0.95</v>
+      </c>
+      <c r="C401">
+        <v>1.0</v>
+      </c>
+      <c r="D401" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>187</v>
+      </c>
+      <c r="B402">
+        <v>0.95</v>
+      </c>
+      <c r="C402">
+        <v>5268.0</v>
+      </c>
+      <c r="D402" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>188</v>
+      </c>
+      <c r="B403">
+        <v>0.95</v>
+      </c>
+      <c r="C403">
+        <v>110.0</v>
+      </c>
+      <c r="D403" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>189</v>
+      </c>
+      <c r="B404">
+        <v>0.95</v>
+      </c>
+      <c r="C404">
+        <v>110.0</v>
+      </c>
+      <c r="D404" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>190</v>
+      </c>
+      <c r="B405">
+        <v>0.95</v>
+      </c>
+      <c r="C405">
+        <v>17.0</v>
+      </c>
+      <c r="D405" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>191</v>
+      </c>
+      <c r="B406">
+        <v>0.95</v>
+      </c>
+      <c r="C406">
+        <v>1000.0</v>
+      </c>
+      <c r="D406" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>192</v>
+      </c>
+      <c r="B407">
+        <v>0.95</v>
+      </c>
+      <c r="C407">
+        <v>500.0</v>
+      </c>
+      <c r="D407" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>193</v>
+      </c>
+      <c r="B408">
+        <v>0.95</v>
+      </c>
+      <c r="C408">
+        <v>2995.0</v>
+      </c>
+      <c r="D408" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>193</v>
+      </c>
+      <c r="B409">
+        <v>0.95</v>
+      </c>
+      <c r="C409">
+        <v>250.0</v>
+      </c>
+      <c r="D409" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>194</v>
+      </c>
+      <c r="B410">
+        <v>0.95</v>
+      </c>
+      <c r="C410">
+        <v>300.0</v>
+      </c>
+      <c r="D410" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>194</v>
+      </c>
+      <c r="B411">
+        <v>0.95</v>
+      </c>
+      <c r="C411">
+        <v>300.0</v>
+      </c>
+      <c r="D411" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>195</v>
+      </c>
+      <c r="B412">
+        <v>0.95</v>
+      </c>
+      <c r="C412">
+        <v>100.0</v>
+      </c>
+      <c r="D412" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>196</v>
+      </c>
+      <c r="B413">
+        <v>0.95</v>
+      </c>
+      <c r="C413">
+        <v>600.0</v>
+      </c>
+      <c r="D413" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>197</v>
+      </c>
+      <c r="B414">
+        <v>0.95</v>
+      </c>
+      <c r="C414">
+        <v>400.0</v>
+      </c>
+      <c r="D414" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>198</v>
+      </c>
+      <c r="B415">
+        <v>0.95</v>
+      </c>
+      <c r="C415">
+        <v>2000.0</v>
+      </c>
+      <c r="D415" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>198</v>
+      </c>
+      <c r="B416">
+        <v>0.95</v>
+      </c>
+      <c r="C416">
+        <v>7960.0</v>
+      </c>
+      <c r="D416" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>199</v>
+      </c>
+      <c r="B417">
+        <v>0.949</v>
+      </c>
+      <c r="C417">
+        <v>10.0</v>
+      </c>
+      <c r="D417" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>200</v>
+      </c>
+      <c r="B418">
+        <v>0.95</v>
+      </c>
+      <c r="C418">
+        <v>1000.0</v>
+      </c>
+      <c r="D418" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>201</v>
+      </c>
+      <c r="B419">
+        <v>0.95</v>
+      </c>
+      <c r="C419">
+        <v>1040.0</v>
+      </c>
+      <c r="D419" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>202</v>
+      </c>
+      <c r="B420">
+        <v>0.95</v>
+      </c>
+      <c r="C420">
+        <v>180.0</v>
+      </c>
+      <c r="D420" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>202</v>
+      </c>
+      <c r="B421">
+        <v>0.95</v>
+      </c>
+      <c r="C421">
+        <v>8780.0</v>
+      </c>
+      <c r="D421" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>203</v>
+      </c>
+      <c r="B422">
+        <v>0.95</v>
+      </c>
+      <c r="C422">
+        <v>80.0</v>
+      </c>
+      <c r="D422" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>204</v>
+      </c>
+      <c r="B423">
+        <v>0.95</v>
+      </c>
+      <c r="C423">
+        <v>20.0</v>
+      </c>
+      <c r="D423" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>205</v>
+      </c>
+      <c r="B424">
+        <v>0.949</v>
+      </c>
+      <c r="C424">
+        <v>500.0</v>
+      </c>
+      <c r="D424" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>206</v>
+      </c>
+      <c r="B425">
+        <v>0.95</v>
+      </c>
+      <c r="C425">
+        <v>100.0</v>
+      </c>
+      <c r="D425" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>207</v>
+      </c>
+      <c r="B426">
+        <v>0.949</v>
+      </c>
+      <c r="C426">
+        <v>100.0</v>
+      </c>
+      <c r="D426" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>208</v>
+      </c>
+      <c r="B427">
+        <v>0.95</v>
+      </c>
+      <c r="C427">
+        <v>300.0</v>
+      </c>
+      <c r="D427" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>209</v>
+      </c>
+      <c r="B428">
+        <v>0.95</v>
+      </c>
+      <c r="C428">
+        <v>400.0</v>
+      </c>
+      <c r="D428" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>209</v>
+      </c>
+      <c r="B429">
+        <v>0.95</v>
+      </c>
+      <c r="C429">
+        <v>320.0</v>
+      </c>
+      <c r="D429" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>210</v>
+      </c>
+      <c r="B430">
+        <v>0.95</v>
+      </c>
+      <c r="C430">
+        <v>180.0</v>
+      </c>
+      <c r="D430" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>210</v>
+      </c>
+      <c r="B431">
+        <v>0.95</v>
+      </c>
+      <c r="C431">
+        <v>20.0</v>
+      </c>
+      <c r="D431" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>210</v>
+      </c>
+      <c r="B432">
+        <v>0.95</v>
+      </c>
+      <c r="C432">
+        <v>1000.0</v>
+      </c>
+      <c r="D432" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>211</v>
+      </c>
+      <c r="B433">
+        <v>0.951</v>
+      </c>
+      <c r="C433">
+        <v>1000.0</v>
+      </c>
+      <c r="D433" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>212</v>
+      </c>
+      <c r="B434">
+        <v>0.951</v>
+      </c>
+      <c r="C434">
+        <v>21.0</v>
+      </c>
+      <c r="D434" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>212</v>
+      </c>
+      <c r="B435">
+        <v>0.95</v>
+      </c>
+      <c r="C435">
+        <v>29.0</v>
+      </c>
+      <c r="D435" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>213</v>
+      </c>
+      <c r="B436">
+        <v>0.95</v>
+      </c>
+      <c r="C436">
+        <v>9000.0</v>
+      </c>
+      <c r="D436" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>214</v>
+      </c>
+      <c r="B437">
+        <v>0.95</v>
+      </c>
+      <c r="C437">
+        <v>971.0</v>
+      </c>
+      <c r="D437" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>215</v>
+      </c>
+      <c r="B438">
+        <v>0.953</v>
+      </c>
+      <c r="C438">
+        <v>2.0</v>
+      </c>
+      <c r="D438" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>216</v>
+      </c>
+      <c r="B439">
+        <v>0.95</v>
+      </c>
+      <c r="C439">
+        <v>1029.0</v>
+      </c>
+      <c r="D439" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>216</v>
+      </c>
+      <c r="B440">
+        <v>0.95</v>
+      </c>
+      <c r="C440">
+        <v>100.0</v>
+      </c>
+      <c r="D440" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>216</v>
+      </c>
+      <c r="B441">
+        <v>0.95</v>
+      </c>
+      <c r="C441">
+        <v>10.0</v>
+      </c>
+      <c r="D441" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>216</v>
+      </c>
+      <c r="B442">
+        <v>0.95</v>
+      </c>
+      <c r="C442">
+        <v>150.0</v>
+      </c>
+      <c r="D442" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>216</v>
+      </c>
+      <c r="B443">
+        <v>0.95</v>
+      </c>
+      <c r="C443">
+        <v>8000.0</v>
+      </c>
+      <c r="D443" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>216</v>
+      </c>
+      <c r="B444">
+        <v>0.95</v>
+      </c>
+      <c r="C444">
+        <v>200.0</v>
+      </c>
+      <c r="D444" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>216</v>
+      </c>
+      <c r="B445">
+        <v>0.95</v>
+      </c>
+      <c r="C445">
+        <v>200.0</v>
+      </c>
+      <c r="D445" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>216</v>
+      </c>
+      <c r="B446">
+        <v>0.95</v>
+      </c>
+      <c r="C446">
+        <v>200.0</v>
+      </c>
+      <c r="D446" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>216</v>
+      </c>
+      <c r="B447">
+        <v>0.95</v>
+      </c>
+      <c r="C447">
+        <v>311.0</v>
+      </c>
+      <c r="D447" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>216</v>
+      </c>
+      <c r="B448">
+        <v>0.951</v>
+      </c>
+      <c r="C448">
+        <v>2000.0</v>
+      </c>
+      <c r="D448" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>216</v>
+      </c>
+      <c r="B449">
+        <v>0.951</v>
+      </c>
+      <c r="C449">
+        <v>1000.0</v>
+      </c>
+      <c r="D449" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>216</v>
+      </c>
+      <c r="B450">
+        <v>0.951</v>
+      </c>
+      <c r="C450">
+        <v>1800.0</v>
+      </c>
+      <c r="D450" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>217</v>
+      </c>
+      <c r="B451">
+        <v>0.952</v>
+      </c>
+      <c r="C451">
+        <v>1622.0</v>
+      </c>
+      <c r="D451" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>218</v>
+      </c>
+      <c r="B452">
+        <v>0.952</v>
+      </c>
+      <c r="C452">
+        <v>378.0</v>
+      </c>
+      <c r="D452" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>219</v>
+      </c>
+      <c r="B453">
+        <v>0.953</v>
+      </c>
+      <c r="C453">
+        <v>1115.0</v>
+      </c>
+      <c r="D453" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>219</v>
+      </c>
+      <c r="B454">
+        <v>0.952</v>
+      </c>
+      <c r="C454">
+        <v>2000.0</v>
+      </c>
+      <c r="D454" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>219</v>
+      </c>
+      <c r="B455">
+        <v>0.952</v>
+      </c>
+      <c r="C455">
+        <v>885.0</v>
+      </c>
+      <c r="D455" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>220</v>
+      </c>
+      <c r="B456">
+        <v>0.952</v>
+      </c>
+      <c r="C456">
+        <v>100.0</v>
+      </c>
+      <c r="D456" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>221</v>
+      </c>
+      <c r="B457">
+        <v>0.951</v>
+      </c>
+      <c r="C457">
+        <v>1000.0</v>
+      </c>
+      <c r="D457" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>222</v>
+      </c>
+      <c r="B458">
+        <v>0.952</v>
+      </c>
+      <c r="C458">
+        <v>1000.0</v>
+      </c>
+      <c r="D458" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>223</v>
+      </c>
+      <c r="B459">
+        <v>0.952</v>
+      </c>
+      <c r="C459">
+        <v>15.0</v>
+      </c>
+      <c r="D459" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>224</v>
+      </c>
+      <c r="B460">
+        <v>0.951</v>
+      </c>
+      <c r="C460">
+        <v>1000.0</v>
+      </c>
+      <c r="D460" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>225</v>
+      </c>
+      <c r="B461">
+        <v>0.952</v>
+      </c>
+      <c r="C461">
+        <v>1.0</v>
+      </c>
+      <c r="D461" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>226</v>
+      </c>
+      <c r="B462">
+        <v>0.951</v>
+      </c>
+      <c r="C462">
+        <v>1900.0</v>
+      </c>
+      <c r="D462" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>227</v>
+      </c>
+      <c r="B463">
+        <v>0.95</v>
+      </c>
+      <c r="C463">
+        <v>50.0</v>
+      </c>
+      <c r="D463" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>228</v>
+      </c>
+      <c r="B464">
+        <v>0.95</v>
+      </c>
+      <c r="C464">
+        <v>639.0</v>
+      </c>
+      <c r="D464" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>228</v>
+      </c>
+      <c r="B465">
+        <v>0.95</v>
+      </c>
+      <c r="C465">
+        <v>181.0</v>
+      </c>
+      <c r="D465" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>228</v>
+      </c>
+      <c r="B466">
+        <v>0.95</v>
+      </c>
+      <c r="C466">
+        <v>18.0</v>
+      </c>
+      <c r="D466" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>229</v>
+      </c>
+      <c r="B467">
+        <v>0.95</v>
+      </c>
+      <c r="C467">
+        <v>3000.0</v>
+      </c>
+      <c r="D467" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>230</v>
+      </c>
+      <c r="B468">
+        <v>0.951</v>
+      </c>
+      <c r="C468">
+        <v>100.0</v>
+      </c>
+      <c r="D468" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>231</v>
+      </c>
+      <c r="B469">
+        <v>0.951</v>
+      </c>
+      <c r="C469">
+        <v>3170.0</v>
+      </c>
+      <c r="D469" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>232</v>
+      </c>
+      <c r="B470">
+        <v>0.951</v>
+      </c>
+      <c r="C470">
+        <v>1.0</v>
+      </c>
+      <c r="D470" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>233</v>
+      </c>
+      <c r="B471">
+        <v>0.95</v>
+      </c>
+      <c r="C471">
+        <v>982.0</v>
+      </c>
+      <c r="D471" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>234</v>
+      </c>
+      <c r="B472">
+        <v>0.95</v>
+      </c>
+      <c r="C472">
+        <v>5555.0</v>
+      </c>
+      <c r="D472" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>235</v>
+      </c>
+      <c r="B473">
+        <v>0.95</v>
+      </c>
+      <c r="C473">
+        <v>100.0</v>
+      </c>
+      <c r="D473" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>236</v>
+      </c>
+      <c r="B474">
+        <v>0.95</v>
+      </c>
+      <c r="C474">
+        <v>200.0</v>
+      </c>
+      <c r="D474" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>237</v>
+      </c>
+      <c r="B475">
+        <v>0.95</v>
+      </c>
+      <c r="C475">
+        <v>9.0</v>
+      </c>
+      <c r="D475" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>238</v>
+      </c>
+      <c r="B476">
+        <v>0.949</v>
+      </c>
+      <c r="C476">
+        <v>500.0</v>
+      </c>
+      <c r="D476" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>239</v>
+      </c>
+      <c r="B477">
+        <v>0.95</v>
+      </c>
+      <c r="C477">
+        <v>65.0</v>
+      </c>
+      <c r="D477" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>240</v>
+      </c>
+      <c r="B478">
+        <v>0.95</v>
+      </c>
+      <c r="C478">
+        <v>25.0</v>
+      </c>
+      <c r="D478" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>241</v>
+      </c>
+      <c r="B479">
+        <v>0.95</v>
+      </c>
+      <c r="C479">
+        <v>2.0</v>
+      </c>
+      <c r="D479" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>242</v>
+      </c>
+      <c r="B480">
+        <v>0.949</v>
+      </c>
+      <c r="C480">
+        <v>500.0</v>
+      </c>
+      <c r="D480" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>243</v>
+      </c>
+      <c r="B481">
+        <v>0.95</v>
+      </c>
+      <c r="C481">
+        <v>250.0</v>
+      </c>
+      <c r="D481" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>244</v>
+      </c>
+      <c r="B482">
+        <v>0.95</v>
+      </c>
+      <c r="C482">
+        <v>2812.0</v>
+      </c>
+      <c r="D482" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>244</v>
+      </c>
+      <c r="B483">
+        <v>0.95</v>
+      </c>
+      <c r="C483">
+        <v>188.0</v>
+      </c>
+      <c r="D483" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>245</v>
+      </c>
+      <c r="B484">
+        <v>0.95</v>
+      </c>
+      <c r="C484">
+        <v>51.0</v>
+      </c>
+      <c r="D484" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>245</v>
+      </c>
+      <c r="B485">
+        <v>0.95</v>
+      </c>
+      <c r="C485">
+        <v>103.0</v>
+      </c>
+      <c r="D485" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>245</v>
+      </c>
+      <c r="B486">
+        <v>0.95</v>
+      </c>
+      <c r="C486">
+        <v>5.0</v>
+      </c>
+      <c r="D486" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>245</v>
+      </c>
+      <c r="B487">
+        <v>0.95</v>
+      </c>
+      <c r="C487">
+        <v>1000.0</v>
+      </c>
+      <c r="D487" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>245</v>
+      </c>
+      <c r="B488">
+        <v>0.95</v>
+      </c>
+      <c r="C488">
+        <v>105.0</v>
+      </c>
+      <c r="D488" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>245</v>
+      </c>
+      <c r="B489">
+        <v>0.95</v>
+      </c>
+      <c r="C489">
+        <v>1548.0</v>
+      </c>
+      <c r="D489" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>246</v>
+      </c>
+      <c r="B490">
+        <v>0.952</v>
+      </c>
+      <c r="C490">
+        <v>10.0</v>
+      </c>
+      <c r="D490" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>247</v>
+      </c>
+      <c r="B491">
+        <v>0.95</v>
+      </c>
+      <c r="C491">
+        <v>452.0</v>
+      </c>
+      <c r="D491" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>248</v>
+      </c>
+      <c r="B492">
+        <v>0.951</v>
+      </c>
+      <c r="C492">
+        <v>24.0</v>
+      </c>
+      <c r="D492" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>248</v>
+      </c>
+      <c r="B493">
+        <v>0.951</v>
+      </c>
+      <c r="C493">
+        <v>1000.0</v>
+      </c>
+      <c r="D493" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>248</v>
+      </c>
+      <c r="B494">
+        <v>0.951</v>
+      </c>
+      <c r="C494">
+        <v>500.0</v>
+      </c>
+      <c r="D494" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>248</v>
+      </c>
+      <c r="B495">
+        <v>0.951</v>
+      </c>
+      <c r="C495">
+        <v>38.0</v>
+      </c>
+      <c r="D495" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>248</v>
+      </c>
+      <c r="B496">
+        <v>0.951</v>
+      </c>
+      <c r="C496">
+        <v>4.0</v>
+      </c>
+      <c r="D496" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>249</v>
+      </c>
+      <c r="B497">
+        <v>0.951</v>
+      </c>
+      <c r="C497">
+        <v>2000.0</v>
+      </c>
+      <c r="D497" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>250</v>
+      </c>
+      <c r="B498">
+        <v>0.952</v>
+      </c>
+      <c r="C498">
+        <v>1000.0</v>
+      </c>
+      <c r="D498" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>250</v>
+      </c>
+      <c r="B499">
+        <v>0.952</v>
+      </c>
+      <c r="C499">
+        <v>111.0</v>
+      </c>
+      <c r="D499" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>251</v>
+      </c>
+      <c r="B500">
+        <v>0.952</v>
+      </c>
+      <c r="C500">
+        <v>250.0</v>
+      </c>
+      <c r="D500" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>252</v>
+      </c>
+      <c r="B501">
+        <v>0.954</v>
+      </c>
+      <c r="C501">
+        <v>50.0</v>
+      </c>
+      <c r="D501" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>252</v>
+      </c>
+      <c r="B502">
+        <v>0.952</v>
+      </c>
+      <c r="C502">
+        <v>100.0</v>
+      </c>
+      <c r="D502" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>253</v>
+      </c>
+      <c r="B503">
+        <v>0.952</v>
+      </c>
+      <c r="C503">
+        <v>30039.0</v>
+      </c>
+      <c r="D503" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>253</v>
+      </c>
+      <c r="B504">
+        <v>0.953</v>
+      </c>
+      <c r="C504">
+        <v>3000.0</v>
+      </c>
+      <c r="D504" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>253</v>
+      </c>
+      <c r="B505">
+        <v>0.953</v>
+      </c>
+      <c r="C505">
+        <v>100.0</v>
+      </c>
+      <c r="D505" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>253</v>
+      </c>
+      <c r="B506">
+        <v>0.953</v>
+      </c>
+      <c r="C506">
+        <v>1722.0</v>
+      </c>
+      <c r="D506" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>253</v>
+      </c>
+      <c r="B507">
+        <v>0.953</v>
+      </c>
+      <c r="C507">
+        <v>500.0</v>
+      </c>
+      <c r="D507" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>253</v>
+      </c>
+      <c r="B508">
+        <v>0.953</v>
+      </c>
+      <c r="C508">
+        <v>2639.0</v>
+      </c>
+      <c r="D508" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>254</v>
+      </c>
+      <c r="B509">
+        <v>0.954</v>
+      </c>
+      <c r="C509">
+        <v>1000.0</v>
+      </c>
+      <c r="D509" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>254</v>
+      </c>
+      <c r="B510">
+        <v>0.954</v>
+      </c>
+      <c r="C510">
+        <v>1000.0</v>
+      </c>
+      <c r="D510" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>254</v>
+      </c>
+      <c r="B511">
+        <v>0.954</v>
+      </c>
+      <c r="C511">
+        <v>20.0</v>
+      </c>
+      <c r="D511" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>254</v>
+      </c>
+      <c r="B512">
+        <v>0.954</v>
+      </c>
+      <c r="C512">
+        <v>300.0</v>
+      </c>
+      <c r="D512" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>254</v>
+      </c>
+      <c r="B513">
+        <v>0.954</v>
+      </c>
+      <c r="C513">
+        <v>1000.0</v>
+      </c>
+      <c r="D513" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>255</v>
+      </c>
+      <c r="B514">
+        <v>0.955</v>
+      </c>
+      <c r="C514">
+        <v>1.0</v>
+      </c>
+      <c r="D514" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>256</v>
+      </c>
+      <c r="B515">
+        <v>0.955</v>
+      </c>
+      <c r="C515">
+        <v>2.0</v>
+      </c>
+      <c r="D515" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>257</v>
+      </c>
+      <c r="B516">
+        <v>0.955</v>
+      </c>
+      <c r="C516">
+        <v>500.0</v>
+      </c>
+      <c r="D516" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>258</v>
+      </c>
+      <c r="B517">
+        <v>0.955</v>
+      </c>
+      <c r="C517">
+        <v>7.0</v>
+      </c>
+      <c r="D517" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>259</v>
+      </c>
+      <c r="B518">
+        <v>0.955</v>
+      </c>
+      <c r="C518">
+        <v>320.0</v>
+      </c>
+      <c r="D518" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>260</v>
+      </c>
+      <c r="B519">
+        <v>0.955</v>
+      </c>
+      <c r="C519">
+        <v>1000.0</v>
+      </c>
+      <c r="D519" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>261</v>
+      </c>
+      <c r="B520">
+        <v>0.955</v>
+      </c>
+      <c r="C520">
+        <v>1500.0</v>
+      </c>
+      <c r="D520" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>262</v>
+      </c>
+      <c r="B521">
+        <v>0.955</v>
+      </c>
+      <c r="C521">
+        <v>372.0</v>
+      </c>
+      <c r="D521" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>263</v>
+      </c>
+      <c r="B522">
+        <v>0.955</v>
+      </c>
+      <c r="C522">
+        <v>20000.0</v>
+      </c>
+      <c r="D522" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>264</v>
+      </c>
+      <c r="B523">
+        <v>0.955</v>
+      </c>
+      <c r="C523">
+        <v>14000.0</v>
+      </c>
+      <c r="D523" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>264</v>
+      </c>
+      <c r="B524">
+        <v>0.955</v>
+      </c>
+      <c r="C524">
+        <v>10471.0</v>
+      </c>
+      <c r="D524" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>264</v>
+      </c>
+      <c r="B525">
+        <v>0.955</v>
+      </c>
+      <c r="C525">
+        <v>500.0</v>
+      </c>
+      <c r="D525" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>264</v>
+      </c>
+      <c r="B526">
+        <v>0.955</v>
+      </c>
+      <c r="C526">
+        <v>520.0</v>
+      </c>
+      <c r="D526" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>264</v>
+      </c>
+      <c r="B527">
+        <v>0.955</v>
+      </c>
+      <c r="C527">
+        <v>2000.0</v>
+      </c>
+      <c r="D527" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>264</v>
+      </c>
+      <c r="B528">
+        <v>0.955</v>
+      </c>
+      <c r="C528">
+        <v>2000.0</v>
+      </c>
+      <c r="D528" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>264</v>
+      </c>
+      <c r="B529">
+        <v>0.956</v>
+      </c>
+      <c r="C529">
+        <v>4000.0</v>
+      </c>
+      <c r="D529" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>264</v>
+      </c>
+      <c r="B530">
+        <v>0.956</v>
+      </c>
+      <c r="C530">
+        <v>5000.0</v>
+      </c>
+      <c r="D530" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>264</v>
+      </c>
+      <c r="B531">
+        <v>0.956</v>
+      </c>
+      <c r="C531">
+        <v>500.0</v>
+      </c>
+      <c r="D531" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>264</v>
+      </c>
+      <c r="B532">
+        <v>0.956</v>
+      </c>
+      <c r="C532">
+        <v>250.0</v>
+      </c>
+      <c r="D532" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>264</v>
+      </c>
+      <c r="B533">
+        <v>0.957</v>
+      </c>
+      <c r="C533">
+        <v>50.0</v>
+      </c>
+      <c r="D533" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>264</v>
+      </c>
+      <c r="B534">
+        <v>0.957</v>
+      </c>
+      <c r="C534">
+        <v>5200.0</v>
+      </c>
+      <c r="D534" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>264</v>
+      </c>
+      <c r="B535">
+        <v>0.957</v>
+      </c>
+      <c r="C535">
+        <v>57.0</v>
+      </c>
+      <c r="D535" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>265</v>
+      </c>
+      <c r="B536">
+        <v>0.957</v>
+      </c>
+      <c r="C536">
+        <v>508.0</v>
+      </c>
+      <c r="D536" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>265</v>
+      </c>
+      <c r="B537">
+        <v>0.957</v>
+      </c>
+      <c r="C537">
+        <v>9.0</v>
+      </c>
+      <c r="D537" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>266</v>
+      </c>
+      <c r="B538">
+        <v>0.957</v>
+      </c>
+      <c r="C538">
+        <v>1.0</v>
+      </c>
+      <c r="D538" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>267</v>
+      </c>
+      <c r="B539">
+        <v>0.958</v>
+      </c>
+      <c r="C539">
+        <v>3276.0</v>
+      </c>
+      <c r="D539" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>267</v>
+      </c>
+      <c r="B540">
+        <v>0.958</v>
+      </c>
+      <c r="C540">
+        <v>3724.0</v>
+      </c>
+      <c r="D540" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>268</v>
+      </c>
+      <c r="B541">
+        <v>0.958</v>
+      </c>
+      <c r="C541">
+        <v>800.0</v>
+      </c>
+      <c r="D541" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>269</v>
+      </c>
+      <c r="B542">
+        <v>0.958</v>
+      </c>
+      <c r="C542">
+        <v>522.0</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>270</v>
+      </c>
+      <c r="B543">
+        <v>0.958</v>
+      </c>
+      <c r="C543">
+        <v>800.0</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>271</v>
+      </c>
+      <c r="B544">
+        <v>0.957</v>
+      </c>
+      <c r="C544">
+        <v>2000.0</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>271</v>
+      </c>
+      <c r="B545">
+        <v>0.957</v>
+      </c>
+      <c r="C545">
+        <v>2000.0</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>271</v>
+      </c>
+      <c r="B546">
+        <v>0.957</v>
+      </c>
+      <c r="C546">
+        <v>3348.0</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>272</v>
+      </c>
+      <c r="B547">
+        <v>0.957</v>
+      </c>
+      <c r="C547">
+        <v>3000.0</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>273</v>
+      </c>
+      <c r="B548">
+        <v>0.957</v>
+      </c>
+      <c r="C548">
+        <v>1300.0</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>274</v>
+      </c>
+      <c r="B549">
+        <v>0.957</v>
+      </c>
+      <c r="C549">
+        <v>5727.0</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>275</v>
+      </c>
+      <c r="B550">
+        <v>0.957</v>
+      </c>
+      <c r="C550">
+        <v>2000.0</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>276</v>
+      </c>
+      <c r="B551">
+        <v>0.956</v>
+      </c>
+      <c r="C551">
+        <v>100.0</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>277</v>
+      </c>
+      <c r="B552">
+        <v>0.956</v>
+      </c>
+      <c r="C552">
+        <v>120.0</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>278</v>
+      </c>
+      <c r="B553">
+        <v>0.956</v>
+      </c>
+      <c r="C553">
+        <v>900.0</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>279</v>
+      </c>
+      <c r="B554">
+        <v>0.956</v>
+      </c>
+      <c r="C554">
+        <v>7.0</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>280</v>
+      </c>
+      <c r="B555">
+        <v>0.957</v>
+      </c>
+      <c r="C555">
+        <v>100.0</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>281</v>
+      </c>
+      <c r="B556">
+        <v>0.956</v>
+      </c>
+      <c r="C556">
+        <v>100.0</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>282</v>
+      </c>
+      <c r="B557">
+        <v>0.956</v>
+      </c>
+      <c r="C557">
+        <v>500.0</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>282</v>
+      </c>
+      <c r="B558">
+        <v>0.956</v>
+      </c>
+      <c r="C558">
+        <v>500.0</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>283</v>
+      </c>
+      <c r="B559">
+        <v>0.956</v>
+      </c>
+      <c r="C559">
+        <v>2462.0</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>284</v>
+      </c>
+      <c r="B560">
+        <v>0.956</v>
+      </c>
+      <c r="C560">
+        <v>500.0</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>285</v>
+      </c>
+      <c r="B561">
+        <v>0.956</v>
+      </c>
+      <c r="C561">
+        <v>5.0</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>286</v>
+      </c>
+      <c r="B562">
+        <v>0.956</v>
+      </c>
+      <c r="C562">
+        <v>1000.0</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>286</v>
+      </c>
+      <c r="B563">
+        <v>0.956</v>
+      </c>
+      <c r="C563">
+        <v>1000.0</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>287</v>
+      </c>
+      <c r="B564">
+        <v>0.957</v>
+      </c>
+      <c r="C564">
+        <v>17.0</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>288</v>
+      </c>
+      <c r="B565">
+        <v>0.956</v>
+      </c>
+      <c r="C565">
+        <v>2000.0</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>289</v>
+      </c>
+      <c r="B566">
+        <v>0.957</v>
+      </c>
+      <c r="C566">
+        <v>20.0</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>290</v>
+      </c>
+      <c r="B567">
+        <v>0.955</v>
+      </c>
+      <c r="C567">
+        <v>36.0</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>291</v>
+      </c>
+      <c r="B568">
+        <v>0.953</v>
+      </c>
+      <c r="C568">
+        <v>3361.0</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>291</v>
+      </c>
+      <c r="B569">
+        <v>0.953</v>
+      </c>
+      <c r="C569">
+        <v>30.0</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>291</v>
+      </c>
+      <c r="B570">
+        <v>0.954</v>
+      </c>
+      <c r="C570">
+        <v>2000.0</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>291</v>
+      </c>
+      <c r="B571">
+        <v>0.954</v>
+      </c>
+      <c r="C571">
+        <v>1000.0</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>292</v>
+      </c>
+      <c r="B572">
+        <v>0.955</v>
+      </c>
+      <c r="C572">
+        <v>1000.0</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>292</v>
+      </c>
+      <c r="B573">
+        <v>0.955</v>
+      </c>
+      <c r="C573">
+        <v>1000.0</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>292</v>
+      </c>
+      <c r="B574">
+        <v>0.955</v>
+      </c>
+      <c r="C574">
+        <v>10000.0</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>293</v>
+      </c>
+      <c r="B575">
+        <v>0.956</v>
+      </c>
+      <c r="C575">
+        <v>2000.0</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>293</v>
+      </c>
+      <c r="B576">
+        <v>0.956</v>
+      </c>
+      <c r="C576">
+        <v>800.0</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>293</v>
+      </c>
+      <c r="B577">
+        <v>0.956</v>
+      </c>
+      <c r="C577">
+        <v>100.0</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>293</v>
+      </c>
+      <c r="B578">
+        <v>0.956</v>
+      </c>
+      <c r="C578">
+        <v>3000.0</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>293</v>
+      </c>
+      <c r="B579">
+        <v>0.956</v>
+      </c>
+      <c r="C579">
+        <v>1499.0</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>294</v>
+      </c>
+      <c r="B580">
+        <v>0.957</v>
+      </c>
+      <c r="C580">
+        <v>2100.0</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>294</v>
+      </c>
+      <c r="B581">
+        <v>0.957</v>
+      </c>
+      <c r="C581">
+        <v>2000.0</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>294</v>
+      </c>
+      <c r="B582">
+        <v>0.957</v>
+      </c>
+      <c r="C582">
+        <v>388.0</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>295</v>
+      </c>
+      <c r="B583">
+        <v>0.958</v>
+      </c>
+      <c r="C583">
+        <v>1.0</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>296</v>
+      </c>
+      <c r="B584">
+        <v>0.958</v>
+      </c>
+      <c r="C584">
+        <v>1562.0</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>296</v>
+      </c>
+      <c r="B585">
+        <v>0.958</v>
+      </c>
+      <c r="C585">
+        <v>10.0</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>297</v>
+      </c>
+      <c r="B586">
+        <v>0.957</v>
+      </c>
+      <c r="C586">
+        <v>612.0</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>297</v>
+      </c>
+      <c r="B587">
+        <v>0.957</v>
+      </c>
+      <c r="C587">
+        <v>2000.0</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>297</v>
+      </c>
+      <c r="B588">
+        <v>0.957</v>
+      </c>
+      <c r="C588">
+        <v>1200.0</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>297</v>
+      </c>
+      <c r="B589">
+        <v>0.957</v>
+      </c>
+      <c r="C589">
+        <v>2000.0</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>298</v>
+      </c>
+      <c r="B590">
+        <v>0.958</v>
+      </c>
+      <c r="C590">
+        <v>3581.0</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>298</v>
+      </c>
+      <c r="B591">
+        <v>0.958</v>
+      </c>
+      <c r="C591">
+        <v>1000.0</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>298</v>
+      </c>
+      <c r="B592">
+        <v>0.958</v>
+      </c>
+      <c r="C592">
+        <v>100.0</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>298</v>
+      </c>
+      <c r="B593">
+        <v>0.958</v>
+      </c>
+      <c r="C593">
+        <v>319.0</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>299</v>
+      </c>
+      <c r="B594">
+        <v>0.958</v>
+      </c>
+      <c r="C594">
+        <v>20.0</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>300</v>
+      </c>
+      <c r="B595">
+        <v>0.958</v>
+      </c>
+      <c r="C595">
+        <v>3130.0</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>300</v>
+      </c>
+      <c r="B596">
+        <v>0.957</v>
+      </c>
+      <c r="C596">
+        <v>1.0</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>301</v>
+      </c>
+      <c r="B597">
+        <v>0.956</v>
+      </c>
+      <c r="C597">
+        <v>1.0</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" t="s">
+        <v>302</v>
+      </c>
+      <c r="B598">
+        <v>0.958</v>
+      </c>
+      <c r="C598">
+        <v>55.0</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" t="s">
+        <v>303</v>
+      </c>
+      <c r="B599">
+        <v>0.957</v>
+      </c>
+      <c r="C599">
+        <v>4409.0</v>
+      </c>
+      <c r="D599" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" t="s">
+        <v>303</v>
+      </c>
+      <c r="B600">
+        <v>0.957</v>
+      </c>
+      <c r="C600">
+        <v>1000.0</v>
+      </c>
+      <c r="D600" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" t="s">
+        <v>304</v>
+      </c>
+      <c r="B601">
+        <v>0.958</v>
+      </c>
+      <c r="C601">
+        <v>476.0</v>
+      </c>
+      <c r="D601" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" t="s">
+        <v>304</v>
+      </c>
+      <c r="B602">
+        <v>0.958</v>
+      </c>
+      <c r="C602">
+        <v>1524.0</v>
+      </c>
+      <c r="D602" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" t="s">
+        <v>305</v>
+      </c>
+      <c r="B603">
+        <v>0.958</v>
+      </c>
+      <c r="C603">
+        <v>476.0</v>
+      </c>
+      <c r="D603" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" t="s">
+        <v>305</v>
+      </c>
+      <c r="B604">
+        <v>0.958</v>
+      </c>
+      <c r="C604">
+        <v>24.0</v>
+      </c>
+      <c r="D604" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" t="s">
+        <v>305</v>
+      </c>
+      <c r="B605">
+        <v>0.957</v>
+      </c>
+      <c r="C605">
+        <v>8400.0</v>
+      </c>
+      <c r="D605" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" t="s">
+        <v>305</v>
+      </c>
+      <c r="B606">
+        <v>0.957</v>
+      </c>
+      <c r="C606">
+        <v>1000.0</v>
+      </c>
+      <c r="D606" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" t="s">
+        <v>305</v>
+      </c>
+      <c r="B607">
+        <v>0.957</v>
+      </c>
+      <c r="C607">
+        <v>1000.0</v>
+      </c>
+      <c r="D607" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" t="s">
+        <v>305</v>
+      </c>
+      <c r="B608">
+        <v>0.957</v>
+      </c>
+      <c r="C608">
+        <v>2000.0</v>
+      </c>
+      <c r="D608" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" t="s">
+        <v>305</v>
+      </c>
+      <c r="B609">
+        <v>0.957</v>
+      </c>
+      <c r="C609">
+        <v>1000.0</v>
+      </c>
+      <c r="D609" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" t="s">
+        <v>305</v>
+      </c>
+      <c r="B610">
+        <v>0.957</v>
+      </c>
+      <c r="C610">
+        <v>1000.0</v>
+      </c>
+      <c r="D610" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" t="s">
+        <v>305</v>
+      </c>
+      <c r="B611">
+        <v>0.957</v>
+      </c>
+      <c r="C611">
+        <v>500.0</v>
+      </c>
+      <c r="D611" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" t="s">
+        <v>305</v>
+      </c>
+      <c r="B612">
+        <v>0.957</v>
+      </c>
+      <c r="C612">
+        <v>100.0</v>
+      </c>
+      <c r="D612" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" t="s">
+        <v>306</v>
+      </c>
+      <c r="B613">
+        <v>0.958</v>
+      </c>
+      <c r="C613">
+        <v>20.0</v>
+      </c>
+      <c r="D613" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" t="s">
+        <v>307</v>
+      </c>
+      <c r="B614">
+        <v>0.958</v>
+      </c>
+      <c r="C614">
+        <v>956.0</v>
+      </c>
+      <c r="D614" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" t="s">
+        <v>307</v>
+      </c>
+      <c r="B615">
+        <v>0.958</v>
+      </c>
+      <c r="C615">
+        <v>44.0</v>
+      </c>
+      <c r="D615" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" t="s">
+        <v>308</v>
+      </c>
+      <c r="B616">
+        <v>0.958</v>
+      </c>
+      <c r="C616">
+        <v>81.0</v>
+      </c>
+      <c r="D616" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" t="s">
+        <v>309</v>
+      </c>
+      <c r="B617">
+        <v>0.959</v>
+      </c>
+      <c r="C617">
+        <v>1200.0</v>
+      </c>
+      <c r="D617" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" t="s">
+        <v>310</v>
+      </c>
+      <c r="B618">
+        <v>0.958</v>
+      </c>
+      <c r="C618">
+        <v>2619.0</v>
+      </c>
+      <c r="D618" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" t="s">
+        <v>310</v>
+      </c>
+      <c r="B619">
+        <v>0.958</v>
+      </c>
+      <c r="C619">
+        <v>1000.0</v>
+      </c>
+      <c r="D619" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" t="s">
+        <v>310</v>
+      </c>
+      <c r="B620">
+        <v>0.958</v>
+      </c>
+      <c r="C620">
+        <v>500.0</v>
+      </c>
+      <c r="D620" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" t="s">
+        <v>310</v>
+      </c>
+      <c r="B621">
+        <v>0.958</v>
+      </c>
+      <c r="C621">
+        <v>1971.0</v>
+      </c>
+      <c r="D621" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" t="s">
+        <v>310</v>
+      </c>
+      <c r="B622">
+        <v>0.959</v>
+      </c>
+      <c r="C622">
+        <v>1910.0</v>
+      </c>
+      <c r="D622" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" t="s">
+        <v>311</v>
+      </c>
+      <c r="B623">
+        <v>0.96</v>
+      </c>
+      <c r="C623">
+        <v>200.0</v>
+      </c>
+      <c r="D623" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" t="s">
+        <v>312</v>
+      </c>
+      <c r="B624">
+        <v>0.96</v>
+      </c>
+      <c r="C624">
+        <v>1800.0</v>
+      </c>
+      <c r="D624" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>312</v>
+      </c>
+      <c r="B625">
+        <v>0.96</v>
+      </c>
+      <c r="C625">
+        <v>3000.0</v>
+      </c>
+      <c r="D625" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>312</v>
+      </c>
+      <c r="B626">
+        <v>0.96</v>
+      </c>
+      <c r="C626">
+        <v>200.0</v>
+      </c>
+      <c r="D626" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>313</v>
+      </c>
+      <c r="B627">
+        <v>0.958</v>
+      </c>
+      <c r="C627">
+        <v>1800.0</v>
+      </c>
+      <c r="D627" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
+        <v>313</v>
+      </c>
+      <c r="B628">
+        <v>0.958</v>
+      </c>
+      <c r="C628">
+        <v>2000.0</v>
+      </c>
+      <c r="D628" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>313</v>
+      </c>
+      <c r="B629">
+        <v>0.958</v>
+      </c>
+      <c r="C629">
+        <v>1000.0</v>
+      </c>
+      <c r="D629" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>313</v>
+      </c>
+      <c r="B630">
+        <v>0.959</v>
+      </c>
+      <c r="C630">
+        <v>200.0</v>
+      </c>
+      <c r="D630" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>314</v>
+      </c>
+      <c r="B631">
+        <v>0.96</v>
+      </c>
+      <c r="C631">
+        <v>100.0</v>
+      </c>
+      <c r="D631" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>314</v>
+      </c>
+      <c r="B632">
+        <v>0.96</v>
+      </c>
+      <c r="C632">
+        <v>100.0</v>
+      </c>
+      <c r="D632" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>314</v>
+      </c>
+      <c r="B633">
+        <v>0.96</v>
+      </c>
+      <c r="C633">
+        <v>262.0</v>
+      </c>
+      <c r="D633" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>315</v>
+      </c>
+      <c r="B634">
+        <v>0.958</v>
+      </c>
+      <c r="C634">
+        <v>1142.0</v>
+      </c>
+      <c r="D634" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>315</v>
+      </c>
+      <c r="B635">
+        <v>0.958</v>
+      </c>
+      <c r="C635">
+        <v>1000.0</v>
+      </c>
+      <c r="D635" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>316</v>
+      </c>
+      <c r="B636">
+        <v>0.959</v>
+      </c>
+      <c r="C636">
+        <v>220.0</v>
+      </c>
+      <c r="D636" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>317</v>
+      </c>
+      <c r="B637">
+        <v>0.957</v>
+      </c>
+      <c r="C637">
+        <v>500.0</v>
+      </c>
+      <c r="D637" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>317</v>
+      </c>
+      <c r="B638">
+        <v>0.957</v>
+      </c>
+      <c r="C638">
+        <v>358.0</v>
+      </c>
+      <c r="D638" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>318</v>
+      </c>
+      <c r="B639">
+        <v>0.957</v>
+      </c>
+      <c r="C639">
+        <v>642.0</v>
+      </c>
+      <c r="D639" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>318</v>
+      </c>
+      <c r="B640">
+        <v>0.957</v>
+      </c>
+      <c r="C640">
+        <v>29358.0</v>
+      </c>
+      <c r="D640" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4">
+      <c r="A641" t="s">
+        <v>319</v>
+      </c>
+      <c r="B641">
+        <v>0.96</v>
+      </c>
+      <c r="C641">
+        <v>4738.0</v>
+      </c>
+      <c r="D641" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4">
+      <c r="A642" t="s">
+        <v>319</v>
+      </c>
+      <c r="B642">
+        <v>0.96</v>
+      </c>
+      <c r="C642">
+        <v>5000.0</v>
+      </c>
+      <c r="D642" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4">
+      <c r="A643" t="s">
+        <v>319</v>
+      </c>
+      <c r="B643">
+        <v>0.96</v>
+      </c>
+      <c r="C643">
+        <v>1000.0</v>
+      </c>
+      <c r="D643" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>319</v>
+      </c>
+      <c r="B644">
+        <v>0.96</v>
+      </c>
+      <c r="C644">
+        <v>3000.0</v>
+      </c>
+      <c r="D644" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>319</v>
+      </c>
+      <c r="B645">
+        <v>0.96</v>
+      </c>
+      <c r="C645">
+        <v>1000.0</v>
+      </c>
+      <c r="D645" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>319</v>
+      </c>
+      <c r="B646">
+        <v>0.96</v>
+      </c>
+      <c r="C646">
+        <v>1000.0</v>
+      </c>
+      <c r="D646" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>319</v>
+      </c>
+      <c r="B647">
+        <v>0.96</v>
+      </c>
+      <c r="C647">
+        <v>1.0</v>
+      </c>
+      <c r="D647" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>319</v>
+      </c>
+      <c r="B648">
+        <v>0.96</v>
+      </c>
+      <c r="C648">
+        <v>1000.0</v>
+      </c>
+      <c r="D648" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>319</v>
+      </c>
+      <c r="B649">
+        <v>0.96</v>
+      </c>
+      <c r="C649">
+        <v>500.0</v>
+      </c>
+      <c r="D649" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>319</v>
+      </c>
+      <c r="B650">
+        <v>0.96</v>
+      </c>
+      <c r="C650">
+        <v>1550.0</v>
+      </c>
+      <c r="D650" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>319</v>
+      </c>
+      <c r="B651">
+        <v>0.959</v>
+      </c>
+      <c r="C651">
+        <v>7792.0</v>
+      </c>
+      <c r="D651" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>319</v>
+      </c>
+      <c r="B652">
+        <v>0.959</v>
+      </c>
+      <c r="C652">
+        <v>3410.0</v>
+      </c>
+      <c r="D652" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>319</v>
+      </c>
+      <c r="B653">
+        <v>0.958</v>
+      </c>
+      <c r="C653">
+        <v>9.0</v>
+      </c>
+      <c r="D653" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
+        <v>320</v>
+      </c>
+      <c r="B654">
+        <v>0.958</v>
+      </c>
+      <c r="C654">
+        <v>491.0</v>
+      </c>
+      <c r="D654" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
+        <v>321</v>
+      </c>
+      <c r="B655">
+        <v>0.959</v>
+      </c>
+      <c r="C655">
+        <v>5590.0</v>
+      </c>
+      <c r="D655" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
+        <v>321</v>
+      </c>
+      <c r="B656">
+        <v>0.959</v>
+      </c>
+      <c r="C656">
+        <v>1000.0</v>
+      </c>
+      <c r="D656" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
+        <v>321</v>
+      </c>
+      <c r="B657">
+        <v>0.959</v>
+      </c>
+      <c r="C657">
+        <v>1743.0</v>
+      </c>
+      <c r="D657" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>322</v>
+      </c>
+      <c r="B658">
+        <v>0.958</v>
+      </c>
+      <c r="C658">
+        <v>3809.0</v>
+      </c>
+      <c r="D658" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659" t="s">
+        <v>323</v>
+      </c>
+      <c r="B659">
+        <v>0.958</v>
+      </c>
+      <c r="C659">
+        <v>1971.0</v>
+      </c>
+      <c r="D659" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660" t="s">
+        <v>323</v>
+      </c>
+      <c r="B660">
+        <v>0.958</v>
+      </c>
+      <c r="C660">
+        <v>220.0</v>
+      </c>
+      <c r="D660" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661" t="s">
+        <v>323</v>
+      </c>
+      <c r="B661">
+        <v>0.958</v>
+      </c>
+      <c r="C661">
+        <v>1000.0</v>
+      </c>
+      <c r="D661" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662" t="s">
+        <v>324</v>
+      </c>
+      <c r="B662">
+        <v>0.959</v>
+      </c>
+      <c r="C662">
+        <v>1971.0</v>
+      </c>
+      <c r="D662" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663" t="s">
+        <v>325</v>
+      </c>
+      <c r="B663">
+        <v>0.959</v>
+      </c>
+      <c r="C663">
+        <v>30.0</v>
+      </c>
+      <c r="D663" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>326</v>
+      </c>
+      <c r="B664">
+        <v>0.959</v>
+      </c>
+      <c r="C664">
+        <v>550.0</v>
+      </c>
+      <c r="D664" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665" t="s">
+        <v>327</v>
+      </c>
+      <c r="B665">
+        <v>0.959</v>
+      </c>
+      <c r="C665">
+        <v>4709.0</v>
+      </c>
+      <c r="D665" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666" t="s">
+        <v>327</v>
+      </c>
+      <c r="B666">
+        <v>0.958</v>
+      </c>
+      <c r="C666">
+        <v>291.0</v>
+      </c>
+      <c r="D666" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667" t="s">
+        <v>328</v>
+      </c>
+      <c r="B667">
+        <v>0.957</v>
+      </c>
+      <c r="C667">
+        <v>4400.0</v>
+      </c>
+      <c r="D667" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>329</v>
+      </c>
+      <c r="B668">
+        <v>0.958</v>
+      </c>
+      <c r="C668">
+        <v>209.0</v>
+      </c>
+      <c r="D668" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669" t="s">
+        <v>330</v>
+      </c>
+      <c r="B669">
+        <v>0.959</v>
+      </c>
+      <c r="C669">
+        <v>15000.0</v>
+      </c>
+      <c r="D669" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>331</v>
+      </c>
+      <c r="B670">
+        <v>0.959</v>
+      </c>
+      <c r="C670">
+        <v>2000.0</v>
+      </c>
+      <c r="D670" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671" t="s">
+        <v>332</v>
+      </c>
+      <c r="B671">
+        <v>0.959</v>
+      </c>
+      <c r="C671">
+        <v>39588.0</v>
+      </c>
+      <c r="D671" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672" t="s">
+        <v>332</v>
+      </c>
+      <c r="B672">
+        <v>0.959</v>
+      </c>
+      <c r="C672">
+        <v>1000.0</v>
+      </c>
+      <c r="D672" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4">
+      <c r="A673" t="s">
+        <v>332</v>
+      </c>
+      <c r="B673">
+        <v>0.958</v>
+      </c>
+      <c r="C673">
+        <v>125.0</v>
+      </c>
+      <c r="D673" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4">
+      <c r="A674" t="s">
+        <v>332</v>
+      </c>
+      <c r="B674">
+        <v>0.958</v>
+      </c>
+      <c r="C674">
+        <v>3000.0</v>
+      </c>
+      <c r="D674" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" t="s">
+        <v>332</v>
+      </c>
+      <c r="B675">
+        <v>0.958</v>
+      </c>
+      <c r="C675">
+        <v>1000.0</v>
+      </c>
+      <c r="D675" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>332</v>
+      </c>
+      <c r="B676">
+        <v>0.958</v>
+      </c>
+      <c r="C676">
+        <v>5287.0</v>
+      </c>
+      <c r="D676" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4">
+      <c r="A677" t="s">
+        <v>333</v>
+      </c>
+      <c r="B677">
+        <v>0.958</v>
+      </c>
+      <c r="C677">
+        <v>500.0</v>
+      </c>
+      <c r="D677" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4">
+      <c r="A678" t="s">
+        <v>334</v>
+      </c>
+      <c r="B678">
+        <v>0.958</v>
+      </c>
+      <c r="C678">
+        <v>153.0</v>
+      </c>
+      <c r="D678" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4">
+      <c r="A679" t="s">
+        <v>335</v>
+      </c>
+      <c r="B679">
+        <v>0.958</v>
+      </c>
+      <c r="C679">
+        <v>10.0</v>
+      </c>
+      <c r="D679" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4">
+      <c r="A680" t="s">
+        <v>336</v>
+      </c>
+      <c r="B680">
+        <v>0.958</v>
+      </c>
+      <c r="C680">
+        <v>50.0</v>
+      </c>
+      <c r="D680" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4">
+      <c r="A681" t="s">
+        <v>337</v>
+      </c>
+      <c r="B681">
+        <v>0.957</v>
+      </c>
+      <c r="C681">
+        <v>200.0</v>
+      </c>
+      <c r="D681" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4">
+      <c r="A682" t="s">
+        <v>338</v>
+      </c>
+      <c r="B682">
+        <v>0.957</v>
+      </c>
+      <c r="C682">
+        <v>25.0</v>
+      </c>
+      <c r="D682" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4">
+      <c r="A683" t="s">
+        <v>338</v>
+      </c>
+      <c r="B683">
+        <v>0.957</v>
+      </c>
+      <c r="C683">
+        <v>6710.0</v>
+      </c>
+      <c r="D683" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4">
+      <c r="A684" t="s">
+        <v>338</v>
+      </c>
+      <c r="B684">
+        <v>0.957</v>
+      </c>
+      <c r="C684">
+        <v>2000.0</v>
+      </c>
+      <c r="D684" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4">
+      <c r="A685" t="s">
+        <v>338</v>
+      </c>
+      <c r="B685">
+        <v>0.957</v>
+      </c>
+      <c r="C685">
+        <v>2000.0</v>
+      </c>
+      <c r="D685" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4">
+      <c r="A686" t="s">
+        <v>338</v>
+      </c>
+      <c r="B686">
+        <v>0.957</v>
+      </c>
+      <c r="C686">
+        <v>150.0</v>
+      </c>
+      <c r="D686" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4">
+      <c r="A687" t="s">
+        <v>338</v>
+      </c>
+      <c r="B687">
+        <v>0.956</v>
+      </c>
+      <c r="C687">
+        <v>2000.0</v>
+      </c>
+      <c r="D687" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4">
+      <c r="A688" t="s">
+        <v>338</v>
+      </c>
+      <c r="B688">
+        <v>0.956</v>
+      </c>
+      <c r="C688">
+        <v>5000.0</v>
+      </c>
+      <c r="D688" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4">
+      <c r="A689" t="s">
+        <v>338</v>
+      </c>
+      <c r="B689">
+        <v>0.956</v>
+      </c>
+      <c r="C689">
+        <v>4157.0</v>
+      </c>
+      <c r="D689" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4">
+      <c r="A690" t="s">
+        <v>339</v>
+      </c>
+      <c r="B690">
+        <v>0.955</v>
+      </c>
+      <c r="C690">
+        <v>79.0</v>
+      </c>
+      <c r="D690" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4">
+      <c r="A691" t="s">
+        <v>340</v>
+      </c>
+      <c r="B691">
+        <v>0.955</v>
+      </c>
+      <c r="C691">
+        <v>921.0</v>
+      </c>
+      <c r="D691" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4">
+      <c r="A692" t="s">
+        <v>340</v>
+      </c>
+      <c r="B692">
+        <v>0.955</v>
+      </c>
+      <c r="C692">
+        <v>2079.0</v>
+      </c>
+      <c r="D692" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4">
+      <c r="A693" t="s">
+        <v>341</v>
+      </c>
+      <c r="B693">
+        <v>0.956</v>
+      </c>
+      <c r="C693">
+        <v>200.0</v>
+      </c>
+      <c r="D693" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4">
+      <c r="A694" t="s">
+        <v>342</v>
+      </c>
+      <c r="B694">
+        <v>0.955</v>
+      </c>
+      <c r="C694">
+        <v>500.0</v>
+      </c>
+      <c r="D694" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4">
+      <c r="A695" t="s">
+        <v>343</v>
+      </c>
+      <c r="B695">
+        <v>0.955</v>
+      </c>
+      <c r="C695">
+        <v>2421.0</v>
+      </c>
+      <c r="D695" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4">
+      <c r="A696" t="s">
+        <v>343</v>
+      </c>
+      <c r="B696">
+        <v>0.955</v>
+      </c>
+      <c r="C696">
+        <v>2579.0</v>
+      </c>
+      <c r="D696" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4">
+      <c r="A697" t="s">
+        <v>344</v>
+      </c>
+      <c r="B697">
+        <v>0.956</v>
+      </c>
+      <c r="C697">
+        <v>2643.0</v>
+      </c>
+      <c r="D697" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4">
+      <c r="A698" t="s">
+        <v>345</v>
+      </c>
+      <c r="B698">
+        <v>0.956</v>
+      </c>
+      <c r="C698">
+        <v>1000.0</v>
+      </c>
+      <c r="D698" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4">
+      <c r="A699" t="s">
+        <v>345</v>
+      </c>
+      <c r="B699">
+        <v>0.956</v>
+      </c>
+      <c r="C699">
+        <v>4407.0</v>
+      </c>
+      <c r="D699" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700" t="s">
+        <v>345</v>
+      </c>
+      <c r="B700">
+        <v>0.956</v>
+      </c>
+      <c r="C700">
+        <v>1915.0</v>
+      </c>
+      <c r="D700" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
+      <c r="A701" t="s">
+        <v>345</v>
+      </c>
+      <c r="B701">
+        <v>0.956</v>
+      </c>
+      <c r="C701">
+        <v>35.0</v>
+      </c>
+      <c r="D701" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
+      <c r="A702" t="s">
+        <v>346</v>
+      </c>
+      <c r="B702">
+        <v>0.955</v>
+      </c>
+      <c r="C702">
+        <v>1.0</v>
+      </c>
+      <c r="D702" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4">
+      <c r="A703" t="s">
+        <v>347</v>
+      </c>
+      <c r="B703">
+        <v>0.955</v>
+      </c>
+      <c r="C703">
+        <v>1.0</v>
+      </c>
+      <c r="D703" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4">
+      <c r="A704" t="s">
+        <v>347</v>
+      </c>
+      <c r="B704">
+        <v>0.955</v>
+      </c>
+      <c r="C704">
+        <v>33.0</v>
+      </c>
+      <c r="D704" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4">
+      <c r="A705" t="s">
+        <v>347</v>
+      </c>
+      <c r="B705">
+        <v>0.955</v>
+      </c>
+      <c r="C705">
+        <v>5000.0</v>
+      </c>
+      <c r="D705" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4">
+      <c r="A706" t="s">
+        <v>347</v>
+      </c>
+      <c r="B706">
+        <v>0.955</v>
+      </c>
+      <c r="C706">
+        <v>2.0</v>
+      </c>
+      <c r="D706" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4">
+      <c r="A707" t="s">
+        <v>347</v>
+      </c>
+      <c r="B707">
+        <v>0.955</v>
+      </c>
+      <c r="C707">
+        <v>1.0</v>
+      </c>
+      <c r="D707" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4">
+      <c r="A708" t="s">
+        <v>347</v>
+      </c>
+      <c r="B708">
+        <v>0.955</v>
+      </c>
+      <c r="C708">
+        <v>1.0</v>
+      </c>
+      <c r="D708" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4">
+      <c r="A709" t="s">
+        <v>347</v>
+      </c>
+      <c r="B709">
+        <v>0.955</v>
+      </c>
+      <c r="C709">
+        <v>3000.0</v>
+      </c>
+      <c r="D709" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4">
+      <c r="A710" t="s">
+        <v>348</v>
+      </c>
+      <c r="B710">
+        <v>0.954</v>
+      </c>
+      <c r="C710">
+        <v>2000.0</v>
+      </c>
+      <c r="D710" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4">
+      <c r="A711" t="s">
+        <v>348</v>
+      </c>
+      <c r="B711">
+        <v>0.954</v>
+      </c>
+      <c r="C711">
+        <v>5000.0</v>
+      </c>
+      <c r="D711" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4">
+      <c r="A712" t="s">
+        <v>348</v>
+      </c>
+      <c r="B712">
+        <v>0.954</v>
+      </c>
+      <c r="C712">
+        <v>2000.0</v>
+      </c>
+      <c r="D712" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4">
+      <c r="A713" t="s">
+        <v>349</v>
+      </c>
+      <c r="B713">
+        <v>0.953</v>
+      </c>
+      <c r="C713">
+        <v>100.0</v>
+      </c>
+      <c r="D713" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4">
+      <c r="A714" t="s">
+        <v>350</v>
+      </c>
+      <c r="B714">
+        <v>0.953</v>
+      </c>
+      <c r="C714">
+        <v>214.0</v>
+      </c>
+      <c r="D714" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4">
+      <c r="A715" t="s">
+        <v>351</v>
+      </c>
+      <c r="B715">
+        <v>0.953</v>
+      </c>
+      <c r="C715">
+        <v>1786.0</v>
+      </c>
+      <c r="D715" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4">
+      <c r="A716" t="s">
+        <v>351</v>
+      </c>
+      <c r="B716">
+        <v>0.953</v>
+      </c>
+      <c r="C716">
+        <v>25.0</v>
+      </c>
+      <c r="D716" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4">
+      <c r="A717" t="s">
+        <v>351</v>
+      </c>
+      <c r="B717">
+        <v>0.953</v>
+      </c>
+      <c r="C717">
+        <v>2000.0</v>
+      </c>
+      <c r="D717" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4">
+      <c r="A718" t="s">
+        <v>351</v>
+      </c>
+      <c r="B718">
+        <v>0.953</v>
+      </c>
+      <c r="C718">
+        <v>5200.0</v>
+      </c>
+      <c r="D718" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4">
+      <c r="A719" t="s">
+        <v>351</v>
+      </c>
+      <c r="B719">
+        <v>0.953</v>
+      </c>
+      <c r="C719">
+        <v>2989.0</v>
+      </c>
+      <c r="D719" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4">
+      <c r="A720" t="s">
+        <v>352</v>
+      </c>
+      <c r="B720">
+        <v>0.952</v>
+      </c>
+      <c r="C720">
+        <v>27.0</v>
+      </c>
+      <c r="D720" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4">
+      <c r="A721" t="s">
+        <v>353</v>
+      </c>
+      <c r="B721">
+        <v>0.952</v>
+      </c>
+      <c r="C721">
+        <v>50.0</v>
+      </c>
+      <c r="D721" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722" t="s">
+        <v>353</v>
+      </c>
+      <c r="B722">
+        <v>0.952</v>
+      </c>
+      <c r="C722">
+        <v>100.0</v>
+      </c>
+      <c r="D722" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4">
+      <c r="A723" t="s">
+        <v>353</v>
+      </c>
+      <c r="B723">
+        <v>0.952</v>
+      </c>
+      <c r="C723">
+        <v>1631.0</v>
+      </c>
+      <c r="D723" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4">
+      <c r="A724" t="s">
+        <v>354</v>
+      </c>
+      <c r="B724">
+        <v>0.952</v>
+      </c>
+      <c r="C724">
+        <v>1369.0</v>
+      </c>
+      <c r="D724" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4">
+      <c r="A725" t="s">
+        <v>355</v>
+      </c>
+      <c r="B725">
+        <v>0.953</v>
+      </c>
+      <c r="C725">
+        <v>1.0</v>
+      </c>
+      <c r="D725" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4">
+      <c r="A726" t="s">
+        <v>356</v>
+      </c>
+      <c r="B726">
+        <v>0.953</v>
+      </c>
+      <c r="C726">
+        <v>10.0</v>
+      </c>
+      <c r="D726" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4">
+      <c r="A727" t="s">
+        <v>356</v>
+      </c>
+      <c r="B727">
+        <v>0.953</v>
+      </c>
+      <c r="C727">
+        <v>2.0</v>
+      </c>
+      <c r="D727" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4">
+      <c r="A728" t="s">
+        <v>357</v>
+      </c>
+      <c r="B728">
+        <v>0.952</v>
+      </c>
+      <c r="C728">
+        <v>500.0</v>
+      </c>
+      <c r="D728" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4">
+      <c r="A729" t="s">
+        <v>358</v>
+      </c>
+      <c r="B729">
+        <v>0.952</v>
+      </c>
+      <c r="C729">
+        <v>565.0</v>
+      </c>
+      <c r="D729" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4">
+      <c r="A730" t="s">
+        <v>359</v>
+      </c>
+      <c r="B730">
+        <v>0.953</v>
+      </c>
+      <c r="C730">
+        <v>1.0</v>
+      </c>
+      <c r="D730" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4">
+      <c r="A731" t="s">
+        <v>360</v>
+      </c>
+      <c r="B731">
+        <v>0.953</v>
+      </c>
+      <c r="C731">
+        <v>1.0</v>
+      </c>
+      <c r="D731" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4">
+      <c r="A732" t="s">
+        <v>361</v>
+      </c>
+      <c r="B732">
+        <v>0.952</v>
+      </c>
+      <c r="C732">
+        <v>435.0</v>
+      </c>
+      <c r="D732" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4">
+      <c r="A733" t="s">
+        <v>362</v>
+      </c>
+      <c r="B733">
+        <v>0.953</v>
+      </c>
+      <c r="C733">
+        <v>1.0</v>
+      </c>
+      <c r="D733" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4">
+      <c r="A734" t="s">
+        <v>363</v>
+      </c>
+      <c r="B734">
+        <v>0.951</v>
+      </c>
+      <c r="C734">
+        <v>5000.0</v>
+      </c>
+      <c r="D734" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4">
+      <c r="A735" t="s">
+        <v>363</v>
+      </c>
+      <c r="B735">
+        <v>0.952</v>
+      </c>
+      <c r="C735">
+        <v>5000.0</v>
+      </c>
+      <c r="D735" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4">
+      <c r="A736" t="s">
+        <v>364</v>
+      </c>
+      <c r="B736">
+        <v>0.952</v>
+      </c>
+      <c r="C736">
+        <v>2000.0</v>
+      </c>
+      <c r="D736" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4">
+      <c r="A737" t="s">
+        <v>364</v>
+      </c>
+      <c r="B737">
+        <v>0.952</v>
+      </c>
+      <c r="C737">
+        <v>3100.0</v>
+      </c>
+      <c r="D737" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4">
+      <c r="A738" t="s">
+        <v>364</v>
+      </c>
+      <c r="B738">
+        <v>0.952</v>
+      </c>
+      <c r="C738">
+        <v>1000.0</v>
+      </c>
+      <c r="D738" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4">
+      <c r="A739" t="s">
+        <v>365</v>
+      </c>
+      <c r="B739">
+        <v>0.952</v>
+      </c>
+      <c r="C739">
+        <v>2000.0</v>
+      </c>
+      <c r="D739" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4">
+      <c r="A740" t="s">
+        <v>365</v>
+      </c>
+      <c r="B740">
+        <v>0.952</v>
+      </c>
+      <c r="C740">
+        <v>3000.0</v>
+      </c>
+      <c r="D740" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4">
+      <c r="A741" t="s">
+        <v>366</v>
+      </c>
+      <c r="B741">
+        <v>0.951</v>
+      </c>
+      <c r="C741">
+        <v>75.0</v>
+      </c>
+      <c r="D741" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4">
+      <c r="A742" t="s">
+        <v>366</v>
+      </c>
+      <c r="B742">
+        <v>0.951</v>
+      </c>
+      <c r="C742">
+        <v>580.0</v>
+      </c>
+      <c r="D742" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4">
+      <c r="A743" t="s">
+        <v>367</v>
+      </c>
+      <c r="B743">
+        <v>0.951</v>
+      </c>
+      <c r="C743">
+        <v>1420.0</v>
+      </c>
+      <c r="D743" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4">
+      <c r="A744" t="s">
+        <v>368</v>
+      </c>
+      <c r="B744">
+        <v>0.951</v>
+      </c>
+      <c r="C744">
+        <v>1000.0</v>
+      </c>
+      <c r="D744" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4">
+      <c r="A745" t="s">
+        <v>369</v>
+      </c>
+      <c r="B745">
+        <v>0.951</v>
+      </c>
+      <c r="C745">
+        <v>1000.0</v>
+      </c>
+      <c r="D745" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4">
+      <c r="A746" t="s">
+        <v>369</v>
+      </c>
+      <c r="B746">
+        <v>0.951</v>
+      </c>
+      <c r="C746">
+        <v>1000.0</v>
+      </c>
+      <c r="D746" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4">
+      <c r="A747" t="s">
+        <v>369</v>
+      </c>
+      <c r="B747">
+        <v>0.951</v>
+      </c>
+      <c r="C747">
+        <v>5000.0</v>
+      </c>
+      <c r="D747" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4">
+      <c r="A748" t="s">
+        <v>369</v>
+      </c>
+      <c r="B748">
+        <v>0.951</v>
+      </c>
+      <c r="C748">
+        <v>1500.0</v>
+      </c>
+      <c r="D748" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4">
+      <c r="A749" t="s">
+        <v>369</v>
+      </c>
+      <c r="B749">
+        <v>0.951</v>
+      </c>
+      <c r="C749">
+        <v>1000.0</v>
+      </c>
+      <c r="D749" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4">
+      <c r="A750" t="s">
+        <v>369</v>
+      </c>
+      <c r="B750">
+        <v>0.951</v>
+      </c>
+      <c r="C750">
+        <v>1995.0</v>
+      </c>
+      <c r="D750" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4">
+      <c r="A751" t="s">
+        <v>369</v>
+      </c>
+      <c r="B751">
+        <v>0.95</v>
+      </c>
+      <c r="C751">
+        <v>1085.0</v>
+      </c>
+      <c r="D751" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4">
+      <c r="A752" t="s">
+        <v>370</v>
+      </c>
+      <c r="B752">
+        <v>0.949</v>
+      </c>
+      <c r="C752">
+        <v>3.0</v>
+      </c>
+      <c r="D752" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4">
+      <c r="A753" t="s">
+        <v>371</v>
+      </c>
+      <c r="B753">
+        <v>0.95</v>
+      </c>
+      <c r="C753">
+        <v>1915.0</v>
+      </c>
+      <c r="D753" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4">
+      <c r="A754" t="s">
+        <v>372</v>
+      </c>
+      <c r="B754">
+        <v>0.95</v>
+      </c>
+      <c r="C754">
+        <v>3085.0</v>
+      </c>
+      <c r="D754" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4">
+      <c r="A755" t="s">
+        <v>372</v>
+      </c>
+      <c r="B755">
+        <v>0.95</v>
+      </c>
+      <c r="C755">
+        <v>1415.0</v>
+      </c>
+      <c r="D755" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4">
+      <c r="A756" t="s">
+        <v>372</v>
+      </c>
+      <c r="B756">
+        <v>0.95</v>
+      </c>
+      <c r="C756">
+        <v>500.0</v>
+      </c>
+      <c r="D756" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4">
+      <c r="A757" t="s">
+        <v>373</v>
+      </c>
+      <c r="B757">
+        <v>0.949</v>
+      </c>
+      <c r="C757">
+        <v>300.0</v>
+      </c>
+      <c r="D757" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4">
+      <c r="A758" t="s">
+        <v>374</v>
+      </c>
+      <c r="B758">
+        <v>0.951</v>
+      </c>
+      <c r="C758">
+        <v>5.0</v>
+      </c>
+      <c r="D758" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4">
+      <c r="A759" t="s">
+        <v>375</v>
+      </c>
+      <c r="B759">
+        <v>0.949</v>
+      </c>
+      <c r="C759">
+        <v>17855.0</v>
+      </c>
+      <c r="D759" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4">
+      <c r="A760" t="s">
+        <v>375</v>
+      </c>
+      <c r="B760">
+        <v>0.949</v>
+      </c>
+      <c r="C760">
+        <v>2000.0</v>
+      </c>
+      <c r="D760" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4">
+      <c r="A761" t="s">
+        <v>375</v>
+      </c>
+      <c r="B761">
+        <v>0.949</v>
+      </c>
+      <c r="C761">
+        <v>1300.0</v>
+      </c>
+      <c r="D761" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4">
+      <c r="A762" t="s">
+        <v>375</v>
+      </c>
+      <c r="B762">
+        <v>0.949</v>
+      </c>
+      <c r="C762">
+        <v>3845.0</v>
+      </c>
+      <c r="D762" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4">
+      <c r="A763" t="s">
+        <v>376</v>
+      </c>
+      <c r="B763">
+        <v>0.95</v>
+      </c>
+      <c r="C763">
+        <v>34.0</v>
+      </c>
+      <c r="D763" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4">
+      <c r="A764" t="s">
+        <v>377</v>
+      </c>
+      <c r="B764">
+        <v>0.95</v>
+      </c>
+      <c r="C764">
+        <v>3666.0</v>
+      </c>
+      <c r="D764" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4">
+      <c r="A765" t="s">
+        <v>377</v>
+      </c>
+      <c r="B765">
+        <v>0.95</v>
+      </c>
+      <c r="C765">
+        <v>20.0</v>
+      </c>
+      <c r="D765" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4">
+      <c r="A766" t="s">
+        <v>377</v>
+      </c>
+      <c r="B766">
+        <v>0.95</v>
+      </c>
+      <c r="C766">
+        <v>314.0</v>
+      </c>
+      <c r="D766" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4">
+      <c r="A767" t="s">
+        <v>378</v>
+      </c>
+      <c r="B767">
+        <v>0.95</v>
+      </c>
+      <c r="C767">
+        <v>2686.0</v>
+      </c>
+      <c r="D767" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4">
+      <c r="A768" t="s">
+        <v>378</v>
+      </c>
+      <c r="B768">
+        <v>0.95</v>
+      </c>
+      <c r="C768">
+        <v>1000.0</v>
+      </c>
+      <c r="D768" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4">
+      <c r="A769" t="s">
+        <v>378</v>
+      </c>
+      <c r="B769">
+        <v>0.95</v>
+      </c>
+      <c r="C769">
+        <v>1100.0</v>
+      </c>
+      <c r="D769" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4">
+      <c r="A770" t="s">
+        <v>378</v>
+      </c>
+      <c r="B770">
+        <v>0.95</v>
+      </c>
+      <c r="C770">
+        <v>5000.0</v>
+      </c>
+      <c r="D770" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4">
+      <c r="A771" t="s">
+        <v>378</v>
+      </c>
+      <c r="B771">
+        <v>0.95</v>
+      </c>
+      <c r="C771">
+        <v>100.0</v>
+      </c>
+      <c r="D771" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4">
+      <c r="A772" t="s">
+        <v>378</v>
+      </c>
+      <c r="B772">
+        <v>0.95</v>
+      </c>
+      <c r="C772">
+        <v>200.0</v>
+      </c>
+      <c r="D772" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4">
+      <c r="A773" t="s">
+        <v>378</v>
+      </c>
+      <c r="B773">
+        <v>0.95</v>
+      </c>
+      <c r="C773">
+        <v>4500.0</v>
+      </c>
+      <c r="D773" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="A774" t="s">
+        <v>378</v>
+      </c>
+      <c r="B774">
+        <v>0.95</v>
+      </c>
+      <c r="C774">
+        <v>5000.0</v>
+      </c>
+      <c r="D774" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4">
+      <c r="A775" t="s">
+        <v>378</v>
+      </c>
+      <c r="B775">
+        <v>0.95</v>
+      </c>
+      <c r="C775">
+        <v>500.0</v>
+      </c>
+      <c r="D775" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4">
+      <c r="A776" t="s">
+        <v>378</v>
+      </c>
+      <c r="B776">
+        <v>0.95</v>
+      </c>
+      <c r="C776">
+        <v>1614.0</v>
+      </c>
+      <c r="D776" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4">
+      <c r="A777" t="s">
+        <v>378</v>
+      </c>
+      <c r="B777">
+        <v>0.95</v>
+      </c>
+      <c r="C777">
+        <v>2000.0</v>
+      </c>
+      <c r="D777" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4">
+      <c r="A778" t="s">
+        <v>378</v>
+      </c>
+      <c r="B778">
+        <v>0.95</v>
+      </c>
+      <c r="C778">
+        <v>1300.0</v>
+      </c>
+      <c r="D778" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="A779" t="s">
+        <v>379</v>
+      </c>
+      <c r="B779">
+        <v>0.95</v>
+      </c>
+      <c r="C779">
+        <v>700.0</v>
+      </c>
+      <c r="D779" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="A780" t="s">
+        <v>379</v>
+      </c>
+      <c r="B780">
+        <v>0.95</v>
+      </c>
+      <c r="C780">
+        <v>100.0</v>
+      </c>
+      <c r="D780" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="A781" t="s">
+        <v>379</v>
+      </c>
+      <c r="B781">
+        <v>0.95</v>
+      </c>
+      <c r="C781">
+        <v>200.0</v>
+      </c>
+      <c r="D781" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4">
+      <c r="A782" t="s">
+        <v>380</v>
+      </c>
+      <c r="B782">
+        <v>0.949</v>
+      </c>
+      <c r="C782">
+        <v>2000.0</v>
+      </c>
+      <c r="D782" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4">
+      <c r="A783" t="s">
+        <v>380</v>
+      </c>
+      <c r="B783">
+        <v>0.949</v>
+      </c>
+      <c r="C783">
+        <v>500.0</v>
+      </c>
+      <c r="D783" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4">
+      <c r="A784" t="s">
+        <v>380</v>
+      </c>
+      <c r="B784">
+        <v>0.949</v>
+      </c>
+      <c r="C784">
+        <v>1000.0</v>
+      </c>
+      <c r="D784" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
+      <c r="A785" t="s">
+        <v>380</v>
+      </c>
+      <c r="B785">
+        <v>0.949</v>
+      </c>
+      <c r="C785">
+        <v>3000.0</v>
+      </c>
+      <c r="D785" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
+      <c r="A786" t="s">
+        <v>380</v>
+      </c>
+      <c r="B786">
+        <v>0.949</v>
+      </c>
+      <c r="C786">
+        <v>3000.0</v>
+      </c>
+      <c r="D786" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
+      <c r="A787" t="s">
+        <v>380</v>
+      </c>
+      <c r="B787">
+        <v>0.949</v>
+      </c>
+      <c r="C787">
+        <v>100.0</v>
+      </c>
+      <c r="D787" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
+      <c r="A788" t="s">
+        <v>380</v>
+      </c>
+      <c r="B788">
+        <v>0.949</v>
+      </c>
+      <c r="C788">
+        <v>2000.0</v>
+      </c>
+      <c r="D788" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="A789" t="s">
+        <v>380</v>
+      </c>
+      <c r="B789">
+        <v>0.949</v>
+      </c>
+      <c r="C789">
+        <v>4000.0</v>
+      </c>
+      <c r="D789" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
+      <c r="A790" t="s">
+        <v>380</v>
+      </c>
+      <c r="B790">
+        <v>0.949</v>
+      </c>
+      <c r="C790">
+        <v>100.0</v>
+      </c>
+      <c r="D790" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
+      <c r="A791" t="s">
+        <v>380</v>
+      </c>
+      <c r="B791">
+        <v>0.949</v>
+      </c>
+      <c r="C791">
+        <v>2000.0</v>
+      </c>
+      <c r="D791" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="A792" t="s">
+        <v>381</v>
+      </c>
+      <c r="B792">
+        <v>0.948</v>
+      </c>
+      <c r="C792">
+        <v>180.0</v>
+      </c>
+      <c r="D792" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="A793" t="s">
+        <v>382</v>
+      </c>
+      <c r="B793">
+        <v>0.948</v>
+      </c>
+      <c r="C793">
+        <v>10.0</v>
+      </c>
+      <c r="D793" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
+      <c r="A794" t="s">
+        <v>382</v>
+      </c>
+      <c r="B794">
+        <v>0.948</v>
+      </c>
+      <c r="C794">
+        <v>2000.0</v>
+      </c>
+      <c r="D794" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
+      <c r="A795" t="s">
+        <v>382</v>
+      </c>
+      <c r="B795">
+        <v>0.948</v>
+      </c>
+      <c r="C795">
+        <v>5001.0</v>
+      </c>
+      <c r="D795" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
+      <c r="A796" t="s">
+        <v>382</v>
+      </c>
+      <c r="B796">
+        <v>0.948</v>
+      </c>
+      <c r="C796">
+        <v>2262.0</v>
+      </c>
+      <c r="D796" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
+      <c r="A797" t="s">
+        <v>382</v>
+      </c>
+      <c r="B797">
+        <v>0.948</v>
+      </c>
+      <c r="C797">
+        <v>1600.0</v>
+      </c>
+      <c r="D797" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
+      <c r="A798" t="s">
+        <v>382</v>
+      </c>
+      <c r="B798">
+        <v>0.948</v>
+      </c>
+      <c r="C798">
+        <v>100.0</v>
+      </c>
+      <c r="D798" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
+      <c r="A799" t="s">
+        <v>382</v>
+      </c>
+      <c r="B799">
+        <v>0.948</v>
+      </c>
+      <c r="C799">
+        <v>2000.0</v>
+      </c>
+      <c r="D799" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
+      <c r="A800" t="s">
+        <v>382</v>
+      </c>
+      <c r="B800">
+        <v>0.948</v>
+      </c>
+      <c r="C800">
+        <v>3000.0</v>
+      </c>
+      <c r="D800" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4">
+      <c r="A801" t="s">
+        <v>382</v>
+      </c>
+      <c r="B801">
+        <v>0.948</v>
+      </c>
+      <c r="C801">
+        <v>5368.0</v>
+      </c>
+      <c r="D801" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4">
+      <c r="A802" t="s">
+        <v>383</v>
+      </c>
+      <c r="B802">
+        <v>0.947</v>
+      </c>
+      <c r="C802">
+        <v>6500.0</v>
+      </c>
+      <c r="D802" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4">
+      <c r="A803" t="s">
+        <v>383</v>
+      </c>
+      <c r="B803">
+        <v>0.947</v>
+      </c>
+      <c r="C803">
+        <v>2000.0</v>
+      </c>
+      <c r="D803" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4">
+      <c r="A804" t="s">
+        <v>383</v>
+      </c>
+      <c r="B804">
+        <v>0.947</v>
+      </c>
+      <c r="C804">
+        <v>2000.0</v>
+      </c>
+      <c r="D804" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4">
+      <c r="A805" t="s">
+        <v>383</v>
+      </c>
+      <c r="B805">
+        <v>0.947</v>
+      </c>
+      <c r="C805">
+        <v>1920.0</v>
+      </c>
+      <c r="D805" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4">
+      <c r="A806" t="s">
+        <v>383</v>
+      </c>
+      <c r="B806">
+        <v>0.947</v>
+      </c>
+      <c r="C806">
+        <v>2000.0</v>
+      </c>
+      <c r="D806" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="A807" t="s">
+        <v>383</v>
+      </c>
+      <c r="B807">
+        <v>0.947</v>
+      </c>
+      <c r="C807">
+        <v>5000.0</v>
+      </c>
+      <c r="D807" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="A808" t="s">
+        <v>383</v>
+      </c>
+      <c r="B808">
+        <v>0.947</v>
+      </c>
+      <c r="C808">
+        <v>1923.0</v>
+      </c>
+      <c r="D808" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4">
+      <c r="A809" t="s">
+        <v>384</v>
+      </c>
+      <c r="B809">
+        <v>0.947</v>
+      </c>
+      <c r="C809">
+        <v>2000.0</v>
+      </c>
+      <c r="D809" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4">
+      <c r="A810" t="s">
+        <v>385</v>
+      </c>
+      <c r="B810">
+        <v>0.947</v>
+      </c>
+      <c r="C810">
+        <v>10.0</v>
+      </c>
+      <c r="D810" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4">
+      <c r="A811" t="s">
+        <v>386</v>
+      </c>
+      <c r="B811">
+        <v>0.946</v>
+      </c>
+      <c r="C811">
+        <v>2000.0</v>
+      </c>
+      <c r="D811" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4">
+      <c r="A812" t="s">
+        <v>386</v>
+      </c>
+      <c r="B812">
+        <v>0.946</v>
+      </c>
+      <c r="C812">
+        <v>2000.0</v>
+      </c>
+      <c r="D812" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4">
+      <c r="A813" t="s">
+        <v>386</v>
+      </c>
+      <c r="B813">
+        <v>0.946</v>
+      </c>
+      <c r="C813">
+        <v>50.0</v>
+      </c>
+      <c r="D813" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4">
+      <c r="A814" t="s">
+        <v>386</v>
+      </c>
+      <c r="B814">
+        <v>0.946</v>
+      </c>
+      <c r="C814">
+        <v>5000.0</v>
+      </c>
+      <c r="D814" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4">
+      <c r="A815" t="s">
+        <v>386</v>
+      </c>
+      <c r="B815">
+        <v>0.946</v>
+      </c>
+      <c r="C815">
+        <v>2000.0</v>
+      </c>
+      <c r="D815" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4">
+      <c r="A816" t="s">
+        <v>386</v>
+      </c>
+      <c r="B816">
+        <v>0.946</v>
+      </c>
+      <c r="C816">
+        <v>500.0</v>
+      </c>
+      <c r="D816" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4">
+      <c r="A817" t="s">
+        <v>386</v>
+      </c>
+      <c r="B817">
+        <v>0.946</v>
+      </c>
+      <c r="C817">
+        <v>3400.0</v>
+      </c>
+      <c r="D817" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4">
+      <c r="A818" t="s">
+        <v>386</v>
+      </c>
+      <c r="B818">
+        <v>0.946</v>
+      </c>
+      <c r="C818">
+        <v>527.0</v>
+      </c>
+      <c r="D818" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4">
+      <c r="A819" t="s">
+        <v>387</v>
+      </c>
+      <c r="B819">
+        <v>0.946</v>
+      </c>
+      <c r="C819">
+        <v>1.0</v>
+      </c>
+      <c r="D819" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4">
+      <c r="A820" t="s">
+        <v>388</v>
+      </c>
+      <c r="B820">
+        <v>0.946</v>
+      </c>
+      <c r="C820">
+        <v>100.0</v>
+      </c>
+      <c r="D820" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4">
+      <c r="A821" t="s">
+        <v>389</v>
+      </c>
+      <c r="B821">
+        <v>0.946</v>
+      </c>
+      <c r="C821">
+        <v>9.0</v>
+      </c>
+      <c r="D821" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4">
+      <c r="A822" t="s">
+        <v>390</v>
+      </c>
+      <c r="B822">
+        <v>0.945</v>
+      </c>
+      <c r="C822">
+        <v>1889.0</v>
+      </c>
+      <c r="D822" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4">
+      <c r="A823" t="s">
+        <v>391</v>
+      </c>
+      <c r="B823">
+        <v>0.946</v>
+      </c>
+      <c r="C823">
+        <v>95.0</v>
+      </c>
+      <c r="D823" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4">
+      <c r="A824" t="s">
+        <v>392</v>
+      </c>
+      <c r="B824">
+        <v>0.945</v>
+      </c>
+      <c r="C824">
+        <v>100.0</v>
+      </c>
+      <c r="D824" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4">
+      <c r="A825" t="s">
+        <v>393</v>
+      </c>
+      <c r="B825">
+        <v>0.946</v>
+      </c>
+      <c r="C825">
+        <v>20.0</v>
+      </c>
+      <c r="D825" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4">
+      <c r="A826" t="s">
+        <v>394</v>
+      </c>
+      <c r="B826">
+        <v>0.945</v>
+      </c>
+      <c r="C826">
+        <v>154.0</v>
+      </c>
+      <c r="D826" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4">
+      <c r="A827" t="s">
+        <v>394</v>
+      </c>
+      <c r="B827">
+        <v>0.945</v>
+      </c>
+      <c r="C827">
+        <v>96.0</v>
+      </c>
+      <c r="D827" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4">
+      <c r="A828" t="s">
+        <v>395</v>
+      </c>
+      <c r="B828">
+        <v>0.946</v>
+      </c>
+      <c r="C828">
+        <v>1.0</v>
+      </c>
+      <c r="D828" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4">
+      <c r="A829" t="s">
+        <v>396</v>
+      </c>
+      <c r="B829">
+        <v>0.946</v>
+      </c>
+      <c r="C829">
+        <v>20.0</v>
+      </c>
+      <c r="D829" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4">
+      <c r="A830" t="s">
+        <v>397</v>
+      </c>
+      <c r="B830">
+        <v>0.945</v>
+      </c>
+      <c r="C830">
+        <v>1.0</v>
+      </c>
+      <c r="D830" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4">
+      <c r="A831" t="s">
+        <v>398</v>
+      </c>
+      <c r="B831">
+        <v>0.945</v>
+      </c>
+      <c r="C831">
+        <v>1.0</v>
+      </c>
+      <c r="D831" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4">
+      <c r="A832" t="s">
+        <v>399</v>
+      </c>
+      <c r="B832">
+        <v>0.946</v>
+      </c>
+      <c r="C832">
+        <v>300.0</v>
+      </c>
+      <c r="D832" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4">
+      <c r="A833" t="s">
+        <v>400</v>
+      </c>
+      <c r="B833">
+        <v>0.945</v>
+      </c>
+      <c r="C833">
+        <v>3902.0</v>
+      </c>
+      <c r="D833" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4">
+      <c r="A834" t="s">
+        <v>400</v>
+      </c>
+      <c r="B834">
+        <v>0.945</v>
+      </c>
+      <c r="C834">
+        <v>1098.0</v>
+      </c>
+      <c r="D834" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="A835" t="s">
+        <v>401</v>
+      </c>
+      <c r="B835">
+        <v>0.946</v>
+      </c>
+      <c r="C835">
+        <v>427.0</v>
+      </c>
+      <c r="D835" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="A836" t="s">
+        <v>401</v>
+      </c>
+      <c r="B836">
+        <v>0.946</v>
+      </c>
+      <c r="C836">
+        <v>73.0</v>
+      </c>
+      <c r="D836" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="A837" t="s">
+        <v>402</v>
+      </c>
+      <c r="B837">
+        <v>0.946</v>
+      </c>
+      <c r="C837">
+        <v>50.0</v>
+      </c>
+      <c r="D837" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="A838" t="s">
+        <v>403</v>
+      </c>
+      <c r="B838">
+        <v>0.945</v>
+      </c>
+      <c r="C838">
+        <v>300.0</v>
+      </c>
+      <c r="D838" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="A839" t="s">
+        <v>404</v>
+      </c>
+      <c r="B839">
+        <v>0.946</v>
+      </c>
+      <c r="C839">
+        <v>3500.0</v>
+      </c>
+      <c r="D839" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="A840" t="s">
+        <v>405</v>
+      </c>
+      <c r="B840">
+        <v>0.945</v>
+      </c>
+      <c r="C840">
+        <v>1.0</v>
+      </c>
+      <c r="D840" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="A841" t="s">
+        <v>406</v>
+      </c>
+      <c r="B841">
+        <v>0.946</v>
+      </c>
+      <c r="C841">
+        <v>1377.0</v>
+      </c>
+      <c r="D841" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="A842" t="s">
+        <v>406</v>
+      </c>
+      <c r="B842">
+        <v>0.946</v>
+      </c>
+      <c r="C842">
+        <v>1.0</v>
+      </c>
+      <c r="D842" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="A843" t="s">
+        <v>406</v>
+      </c>
+      <c r="B843">
+        <v>0.946</v>
+      </c>
+      <c r="C843">
+        <v>2000.0</v>
+      </c>
+      <c r="D843" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="A844" t="s">
+        <v>407</v>
+      </c>
+      <c r="B844">
+        <v>0.945</v>
+      </c>
+      <c r="C844">
+        <v>1.0</v>
+      </c>
+      <c r="D844" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="A845" t="s">
+        <v>408</v>
+      </c>
+      <c r="B845">
+        <v>0.945</v>
+      </c>
+      <c r="C845">
+        <v>600.0</v>
+      </c>
+      <c r="D845" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="A846" t="s">
+        <v>408</v>
+      </c>
+      <c r="B846">
+        <v>0.945</v>
+      </c>
+      <c r="C846">
+        <v>500.0</v>
+      </c>
+      <c r="D846" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="A847" t="s">
+        <v>409</v>
+      </c>
+      <c r="B847">
+        <v>0.946</v>
+      </c>
+      <c r="C847">
+        <v>2000.0</v>
+      </c>
+      <c r="D847" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="A848" t="s">
+        <v>409</v>
+      </c>
+      <c r="B848">
+        <v>0.946</v>
+      </c>
+      <c r="C848">
+        <v>5000.0</v>
+      </c>
+      <c r="D848" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="A849" t="s">
+        <v>410</v>
+      </c>
+      <c r="B849">
+        <v>0.947</v>
+      </c>
+      <c r="C849">
+        <v>500.0</v>
+      </c>
+      <c r="D849" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="A850" t="s">
+        <v>410</v>
+      </c>
+      <c r="B850">
+        <v>0.947</v>
+      </c>
+      <c r="C850">
+        <v>567.0</v>
+      </c>
+      <c r="D850" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="A851" t="s">
+        <v>411</v>
+      </c>
+      <c r="B851">
+        <v>0.947</v>
+      </c>
+      <c r="C851">
+        <v>2921.0</v>
+      </c>
+      <c r="D851" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="A852" t="s">
+        <v>412</v>
+      </c>
+      <c r="B852">
+        <v>0.947</v>
+      </c>
+      <c r="C852">
+        <v>4700.0</v>
+      </c>
+      <c r="D852" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="A853" t="s">
+        <v>413</v>
+      </c>
+      <c r="B853">
+        <v>0.947</v>
+      </c>
+      <c r="C853">
+        <v>4995.0</v>
+      </c>
+      <c r="D853" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="A854" t="s">
+        <v>414</v>
+      </c>
+      <c r="B854">
+        <v>0.947</v>
+      </c>
+      <c r="C854">
+        <v>100.0</v>
+      </c>
+      <c r="D854" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="A855" t="s">
+        <v>415</v>
+      </c>
+      <c r="B855">
+        <v>0.948</v>
+      </c>
+      <c r="C855">
+        <v>25.0</v>
+      </c>
+      <c r="D855" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="A856" t="s">
+        <v>416</v>
+      </c>
+      <c r="B856">
+        <v>0.948</v>
+      </c>
+      <c r="C856">
+        <v>361.0</v>
+      </c>
+      <c r="D856" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="A857" t="s">
+        <v>416</v>
+      </c>
+      <c r="B857">
+        <v>0.948</v>
+      </c>
+      <c r="C857">
+        <v>2639.0</v>
+      </c>
+      <c r="D857" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="A858" t="s">
+        <v>417</v>
+      </c>
+      <c r="B858">
+        <v>0.947</v>
+      </c>
+      <c r="C858">
+        <v>2230.0</v>
+      </c>
+      <c r="D858" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="A859" t="s">
+        <v>418</v>
+      </c>
+      <c r="B859">
+        <v>0.948</v>
+      </c>
+      <c r="C859">
+        <v>2361.0</v>
+      </c>
+      <c r="D859" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="A860" t="s">
+        <v>418</v>
+      </c>
+      <c r="B860">
+        <v>0.948</v>
+      </c>
+      <c r="C860">
+        <v>1000.0</v>
+      </c>
+      <c r="D860" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="A861" t="s">
+        <v>418</v>
+      </c>
+      <c r="B861">
+        <v>0.948</v>
+      </c>
+      <c r="C861">
+        <v>1639.0</v>
+      </c>
+      <c r="D861" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="A862" t="s">
+        <v>419</v>
+      </c>
+      <c r="B862">
+        <v>0.947</v>
+      </c>
+      <c r="C862">
+        <v>1000.0</v>
+      </c>
+      <c r="D862" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="A863" t="s">
+        <v>420</v>
+      </c>
+      <c r="B863">
+        <v>0.947</v>
+      </c>
+      <c r="C863">
+        <v>1027.0</v>
+      </c>
+      <c r="D863" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="A864" t="s">
+        <v>420</v>
+      </c>
+      <c r="B864">
+        <v>0.947</v>
+      </c>
+      <c r="C864">
+        <v>9000.0</v>
+      </c>
+      <c r="D864" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="A865" t="s">
+        <v>420</v>
+      </c>
+      <c r="B865">
+        <v>0.947</v>
+      </c>
+      <c r="C865">
+        <v>1460.0</v>
+      </c>
+      <c r="D865" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="A866" t="s">
+        <v>420</v>
+      </c>
+      <c r="B866">
+        <v>0.946</v>
+      </c>
+      <c r="C866">
+        <v>2000.0</v>
+      </c>
+      <c r="D866" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="A867" t="s">
+        <v>421</v>
+      </c>
+      <c r="B867">
+        <v>0.946</v>
+      </c>
+      <c r="C867">
+        <v>2000.0</v>
+      </c>
+      <c r="D867" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="A868" t="s">
+        <v>422</v>
+      </c>
+      <c r="B868">
+        <v>0.947</v>
+      </c>
+      <c r="C868">
+        <v>10.0</v>
+      </c>
+      <c r="D868" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="A869" t="s">
+        <v>423</v>
+      </c>
+      <c r="B869">
+        <v>0.947</v>
+      </c>
+      <c r="C869">
+        <v>1530.0</v>
+      </c>
+      <c r="D869" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="A870" t="s">
+        <v>423</v>
+      </c>
+      <c r="B870">
+        <v>0.947</v>
+      </c>
+      <c r="C870">
+        <v>2970.0</v>
+      </c>
+      <c r="D870" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="A871" t="s">
+        <v>424</v>
+      </c>
+      <c r="B871">
+        <v>0.947</v>
+      </c>
+      <c r="C871">
+        <v>2000.0</v>
+      </c>
+      <c r="D871" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="A872" t="s">
+        <v>424</v>
+      </c>
+      <c r="B872">
+        <v>0.947</v>
+      </c>
+      <c r="C872">
+        <v>22.0</v>
+      </c>
+      <c r="D872" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="A873" t="s">
+        <v>424</v>
+      </c>
+      <c r="B873">
+        <v>0.947</v>
+      </c>
+      <c r="C873">
+        <v>8.0</v>
+      </c>
+      <c r="D873" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="A874" t="s">
+        <v>425</v>
+      </c>
+      <c r="B874">
+        <v>0.947</v>
+      </c>
+      <c r="C874">
+        <v>2.0</v>
+      </c>
+      <c r="D874" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="A875" t="s">
+        <v>425</v>
+      </c>
+      <c r="B875">
+        <v>0.947</v>
+      </c>
+      <c r="C875">
+        <v>198.0</v>
+      </c>
+      <c r="D875" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="A876" t="s">
+        <v>426</v>
+      </c>
+      <c r="B876">
+        <v>0.948</v>
+      </c>
+      <c r="C876">
+        <v>25.0</v>
+      </c>
+      <c r="D876" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877" t="s">
+        <v>427</v>
+      </c>
+      <c r="B877">
+        <v>0.947</v>
+      </c>
+      <c r="C877">
+        <v>775.0</v>
+      </c>
+      <c r="D877" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878" t="s">
+        <v>428</v>
+      </c>
+      <c r="B878">
+        <v>0.948</v>
+      </c>
+      <c r="C878">
+        <v>200.0</v>
+      </c>
+      <c r="D878" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="A879" t="s">
+        <v>428</v>
+      </c>
+      <c r="B879">
+        <v>0.948</v>
+      </c>
+      <c r="C879">
+        <v>3136.0</v>
+      </c>
+      <c r="D879" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="A880" t="s">
+        <v>428</v>
+      </c>
+      <c r="B880">
+        <v>0.948</v>
+      </c>
+      <c r="C880">
+        <v>3000.0</v>
+      </c>
+      <c r="D880" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="A881" t="s">
+        <v>428</v>
+      </c>
+      <c r="B881">
+        <v>0.948</v>
+      </c>
+      <c r="C881">
+        <v>3864.0</v>
+      </c>
+      <c r="D881" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="A882" t="s">
+        <v>429</v>
+      </c>
+      <c r="B882">
+        <v>0.947</v>
+      </c>
+      <c r="C882">
+        <v>27.0</v>
+      </c>
+      <c r="D882" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="A883" t="s">
+        <v>430</v>
+      </c>
+      <c r="B883">
+        <v>0.947</v>
+      </c>
+      <c r="C883">
+        <v>173.0</v>
+      </c>
+      <c r="D883" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="A884" t="s">
+        <v>430</v>
+      </c>
+      <c r="B884">
+        <v>0.947</v>
+      </c>
+      <c r="C884">
+        <v>2247.0</v>
+      </c>
+      <c r="D884" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="A885" t="s">
+        <v>430</v>
+      </c>
+      <c r="B885">
+        <v>0.947</v>
+      </c>
+      <c r="C885">
+        <v>2000.0</v>
+      </c>
+      <c r="D885" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="A886" t="s">
+        <v>430</v>
+      </c>
+      <c r="B886">
+        <v>0.947</v>
+      </c>
+      <c r="C886">
+        <v>2000.0</v>
+      </c>
+      <c r="D886" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="A887" t="s">
+        <v>430</v>
+      </c>
+      <c r="B887">
+        <v>0.947</v>
+      </c>
+      <c r="C887">
+        <v>300.0</v>
+      </c>
+      <c r="D887" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="A888" t="s">
+        <v>430</v>
+      </c>
+      <c r="B888">
+        <v>0.947</v>
+      </c>
+      <c r="C888">
+        <v>5000.0</v>
+      </c>
+      <c r="D888" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="A889" t="s">
+        <v>430</v>
+      </c>
+      <c r="B889">
+        <v>0.947</v>
+      </c>
+      <c r="C889">
+        <v>4000.0</v>
+      </c>
+      <c r="D889" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="A890" t="s">
+        <v>430</v>
+      </c>
+      <c r="B890">
+        <v>0.947</v>
+      </c>
+      <c r="C890">
+        <v>100.0</v>
+      </c>
+      <c r="D890" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="A891" t="s">
+        <v>430</v>
+      </c>
+      <c r="B891">
+        <v>0.947</v>
+      </c>
+      <c r="C891">
+        <v>1000.0</v>
+      </c>
+      <c r="D891" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="A892" t="s">
+        <v>430</v>
+      </c>
+      <c r="B892">
+        <v>0.947</v>
+      </c>
+      <c r="C892">
+        <v>180.0</v>
+      </c>
+      <c r="D892" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="A893" t="s">
+        <v>431</v>
+      </c>
+      <c r="B893">
+        <v>0.946</v>
+      </c>
+      <c r="C893">
+        <v>63.0</v>
+      </c>
+      <c r="D893" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="A894" t="s">
+        <v>432</v>
+      </c>
+      <c r="B894">
+        <v>0.946</v>
+      </c>
+      <c r="C894">
+        <v>56.0</v>
+      </c>
+      <c r="D894" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="A895" t="s">
+        <v>432</v>
+      </c>
+      <c r="B895">
+        <v>0.946</v>
+      </c>
+      <c r="C895">
+        <v>908.0</v>
+      </c>
+      <c r="D895" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="A896" t="s">
+        <v>433</v>
+      </c>
+      <c r="B896">
+        <v>0.946</v>
+      </c>
+      <c r="C896">
+        <v>4092.0</v>
+      </c>
+      <c r="D896" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="A897" t="s">
+        <v>433</v>
+      </c>
+      <c r="B897">
+        <v>0.946</v>
+      </c>
+      <c r="C897">
+        <v>3000.0</v>
+      </c>
+      <c r="D897" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4">
+      <c r="A898" t="s">
+        <v>433</v>
+      </c>
+      <c r="B898">
+        <v>0.946</v>
+      </c>
+      <c r="C898">
+        <v>3226.0</v>
+      </c>
+      <c r="D898" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4">
+      <c r="A899" t="s">
+        <v>433</v>
+      </c>
+      <c r="B899">
+        <v>0.946</v>
+      </c>
+      <c r="C899">
+        <v>150.0</v>
+      </c>
+      <c r="D899" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="900" spans="1:4">
+      <c r="A900" t="s">
+        <v>433</v>
+      </c>
+      <c r="B900">
+        <v>0.946</v>
+      </c>
+      <c r="C900">
+        <v>2000.0</v>
+      </c>
+      <c r="D900" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4">
+      <c r="A901" t="s">
+        <v>433</v>
+      </c>
+      <c r="B901">
+        <v>0.946</v>
+      </c>
+      <c r="C901">
+        <v>1532.0</v>
+      </c>
+      <c r="D901" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4">
+      <c r="A902" t="s">
+        <v>434</v>
+      </c>
+      <c r="B902">
+        <v>0.946</v>
+      </c>
+      <c r="C902">
+        <v>468.0</v>
+      </c>
+      <c r="D902" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4">
+      <c r="A903" t="s">
+        <v>434</v>
+      </c>
+      <c r="B903">
+        <v>0.946</v>
+      </c>
+      <c r="C903">
+        <v>1.0</v>
+      </c>
+      <c r="D903" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4">
+      <c r="A904" t="s">
+        <v>434</v>
+      </c>
+      <c r="B904">
+        <v>0.946</v>
+      </c>
+      <c r="C904">
+        <v>1531.0</v>
+      </c>
+      <c r="D904" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="905" spans="1:4">
+      <c r="A905" t="s">
+        <v>435</v>
+      </c>
+      <c r="B905">
+        <v>0.945</v>
+      </c>
+      <c r="C905">
+        <v>176.0</v>
+      </c>
+      <c r="D905" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="906" spans="1:4">
+      <c r="A906" t="s">
+        <v>436</v>
+      </c>
+      <c r="B906">
+        <v>0.945</v>
+      </c>
+      <c r="C906">
+        <v>750.0</v>
+      </c>
+      <c r="D906" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="907" spans="1:4">
+      <c r="A907" t="s">
+        <v>437</v>
+      </c>
+      <c r="B907">
+        <v>0.946</v>
+      </c>
+      <c r="C907">
+        <v>469.0</v>
+      </c>
+      <c r="D907" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="908" spans="1:4">
+      <c r="A908" t="s">
+        <v>437</v>
+      </c>
+      <c r="B908">
+        <v>0.946</v>
+      </c>
+      <c r="C908">
+        <v>1451.0</v>
+      </c>
+      <c r="D908" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="909" spans="1:4">
+      <c r="A909" t="s">
+        <v>438</v>
+      </c>
+      <c r="B909">
+        <v>0.946</v>
+      </c>
+      <c r="C909">
+        <v>400.0</v>
+      </c>
+      <c r="D909" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="910" spans="1:4">
+      <c r="A910" t="s">
+        <v>439</v>
+      </c>
+      <c r="B910">
+        <v>0.945</v>
+      </c>
+      <c r="C910">
+        <v>1.0</v>
+      </c>
+      <c r="D910" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="911" spans="1:4">
+      <c r="A911" t="s">
+        <v>439</v>
+      </c>
+      <c r="B911">
+        <v>0.945</v>
+      </c>
+      <c r="C911">
+        <v>1994.0</v>
+      </c>
+      <c r="D911" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="912" spans="1:4">
+      <c r="A912" t="s">
+        <v>440</v>
+      </c>
+      <c r="B912">
+        <v>0.945</v>
+      </c>
+      <c r="C912">
+        <v>6.0</v>
+      </c>
+      <c r="D912" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="913" spans="1:4">
+      <c r="A913" t="s">
+        <v>441</v>
+      </c>
+      <c r="B913">
+        <v>0.945</v>
+      </c>
+      <c r="C913">
+        <v>3000.0</v>
+      </c>
+      <c r="D913" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="914" spans="1:4">
+      <c r="A914" t="s">
+        <v>441</v>
+      </c>
+      <c r="B914">
+        <v>0.945</v>
+      </c>
+      <c r="C914">
+        <v>1994.0</v>
+      </c>
+      <c r="D914" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="915" spans="1:4">
+      <c r="A915" t="s">
+        <v>442</v>
+      </c>
+      <c r="B915">
+        <v>0.945</v>
+      </c>
+      <c r="C915">
+        <v>6.0</v>
+      </c>
+      <c r="D915" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="916" spans="1:4">
+      <c r="A916" t="s">
+        <v>442</v>
+      </c>
+      <c r="B916">
+        <v>0.945</v>
+      </c>
+      <c r="C916">
+        <v>1994.0</v>
+      </c>
+      <c r="D916" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="917" spans="1:4">
+      <c r="A917" t="s">
+        <v>443</v>
+      </c>
+      <c r="B917">
+        <v>0.945</v>
+      </c>
+      <c r="C917">
+        <v>6.0</v>
+      </c>
+      <c r="D917" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="918" spans="1:4">
+      <c r="A918" t="s">
+        <v>443</v>
+      </c>
+      <c r="B918">
+        <v>0.945</v>
+      </c>
+      <c r="C918">
+        <v>44.0</v>
+      </c>
+      <c r="D918" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="919" spans="1:4">
+      <c r="A919" t="s">
+        <v>444</v>
+      </c>
+      <c r="B919">
+        <v>0.943</v>
+      </c>
+      <c r="C919">
+        <v>1400.0</v>
+      </c>
+      <c r="D919" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="920" spans="1:4">
+      <c r="A920" t="s">
+        <v>444</v>
+      </c>
+      <c r="B920">
+        <v>0.943</v>
+      </c>
+      <c r="C920">
+        <v>600.0</v>
+      </c>
+      <c r="D920" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="921" spans="1:4">
+      <c r="A921" t="s">
+        <v>445</v>
+      </c>
+      <c r="B921">
+        <v>0.945</v>
+      </c>
+      <c r="C921">
+        <v>4956.0</v>
+      </c>
+      <c r="D921" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="922" spans="1:4">
+      <c r="A922" t="s">
+        <v>445</v>
+      </c>
+      <c r="B922">
+        <v>0.945</v>
+      </c>
+      <c r="C922">
+        <v>1920.0</v>
+      </c>
+      <c r="D922" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="923" spans="1:4">
+      <c r="A923" t="s">
+        <v>445</v>
+      </c>
+      <c r="B923">
+        <v>0.945</v>
+      </c>
+      <c r="C923">
+        <v>2000.0</v>
+      </c>
+      <c r="D923" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="924" spans="1:4">
+      <c r="A924" t="s">
+        <v>445</v>
+      </c>
+      <c r="B924">
+        <v>0.945</v>
+      </c>
+      <c r="C924">
+        <v>200.0</v>
+      </c>
+      <c r="D924" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="925" spans="1:4">
+      <c r="A925" t="s">
+        <v>445</v>
+      </c>
+      <c r="B925">
+        <v>0.945</v>
+      </c>
+      <c r="C925">
+        <v>2311.0</v>
+      </c>
+      <c r="D925" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="926" spans="1:4">
+      <c r="A926" t="s">
+        <v>445</v>
+      </c>
+      <c r="B926">
+        <v>0.945</v>
+      </c>
+      <c r="C926">
+        <v>2000.0</v>
+      </c>
+      <c r="D926" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="927" spans="1:4">
+      <c r="A927" t="s">
+        <v>445</v>
+      </c>
+      <c r="B927">
+        <v>0.945</v>
+      </c>
+      <c r="C927">
+        <v>2000.0</v>
+      </c>
+      <c r="D927" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="928" spans="1:4">
+      <c r="A928" t="s">
+        <v>445</v>
+      </c>
+      <c r="B928">
+        <v>0.945</v>
+      </c>
+      <c r="C928">
+        <v>9000.0</v>
+      </c>
+      <c r="D928" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="929" spans="1:4">
+      <c r="A929" t="s">
+        <v>445</v>
+      </c>
+      <c r="B929">
+        <v>0.944</v>
+      </c>
+      <c r="C929">
+        <v>613.0</v>
+      </c>
+      <c r="D929" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="930" spans="1:4">
+      <c r="A930" t="s">
+        <v>446</v>
+      </c>
+      <c r="B930">
+        <v>0.944</v>
+      </c>
+      <c r="C930">
+        <v>1000.0</v>
+      </c>
+      <c r="D930" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="931" spans="1:4">
+      <c r="A931" t="s">
+        <v>447</v>
+      </c>
+      <c r="B931">
+        <v>0.944</v>
+      </c>
+      <c r="C931">
+        <v>1.0</v>
+      </c>
+      <c r="D931" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="932" spans="1:4">
+      <c r="A932" t="s">
+        <v>448</v>
+      </c>
+      <c r="B932">
+        <v>0.944</v>
+      </c>
+      <c r="C932">
+        <v>1386.0</v>
+      </c>
+      <c r="D932" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="933" spans="1:4">
+      <c r="A933" t="s">
+        <v>448</v>
+      </c>
+      <c r="B933">
+        <v>0.944</v>
+      </c>
+      <c r="C933">
+        <v>114.0</v>
+      </c>
+      <c r="D933" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="934" spans="1:4">
+      <c r="A934" t="s">
+        <v>449</v>
+      </c>
+      <c r="B934">
+        <v>0.944</v>
+      </c>
+      <c r="C934">
+        <v>15.0</v>
+      </c>
+      <c r="D934" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="935" spans="1:4">
+      <c r="A935" t="s">
+        <v>450</v>
+      </c>
+      <c r="B935">
+        <v>0.943</v>
+      </c>
+      <c r="C935">
+        <v>500.0</v>
+      </c>
+      <c r="D935" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="936" spans="1:4">
+      <c r="A936" t="s">
+        <v>451</v>
+      </c>
+      <c r="B936">
+        <v>0.944</v>
+      </c>
+      <c r="C936">
+        <v>871.0</v>
+      </c>
+      <c r="D936" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="937" spans="1:4">
+      <c r="A937" t="s">
+        <v>451</v>
+      </c>
+      <c r="B937">
+        <v>0.944</v>
+      </c>
+      <c r="C937">
+        <v>2.0</v>
+      </c>
+      <c r="D937" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="938" spans="1:4">
+      <c r="A938" t="s">
+        <v>451</v>
+      </c>
+      <c r="B938">
+        <v>0.944</v>
+      </c>
+      <c r="C938">
+        <v>4999.0</v>
+      </c>
+      <c r="D938" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="939" spans="1:4">
+      <c r="A939" t="s">
+        <v>451</v>
+      </c>
+      <c r="B939">
+        <v>0.944</v>
+      </c>
+      <c r="C939">
+        <v>1628.0</v>
+      </c>
+      <c r="D939" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="940" spans="1:4">
+      <c r="A940" t="s">
+        <v>452</v>
+      </c>
+      <c r="B940">
+        <v>0.944</v>
+      </c>
+      <c r="C940">
+        <v>1.0</v>
+      </c>
+      <c r="D940" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="941" spans="1:4">
+      <c r="A941" t="s">
+        <v>453</v>
+      </c>
+      <c r="B941">
+        <v>0.944</v>
+      </c>
+      <c r="C941">
+        <v>700.0</v>
+      </c>
+      <c r="D941" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="942" spans="1:4">
+      <c r="A942" t="s">
+        <v>454</v>
+      </c>
+      <c r="B942">
+        <v>0.944</v>
+      </c>
+      <c r="C942">
+        <v>1.0</v>
+      </c>
+      <c r="D942" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="943" spans="1:4">
+      <c r="A943" t="s">
+        <v>455</v>
+      </c>
+      <c r="B943">
+        <v>0.943</v>
+      </c>
+      <c r="C943">
+        <v>1900.0</v>
+      </c>
+      <c r="D943" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="944" spans="1:4">
+      <c r="A944" t="s">
+        <v>455</v>
+      </c>
+      <c r="B944">
+        <v>0.943</v>
+      </c>
+      <c r="C944">
+        <v>1000.0</v>
+      </c>
+      <c r="D944" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="945" spans="1:4">
+      <c r="A945" t="s">
+        <v>455</v>
+      </c>
+      <c r="B945">
+        <v>0.943</v>
+      </c>
+      <c r="C945">
+        <v>2000.0</v>
+      </c>
+      <c r="D945" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="946" spans="1:4">
+      <c r="A946" t="s">
+        <v>455</v>
+      </c>
+      <c r="B946">
+        <v>0.943</v>
+      </c>
+      <c r="C946">
+        <v>3000.0</v>
+      </c>
+      <c r="D946" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="947" spans="1:4">
+      <c r="A947" t="s">
+        <v>455</v>
+      </c>
+      <c r="B947">
+        <v>0.943</v>
+      </c>
+      <c r="C947">
+        <v>100.0</v>
+      </c>
+      <c r="D947" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="948" spans="1:4">
+      <c r="A948" t="s">
+        <v>455</v>
+      </c>
+      <c r="B948">
+        <v>0.943</v>
+      </c>
+      <c r="C948">
+        <v>2000.0</v>
+      </c>
+      <c r="D948" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="949" spans="1:4">
+      <c r="A949" t="s">
+        <v>456</v>
+      </c>
+      <c r="B949">
+        <v>0.944</v>
+      </c>
+      <c r="C949">
+        <v>3000.0</v>
+      </c>
+      <c r="D949" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="950" spans="1:4">
+      <c r="A950" t="s">
+        <v>457</v>
+      </c>
+      <c r="B950">
+        <v>0.944</v>
+      </c>
+      <c r="C950">
+        <v>1000.0</v>
+      </c>
+      <c r="D950" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="951" spans="1:4">
+      <c r="A951" t="s">
+        <v>458</v>
+      </c>
+      <c r="B951">
+        <v>0.945</v>
+      </c>
+      <c r="C951">
+        <v>1000.0</v>
+      </c>
+      <c r="D951" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="952" spans="1:4">
+      <c r="A952" t="s">
+        <v>459</v>
+      </c>
+      <c r="B952">
+        <v>0.944</v>
+      </c>
+      <c r="C952">
+        <v>1000.0</v>
+      </c>
+      <c r="D952" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="953" spans="1:4">
+      <c r="A953" t="s">
+        <v>460</v>
+      </c>
+      <c r="B953">
+        <v>0.946</v>
+      </c>
+      <c r="C953">
+        <v>149.0</v>
+      </c>
+      <c r="D953" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="954" spans="1:4">
+      <c r="A954" t="s">
+        <v>461</v>
+      </c>
+      <c r="B954">
+        <v>0.946</v>
+      </c>
+      <c r="C954">
+        <v>1.0</v>
+      </c>
+      <c r="D954" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="955" spans="1:4">
+      <c r="A955" t="s">
+        <v>462</v>
+      </c>
+      <c r="B955">
+        <v>0.945</v>
+      </c>
+      <c r="C955">
+        <v>1.0</v>
+      </c>
+      <c r="D955" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="956" spans="1:4">
+      <c r="A956" t="s">
+        <v>462</v>
+      </c>
+      <c r="B956">
+        <v>0.945</v>
+      </c>
+      <c r="C956">
+        <v>100.0</v>
+      </c>
+      <c r="D956" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="957" spans="1:4">
+      <c r="A957" t="s">
+        <v>462</v>
+      </c>
+      <c r="B957">
+        <v>0.945</v>
+      </c>
+      <c r="C957">
+        <v>1000.0</v>
+      </c>
+      <c r="D957" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="958" spans="1:4">
+      <c r="A958" t="s">
+        <v>462</v>
+      </c>
+      <c r="B958">
+        <v>0.945</v>
+      </c>
+      <c r="C958">
+        <v>10.0</v>
+      </c>
+      <c r="D958" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4">
+      <c r="A959" t="s">
+        <v>462</v>
+      </c>
+      <c r="B959">
+        <v>0.945</v>
+      </c>
+      <c r="C959">
+        <v>10000.0</v>
+      </c>
+      <c r="D959" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4">
+      <c r="A960" t="s">
+        <v>462</v>
+      </c>
+      <c r="B960">
+        <v>0.945</v>
+      </c>
+      <c r="C960">
+        <v>4000.0</v>
+      </c>
+      <c r="D960" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="961" spans="1:4">
+      <c r="A961" t="s">
+        <v>462</v>
+      </c>
+      <c r="B961">
+        <v>0.945</v>
+      </c>
+      <c r="C961">
+        <v>2000.0</v>
+      </c>
+      <c r="D961" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="962" spans="1:4">
+      <c r="A962" t="s">
+        <v>462</v>
+      </c>
+      <c r="B962">
+        <v>0.945</v>
+      </c>
+      <c r="C962">
+        <v>14745.0</v>
+      </c>
+      <c r="D962" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="963" spans="1:4">
+      <c r="A963" t="s">
+        <v>463</v>
+      </c>
+      <c r="B963">
+        <v>0.945</v>
+      </c>
+      <c r="C963">
+        <v>21102.0</v>
+      </c>
+      <c r="D963" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="964" spans="1:4">
+      <c r="A964" t="s">
+        <v>464</v>
+      </c>
+      <c r="B964">
+        <v>0.945</v>
+      </c>
+      <c r="C964">
+        <v>14153.0</v>
+      </c>
+      <c r="D964" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="965" spans="1:4">
+      <c r="A965" t="s">
+        <v>464</v>
+      </c>
+      <c r="B965">
+        <v>0.945</v>
+      </c>
+      <c r="C965">
+        <v>500.0</v>
+      </c>
+      <c r="D965" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="966" spans="1:4">
+      <c r="A966" t="s">
+        <v>464</v>
+      </c>
+      <c r="B966">
+        <v>0.946</v>
+      </c>
+      <c r="C966">
+        <v>1000.0</v>
+      </c>
+      <c r="D966" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="967" spans="1:4">
+      <c r="A967" t="s">
+        <v>464</v>
+      </c>
+      <c r="B967">
+        <v>0.946</v>
+      </c>
+      <c r="C967">
+        <v>2000.0</v>
+      </c>
+      <c r="D967" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="968" spans="1:4">
+      <c r="A968" t="s">
+        <v>464</v>
+      </c>
+      <c r="B968">
+        <v>0.946</v>
+      </c>
+      <c r="C968">
+        <v>500.0</v>
+      </c>
+      <c r="D968" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="969" spans="1:4">
+      <c r="A969" t="s">
+        <v>464</v>
+      </c>
+      <c r="B969">
+        <v>0.946</v>
+      </c>
+      <c r="C969">
+        <v>847.0</v>
+      </c>
+      <c r="D969" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="970" spans="1:4">
+      <c r="A970" t="s">
+        <v>465</v>
+      </c>
+      <c r="B970">
+        <v>0.946</v>
+      </c>
+      <c r="C970">
+        <v>1.0</v>
+      </c>
+      <c r="D970" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="971" spans="1:4">
+      <c r="A971" t="s">
+        <v>466</v>
+      </c>
+      <c r="B971">
+        <v>0.946</v>
+      </c>
+      <c r="C971">
+        <v>200.0</v>
+      </c>
+      <c r="D971" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="972" spans="1:4">
+      <c r="A972" t="s">
+        <v>467</v>
+      </c>
+      <c r="B972">
+        <v>0.946</v>
+      </c>
+      <c r="C972">
+        <v>2952.0</v>
+      </c>
+      <c r="D972" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="973" spans="1:4">
+      <c r="A973" t="s">
+        <v>467</v>
+      </c>
+      <c r="B973">
+        <v>0.946</v>
+      </c>
+      <c r="C973">
+        <v>50.0</v>
+      </c>
+      <c r="D973" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="974" spans="1:4">
+      <c r="A974" t="s">
+        <v>467</v>
+      </c>
+      <c r="B974">
+        <v>0.946</v>
+      </c>
+      <c r="C974">
+        <v>1798.0</v>
+      </c>
+      <c r="D974" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="975" spans="1:4">
+      <c r="A975" t="s">
+        <v>468</v>
+      </c>
+      <c r="B975">
+        <v>0.946</v>
+      </c>
+      <c r="C975">
+        <v>1.0</v>
+      </c>
+      <c r="D975" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="976" spans="1:4">
+      <c r="A976" t="s">
+        <v>469</v>
+      </c>
+      <c r="B976">
+        <v>0.947</v>
+      </c>
+      <c r="C976">
+        <v>150.0</v>
+      </c>
+      <c r="D976" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="977" spans="1:4">
+      <c r="A977" t="s">
+        <v>469</v>
+      </c>
+      <c r="B977">
+        <v>0.947</v>
+      </c>
+      <c r="C977">
+        <v>1000.0</v>
+      </c>
+      <c r="D977" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="978" spans="1:4">
+      <c r="A978" t="s">
+        <v>469</v>
+      </c>
+      <c r="B978">
+        <v>0.947</v>
+      </c>
+      <c r="C978">
+        <v>170.0</v>
+      </c>
+      <c r="D978" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="979" spans="1:4">
+      <c r="A979" t="s">
+        <v>470</v>
+      </c>
+      <c r="B979">
+        <v>0.947</v>
+      </c>
+      <c r="C979">
+        <v>1330.0</v>
+      </c>
+      <c r="D979" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="980" spans="1:4">
+      <c r="A980" t="s">
+        <v>471</v>
+      </c>
+      <c r="B980">
+        <v>0.947</v>
+      </c>
+      <c r="C980">
+        <v>30.0</v>
+      </c>
+      <c r="D980" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="981" spans="1:4">
+      <c r="A981" t="s">
+        <v>472</v>
+      </c>
+      <c r="B981">
+        <v>0.946</v>
+      </c>
+      <c r="C981">
+        <v>200.0</v>
+      </c>
+      <c r="D981" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="982" spans="1:4">
+      <c r="A982" t="s">
+        <v>473</v>
+      </c>
+      <c r="B982">
+        <v>0.947</v>
+      </c>
+      <c r="C982">
+        <v>140.0</v>
+      </c>
+      <c r="D982" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="983" spans="1:4">
+      <c r="A983" t="s">
+        <v>474</v>
+      </c>
+      <c r="B983">
+        <v>0.946</v>
+      </c>
+      <c r="C983">
+        <v>1.0</v>
+      </c>
+      <c r="D983" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="984" spans="1:4">
+      <c r="A984" t="s">
+        <v>475</v>
+      </c>
+      <c r="B984">
+        <v>0.947</v>
+      </c>
+      <c r="C984">
+        <v>3000.0</v>
+      </c>
+      <c r="D984" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="985" spans="1:4">
+      <c r="A985" t="s">
+        <v>476</v>
+      </c>
+      <c r="B985">
+        <v>0.947</v>
+      </c>
+      <c r="C985">
+        <v>500.0</v>
+      </c>
+      <c r="D985" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="986" spans="1:4">
+      <c r="A986" t="s">
+        <v>476</v>
+      </c>
+      <c r="B986">
+        <v>0.947</v>
+      </c>
+      <c r="C986">
+        <v>2000.0</v>
+      </c>
+      <c r="D986" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="987" spans="1:4">
+      <c r="A987" t="s">
+        <v>477</v>
+      </c>
+      <c r="B987">
+        <v>0.947</v>
+      </c>
+      <c r="C987">
+        <v>2000.0</v>
+      </c>
+      <c r="D987" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="988" spans="1:4">
+      <c r="A988" t="s">
+        <v>478</v>
+      </c>
+      <c r="B988">
+        <v>0.948</v>
+      </c>
+      <c r="C988">
+        <v>1136.0</v>
+      </c>
+      <c r="D988" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="989" spans="1:4">
+      <c r="A989" t="s">
+        <v>478</v>
+      </c>
+      <c r="B989">
+        <v>0.948</v>
+      </c>
+      <c r="C989">
+        <v>1864.0</v>
+      </c>
+      <c r="D989" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="990" spans="1:4">
+      <c r="A990" t="s">
+        <v>479</v>
+      </c>
+      <c r="B990">
+        <v>0.946</v>
+      </c>
+      <c r="C990">
+        <v>2331.0</v>
+      </c>
+      <c r="D990" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="991" spans="1:4">
+      <c r="A991" t="s">
+        <v>479</v>
+      </c>
+      <c r="B991">
+        <v>0.946</v>
+      </c>
+      <c r="C991">
+        <v>3000.0</v>
+      </c>
+      <c r="D991" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="992" spans="1:4">
+      <c r="A992" t="s">
+        <v>479</v>
+      </c>
+      <c r="B992">
+        <v>0.946</v>
+      </c>
+      <c r="C992">
+        <v>3465.0</v>
+      </c>
+      <c r="D992" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="993" spans="1:4">
+      <c r="A993" t="s">
+        <v>479</v>
+      </c>
+      <c r="B993">
+        <v>0.947</v>
+      </c>
+      <c r="C993">
+        <v>904.0</v>
+      </c>
+      <c r="D993" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="994" spans="1:4">
+      <c r="A994" t="s">
+        <v>480</v>
+      </c>
+      <c r="B994">
+        <v>0.947</v>
+      </c>
+      <c r="C994">
+        <v>2096.0</v>
+      </c>
+      <c r="D994" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="995" spans="1:4">
+      <c r="A995" t="s">
+        <v>481</v>
+      </c>
+      <c r="B995">
+        <v>0.946</v>
+      </c>
+      <c r="C995">
+        <v>500.0</v>
+      </c>
+      <c r="D995" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="996" spans="1:4">
+      <c r="A996" t="s">
+        <v>481</v>
+      </c>
+      <c r="B996">
+        <v>0.947</v>
+      </c>
+      <c r="C996">
+        <v>904.0</v>
+      </c>
+      <c r="D996" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="997" spans="1:4">
+      <c r="A997" t="s">
+        <v>482</v>
+      </c>
+      <c r="B997">
+        <v>0.947</v>
+      </c>
+      <c r="C997">
+        <v>90.0</v>
+      </c>
+      <c r="D997" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="998" spans="1:4">
+      <c r="A998" t="s">
+        <v>483</v>
+      </c>
+      <c r="B998">
+        <v>0.947</v>
+      </c>
+      <c r="C998">
+        <v>1006.0</v>
+      </c>
+      <c r="D998" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="999" spans="1:4">
+      <c r="A999" t="s">
+        <v>483</v>
+      </c>
+      <c r="B999">
+        <v>0.947</v>
+      </c>
+      <c r="C999">
+        <v>3994.0</v>
+      </c>
+      <c r="D999" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:4">
+      <c r="A1000" t="s">
+        <v>484</v>
+      </c>
+      <c r="B1000">
+        <v>0.947</v>
+      </c>
+      <c r="C1000">
+        <v>1006.0</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:4">
+      <c r="A1001" t="s">
+        <v>485</v>
+      </c>
+      <c r="B1001">
+        <v>0.946</v>
+      </c>
+      <c r="C1001">
+        <v>2500.0</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:4">
+      <c r="A1002" t="s">
+        <v>486</v>
+      </c>
+      <c r="B1002">
+        <v>0.948</v>
+      </c>
+      <c r="C1002">
+        <v>1.0</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:4">
+      <c r="A1003" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1003">
+        <v>0.948</v>
+      </c>
+      <c r="C1003">
+        <v>3135.0</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:4">
+      <c r="A1004" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1004">
+        <v>0.948</v>
+      </c>
+      <c r="C1004">
+        <v>5000.0</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:4">
+      <c r="A1005" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1005">
+        <v>0.948</v>
+      </c>
+      <c r="C1005">
+        <v>4700.0</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:4">
+      <c r="A1006" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1006">
+        <v>0.948</v>
+      </c>
+      <c r="C1006">
+        <v>2000.0</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:4">
+      <c r="A1007" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1007">
+        <v>0.948</v>
+      </c>
+      <c r="C1007">
+        <v>200.0</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:4">
+      <c r="A1008" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1008">
+        <v>0.948</v>
+      </c>
+      <c r="C1008">
+        <v>1465.0</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:4">
+      <c r="A1009" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1009">
+        <v>0.947</v>
+      </c>
+      <c r="C1009">
+        <v>2000.0</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:4">
+      <c r="A1010" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1010">
+        <v>0.947</v>
+      </c>
+      <c r="C1010">
+        <v>500.0</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:4">
+      <c r="A1011" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1011">
+        <v>0.947</v>
+      </c>
+      <c r="C1011">
+        <v>5000.0</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:4">
+      <c r="A1012" t="s">
+        <v>487</v>
+      </c>
+      <c r="B1012">
+        <v>0.947</v>
+      </c>
+      <c r="C1012">
+        <v>1000.0</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:4">
+      <c r="A1013" t="s">
+        <v>488</v>
+      </c>
+      <c r="B1013">
+        <v>0.947</v>
+      </c>
+      <c r="C1013">
+        <v>1000.0</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:4">
+      <c r="A1014" t="s">
+        <v>489</v>
+      </c>
+      <c r="B1014">
+        <v>0.946</v>
+      </c>
+      <c r="C1014">
+        <v>3535.0</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:4">
+      <c r="A1015" t="s">
+        <v>489</v>
+      </c>
+      <c r="B1015">
+        <v>0.946</v>
+      </c>
+      <c r="C1015">
+        <v>1465.0</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:4">
+      <c r="A1016" t="s">
+        <v>490</v>
+      </c>
+      <c r="B1016">
+        <v>0.947</v>
+      </c>
+      <c r="C1016">
+        <v>2000.0</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:4">
+      <c r="A1017" t="s">
+        <v>491</v>
+      </c>
+      <c r="B1017">
+        <v>0.946</v>
+      </c>
+      <c r="C1017">
+        <v>35.0</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:4">
+      <c r="A1018" t="s">
+        <v>492</v>
+      </c>
+      <c r="B1018">
+        <v>0.946</v>
+      </c>
+      <c r="C1018">
+        <v>1500.0</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:4">
+      <c r="A1019" t="s">
+        <v>492</v>
+      </c>
+      <c r="B1019">
+        <v>0.946</v>
+      </c>
+      <c r="C1019">
+        <v>500.0</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:4">
+      <c r="A1020" t="s">
+        <v>493</v>
+      </c>
+      <c r="B1020">
+        <v>0.948</v>
+      </c>
+      <c r="C1020">
+        <v>635.0</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:4">
+      <c r="A1021" t="s">
+        <v>493</v>
+      </c>
+      <c r="B1021">
+        <v>0.947</v>
+      </c>
+      <c r="C1021">
+        <v>1000.0</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:4">
+      <c r="A1022" t="s">
+        <v>493</v>
+      </c>
+      <c r="B1022">
+        <v>0.947</v>
+      </c>
+      <c r="C1022">
+        <v>5000.0</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:4">
+      <c r="A1023" t="s">
+        <v>493</v>
+      </c>
+      <c r="B1023">
+        <v>0.947</v>
+      </c>
+      <c r="C1023">
+        <v>3047.0</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:4">
+      <c r="A1024" t="s">
+        <v>493</v>
+      </c>
+      <c r="B1024">
+        <v>0.947</v>
+      </c>
+      <c r="C1024">
+        <v>318.0</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:4">
+      <c r="A1025" t="s">
+        <v>494</v>
+      </c>
+      <c r="B1025">
+        <v>0.947</v>
+      </c>
+      <c r="C1025">
+        <v>132.0</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:4">
+      <c r="A1026" t="s">
+        <v>495</v>
+      </c>
+      <c r="B1026">
+        <v>0.947</v>
+      </c>
+      <c r="C1026">
+        <v>300.0</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:4">
+      <c r="A1027" t="s">
+        <v>496</v>
+      </c>
+      <c r="B1027">
+        <v>0.946</v>
+      </c>
+      <c r="C1027">
+        <v>1500.0</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:4">
+      <c r="A1028" t="s">
+        <v>496</v>
+      </c>
+      <c r="B1028">
+        <v>0.946</v>
+      </c>
+      <c r="C1028">
+        <v>500.0</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:4">
+      <c r="A1029" t="s">
+        <v>497</v>
+      </c>
+      <c r="B1029">
+        <v>0.946</v>
+      </c>
+      <c r="C1029">
+        <v>1000.0</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:4">
+      <c r="A1030" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1030">
+        <v>0.946</v>
+      </c>
+      <c r="C1030">
+        <v>5500.0</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:4">
+      <c r="A1031" t="s">
+        <v>499</v>
+      </c>
+      <c r="B1031">
+        <v>0.947</v>
+      </c>
+      <c r="C1031">
+        <v>1100.0</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:4">
+      <c r="A1032" t="s">
+        <v>500</v>
+      </c>
+      <c r="B1032">
+        <v>0.947</v>
+      </c>
+      <c r="C1032">
+        <v>100.0</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:4">
+      <c r="A1033" t="s">
+        <v>501</v>
+      </c>
+      <c r="B1033">
+        <v>0.947</v>
+      </c>
+      <c r="C1033">
+        <v>50.0</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:4">
+      <c r="A1034" t="s">
+        <v>502</v>
+      </c>
+      <c r="B1034">
+        <v>0.946</v>
+      </c>
+      <c r="C1034">
+        <v>400.0</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:4">
+      <c r="A1035" t="s">
+        <v>502</v>
+      </c>
+      <c r="B1035">
+        <v>0.946</v>
+      </c>
+      <c r="C1035">
+        <v>1000.0</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:4">
+      <c r="A1036" t="s">
+        <v>502</v>
+      </c>
+      <c r="B1036">
+        <v>0.946</v>
+      </c>
+      <c r="C1036">
+        <v>300.0</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:4">
+      <c r="A1037" t="s">
+        <v>503</v>
+      </c>
+      <c r="B1037">
+        <v>0.946</v>
+      </c>
+      <c r="C1037">
+        <v>1700.0</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:4">
+      <c r="A1038" t="s">
+        <v>504</v>
+      </c>
+      <c r="B1038">
+        <v>0.948</v>
+      </c>
+      <c r="C1038">
+        <v>900.0</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:4">
+      <c r="A1039" t="s">
+        <v>504</v>
+      </c>
+      <c r="B1039">
+        <v>0.947</v>
+      </c>
+      <c r="C1039">
+        <v>3000.0</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:4">
+      <c r="A1040" t="s">
+        <v>504</v>
+      </c>
+      <c r="B1040">
+        <v>0.947</v>
+      </c>
+      <c r="C1040">
+        <v>700.0</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:4">
+      <c r="A1041" t="s">
+        <v>504</v>
+      </c>
+      <c r="B1041">
+        <v>0.947</v>
+      </c>
+      <c r="C1041">
+        <v>400.0</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:4">
+      <c r="A1042" t="s">
+        <v>505</v>
+      </c>
+      <c r="B1042">
+        <v>0.947</v>
+      </c>
+      <c r="C1042">
+        <v>50.0</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:4">
+      <c r="A1043" t="s">
+        <v>506</v>
+      </c>
+      <c r="B1043">
+        <v>0.947</v>
+      </c>
+      <c r="C1043">
+        <v>50.0</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:4">
+      <c r="A1044" t="s">
+        <v>507</v>
+      </c>
+      <c r="B1044">
+        <v>0.947</v>
+      </c>
+      <c r="C1044">
+        <v>2000.0</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:4">
+      <c r="A1045" t="s">
+        <v>507</v>
+      </c>
+      <c r="B1045">
+        <v>0.947</v>
+      </c>
+      <c r="C1045">
+        <v>1000.0</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:4">
+      <c r="A1046" t="s">
+        <v>507</v>
+      </c>
+      <c r="B1046">
+        <v>0.947</v>
+      </c>
+      <c r="C1046">
+        <v>1500.0</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:4">
+      <c r="A1047" t="s">
+        <v>508</v>
+      </c>
+      <c r="B1047">
+        <v>0.947</v>
+      </c>
+      <c r="C1047">
+        <v>500.0</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:4">
+      <c r="A1048" t="s">
+        <v>508</v>
+      </c>
+      <c r="B1048">
+        <v>0.947</v>
+      </c>
+      <c r="C1048">
+        <v>500.0</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:4">
+      <c r="A1049" t="s">
+        <v>509</v>
+      </c>
+      <c r="B1049">
+        <v>0.948</v>
+      </c>
+      <c r="C1049">
+        <v>4000.0</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:4">
+      <c r="A1050" t="s">
+        <v>509</v>
+      </c>
+      <c r="B1050">
+        <v>0.948</v>
+      </c>
+      <c r="C1050">
+        <v>1000.0</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:4">
+      <c r="A1051" t="s">
+        <v>510</v>
+      </c>
+      <c r="B1051">
+        <v>0.948</v>
+      </c>
+      <c r="C1051">
+        <v>5000.0</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:4">
+      <c r="A1052" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1052">
+        <v>0.947</v>
+      </c>
+      <c r="C1052">
+        <v>500.0</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:4">
+      <c r="A1053" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1053">
+        <v>0.947</v>
+      </c>
+      <c r="C1053">
+        <v>500.0</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:4">
+      <c r="A1054" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1054">
+        <v>0.947</v>
+      </c>
+      <c r="C1054">
+        <v>300.0</v>
+      </c>
+      <c r="D1054" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:4">
+      <c r="A1055" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1055">
+        <v>0.947</v>
+      </c>
+      <c r="C1055">
+        <v>1500.0</v>
+      </c>
+      <c r="D1055" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:4">
+      <c r="A1056" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1056">
+        <v>0.947</v>
+      </c>
+      <c r="C1056">
+        <v>800.0</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:4">
+      <c r="A1057" t="s">
+        <v>511</v>
+      </c>
+      <c r="B1057">
+        <v>0.948</v>
+      </c>
+      <c r="C1057">
+        <v>1400.0</v>
+      </c>
+      <c r="D1057" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:4">
+      <c r="A1058" t="s">
+        <v>512</v>
+      </c>
+      <c r="B1058">
+        <v>0.948</v>
+      </c>
+      <c r="C1058">
+        <v>2000.0</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:4">
+      <c r="A1059" t="s">
+        <v>513</v>
+      </c>
+      <c r="B1059">
+        <v>0.948</v>
+      </c>
+      <c r="C1059">
+        <v>600.0</v>
+      </c>
+      <c r="D1059" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:4">
+      <c r="A1060" t="s">
+        <v>514</v>
+      </c>
+      <c r="B1060">
+        <v>0.949</v>
+      </c>
+      <c r="C1060">
+        <v>600.0</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:4">
+      <c r="A1061" t="s">
+        <v>514</v>
+      </c>
+      <c r="B1061">
+        <v>0.949</v>
+      </c>
+      <c r="C1061">
+        <v>800.0</v>
+      </c>
+      <c r="D1061" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:4">
+      <c r="A1062" t="s">
+        <v>514</v>
+      </c>
+      <c r="B1062">
+        <v>0.948</v>
+      </c>
+      <c r="C1062">
+        <v>600.0</v>
+      </c>
+      <c r="D1062" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:4">
+      <c r="A1063" t="s">
+        <v>515</v>
+      </c>
+      <c r="B1063">
+        <v>0.948</v>
+      </c>
+      <c r="C1063">
+        <v>400.0</v>
+      </c>
+      <c r="D1063" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:4">
+      <c r="A1064" t="s">
+        <v>516</v>
+      </c>
+      <c r="B1064">
+        <v>0.948</v>
+      </c>
+      <c r="C1064">
+        <v>600.0</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:4">
+      <c r="A1065" t="s">
+        <v>517</v>
+      </c>
+      <c r="B1065">
+        <v>0.949</v>
+      </c>
+      <c r="C1065">
+        <v>1900.0</v>
+      </c>
+      <c r="D1065" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:4">
+      <c r="A1066" t="s">
+        <v>518</v>
+      </c>
+      <c r="B1066">
+        <v>0.948</v>
+      </c>
+      <c r="C1066">
+        <v>1100.0</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:4">
+      <c r="A1067" t="s">
+        <v>518</v>
+      </c>
+      <c r="B1067">
+        <v>0.948</v>
+      </c>
+      <c r="C1067">
+        <v>4000.0</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:4">
+      <c r="A1068" t="s">
+        <v>519</v>
+      </c>
+      <c r="B1068">
+        <v>0.947</v>
+      </c>
+      <c r="C1068">
+        <v>200.0</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:4">
+      <c r="A1069" t="s">
+        <v>520</v>
+      </c>
+      <c r="B1069">
+        <v>0.95</v>
+      </c>
+      <c r="C1069">
+        <v>1548.0</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:4">
+      <c r="A1070" t="s">
+        <v>520</v>
+      </c>
+      <c r="B1070">
+        <v>0.948</v>
+      </c>
+      <c r="C1070">
+        <v>27.0</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:4">
+      <c r="A1071" t="s">
+        <v>521</v>
+      </c>
+      <c r="B1071">
+        <v>0.948</v>
+      </c>
+      <c r="C1071">
+        <v>30.0</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:4">
+      <c r="A1072" t="s">
+        <v>522</v>
+      </c>
+      <c r="B1072">
+        <v>0.948</v>
+      </c>
+      <c r="C1072">
+        <v>3.0</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:4">
+      <c r="A1073" t="s">
+        <v>523</v>
+      </c>
+      <c r="B1073">
+        <v>0.95</v>
+      </c>
+      <c r="C1073">
+        <v>226.0</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:4">
+      <c r="A1074" t="s">
+        <v>523</v>
+      </c>
+      <c r="B1074">
+        <v>0.95</v>
+      </c>
+      <c r="C1074">
+        <v>1874.0</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:4">
+      <c r="A1075" t="s">
+        <v>523</v>
+      </c>
+      <c r="B1075">
+        <v>0.949</v>
+      </c>
+      <c r="C1075">
+        <v>1000.0</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:4">
+      <c r="A1076" t="s">
+        <v>524</v>
+      </c>
+      <c r="B1076">
+        <v>0.948</v>
+      </c>
+      <c r="C1076">
+        <v>1000.0</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:4">
+      <c r="A1077" t="s">
+        <v>524</v>
+      </c>
+      <c r="B1077">
+        <v>0.948</v>
+      </c>
+      <c r="C1077">
+        <v>20.0</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:4">
+      <c r="A1078" t="s">
+        <v>525</v>
+      </c>
+      <c r="B1078">
+        <v>0.95</v>
+      </c>
+      <c r="C1078">
+        <v>2105.0</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:4">
+      <c r="A1079" t="s">
+        <v>526</v>
+      </c>
+      <c r="B1079">
+        <v>0.95</v>
+      </c>
+      <c r="C1079">
+        <v>300.0</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:4">
+      <c r="A1080" t="s">
+        <v>527</v>
+      </c>
+      <c r="B1080">
+        <v>0.95</v>
+      </c>
+      <c r="C1080">
+        <v>3000.0</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:4">
+      <c r="A1081" t="s">
+        <v>528</v>
+      </c>
+      <c r="B1081">
+        <v>0.95</v>
+      </c>
+      <c r="C1081">
+        <v>300.0</v>
+      </c>
+      <c r="D1081" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:4">
+      <c r="A1082" t="s">
+        <v>528</v>
+      </c>
+      <c r="B1082">
+        <v>0.95</v>
+      </c>
+      <c r="C1082">
+        <v>421.0</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:4">
+      <c r="A1083" t="s">
+        <v>529</v>
+      </c>
+      <c r="B1083">
+        <v>0.95</v>
+      </c>
+      <c r="C1083">
+        <v>345.0</v>
+      </c>
+      <c r="D1083" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:4">
+      <c r="A1084" t="s">
+        <v>530</v>
+      </c>
+      <c r="B1084">
+        <v>0.952</v>
+      </c>
+      <c r="C1084">
+        <v>1.0</v>
+      </c>
+      <c r="D1084" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:4">
+      <c r="A1085" t="s">
+        <v>531</v>
+      </c>
+      <c r="B1085">
+        <v>0.95</v>
+      </c>
+      <c r="C1085">
+        <v>200.0</v>
+      </c>
+      <c r="D1085" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:4">
+      <c r="A1086" t="s">
+        <v>532</v>
+      </c>
+      <c r="B1086">
+        <v>0.95</v>
+      </c>
+      <c r="C1086">
+        <v>40.0</v>
+      </c>
+      <c r="D1086" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:4">
+      <c r="A1087" t="s">
+        <v>533</v>
+      </c>
+      <c r="B1087">
+        <v>0.949</v>
+      </c>
+      <c r="C1087">
+        <v>6994.0</v>
+      </c>
+      <c r="D1087" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:4">
+      <c r="A1088" t="s">
+        <v>534</v>
+      </c>
+      <c r="B1088">
+        <v>0.949</v>
+      </c>
+      <c r="C1088">
+        <v>1006.0</v>
+      </c>
+      <c r="D1088" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:4">
+      <c r="A1089" t="s">
+        <v>535</v>
+      </c>
+      <c r="B1089">
+        <v>0.953</v>
+      </c>
+      <c r="C1089">
+        <v>1.0</v>
+      </c>
+      <c r="D1089" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:4">
+      <c r="A1090" t="s">
+        <v>536</v>
+      </c>
+      <c r="B1090">
+        <v>0.953</v>
+      </c>
+      <c r="C1090">
+        <v>2956.0</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:4">
+      <c r="A1091" t="s">
+        <v>536</v>
+      </c>
+      <c r="B1091">
+        <v>0.953</v>
+      </c>
+      <c r="C1091">
+        <v>4000.0</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:4">
+      <c r="A1092" t="s">
+        <v>536</v>
+      </c>
+      <c r="B1092">
+        <v>0.953</v>
+      </c>
+      <c r="C1092">
+        <v>44.0</v>
+      </c>
+      <c r="D1092" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:4">
+      <c r="A1093" t="s">
+        <v>537</v>
+      </c>
+      <c r="B1093">
+        <v>0.949</v>
+      </c>
+      <c r="C1093">
+        <v>56.0</v>
+      </c>
+      <c r="D1093" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:4">
+      <c r="A1094" t="s">
+        <v>537</v>
+      </c>
+      <c r="B1094">
+        <v>0.95</v>
+      </c>
+      <c r="C1094">
+        <v>44.0</v>
+      </c>
+      <c r="D1094" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:4">
+      <c r="A1095" t="s">
+        <v>538</v>
+      </c>
+      <c r="B1095">
+        <v>0.954</v>
+      </c>
+      <c r="C1095">
+        <v>1000.0</v>
+      </c>
+      <c r="D1095" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:4">
+      <c r="A1096" t="s">
+        <v>539</v>
+      </c>
+      <c r="B1096">
+        <v>0.95</v>
+      </c>
+      <c r="C1096">
+        <v>656.0</v>
+      </c>
+      <c r="D1096" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:4">
+      <c r="A1097" t="s">
+        <v>540</v>
+      </c>
+      <c r="B1097">
+        <v>0.95</v>
+      </c>
+      <c r="C1097">
+        <v>100.0</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:4">
+      <c r="A1098" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1098">
+        <v>0.95</v>
+      </c>
+      <c r="C1098">
+        <v>1244.0</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:4">
+      <c r="A1099" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1099">
+        <v>0.95</v>
+      </c>
+      <c r="C1099">
+        <v>10000.0</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:4">
+      <c r="A1100" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1100">
+        <v>0.95</v>
+      </c>
+      <c r="C1100">
+        <v>10.0</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:4">
+      <c r="A1101" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1101">
+        <v>0.95</v>
+      </c>
+      <c r="C1101">
+        <v>2000.0</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:4">
+      <c r="A1102" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1102">
+        <v>0.95</v>
+      </c>
+      <c r="C1102">
+        <v>8.0</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:4">
+      <c r="A1103" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1103">
+        <v>0.95</v>
+      </c>
+      <c r="C1103">
+        <v>1000.0</v>
+      </c>
+      <c r="D1103" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:4">
+      <c r="A1104" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1104">
+        <v>0.95</v>
+      </c>
+      <c r="C1104">
+        <v>1000.0</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:4">
+      <c r="A1105" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1105">
+        <v>0.95</v>
+      </c>
+      <c r="C1105">
+        <v>2000.0</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:4">
+      <c r="A1106" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1106">
+        <v>0.95</v>
+      </c>
+      <c r="C1106">
+        <v>5144.0</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:4">
+      <c r="A1107" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1107">
+        <v>0.95</v>
+      </c>
+      <c r="C1107">
+        <v>500.0</v>
+      </c>
+      <c r="D1107" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:4">
+      <c r="A1108" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1108">
+        <v>0.95</v>
+      </c>
+      <c r="C1108">
+        <v>2.0</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:4">
+      <c r="A1109" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1109">
+        <v>0.949</v>
+      </c>
+      <c r="C1109">
+        <v>4000.0</v>
+      </c>
+      <c r="D1109" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:4">
+      <c r="A1110" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1110">
+        <v>0.949</v>
+      </c>
+      <c r="C1110">
+        <v>100.0</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:4">
+      <c r="A1111" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1111">
+        <v>0.949</v>
+      </c>
+      <c r="C1111">
+        <v>5.0</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:4">
+      <c r="A1112" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1112">
+        <v>0.949</v>
+      </c>
+      <c r="C1112">
+        <v>2000.0</v>
+      </c>
+      <c r="D1112" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:4">
+      <c r="A1113" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1113">
+        <v>0.949</v>
+      </c>
+      <c r="C1113">
+        <v>987.0</v>
+      </c>
+      <c r="D1113" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:4">
+      <c r="A1114" t="s">
+        <v>542</v>
+      </c>
+      <c r="B1114">
+        <v>0.948</v>
+      </c>
+      <c r="C1114">
+        <v>450.0</v>
+      </c>
+      <c r="D1114" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:4">
+      <c r="A1115" t="s">
+        <v>543</v>
+      </c>
+      <c r="B1115">
+        <v>0.948</v>
+      </c>
+      <c r="C1115">
+        <v>50.0</v>
+      </c>
+      <c r="D1115" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:4">
+      <c r="A1116" t="s">
+        <v>544</v>
+      </c>
+      <c r="B1116">
+        <v>0.949</v>
+      </c>
+      <c r="C1116">
+        <v>13.0</v>
+      </c>
+      <c r="D1116" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:4">
+      <c r="A1117" t="s">
+        <v>544</v>
+      </c>
+      <c r="B1117">
+        <v>0.949</v>
+      </c>
+      <c r="C1117">
+        <v>500.0</v>
+      </c>
+      <c r="D1117" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:4">
+      <c r="A1118" t="s">
+        <v>544</v>
+      </c>
+      <c r="B1118">
+        <v>0.949</v>
+      </c>
+      <c r="C1118">
+        <v>200.0</v>
+      </c>
+      <c r="D1118" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:4">
+      <c r="A1119" t="s">
+        <v>544</v>
+      </c>
+      <c r="B1119">
+        <v>0.948</v>
+      </c>
+      <c r="C1119">
+        <v>287.0</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:4">
+      <c r="A1120" t="s">
+        <v>545</v>
+      </c>
+      <c r="B1120">
+        <v>0.948</v>
+      </c>
+      <c r="C1120">
+        <v>1500.0</v>
+      </c>
+      <c r="D1120" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:4">
+      <c r="A1121" t="s">
+        <v>546</v>
+      </c>
+      <c r="B1121">
+        <v>0.948</v>
+      </c>
+      <c r="C1121">
+        <v>1500.0</v>
+      </c>
+      <c r="D1121" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:4">
+      <c r="A1122" t="s">
+        <v>547</v>
+      </c>
+      <c r="B1122">
+        <v>0.948</v>
+      </c>
+      <c r="C1122">
+        <v>3.0</v>
+      </c>
+      <c r="D1122" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:4">
+      <c r="A1123" t="s">
+        <v>548</v>
+      </c>
+      <c r="B1123">
+        <v>0.948</v>
+      </c>
+      <c r="C1123">
+        <v>1710.0</v>
+      </c>
+      <c r="D1123" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:4">
+      <c r="A1124" t="s">
+        <v>548</v>
+      </c>
+      <c r="B1124">
+        <v>0.947</v>
+      </c>
+      <c r="C1124">
+        <v>1290.0</v>
+      </c>
+      <c r="D1124" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:4">
+      <c r="A1125" t="s">
+        <v>548</v>
+      </c>
+      <c r="B1125">
+        <v>0.947</v>
+      </c>
+      <c r="C1125">
+        <v>1710.0</v>
+      </c>
+      <c r="D1125" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:4">
+      <c r="A1126" t="s">
+        <v>549</v>
+      </c>
+      <c r="B1126">
+        <v>0.948</v>
+      </c>
+      <c r="C1126">
+        <v>1500.0</v>
+      </c>
+      <c r="D1126" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:4">
+      <c r="A1127" t="s">
+        <v>550</v>
+      </c>
+      <c r="B1127">
+        <v>0.948</v>
+      </c>
+      <c r="C1127">
+        <v>100.0</v>
+      </c>
+      <c r="D1127" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:4">
+      <c r="A1128" t="s">
+        <v>551</v>
+      </c>
+      <c r="B1128">
+        <v>0.948</v>
+      </c>
+      <c r="C1128">
+        <v>400.0</v>
+      </c>
+      <c r="D1128" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:4">
+      <c r="A1129" t="s">
+        <v>552</v>
+      </c>
+      <c r="B1129">
+        <v>0.948</v>
+      </c>
+      <c r="C1129">
+        <v>1000.0</v>
+      </c>
+      <c r="D1129" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:4">
+      <c r="A1130" t="s">
+        <v>553</v>
+      </c>
+      <c r="B1130">
+        <v>0.948</v>
+      </c>
+      <c r="C1130">
+        <v>2000.0</v>
+      </c>
+      <c r="D1130" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:4">
+      <c r="A1131" t="s">
+        <v>553</v>
+      </c>
+      <c r="B1131">
+        <v>0.948</v>
+      </c>
+      <c r="C1131">
+        <v>3000.0</v>
+      </c>
+      <c r="D1131" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:4">
+      <c r="A1132" t="s">
+        <v>554</v>
+      </c>
+      <c r="B1132">
+        <v>0.947</v>
+      </c>
+      <c r="C1132">
+        <v>5.0</v>
+      </c>
+      <c r="D1132" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:4">
+      <c r="A1133" t="s">
+        <v>554</v>
+      </c>
+      <c r="B1133">
+        <v>0.947</v>
+      </c>
+      <c r="C1133">
+        <v>285.0</v>
+      </c>
+      <c r="D1133" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:4">
+      <c r="A1134" t="s">
+        <v>555</v>
+      </c>
+      <c r="B1134">
+        <v>0.947</v>
+      </c>
+      <c r="C1134">
+        <v>40.0</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:4">
+      <c r="A1135" t="s">
+        <v>556</v>
+      </c>
+      <c r="B1135">
+        <v>0.947</v>
+      </c>
+      <c r="C1135">
+        <v>2675.0</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:4">
+      <c r="A1136" t="s">
+        <v>556</v>
+      </c>
+      <c r="B1136">
+        <v>0.947</v>
+      </c>
+      <c r="C1136">
+        <v>2000.0</v>
+      </c>
+      <c r="D1136" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:4">
+      <c r="A1137" t="s">
+        <v>556</v>
+      </c>
+      <c r="B1137">
+        <v>0.947</v>
+      </c>
+      <c r="C1137">
+        <v>1000.0</v>
+      </c>
+      <c r="D1137" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:4">
+      <c r="A1138" t="s">
+        <v>556</v>
+      </c>
+      <c r="B1138">
+        <v>0.947</v>
+      </c>
+      <c r="C1138">
+        <v>150.0</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:4">
+      <c r="A1139" t="s">
+        <v>556</v>
+      </c>
+      <c r="B1139">
+        <v>0.946</v>
+      </c>
+      <c r="C1139">
+        <v>175.0</v>
+      </c>
+      <c r="D1139" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:4">
+      <c r="A1140" t="s">
+        <v>557</v>
+      </c>
+      <c r="B1140">
+        <v>0.946</v>
+      </c>
+      <c r="C1140">
+        <v>800.0</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:4">
+      <c r="A1141" t="s">
+        <v>557</v>
+      </c>
+      <c r="B1141">
+        <v>0.946</v>
+      </c>
+      <c r="C1141">
+        <v>200.0</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:4">
+      <c r="A1142" t="s">
+        <v>558</v>
+      </c>
+      <c r="B1142">
+        <v>0.946</v>
+      </c>
+      <c r="C1142">
+        <v>1000.0</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:4">
+      <c r="A1143" t="s">
+        <v>559</v>
+      </c>
+      <c r="B1143">
+        <v>0.946</v>
+      </c>
+      <c r="C1143">
+        <v>800.0</v>
+      </c>
+      <c r="D1143" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:4">
+      <c r="A1144" t="s">
+        <v>559</v>
+      </c>
+      <c r="B1144">
+        <v>0.946</v>
+      </c>
+      <c r="C1144">
+        <v>200.0</v>
+      </c>
+      <c r="D1144" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:4">
+      <c r="A1145" t="s">
+        <v>560</v>
+      </c>
+      <c r="B1145">
+        <v>0.945</v>
+      </c>
+      <c r="C1145">
+        <v>2230.0</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:4">
+      <c r="A1146" t="s">
+        <v>561</v>
+      </c>
+      <c r="B1146">
+        <v>0.945</v>
+      </c>
+      <c r="C1146">
+        <v>500.0</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:4">
+      <c r="A1147" t="s">
+        <v>562</v>
+      </c>
+      <c r="B1147">
+        <v>0.946</v>
+      </c>
+      <c r="C1147">
+        <v>1000.0</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:4">
+      <c r="A1148" t="s">
+        <v>563</v>
+      </c>
+      <c r="B1148">
+        <v>0.946</v>
+      </c>
+      <c r="C1148">
+        <v>1800.0</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:4">
+      <c r="A1149" t="s">
+        <v>564</v>
+      </c>
+      <c r="B1149">
+        <v>0.945</v>
+      </c>
+      <c r="C1149">
+        <v>5000.0</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:4">
+      <c r="A1150" t="s">
+        <v>564</v>
+      </c>
+      <c r="B1150">
+        <v>0.945</v>
+      </c>
+      <c r="C1150">
+        <v>1770.0</v>
+      </c>
+      <c r="D1150" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:4">
+      <c r="A1151" t="s">
+        <v>564</v>
+      </c>
+      <c r="B1151">
+        <v>0.945</v>
+      </c>
+      <c r="C1151">
+        <v>100.0</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:4">
+      <c r="A1152" t="s">
+        <v>565</v>
+      </c>
+      <c r="B1152">
+        <v>0.944</v>
+      </c>
+      <c r="C1152">
+        <v>4000.0</v>
+      </c>
+      <c r="D1152" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:4">
+      <c r="A1153" t="s">
+        <v>566</v>
+      </c>
+      <c r="B1153">
+        <v>0.945</v>
+      </c>
+      <c r="C1153">
+        <v>130.0</v>
+      </c>
+      <c r="D1153" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:4">
+      <c r="A1154" t="s">
+        <v>566</v>
+      </c>
+      <c r="B1154">
+        <v>0.945</v>
+      </c>
+      <c r="C1154">
+        <v>500.0</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:4">
+      <c r="A1155" t="s">
+        <v>566</v>
+      </c>
+      <c r="B1155">
+        <v>0.945</v>
+      </c>
+      <c r="C1155">
+        <v>770.0</v>
+      </c>
+      <c r="D1155" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:4">
+      <c r="A1156" t="s">
+        <v>566</v>
+      </c>
+      <c r="B1156">
+        <v>0.944</v>
+      </c>
+      <c r="C1156">
+        <v>100.0</v>
+      </c>
+      <c r="D1156" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:4">
+      <c r="A1157" t="s">
+        <v>567</v>
+      </c>
+      <c r="B1157">
+        <v>0.944</v>
+      </c>
+      <c r="C1157">
+        <v>1900.0</v>
+      </c>
+      <c r="D1157" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:4">
+      <c r="A1158" t="s">
+        <v>567</v>
+      </c>
+      <c r="B1158">
+        <v>0.944</v>
+      </c>
+      <c r="C1158">
+        <v>100.0</v>
+      </c>
+      <c r="D1158" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:4">
+      <c r="A1159" t="s">
+        <v>568</v>
+      </c>
+      <c r="B1159">
+        <v>0.942</v>
+      </c>
+      <c r="C1159">
+        <v>891.0</v>
+      </c>
+      <c r="D1159" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:4">
+      <c r="A1160" t="s">
+        <v>568</v>
+      </c>
+      <c r="B1160">
+        <v>0.942</v>
+      </c>
+      <c r="C1160">
+        <v>3900.0</v>
+      </c>
+      <c r="D1160" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:4">
+      <c r="A1161" t="s">
+        <v>569</v>
+      </c>
+      <c r="B1161">
+        <v>0.942</v>
+      </c>
+      <c r="C1161">
+        <v>100.0</v>
+      </c>
+      <c r="D1161" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:4">
+      <c r="A1162" t="s">
+        <v>570</v>
+      </c>
+      <c r="B1162">
+        <v>0.944</v>
+      </c>
+      <c r="C1162">
+        <v>2000.0</v>
+      </c>
+      <c r="D1162" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:4">
+      <c r="A1163" t="s">
+        <v>571</v>
+      </c>
+      <c r="B1163">
+        <v>0.944</v>
+      </c>
+      <c r="C1163">
+        <v>100.0</v>
+      </c>
+      <c r="D1163" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:4">
+      <c r="A1164" t="s">
+        <v>572</v>
+      </c>
+      <c r="B1164">
+        <v>0.944</v>
+      </c>
+      <c r="C1164">
+        <v>800.0</v>
+      </c>
+      <c r="D1164" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:4">
+      <c r="A1165" t="s">
+        <v>573</v>
+      </c>
+      <c r="B1165">
+        <v>0.945</v>
+      </c>
+      <c r="C1165">
+        <v>730.0</v>
+      </c>
+      <c r="D1165" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:4">
+      <c r="A1166" t="s">
+        <v>573</v>
+      </c>
+      <c r="B1166">
+        <v>0.945</v>
+      </c>
+      <c r="C1166">
+        <v>3270.0</v>
+      </c>
+      <c r="D1166" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:4">
+      <c r="A1167" t="s">
+        <v>574</v>
+      </c>
+      <c r="B1167">
+        <v>0.945</v>
+      </c>
+      <c r="C1167">
+        <v>30.0</v>
+      </c>
+      <c r="D1167" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:4">
+      <c r="A1168" t="s">
+        <v>575</v>
+      </c>
+      <c r="B1168">
+        <v>0.941</v>
+      </c>
+      <c r="C1168">
+        <v>975.0</v>
+      </c>
+      <c r="D1168" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:4">
+      <c r="A1169" t="s">
+        <v>575</v>
+      </c>
+      <c r="B1169">
+        <v>0.943</v>
+      </c>
+      <c r="C1169">
+        <v>25.0</v>
+      </c>
+      <c r="D1169" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:4">
+      <c r="A1170" t="s">
+        <v>576</v>
+      </c>
+      <c r="B1170">
+        <v>0.945</v>
+      </c>
+      <c r="C1170">
+        <v>1500.0</v>
+      </c>
+      <c r="D1170" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:4">
+      <c r="A1171" t="s">
+        <v>577</v>
+      </c>
+      <c r="B1171">
+        <v>0.945</v>
+      </c>
+      <c r="C1171">
+        <v>200.0</v>
+      </c>
+      <c r="D1171" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:4">
+      <c r="A1172" t="s">
+        <v>578</v>
+      </c>
+      <c r="B1172">
+        <v>0.941</v>
+      </c>
+      <c r="C1172">
+        <v>2000.0</v>
+      </c>
+      <c r="D1172" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:4">
+      <c r="A1173" t="s">
+        <v>579</v>
+      </c>
+      <c r="B1173">
+        <v>0.94</v>
+      </c>
+      <c r="C1173">
+        <v>4500.0</v>
+      </c>
+      <c r="D1173" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:4">
+      <c r="A1174" t="s">
+        <v>579</v>
+      </c>
+      <c r="B1174">
+        <v>0.94</v>
+      </c>
+      <c r="C1174">
+        <v>5500.0</v>
+      </c>
+      <c r="D1174" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:4">
+      <c r="A1175" t="s">
+        <v>580</v>
+      </c>
+      <c r="B1175">
+        <v>0.941</v>
+      </c>
+      <c r="C1175">
+        <v>2000.0</v>
+      </c>
+      <c r="D1175" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:4">
+      <c r="A1176" t="s">
+        <v>581</v>
+      </c>
+      <c r="B1176">
+        <v>0.945</v>
+      </c>
+      <c r="C1176">
+        <v>2000.0</v>
+      </c>
+      <c r="D1176" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:4">
+      <c r="A1177" t="s">
+        <v>581</v>
+      </c>
+      <c r="B1177">
+        <v>0.945</v>
+      </c>
+      <c r="C1177">
+        <v>4000.0</v>
+      </c>
+      <c r="D1177" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:4">
+      <c r="A1178" t="s">
+        <v>582</v>
+      </c>
+      <c r="B1178">
+        <v>0.94</v>
+      </c>
+      <c r="C1178">
+        <v>1000.0</v>
+      </c>
+      <c r="D1178" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:4">
+      <c r="A1179" t="s">
+        <v>583</v>
+      </c>
+      <c r="B1179">
+        <v>0.94</v>
+      </c>
+      <c r="C1179">
+        <v>3500.0</v>
+      </c>
+      <c r="D1179" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:4">
+      <c r="A1180" t="s">
+        <v>583</v>
+      </c>
+      <c r="B1180">
+        <v>0.94</v>
+      </c>
+      <c r="C1180">
+        <v>2000.0</v>
+      </c>
+      <c r="D1180" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:4">
+      <c r="A1181" t="s">
+        <v>583</v>
+      </c>
+      <c r="B1181">
+        <v>0.941</v>
+      </c>
+      <c r="C1181">
+        <v>500.0</v>
+      </c>
+      <c r="D1181" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:4">
+      <c r="A1182" t="s">
+        <v>584</v>
+      </c>
+      <c r="B1182">
+        <v>0.947</v>
+      </c>
+      <c r="C1182">
+        <v>2000.0</v>
+      </c>
+      <c r="D1182" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:4">
+      <c r="A1183" t="s">
+        <v>584</v>
+      </c>
+      <c r="B1183">
+        <v>0.945</v>
+      </c>
+      <c r="C1183">
+        <v>500.0</v>
+      </c>
+      <c r="D1183" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:4">
+      <c r="A1184" t="s">
+        <v>584</v>
+      </c>
+      <c r="B1184">
+        <v>0.943</v>
+      </c>
+      <c r="C1184">
+        <v>500.0</v>
+      </c>
+      <c r="D1184" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:4">
+      <c r="A1185" t="s">
+        <v>585</v>
+      </c>
+      <c r="B1185">
+        <v>0.941</v>
+      </c>
+      <c r="C1185">
+        <v>1500.0</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:4">
+      <c r="A1186" t="s">
+        <v>585</v>
+      </c>
+      <c r="B1186">
+        <v>0.941</v>
+      </c>
+      <c r="C1186">
+        <v>1500.0</v>
+      </c>
+      <c r="D1186" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:4">
+      <c r="A1187" t="s">
+        <v>585</v>
+      </c>
+      <c r="B1187">
+        <v>0.942</v>
+      </c>
+      <c r="C1187">
+        <v>5000.0</v>
+      </c>
+      <c r="D1187" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:4">
+      <c r="A1188" t="s">
+        <v>586</v>
+      </c>
+      <c r="B1188">
+        <v>0.945</v>
+      </c>
+      <c r="C1188">
+        <v>1500.0</v>
+      </c>
+      <c r="D1188" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:4">
+      <c r="A1189" t="s">
+        <v>586</v>
+      </c>
+      <c r="B1189">
+        <v>0.945</v>
+      </c>
+      <c r="C1189">
+        <v>100.0</v>
+      </c>
+      <c r="D1189" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:4">
+      <c r="A1190" t="s">
+        <v>586</v>
+      </c>
+      <c r="B1190">
+        <v>0.945</v>
+      </c>
+      <c r="C1190">
+        <v>400.0</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:4">
+      <c r="A1191" t="s">
+        <v>587</v>
+      </c>
+      <c r="B1191">
+        <v>0.943</v>
+      </c>
+      <c r="C1191">
+        <v>1000.0</v>
+      </c>
+      <c r="D1191" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:4">
+      <c r="A1192" t="s">
+        <v>587</v>
+      </c>
+      <c r="B1192">
+        <v>0.943</v>
+      </c>
+      <c r="C1192">
+        <v>1000.0</v>
+      </c>
+      <c r="D1192" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:4">
+      <c r="A1193" t="s">
+        <v>588</v>
+      </c>
+      <c r="B1193">
+        <v>0.945</v>
+      </c>
+      <c r="C1193">
+        <v>1000.0</v>
+      </c>
+      <c r="D1193" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:4">
+      <c r="A1194" t="s">
+        <v>588</v>
+      </c>
+      <c r="B1194">
+        <v>0.945</v>
+      </c>
+      <c r="C1194">
+        <v>1000.0</v>
+      </c>
+      <c r="D1194" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:4">
+      <c r="A1195" t="s">
+        <v>589</v>
+      </c>
+      <c r="B1195">
+        <v>0.945</v>
+      </c>
+      <c r="C1195">
+        <v>200.0</v>
+      </c>
+      <c r="D1195" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:4">
+      <c r="A1196" t="s">
+        <v>590</v>
+      </c>
+      <c r="B1196">
+        <v>0.945</v>
+      </c>
+      <c r="C1196">
+        <v>2000.0</v>
+      </c>
+      <c r="D1196" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:4">
+      <c r="A1197" t="s">
+        <v>591</v>
+      </c>
+      <c r="B1197">
+        <v>0.947</v>
+      </c>
+      <c r="C1197">
+        <v>4000.0</v>
+      </c>
+      <c r="D1197" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:4">
+      <c r="A1198" t="s">
+        <v>592</v>
+      </c>
+      <c r="B1198">
+        <v>0.949</v>
+      </c>
+      <c r="C1198">
+        <v>2000.0</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:4">
+      <c r="A1199" t="s">
+        <v>593</v>
+      </c>
+      <c r="B1199">
+        <v>0.949</v>
+      </c>
+      <c r="C1199">
+        <v>1500.0</v>
+      </c>
+      <c r="D1199" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:4">
+      <c r="A1200" t="s">
+        <v>593</v>
+      </c>
+      <c r="B1200">
+        <v>0.949</v>
+      </c>
+      <c r="C1200">
+        <v>1000.0</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:4">
+      <c r="A1201" t="s">
+        <v>594</v>
+      </c>
+      <c r="B1201">
+        <v>0.95</v>
+      </c>
+      <c r="C1201">
+        <v>100.0</v>
+      </c>
+      <c r="D1201" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:4">
+      <c r="A1202" t="s">
+        <v>594</v>
+      </c>
+      <c r="B1202">
+        <v>0.95</v>
+      </c>
+      <c r="C1202">
+        <v>100.0</v>
+      </c>
+      <c r="D1202" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:4">
+      <c r="A1203" t="s">
+        <v>594</v>
+      </c>
+      <c r="B1203">
+        <v>0.95</v>
+      </c>
+      <c r="C1203">
+        <v>300.0</v>
+      </c>
+      <c r="D1203" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:4">
+      <c r="A1204" t="s">
+        <v>595</v>
+      </c>
+      <c r="B1204">
+        <v>0.95</v>
+      </c>
+      <c r="C1204">
+        <v>1600.0</v>
+      </c>
+      <c r="D1204" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:4">
+      <c r="A1205" t="s">
+        <v>596</v>
+      </c>
+      <c r="B1205">
+        <v>0.953</v>
+      </c>
+      <c r="C1205">
+        <v>3000.0</v>
+      </c>
+      <c r="D1205" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:4">
+      <c r="A1206" t="s">
+        <v>596</v>
+      </c>
+      <c r="B1206">
+        <v>0.953</v>
+      </c>
+      <c r="C1206">
+        <v>2000.0</v>
+      </c>
+      <c r="D1206" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:4">
+      <c r="A1207" t="s">
+        <v>597</v>
+      </c>
+      <c r="B1207">
+        <v>0.95</v>
+      </c>
+      <c r="C1207">
+        <v>300.0</v>
+      </c>
+      <c r="D1207" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:4">
+      <c r="A1208" t="s">
+        <v>598</v>
+      </c>
+      <c r="B1208">
+        <v>0.95</v>
+      </c>
+      <c r="C1208">
+        <v>100.0</v>
+      </c>
+      <c r="D1208" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:4">
+      <c r="A1209" t="s">
+        <v>599</v>
+      </c>
+      <c r="B1209">
+        <v>0.95</v>
+      </c>
+      <c r="C1209">
+        <v>1500.0</v>
+      </c>
+      <c r="D1209" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:4">
+      <c r="A1210" t="s">
+        <v>599</v>
+      </c>
+      <c r="B1210">
+        <v>0.95</v>
+      </c>
+      <c r="C1210">
+        <v>1000.0</v>
+      </c>
+      <c r="D1210" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:4">
+      <c r="A1211" t="s">
+        <v>600</v>
+      </c>
+      <c r="B1211">
+        <v>0.955</v>
+      </c>
+      <c r="C1211">
+        <v>1000.0</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:4">
+      <c r="A1212" t="s">
+        <v>600</v>
+      </c>
+      <c r="B1212">
+        <v>0.955</v>
+      </c>
+      <c r="C1212">
+        <v>3000.0</v>
+      </c>
+      <c r="D1212" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:4">
+      <c r="A1213" t="s">
+        <v>601</v>
+      </c>
+      <c r="B1213">
+        <v>0.953</v>
+      </c>
+      <c r="C1213">
+        <v>1700.0</v>
+      </c>
+      <c r="D1213" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:4">
+      <c r="A1214" t="s">
+        <v>602</v>
+      </c>
+      <c r="B1214">
+        <v>0.956</v>
+      </c>
+      <c r="C1214">
+        <v>100.0</v>
+      </c>
+      <c r="D1214" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:4">
+      <c r="A1215" t="s">
+        <v>602</v>
+      </c>
+      <c r="B1215">
+        <v>0.952</v>
+      </c>
+      <c r="C1215">
+        <v>5000.0</v>
+      </c>
+      <c r="D1215" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:4">
+      <c r="A1216" t="s">
+        <v>603</v>
+      </c>
+      <c r="B1216">
+        <v>0.956</v>
+      </c>
+      <c r="C1216">
+        <v>300.0</v>
+      </c>
+      <c r="D1216" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:4">
+      <c r="A1217" t="s">
+        <v>604</v>
+      </c>
+      <c r="B1217">
+        <v>0.957</v>
+      </c>
+      <c r="C1217">
+        <v>2000.0</v>
+      </c>
+      <c r="D1217" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:4">
+      <c r="A1218" t="s">
+        <v>604</v>
+      </c>
+      <c r="B1218">
+        <v>0.957</v>
+      </c>
+      <c r="C1218">
+        <v>1000.0</v>
+      </c>
+      <c r="D1218" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:4">
+      <c r="A1219" t="s">
+        <v>605</v>
+      </c>
+      <c r="B1219">
+        <v>0.96</v>
+      </c>
+      <c r="C1219">
+        <v>450.0</v>
+      </c>
+      <c r="D1219" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:4">
+      <c r="A1220" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1220">
+        <v>0.96</v>
+      </c>
+      <c r="C1220">
+        <v>1000.0</v>
+      </c>
+      <c r="D1220" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:4">
+      <c r="A1221" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1221">
+        <v>0.96</v>
+      </c>
+      <c r="C1221">
+        <v>300.0</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:4">
+      <c r="A1222" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1222">
+        <v>0.96</v>
+      </c>
+      <c r="C1222">
+        <v>100.0</v>
+      </c>
+      <c r="D1222" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:4">
+      <c r="A1223" t="s">
+        <v>607</v>
+      </c>
+      <c r="B1223">
+        <v>0.963</v>
+      </c>
+      <c r="C1223">
+        <v>106.0</v>
+      </c>
+      <c r="D1223" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:4">
+      <c r="A1224" t="s">
+        <v>608</v>
+      </c>
+      <c r="B1224">
+        <v>0.963</v>
+      </c>
+      <c r="C1224">
+        <v>698.0</v>
+      </c>
+      <c r="D1224" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:4">
+      <c r="A1225" t="s">
+        <v>608</v>
+      </c>
+      <c r="B1225">
+        <v>0.96</v>
+      </c>
+      <c r="C1225">
+        <v>3050.0</v>
+      </c>
+      <c r="D1225" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:4">
+      <c r="A1226" t="s">
+        <v>608</v>
+      </c>
+      <c r="B1226">
+        <v>0.96</v>
+      </c>
+      <c r="C1226">
+        <v>252.0</v>
+      </c>
+      <c r="D1226" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:4">
+      <c r="A1227" t="s">
+        <v>609</v>
+      </c>
+      <c r="B1227">
+        <v>0.96</v>
+      </c>
+      <c r="C1227">
+        <v>248.0</v>
+      </c>
+      <c r="D1227" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:4">
+      <c r="A1228" t="s">
+        <v>610</v>
+      </c>
+      <c r="B1228">
+        <v>0.964</v>
+      </c>
+      <c r="C1228">
+        <v>50.0</v>
+      </c>
+      <c r="D1228" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:4">
+      <c r="A1229" t="s">
+        <v>611</v>
+      </c>
+      <c r="B1229">
+        <v>0.964</v>
+      </c>
+      <c r="C1229">
+        <v>1300.0</v>
+      </c>
+      <c r="D1229" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:4">
+      <c r="A1230" t="s">
+        <v>612</v>
+      </c>
+      <c r="B1230">
+        <v>0.96</v>
+      </c>
+      <c r="C1230">
+        <v>12000.0</v>
+      </c>
+      <c r="D1230" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:4">
+      <c r="A1231" t="s">
+        <v>613</v>
+      </c>
+      <c r="B1231">
+        <v>0.965</v>
+      </c>
+      <c r="C1231">
+        <v>50.0</v>
+      </c>
+      <c r="D1231" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:4">
+      <c r="A1232" t="s">
+        <v>614</v>
+      </c>
+      <c r="B1232">
+        <v>0.965</v>
+      </c>
+      <c r="C1232">
+        <v>3000.0</v>
+      </c>
+      <c r="D1232" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:4">
+      <c r="A1233" t="s">
+        <v>615</v>
+      </c>
+      <c r="B1233">
+        <v>0.965</v>
+      </c>
+      <c r="C1233">
+        <v>500.0</v>
+      </c>
+      <c r="D1233" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:4">
+      <c r="A1234" t="s">
+        <v>615</v>
+      </c>
+      <c r="B1234">
+        <v>0.965</v>
+      </c>
+      <c r="C1234">
+        <v>2000.0</v>
+      </c>
+      <c r="D1234" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:4">
+      <c r="A1235" t="s">
+        <v>615</v>
+      </c>
+      <c r="B1235">
+        <v>0.964</v>
+      </c>
+      <c r="C1235">
+        <v>2000.0</v>
+      </c>
+      <c r="D1235" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:4">
+      <c r="A1236" t="s">
+        <v>616</v>
+      </c>
+      <c r="B1236">
+        <v>0.965</v>
+      </c>
+      <c r="C1236">
+        <v>239.0</v>
+      </c>
+      <c r="D1236" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:4">
+      <c r="A1237" t="s">
+        <v>616</v>
+      </c>
+      <c r="B1237">
+        <v>0.965</v>
+      </c>
+      <c r="C1237">
+        <v>1761.0</v>
+      </c>
+      <c r="D1237" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:4">
+      <c r="A1238" t="s">
+        <v>616</v>
+      </c>
+      <c r="B1238">
+        <v>0.964</v>
+      </c>
+      <c r="C1238">
+        <v>1000.0</v>
+      </c>
+      <c r="D1238" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:4">
+      <c r="A1239" t="s">
+        <v>617</v>
+      </c>
+      <c r="B1239">
+        <v>0.965</v>
+      </c>
+      <c r="C1239">
+        <v>9.0</v>
+      </c>
+      <c r="D1239" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:4">
+      <c r="A1240" t="s">
+        <v>618</v>
+      </c>
+      <c r="B1240">
+        <v>0.964</v>
+      </c>
+      <c r="C1240">
+        <v>1000.0</v>
+      </c>
+      <c r="D1240" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:4">
+      <c r="A1241" t="s">
+        <v>619</v>
+      </c>
+      <c r="B1241">
+        <v>0.964</v>
+      </c>
+      <c r="C1241">
+        <v>3000.0</v>
+      </c>
+      <c r="D1241" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:4">
+      <c r="A1242" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1242">
+        <v>0.965</v>
+      </c>
+      <c r="C1242">
+        <v>1230.0</v>
+      </c>
+      <c r="D1242" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:4">
+      <c r="A1243" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1243">
+        <v>0.965</v>
+      </c>
+      <c r="C1243">
+        <v>71.0</v>
+      </c>
+      <c r="D1243" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:4">
+      <c r="A1244" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1244">
+        <v>0.965</v>
+      </c>
+      <c r="C1244">
+        <v>71.0</v>
+      </c>
+      <c r="D1244" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:4">
+      <c r="A1245" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1245">
+        <v>0.965</v>
+      </c>
+      <c r="C1245">
+        <v>1628.0</v>
+      </c>
+      <c r="D1245" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:4">
+      <c r="A1246" t="s">
+        <v>621</v>
+      </c>
+      <c r="B1246">
+        <v>0.965</v>
+      </c>
+      <c r="C1246">
+        <v>170.0</v>
+      </c>
+      <c r="D1246" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:4">
+      <c r="A1247" t="s">
+        <v>622</v>
+      </c>
+      <c r="B1247">
+        <v>0.965</v>
+      </c>
+      <c r="C1247">
+        <v>202.0</v>
+      </c>
+      <c r="D1247" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:4">
+      <c r="A1248" t="s">
+        <v>623</v>
+      </c>
+      <c r="B1248">
+        <v>0.965</v>
+      </c>
+      <c r="C1248">
+        <v>3000.0</v>
+      </c>
+      <c r="D1248" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:4">
+      <c r="A1249" t="s">
+        <v>624</v>
+      </c>
+      <c r="B1249">
+        <v>0.96</v>
+      </c>
+      <c r="C1249">
+        <v>2000.0</v>
+      </c>
+      <c r="D1249" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:4">
+      <c r="A1250" t="s">
+        <v>625</v>
+      </c>
+      <c r="B1250">
+        <v>0.963</v>
+      </c>
+      <c r="C1250">
+        <v>55.0</v>
+      </c>
+      <c r="D1250" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:4">
+      <c r="A1251" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1251">
+        <v>0.96</v>
+      </c>
+      <c r="C1251">
+        <v>2000.0</v>
+      </c>
+      <c r="D1251" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:4">
+      <c r="A1252" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1252">
+        <v>0.96</v>
+      </c>
+      <c r="C1252">
+        <v>500.0</v>
+      </c>
+      <c r="D1252" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:4">
+      <c r="A1253" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1253">
+        <v>0.96</v>
+      </c>
+      <c r="C1253">
+        <v>20.0</v>
+      </c>
+      <c r="D1253" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:4">
+      <c r="A1254" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1254">
+        <v>0.959</v>
+      </c>
+      <c r="C1254">
+        <v>4500.0</v>
+      </c>
+      <c r="D1254" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:4">
+      <c r="A1255" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1255">
+        <v>0.959</v>
+      </c>
+      <c r="C1255">
+        <v>300.0</v>
+      </c>
+      <c r="D1255" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:4">
+      <c r="A1256" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1256">
+        <v>0.958</v>
+      </c>
+      <c r="C1256">
+        <v>2000.0</v>
+      </c>
+      <c r="D1256" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:4">
+      <c r="A1257" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1257">
+        <v>0.958</v>
+      </c>
+      <c r="C1257">
+        <v>1000.0</v>
+      </c>
+      <c r="D1257" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:4">
+      <c r="A1258" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1258">
+        <v>0.958</v>
+      </c>
+      <c r="C1258">
+        <v>688.0</v>
+      </c>
+      <c r="D1258" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:4">
+      <c r="A1259" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1259">
+        <v>0.958</v>
+      </c>
+      <c r="C1259">
+        <v>1500.0</v>
+      </c>
+      <c r="D1259" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:4">
+      <c r="A1260" t="s">
+        <v>626</v>
+      </c>
+      <c r="B1260">
+        <v>0.957</v>
+      </c>
+      <c r="C1260">
+        <v>3244.0</v>
+      </c>
+      <c r="D1260" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:4">
+      <c r="A1261" t="s">
+        <v>627</v>
+      </c>
+      <c r="B1261">
+        <v>0.957</v>
+      </c>
+      <c r="C1261">
+        <v>275.0</v>
+      </c>
+      <c r="D1261" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:4">
+      <c r="A1262" t="s">
+        <v>628</v>
+      </c>
+      <c r="B1262">
+        <v>0.957</v>
+      </c>
+      <c r="C1262">
+        <v>725.0</v>
+      </c>
+      <c r="D1262" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:4">
+      <c r="A1263" t="s">
+        <v>629</v>
+      </c>
+      <c r="B1263">
+        <v>0.955</v>
+      </c>
+      <c r="C1263">
+        <v>1600.0</v>
+      </c>
+      <c r="D1263" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:4">
+      <c r="A1264" t="s">
+        <v>630</v>
+      </c>
+      <c r="B1264">
+        <v>0.957</v>
+      </c>
+      <c r="C1264">
+        <v>72.0</v>
+      </c>
+      <c r="D1264" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:4">
+      <c r="A1265" t="s">
+        <v>630</v>
+      </c>
+      <c r="B1265">
+        <v>0.955</v>
+      </c>
+      <c r="C1265">
+        <v>428.0</v>
+      </c>
+      <c r="D1265" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:4">
+      <c r="A1266" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1266">
+        <v>0.955</v>
+      </c>
+      <c r="C1266">
+        <v>1522.0</v>
+      </c>
+      <c r="D1266" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:4">
+      <c r="A1267" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1267">
+        <v>0.955</v>
+      </c>
+      <c r="C1267">
+        <v>1.0</v>
+      </c>
+      <c r="D1267" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:4">
+      <c r="A1268" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1268">
+        <v>0.955</v>
+      </c>
+      <c r="C1268">
+        <v>5.0</v>
+      </c>
+      <c r="D1268" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:4">
+      <c r="A1269" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1269">
+        <v>0.955</v>
+      </c>
+      <c r="C1269">
+        <v>5.0</v>
+      </c>
+      <c r="D1269" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:4">
+      <c r="A1270" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1270">
+        <v>0.955</v>
+      </c>
+      <c r="C1270">
+        <v>5.0</v>
+      </c>
+      <c r="D1270" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:4">
+      <c r="A1271" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1271">
+        <v>0.955</v>
+      </c>
+      <c r="C1271">
+        <v>30.0</v>
+      </c>
+      <c r="D1271" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:4">
+      <c r="A1272" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1272">
+        <v>0.954</v>
+      </c>
+      <c r="C1272">
+        <v>9.0</v>
+      </c>
+      <c r="D1272" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:4">
+      <c r="A1273" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1273">
+        <v>0.954</v>
+      </c>
+      <c r="C1273">
+        <v>9.0</v>
+      </c>
+      <c r="D1273" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:4">
+      <c r="A1274" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1274">
+        <v>0.954</v>
+      </c>
+      <c r="C1274">
+        <v>4.0</v>
+      </c>
+      <c r="D1274" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:4">
+      <c r="A1275" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1275">
+        <v>0.953</v>
+      </c>
+      <c r="C1275">
+        <v>5.0</v>
+      </c>
+      <c r="D1275" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:4">
+      <c r="A1276" t="s">
+        <v>631</v>
+      </c>
+      <c r="B1276">
+        <v>0.953</v>
+      </c>
+      <c r="C1276">
+        <v>5.0</v>
+      </c>
+      <c r="D1276" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:4">
+      <c r="A1277" t="s">
+        <v>632</v>
+      </c>
+      <c r="B1277">
+        <v>0.952</v>
+      </c>
+      <c r="C1277">
+        <v>4200.0</v>
+      </c>
+      <c r="D1277" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:4">
+      <c r="A1278" t="s">
+        <v>632</v>
+      </c>
+      <c r="B1278">
+        <v>0.952</v>
+      </c>
+      <c r="C1278">
+        <v>11456.0</v>
+      </c>
+      <c r="D1278" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:4">
+      <c r="A1279" t="s">
+        <v>632</v>
+      </c>
+      <c r="B1279">
+        <v>0.952</v>
+      </c>
+      <c r="C1279">
+        <v>20.0</v>
+      </c>
+      <c r="D1279" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:4">
+      <c r="A1280" t="s">
+        <v>632</v>
+      </c>
+      <c r="B1280">
+        <v>0.952</v>
+      </c>
+      <c r="C1280">
+        <v>520.0</v>
+      </c>
+      <c r="D1280" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:4">
+      <c r="A1281" t="s">
+        <v>633</v>
+      </c>
+      <c r="B1281">
+        <v>0.95</v>
+      </c>
+      <c r="C1281">
+        <v>25.0</v>
+      </c>
+      <c r="D1281" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:4">
+      <c r="A1282" t="s">
+        <v>634</v>
+      </c>
+      <c r="B1282">
+        <v>0.95</v>
+      </c>
+      <c r="C1282">
+        <v>4500.0</v>
+      </c>
+      <c r="D1282" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:4">
+      <c r="A1283" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1283">
+        <v>0.95</v>
+      </c>
+      <c r="C1283">
+        <v>200.0</v>
+      </c>
+      <c r="D1283" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:4">
+      <c r="A1284" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1284">
+        <v>0.95</v>
+      </c>
+      <c r="C1284">
+        <v>7000.0</v>
+      </c>
+      <c r="D1284" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:4">
+      <c r="A1285" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1285">
+        <v>0.95</v>
+      </c>
+      <c r="C1285">
+        <v>745.0</v>
+      </c>
+      <c r="D1285" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:4">
+      <c r="A1286" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1286">
+        <v>0.95</v>
+      </c>
+      <c r="C1286">
+        <v>32.0</v>
+      </c>
+      <c r="D1286" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:4">
+      <c r="A1287" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1287">
+        <v>0.95</v>
+      </c>
+      <c r="C1287">
+        <v>8000.0</v>
+      </c>
+      <c r="D1287" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:4">
+      <c r="A1288" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1288">
+        <v>0.95</v>
+      </c>
+      <c r="C1288">
+        <v>1000.0</v>
+      </c>
+      <c r="D1288" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:4">
+      <c r="A1289" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1289">
+        <v>0.949</v>
+      </c>
+      <c r="C1289">
+        <v>1000.0</v>
+      </c>
+      <c r="D1289" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:4">
+      <c r="A1290" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1290">
+        <v>0.949</v>
+      </c>
+      <c r="C1290">
+        <v>5.0</v>
+      </c>
+      <c r="D1290" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:4">
+      <c r="A1291" t="s">
+        <v>635</v>
+      </c>
+      <c r="B1291">
+        <v>0.949</v>
+      </c>
+      <c r="C1291">
+        <v>288.0</v>
+      </c>
+      <c r="D1291" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:4">
+      <c r="A1292" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1292">
+        <v>0.949</v>
+      </c>
+      <c r="C1292">
+        <v>50.0</v>
+      </c>
+      <c r="D1292" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:4">
+      <c r="A1293" t="s">
+        <v>637</v>
+      </c>
+      <c r="B1293">
+        <v>0.945</v>
+      </c>
+      <c r="C1293">
+        <v>60.0</v>
+      </c>
+      <c r="D1293" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:4">
+      <c r="A1294" t="s">
+        <v>638</v>
+      </c>
+      <c r="B1294">
+        <v>0.949</v>
+      </c>
+      <c r="C1294">
+        <v>500.0</v>
+      </c>
+      <c r="D1294" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:4">
+      <c r="A1295" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1295">
+        <v>0.949</v>
+      </c>
+      <c r="C1295">
+        <v>1162.0</v>
+      </c>
+      <c r="D1295" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:4">
+      <c r="A1296" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1296">
+        <v>0.948</v>
+      </c>
+      <c r="C1296">
+        <v>500.0</v>
+      </c>
+      <c r="D1296" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:4">
+      <c r="A1297" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1297">
+        <v>0.948</v>
+      </c>
+      <c r="C1297">
+        <v>500.0</v>
+      </c>
+      <c r="D1297" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:4">
+      <c r="A1298" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1298">
+        <v>0.947</v>
+      </c>
+      <c r="C1298">
+        <v>5.0</v>
+      </c>
+      <c r="D1298" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:4">
+      <c r="A1299" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1299">
+        <v>0.946</v>
+      </c>
+      <c r="C1299">
+        <v>333.0</v>
+      </c>
+      <c r="D1299" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:4">
+      <c r="A1300" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1300">
+        <v>0.946</v>
+      </c>
+      <c r="C1300">
+        <v>267.0</v>
+      </c>
+      <c r="D1300" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:4">
+      <c r="A1301" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1301">
+        <v>0.946</v>
+      </c>
+      <c r="C1301">
+        <v>1111.0</v>
+      </c>
+      <c r="D1301" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:4">
+      <c r="A1302" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1302">
+        <v>0.945</v>
+      </c>
+      <c r="C1302">
+        <v>335.0</v>
+      </c>
+      <c r="D1302" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:4">
+      <c r="A1303" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1303">
+        <v>0.945</v>
+      </c>
+      <c r="C1303">
+        <v>1.0</v>
+      </c>
+      <c r="D1303" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:4">
+      <c r="A1304" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1304">
+        <v>0.945</v>
+      </c>
+      <c r="C1304">
+        <v>1.0</v>
+      </c>
+      <c r="D1304" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:4">
+      <c r="A1305" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1305">
+        <v>0.945</v>
+      </c>
+      <c r="C1305">
+        <v>1.0</v>
+      </c>
+      <c r="D1305" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:4">
+      <c r="A1306" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1306">
+        <v>0.945</v>
+      </c>
+      <c r="C1306">
+        <v>1.0</v>
+      </c>
+      <c r="D1306" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:4">
+      <c r="A1307" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1307">
+        <v>0.945</v>
+      </c>
+      <c r="C1307">
+        <v>1.0</v>
+      </c>
+      <c r="D1307" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:4">
+      <c r="A1308" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1308">
+        <v>0.945</v>
+      </c>
+      <c r="C1308">
+        <v>1.0</v>
+      </c>
+      <c r="D1308" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:4">
+      <c r="A1309" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1309">
+        <v>0.945</v>
+      </c>
+      <c r="C1309">
+        <v>1.0</v>
+      </c>
+      <c r="D1309" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:4">
+      <c r="A1310" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1310">
+        <v>0.945</v>
+      </c>
+      <c r="C1310">
+        <v>1.0</v>
+      </c>
+      <c r="D1310" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:4">
+      <c r="A1311" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1311">
+        <v>0.945</v>
+      </c>
+      <c r="C1311">
+        <v>1.0</v>
+      </c>
+      <c r="D1311" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:4">
+      <c r="A1312" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1312">
+        <v>0.944</v>
+      </c>
+      <c r="C1312">
+        <v>100.0</v>
+      </c>
+      <c r="D1312" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:4">
+      <c r="A1313" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1313">
+        <v>0.94</v>
+      </c>
+      <c r="C1313">
+        <v>15.0</v>
+      </c>
+      <c r="D1313" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:4">
+      <c r="A1314" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1314">
+        <v>0.94</v>
+      </c>
+      <c r="C1314">
+        <v>3163.0</v>
+      </c>
+      <c r="D1314" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:4">
+      <c r="A1315" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1315">
+        <v>0.94</v>
+      </c>
+      <c r="C1315">
+        <v>6837.0</v>
+      </c>
+      <c r="D1315" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:4">
+      <c r="A1316" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1316">
+        <v>0.94</v>
+      </c>
+      <c r="C1316">
+        <v>500.0</v>
+      </c>
+      <c r="D1316" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:4">
+      <c r="A1317" t="s">
+        <v>639</v>
+      </c>
+      <c r="B1317">
+        <v>0.94</v>
+      </c>
+      <c r="C1317">
+        <v>2663.0</v>
+      </c>
+      <c r="D1317" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:4">
+      <c r="A1318" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1318">
+        <v>0.94</v>
+      </c>
+      <c r="C1318">
+        <v>2337.0</v>
+      </c>
+      <c r="D1318" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:4">
+      <c r="A1319" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1319">
+        <v>0.94</v>
+      </c>
+      <c r="C1319">
+        <v>200.0</v>
+      </c>
+      <c r="D1319" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:4">
+      <c r="A1320" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1320">
+        <v>0.94</v>
+      </c>
+      <c r="C1320">
+        <v>500.0</v>
+      </c>
+      <c r="D1320" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:4">
+      <c r="A1321" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1321">
+        <v>0.94</v>
+      </c>
+      <c r="C1321">
+        <v>200.0</v>
+      </c>
+      <c r="D1321" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:4">
+      <c r="A1322" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1322">
+        <v>0.94</v>
+      </c>
+      <c r="C1322">
+        <v>1763.0</v>
+      </c>
+      <c r="D1322" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:4">
+      <c r="A1323" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1323">
+        <v>0.94</v>
+      </c>
+      <c r="C1323">
+        <v>237.0</v>
+      </c>
+      <c r="D1323" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:4">
+      <c r="A1324" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1324">
+        <v>0.94</v>
+      </c>
+      <c r="C1324">
+        <v>263.0</v>
+      </c>
+      <c r="D1324" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:4">
+      <c r="A1325" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1325">
+        <v>0.94</v>
+      </c>
+      <c r="C1325">
+        <v>2737.0</v>
+      </c>
+      <c r="D1325" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:4">
+      <c r="A1326" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1326">
+        <v>0.94</v>
+      </c>
+      <c r="C1326">
+        <v>100.0</v>
+      </c>
+      <c r="D1326" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:4">
+      <c r="A1327" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1327">
+        <v>0.94</v>
+      </c>
+      <c r="C1327">
+        <v>550.0</v>
+      </c>
+      <c r="D1327" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:4">
+      <c r="A1328" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1328">
+        <v>0.94</v>
+      </c>
+      <c r="C1328">
+        <v>25.0</v>
+      </c>
+      <c r="D1328" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:4">
+      <c r="A1329" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1329">
+        <v>0.94</v>
+      </c>
+      <c r="C1329">
+        <v>500.0</v>
+      </c>
+      <c r="D1329" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:4">
+      <c r="A1330" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1330">
+        <v>0.94</v>
+      </c>
+      <c r="C1330">
+        <v>88.0</v>
+      </c>
+      <c r="D1330" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:4">
+      <c r="A1331" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1331">
+        <v>0.94</v>
+      </c>
+      <c r="C1331">
+        <v>412.0</v>
+      </c>
+      <c r="D1331" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:4">
+      <c r="A1332" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1332">
+        <v>0.94</v>
+      </c>
+      <c r="C1332">
+        <v>20.0</v>
+      </c>
+      <c r="D1332" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:4">
+      <c r="A1333" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1333">
+        <v>0.94</v>
+      </c>
+      <c r="C1333">
+        <v>650.0</v>
+      </c>
+      <c r="D1333" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:4">
+      <c r="A1334" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1334">
+        <v>0.94</v>
+      </c>
+      <c r="C1334">
+        <v>15.0</v>
+      </c>
+      <c r="D1334" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:4">
+      <c r="A1335" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1335">
+        <v>0.94</v>
+      </c>
+      <c r="C1335">
+        <v>1000.0</v>
+      </c>
+      <c r="D1335" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:4">
+      <c r="A1336" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1336">
+        <v>0.94</v>
+      </c>
+      <c r="C1336">
+        <v>100.0</v>
+      </c>
+      <c r="D1336" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:4">
+      <c r="A1337" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1337">
+        <v>0.94</v>
+      </c>
+      <c r="C1337">
+        <v>200.0</v>
+      </c>
+      <c r="D1337" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:4">
+      <c r="A1338" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1338">
+        <v>0.94</v>
+      </c>
+      <c r="C1338">
+        <v>40.0</v>
+      </c>
+      <c r="D1338" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:4">
+      <c r="A1339" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1339">
+        <v>0.94</v>
+      </c>
+      <c r="C1339">
+        <v>55.0</v>
+      </c>
+      <c r="D1339" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:4">
+      <c r="A1340" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1340">
+        <v>0.94</v>
+      </c>
+      <c r="C1340">
+        <v>5.0</v>
+      </c>
+      <c r="D1340" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:4">
+      <c r="A1341" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1341">
+        <v>0.94</v>
+      </c>
+      <c r="C1341">
+        <v>75.0</v>
+      </c>
+      <c r="D1341" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:4">
+      <c r="A1342" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1342">
+        <v>0.94</v>
+      </c>
+      <c r="C1342">
+        <v>5.0</v>
+      </c>
+      <c r="D1342" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:4">
+      <c r="A1343" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1343">
+        <v>0.94</v>
+      </c>
+      <c r="C1343">
+        <v>555.0</v>
+      </c>
+      <c r="D1343" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:4">
+      <c r="A1344" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1344">
+        <v>0.94</v>
+      </c>
+      <c r="C1344">
+        <v>1500.0</v>
+      </c>
+      <c r="D1344" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:4">
+      <c r="A1345" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1345">
+        <v>0.94</v>
+      </c>
+      <c r="C1345">
+        <v>61.0</v>
+      </c>
+      <c r="D1345" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:4">
+      <c r="A1346" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1346">
+        <v>0.94</v>
+      </c>
+      <c r="C1346">
+        <v>5.0</v>
+      </c>
+      <c r="D1346" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:4">
+      <c r="A1347" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1347">
+        <v>0.94</v>
+      </c>
+      <c r="C1347">
+        <v>55.0</v>
+      </c>
+      <c r="D1347" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:4">
+      <c r="A1348" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1348">
+        <v>0.94</v>
+      </c>
+      <c r="C1348">
+        <v>300.0</v>
+      </c>
+      <c r="D1348" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:4">
+      <c r="A1349" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1349">
+        <v>0.94</v>
+      </c>
+      <c r="C1349">
+        <v>25.0</v>
+      </c>
+      <c r="D1349" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:4">
+      <c r="A1350" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1350">
+        <v>0.94</v>
+      </c>
+      <c r="C1350">
+        <v>100.0</v>
+      </c>
+      <c r="D1350" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:4">
+      <c r="A1351" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1351">
+        <v>0.94</v>
+      </c>
+      <c r="C1351">
+        <v>1862.0</v>
+      </c>
+      <c r="D1351" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:4">
+      <c r="A1352" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1352">
+        <v>0.94</v>
+      </c>
+      <c r="C1352">
+        <v>247.0</v>
+      </c>
+      <c r="D1352" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:4">
+      <c r="A1353" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1353">
+        <v>0.94</v>
+      </c>
+      <c r="C1353">
+        <v>50.0</v>
+      </c>
+      <c r="D1353" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:4">
+      <c r="A1354" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1354">
+        <v>0.94</v>
+      </c>
+      <c r="C1354">
+        <v>200.0</v>
+      </c>
+      <c r="D1354" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:4">
+      <c r="A1355" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1355">
+        <v>0.94</v>
+      </c>
+      <c r="C1355">
+        <v>55.0</v>
+      </c>
+      <c r="D1355" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:4">
+      <c r="A1356" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1356">
+        <v>0.94</v>
+      </c>
+      <c r="C1356">
+        <v>25.0</v>
+      </c>
+      <c r="D1356" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:4">
+      <c r="A1357" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1357">
+        <v>0.94</v>
+      </c>
+      <c r="C1357">
+        <v>32.0</v>
+      </c>
+      <c r="D1357" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:4">
+      <c r="A1358" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1358">
+        <v>0.94</v>
+      </c>
+      <c r="C1358">
+        <v>22.0</v>
+      </c>
+      <c r="D1358" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:4">
+      <c r="A1359" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1359">
+        <v>0.94</v>
+      </c>
+      <c r="C1359">
+        <v>25.0</v>
+      </c>
+      <c r="D1359" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:4">
+      <c r="A1360" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1360">
+        <v>0.94</v>
+      </c>
+      <c r="C1360">
+        <v>25.0</v>
+      </c>
+      <c r="D1360" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:4">
+      <c r="A1361" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1361">
+        <v>0.94</v>
+      </c>
+      <c r="C1361">
+        <v>6.0</v>
+      </c>
+      <c r="D1361" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:4">
+      <c r="A1362" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1362">
+        <v>0.94</v>
+      </c>
+      <c r="C1362">
+        <v>21.0</v>
+      </c>
+      <c r="D1362" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:4">
+      <c r="A1363" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1363">
+        <v>0.94</v>
+      </c>
+      <c r="C1363">
+        <v>1111.0</v>
+      </c>
+      <c r="D1363" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:4">
+      <c r="A1364" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1364">
+        <v>0.94</v>
+      </c>
+      <c r="C1364">
+        <v>11.0</v>
+      </c>
+      <c r="D1364" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:4">
+      <c r="A1365" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1365">
+        <v>0.94</v>
+      </c>
+      <c r="C1365">
+        <v>5.0</v>
+      </c>
+      <c r="D1365" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:4">
+      <c r="A1366" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1366">
+        <v>0.94</v>
+      </c>
+      <c r="C1366">
+        <v>51.0</v>
+      </c>
+      <c r="D1366" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:4">
+      <c r="A1367" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1367">
+        <v>0.94</v>
+      </c>
+      <c r="C1367">
+        <v>5.0</v>
+      </c>
+      <c r="D1367" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:4">
+      <c r="A1368" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1368">
+        <v>0.94</v>
+      </c>
+      <c r="C1368">
+        <v>1069.0</v>
+      </c>
+      <c r="D1368" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:4">
+      <c r="A1369" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1369">
+        <v>0.94</v>
+      </c>
+      <c r="C1369">
+        <v>931.0</v>
+      </c>
+      <c r="D1369" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:4">
+      <c r="A1370" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1370">
+        <v>0.94</v>
+      </c>
+      <c r="C1370">
+        <v>24.0</v>
+      </c>
+      <c r="D1370" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:4">
+      <c r="A1371" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1371">
+        <v>0.94</v>
+      </c>
+      <c r="C1371">
+        <v>9.0</v>
+      </c>
+      <c r="D1371" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:4">
+      <c r="A1372" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1372">
+        <v>0.94</v>
+      </c>
+      <c r="C1372">
+        <v>25.0</v>
+      </c>
+      <c r="D1372" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:4">
+      <c r="A1373" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1373">
+        <v>0.94</v>
+      </c>
+      <c r="C1373">
+        <v>18.0</v>
+      </c>
+      <c r="D1373" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:4">
+      <c r="A1374" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1374">
+        <v>0.94</v>
+      </c>
+      <c r="C1374">
+        <v>2000.0</v>
+      </c>
+      <c r="D1374" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:4">
+      <c r="A1375" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1375">
+        <v>0.94</v>
+      </c>
+      <c r="C1375">
+        <v>8.0</v>
+      </c>
+      <c r="D1375" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:4">
+      <c r="A1376" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1376">
+        <v>0.94</v>
+      </c>
+      <c r="C1376">
+        <v>15.0</v>
+      </c>
+      <c r="D1376" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:4">
+      <c r="A1377" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1377">
+        <v>0.94</v>
+      </c>
+      <c r="C1377">
+        <v>15.0</v>
+      </c>
+      <c r="D1377" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:4">
+      <c r="A1378" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1378">
+        <v>0.94</v>
+      </c>
+      <c r="C1378">
+        <v>120.0</v>
+      </c>
+      <c r="D1378" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:4">
+      <c r="A1379" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1379">
+        <v>0.94</v>
+      </c>
+      <c r="C1379">
+        <v>3835.0</v>
+      </c>
+      <c r="D1379" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:4">
+      <c r="A1380" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1380">
+        <v>0.94</v>
+      </c>
+      <c r="C1380">
+        <v>100.0</v>
+      </c>
+      <c r="D1380" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:4">
+      <c r="A1381" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1381">
+        <v>0.94</v>
+      </c>
+      <c r="C1381">
+        <v>7.0</v>
+      </c>
+      <c r="D1381" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:4">
+      <c r="A1382" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1382">
+        <v>0.94</v>
+      </c>
+      <c r="C1382">
+        <v>20.0</v>
+      </c>
+      <c r="D1382" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:4">
+      <c r="A1383" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1383">
+        <v>0.94</v>
+      </c>
+      <c r="C1383">
+        <v>6000.0</v>
+      </c>
+      <c r="D1383" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:4">
+      <c r="A1384" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1384">
+        <v>0.94</v>
+      </c>
+      <c r="C1384">
+        <v>20.0</v>
+      </c>
+      <c r="D1384" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:4">
+      <c r="A1385" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1385">
+        <v>0.94</v>
+      </c>
+      <c r="C1385">
+        <v>16175.0</v>
+      </c>
+      <c r="D1385" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:4">
+      <c r="A1386" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1386">
+        <v>0.94</v>
+      </c>
+      <c r="C1386">
+        <v>100.0</v>
+      </c>
+      <c r="D1386" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:4">
+      <c r="A1387" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1387">
+        <v>0.94</v>
+      </c>
+      <c r="C1387">
+        <v>5000.0</v>
+      </c>
+      <c r="D1387" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:4">
+      <c r="A1388" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1388">
+        <v>0.94</v>
+      </c>
+      <c r="C1388">
+        <v>100.0</v>
+      </c>
+      <c r="D1388" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:4">
+      <c r="A1389" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1389">
+        <v>0.94</v>
+      </c>
+      <c r="C1389">
+        <v>5200.0</v>
+      </c>
+      <c r="D1389" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:4">
+      <c r="A1390" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1390">
+        <v>0.94</v>
+      </c>
+      <c r="C1390">
+        <v>2000.0</v>
+      </c>
+      <c r="D1390" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:4">
+      <c r="A1391" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1391">
+        <v>0.94</v>
+      </c>
+      <c r="C1391">
+        <v>1000.0</v>
+      </c>
+      <c r="D1391" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:4">
+      <c r="A1392" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1392">
+        <v>0.94</v>
+      </c>
+      <c r="C1392">
+        <v>189.0</v>
+      </c>
+      <c r="D1392" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:4">
+      <c r="A1393" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1393">
+        <v>0.94</v>
+      </c>
+      <c r="C1393">
+        <v>2200.0</v>
+      </c>
+      <c r="D1393" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:4">
+      <c r="A1394" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1394">
+        <v>0.94</v>
+      </c>
+      <c r="C1394">
+        <v>1356.0</v>
+      </c>
+      <c r="D1394" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:4">
+      <c r="A1395" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1395">
+        <v>0.94</v>
+      </c>
+      <c r="C1395">
+        <v>44.0</v>
+      </c>
+      <c r="D1395" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:4">
+      <c r="A1396" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1396">
+        <v>0.94</v>
+      </c>
+      <c r="C1396">
+        <v>11.0</v>
+      </c>
+      <c r="D1396" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:4">
+      <c r="A1397" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1397">
+        <v>0.94</v>
+      </c>
+      <c r="C1397">
+        <v>89.0</v>
+      </c>
+      <c r="D1397" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:4">
+      <c r="A1398" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1398">
+        <v>0.94</v>
+      </c>
+      <c r="C1398">
+        <v>10.0</v>
+      </c>
+      <c r="D1398" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:4">
+      <c r="A1399" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1399">
+        <v>0.94</v>
+      </c>
+      <c r="C1399">
+        <v>23.0</v>
+      </c>
+      <c r="D1399" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:4">
+      <c r="A1400" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1400">
+        <v>0.94</v>
+      </c>
+      <c r="C1400">
+        <v>5.0</v>
+      </c>
+      <c r="D1400" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:4">
+      <c r="A1401" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1401">
+        <v>0.94</v>
+      </c>
+      <c r="C1401">
+        <v>62.0</v>
+      </c>
+      <c r="D1401" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:4">
+      <c r="A1402" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1402">
+        <v>0.94</v>
+      </c>
+      <c r="C1402">
+        <v>100.0</v>
+      </c>
+      <c r="D1402" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:4">
+      <c r="A1403" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1403">
+        <v>0.94</v>
+      </c>
+      <c r="C1403">
+        <v>838.0</v>
+      </c>
+      <c r="D1403" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:4">
+      <c r="A1404" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1404">
+        <v>0.94</v>
+      </c>
+      <c r="C1404">
+        <v>25.0</v>
+      </c>
+      <c r="D1404" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:4">
+      <c r="A1405" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1405">
+        <v>0.94</v>
+      </c>
+      <c r="C1405">
+        <v>1000.0</v>
+      </c>
+      <c r="D1405" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:4">
+      <c r="A1406" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1406">
+        <v>0.94</v>
+      </c>
+      <c r="C1406">
+        <v>2000.0</v>
+      </c>
+      <c r="D1406" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:4">
+      <c r="A1407" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1407">
+        <v>0.94</v>
+      </c>
+      <c r="C1407">
+        <v>2000.0</v>
+      </c>
+      <c r="D1407" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:4">
+      <c r="A1408" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1408">
+        <v>0.94</v>
+      </c>
+      <c r="C1408">
+        <v>12.0</v>
+      </c>
+      <c r="D1408" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:4">
+      <c r="A1409" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1409">
+        <v>0.94</v>
+      </c>
+      <c r="C1409">
+        <v>2.0</v>
+      </c>
+      <c r="D1409" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:4">
+      <c r="A1410" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1410">
+        <v>0.94</v>
+      </c>
+      <c r="C1410">
+        <v>2.0</v>
+      </c>
+      <c r="D1410" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:4">
+      <c r="A1411" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1411">
+        <v>0.94</v>
+      </c>
+      <c r="C1411">
+        <v>2000.0</v>
+      </c>
+      <c r="D1411" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:4">
+      <c r="A1412" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1412">
+        <v>0.94</v>
+      </c>
+      <c r="C1412">
+        <v>2000.0</v>
+      </c>
+      <c r="D1412" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:4">
+      <c r="A1413" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1413">
+        <v>0.94</v>
+      </c>
+      <c r="C1413">
+        <v>121.0</v>
+      </c>
+      <c r="D1413" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:4">
+      <c r="A1414" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1414">
+        <v>0.94</v>
+      </c>
+      <c r="C1414">
+        <v>7.0</v>
+      </c>
+      <c r="D1414" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:4">
+      <c r="A1415" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1415">
+        <v>0.94</v>
+      </c>
+      <c r="C1415">
+        <v>2372.0</v>
+      </c>
+      <c r="D1415" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:4">
+      <c r="A1416" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1416">
+        <v>0.94</v>
+      </c>
+      <c r="C1416">
+        <v>869.0</v>
+      </c>
+      <c r="D1416" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:4">
+      <c r="A1417" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1417">
+        <v>0.94</v>
+      </c>
+      <c r="C1417">
+        <v>1000.0</v>
+      </c>
+      <c r="D1417" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:4">
+      <c r="A1418" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1418">
+        <v>0.94</v>
+      </c>
+      <c r="C1418">
+        <v>5.0</v>
+      </c>
+      <c r="D1418" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:4">
+      <c r="A1419" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1419">
+        <v>0.94</v>
+      </c>
+      <c r="C1419">
+        <v>754.0</v>
+      </c>
+      <c r="D1419" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:4">
+      <c r="A1420" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1420">
+        <v>0.94</v>
+      </c>
+      <c r="C1420">
+        <v>1246.0</v>
+      </c>
+      <c r="D1420" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1421">
+        <v>0.94</v>
+      </c>
+      <c r="C1421">
+        <v>754.0</v>
+      </c>
+      <c r="D1421" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:4">
+      <c r="A1422" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1422">
+        <v>0.94</v>
+      </c>
+      <c r="C1422">
+        <v>246.0</v>
+      </c>
+      <c r="D1422" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:4">
+      <c r="A1423" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1423">
+        <v>0.94</v>
+      </c>
+      <c r="C1423">
+        <v>754.0</v>
+      </c>
+      <c r="D1423" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:4">
+      <c r="A1424" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1424">
+        <v>0.94</v>
+      </c>
+      <c r="C1424">
+        <v>1246.0</v>
+      </c>
+      <c r="D1424" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:4">
+      <c r="A1425" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1425">
+        <v>0.94</v>
+      </c>
+      <c r="C1425">
+        <v>1000.0</v>
+      </c>
+      <c r="D1425" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:4">
+      <c r="A1426" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1426">
+        <v>0.94</v>
+      </c>
+      <c r="C1426">
+        <v>1000.0</v>
+      </c>
+      <c r="D1426" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1427">
+        <v>0.94</v>
+      </c>
+      <c r="C1427">
+        <v>754.0</v>
+      </c>
+      <c r="D1427" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:4">
+      <c r="A1428" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1428">
+        <v>0.94</v>
+      </c>
+      <c r="C1428">
+        <v>650.0</v>
+      </c>
+      <c r="D1428" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:4">
+      <c r="A1429" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1429">
+        <v>0.94</v>
+      </c>
+      <c r="C1429">
+        <v>596.0</v>
+      </c>
+      <c r="D1429" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:4">
+      <c r="A1430" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1430">
+        <v>0.94</v>
+      </c>
+      <c r="C1430">
+        <v>99.0</v>
+      </c>
+      <c r="D1430" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1431">
+        <v>0.94</v>
+      </c>
+      <c r="C1431">
+        <v>1.0</v>
+      </c>
+      <c r="D1431" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:4">
+      <c r="A1432" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1432">
+        <v>0.94</v>
+      </c>
+      <c r="C1432">
+        <v>1.0</v>
+      </c>
+      <c r="D1432" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:4">
+      <c r="A1433" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1433">
+        <v>0.94</v>
+      </c>
+      <c r="C1433">
+        <v>1.0</v>
+      </c>
+      <c r="D1433" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:4">
+      <c r="A1434" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1434">
+        <v>0.94</v>
+      </c>
+      <c r="C1434">
+        <v>1000.0</v>
+      </c>
+      <c r="D1434" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:4">
+      <c r="A1435" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1435">
+        <v>0.94</v>
+      </c>
+      <c r="C1435">
+        <v>1000.0</v>
+      </c>
+      <c r="D1435" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1436">
+        <v>0.94</v>
+      </c>
+      <c r="C1436">
+        <v>1600.0</v>
+      </c>
+      <c r="D1436" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:4">
+      <c r="A1437" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1437">
+        <v>0.94</v>
+      </c>
+      <c r="C1437">
+        <v>1500.0</v>
+      </c>
+      <c r="D1437" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:4">
+      <c r="A1438" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1438">
+        <v>0.94</v>
+      </c>
+      <c r="C1438">
+        <v>1.0</v>
+      </c>
+      <c r="D1438" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:4">
+      <c r="A1439" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1439">
+        <v>0.94</v>
+      </c>
+      <c r="C1439">
+        <v>1.0</v>
+      </c>
+      <c r="D1439" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:4">
+      <c r="A1440" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1440">
+        <v>0.94</v>
+      </c>
+      <c r="C1440">
+        <v>1.0</v>
+      </c>
+      <c r="D1440" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
+      <c r="A1441" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1441">
+        <v>0.94</v>
+      </c>
+      <c r="C1441">
+        <v>199.0</v>
+      </c>
+      <c r="D1441" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
+      <c r="A1442" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1442">
+        <v>0.94</v>
+      </c>
+      <c r="C1442">
+        <v>801.0</v>
+      </c>
+      <c r="D1442" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
+      <c r="A1443" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1443">
+        <v>0.94</v>
+      </c>
+      <c r="C1443">
+        <v>2000.0</v>
+      </c>
+      <c r="D1443" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
+      <c r="A1444" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1444">
+        <v>0.94</v>
+      </c>
+      <c r="C1444">
+        <v>700.0</v>
+      </c>
+      <c r="D1444" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
+      <c r="A1445" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1445">
+        <v>0.94</v>
+      </c>
+      <c r="C1445">
+        <v>649.0</v>
+      </c>
+      <c r="D1445" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
+      <c r="A1446" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1446">
+        <v>0.94</v>
+      </c>
+      <c r="C1446">
+        <v>100.0</v>
+      </c>
+      <c r="D1446" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
+      <c r="A1447" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1447">
+        <v>0.94</v>
+      </c>
+      <c r="C1447">
+        <v>100.0</v>
+      </c>
+      <c r="D1447" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
+      <c r="A1448" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1448">
+        <v>0.94</v>
+      </c>
+      <c r="C1448">
+        <v>151.0</v>
+      </c>
+      <c r="D1448" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
+      <c r="A1449" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1449">
+        <v>0.94</v>
+      </c>
+      <c r="C1449">
+        <v>1000.0</v>
+      </c>
+      <c r="D1449" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
+      <c r="A1450" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1450">
+        <v>0.94</v>
+      </c>
+      <c r="C1450">
+        <v>200.0</v>
+      </c>
+      <c r="D1450" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1451">
+        <v>0.94</v>
+      </c>
+      <c r="C1451">
+        <v>649.0</v>
+      </c>
+      <c r="D1451" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
+      <c r="A1452" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1452">
+        <v>0.94</v>
+      </c>
+      <c r="C1452">
+        <v>100.0</v>
+      </c>
+      <c r="D1452" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
+      <c r="A1453" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1453">
+        <v>0.94</v>
+      </c>
+      <c r="C1453">
+        <v>251.0</v>
+      </c>
+      <c r="D1453" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1454">
+        <v>0.94</v>
+      </c>
+      <c r="C1454">
+        <v>1000.0</v>
+      </c>
+      <c r="D1454" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
+      <c r="A1455" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1455">
+        <v>0.94</v>
+      </c>
+      <c r="C1455">
+        <v>1000.0</v>
+      </c>
+      <c r="D1455" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
+      <c r="A1456" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1456">
+        <v>0.94</v>
+      </c>
+      <c r="C1456">
+        <v>1000.0</v>
+      </c>
+      <c r="D1456" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1457">
+        <v>0.94</v>
+      </c>
+      <c r="C1457">
+        <v>300.0</v>
+      </c>
+      <c r="D1457" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:4">
+      <c r="A1458" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1458">
+        <v>0.94</v>
+      </c>
+      <c r="C1458">
+        <v>222.0</v>
+      </c>
+      <c r="D1458" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:4">
+      <c r="A1459" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1459">
+        <v>0.94</v>
+      </c>
+      <c r="C1459">
+        <v>5.0</v>
+      </c>
+      <c r="D1459" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:4">
+      <c r="A1460" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1460">
+        <v>0.94</v>
+      </c>
+      <c r="C1460">
+        <v>8.0</v>
+      </c>
+      <c r="D1460" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:4">
+      <c r="A1461" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1461">
+        <v>0.94</v>
+      </c>
+      <c r="C1461">
+        <v>3000.0</v>
+      </c>
+      <c r="D1461" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:4">
+      <c r="A1462" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1462">
+        <v>0.94</v>
+      </c>
+      <c r="C1462">
+        <v>2000.0</v>
+      </c>
+      <c r="D1462" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1463">
+        <v>0.94</v>
+      </c>
+      <c r="C1463">
+        <v>214.0</v>
+      </c>
+      <c r="D1463" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:4">
+      <c r="A1464" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1464">
+        <v>0.94</v>
+      </c>
+      <c r="C1464">
+        <v>786.0</v>
+      </c>
+      <c r="D1464" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:4">
+      <c r="A1465" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1465">
+        <v>0.94</v>
+      </c>
+      <c r="C1465">
+        <v>60.0</v>
+      </c>
+      <c r="D1465" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:4">
+      <c r="A1466" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1466">
+        <v>0.94</v>
+      </c>
+      <c r="C1466">
+        <v>20.0</v>
+      </c>
+      <c r="D1466" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:4">
+      <c r="A1467" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1467">
+        <v>0.94</v>
+      </c>
+      <c r="C1467">
+        <v>100.0</v>
+      </c>
+      <c r="D1467" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:4">
+      <c r="A1468" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1468">
+        <v>0.94</v>
+      </c>
+      <c r="C1468">
+        <v>5.0</v>
+      </c>
+      <c r="D1468" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:4">
+      <c r="A1469" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1469">
+        <v>0.94</v>
+      </c>
+      <c r="C1469">
+        <v>5.0</v>
+      </c>
+      <c r="D1469" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:4">
+      <c r="A1470" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1470">
+        <v>0.94</v>
+      </c>
+      <c r="C1470">
+        <v>55.0</v>
+      </c>
+      <c r="D1470" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:4">
+      <c r="A1471" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1471">
+        <v>0.94</v>
+      </c>
+      <c r="C1471">
+        <v>990.0</v>
+      </c>
+      <c r="D1471" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:4">
+      <c r="A1472" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1472">
+        <v>0.94</v>
+      </c>
+      <c r="C1472">
+        <v>7.0</v>
+      </c>
+      <c r="D1472" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:4">
+      <c r="A1473" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1473">
+        <v>0.94</v>
+      </c>
+      <c r="C1473">
+        <v>7.0</v>
+      </c>
+      <c r="D1473" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:4">
+      <c r="A1474" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1474">
+        <v>0.94</v>
+      </c>
+      <c r="C1474">
+        <v>1000.0</v>
+      </c>
+      <c r="D1474" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:4">
+      <c r="A1475" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1475">
+        <v>0.94</v>
+      </c>
+      <c r="C1475">
+        <v>5.0</v>
+      </c>
+      <c r="D1475" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:4">
+      <c r="A1476" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1476">
+        <v>0.94</v>
+      </c>
+      <c r="C1476">
+        <v>5.0</v>
+      </c>
+      <c r="D1476" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:4">
+      <c r="A1477" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1477">
+        <v>0.94</v>
+      </c>
+      <c r="C1477">
+        <v>1000.0</v>
+      </c>
+      <c r="D1477" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:4">
+      <c r="A1478" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1478">
+        <v>0.94</v>
+      </c>
+      <c r="C1478">
+        <v>1.0</v>
+      </c>
+      <c r="D1478" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1479">
+        <v>0.94</v>
+      </c>
+      <c r="C1479">
+        <v>1.0</v>
+      </c>
+      <c r="D1479" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:4">
+      <c r="A1480" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1480">
+        <v>0.94</v>
+      </c>
+      <c r="C1480">
+        <v>15.0</v>
+      </c>
+      <c r="D1480" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:4">
+      <c r="A1481" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1481">
+        <v>0.94</v>
+      </c>
+      <c r="C1481">
+        <v>500.0</v>
+      </c>
+      <c r="D1481" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:4">
+      <c r="A1482" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1482">
+        <v>0.94</v>
+      </c>
+      <c r="C1482">
+        <v>333.0</v>
+      </c>
+      <c r="D1482" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:4">
+      <c r="A1483" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1483">
+        <v>0.94</v>
+      </c>
+      <c r="C1483">
+        <v>30.0</v>
+      </c>
+      <c r="D1483" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:4">
+      <c r="A1484" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1484">
+        <v>0.94</v>
+      </c>
+      <c r="C1484">
+        <v>25.0</v>
+      </c>
+      <c r="D1484" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:4">
+      <c r="A1485" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1485">
+        <v>0.94</v>
+      </c>
+      <c r="C1485">
+        <v>500.0</v>
+      </c>
+      <c r="D1485" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:4">
+      <c r="A1486" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1486">
+        <v>0.94</v>
+      </c>
+      <c r="C1486">
+        <v>22.0</v>
+      </c>
+      <c r="D1486" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1487">
+        <v>0.94</v>
+      </c>
+      <c r="C1487">
+        <v>25.0</v>
+      </c>
+      <c r="D1487" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:4">
+      <c r="A1488" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1488">
+        <v>0.94</v>
+      </c>
+      <c r="C1488">
+        <v>503.0</v>
+      </c>
+      <c r="D1488" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:4">
+      <c r="A1489" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1489">
+        <v>0.94</v>
+      </c>
+      <c r="C1489">
+        <v>382.0</v>
+      </c>
+      <c r="D1489" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:4">
+      <c r="A1490" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1490">
+        <v>0.94</v>
+      </c>
+      <c r="C1490">
+        <v>500.0</v>
+      </c>
+      <c r="D1490" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:4">
+      <c r="A1491" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1491">
+        <v>0.94</v>
+      </c>
+      <c r="C1491">
+        <v>1.0</v>
+      </c>
+      <c r="D1491" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:4">
+      <c r="A1492" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1492">
+        <v>0.94</v>
+      </c>
+      <c r="C1492">
+        <v>1.0</v>
+      </c>
+      <c r="D1492" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:4">
+      <c r="A1493" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1493">
+        <v>0.94</v>
+      </c>
+      <c r="C1493">
+        <v>1.0</v>
+      </c>
+      <c r="D1493" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:4">
+      <c r="A1494" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1494">
+        <v>0.94</v>
+      </c>
+      <c r="C1494">
+        <v>1.0</v>
+      </c>
+      <c r="D1494" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:4">
+      <c r="A1495" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1495">
+        <v>0.94</v>
+      </c>
+      <c r="C1495">
+        <v>5.0</v>
+      </c>
+      <c r="D1495" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:4">
+      <c r="A1496" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1496">
+        <v>0.94</v>
+      </c>
+      <c r="C1496">
+        <v>500.0</v>
+      </c>
+      <c r="D1496" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:4">
+      <c r="A1497" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1497">
+        <v>0.94</v>
+      </c>
+      <c r="C1497">
+        <v>500.0</v>
+      </c>
+      <c r="D1497" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:4">
+      <c r="A1498" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1498">
+        <v>0.94</v>
+      </c>
+      <c r="C1498">
+        <v>109.0</v>
+      </c>
+      <c r="D1498" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:4">
+      <c r="A1499" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1499">
+        <v>0.94</v>
+      </c>
+      <c r="C1499">
+        <v>191.0</v>
+      </c>
+      <c r="D1499" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:4">
+      <c r="A1500" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1500">
+        <v>0.94</v>
+      </c>
+      <c r="C1500">
+        <v>500.0</v>
+      </c>
+      <c r="D1500" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:4">
+      <c r="A1501" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1501">
+        <v>0.94</v>
+      </c>
+      <c r="C1501">
+        <v>25.0</v>
+      </c>
+      <c r="D1501" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:4">
+      <c r="A1502" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1502">
+        <v>0.94</v>
+      </c>
+      <c r="C1502">
+        <v>500.0</v>
+      </c>
+      <c r="D1502" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:4">
+      <c r="A1503" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1503">
+        <v>0.94</v>
+      </c>
+      <c r="C1503">
+        <v>1000.0</v>
+      </c>
+      <c r="D1503" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:4">
+      <c r="A1504" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1504">
+        <v>0.94</v>
+      </c>
+      <c r="C1504">
+        <v>8.0</v>
+      </c>
+      <c r="D1504" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:4">
+      <c r="A1505" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1505">
+        <v>0.94</v>
+      </c>
+      <c r="C1505">
+        <v>15.0</v>
+      </c>
+      <c r="D1505" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:4">
+      <c r="A1506" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1506">
+        <v>0.94</v>
+      </c>
+      <c r="C1506">
+        <v>160.0</v>
+      </c>
+      <c r="D1506" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:4">
+      <c r="A1507" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1507">
+        <v>0.94</v>
+      </c>
+      <c r="C1507">
+        <v>100.0</v>
+      </c>
+      <c r="D1507" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:4">
+      <c r="A1508" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1508">
+        <v>0.94</v>
+      </c>
+      <c r="C1508">
+        <v>5.0</v>
+      </c>
+      <c r="D1508" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:4">
+      <c r="A1509" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1509">
+        <v>0.94</v>
+      </c>
+      <c r="C1509">
+        <v>5673.0</v>
+      </c>
+      <c r="D1509" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:4">
+      <c r="A1510" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1510">
+        <v>0.94</v>
+      </c>
+      <c r="C1510">
+        <v>50000.0</v>
+      </c>
+      <c r="D1510" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:4">
+      <c r="A1511" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1511">
+        <v>0.94</v>
+      </c>
+      <c r="C1511">
+        <v>100.0</v>
+      </c>
+      <c r="D1511" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:4">
+      <c r="A1512" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1512">
+        <v>0.94</v>
+      </c>
+      <c r="C1512">
+        <v>1.0</v>
+      </c>
+      <c r="D1512" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:4">
+      <c r="A1513" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1513">
+        <v>0.94</v>
+      </c>
+      <c r="C1513">
+        <v>2500.0</v>
+      </c>
+      <c r="D1513" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:4">
+      <c r="A1514" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1514">
+        <v>0.94</v>
+      </c>
+      <c r="C1514">
+        <v>8800.0</v>
+      </c>
+      <c r="D1514" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:4">
+      <c r="A1515" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1515">
+        <v>0.94</v>
+      </c>
+      <c r="C1515">
+        <v>300.0</v>
+      </c>
+      <c r="D1515" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:4">
+      <c r="A1516" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1516">
+        <v>0.94</v>
+      </c>
+      <c r="C1516">
+        <v>100.0</v>
+      </c>
+      <c r="D1516" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:4">
+      <c r="A1517" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1517">
+        <v>0.94</v>
+      </c>
+      <c r="C1517">
+        <v>3000.0</v>
+      </c>
+      <c r="D1517" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:4">
+      <c r="A1518" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1518">
+        <v>0.94</v>
+      </c>
+      <c r="C1518">
+        <v>100.0</v>
+      </c>
+      <c r="D1518" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:4">
+      <c r="A1519" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1519">
+        <v>0.94</v>
+      </c>
+      <c r="C1519">
+        <v>3000.0</v>
+      </c>
+      <c r="D1519" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:4">
+      <c r="A1520" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1520">
+        <v>0.94</v>
+      </c>
+      <c r="C1520">
+        <v>4400.0</v>
+      </c>
+      <c r="D1520" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:4">
+      <c r="A1521" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1521">
+        <v>0.94</v>
+      </c>
+      <c r="C1521">
+        <v>2200.0</v>
+      </c>
+      <c r="D1521" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:4">
+      <c r="A1522" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1522">
+        <v>0.94</v>
+      </c>
+      <c r="C1522">
+        <v>100.0</v>
+      </c>
+      <c r="D1522" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:4">
+      <c r="A1523" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1523">
+        <v>0.94</v>
+      </c>
+      <c r="C1523">
+        <v>5000.0</v>
+      </c>
+      <c r="D1523" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:4">
+      <c r="A1524" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1524">
+        <v>0.94</v>
+      </c>
+      <c r="C1524">
+        <v>4726.0</v>
+      </c>
+      <c r="D1524" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:4">
+      <c r="A1525" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1525">
+        <v>0.94</v>
+      </c>
+      <c r="C1525">
+        <v>274.0</v>
+      </c>
+      <c r="D1525" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:4">
+      <c r="A1526" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1526">
+        <v>0.94</v>
+      </c>
+      <c r="C1526">
+        <v>2000.0</v>
+      </c>
+      <c r="D1526" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:4">
+      <c r="A1527" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1527">
+        <v>0.94</v>
+      </c>
+      <c r="C1527">
+        <v>8000.0</v>
+      </c>
+      <c r="D1527" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:4">
+      <c r="A1528" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1528">
+        <v>0.94</v>
+      </c>
+      <c r="C1528">
+        <v>2500.0</v>
+      </c>
+      <c r="D1528" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:4">
+      <c r="A1529" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1529">
+        <v>0.94</v>
+      </c>
+      <c r="C1529">
+        <v>500.0</v>
+      </c>
+      <c r="D1529" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:4">
+      <c r="A1530" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1530">
+        <v>0.94</v>
+      </c>
+      <c r="C1530">
+        <v>11.0</v>
+      </c>
+      <c r="D1530" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:4">
+      <c r="A1531" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1531">
+        <v>0.94</v>
+      </c>
+      <c r="C1531">
+        <v>1.0</v>
+      </c>
+      <c r="D1531" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:4">
+      <c r="A1532" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1532">
+        <v>0.94</v>
+      </c>
+      <c r="C1532">
+        <v>2000.0</v>
+      </c>
+      <c r="D1532" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:4">
+      <c r="A1533" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1533">
+        <v>0.94</v>
+      </c>
+      <c r="C1533">
+        <v>2000.0</v>
+      </c>
+      <c r="D1533" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:4">
+      <c r="A1534" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1534">
+        <v>0.94</v>
+      </c>
+      <c r="C1534">
+        <v>1750.0</v>
+      </c>
+      <c r="D1534" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:4">
+      <c r="A1535" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1535">
+        <v>0.94</v>
+      </c>
+      <c r="C1535">
+        <v>1000.0</v>
+      </c>
+      <c r="D1535" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:4">
+      <c r="A1536" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1536">
+        <v>0.94</v>
+      </c>
+      <c r="C1536">
+        <v>10.0</v>
+      </c>
+      <c r="D1536" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:4">
+      <c r="A1537" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1537">
+        <v>0.94</v>
+      </c>
+      <c r="C1537">
+        <v>100.0</v>
+      </c>
+      <c r="D1537" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:4">
+      <c r="A1538" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1538">
+        <v>0.94</v>
+      </c>
+      <c r="C1538">
+        <v>40.0</v>
+      </c>
+      <c r="D1538" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:4">
+      <c r="A1539" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1539">
+        <v>0.94</v>
+      </c>
+      <c r="C1539">
+        <v>30000.0</v>
+      </c>
+      <c r="D1539" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:4">
+      <c r="A1540" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1540">
+        <v>0.94</v>
+      </c>
+      <c r="C1540">
+        <v>3814.0</v>
+      </c>
+      <c r="D1540" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:4">
+      <c r="A1541" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1541">
+        <v>0.94</v>
+      </c>
+      <c r="C1541">
+        <v>1186.0</v>
+      </c>
+      <c r="D1541" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:4">
+      <c r="A1542" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1542">
+        <v>0.94</v>
+      </c>
+      <c r="C1542">
+        <v>40.0</v>
+      </c>
+      <c r="D1542" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:4">
+      <c r="A1543" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1543">
+        <v>0.94</v>
+      </c>
+      <c r="C1543">
+        <v>480.0</v>
+      </c>
+      <c r="D1543" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:4">
+      <c r="A1544" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1544">
+        <v>0.94</v>
+      </c>
+      <c r="C1544">
+        <v>20.0</v>
+      </c>
+      <c r="D1544" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:4">
+      <c r="A1545" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1545">
+        <v>0.94</v>
+      </c>
+      <c r="C1545">
+        <v>300.0</v>
+      </c>
+      <c r="D1545" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:4">
+      <c r="A1546" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1546">
+        <v>0.94</v>
+      </c>
+      <c r="C1546">
+        <v>18.0</v>
+      </c>
+      <c r="D1546" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:4">
+      <c r="A1547" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1547">
+        <v>0.94</v>
+      </c>
+      <c r="C1547">
+        <v>1000.0</v>
+      </c>
+      <c r="D1547" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:4">
+      <c r="A1548" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1548">
+        <v>0.94</v>
+      </c>
+      <c r="C1548">
+        <v>20.0</v>
+      </c>
+      <c r="D1548" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:4">
+      <c r="A1549" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1549">
+        <v>0.94</v>
+      </c>
+      <c r="C1549">
+        <v>5.0</v>
+      </c>
+      <c r="D1549" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:4">
+      <c r="A1550" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1550">
+        <v>0.94</v>
+      </c>
+      <c r="C1550">
+        <v>995.0</v>
+      </c>
+      <c r="D1550" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:4">
+      <c r="A1551" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1551">
+        <v>0.94</v>
+      </c>
+      <c r="C1551">
+        <v>100.0</v>
+      </c>
+      <c r="D1551" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:4">
+      <c r="A1552" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1552">
+        <v>0.94</v>
+      </c>
+      <c r="C1552">
+        <v>30.0</v>
+      </c>
+      <c r="D1552" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:4">
+      <c r="A1553" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1553">
+        <v>0.94</v>
+      </c>
+      <c r="C1553">
+        <v>7000.0</v>
+      </c>
+      <c r="D1553" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:4">
+      <c r="A1554" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1554">
+        <v>0.94</v>
+      </c>
+      <c r="C1554">
+        <v>1875.0</v>
+      </c>
+      <c r="D1554" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:4">
+      <c r="A1555" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1555">
+        <v>0.94</v>
+      </c>
+      <c r="C1555">
+        <v>2725.0</v>
+      </c>
+      <c r="D1555" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:4">
+      <c r="A1556" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1556">
+        <v>0.94</v>
+      </c>
+      <c r="C1556">
+        <v>3275.0</v>
+      </c>
+      <c r="D1556" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:4">
+      <c r="A1557" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1557">
+        <v>0.94</v>
+      </c>
+      <c r="C1557">
+        <v>500.0</v>
+      </c>
+      <c r="D1557" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:4">
+      <c r="A1558" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1558">
+        <v>0.94</v>
+      </c>
+      <c r="C1558">
+        <v>7.0</v>
+      </c>
+      <c r="D1558" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:4">
+      <c r="A1559" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1559">
+        <v>0.94</v>
+      </c>
+      <c r="C1559">
+        <v>2.0</v>
+      </c>
+      <c r="D1559" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:4">
+      <c r="A1560" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1560">
+        <v>0.94</v>
+      </c>
+      <c r="C1560">
+        <v>675.0</v>
+      </c>
+      <c r="D1560" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:4">
+      <c r="A1561" t="s">
+        <v>640</v>
+      </c>
+      <c r="B1561">
+        <v>0.94</v>
+      </c>
+      <c r="C1561">
+        <v>41.0</v>
+      </c>
+      <c r="D1561" t="s">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">