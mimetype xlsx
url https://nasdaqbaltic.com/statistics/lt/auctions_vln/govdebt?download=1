--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -47,63 +47,63 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Coupon rate %</t>
   </si>
   <si>
     <t>Min yield %</t>
   </si>
   <si>
     <t>Max yield %</t>
   </si>
   <si>
     <t>Average weighted yield of approved bids %</t>
   </si>
   <si>
     <t>Total value bid at competitive auction</t>
   </si>
   <si>
     <t>Total value bid at non-competitive auction</t>
   </si>
   <si>
     <t>Approved bids by nominal value</t>
   </si>
   <si>
+    <t>XS2487342649</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
     <t>LT0000133258</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>XS1310032260</t>
   </si>
   <si>
     <t>XS2979761769</t>
-  </si>
-[...1 lines deleted...]
-    <t>XS2487342649</t>
   </si>
   <si>
     <t>XS2765498717</t>
   </si>
   <si>
     <t>LT0000650087</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY.MM.DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -474,950 +474,953 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2">
-        <v>45992.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F2">
-        <v>2.51</v>
+        <v>3.18</v>
       </c>
       <c r="G2">
-        <v>2.58</v>
+        <v>3.26</v>
       </c>
       <c r="H2">
-        <v>2.562</v>
+        <v>3.249</v>
       </c>
       <c r="I2">
-        <v>218600000.0</v>
+        <v>93800000.0</v>
       </c>
       <c r="J2">
-        <v>6000000.0</v>
+        <v>5400000.0</v>
       </c>
       <c r="K2">
-        <v>85000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="2">
-        <v>45985.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3">
-        <v>2.12</v>
+        <v>2.7</v>
       </c>
       <c r="F3">
-        <v>3.42</v>
+        <v>2.51</v>
       </c>
       <c r="G3">
-        <v>3.49</v>
+        <v>2.58</v>
       </c>
       <c r="H3">
-        <v>3.469</v>
+        <v>2.562</v>
       </c>
       <c r="I3">
-        <v>60684000.0</v>
+        <v>218600000.0</v>
       </c>
       <c r="J3">
-        <v>5500000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="K3">
-        <v>35000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="2">
-        <v>45978.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
         <v>1000.0</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4">
-        <v>2.88</v>
+        <v>2.12</v>
       </c>
       <c r="F4">
-        <v>2.79</v>
+        <v>3.42</v>
       </c>
       <c r="G4">
-        <v>2.814</v>
+        <v>3.49</v>
       </c>
       <c r="H4">
-        <v>2.807</v>
+        <v>3.469</v>
       </c>
       <c r="I4">
-        <v>144300000.0</v>
+        <v>60684000.0</v>
       </c>
       <c r="J4">
-        <v>1000000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="K4">
-        <v>55000000.0</v>
+        <v>35000000.0</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="2">
-        <v>45971.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5">
         <v>1000.0</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F5">
-        <v>3.139</v>
+        <v>2.79</v>
       </c>
       <c r="G5">
-        <v>3.179</v>
+        <v>2.814</v>
       </c>
       <c r="H5">
-        <v>3.16</v>
+        <v>2.807</v>
       </c>
       <c r="I5">
-        <v>96550000.0</v>
+        <v>144300000.0</v>
       </c>
       <c r="J5">
-        <v>5500000.0</v>
+        <v>1000000.0</v>
       </c>
       <c r="K5">
-        <v>70000000.0</v>
+        <v>55000000.0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="2">
-        <v>45964.0</v>
+        <v>45971.0</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F6">
-        <v>2.51</v>
+        <v>3.139</v>
       </c>
       <c r="G6">
-        <v>2.57</v>
+        <v>3.179</v>
       </c>
       <c r="H6">
-        <v>2.542</v>
+        <v>3.16</v>
       </c>
       <c r="I6">
-        <v>157750000.0</v>
+        <v>96550000.0</v>
       </c>
       <c r="J6">
-        <v>6574000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="K6">
         <v>70000000.0</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="2">
-        <v>45957.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C7">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F7">
-        <v>3.285</v>
+        <v>2.51</v>
       </c>
       <c r="G7">
-        <v>3.34</v>
+        <v>2.57</v>
       </c>
       <c r="H7">
-        <v>3.316</v>
+        <v>2.542</v>
       </c>
       <c r="I7">
-        <v>72400000.0</v>
+        <v>157750000.0</v>
       </c>
       <c r="J7">
-        <v>150000.0</v>
+        <v>6574000.0</v>
       </c>
       <c r="K7">
-        <v>40000000.0</v>
+        <v>70000000.0</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="2">
-        <v>45950.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C8">
         <v>1000.0</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F8">
-        <v>2.73</v>
+        <v>3.285</v>
       </c>
       <c r="G8">
-        <v>2.79</v>
+        <v>3.34</v>
       </c>
       <c r="H8">
-        <v>2.771</v>
+        <v>3.316</v>
       </c>
       <c r="I8">
-        <v>108025000.0</v>
+        <v>72400000.0</v>
       </c>
       <c r="J8">
-        <v>1000000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="K8">
-        <v>55000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="2">
-        <v>45943.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9">
         <v>1000.0</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F9">
-        <v>3.15</v>
+        <v>2.73</v>
       </c>
       <c r="G9">
-        <v>3.21</v>
+        <v>2.79</v>
       </c>
       <c r="H9">
-        <v>3.192</v>
+        <v>2.771</v>
       </c>
       <c r="I9">
-        <v>64100000.0</v>
+        <v>108025000.0</v>
+      </c>
+      <c r="J9">
+        <v>1000000.0</v>
       </c>
       <c r="K9">
-        <v>45000000.0</v>
+        <v>55000000.0</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="2">
-        <v>45936.0</v>
+        <v>45943.0</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F10">
-        <v>2.525</v>
+        <v>3.15</v>
       </c>
       <c r="G10">
-        <v>2.6</v>
+        <v>3.21</v>
       </c>
       <c r="H10">
-        <v>2.583</v>
+        <v>3.192</v>
       </c>
       <c r="I10">
-        <v>219700000.0</v>
-[...2 lines deleted...]
-        <v>6500000.0</v>
+        <v>64100000.0</v>
       </c>
       <c r="K10">
-        <v>85000000.0</v>
+        <v>45000000.0</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="2">
-        <v>45929.0</v>
+        <v>45936.0</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C11">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F11">
-        <v>3.34</v>
+        <v>2.525</v>
       </c>
       <c r="G11">
-        <v>3.441</v>
+        <v>2.6</v>
       </c>
       <c r="H11">
-        <v>3.434</v>
+        <v>2.583</v>
       </c>
       <c r="I11">
-        <v>76700000.0</v>
+        <v>219700000.0</v>
       </c>
       <c r="J11">
-        <v>590000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="K11">
-        <v>45000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="2">
-        <v>45922.0</v>
+        <v>45929.0</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C12">
         <v>1000.0</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F12">
-        <v>2.73</v>
+        <v>3.34</v>
       </c>
       <c r="G12">
-        <v>2.83</v>
+        <v>3.441</v>
       </c>
       <c r="H12">
-        <v>2.797</v>
+        <v>3.434</v>
       </c>
       <c r="I12">
-        <v>138700000.0</v>
+        <v>76700000.0</v>
       </c>
       <c r="J12">
-        <v>500000.0</v>
+        <v>590000.0</v>
       </c>
       <c r="K12">
-        <v>60000000.0</v>
+        <v>45000000.0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="2">
-        <v>45915.0</v>
+        <v>45922.0</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13">
         <v>1000.0</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F13">
-        <v>3.08</v>
+        <v>2.73</v>
       </c>
       <c r="G13">
-        <v>3.16</v>
+        <v>2.83</v>
       </c>
       <c r="H13">
-        <v>3.148</v>
+        <v>2.797</v>
       </c>
       <c r="I13">
-        <v>59180000.0</v>
+        <v>138700000.0</v>
       </c>
       <c r="J13">
-        <v>1000000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="K13">
-        <v>40000000.0</v>
+        <v>60000000.0</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="2">
-        <v>45908.0</v>
+        <v>45915.0</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F14">
-        <v>2.4</v>
+        <v>3.08</v>
       </c>
       <c r="G14">
-        <v>2.56</v>
+        <v>3.16</v>
       </c>
       <c r="H14">
-        <v>2.529</v>
+        <v>3.148</v>
       </c>
       <c r="I14">
-        <v>175270000.0</v>
+        <v>59180000.0</v>
       </c>
       <c r="J14">
-        <v>8000000.0</v>
+        <v>1000000.0</v>
       </c>
       <c r="K14">
-        <v>100000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="2">
-        <v>45901.0</v>
+        <v>45908.0</v>
       </c>
       <c r="B15" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C15">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F15">
-        <v>3.31</v>
+        <v>2.4</v>
       </c>
       <c r="G15">
-        <v>3.377</v>
+        <v>2.56</v>
       </c>
       <c r="H15">
-        <v>3.362</v>
+        <v>2.529</v>
       </c>
       <c r="I15">
-        <v>206110000.0</v>
+        <v>175270000.0</v>
       </c>
       <c r="J15">
-        <v>500000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="K15">
         <v>100000000.0</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="2">
-        <v>45894.0</v>
+        <v>45901.0</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C16">
         <v>1000.0</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F16">
-        <v>2.7</v>
+        <v>3.31</v>
       </c>
       <c r="G16">
-        <v>2.736</v>
+        <v>3.377</v>
       </c>
       <c r="H16">
-        <v>2.76</v>
+        <v>3.362</v>
       </c>
       <c r="I16">
-        <v>211470000.0</v>
+        <v>206110000.0</v>
       </c>
       <c r="J16">
-        <v>1500000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="K16">
-        <v>85000000.0</v>
+        <v>100000000.0</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="2">
-        <v>45887.0</v>
+        <v>45894.0</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17">
         <v>1000.0</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F17">
-        <v>3.04</v>
+        <v>2.7</v>
       </c>
       <c r="G17">
-        <v>3.11</v>
+        <v>2.736</v>
       </c>
       <c r="H17">
-        <v>3.089</v>
+        <v>2.76</v>
       </c>
       <c r="I17">
-        <v>50980000.0</v>
+        <v>211470000.0</v>
       </c>
       <c r="J17">
-        <v>5600000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="K17">
-        <v>30000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="2">
-        <v>45880.0</v>
+        <v>45887.0</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F18">
-        <v>2.5</v>
+        <v>3.04</v>
       </c>
       <c r="G18">
-        <v>2.56</v>
+        <v>3.11</v>
       </c>
       <c r="H18">
-        <v>2.557</v>
+        <v>3.089</v>
       </c>
       <c r="I18">
-        <v>213200000.0</v>
+        <v>50980000.0</v>
       </c>
       <c r="J18">
-        <v>7200000.0</v>
+        <v>5600000.0</v>
       </c>
       <c r="K18">
-        <v>90000000.0</v>
+        <v>30000000.0</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="2">
-        <v>45873.0</v>
+        <v>45880.0</v>
       </c>
       <c r="B19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C19">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19">
-        <v>2.88</v>
+        <v>2.7</v>
       </c>
       <c r="F19">
-        <v>2.74</v>
+        <v>2.5</v>
       </c>
       <c r="G19">
-        <v>2.751</v>
+        <v>2.56</v>
       </c>
       <c r="H19">
-        <v>2.78</v>
+        <v>2.557</v>
       </c>
       <c r="I19">
-        <v>238740000.0</v>
+        <v>213200000.0</v>
       </c>
       <c r="J19">
-        <v>6000000.0</v>
+        <v>7200000.0</v>
       </c>
       <c r="K19">
-        <v>65000000.0</v>
+        <v>90000000.0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="2">
-        <v>45866.0</v>
+        <v>45873.0</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20">
         <v>1000.0</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F20">
-        <v>3.07</v>
+        <v>2.74</v>
       </c>
       <c r="G20">
-        <v>3.125</v>
+        <v>2.751</v>
       </c>
       <c r="H20">
-        <v>3.11</v>
+        <v>2.78</v>
       </c>
       <c r="I20">
-        <v>64300000.0</v>
+        <v>238740000.0</v>
       </c>
       <c r="J20">
-        <v>300000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="K20">
-        <v>40000000.0</v>
+        <v>65000000.0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="2">
-        <v>45859.0</v>
+        <v>45866.0</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C21">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21">
-        <v>2.3</v>
+        <v>2.12</v>
       </c>
       <c r="F21">
-        <v>2.32</v>
+        <v>3.07</v>
       </c>
       <c r="G21">
-        <v>2.395</v>
+        <v>3.125</v>
       </c>
       <c r="H21">
-        <v>2.358</v>
+        <v>3.11</v>
       </c>
       <c r="I21">
-        <v>288400000.0</v>
+        <v>64300000.0</v>
       </c>
       <c r="J21">
-        <v>7700000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="K21">
-        <v>60000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="2">
-        <v>45852.0</v>
+        <v>45859.0</v>
       </c>
       <c r="B22" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C22">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22">
-        <v>3.5</v>
+        <v>2.3</v>
       </c>
       <c r="F22">
-        <v>3.33</v>
+        <v>2.32</v>
       </c>
       <c r="G22">
-        <v>3.38</v>
+        <v>2.395</v>
       </c>
       <c r="H22">
-        <v>3.348</v>
+        <v>2.358</v>
       </c>
       <c r="I22">
-        <v>151450000.0</v>
+        <v>288400000.0</v>
       </c>
       <c r="J22">
-        <v>1000000.0</v>
+        <v>7700000.0</v>
       </c>
       <c r="K22">
-        <v>35000000.0</v>
+        <v>60000000.0</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="2">
-        <v>45845.0</v>
+        <v>45852.0</v>
       </c>
       <c r="B23" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C23">
         <v>1000.0</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F23">
-        <v>2.725</v>
+        <v>3.33</v>
       </c>
       <c r="G23">
-        <v>2.76</v>
+        <v>3.38</v>
       </c>
       <c r="H23">
-        <v>2.746</v>
+        <v>3.348</v>
       </c>
       <c r="I23">
-        <v>145220000.0</v>
+        <v>151450000.0</v>
       </c>
       <c r="J23">
-        <v>1500000.0</v>
+        <v>1000000.0</v>
       </c>
       <c r="K23">
-        <v>50000000.0</v>
+        <v>35000000.0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="2">
-        <v>45838.0</v>
+        <v>45845.0</v>
       </c>
       <c r="B24" t="s">
         <v>15</v>
       </c>
       <c r="C24">
         <v>1000.0</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F24">
-        <v>3.03</v>
+        <v>2.725</v>
       </c>
       <c r="G24">
-        <v>3.092</v>
+        <v>2.76</v>
       </c>
       <c r="H24">
-        <v>3.083</v>
+        <v>2.746</v>
       </c>
       <c r="I24">
-        <v>80550000.0</v>
+        <v>145220000.0</v>
       </c>
       <c r="J24">
-        <v>500000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="K24">
-        <v>40000000.0</v>
+        <v>50000000.0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="2">
-        <v>45831.0</v>
+        <v>45838.0</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F25">
-        <v>2.5</v>
+        <v>3.03</v>
       </c>
       <c r="G25">
-        <v>2.63</v>
+        <v>3.092</v>
       </c>
       <c r="H25">
-        <v>2.575</v>
+        <v>3.083</v>
       </c>
       <c r="I25">
-        <v>135500000.0</v>
+        <v>80550000.0</v>
       </c>
       <c r="J25">
-        <v>8000000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="K25">
-        <v>60000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="2">
-        <v>45824.0</v>
+        <v>45831.0</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26">
-        <v>2.12</v>
+        <v>2.7</v>
       </c>
       <c r="F26">
-        <v>3.489</v>
+        <v>2.5</v>
       </c>
       <c r="G26">
-        <v>3.549</v>
+        <v>2.63</v>
       </c>
       <c r="H26">
-        <v>3.523</v>
+        <v>2.575</v>
       </c>
       <c r="I26">
-        <v>96400000.0</v>
+        <v>135500000.0</v>
       </c>
       <c r="J26">
-        <v>500000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="K26">
-        <v>45000000.0</v>
+        <v>60000000.0</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="2">
-        <v>45817.0</v>
+        <v>45824.0</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27">
         <v>1000.0</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27">
-        <v>2.88</v>
+        <v>2.12</v>
       </c>
       <c r="F27">
-        <v>2.78</v>
+        <v>3.489</v>
       </c>
       <c r="G27">
-        <v>2.83</v>
+        <v>3.549</v>
       </c>
       <c r="H27">
-        <v>2.808</v>
+        <v>3.523</v>
       </c>
       <c r="I27">
-        <v>239738000.0</v>
+        <v>96400000.0</v>
+      </c>
+      <c r="J27">
+        <v>500000.0</v>
       </c>
       <c r="K27">
-        <v>100000000.0</v>
+        <v>45000000.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">