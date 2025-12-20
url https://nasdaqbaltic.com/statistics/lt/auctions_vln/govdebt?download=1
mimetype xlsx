--- v1 (2025-12-14)
+++ v2 (2025-12-20)
@@ -429,54 +429,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K27"/>
+  <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A27" sqref="A27"/>
+      <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1342,85 +1342,50 @@
         <v>100.0</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26">
         <v>2.7</v>
       </c>
       <c r="F26">
         <v>2.5</v>
       </c>
       <c r="G26">
         <v>2.63</v>
       </c>
       <c r="H26">
         <v>2.575</v>
       </c>
       <c r="I26">
         <v>135500000.0</v>
       </c>
       <c r="J26">
         <v>8000000.0</v>
       </c>
       <c r="K26">
         <v>60000000.0</v>
-      </c>
-[...33 lines deleted...]
-        <v>45000000.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">