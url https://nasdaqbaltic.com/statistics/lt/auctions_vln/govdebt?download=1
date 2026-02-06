--- v2 (2025-12-20)
+++ v3 (2026-02-06)
@@ -47,69 +47,69 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Coupon rate %</t>
   </si>
   <si>
     <t>Min yield %</t>
   </si>
   <si>
     <t>Max yield %</t>
   </si>
   <si>
     <t>Average weighted yield of approved bids %</t>
   </si>
   <si>
     <t>Total value bid at competitive auction</t>
   </si>
   <si>
     <t>Total value bid at non-competitive auction</t>
   </si>
   <si>
     <t>Approved bids by nominal value</t>
   </si>
   <si>
+    <t>LT0000133258</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>XS1310032260</t>
+  </si>
+  <si>
+    <t>XS2841247583</t>
+  </si>
+  <si>
     <t>XS2487342649</t>
   </si>
   <si>
-    <t>EUR</t>
-[...7 lines deleted...]
-  <si>
     <t>XS2979761769</t>
   </si>
   <si>
     <t>XS2765498717</t>
-  </si>
-[...1 lines deleted...]
-    <t>LT0000650087</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY.MM.DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -429,963 +429,893 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K26"/>
+  <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A26" sqref="A26"/>
+      <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="2">
-        <v>45999.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2">
-        <v>2.12</v>
+        <v>2.7</v>
       </c>
       <c r="F2">
-        <v>3.18</v>
+        <v>2.58</v>
       </c>
       <c r="G2">
-        <v>3.26</v>
+        <v>2.62</v>
       </c>
       <c r="H2">
-        <v>3.249</v>
+        <v>2.61</v>
       </c>
       <c r="I2">
-        <v>93800000.0</v>
+        <v>296100000.0</v>
       </c>
       <c r="J2">
-        <v>5400000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="K2">
-        <v>40000000.0</v>
+        <v>165000000.0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="2">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F3">
-        <v>2.51</v>
+        <v>3.59</v>
       </c>
       <c r="G3">
-        <v>2.58</v>
+        <v>3.67</v>
       </c>
       <c r="H3">
-        <v>2.562</v>
+        <v>3.638</v>
       </c>
       <c r="I3">
-        <v>218600000.0</v>
+        <v>49410000.0</v>
       </c>
       <c r="J3">
-        <v>6000000.0</v>
+        <v>2500000.0</v>
       </c>
       <c r="K3">
-        <v>85000000.0</v>
+        <v>30000000.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="2">
-        <v>45985.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
         <v>1000.0</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4">
-        <v>2.12</v>
+        <v>3.5</v>
       </c>
       <c r="F4">
-        <v>3.42</v>
+        <v>3.01</v>
       </c>
       <c r="G4">
-        <v>3.49</v>
+        <v>3.055</v>
       </c>
       <c r="H4">
-        <v>3.469</v>
+        <v>3.031</v>
       </c>
       <c r="I4">
-        <v>60684000.0</v>
+        <v>107100000.0</v>
       </c>
       <c r="J4">
-        <v>5500000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="K4">
-        <v>35000000.0</v>
+        <v>50000000.0</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="2">
-        <v>45978.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5">
         <v>1000.0</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5">
-        <v>2.88</v>
+        <v>2.12</v>
       </c>
       <c r="F5">
-        <v>2.79</v>
+        <v>3.21</v>
       </c>
       <c r="G5">
-        <v>2.814</v>
+        <v>3.25</v>
       </c>
       <c r="H5">
-        <v>2.807</v>
+        <v>3.236</v>
       </c>
       <c r="I5">
-        <v>144300000.0</v>
+        <v>122800000.0</v>
       </c>
       <c r="J5">
-        <v>1000000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="K5">
         <v>55000000.0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="2">
-        <v>45971.0</v>
+        <v>46027.0</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6">
-        <v>2.12</v>
+        <v>2.7</v>
       </c>
       <c r="F6">
-        <v>3.139</v>
+        <v>2.62</v>
       </c>
       <c r="G6">
-        <v>3.179</v>
+        <v>2.685</v>
       </c>
       <c r="H6">
-        <v>3.16</v>
+        <v>2.684</v>
       </c>
       <c r="I6">
-        <v>96550000.0</v>
+        <v>352250000.0</v>
       </c>
       <c r="J6">
-        <v>5500000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="K6">
-        <v>70000000.0</v>
+        <v>240000000.0</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="2">
-        <v>45964.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C7">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F7">
-        <v>2.51</v>
+        <v>3.18</v>
       </c>
       <c r="G7">
-        <v>2.57</v>
+        <v>3.26</v>
       </c>
       <c r="H7">
-        <v>2.542</v>
+        <v>3.249</v>
       </c>
       <c r="I7">
-        <v>157750000.0</v>
+        <v>93800000.0</v>
       </c>
       <c r="J7">
-        <v>6574000.0</v>
+        <v>5400000.0</v>
       </c>
       <c r="K7">
-        <v>70000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="2">
-        <v>45957.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C8">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F8">
-        <v>3.285</v>
+        <v>2.51</v>
       </c>
       <c r="G8">
-        <v>3.34</v>
+        <v>2.58</v>
       </c>
       <c r="H8">
-        <v>3.316</v>
+        <v>2.562</v>
       </c>
       <c r="I8">
-        <v>72400000.0</v>
+        <v>218600000.0</v>
       </c>
       <c r="J8">
-        <v>150000.0</v>
+        <v>6000000.0</v>
       </c>
       <c r="K8">
-        <v>40000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="2">
-        <v>45950.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C9">
         <v>1000.0</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9">
-        <v>2.88</v>
+        <v>2.12</v>
       </c>
       <c r="F9">
-        <v>2.73</v>
+        <v>3.42</v>
       </c>
       <c r="G9">
-        <v>2.79</v>
+        <v>3.49</v>
       </c>
       <c r="H9">
-        <v>2.771</v>
+        <v>3.469</v>
       </c>
       <c r="I9">
-        <v>108025000.0</v>
+        <v>60684000.0</v>
       </c>
       <c r="J9">
-        <v>1000000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="K9">
-        <v>55000000.0</v>
+        <v>35000000.0</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="2">
-        <v>45943.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C10">
         <v>1000.0</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F10">
-        <v>3.15</v>
+        <v>2.79</v>
       </c>
       <c r="G10">
-        <v>3.21</v>
+        <v>2.814</v>
       </c>
       <c r="H10">
-        <v>3.192</v>
+        <v>2.807</v>
       </c>
       <c r="I10">
-        <v>64100000.0</v>
+        <v>144300000.0</v>
+      </c>
+      <c r="J10">
+        <v>1000000.0</v>
       </c>
       <c r="K10">
-        <v>45000000.0</v>
+        <v>55000000.0</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="2">
-        <v>45936.0</v>
+        <v>45971.0</v>
       </c>
       <c r="B11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C11">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F11">
-        <v>2.525</v>
+        <v>3.139</v>
       </c>
       <c r="G11">
-        <v>2.6</v>
+        <v>3.179</v>
       </c>
       <c r="H11">
-        <v>2.583</v>
+        <v>3.16</v>
       </c>
       <c r="I11">
-        <v>219700000.0</v>
+        <v>96550000.0</v>
       </c>
       <c r="J11">
-        <v>6500000.0</v>
+        <v>5500000.0</v>
       </c>
       <c r="K11">
-        <v>85000000.0</v>
+        <v>70000000.0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="2">
-        <v>45929.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B12" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F12">
-        <v>3.34</v>
+        <v>2.51</v>
       </c>
       <c r="G12">
-        <v>3.441</v>
+        <v>2.57</v>
       </c>
       <c r="H12">
-        <v>3.434</v>
+        <v>2.542</v>
       </c>
       <c r="I12">
-        <v>76700000.0</v>
+        <v>157750000.0</v>
       </c>
       <c r="J12">
-        <v>590000.0</v>
+        <v>6574000.0</v>
       </c>
       <c r="K12">
-        <v>45000000.0</v>
+        <v>70000000.0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="2">
-        <v>45922.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C13">
         <v>1000.0</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F13">
-        <v>2.73</v>
+        <v>3.285</v>
       </c>
       <c r="G13">
-        <v>2.83</v>
+        <v>3.34</v>
       </c>
       <c r="H13">
-        <v>2.797</v>
+        <v>3.316</v>
       </c>
       <c r="I13">
-        <v>138700000.0</v>
+        <v>72400000.0</v>
       </c>
       <c r="J13">
-        <v>500000.0</v>
+        <v>150000.0</v>
       </c>
       <c r="K13">
-        <v>60000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="2">
-        <v>45915.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C14">
         <v>1000.0</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F14">
-        <v>3.08</v>
+        <v>2.73</v>
       </c>
       <c r="G14">
-        <v>3.16</v>
+        <v>2.79</v>
       </c>
       <c r="H14">
-        <v>3.148</v>
+        <v>2.771</v>
       </c>
       <c r="I14">
-        <v>59180000.0</v>
+        <v>108025000.0</v>
       </c>
       <c r="J14">
         <v>1000000.0</v>
       </c>
       <c r="K14">
-        <v>40000000.0</v>
+        <v>55000000.0</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="2">
-        <v>45908.0</v>
+        <v>45943.0</v>
       </c>
       <c r="B15" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C15">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F15">
-        <v>2.4</v>
+        <v>3.15</v>
       </c>
       <c r="G15">
-        <v>2.56</v>
+        <v>3.21</v>
       </c>
       <c r="H15">
-        <v>2.529</v>
+        <v>3.192</v>
       </c>
       <c r="I15">
-        <v>175270000.0</v>
-[...2 lines deleted...]
-        <v>8000000.0</v>
+        <v>64100000.0</v>
       </c>
       <c r="K15">
-        <v>100000000.0</v>
+        <v>45000000.0</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="2">
-        <v>45901.0</v>
+        <v>45936.0</v>
       </c>
       <c r="B16" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C16">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="F16">
-        <v>3.31</v>
+        <v>2.525</v>
       </c>
       <c r="G16">
-        <v>3.377</v>
+        <v>2.6</v>
       </c>
       <c r="H16">
-        <v>3.362</v>
+        <v>2.583</v>
       </c>
       <c r="I16">
-        <v>206110000.0</v>
+        <v>219700000.0</v>
       </c>
       <c r="J16">
-        <v>500000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="K16">
-        <v>100000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="2">
-        <v>45894.0</v>
+        <v>45929.0</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C17">
         <v>1000.0</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17">
-        <v>2.88</v>
+        <v>3.5</v>
       </c>
       <c r="F17">
-        <v>2.7</v>
+        <v>3.34</v>
       </c>
       <c r="G17">
-        <v>2.736</v>
+        <v>3.441</v>
       </c>
       <c r="H17">
-        <v>2.76</v>
+        <v>3.434</v>
       </c>
       <c r="I17">
-        <v>211470000.0</v>
+        <v>76700000.0</v>
       </c>
       <c r="J17">
-        <v>1500000.0</v>
+        <v>590000.0</v>
       </c>
       <c r="K17">
-        <v>85000000.0</v>
+        <v>45000000.0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="2">
-        <v>45887.0</v>
+        <v>45922.0</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C18">
         <v>1000.0</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18">
-        <v>2.12</v>
+        <v>2.88</v>
       </c>
       <c r="F18">
-        <v>3.04</v>
+        <v>2.73</v>
       </c>
       <c r="G18">
-        <v>3.11</v>
+        <v>2.83</v>
       </c>
       <c r="H18">
-        <v>3.089</v>
+        <v>2.797</v>
       </c>
       <c r="I18">
-        <v>50980000.0</v>
+        <v>138700000.0</v>
       </c>
       <c r="J18">
-        <v>5600000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="K18">
-        <v>30000000.0</v>
+        <v>60000000.0</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="2">
-        <v>45880.0</v>
+        <v>45915.0</v>
       </c>
       <c r="B19" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C19">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19">
-        <v>2.7</v>
+        <v>2.12</v>
       </c>
       <c r="F19">
-        <v>2.5</v>
+        <v>3.08</v>
       </c>
       <c r="G19">
-        <v>2.56</v>
+        <v>3.16</v>
       </c>
       <c r="H19">
-        <v>2.557</v>
+        <v>3.148</v>
       </c>
       <c r="I19">
-        <v>213200000.0</v>
+        <v>59180000.0</v>
       </c>
       <c r="J19">
-        <v>7200000.0</v>
+        <v>1000000.0</v>
       </c>
       <c r="K19">
-        <v>90000000.0</v>
+        <v>40000000.0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="2">
-        <v>45873.0</v>
+        <v>45908.0</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C20">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20">
-        <v>2.88</v>
+        <v>2.7</v>
       </c>
       <c r="F20">
-        <v>2.74</v>
+        <v>2.4</v>
       </c>
       <c r="G20">
-        <v>2.751</v>
+        <v>2.56</v>
       </c>
       <c r="H20">
-        <v>2.78</v>
+        <v>2.529</v>
       </c>
       <c r="I20">
-        <v>238740000.0</v>
+        <v>175270000.0</v>
       </c>
       <c r="J20">
-        <v>6000000.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="K20">
-        <v>65000000.0</v>
+        <v>100000000.0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="2">
-        <v>45866.0</v>
+        <v>45901.0</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C21">
         <v>1000.0</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21">
-        <v>2.12</v>
+        <v>3.5</v>
       </c>
       <c r="F21">
-        <v>3.07</v>
+        <v>3.31</v>
       </c>
       <c r="G21">
-        <v>3.125</v>
+        <v>3.377</v>
       </c>
       <c r="H21">
-        <v>3.11</v>
+        <v>3.362</v>
       </c>
       <c r="I21">
-        <v>64300000.0</v>
+        <v>206110000.0</v>
       </c>
       <c r="J21">
-        <v>300000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="K21">
-        <v>40000000.0</v>
+        <v>100000000.0</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="2">
-        <v>45859.0</v>
+        <v>45894.0</v>
       </c>
       <c r="B22" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C22">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22">
-        <v>2.3</v>
+        <v>2.88</v>
       </c>
       <c r="F22">
-        <v>2.32</v>
+        <v>2.7</v>
       </c>
       <c r="G22">
-        <v>2.395</v>
+        <v>2.736</v>
       </c>
       <c r="H22">
-        <v>2.358</v>
+        <v>2.76</v>
       </c>
       <c r="I22">
-        <v>288400000.0</v>
+        <v>211470000.0</v>
       </c>
       <c r="J22">
-        <v>7700000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="K22">
-        <v>60000000.0</v>
+        <v>85000000.0</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="2">
-        <v>45852.0</v>
+        <v>45887.0</v>
       </c>
       <c r="B23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C23">
         <v>1000.0</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23">
-        <v>3.5</v>
+        <v>2.12</v>
       </c>
       <c r="F23">
-        <v>3.33</v>
+        <v>3.04</v>
       </c>
       <c r="G23">
-        <v>3.38</v>
+        <v>3.11</v>
       </c>
       <c r="H23">
-        <v>3.348</v>
+        <v>3.089</v>
       </c>
       <c r="I23">
-        <v>151450000.0</v>
+        <v>50980000.0</v>
       </c>
       <c r="J23">
-        <v>1000000.0</v>
+        <v>5600000.0</v>
       </c>
       <c r="K23">
-        <v>35000000.0</v>
+        <v>30000000.0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="2">
-        <v>45845.0</v>
+        <v>45880.0</v>
       </c>
       <c r="B24" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C24">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24">
-        <v>2.88</v>
+        <v>2.7</v>
       </c>
       <c r="F24">
-        <v>2.725</v>
+        <v>2.5</v>
       </c>
       <c r="G24">
-        <v>2.76</v>
+        <v>2.56</v>
       </c>
       <c r="H24">
-        <v>2.746</v>
+        <v>2.557</v>
       </c>
       <c r="I24">
-        <v>145220000.0</v>
+        <v>213200000.0</v>
       </c>
       <c r="J24">
-        <v>1500000.0</v>
+        <v>7200000.0</v>
       </c>
       <c r="K24">
-        <v>50000000.0</v>
-[...69 lines deleted...]
-        <v>60000000.0</v>
+        <v>90000000.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">