--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,92 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Įmonė</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Rinka</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Įvykiai</t>
   </si>
   <si>
     <t>Suma vienai akcijai</t>
   </si>
   <si>
+    <t>TKM Grupp</t>
+  </si>
+  <si>
+    <t>TKM1T</t>
+  </si>
+  <si>
+    <t>TLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dividendų ex-diena </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dividendų teisių apskaitos diena </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dividendų mokėjimo diena </t>
+  </si>
+  <si>
     <t>Ignitis grupė</t>
   </si>
   <si>
     <t>IGN1L</t>
   </si>
   <si>
     <t>VLN</t>
   </si>
   <si>
-    <t xml:space="preserve">Dividendų ex-diena </t>
-[...4 lines deleted...]
-  <si>
     <t>LHV Group</t>
   </si>
   <si>
     <t>LHV1T</t>
   </si>
   <si>
-    <t>TLN</t>
+    <t>Coop Pank</t>
+  </si>
+  <si>
+    <t>CPA1T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY.MM.DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -417,131 +432,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F5"/>
+  <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2">
-        <v>46119.0</v>
+        <v>46111.0</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
+      </c>
+      <c r="F2">
+        <v>0.6</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>46120.0</v>
+        <v>46112.0</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
+      <c r="F3">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="2">
+        <v>46119.0</v>
+      </c>
+      <c r="E4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="2">
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="2">
+        <v>46120.0</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2">
         <v>46121.0</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2">
+        <v>46121.0</v>
+      </c>
+      <c r="E7" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+      <c r="F7">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="2">
+        <v>46127.0</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2">
+        <v>46133.0</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2">
+        <v>46139.0</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="D11" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>