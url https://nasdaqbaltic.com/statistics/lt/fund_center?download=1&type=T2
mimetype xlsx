--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>