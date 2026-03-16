--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>