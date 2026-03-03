--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X201"/>
+  <dimension ref="A1:X250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L201" sqref="L201"/>
+      <selection activeCell="L250" sqref="L250"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,11398 +546,14562 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46008.355555556</v>
+        <v>46084.354965278</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>103.97541</v>
+        <v>102.398352</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.0</v>
       </c>
       <c r="K2" s="2">
         <v>45645.0</v>
       </c>
       <c r="L2" s="2">
         <v>46375.0</v>
       </c>
       <c r="M2">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N2">
         <v>100.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
+      <c r="P2">
+        <v>1.67033</v>
+      </c>
       <c r="Q2">
-        <v>100.25</v>
+        <v>102.42033</v>
       </c>
       <c r="R2">
-        <v>101.25</v>
+        <v>103.17033</v>
+      </c>
+      <c r="S2">
+        <v>100.75</v>
+      </c>
+      <c r="T2">
+        <v>101.5</v>
       </c>
       <c r="U2">
-        <v>7.735404</v>
+        <v>6.987135</v>
       </c>
       <c r="V2">
-        <v>6.686966</v>
+        <v>6.011478</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46007.355532407</v>
+        <v>46083.613356481</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
+      <c r="F3">
+        <v>-0.71</v>
+      </c>
       <c r="G3">
-        <v>103.97541</v>
+        <v>102.398352</v>
+      </c>
+      <c r="H3">
+        <v>409.593408</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.0</v>
       </c>
       <c r="K3" s="2">
         <v>45645.0</v>
       </c>
       <c r="L3" s="2">
         <v>46375.0</v>
       </c>
       <c r="M3">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N3">
         <v>100.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>-0.021858</v>
+        <v>1.648352</v>
       </c>
       <c r="Q3">
-        <v>100.228142</v>
+        <v>102.398352</v>
       </c>
       <c r="R3">
-        <v>101.228142</v>
+        <v>103.148352</v>
       </c>
       <c r="S3">
-        <v>100.25</v>
+        <v>100.75</v>
       </c>
       <c r="T3">
-        <v>101.25</v>
+        <v>101.5</v>
       </c>
       <c r="U3">
-        <v>7.736534</v>
+        <v>6.990599</v>
       </c>
       <c r="V3">
-        <v>6.690768</v>
+        <v>6.018168</v>
+      </c>
+      <c r="X3">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46006.355335648</v>
+        <v>46080.476539352</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
+      <c r="F4">
+        <v>-0.89</v>
+      </c>
       <c r="G4">
-        <v>103.97541</v>
+        <v>103.126374</v>
+      </c>
+      <c r="H4">
+        <v>7012.593432</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.0</v>
       </c>
       <c r="K4" s="2">
         <v>45645.0</v>
       </c>
       <c r="L4" s="2">
         <v>46375.0</v>
       </c>
       <c r="M4">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N4">
         <v>100.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>-0.043716</v>
+        <v>1.626374</v>
       </c>
       <c r="Q4">
-        <v>100.206284</v>
+        <v>102.376374</v>
       </c>
       <c r="R4">
-        <v>101.206284</v>
+        <v>103.126374</v>
       </c>
       <c r="S4">
-        <v>100.25</v>
+        <v>100.75</v>
       </c>
       <c r="T4">
-        <v>101.25</v>
+        <v>101.5</v>
       </c>
       <c r="U4">
-        <v>7.737662</v>
+        <v>6.994045</v>
       </c>
       <c r="V4">
-        <v>6.694554</v>
+        <v>6.024818</v>
+      </c>
+      <c r="X4">
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46003.355509259</v>
+        <v>46079.495150463</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
-        <v>103.97541</v>
+        <v>104.049462</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.0</v>
       </c>
       <c r="K5" s="2">
         <v>45645.0</v>
       </c>
       <c r="L5" s="2">
         <v>46375.0</v>
       </c>
       <c r="M5">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N5">
         <v>100.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>-0.065574</v>
+        <v>1.604396</v>
       </c>
       <c r="Q5">
-        <v>100.684426</v>
+        <v>102.354396</v>
       </c>
       <c r="R5">
-        <v>101.184426</v>
+        <v>103.104396</v>
       </c>
       <c r="S5">
         <v>100.75</v>
       </c>
       <c r="T5">
-        <v>101.25</v>
+        <v>101.5</v>
       </c>
       <c r="U5">
-        <v>7.2166</v>
+        <v>6.997472</v>
       </c>
       <c r="V5">
-        <v>6.698324</v>
+        <v>6.031427</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46002.355613426</v>
+        <v>46078.512465278</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
+      <c r="F6">
+        <v>1.81</v>
+      </c>
       <c r="G6">
-        <v>103.97541</v>
+        <v>104.049462</v>
+      </c>
+      <c r="H6">
+        <v>208.098924</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.0</v>
       </c>
       <c r="K6" s="2">
         <v>45645.0</v>
       </c>
       <c r="L6" s="2">
         <v>46375.0</v>
       </c>
       <c r="M6">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N6">
         <v>100.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>3.912568</v>
+        <v>1.538462</v>
       </c>
       <c r="Q6">
-        <v>104.662568</v>
-[...2 lines deleted...]
-        <v>105.162568</v>
+        <v>102.288462</v>
       </c>
       <c r="S6">
         <v>100.75</v>
       </c>
-      <c r="T6">
-[...1 lines deleted...]
-      </c>
       <c r="U6">
-        <v>7.215831</v>
-[...2 lines deleted...]
-        <v>6.699113</v>
+        <v>7.007648</v>
+      </c>
+      <c r="X6">
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>46001.355509259</v>
+        <v>46077.35494213</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>103.97541</v>
+        <v>102.200549</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.0</v>
       </c>
       <c r="K7" s="2">
         <v>45645.0</v>
       </c>
       <c r="L7" s="2">
         <v>46375.0</v>
       </c>
       <c r="M7">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N7">
         <v>100.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>3.846995</v>
+        <v>1.516484</v>
       </c>
       <c r="Q7">
-        <v>104.596995</v>
+        <v>102.266484</v>
       </c>
       <c r="R7">
-        <v>105.096995</v>
+        <v>104.027484</v>
       </c>
       <c r="S7">
         <v>100.75</v>
       </c>
       <c r="T7">
-        <v>101.25</v>
+        <v>102.511</v>
       </c>
       <c r="U7">
-        <v>7.220748</v>
+        <v>7.011005</v>
       </c>
       <c r="V7">
-        <v>6.70809</v>
+        <v>4.790034</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>46000.611261574</v>
+        <v>46076.354861111</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>103.97541</v>
+        <v>102.200549</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.0</v>
       </c>
       <c r="K8" s="2">
         <v>45645.0</v>
       </c>
       <c r="L8" s="2">
         <v>46375.0</v>
       </c>
       <c r="M8">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N8">
         <v>100.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>3.825137</v>
+        <v>1.494505</v>
       </c>
       <c r="Q8">
-        <v>104.575137</v>
+        <v>102.244505</v>
       </c>
       <c r="R8">
-        <v>105.075137</v>
+        <v>104.005505</v>
       </c>
       <c r="S8">
         <v>100.75</v>
       </c>
       <c r="T8">
-        <v>101.25</v>
+        <v>102.511</v>
       </c>
       <c r="U8">
-        <v>7.222378</v>
+        <v>7.014346</v>
       </c>
       <c r="V8">
-        <v>6.711058</v>
+        <v>4.80051</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45999.454236111</v>
+        <v>46073.355081019</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>103.97541</v>
+        <v>102.200549</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.0</v>
       </c>
       <c r="K9" s="2">
         <v>45645.0</v>
       </c>
       <c r="L9" s="2">
         <v>46375.0</v>
       </c>
       <c r="M9">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N9">
         <v>100.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>3.803279</v>
+        <v>1.472527</v>
       </c>
       <c r="Q9">
-        <v>104.553279</v>
+        <v>102.222527</v>
       </c>
       <c r="R9">
-        <v>105.303279</v>
+        <v>103.983527</v>
       </c>
       <c r="S9">
         <v>100.75</v>
       </c>
       <c r="T9">
-        <v>101.5</v>
+        <v>102.511</v>
       </c>
       <c r="U9">
-        <v>7.224003</v>
+        <v>7.017669</v>
       </c>
       <c r="V9">
-        <v>6.46044</v>
+        <v>4.810919</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45996.466087963</v>
+        <v>46072.488657407</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
+      <c r="F10">
+        <v>0.02</v>
+      </c>
       <c r="G10">
-        <v>103.97541</v>
+        <v>102.200549</v>
+      </c>
+      <c r="H10">
+        <v>12570.667527</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.0</v>
       </c>
       <c r="K10" s="2">
         <v>45645.0</v>
       </c>
       <c r="L10" s="2">
         <v>46375.0</v>
       </c>
       <c r="M10">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N10">
         <v>100.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>3.781421</v>
+        <v>1.450549</v>
       </c>
       <c r="Q10">
-        <v>103.281421</v>
+        <v>102.200549</v>
       </c>
       <c r="R10">
-        <v>105.281421</v>
+        <v>103.961549</v>
       </c>
       <c r="S10">
-        <v>99.5</v>
+        <v>100.75</v>
       </c>
       <c r="T10">
-        <v>101.5</v>
+        <v>102.511</v>
       </c>
       <c r="U10">
-        <v>8.514084</v>
+        <v>7.020975</v>
       </c>
       <c r="V10">
-        <v>6.464041</v>
+        <v>4.821263</v>
+      </c>
+      <c r="X10">
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45995.35537037</v>
+        <v>46071.542037037</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
+      <c r="F11">
+        <v>-0.66</v>
+      </c>
       <c r="G11">
-        <v>103.97541</v>
+        <v>102.184615</v>
+      </c>
+      <c r="H11">
+        <v>9196.61535</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.0</v>
       </c>
       <c r="K11" s="2">
         <v>45645.0</v>
       </c>
       <c r="L11" s="2">
         <v>46375.0</v>
       </c>
       <c r="M11">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N11">
         <v>100.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>3.759563</v>
+        <v>1.384615</v>
       </c>
       <c r="Q11">
-        <v>103.259563</v>
+        <v>102.134615</v>
       </c>
       <c r="R11">
-        <v>107.713163</v>
+        <v>102.184615</v>
       </c>
       <c r="S11">
-        <v>99.5</v>
+        <v>100.75</v>
       </c>
       <c r="T11">
-        <v>103.9536</v>
+        <v>100.8</v>
       </c>
       <c r="U11">
-        <v>8.512353</v>
+        <v>7.030794</v>
       </c>
       <c r="V11">
-        <v>4.040427</v>
+        <v>6.968084</v>
+      </c>
+      <c r="X11">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45994.355983796</v>
+        <v>46070.520972222</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
+      <c r="F12">
+        <v>0.28</v>
+      </c>
       <c r="G12">
-        <v>103.97541</v>
+        <v>102.862637</v>
+      </c>
+      <c r="H12">
+        <v>102.862637</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.0</v>
       </c>
       <c r="K12" s="2">
         <v>45645.0</v>
       </c>
       <c r="L12" s="2">
         <v>46375.0</v>
       </c>
       <c r="M12">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N12">
         <v>100.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>3.693989</v>
+        <v>1.362637</v>
       </c>
       <c r="Q12">
-        <v>103.193989</v>
+        <v>102.162637</v>
       </c>
       <c r="R12">
-        <v>107.647589</v>
+        <v>102.862637</v>
       </c>
       <c r="S12">
-        <v>99.5</v>
+        <v>100.8</v>
       </c>
       <c r="T12">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U12">
-        <v>8.507246</v>
+        <v>6.971523</v>
       </c>
       <c r="V12">
-        <v>4.069603</v>
+        <v>6.101565</v>
+      </c>
+      <c r="X12">
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45993.355497685</v>
+        <v>46069.354814815</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.0</v>
       </c>
       <c r="K13" s="2">
         <v>45645.0</v>
       </c>
       <c r="L13" s="2">
         <v>46375.0</v>
       </c>
       <c r="M13">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N13">
         <v>100.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>3.672131</v>
-[...17 lines deleted...]
-        <v>4.07923</v>
+        <v>1.340659</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45992.505393519</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.0</v>
       </c>
       <c r="K14" s="2">
         <v>45645.0</v>
       </c>
       <c r="L14" s="2">
         <v>46375.0</v>
       </c>
       <c r="M14">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N14">
         <v>100.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>3.650273</v>
+        <v>1.318681</v>
       </c>
       <c r="Q14">
-        <v>103.150273</v>
+        <v>102.118681</v>
       </c>
       <c r="R14">
-        <v>107.603873</v>
+        <v>102.818681</v>
       </c>
       <c r="S14">
-        <v>99.5</v>
+        <v>100.8</v>
       </c>
       <c r="T14">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U14">
-        <v>8.503913</v>
+        <v>6.978348</v>
       </c>
       <c r="V14">
-        <v>4.088808</v>
+        <v>6.113836</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45989.355740741</v>
+        <v>46065.355162037</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.0</v>
       </c>
       <c r="K15" s="2">
         <v>45645.0</v>
       </c>
       <c r="L15" s="2">
         <v>46375.0</v>
       </c>
       <c r="M15">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N15">
         <v>100.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>3.628415</v>
+        <v>1.296703</v>
       </c>
       <c r="Q15">
-        <v>104.128415</v>
+        <v>102.096703</v>
       </c>
       <c r="R15">
-        <v>107.582015</v>
+        <v>102.796703</v>
       </c>
       <c r="S15">
-        <v>100.5</v>
+        <v>100.8</v>
       </c>
       <c r="T15">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U15">
-        <v>7.488048</v>
+        <v>6.981736</v>
       </c>
       <c r="V15">
-        <v>4.098338</v>
+        <v>6.119919</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45988.355752315</v>
+        <v>46064.601898148</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.0</v>
       </c>
       <c r="K16" s="2">
         <v>45645.0</v>
       </c>
       <c r="L16" s="2">
         <v>46375.0</v>
       </c>
       <c r="M16">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N16">
         <v>100.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>3.606557</v>
+        <v>1.230769</v>
       </c>
       <c r="Q16">
-        <v>104.106557</v>
+        <v>102.030769</v>
       </c>
       <c r="R16">
-        <v>107.560157</v>
+        <v>102.730769</v>
       </c>
       <c r="S16">
-        <v>100.5</v>
+        <v>100.8</v>
       </c>
       <c r="T16">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U16">
-        <v>7.488997</v>
+        <v>6.991798</v>
       </c>
       <c r="V16">
-        <v>4.107821</v>
+        <v>6.137961</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45987.355520833</v>
+        <v>46063.355034722</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.0</v>
       </c>
       <c r="K17" s="2">
         <v>45645.0</v>
       </c>
       <c r="L17" s="2">
         <v>46375.0</v>
       </c>
       <c r="M17">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N17">
         <v>100.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>3.540984</v>
+        <v>1.208791</v>
       </c>
       <c r="Q17">
-        <v>104.040984</v>
+        <v>101.958791</v>
       </c>
       <c r="R17">
-        <v>107.494584</v>
+        <v>102.708791</v>
       </c>
       <c r="S17">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T17">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U17">
-        <v>7.49184</v>
+        <v>7.056281</v>
       </c>
       <c r="V17">
-        <v>4.135985</v>
+        <v>6.143907</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45986.355497685</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.0</v>
       </c>
       <c r="K18" s="2">
         <v>45645.0</v>
       </c>
       <c r="L18" s="2">
         <v>46375.0</v>
       </c>
       <c r="M18">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N18">
         <v>100.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>3.519126</v>
+        <v>1.186813</v>
       </c>
       <c r="Q18">
-        <v>104.019126</v>
+        <v>101.936813</v>
       </c>
       <c r="R18">
-        <v>107.472726</v>
+        <v>102.686813</v>
       </c>
       <c r="S18">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T18">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U18">
-        <v>7.492787</v>
+        <v>7.059399</v>
       </c>
       <c r="V18">
-        <v>4.145281</v>
+        <v>6.149819</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45985.355393519</v>
+        <v>46059.355104167</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>103.97541</v>
+        <v>102.576923</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.0</v>
       </c>
       <c r="K19" s="2">
         <v>45645.0</v>
       </c>
       <c r="L19" s="2">
         <v>46375.0</v>
       </c>
       <c r="M19">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N19">
         <v>100.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>3.497268</v>
+        <v>1.164835</v>
       </c>
       <c r="Q19">
-        <v>103.997268</v>
+        <v>101.914835</v>
       </c>
       <c r="R19">
-        <v>107.450868</v>
+        <v>102.664835</v>
       </c>
       <c r="S19">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T19">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U19">
-        <v>7.493733</v>
+        <v>7.062501</v>
       </c>
       <c r="V19">
-        <v>4.154531</v>
+        <v>6.155698</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45982.417673611</v>
+        <v>46058.355219907</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
-      <c r="F20">
-[...1 lines deleted...]
-      </c>
       <c r="G20">
-        <v>103.97541</v>
-[...2 lines deleted...]
-        <v>3639.13935</v>
+        <v>102.576923</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.0</v>
       </c>
       <c r="K20" s="2">
         <v>45645.0</v>
       </c>
       <c r="L20" s="2">
         <v>46375.0</v>
       </c>
       <c r="M20">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N20">
         <v>100.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>3.47541</v>
+        <v>1.142857</v>
       </c>
       <c r="Q20">
-        <v>103.97541</v>
+        <v>101.892857</v>
       </c>
       <c r="R20">
-        <v>107.42901</v>
+        <v>102.642857</v>
       </c>
       <c r="S20">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T20">
-        <v>103.9536</v>
+        <v>101.5</v>
       </c>
       <c r="U20">
-        <v>7.494679</v>
+        <v>7.06559</v>
       </c>
       <c r="V20">
-        <v>4.163736</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.161545</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45981.355185185</v>
+        <v>46057.61556713</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
+      <c r="F21">
+        <v>0.39</v>
+      </c>
       <c r="G21">
-        <v>103.647541</v>
+        <v>102.576923</v>
+      </c>
+      <c r="H21">
+        <v>21335.999984</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.0</v>
       </c>
       <c r="K21" s="2">
         <v>45645.0</v>
       </c>
       <c r="L21" s="2">
         <v>46375.0</v>
       </c>
       <c r="M21">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N21">
         <v>100.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>3.453552</v>
+        <v>1.076923</v>
       </c>
       <c r="Q21">
-        <v>103.953552</v>
+        <v>101.826923</v>
       </c>
       <c r="R21">
-        <v>104.953552</v>
+        <v>102.576923</v>
       </c>
       <c r="S21">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T21">
         <v>101.5</v>
       </c>
       <c r="U21">
-        <v>7.495624</v>
+        <v>7.074769</v>
       </c>
       <c r="V21">
-        <v>6.516254</v>
+        <v>6.178892</v>
+      </c>
+      <c r="X21">
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45980.355532407</v>
+        <v>46056.580277778</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
+      <c r="F22">
+        <v>-0.17</v>
+      </c>
       <c r="G22">
-        <v>103.647541</v>
+        <v>102.179945</v>
+      </c>
+      <c r="H22">
+        <v>54279.12085</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.0</v>
       </c>
       <c r="K22" s="2">
         <v>45645.0</v>
       </c>
       <c r="L22" s="2">
         <v>46375.0</v>
       </c>
       <c r="M22">
-        <v>406087</v>
+        <v>500000</v>
       </c>
       <c r="N22">
         <v>100.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>3.387978</v>
+        <v>1.054945</v>
       </c>
       <c r="Q22">
-        <v>103.887978</v>
+        <v>101.804945</v>
       </c>
       <c r="R22">
-        <v>104.887978</v>
+        <v>102.554945</v>
       </c>
       <c r="S22">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T22">
         <v>101.5</v>
       </c>
       <c r="U22">
-        <v>7.498457</v>
+        <v>7.0778</v>
       </c>
       <c r="V22">
-        <v>6.526314</v>
+        <v>6.184611</v>
+      </c>
+      <c r="X22">
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45979.355821759</v>
+        <v>46055.486944444</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.0</v>
       </c>
       <c r="K23" s="2">
         <v>45645.0</v>
       </c>
       <c r="L23" s="2">
         <v>46375.0</v>
       </c>
       <c r="M23">
         <v>406087</v>
       </c>
       <c r="N23">
         <v>100.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>3.36612</v>
+        <v>1.032967</v>
       </c>
       <c r="Q23">
-        <v>103.86612</v>
+        <v>101.782967</v>
       </c>
       <c r="R23">
-        <v>104.86612</v>
+        <v>102.532967</v>
       </c>
       <c r="S23">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T23">
         <v>101.5</v>
       </c>
       <c r="U23">
-        <v>7.4994</v>
+        <v>7.080818</v>
       </c>
       <c r="V23">
-        <v>6.52964</v>
+        <v>6.190299</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45978.356261574</v>
+        <v>46052.355266204</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.0</v>
       </c>
       <c r="K24" s="2">
         <v>45645.0</v>
       </c>
       <c r="L24" s="2">
         <v>46375.0</v>
       </c>
       <c r="M24">
         <v>406087</v>
       </c>
       <c r="N24">
         <v>100.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>3.344262</v>
+        <v>1.010989</v>
       </c>
       <c r="Q24">
-        <v>103.844262</v>
+        <v>101.760989</v>
       </c>
       <c r="R24">
-        <v>104.844262</v>
+        <v>102.510989</v>
       </c>
       <c r="S24">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T24">
         <v>101.5</v>
       </c>
       <c r="U24">
-        <v>7.500342</v>
+        <v>7.083821</v>
       </c>
       <c r="V24">
-        <v>6.532953</v>
+        <v>6.195956</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45975.355381944</v>
+        <v>46051.355266204</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.0</v>
       </c>
       <c r="K25" s="2">
         <v>45645.0</v>
       </c>
       <c r="L25" s="2">
         <v>46375.0</v>
       </c>
       <c r="M25">
         <v>406087</v>
       </c>
       <c r="N25">
         <v>100.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>3.322404</v>
+        <v>0.989011</v>
       </c>
       <c r="Q25">
-        <v>103.922404</v>
+        <v>101.739011</v>
       </c>
       <c r="R25">
-        <v>104.822404</v>
+        <v>102.489011</v>
       </c>
       <c r="S25">
-        <v>100.6</v>
+        <v>100.75</v>
       </c>
       <c r="T25">
         <v>101.5</v>
       </c>
       <c r="U25">
-        <v>7.404142</v>
+        <v>7.086812</v>
       </c>
       <c r="V25">
-        <v>6.536252</v>
+        <v>6.201582</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45974.355833333</v>
+        <v>46050.35556713</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.0</v>
       </c>
       <c r="K26" s="2">
         <v>45645.0</v>
       </c>
       <c r="L26" s="2">
         <v>46375.0</v>
       </c>
       <c r="M26">
         <v>406087</v>
       </c>
       <c r="N26">
         <v>100.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>3.300546</v>
+        <v>0.923077</v>
       </c>
       <c r="Q26">
-        <v>103.900546</v>
+        <v>101.673077</v>
       </c>
       <c r="R26">
-        <v>104.800546</v>
+        <v>102.423077</v>
       </c>
       <c r="S26">
-        <v>100.6</v>
+        <v>100.75</v>
       </c>
       <c r="T26">
         <v>101.5</v>
       </c>
       <c r="U26">
-        <v>7.40532</v>
+        <v>7.095703</v>
       </c>
       <c r="V26">
-        <v>6.539539</v>
+        <v>6.21828</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45973.494247685</v>
+        <v>46049.355486111</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.0</v>
       </c>
       <c r="K27" s="2">
         <v>45645.0</v>
       </c>
       <c r="L27" s="2">
         <v>46375.0</v>
       </c>
       <c r="M27">
         <v>406087</v>
       </c>
       <c r="N27">
         <v>100.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>3.234973</v>
+        <v>0.901099</v>
       </c>
       <c r="Q27">
-        <v>103.834973</v>
+        <v>101.651099</v>
       </c>
       <c r="R27">
-        <v>104.734973</v>
+        <v>102.401099</v>
       </c>
       <c r="S27">
-        <v>100.6</v>
+        <v>100.75</v>
       </c>
       <c r="T27">
         <v>101.5</v>
       </c>
       <c r="U27">
-        <v>7.408843</v>
+        <v>7.09864</v>
       </c>
       <c r="V27">
-        <v>6.54932</v>
+        <v>6.223787</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45972.356030093</v>
+        <v>46048.489606481</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>103.647541</v>
+        <v>102.357143</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.0</v>
       </c>
       <c r="K28" s="2">
         <v>45645.0</v>
       </c>
       <c r="L28" s="2">
         <v>46375.0</v>
       </c>
       <c r="M28">
         <v>406087</v>
       </c>
       <c r="N28">
         <v>100.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>3.213115</v>
+        <v>0.879121</v>
       </c>
       <c r="Q28">
-        <v>103.713115</v>
+        <v>101.85</v>
       </c>
       <c r="R28">
-        <v>104.713115</v>
+        <v>102.379121</v>
       </c>
       <c r="S28">
-        <v>100.5</v>
+        <v>100.970879</v>
       </c>
       <c r="T28">
         <v>101.5</v>
       </c>
       <c r="U28">
-        <v>7.505984</v>
+        <v>6.843609</v>
       </c>
       <c r="V28">
-        <v>6.552556</v>
+        <v>6.229265</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45971.356087963</v>
+        <v>46045.6209375</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
+      <c r="F29">
+        <v>0.09</v>
+      </c>
       <c r="G29">
-        <v>103.647541</v>
+        <v>102.357143</v>
+      </c>
+      <c r="H29">
+        <v>102.357143</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.0</v>
       </c>
       <c r="K29" s="2">
         <v>45645.0</v>
       </c>
       <c r="L29" s="2">
         <v>46375.0</v>
       </c>
       <c r="M29">
         <v>406087</v>
       </c>
       <c r="N29">
         <v>100.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>3.191257</v>
+        <v>0.857143</v>
       </c>
       <c r="Q29">
-        <v>103.691257</v>
+        <v>101.607143</v>
       </c>
       <c r="R29">
-        <v>104.691257</v>
+        <v>102.357143</v>
       </c>
       <c r="S29">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T29">
         <v>101.5</v>
       </c>
       <c r="U29">
-        <v>7.506923</v>
+        <v>7.104476</v>
       </c>
       <c r="V29">
-        <v>6.555779</v>
+        <v>6.234714</v>
+      </c>
+      <c r="X29">
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45968.355752315</v>
+        <v>46044.356076389</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>103.647541</v>
+        <v>102.269231</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.0</v>
       </c>
       <c r="K30" s="2">
         <v>45645.0</v>
       </c>
       <c r="L30" s="2">
         <v>46375.0</v>
       </c>
       <c r="M30">
         <v>406087</v>
       </c>
       <c r="N30">
         <v>100.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>3.169399</v>
+        <v>0.835165</v>
       </c>
       <c r="Q30">
-        <v>103.669399</v>
+        <v>101.585165</v>
       </c>
       <c r="R30">
-        <v>104.669399</v>
+        <v>102.335165</v>
       </c>
       <c r="S30">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T30">
         <v>101.5</v>
       </c>
       <c r="U30">
-        <v>7.507862</v>
+        <v>7.107375</v>
       </c>
       <c r="V30">
-        <v>6.558989</v>
+        <v>6.240134</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45967.494803241</v>
+        <v>46043.569837963</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
-        <v>0.27</v>
+        <v>0.07</v>
       </c>
       <c r="G31">
-        <v>103.647541</v>
+        <v>102.269231</v>
       </c>
       <c r="H31">
-        <v>17827.377052</v>
+        <v>32314.076996</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.0</v>
       </c>
       <c r="K31" s="2">
         <v>45645.0</v>
       </c>
       <c r="L31" s="2">
         <v>46375.0</v>
       </c>
       <c r="M31">
         <v>406087</v>
       </c>
       <c r="N31">
         <v>100.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>3.147541</v>
+        <v>0.769231</v>
       </c>
       <c r="Q31">
-        <v>103.647541</v>
+        <v>101.519231</v>
       </c>
       <c r="R31">
-        <v>104.647541</v>
+        <v>102.269231</v>
       </c>
       <c r="S31">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T31">
         <v>101.5</v>
       </c>
       <c r="U31">
-        <v>7.508799</v>
+        <v>7.115997</v>
       </c>
       <c r="V31">
-        <v>6.562187</v>
+        <v>6.256226</v>
       </c>
       <c r="X31">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45966.355752315</v>
+        <v>46042.465266204</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
+      <c r="F32">
+        <v>-0.02</v>
+      </c>
       <c r="G32">
-        <v>103.363388</v>
+        <v>102.2</v>
+      </c>
+      <c r="H32">
+        <v>102.2</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.0</v>
       </c>
       <c r="K32" s="2">
         <v>45645.0</v>
       </c>
       <c r="L32" s="2">
         <v>46375.0</v>
       </c>
       <c r="M32">
         <v>406087</v>
       </c>
       <c r="N32">
         <v>100.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>3.081967</v>
+        <v>0.747253</v>
       </c>
       <c r="Q32">
-        <v>102.581967</v>
+        <v>101.497253</v>
       </c>
       <c r="R32">
-        <v>103.581967</v>
+        <v>102.2</v>
       </c>
       <c r="S32">
-        <v>99.5</v>
+        <v>100.75</v>
       </c>
       <c r="T32">
-        <v>100.5</v>
+        <v>101.452747</v>
       </c>
       <c r="U32">
-        <v>8.465335</v>
+        <v>7.118846</v>
       </c>
       <c r="V32">
-        <v>7.51161</v>
+        <v>6.315256</v>
+      </c>
+      <c r="X32">
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45965.542013889</v>
+        <v>46041.553668981</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
+      <c r="F33">
+        <v>1.64</v>
+      </c>
       <c r="G33">
-        <v>103.363388</v>
+        <v>102.225275</v>
+      </c>
+      <c r="H33">
+        <v>6133.5165</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.0</v>
       </c>
       <c r="K33" s="2">
         <v>45645.0</v>
       </c>
       <c r="L33" s="2">
         <v>46375.0</v>
       </c>
       <c r="M33">
         <v>406087</v>
       </c>
       <c r="N33">
         <v>100.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>3.060109</v>
+        <v>0.725275</v>
       </c>
       <c r="Q33">
-        <v>102.560109</v>
+        <v>102.01</v>
       </c>
       <c r="R33">
-        <v>103.560109</v>
+        <v>102.225275</v>
       </c>
       <c r="S33">
-        <v>99.5</v>
+        <v>101.284725</v>
       </c>
       <c r="T33">
-        <v>100.5</v>
+        <v>101.5</v>
       </c>
       <c r="U33">
-        <v>8.464014</v>
+        <v>6.51118</v>
       </c>
       <c r="V33">
-        <v>7.512546</v>
+        <v>6.266816</v>
+      </c>
+      <c r="X33">
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45964.528333333</v>
+        <v>46038.417708333</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>103.363388</v>
+        <v>100.571429</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.0</v>
       </c>
       <c r="K34" s="2">
         <v>45645.0</v>
       </c>
       <c r="L34" s="2">
         <v>46375.0</v>
       </c>
       <c r="M34">
         <v>406087</v>
       </c>
       <c r="N34">
         <v>100.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>3.038251</v>
+        <v>0.703297</v>
       </c>
       <c r="Q34">
-        <v>102.538251</v>
+        <v>102.01</v>
       </c>
       <c r="R34">
-        <v>104.538251</v>
+        <v>104.656897</v>
       </c>
       <c r="S34">
-        <v>99.5</v>
+        <v>101.306703</v>
       </c>
       <c r="T34">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U34">
-        <v>8.462705</v>
+        <v>6.490827</v>
       </c>
       <c r="V34">
-        <v>6.577995</v>
+        <v>3.550678</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45961.355520833</v>
+        <v>46037.424236111</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
-        <v>103.363388</v>
+        <v>100.571429</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.0</v>
       </c>
       <c r="K35" s="2">
         <v>45645.0</v>
       </c>
       <c r="L35" s="2">
         <v>46375.0</v>
       </c>
       <c r="M35">
         <v>406087</v>
       </c>
       <c r="N35">
         <v>100.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>3.016393</v>
+        <v>0.681319</v>
       </c>
       <c r="Q35">
-        <v>103.016393</v>
+        <v>102.01</v>
       </c>
       <c r="R35">
-        <v>104.516393</v>
+        <v>104.634919</v>
       </c>
       <c r="S35">
-        <v>100.0</v>
+        <v>101.328681</v>
       </c>
       <c r="T35">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U35">
-        <v>7.986179</v>
+        <v>6.470601</v>
       </c>
       <c r="V35">
-        <v>6.581121</v>
+        <v>3.563552</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45960.35556713</v>
+        <v>46036.417766204</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
-        <v>103.363388</v>
+        <v>100.571429</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.0</v>
       </c>
       <c r="K36" s="2">
         <v>45645.0</v>
       </c>
       <c r="L36" s="2">
         <v>46375.0</v>
       </c>
       <c r="M36">
         <v>406087</v>
       </c>
       <c r="N36">
         <v>100.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>2.994536</v>
+        <v>0.615385</v>
       </c>
       <c r="Q36">
-        <v>103.494536</v>
+        <v>102.01</v>
       </c>
       <c r="R36">
-        <v>104.494536</v>
+        <v>104.568985</v>
       </c>
       <c r="S36">
-        <v>100.5</v>
+        <v>101.394615</v>
       </c>
       <c r="T36">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U36">
-        <v>7.51535</v>
+        <v>6.410672</v>
       </c>
       <c r="V36">
-        <v>6.584234</v>
+        <v>3.601738</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45959.355405093</v>
+        <v>46035.418414352</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>103.363388</v>
+        <v>100.571429</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.0</v>
       </c>
       <c r="K37" s="2">
         <v>45645.0</v>
       </c>
       <c r="L37" s="2">
         <v>46375.0</v>
       </c>
       <c r="M37">
         <v>406087</v>
       </c>
       <c r="N37">
         <v>100.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>2.928962</v>
+        <v>0.593407</v>
       </c>
       <c r="Q37">
-        <v>103.428962</v>
+        <v>102.01</v>
       </c>
       <c r="R37">
-        <v>104.428962</v>
+        <v>104.547007</v>
       </c>
       <c r="S37">
-        <v>100.5</v>
+        <v>101.416593</v>
       </c>
       <c r="T37">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U37">
-        <v>7.518151</v>
+        <v>6.390941</v>
       </c>
       <c r="V37">
-        <v>6.593507</v>
+        <v>3.614324</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45958.355717593</v>
+        <v>46034.494131944</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
+      <c r="F38">
+        <v>-0.86</v>
+      </c>
       <c r="G38">
-        <v>103.363388</v>
+        <v>100.571429</v>
+      </c>
+      <c r="H38">
+        <v>1005.71429</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.0</v>
       </c>
       <c r="K38" s="2">
         <v>45645.0</v>
       </c>
       <c r="L38" s="2">
         <v>46375.0</v>
       </c>
       <c r="M38">
         <v>406087</v>
       </c>
       <c r="N38">
         <v>100.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>2.907104</v>
+        <v>0.571429</v>
       </c>
       <c r="Q38">
-        <v>103.407104</v>
+        <v>100.571429</v>
       </c>
       <c r="R38">
-        <v>104.407104</v>
+        <v>104.525029</v>
       </c>
       <c r="S38">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T38">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U38">
-        <v>7.519084</v>
+        <v>7.989128</v>
       </c>
       <c r="V38">
-        <v>6.596575</v>
+        <v>3.62684</v>
+      </c>
+      <c r="X38">
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45957.355358796</v>
+        <v>46031.532881944</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="G39">
-        <v>103.363388</v>
+        <v>101.43956</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.0</v>
       </c>
       <c r="K39" s="2">
         <v>45645.0</v>
       </c>
       <c r="L39" s="2">
         <v>46375.0</v>
       </c>
       <c r="M39">
         <v>406087</v>
       </c>
       <c r="N39">
         <v>100.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>2.885246</v>
+        <v>0.549451</v>
       </c>
       <c r="Q39">
-        <v>103.385246</v>
+        <v>99.549451</v>
       </c>
       <c r="R39">
-        <v>104.385246</v>
+        <v>100.549451</v>
       </c>
       <c r="S39">
-        <v>100.5</v>
+        <v>99.0</v>
       </c>
       <c r="T39">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="U39">
-        <v>7.520017</v>
+        <v>9.132329</v>
       </c>
       <c r="V39">
-        <v>6.599632</v>
+        <v>7.989509</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45954.666273148</v>
+        <v>46030.35556713</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
-      <c r="F40">
-[...1 lines deleted...]
-      </c>
       <c r="G40">
-        <v>103.363388</v>
-[...2 lines deleted...]
-        <v>295929.379844</v>
+        <v>101.43956</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.0</v>
       </c>
       <c r="K40" s="2">
         <v>45645.0</v>
       </c>
       <c r="L40" s="2">
         <v>46375.0</v>
       </c>
       <c r="M40">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N40">
         <v>100.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>2.863388</v>
+        <v>0.527473</v>
       </c>
       <c r="Q40">
-        <v>103.363388</v>
+        <v>99.527473</v>
       </c>
       <c r="R40">
-        <v>104.363388</v>
+        <v>104.481073</v>
       </c>
       <c r="S40">
-        <v>100.5</v>
+        <v>99.0</v>
       </c>
       <c r="T40">
-        <v>101.5</v>
+        <v>103.9536</v>
       </c>
       <c r="U40">
-        <v>7.520949</v>
+        <v>9.129525</v>
       </c>
       <c r="V40">
-        <v>6.602678</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3.651663</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45953.63837963</v>
+        <v>46029.355347222</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
       <c r="G41">
-        <v>103.34153</v>
-[...2 lines deleted...]
-        <v>206683.06</v>
+        <v>101.43956</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.0</v>
       </c>
       <c r="K41" s="2">
         <v>45645.0</v>
       </c>
       <c r="L41" s="2">
         <v>46375.0</v>
       </c>
       <c r="M41">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N41">
         <v>100.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>2.84153</v>
+        <v>0.461538</v>
       </c>
       <c r="Q41">
-        <v>103.34153</v>
+        <v>99.461538</v>
       </c>
       <c r="R41">
-        <v>103.59153</v>
+        <v>104.415138</v>
       </c>
       <c r="S41">
-        <v>100.5</v>
+        <v>99.0</v>
       </c>
       <c r="T41">
-        <v>100.75</v>
+        <v>103.9536</v>
       </c>
       <c r="U41">
-        <v>7.52188</v>
+        <v>9.121247</v>
       </c>
       <c r="V41">
-        <v>7.291598</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3.688388</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45952.532800926</v>
+        <v>46028.612175926</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="F42">
-        <v>-0.22</v>
+        <v>0.04</v>
       </c>
       <c r="G42">
-        <v>103.275956</v>
+        <v>101.43956</v>
       </c>
       <c r="H42">
-        <v>1032.75956</v>
+        <v>16230.3296</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.0</v>
       </c>
       <c r="K42" s="2">
         <v>45645.0</v>
       </c>
       <c r="L42" s="2">
         <v>46375.0</v>
       </c>
       <c r="M42">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N42">
         <v>100.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>2.775956</v>
+        <v>0.43956</v>
       </c>
       <c r="Q42">
-        <v>103.275956</v>
+        <v>99.43956</v>
       </c>
       <c r="R42">
-        <v>103.525956</v>
+        <v>104.39316</v>
       </c>
       <c r="S42">
-        <v>100.5</v>
+        <v>99.0</v>
       </c>
       <c r="T42">
-        <v>100.75</v>
+        <v>103.9536</v>
       </c>
       <c r="U42">
-        <v>7.524673</v>
+        <v>9.118532</v>
       </c>
       <c r="V42">
-        <v>7.295963</v>
+        <v>3.700495</v>
       </c>
       <c r="X42">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45951.60875</v>
+        <v>46027.477974537</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
-      <c r="F43">
-[...1 lines deleted...]
-      </c>
       <c r="G43">
-        <v>103.504098</v>
-[...2 lines deleted...]
-        <v>14180.061426</v>
+        <v>101.395604</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.0</v>
       </c>
       <c r="K43" s="2">
         <v>45645.0</v>
       </c>
       <c r="L43" s="2">
         <v>46375.0</v>
       </c>
       <c r="M43">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N43">
         <v>100.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>2.754098</v>
+        <v>0.417582</v>
       </c>
       <c r="Q43">
-        <v>103.254098</v>
+        <v>99.417582</v>
       </c>
       <c r="R43">
-        <v>103.504098</v>
+        <v>101.417582</v>
       </c>
       <c r="S43">
-        <v>100.5</v>
+        <v>99.0</v>
       </c>
       <c r="T43">
-        <v>100.75</v>
+        <v>101.0</v>
       </c>
       <c r="U43">
-        <v>7.525603</v>
+        <v>9.115837</v>
       </c>
       <c r="V43">
-        <v>7.297412</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>6.885095</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45950.619571759</v>
+        <v>46024.572719907</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
+      <c r="F44">
+        <v>0.83</v>
+      </c>
       <c r="G44">
-        <v>103.610383</v>
+        <v>101.395604</v>
+      </c>
+      <c r="H44">
+        <v>202.791208</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.0</v>
       </c>
       <c r="K44" s="2">
         <v>45645.0</v>
       </c>
       <c r="L44" s="2">
         <v>46375.0</v>
       </c>
       <c r="M44">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N44">
         <v>100.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>2.73224</v>
-[...2 lines deleted...]
-        <v>103.23224</v>
+        <v>0.395604</v>
       </c>
       <c r="R44">
-        <v>103.48224</v>
-[...2 lines deleted...]
-        <v>100.5</v>
+        <v>101.395604</v>
       </c>
       <c r="T44">
-        <v>100.75</v>
-[...2 lines deleted...]
-        <v>7.526532</v>
+        <v>101.0</v>
       </c>
       <c r="V44">
-        <v>7.298858</v>
+        <v>6.888512</v>
+      </c>
+      <c r="X44">
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45947.666678241</v>
+        <v>46021.663113426</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="F45">
-        <v>-0.79</v>
+        <v>-0.9</v>
       </c>
       <c r="G45">
-        <v>103.610383</v>
+        <v>100.557692</v>
       </c>
       <c r="H45">
-        <v>103506.772617</v>
+        <v>1608.923072</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.0</v>
       </c>
       <c r="K45" s="2">
         <v>45645.0</v>
       </c>
       <c r="L45" s="2">
         <v>46375.0</v>
       </c>
       <c r="M45">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N45">
         <v>100.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>2.710383</v>
+        <v>0.307692</v>
+      </c>
+      <c r="Q45">
+        <v>100.607692</v>
+      </c>
+      <c r="R45">
+        <v>101.307692</v>
+      </c>
+      <c r="S45">
+        <v>100.3</v>
+      </c>
+      <c r="T45">
+        <v>101.0</v>
+      </c>
+      <c r="U45">
+        <v>7.664588</v>
+      </c>
+      <c r="V45">
+        <v>6.902031</v>
       </c>
       <c r="X45">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45946.666678241</v>
+        <v>46020.59224537</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
-      <c r="F46">
-[...1 lines deleted...]
-      </c>
       <c r="G46">
-        <v>104.438525</v>
-[...2 lines deleted...]
-        <v>1044.38525</v>
+        <v>101.46978</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.0</v>
       </c>
       <c r="K46" s="2">
         <v>45645.0</v>
       </c>
       <c r="L46" s="2">
         <v>46375.0</v>
       </c>
       <c r="M46">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N46">
         <v>100.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>2.688525</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.263736</v>
+      </c>
+      <c r="Q46">
+        <v>100.513736</v>
+      </c>
+      <c r="R46">
+        <v>101.263736</v>
+      </c>
+      <c r="S46">
+        <v>100.25</v>
+      </c>
+      <c r="T46">
+        <v>101.0</v>
+      </c>
+      <c r="U46">
+        <v>7.721676</v>
+      </c>
+      <c r="V46">
+        <v>6.908705</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45945.666666667</v>
+        <v>46014.506365741</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="F47">
-        <v>0.05</v>
+        <v>1.11</v>
       </c>
       <c r="G47">
-        <v>103.522951</v>
+        <v>101.46978</v>
       </c>
       <c r="H47">
-        <v>103.522951</v>
+        <v>101.46978</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.0</v>
       </c>
       <c r="K47" s="2">
         <v>45645.0</v>
       </c>
       <c r="L47" s="2">
         <v>46375.0</v>
       </c>
       <c r="M47">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N47">
         <v>100.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>2.622951</v>
+        <v>0.21978</v>
+      </c>
+      <c r="Q47">
+        <v>100.46978</v>
+      </c>
+      <c r="R47">
+        <v>101.46978</v>
+      </c>
+      <c r="S47">
+        <v>100.25</v>
+      </c>
+      <c r="T47">
+        <v>101.25</v>
+      </c>
+      <c r="U47">
+        <v>7.723978</v>
+      </c>
+      <c r="V47">
+        <v>6.64781</v>
       </c>
       <c r="X47">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45944.666666667</v>
+        <v>46013.426724537</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
+      <c r="F48">
+        <v>-3.48</v>
+      </c>
       <c r="G48">
-        <v>103.469945</v>
+        <v>100.35989</v>
+      </c>
+      <c r="H48">
+        <v>4014.3956</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.0</v>
       </c>
       <c r="K48" s="2">
         <v>45645.0</v>
       </c>
       <c r="L48" s="2">
         <v>46375.0</v>
       </c>
       <c r="M48">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N48">
         <v>100.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>2.601093</v>
+        <v>0.10989</v>
+      </c>
+      <c r="Q48">
+        <v>100.35989</v>
+      </c>
+      <c r="R48">
+        <v>101.35989</v>
+      </c>
+      <c r="S48">
+        <v>100.25</v>
+      </c>
+      <c r="T48">
+        <v>101.25</v>
+      </c>
+      <c r="U48">
+        <v>7.729708</v>
+      </c>
+      <c r="V48">
+        <v>6.667602</v>
+      </c>
+      <c r="X48">
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45943.666724537</v>
+        <v>46010.355717593</v>
       </c>
       <c r="B49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>103.469945</v>
+        <v>103.97541</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>8.0</v>
       </c>
       <c r="K49" s="2">
         <v>45645.0</v>
       </c>
       <c r="L49" s="2">
         <v>46375.0</v>
       </c>
       <c r="M49">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N49">
         <v>100.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
+      </c>
+      <c r="P49">
+        <v>0.087912</v>
+      </c>
+      <c r="Q49">
+        <v>100.337912</v>
+      </c>
+      <c r="R49">
+        <v>101.337912</v>
+      </c>
+      <c r="S49">
+        <v>100.25</v>
+      </c>
+      <c r="T49">
+        <v>101.25</v>
+      </c>
+      <c r="U49">
+        <v>7.73085</v>
+      </c>
+      <c r="V49">
+        <v>6.671509</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45940.66625</v>
+        <v>46009.35587963</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="G50">
-        <v>103.469945</v>
+        <v>103.97541</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>8.0</v>
       </c>
       <c r="K50" s="2">
         <v>45645.0</v>
       </c>
       <c r="L50" s="2">
         <v>46375.0</v>
       </c>
       <c r="M50">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N50">
         <v>100.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>2.557377</v>
+        <v>0.065934</v>
       </c>
       <c r="Q50">
-        <v>102.557377</v>
+        <v>100.315934</v>
+      </c>
+      <c r="R50">
+        <v>101.315934</v>
       </c>
       <c r="S50">
-        <v>100.0</v>
+        <v>100.25</v>
+      </c>
+      <c r="T50">
+        <v>101.25</v>
+      </c>
+      <c r="U50">
+        <v>7.73199</v>
+      </c>
+      <c r="V50">
+        <v>6.675398</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45939.416701389</v>
+        <v>46008.355555556</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>103.469945</v>
+        <v>103.97541</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>8.0</v>
       </c>
       <c r="K51" s="2">
         <v>45645.0</v>
       </c>
       <c r="L51" s="2">
         <v>46375.0</v>
       </c>
       <c r="M51">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N51">
         <v>100.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
-      <c r="P51">
-[...1 lines deleted...]
-      </c>
       <c r="Q51">
-        <v>103.035519</v>
+        <v>100.25</v>
       </c>
       <c r="R51">
-        <v>104.785519</v>
-[...5 lines deleted...]
-        <v>102.25</v>
+        <v>101.25</v>
+      </c>
+      <c r="U51">
+        <v>7.735404</v>
+      </c>
+      <c r="V51">
+        <v>6.686966</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45938.486226852</v>
+        <v>46007.355532407</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
-      <c r="F52">
-[...1 lines deleted...]
-      </c>
       <c r="G52">
-        <v>103.469945</v>
-[...2 lines deleted...]
-        <v>98917.26742</v>
+        <v>103.97541</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>8.0</v>
       </c>
       <c r="K52" s="2">
         <v>45645.0</v>
       </c>
       <c r="L52" s="2">
         <v>46375.0</v>
       </c>
       <c r="M52">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N52">
         <v>100.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>2.469945</v>
+        <v>-0.021858</v>
       </c>
       <c r="Q52">
-        <v>102.969945</v>
+        <v>100.228142</v>
       </c>
       <c r="R52">
-        <v>104.0</v>
+        <v>101.228142</v>
       </c>
       <c r="S52">
-        <v>100.5</v>
+        <v>100.25</v>
       </c>
       <c r="T52">
-        <v>101.530055</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.25</v>
+      </c>
+      <c r="U52">
+        <v>7.736534</v>
+      </c>
+      <c r="V52">
+        <v>6.690768</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45937.516400463</v>
+        <v>46006.355335648</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
-      <c r="F53">
-[...1 lines deleted...]
-      </c>
       <c r="G53">
-        <v>103.448087</v>
-[...2 lines deleted...]
-        <v>3413.786871</v>
+        <v>103.97541</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>8.0</v>
       </c>
       <c r="K53" s="2">
         <v>45645.0</v>
       </c>
       <c r="L53" s="2">
         <v>46375.0</v>
       </c>
       <c r="M53">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N53">
         <v>100.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>2.448087</v>
+        <v>-0.043716</v>
       </c>
       <c r="Q53">
-        <v>103.448087</v>
+        <v>100.206284</v>
       </c>
       <c r="R53">
-        <v>104.0</v>
+        <v>101.206284</v>
       </c>
       <c r="S53">
-        <v>101.0</v>
+        <v>100.25</v>
       </c>
       <c r="T53">
-        <v>101.551913</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.25</v>
+      </c>
+      <c r="U53">
+        <v>7.737662</v>
+      </c>
+      <c r="V53">
+        <v>6.694554</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45936.626875</v>
+        <v>46003.355509259</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
-      <c r="F54">
-[...1 lines deleted...]
-      </c>
       <c r="G54">
-        <v>103.42623</v>
-[...2 lines deleted...]
-        <v>6545.40353</v>
+        <v>103.97541</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>8.0</v>
       </c>
       <c r="K54" s="2">
         <v>45645.0</v>
       </c>
       <c r="L54" s="2">
         <v>46375.0</v>
       </c>
       <c r="M54">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N54">
         <v>100.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>2.42623</v>
+        <v>-0.065574</v>
       </c>
       <c r="Q54">
-        <v>103.42623</v>
+        <v>100.684426</v>
       </c>
       <c r="R54">
-        <v>104.0</v>
+        <v>101.184426</v>
       </c>
       <c r="S54">
-        <v>101.0</v>
+        <v>100.75</v>
       </c>
       <c r="T54">
-        <v>101.57377</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.25</v>
+      </c>
+      <c r="U54">
+        <v>7.2166</v>
+      </c>
+      <c r="V54">
+        <v>6.698324</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45933.417777778</v>
+        <v>46002.355613426</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
-        <v>102.81694</v>
+        <v>103.97541</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>8.0</v>
       </c>
       <c r="K55" s="2">
         <v>45645.0</v>
       </c>
       <c r="L55" s="2">
         <v>46375.0</v>
       </c>
       <c r="M55">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N55">
         <v>100.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>2.404372</v>
+        <v>3.912568</v>
       </c>
       <c r="Q55">
-        <v>104.0</v>
+        <v>104.662568</v>
+      </c>
+      <c r="R55">
+        <v>105.162568</v>
       </c>
       <c r="S55">
-        <v>101.595628</v>
+        <v>100.75</v>
+      </c>
+      <c r="T55">
+        <v>101.25</v>
+      </c>
+      <c r="U55">
+        <v>7.215831</v>
+      </c>
+      <c r="V55">
+        <v>6.699113</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45932.417719907</v>
+        <v>46001.355509259</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="G56">
-        <v>102.81694</v>
+        <v>103.97541</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>8.0</v>
       </c>
       <c r="K56" s="2">
         <v>45645.0</v>
       </c>
       <c r="L56" s="2">
         <v>46375.0</v>
       </c>
       <c r="M56">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N56">
         <v>100.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>2.382514</v>
+        <v>3.846995</v>
       </c>
       <c r="Q56">
-        <v>104.0</v>
+        <v>104.596995</v>
       </c>
       <c r="R56">
-        <v>104.832514</v>
+        <v>105.096995</v>
       </c>
       <c r="S56">
-        <v>101.617486</v>
+        <v>100.75</v>
       </c>
       <c r="T56">
-        <v>102.45</v>
+        <v>101.25</v>
+      </c>
+      <c r="U56">
+        <v>7.220748</v>
+      </c>
+      <c r="V56">
+        <v>6.70809</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45931.480625</v>
+        <v>46000.611261574</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
-      <c r="F57">
-[...1 lines deleted...]
-      </c>
       <c r="G57">
-        <v>102.81694</v>
-[...2 lines deleted...]
-        <v>30845.082</v>
+        <v>103.97541</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>8.0</v>
       </c>
       <c r="K57" s="2">
         <v>45645.0</v>
       </c>
       <c r="L57" s="2">
         <v>46375.0</v>
       </c>
       <c r="M57">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N57">
         <v>100.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>2.31694</v>
+        <v>3.825137</v>
       </c>
       <c r="Q57">
-        <v>102.81694</v>
+        <v>104.575137</v>
       </c>
       <c r="R57">
-        <v>104.76694</v>
+        <v>105.075137</v>
       </c>
       <c r="S57">
-        <v>100.5</v>
+        <v>100.75</v>
       </c>
       <c r="T57">
-        <v>102.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.25</v>
+      </c>
+      <c r="U57">
+        <v>7.222378</v>
+      </c>
+      <c r="V57">
+        <v>6.711058</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45930.416701389</v>
+        <v>45999.454236111</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="G58">
-        <v>103.001366</v>
+        <v>103.97541</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>8.0</v>
       </c>
       <c r="K58" s="2">
         <v>45645.0</v>
       </c>
       <c r="L58" s="2">
         <v>46375.0</v>
       </c>
       <c r="M58">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N58">
         <v>100.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>2.295082</v>
+        <v>3.803279</v>
       </c>
       <c r="Q58">
-        <v>103.295082</v>
+        <v>104.553279</v>
       </c>
       <c r="R58">
-        <v>104.745082</v>
+        <v>105.303279</v>
       </c>
       <c r="S58">
-        <v>101.0</v>
+        <v>100.75</v>
       </c>
       <c r="T58">
-        <v>102.45</v>
+        <v>101.5</v>
+      </c>
+      <c r="U58">
+        <v>7.224003</v>
+      </c>
+      <c r="V58">
+        <v>6.46044</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45929.446851852</v>
+        <v>45996.466087963</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>103.001366</v>
+        <v>103.97541</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>8.0</v>
       </c>
       <c r="K59" s="2">
         <v>45645.0</v>
       </c>
       <c r="L59" s="2">
         <v>46375.0</v>
       </c>
       <c r="M59">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N59">
         <v>100.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>2.273224</v>
+        <v>3.781421</v>
       </c>
       <c r="Q59">
-        <v>103.273224</v>
+        <v>103.281421</v>
       </c>
       <c r="R59">
-        <v>104.723224</v>
+        <v>105.281421</v>
       </c>
       <c r="S59">
-        <v>101.0</v>
+        <v>99.5</v>
       </c>
       <c r="T59">
-        <v>102.45</v>
+        <v>101.5</v>
+      </c>
+      <c r="U59">
+        <v>8.514084</v>
+      </c>
+      <c r="V59">
+        <v>6.464041</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45926.498935185</v>
+        <v>45995.35537037</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
-      <c r="F60">
-[...1 lines deleted...]
-      </c>
       <c r="G60">
-        <v>103.001366</v>
-[...2 lines deleted...]
-        <v>16583.219926</v>
+        <v>103.97541</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>8.0</v>
       </c>
       <c r="K60" s="2">
         <v>45645.0</v>
       </c>
       <c r="L60" s="2">
         <v>46375.0</v>
       </c>
       <c r="M60">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N60">
         <v>100.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>2.251366</v>
+        <v>3.759563</v>
       </c>
       <c r="Q60">
-        <v>102.751366</v>
+        <v>103.259563</v>
       </c>
       <c r="R60">
-        <v>104.701366</v>
+        <v>107.713163</v>
       </c>
       <c r="S60">
-        <v>100.5</v>
+        <v>99.5</v>
       </c>
       <c r="T60">
-        <v>102.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U60">
+        <v>8.512353</v>
+      </c>
+      <c r="V60">
+        <v>4.040427</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45925.674166667</v>
+        <v>45994.355983796</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
-      <c r="F61">
-[...1 lines deleted...]
-      </c>
       <c r="G61">
-        <v>104.598361</v>
+        <v>103.97541</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>8.0</v>
       </c>
       <c r="K61" s="2">
         <v>45645.0</v>
       </c>
       <c r="L61" s="2">
         <v>46375.0</v>
       </c>
       <c r="M61">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N61">
         <v>100.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>2.229508</v>
+        <v>3.693989</v>
       </c>
       <c r="Q61">
-        <v>102.729508</v>
+        <v>103.193989</v>
       </c>
       <c r="R61">
-        <v>104.679508</v>
+        <v>107.647589</v>
       </c>
       <c r="S61">
-        <v>100.5</v>
+        <v>99.5</v>
       </c>
       <c r="T61">
-        <v>102.45</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U61">
+        <v>8.507246</v>
+      </c>
+      <c r="V61">
+        <v>4.069603</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45924.416770833</v>
+        <v>45993.355497685</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>105.098361</v>
+        <v>103.97541</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>8.0</v>
       </c>
       <c r="K62" s="2">
         <v>45645.0</v>
       </c>
       <c r="L62" s="2">
         <v>46375.0</v>
       </c>
       <c r="M62">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N62">
         <v>100.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>2.163934</v>
+        <v>3.672131</v>
       </c>
       <c r="Q62">
-        <v>102.663934</v>
+        <v>103.172131</v>
       </c>
       <c r="R62">
-        <v>104.663934</v>
+        <v>107.625731</v>
       </c>
       <c r="S62">
-        <v>100.5</v>
+        <v>99.5</v>
       </c>
       <c r="T62">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U62">
+        <v>8.505573</v>
+      </c>
+      <c r="V62">
+        <v>4.07923</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45923.416782407</v>
+        <v>45992.505393519</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>105.098361</v>
+        <v>103.97541</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>8.0</v>
       </c>
       <c r="K63" s="2">
         <v>45645.0</v>
       </c>
       <c r="L63" s="2">
         <v>46375.0</v>
       </c>
       <c r="M63">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N63">
         <v>100.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>2.142077</v>
+        <v>3.650273</v>
       </c>
       <c r="Q63">
-        <v>102.642077</v>
+        <v>103.150273</v>
       </c>
       <c r="R63">
-        <v>104.642077</v>
+        <v>107.603873</v>
       </c>
       <c r="S63">
-        <v>100.5</v>
+        <v>99.5</v>
       </c>
       <c r="T63">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U63">
+        <v>8.503913</v>
+      </c>
+      <c r="V63">
+        <v>4.088808</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45922.447523148</v>
+        <v>45989.355740741</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
-        <v>105.098361</v>
+        <v>103.97541</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>8.0</v>
       </c>
       <c r="K64" s="2">
         <v>45645.0</v>
       </c>
       <c r="L64" s="2">
         <v>46375.0</v>
       </c>
       <c r="M64">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N64">
         <v>100.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>2.120219</v>
+        <v>3.628415</v>
       </c>
       <c r="Q64">
-        <v>102.620219</v>
+        <v>104.128415</v>
       </c>
       <c r="R64">
-        <v>104.620219</v>
+        <v>107.582015</v>
       </c>
       <c r="S64">
         <v>100.5</v>
       </c>
       <c r="T64">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U64">
+        <v>7.488048</v>
+      </c>
+      <c r="V64">
+        <v>4.098338</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45919.571030093</v>
+        <v>45988.355752315</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
-      <c r="F65">
-[...1 lines deleted...]
-      </c>
       <c r="G65">
-        <v>105.098361</v>
-[...2 lines deleted...]
-        <v>50316.811641</v>
+        <v>103.97541</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>8.0</v>
       </c>
       <c r="K65" s="2">
         <v>45645.0</v>
       </c>
       <c r="L65" s="2">
         <v>46375.0</v>
       </c>
       <c r="M65">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N65">
         <v>100.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>2.098361</v>
+        <v>3.606557</v>
       </c>
       <c r="Q65">
-        <v>102.598361</v>
+        <v>104.106557</v>
+      </c>
+      <c r="R65">
+        <v>107.560157</v>
       </c>
       <c r="S65">
         <v>100.5</v>
       </c>
-      <c r="X65">
-        <v>2</v>
+      <c r="T65">
+        <v>103.9536</v>
+      </c>
+      <c r="U65">
+        <v>7.488997</v>
+      </c>
+      <c r="V65">
+        <v>4.107821</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45918.416701389</v>
+        <v>45987.355520833</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="G66">
-        <v>104.008197</v>
+        <v>103.97541</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>8.0</v>
       </c>
       <c r="K66" s="2">
         <v>45645.0</v>
       </c>
       <c r="L66" s="2">
         <v>46375.0</v>
       </c>
       <c r="M66">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N66">
         <v>100.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>2.076503</v>
+        <v>3.540984</v>
       </c>
       <c r="Q66">
-        <v>102.576503</v>
+        <v>104.040984</v>
       </c>
       <c r="R66">
-        <v>104.576503</v>
+        <v>107.494584</v>
       </c>
       <c r="S66">
         <v>100.5</v>
       </c>
       <c r="T66">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U66">
+        <v>7.49184</v>
+      </c>
+      <c r="V66">
+        <v>4.135985</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45917.416736111</v>
+        <v>45986.355497685</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
-        <v>104.008197</v>
+        <v>103.97541</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>8.0</v>
       </c>
       <c r="K67" s="2">
         <v>45645.0</v>
       </c>
       <c r="L67" s="2">
         <v>46375.0</v>
       </c>
       <c r="M67">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N67">
         <v>100.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>2.010929</v>
+        <v>3.519126</v>
       </c>
       <c r="Q67">
-        <v>102.510929</v>
+        <v>104.019126</v>
       </c>
       <c r="R67">
-        <v>104.510929</v>
+        <v>107.472726</v>
       </c>
       <c r="S67">
         <v>100.5</v>
       </c>
       <c r="T67">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U67">
+        <v>7.492787</v>
+      </c>
+      <c r="V67">
+        <v>4.145281</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45916.416712963</v>
+        <v>45985.355393519</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="G68">
-        <v>104.008197</v>
+        <v>103.97541</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>8.0</v>
       </c>
       <c r="K68" s="2">
         <v>45645.0</v>
       </c>
       <c r="L68" s="2">
         <v>46375.0</v>
       </c>
       <c r="M68">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N68">
         <v>100.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>1.989071</v>
+        <v>3.497268</v>
       </c>
       <c r="Q68">
-        <v>102.489071</v>
+        <v>103.997268</v>
       </c>
       <c r="R68">
-        <v>104.489071</v>
+        <v>107.450868</v>
       </c>
       <c r="S68">
         <v>100.5</v>
       </c>
       <c r="T68">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U68">
+        <v>7.493733</v>
+      </c>
+      <c r="V68">
+        <v>4.154531</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45915.416851852</v>
+        <v>45982.417673611</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
+      <c r="F69">
+        <v>0.32</v>
+      </c>
       <c r="G69">
-        <v>104.008197</v>
+        <v>103.97541</v>
+      </c>
+      <c r="H69">
+        <v>3639.13935</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>8.0</v>
       </c>
       <c r="K69" s="2">
         <v>45645.0</v>
       </c>
       <c r="L69" s="2">
         <v>46375.0</v>
       </c>
       <c r="M69">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N69">
         <v>100.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>1.967213</v>
+        <v>3.47541</v>
       </c>
       <c r="Q69">
-        <v>102.467213</v>
+        <v>103.97541</v>
       </c>
       <c r="R69">
-        <v>104.467213</v>
+        <v>107.42901</v>
       </c>
       <c r="S69">
         <v>100.5</v>
       </c>
       <c r="T69">
-        <v>102.5</v>
+        <v>103.9536</v>
+      </c>
+      <c r="U69">
+        <v>7.494679</v>
+      </c>
+      <c r="V69">
+        <v>4.163736</v>
+      </c>
+      <c r="X69">
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45912.416724537</v>
+        <v>45981.355185185</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>8.0</v>
       </c>
       <c r="K70" s="2">
         <v>45645.0</v>
       </c>
       <c r="L70" s="2">
         <v>46375.0</v>
       </c>
       <c r="M70">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N70">
         <v>100.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>1.945355</v>
+        <v>3.453552</v>
       </c>
       <c r="Q70">
-        <v>102.445355</v>
+        <v>103.953552</v>
       </c>
       <c r="R70">
-        <v>104.445355</v>
+        <v>104.953552</v>
       </c>
       <c r="S70">
         <v>100.5</v>
       </c>
       <c r="T70">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U70">
+        <v>7.495624</v>
+      </c>
+      <c r="V70">
+        <v>6.516254</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45911.416701389</v>
+        <v>45980.355532407</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="G71">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>8.0</v>
       </c>
       <c r="K71" s="2">
         <v>45645.0</v>
       </c>
       <c r="L71" s="2">
         <v>46375.0</v>
       </c>
       <c r="M71">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N71">
         <v>100.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>1.923497</v>
+        <v>3.387978</v>
       </c>
       <c r="Q71">
-        <v>102.423497</v>
+        <v>103.887978</v>
       </c>
       <c r="R71">
-        <v>104.423497</v>
+        <v>104.887978</v>
       </c>
       <c r="S71">
         <v>100.5</v>
       </c>
       <c r="T71">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U71">
+        <v>7.498457</v>
+      </c>
+      <c r="V71">
+        <v>6.526314</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45910.416736111</v>
+        <v>45979.355821759</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>8.0</v>
       </c>
       <c r="K72" s="2">
         <v>45645.0</v>
       </c>
       <c r="L72" s="2">
         <v>46375.0</v>
       </c>
       <c r="M72">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N72">
         <v>100.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>1.857923</v>
+        <v>3.36612</v>
       </c>
       <c r="Q72">
-        <v>102.357923</v>
+        <v>103.86612</v>
       </c>
       <c r="R72">
-        <v>104.357923</v>
+        <v>104.86612</v>
       </c>
       <c r="S72">
         <v>100.5</v>
       </c>
       <c r="T72">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U72">
+        <v>7.4994</v>
+      </c>
+      <c r="V72">
+        <v>6.52964</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45909.416724537</v>
+        <v>45978.356261574</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="G73">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>8.0</v>
       </c>
       <c r="K73" s="2">
         <v>45645.0</v>
       </c>
       <c r="L73" s="2">
         <v>46375.0</v>
       </c>
       <c r="M73">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N73">
         <v>100.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>1.836066</v>
+        <v>3.344262</v>
       </c>
       <c r="Q73">
-        <v>102.336066</v>
+        <v>103.844262</v>
       </c>
       <c r="R73">
-        <v>104.336066</v>
+        <v>104.844262</v>
       </c>
       <c r="S73">
         <v>100.5</v>
       </c>
       <c r="T73">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U73">
+        <v>7.500342</v>
+      </c>
+      <c r="V73">
+        <v>6.532953</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45908.416712963</v>
+        <v>45975.355381944</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>8.0</v>
       </c>
       <c r="K74" s="2">
         <v>45645.0</v>
       </c>
       <c r="L74" s="2">
         <v>46375.0</v>
       </c>
       <c r="M74">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N74">
         <v>100.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>1.814208</v>
+        <v>3.322404</v>
       </c>
       <c r="Q74">
-        <v>102.314208</v>
+        <v>103.922404</v>
       </c>
       <c r="R74">
-        <v>104.314208</v>
+        <v>104.822404</v>
       </c>
       <c r="S74">
-        <v>100.5</v>
+        <v>100.6</v>
       </c>
       <c r="T74">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U74">
+        <v>7.404142</v>
+      </c>
+      <c r="V74">
+        <v>6.536252</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45905.416701389</v>
+        <v>45974.355833333</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>8.0</v>
       </c>
       <c r="K75" s="2">
         <v>45645.0</v>
       </c>
       <c r="L75" s="2">
         <v>46375.0</v>
       </c>
       <c r="M75">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N75">
         <v>100.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>1.79235</v>
+        <v>3.300546</v>
       </c>
       <c r="Q75">
-        <v>102.29235</v>
+        <v>103.900546</v>
       </c>
       <c r="R75">
-        <v>104.29235</v>
+        <v>104.800546</v>
       </c>
       <c r="S75">
-        <v>100.5</v>
+        <v>100.6</v>
       </c>
       <c r="T75">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U75">
+        <v>7.40532</v>
+      </c>
+      <c r="V75">
+        <v>6.539539</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45904.416724537</v>
+        <v>45973.494247685</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="G76">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>8.0</v>
       </c>
       <c r="K76" s="2">
         <v>45645.0</v>
       </c>
       <c r="L76" s="2">
         <v>46375.0</v>
       </c>
       <c r="M76">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N76">
         <v>100.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>1.770492</v>
+        <v>3.234973</v>
       </c>
       <c r="Q76">
-        <v>102.270492</v>
+        <v>103.834973</v>
       </c>
       <c r="R76">
-        <v>104.270492</v>
+        <v>104.734973</v>
       </c>
       <c r="S76">
-        <v>100.5</v>
+        <v>100.6</v>
       </c>
       <c r="T76">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U76">
+        <v>7.408843</v>
+      </c>
+      <c r="V76">
+        <v>6.54932</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45903.416863426</v>
+        <v>45972.356030093</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="G77">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>8.0</v>
       </c>
       <c r="K77" s="2">
         <v>45645.0</v>
       </c>
       <c r="L77" s="2">
         <v>46375.0</v>
       </c>
       <c r="M77">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N77">
         <v>100.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>1.704918</v>
+        <v>3.213115</v>
       </c>
       <c r="Q77">
-        <v>102.204918</v>
+        <v>103.713115</v>
       </c>
       <c r="R77">
-        <v>104.204918</v>
+        <v>104.713115</v>
       </c>
       <c r="S77">
         <v>100.5</v>
       </c>
       <c r="T77">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U77">
+        <v>7.505984</v>
+      </c>
+      <c r="V77">
+        <v>6.552556</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45902.416712963</v>
+        <v>45971.356087963</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>8.0</v>
       </c>
       <c r="K78" s="2">
         <v>45645.0</v>
       </c>
       <c r="L78" s="2">
         <v>46375.0</v>
       </c>
       <c r="M78">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N78">
         <v>100.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>1.68306</v>
+        <v>3.191257</v>
       </c>
       <c r="Q78">
-        <v>102.18306</v>
+        <v>103.691257</v>
       </c>
       <c r="R78">
-        <v>104.18306</v>
+        <v>104.691257</v>
       </c>
       <c r="S78">
         <v>100.5</v>
       </c>
       <c r="T78">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U78">
+        <v>7.506923</v>
+      </c>
+      <c r="V78">
+        <v>6.555779</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45901.416759259</v>
+        <v>45968.355752315</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
-        <v>104.008197</v>
+        <v>103.647541</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>8.0</v>
       </c>
       <c r="K79" s="2">
         <v>45645.0</v>
       </c>
       <c r="L79" s="2">
         <v>46375.0</v>
       </c>
       <c r="M79">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N79">
         <v>100.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>1.661202</v>
+        <v>3.169399</v>
       </c>
       <c r="Q79">
-        <v>102.161202</v>
+        <v>103.669399</v>
       </c>
       <c r="R79">
-        <v>104.161202</v>
+        <v>104.669399</v>
       </c>
       <c r="S79">
         <v>100.5</v>
       </c>
       <c r="T79">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U79">
+        <v>7.507862</v>
+      </c>
+      <c r="V79">
+        <v>6.558989</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45898.416712963</v>
+        <v>45967.494803241</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
+      <c r="F80">
+        <v>0.27</v>
+      </c>
       <c r="G80">
-        <v>104.008197</v>
+        <v>103.647541</v>
+      </c>
+      <c r="H80">
+        <v>17827.377052</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>8.0</v>
       </c>
       <c r="K80" s="2">
         <v>45645.0</v>
       </c>
       <c r="L80" s="2">
         <v>46375.0</v>
       </c>
       <c r="M80">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N80">
         <v>100.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>1.639344</v>
+        <v>3.147541</v>
       </c>
       <c r="Q80">
-        <v>102.139344</v>
+        <v>103.647541</v>
       </c>
       <c r="R80">
-        <v>104.139344</v>
+        <v>104.647541</v>
       </c>
       <c r="S80">
         <v>100.5</v>
       </c>
       <c r="T80">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U80">
+        <v>7.508799</v>
+      </c>
+      <c r="V80">
+        <v>6.562187</v>
+      </c>
+      <c r="X80">
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45897.416701389</v>
+        <v>45966.355752315</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>104.008197</v>
+        <v>103.363388</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>8.0</v>
       </c>
       <c r="K81" s="2">
         <v>45645.0</v>
       </c>
       <c r="L81" s="2">
         <v>46375.0</v>
       </c>
       <c r="M81">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N81">
         <v>100.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>1.617486</v>
+        <v>3.081967</v>
       </c>
       <c r="Q81">
-        <v>102.117486</v>
+        <v>102.581967</v>
       </c>
       <c r="R81">
-        <v>104.117486</v>
+        <v>103.581967</v>
       </c>
       <c r="S81">
+        <v>99.5</v>
+      </c>
+      <c r="T81">
         <v>100.5</v>
       </c>
-      <c r="T81">
-        <v>102.5</v>
+      <c r="U81">
+        <v>8.465335</v>
+      </c>
+      <c r="V81">
+        <v>7.51161</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45896.416689815</v>
+        <v>45965.542013889</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
-        <v>104.008197</v>
+        <v>103.363388</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>8.0</v>
       </c>
       <c r="K82" s="2">
         <v>45645.0</v>
       </c>
       <c r="L82" s="2">
         <v>46375.0</v>
       </c>
       <c r="M82">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N82">
         <v>100.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>1.551913</v>
+        <v>3.060109</v>
       </c>
       <c r="Q82">
-        <v>102.051913</v>
+        <v>102.560109</v>
       </c>
       <c r="R82">
-        <v>104.051913</v>
+        <v>103.560109</v>
       </c>
       <c r="S82">
+        <v>99.5</v>
+      </c>
+      <c r="T82">
         <v>100.5</v>
       </c>
-      <c r="T82">
-        <v>102.5</v>
+      <c r="U82">
+        <v>8.464014</v>
+      </c>
+      <c r="V82">
+        <v>7.512546</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45895.416701389</v>
+        <v>45964.528333333</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="G83">
-        <v>104.008197</v>
+        <v>103.363388</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>8.0</v>
       </c>
       <c r="K83" s="2">
         <v>45645.0</v>
       </c>
       <c r="L83" s="2">
         <v>46375.0</v>
       </c>
       <c r="M83">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N83">
         <v>100.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>1.530055</v>
+        <v>3.038251</v>
       </c>
       <c r="Q83">
-        <v>102.030055</v>
+        <v>102.538251</v>
       </c>
       <c r="R83">
-        <v>104.030055</v>
+        <v>104.538251</v>
       </c>
       <c r="S83">
-        <v>100.5</v>
+        <v>99.5</v>
       </c>
       <c r="T83">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U83">
+        <v>8.462705</v>
+      </c>
+      <c r="V83">
+        <v>6.577995</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45894.597152778</v>
+        <v>45961.355520833</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
-      <c r="F84">
-[...1 lines deleted...]
-      </c>
       <c r="G84">
-        <v>104.008197</v>
-[...2 lines deleted...]
-        <v>52004.0985</v>
+        <v>103.363388</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>8.0</v>
       </c>
       <c r="K84" s="2">
         <v>45645.0</v>
       </c>
       <c r="L84" s="2">
         <v>46375.0</v>
       </c>
       <c r="M84">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N84">
         <v>100.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>1.508197</v>
+        <v>3.016393</v>
       </c>
       <c r="Q84">
-        <v>102.008197</v>
+        <v>103.016393</v>
       </c>
       <c r="R84">
-        <v>104.008197</v>
+        <v>104.516393</v>
       </c>
       <c r="S84">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T84">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.5</v>
+      </c>
+      <c r="U84">
+        <v>7.986179</v>
+      </c>
+      <c r="V84">
+        <v>6.581121</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45891.416712963</v>
+        <v>45960.35556713</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
-        <v>103.724044</v>
+        <v>103.363388</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>8.0</v>
       </c>
       <c r="K85" s="2">
         <v>45645.0</v>
       </c>
       <c r="L85" s="2">
         <v>46375.0</v>
       </c>
       <c r="M85">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N85">
         <v>100.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>1.486339</v>
+        <v>2.994536</v>
       </c>
       <c r="Q85">
-        <v>101.586339</v>
+        <v>103.494536</v>
       </c>
       <c r="R85">
-        <v>103.986339</v>
+        <v>104.494536</v>
       </c>
       <c r="S85">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T85">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U85">
+        <v>7.51535</v>
+      </c>
+      <c r="V85">
+        <v>6.584234</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45890.416724537</v>
+        <v>45959.355405093</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
-        <v>103.724044</v>
+        <v>103.363388</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>8.0</v>
       </c>
       <c r="K86" s="2">
         <v>45645.0</v>
       </c>
       <c r="L86" s="2">
         <v>46375.0</v>
       </c>
       <c r="M86">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N86">
         <v>100.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>1.464481</v>
+        <v>2.928962</v>
       </c>
       <c r="Q86">
-        <v>101.564481</v>
+        <v>103.428962</v>
       </c>
       <c r="R86">
-        <v>103.964481</v>
+        <v>104.428962</v>
       </c>
       <c r="S86">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T86">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U86">
+        <v>7.518151</v>
+      </c>
+      <c r="V86">
+        <v>6.593507</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45889.416712963</v>
+        <v>45958.355717593</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>103.724044</v>
+        <v>103.363388</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>8.0</v>
       </c>
       <c r="K87" s="2">
         <v>45645.0</v>
       </c>
       <c r="L87" s="2">
         <v>46375.0</v>
       </c>
       <c r="M87">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N87">
         <v>100.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>1.398907</v>
+        <v>2.907104</v>
       </c>
       <c r="Q87">
-        <v>101.498907</v>
+        <v>103.407104</v>
       </c>
       <c r="R87">
-        <v>103.898907</v>
+        <v>104.407104</v>
       </c>
       <c r="S87">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T87">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U87">
+        <v>7.519084</v>
+      </c>
+      <c r="V87">
+        <v>6.596575</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45888.416701389</v>
+        <v>45957.355358796</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>103.724044</v>
+        <v>103.363388</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>8.0</v>
       </c>
       <c r="K88" s="2">
         <v>45645.0</v>
       </c>
       <c r="L88" s="2">
         <v>46375.0</v>
       </c>
       <c r="M88">
-        <v>301317</v>
+        <v>406087</v>
       </c>
       <c r="N88">
         <v>100.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>1.377049</v>
+        <v>2.885246</v>
       </c>
       <c r="Q88">
-        <v>101.477049</v>
+        <v>103.385246</v>
       </c>
       <c r="R88">
-        <v>103.877049</v>
+        <v>104.385246</v>
       </c>
       <c r="S88">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T88">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U88">
+        <v>7.520017</v>
+      </c>
+      <c r="V88">
+        <v>6.599632</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45887.416736111</v>
+        <v>45954.666273148</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
+      <c r="F89">
+        <v>0.02</v>
+      </c>
       <c r="G89">
-        <v>103.724044</v>
+        <v>103.363388</v>
+      </c>
+      <c r="H89">
+        <v>295929.379844</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>8.0</v>
       </c>
       <c r="K89" s="2">
         <v>45645.0</v>
       </c>
       <c r="L89" s="2">
         <v>46375.0</v>
       </c>
       <c r="M89">
         <v>301317</v>
       </c>
       <c r="N89">
         <v>100.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>1.355191</v>
+        <v>2.863388</v>
       </c>
       <c r="Q89">
-        <v>101.455191</v>
+        <v>103.363388</v>
       </c>
       <c r="R89">
-        <v>103.855191</v>
+        <v>104.363388</v>
       </c>
       <c r="S89">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T89">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="U89">
+        <v>7.520949</v>
+      </c>
+      <c r="V89">
+        <v>6.602678</v>
+      </c>
+      <c r="X89">
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45884.35474537</v>
+        <v>45953.63837963</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
+      <c r="F90">
+        <v>0.06</v>
+      </c>
       <c r="G90">
-        <v>103.724044</v>
+        <v>103.34153</v>
+      </c>
+      <c r="H90">
+        <v>206683.06</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>8.0</v>
       </c>
       <c r="K90" s="2">
         <v>45645.0</v>
       </c>
       <c r="L90" s="2">
         <v>46375.0</v>
       </c>
       <c r="M90">
         <v>301317</v>
       </c>
       <c r="N90">
         <v>100.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>1.333333</v>
+        <v>2.84153</v>
+      </c>
+      <c r="Q90">
+        <v>103.34153</v>
+      </c>
+      <c r="R90">
+        <v>103.59153</v>
+      </c>
+      <c r="S90">
+        <v>100.5</v>
+      </c>
+      <c r="T90">
+        <v>100.75</v>
+      </c>
+      <c r="U90">
+        <v>7.52188</v>
+      </c>
+      <c r="V90">
+        <v>7.291598</v>
+      </c>
+      <c r="X90">
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45883.416759259</v>
+        <v>45952.532800926</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
+      <c r="F91">
+        <v>-0.22</v>
+      </c>
       <c r="G91">
-        <v>103.724044</v>
+        <v>103.275956</v>
+      </c>
+      <c r="H91">
+        <v>1032.75956</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>8.0</v>
       </c>
       <c r="K91" s="2">
         <v>45645.0</v>
       </c>
       <c r="L91" s="2">
         <v>46375.0</v>
       </c>
       <c r="M91">
         <v>301317</v>
       </c>
       <c r="N91">
         <v>100.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>1.311475</v>
+        <v>2.775956</v>
       </c>
       <c r="Q91">
-        <v>101.411475</v>
+        <v>103.275956</v>
       </c>
       <c r="R91">
-        <v>103.811475</v>
+        <v>103.525956</v>
       </c>
       <c r="S91">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T91">
-        <v>102.5</v>
+        <v>100.75</v>
+      </c>
+      <c r="U91">
+        <v>7.524673</v>
+      </c>
+      <c r="V91">
+        <v>7.295963</v>
+      </c>
+      <c r="X91">
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45882.416782407</v>
+        <v>45951.60875</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
+      <c r="F92">
+        <v>-0.1</v>
+      </c>
       <c r="G92">
-        <v>103.724044</v>
+        <v>103.504098</v>
+      </c>
+      <c r="H92">
+        <v>14180.061426</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>8.0</v>
       </c>
       <c r="K92" s="2">
         <v>45645.0</v>
       </c>
       <c r="L92" s="2">
         <v>46375.0</v>
       </c>
       <c r="M92">
         <v>301317</v>
       </c>
       <c r="N92">
         <v>100.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>1.245902</v>
+        <v>2.754098</v>
       </c>
       <c r="Q92">
-        <v>101.345902</v>
+        <v>103.254098</v>
       </c>
       <c r="R92">
-        <v>103.745902</v>
+        <v>103.504098</v>
       </c>
       <c r="S92">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T92">
-        <v>102.5</v>
+        <v>100.75</v>
+      </c>
+      <c r="U92">
+        <v>7.525603</v>
+      </c>
+      <c r="V92">
+        <v>7.297412</v>
+      </c>
+      <c r="X92">
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45881.650208333</v>
+        <v>45950.619571759</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
-      <c r="F93">
-[...1 lines deleted...]
-      </c>
       <c r="G93">
-        <v>103.724044</v>
-[...2 lines deleted...]
-        <v>5175.7022</v>
+        <v>103.610383</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>8.0</v>
       </c>
       <c r="K93" s="2">
         <v>45645.0</v>
       </c>
       <c r="L93" s="2">
         <v>46375.0</v>
       </c>
       <c r="M93">
         <v>301317</v>
       </c>
       <c r="N93">
         <v>100.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>1.224044</v>
+        <v>2.73224</v>
       </c>
       <c r="Q93">
-        <v>101.324044</v>
+        <v>103.23224</v>
       </c>
       <c r="R93">
-        <v>103.724044</v>
+        <v>103.48224</v>
       </c>
       <c r="S93">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T93">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>100.75</v>
+      </c>
+      <c r="U93">
+        <v>7.526532</v>
+      </c>
+      <c r="V93">
+        <v>7.298858</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45880.416724537</v>
+        <v>45947.666678241</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
+      <c r="F94">
+        <v>-0.79</v>
+      </c>
       <c r="G94">
-        <v>102.180328</v>
+        <v>103.610383</v>
+      </c>
+      <c r="H94">
+        <v>103506.772617</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>8.0</v>
       </c>
       <c r="K94" s="2">
         <v>45645.0</v>
       </c>
       <c r="L94" s="2">
         <v>46375.0</v>
       </c>
       <c r="M94">
         <v>301317</v>
       </c>
       <c r="N94">
         <v>100.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>1.202186</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>2.710383</v>
+      </c>
+      <c r="X94">
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45877.529027778</v>
+        <v>45946.666678241</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="F95">
-        <v>0.12</v>
+        <v>0.88</v>
       </c>
       <c r="G95">
-        <v>102.180328</v>
+        <v>104.438525</v>
       </c>
       <c r="H95">
-        <v>1021.80328</v>
+        <v>1044.38525</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>8.0</v>
       </c>
       <c r="K95" s="2">
         <v>45645.0</v>
       </c>
       <c r="L95" s="2">
         <v>46375.0</v>
       </c>
       <c r="M95">
         <v>301317</v>
       </c>
       <c r="N95">
         <v>100.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>1.180328</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>2.688525</v>
       </c>
       <c r="X95">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45876.607164352</v>
+        <v>45945.666666667</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="F96">
-        <v>1.15</v>
+        <v>0.05</v>
       </c>
       <c r="G96">
-        <v>102.05847</v>
+        <v>103.522951</v>
       </c>
       <c r="H96">
-        <v>122470.164</v>
+        <v>103.522951</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>8.0</v>
       </c>
       <c r="K96" s="2">
         <v>45645.0</v>
       </c>
       <c r="L96" s="2">
         <v>46375.0</v>
       </c>
       <c r="M96">
         <v>301317</v>
       </c>
       <c r="N96">
         <v>100.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>1.15847</v>
-[...11 lines deleted...]
-        <v>101.0</v>
+        <v>2.622951</v>
       </c>
       <c r="X96">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45875.416724537</v>
+        <v>45944.666666667</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>100.896175</v>
+        <v>103.469945</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>8.0</v>
       </c>
       <c r="K97" s="2">
         <v>45645.0</v>
       </c>
       <c r="L97" s="2">
         <v>46375.0</v>
       </c>
       <c r="M97">
         <v>301317</v>
       </c>
       <c r="N97">
         <v>100.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>1.092896</v>
-[...11 lines deleted...]
-        <v>101.0</v>
+        <v>2.601093</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45874.416712963</v>
+        <v>45943.666724537</v>
       </c>
       <c r="B98" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="G98">
-        <v>100.896175</v>
+        <v>103.469945</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>8.0</v>
       </c>
       <c r="K98" s="2">
         <v>45645.0</v>
       </c>
       <c r="L98" s="2">
         <v>46375.0</v>
       </c>
       <c r="M98">
         <v>301317</v>
       </c>
       <c r="N98">
         <v>100.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
-      <c r="P98">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45873.41837963</v>
+        <v>45940.66625</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>100.896175</v>
+        <v>103.469945</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>8.0</v>
       </c>
       <c r="K99" s="2">
         <v>45645.0</v>
       </c>
       <c r="L99" s="2">
         <v>46375.0</v>
       </c>
       <c r="M99">
         <v>301317</v>
       </c>
       <c r="N99">
         <v>100.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>1.04918</v>
+        <v>2.557377</v>
       </c>
       <c r="Q99">
-        <v>101.24918</v>
-[...2 lines deleted...]
-        <v>102.04918</v>
+        <v>102.557377</v>
       </c>
       <c r="S99">
-        <v>100.2</v>
-[...2 lines deleted...]
-        <v>101.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45870.603101852</v>
+        <v>45939.416701389</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>100.896175</v>
+        <v>103.469945</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>8.0</v>
       </c>
       <c r="K100" s="2">
         <v>45645.0</v>
       </c>
       <c r="L100" s="2">
         <v>46375.0</v>
       </c>
       <c r="M100">
         <v>301317</v>
       </c>
       <c r="N100">
         <v>100.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>1.027322</v>
+        <v>2.535519</v>
       </c>
       <c r="Q100">
-        <v>101.227322</v>
+        <v>103.035519</v>
       </c>
       <c r="R100">
-        <v>103.027322</v>
+        <v>104.785519</v>
       </c>
       <c r="S100">
-        <v>100.2</v>
+        <v>100.5</v>
       </c>
       <c r="T100">
-        <v>102.0</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45869.416701389</v>
+        <v>45938.486226852</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
+      <c r="F101">
+        <v>0.02</v>
+      </c>
       <c r="G101">
-        <v>100.896175</v>
+        <v>103.469945</v>
+      </c>
+      <c r="H101">
+        <v>98917.26742</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>8.0</v>
       </c>
       <c r="K101" s="2">
         <v>45645.0</v>
       </c>
       <c r="L101" s="2">
         <v>46375.0</v>
       </c>
       <c r="M101">
         <v>301317</v>
       </c>
       <c r="N101">
         <v>100.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>1.005464</v>
+        <v>2.469945</v>
       </c>
       <c r="Q101">
-        <v>101.205464</v>
+        <v>102.969945</v>
       </c>
       <c r="R101">
-        <v>103.505464</v>
+        <v>104.0</v>
       </c>
       <c r="S101">
-        <v>100.2</v>
+        <v>100.5</v>
       </c>
       <c r="T101">
-        <v>102.5</v>
+        <v>101.530055</v>
+      </c>
+      <c r="X101">
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45868.612372685</v>
+        <v>45937.516400463</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
+      <c r="F102">
+        <v>0.02</v>
+      </c>
       <c r="G102">
-        <v>100.896175</v>
+        <v>103.448087</v>
+      </c>
+      <c r="H102">
+        <v>3413.786871</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>8.0</v>
       </c>
       <c r="K102" s="2">
         <v>45645.0</v>
       </c>
       <c r="L102" s="2">
         <v>46375.0</v>
       </c>
       <c r="M102">
         <v>301317</v>
       </c>
       <c r="N102">
         <v>100.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>0.939891</v>
+        <v>2.448087</v>
       </c>
       <c r="Q102">
-        <v>101.139891</v>
+        <v>103.448087</v>
       </c>
       <c r="R102">
-        <v>103.439891</v>
+        <v>104.0</v>
       </c>
       <c r="S102">
-        <v>100.2</v>
+        <v>101.0</v>
       </c>
       <c r="T102">
-        <v>102.5</v>
+        <v>101.551913</v>
+      </c>
+      <c r="X102">
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45867.416701389</v>
+        <v>45936.626875</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
+      <c r="F103">
+        <v>0.59</v>
+      </c>
       <c r="G103">
-        <v>100.896175</v>
+        <v>103.42623</v>
+      </c>
+      <c r="H103">
+        <v>6545.40353</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>8.0</v>
       </c>
       <c r="K103" s="2">
         <v>45645.0</v>
       </c>
       <c r="L103" s="2">
         <v>46375.0</v>
       </c>
       <c r="M103">
         <v>301317</v>
       </c>
       <c r="N103">
         <v>100.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>0.918033</v>
+        <v>2.42623</v>
       </c>
       <c r="Q103">
-        <v>100.918033</v>
+        <v>103.42623</v>
       </c>
       <c r="R103">
-        <v>103.418033</v>
+        <v>104.0</v>
       </c>
       <c r="S103">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T103">
-        <v>102.5</v>
+        <v>101.57377</v>
+      </c>
+      <c r="X103">
+        <v>3</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45866.561273148</v>
+        <v>45933.417777778</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
-      <c r="F104">
-[...1 lines deleted...]
-      </c>
       <c r="G104">
-        <v>100.896175</v>
-[...2 lines deleted...]
-        <v>2017.9235</v>
+        <v>102.81694</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>8.0</v>
       </c>
       <c r="K104" s="2">
         <v>45645.0</v>
       </c>
       <c r="L104" s="2">
         <v>46375.0</v>
       </c>
       <c r="M104">
         <v>301317</v>
       </c>
       <c r="N104">
         <v>100.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>0.896175</v>
+        <v>2.404372</v>
       </c>
       <c r="Q104">
-        <v>100.896175</v>
-[...2 lines deleted...]
-        <v>103.396175</v>
+        <v>104.0</v>
       </c>
       <c r="S104">
-        <v>100.0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>101.595628</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45863.416712963</v>
+        <v>45932.417719907</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="G105">
-        <v>101.286885</v>
+        <v>102.81694</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>8.0</v>
       </c>
       <c r="K105" s="2">
         <v>45645.0</v>
       </c>
       <c r="L105" s="2">
         <v>46375.0</v>
       </c>
       <c r="M105">
         <v>301317</v>
       </c>
       <c r="N105">
         <v>100.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>0.874317</v>
+        <v>2.382514</v>
       </c>
       <c r="Q105">
-        <v>100.874317</v>
+        <v>104.0</v>
       </c>
       <c r="R105">
-        <v>102.874317</v>
+        <v>104.832514</v>
       </c>
       <c r="S105">
-        <v>100.0</v>
+        <v>101.617486</v>
       </c>
       <c r="T105">
-        <v>102.0</v>
+        <v>102.45</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45862.416701389</v>
+        <v>45931.480625</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
+      <c r="F106">
+        <v>-0.18</v>
+      </c>
       <c r="G106">
-        <v>101.286885</v>
+        <v>102.81694</v>
+      </c>
+      <c r="H106">
+        <v>30845.082</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>8.0</v>
       </c>
       <c r="K106" s="2">
         <v>45645.0</v>
       </c>
       <c r="L106" s="2">
         <v>46375.0</v>
       </c>
       <c r="M106">
         <v>301317</v>
       </c>
       <c r="N106">
         <v>100.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>0.852459</v>
+        <v>2.31694</v>
       </c>
       <c r="Q106">
-        <v>100.852459</v>
+        <v>102.81694</v>
       </c>
       <c r="R106">
-        <v>102.852459</v>
+        <v>104.76694</v>
       </c>
       <c r="S106">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T106">
-        <v>102.0</v>
+        <v>102.45</v>
+      </c>
+      <c r="X106">
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45861.495659722</v>
+        <v>45930.416701389</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
-      <c r="F107">
-[...1 lines deleted...]
-      </c>
       <c r="G107">
-        <v>101.286885</v>
-[...2 lines deleted...]
-        <v>10128.6885</v>
+        <v>103.001366</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>8.0</v>
       </c>
       <c r="K107" s="2">
         <v>45645.0</v>
       </c>
       <c r="L107" s="2">
         <v>46375.0</v>
       </c>
       <c r="M107">
         <v>301317</v>
       </c>
       <c r="N107">
         <v>100.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>0.786885</v>
+        <v>2.295082</v>
       </c>
       <c r="Q107">
-        <v>100.786885</v>
+        <v>103.295082</v>
       </c>
       <c r="R107">
-        <v>102.786885</v>
+        <v>104.745082</v>
       </c>
       <c r="S107">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T107">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.45</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45860.416724537</v>
+        <v>45929.446851852</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>102.240437</v>
+        <v>103.001366</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>8.0</v>
       </c>
       <c r="K108" s="2">
         <v>45645.0</v>
       </c>
       <c r="L108" s="2">
         <v>46375.0</v>
       </c>
       <c r="M108">
         <v>301317</v>
       </c>
       <c r="N108">
         <v>100.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>0.765027</v>
+        <v>2.273224</v>
       </c>
       <c r="Q108">
-        <v>100.765027</v>
+        <v>103.273224</v>
       </c>
       <c r="R108">
-        <v>102.765027</v>
+        <v>104.723224</v>
       </c>
       <c r="S108">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T108">
-        <v>102.0</v>
+        <v>102.45</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45859.416701389</v>
+        <v>45926.498935185</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
+      <c r="F109">
+        <v>-1.53</v>
+      </c>
       <c r="G109">
-        <v>102.240437</v>
+        <v>103.001366</v>
+      </c>
+      <c r="H109">
+        <v>16583.219926</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>8.0</v>
       </c>
       <c r="K109" s="2">
         <v>45645.0</v>
       </c>
       <c r="L109" s="2">
         <v>46375.0</v>
       </c>
       <c r="M109">
         <v>301317</v>
       </c>
       <c r="N109">
         <v>100.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>0.743169</v>
+        <v>2.251366</v>
       </c>
       <c r="Q109">
-        <v>100.743169</v>
+        <v>102.751366</v>
       </c>
       <c r="R109">
-        <v>102.743169</v>
+        <v>104.701366</v>
       </c>
       <c r="S109">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T109">
-        <v>102.0</v>
+        <v>102.45</v>
+      </c>
+      <c r="X109">
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45856.416701389</v>
+        <v>45925.674166667</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
+      <c r="F110">
+        <v>-0.48</v>
+      </c>
       <c r="G110">
-        <v>102.240437</v>
+        <v>104.598361</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>8.0</v>
       </c>
       <c r="K110" s="2">
         <v>45645.0</v>
       </c>
       <c r="L110" s="2">
         <v>46375.0</v>
       </c>
       <c r="M110">
         <v>301317</v>
       </c>
       <c r="N110">
         <v>100.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>0.721311</v>
+        <v>2.229508</v>
       </c>
       <c r="Q110">
-        <v>100.721311</v>
+        <v>102.729508</v>
       </c>
       <c r="R110">
-        <v>102.721311</v>
+        <v>104.679508</v>
       </c>
       <c r="S110">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T110">
-        <v>102.0</v>
+        <v>102.45</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45855.416689815</v>
+        <v>45924.416770833</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="G111">
-        <v>102.240437</v>
+        <v>105.098361</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>8.0</v>
       </c>
       <c r="K111" s="2">
         <v>45645.0</v>
       </c>
       <c r="L111" s="2">
         <v>46375.0</v>
       </c>
       <c r="M111">
         <v>301317</v>
       </c>
       <c r="N111">
         <v>100.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>0.699454</v>
+        <v>2.163934</v>
       </c>
       <c r="Q111">
-        <v>100.699454</v>
+        <v>102.663934</v>
       </c>
       <c r="R111">
-        <v>102.699454</v>
+        <v>104.663934</v>
       </c>
       <c r="S111">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T111">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45854.416712963</v>
+        <v>45923.416782407</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="G112">
-        <v>102.240437</v>
+        <v>105.098361</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>8.0</v>
       </c>
       <c r="K112" s="2">
         <v>45645.0</v>
       </c>
       <c r="L112" s="2">
         <v>46375.0</v>
       </c>
       <c r="M112">
         <v>301317</v>
       </c>
       <c r="N112">
         <v>100.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>0.63388</v>
+        <v>2.142077</v>
       </c>
       <c r="Q112">
-        <v>100.63388</v>
+        <v>102.642077</v>
       </c>
       <c r="R112">
-        <v>102.63388</v>
+        <v>104.642077</v>
       </c>
       <c r="S112">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T112">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45853.41681713</v>
+        <v>45922.447523148</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="G113">
-        <v>102.240437</v>
+        <v>105.098361</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>8.0</v>
       </c>
       <c r="K113" s="2">
         <v>45645.0</v>
       </c>
       <c r="L113" s="2">
         <v>46375.0</v>
       </c>
       <c r="M113">
         <v>301317</v>
       </c>
       <c r="N113">
         <v>100.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>0.612022</v>
+        <v>2.120219</v>
       </c>
       <c r="Q113">
-        <v>100.612022</v>
+        <v>102.620219</v>
       </c>
       <c r="R113">
-        <v>102.612022</v>
+        <v>104.620219</v>
       </c>
       <c r="S113">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T113">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45852.416712963</v>
+        <v>45919.571030093</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
+      <c r="F114">
+        <v>1.05</v>
+      </c>
       <c r="G114">
-        <v>102.240437</v>
+        <v>105.098361</v>
+      </c>
+      <c r="H114">
+        <v>50316.811641</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>8.0</v>
       </c>
       <c r="K114" s="2">
         <v>45645.0</v>
       </c>
       <c r="L114" s="2">
         <v>46375.0</v>
       </c>
       <c r="M114">
         <v>301317</v>
       </c>
       <c r="N114">
         <v>100.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>0.590164</v>
+        <v>2.098361</v>
       </c>
       <c r="Q114">
-        <v>100.590164</v>
-[...2 lines deleted...]
-        <v>102.590164</v>
+        <v>102.598361</v>
       </c>
       <c r="S114">
-        <v>100.0</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>100.5</v>
+      </c>
+      <c r="X114">
+        <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45849.416712963</v>
+        <v>45918.416701389</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="G115">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>8.0</v>
       </c>
       <c r="K115" s="2">
         <v>45645.0</v>
       </c>
       <c r="L115" s="2">
         <v>46375.0</v>
       </c>
       <c r="M115">
         <v>301317</v>
       </c>
       <c r="N115">
         <v>100.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>0.568306</v>
+        <v>2.076503</v>
       </c>
       <c r="Q115">
-        <v>100.568306</v>
+        <v>102.576503</v>
       </c>
       <c r="R115">
-        <v>102.568306</v>
+        <v>104.576503</v>
       </c>
       <c r="S115">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T115">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45848.416724537</v>
+        <v>45917.416736111</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>8.0</v>
       </c>
       <c r="K116" s="2">
         <v>45645.0</v>
       </c>
       <c r="L116" s="2">
         <v>46375.0</v>
       </c>
       <c r="M116">
         <v>301317</v>
       </c>
       <c r="N116">
         <v>100.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>0.546448</v>
+        <v>2.010929</v>
       </c>
       <c r="Q116">
-        <v>100.546448</v>
+        <v>102.510929</v>
       </c>
       <c r="R116">
-        <v>102.546448</v>
+        <v>104.510929</v>
       </c>
       <c r="S116">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T116">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45847.416712963</v>
+        <v>45916.416712963</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="G117">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>8.0</v>
       </c>
       <c r="K117" s="2">
         <v>45645.0</v>
       </c>
       <c r="L117" s="2">
         <v>46375.0</v>
       </c>
       <c r="M117">
         <v>301317</v>
       </c>
       <c r="N117">
         <v>100.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>0.480874</v>
+        <v>1.989071</v>
       </c>
       <c r="Q117">
-        <v>100.480874</v>
+        <v>102.489071</v>
       </c>
       <c r="R117">
-        <v>102.480874</v>
+        <v>104.489071</v>
       </c>
       <c r="S117">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T117">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45846.416759259</v>
+        <v>45915.416851852</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="G118">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>8.0</v>
       </c>
       <c r="K118" s="2">
         <v>45645.0</v>
       </c>
       <c r="L118" s="2">
         <v>46375.0</v>
       </c>
       <c r="M118">
         <v>301317</v>
       </c>
       <c r="N118">
         <v>100.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>0.459016</v>
+        <v>1.967213</v>
       </c>
       <c r="Q118">
-        <v>100.459016</v>
+        <v>102.467213</v>
       </c>
       <c r="R118">
-        <v>102.459016</v>
+        <v>104.467213</v>
       </c>
       <c r="S118">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T118">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45845.416724537</v>
+        <v>45912.416724537</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>8.0</v>
       </c>
       <c r="K119" s="2">
         <v>45645.0</v>
       </c>
       <c r="L119" s="2">
         <v>46375.0</v>
       </c>
       <c r="M119">
         <v>301317</v>
       </c>
       <c r="N119">
         <v>100.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>0.437158</v>
+        <v>1.945355</v>
       </c>
       <c r="Q119">
-        <v>100.437158</v>
+        <v>102.445355</v>
       </c>
       <c r="R119">
-        <v>102.437158</v>
+        <v>104.445355</v>
       </c>
       <c r="S119">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T119">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45842.416701389</v>
+        <v>45911.416701389</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="G120">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>8.0</v>
       </c>
       <c r="K120" s="2">
         <v>45645.0</v>
       </c>
       <c r="L120" s="2">
         <v>46375.0</v>
       </c>
       <c r="M120">
         <v>301317</v>
       </c>
       <c r="N120">
         <v>100.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>0.415301</v>
+        <v>1.923497</v>
       </c>
       <c r="Q120">
-        <v>100.415301</v>
+        <v>102.423497</v>
       </c>
       <c r="R120">
-        <v>102.415301</v>
+        <v>104.423497</v>
       </c>
       <c r="S120">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T120">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45841.416701389</v>
+        <v>45910.416736111</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="G121">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>8.0</v>
       </c>
       <c r="K121" s="2">
         <v>45645.0</v>
       </c>
       <c r="L121" s="2">
         <v>46375.0</v>
       </c>
       <c r="M121">
         <v>301317</v>
       </c>
       <c r="N121">
         <v>100.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>0.393443</v>
+        <v>1.857923</v>
       </c>
       <c r="Q121">
-        <v>100.393443</v>
+        <v>102.357923</v>
       </c>
       <c r="R121">
-        <v>102.393443</v>
+        <v>104.357923</v>
       </c>
       <c r="S121">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T121">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45840.416712963</v>
+        <v>45909.416724537</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="G122">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>8.0</v>
       </c>
       <c r="K122" s="2">
         <v>45645.0</v>
       </c>
       <c r="L122" s="2">
         <v>46375.0</v>
       </c>
       <c r="M122">
         <v>301317</v>
       </c>
       <c r="N122">
         <v>100.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>0.327869</v>
+        <v>1.836066</v>
       </c>
       <c r="Q122">
-        <v>100.327869</v>
+        <v>102.336066</v>
       </c>
       <c r="R122">
-        <v>102.327869</v>
+        <v>104.336066</v>
       </c>
       <c r="S122">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T122">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45839.475462963</v>
+        <v>45908.416712963</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>8.0</v>
       </c>
       <c r="K123" s="2">
         <v>45645.0</v>
       </c>
       <c r="L123" s="2">
         <v>46375.0</v>
       </c>
       <c r="M123">
         <v>301317</v>
       </c>
       <c r="N123">
         <v>100.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>0.306011</v>
+        <v>1.814208</v>
       </c>
       <c r="Q123">
-        <v>100.306011</v>
+        <v>102.314208</v>
       </c>
       <c r="R123">
-        <v>102.306011</v>
+        <v>104.314208</v>
       </c>
       <c r="S123">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T123">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45838.416712963</v>
+        <v>45905.416701389</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="G124">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>8.0</v>
       </c>
       <c r="K124" s="2">
         <v>45645.0</v>
       </c>
       <c r="L124" s="2">
         <v>46375.0</v>
       </c>
       <c r="M124">
         <v>301317</v>
       </c>
       <c r="N124">
         <v>100.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>0.284153</v>
+        <v>1.79235</v>
       </c>
       <c r="Q124">
-        <v>100.284153</v>
+        <v>102.29235</v>
       </c>
       <c r="R124">
-        <v>104.014153</v>
+        <v>104.29235</v>
       </c>
       <c r="S124">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T124">
-        <v>103.73</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45835.416712963</v>
+        <v>45904.416724537</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="G125">
-        <v>102.240437</v>
+        <v>104.008197</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>8.0</v>
       </c>
       <c r="K125" s="2">
         <v>45645.0</v>
       </c>
       <c r="L125" s="2">
         <v>46375.0</v>
       </c>
       <c r="M125">
         <v>301317</v>
       </c>
       <c r="N125">
         <v>100.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>0.262295</v>
+        <v>1.770492</v>
       </c>
       <c r="Q125">
-        <v>100.262295</v>
+        <v>102.270492</v>
       </c>
       <c r="R125">
-        <v>103.992295</v>
+        <v>104.270492</v>
       </c>
       <c r="S125">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T125">
-        <v>103.73</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45834.62650463</v>
+        <v>45903.416863426</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
-      <c r="F126">
-[...1 lines deleted...]
-      </c>
       <c r="G126">
-        <v>102.240437</v>
-[...2 lines deleted...]
-        <v>9301.879767</v>
+        <v>104.008197</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>8.0</v>
       </c>
       <c r="K126" s="2">
         <v>45645.0</v>
       </c>
       <c r="L126" s="2">
         <v>46375.0</v>
       </c>
       <c r="M126">
         <v>301317</v>
       </c>
       <c r="N126">
         <v>100.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>0.240437</v>
+        <v>1.704918</v>
       </c>
       <c r="Q126">
-        <v>100.240437</v>
+        <v>102.204918</v>
       </c>
       <c r="R126">
-        <v>103.970437</v>
+        <v>104.204918</v>
       </c>
       <c r="S126">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T126">
-        <v>103.73</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45833.57224537</v>
+        <v>45902.416712963</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>102.10929</v>
+        <v>104.008197</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>8.0</v>
       </c>
       <c r="K127" s="2">
         <v>45645.0</v>
       </c>
       <c r="L127" s="2">
         <v>46375.0</v>
       </c>
       <c r="M127">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N127">
         <v>100.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>0.174863</v>
+        <v>1.68306</v>
       </c>
       <c r="Q127">
-        <v>100.174863</v>
+        <v>102.18306</v>
       </c>
       <c r="R127">
-        <v>102.174863</v>
+        <v>104.18306</v>
       </c>
       <c r="S127">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T127">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45831.515173611</v>
+        <v>45901.416759259</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="G128">
-        <v>102.10929</v>
+        <v>104.008197</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>8.0</v>
       </c>
       <c r="K128" s="2">
         <v>45645.0</v>
       </c>
       <c r="L128" s="2">
         <v>46375.0</v>
       </c>
       <c r="M128">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N128">
         <v>100.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>0.131148</v>
+        <v>1.661202</v>
       </c>
       <c r="Q128">
-        <v>100.131148</v>
+        <v>102.161202</v>
       </c>
       <c r="R128">
-        <v>102.131148</v>
+        <v>104.161202</v>
       </c>
       <c r="S128">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T128">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45828.436053241</v>
+        <v>45898.416712963</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
-      <c r="F129">
-[...1 lines deleted...]
-      </c>
       <c r="G129">
-        <v>102.10929</v>
-[...2 lines deleted...]
-        <v>918.98361</v>
+        <v>104.008197</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>8.0</v>
       </c>
       <c r="K129" s="2">
         <v>45645.0</v>
       </c>
       <c r="L129" s="2">
         <v>46375.0</v>
       </c>
       <c r="M129">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N129">
         <v>100.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>0.10929</v>
+        <v>1.639344</v>
       </c>
       <c r="Q129">
-        <v>100.10929</v>
+        <v>102.139344</v>
       </c>
       <c r="R129">
-        <v>102.10929</v>
+        <v>104.139344</v>
       </c>
       <c r="S129">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T129">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45827.477094907</v>
+        <v>45897.416701389</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
-      <c r="F130">
-[...1 lines deleted...]
-      </c>
       <c r="G130">
-        <v>102.087432</v>
-[...2 lines deleted...]
-        <v>102087.432</v>
+        <v>104.008197</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>8.0</v>
       </c>
       <c r="K130" s="2">
         <v>45645.0</v>
       </c>
       <c r="L130" s="2">
         <v>46375.0</v>
       </c>
       <c r="M130">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N130">
         <v>100.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>0.087432</v>
+        <v>1.617486</v>
       </c>
       <c r="Q130">
-        <v>100.087432</v>
+        <v>102.117486</v>
       </c>
       <c r="R130">
-        <v>102.087432</v>
+        <v>104.117486</v>
       </c>
       <c r="S130">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T130">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45826.416724537</v>
+        <v>45896.416689815</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="G131">
-        <v>101.978022</v>
+        <v>104.008197</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>8.0</v>
       </c>
       <c r="K131" s="2">
         <v>45645.0</v>
       </c>
       <c r="L131" s="2">
         <v>46375.0</v>
       </c>
       <c r="M131">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N131">
         <v>100.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>0.021858</v>
+        <v>1.551913</v>
       </c>
       <c r="Q131">
-        <v>100.021858</v>
+        <v>102.051913</v>
       </c>
       <c r="R131">
-        <v>102.021858</v>
+        <v>104.051913</v>
       </c>
       <c r="S131">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T131">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45825.416701389</v>
+        <v>45895.416701389</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="G132">
-        <v>101.978022</v>
+        <v>104.008197</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>8.0</v>
       </c>
       <c r="K132" s="2">
         <v>45645.0</v>
       </c>
       <c r="L132" s="2">
         <v>46375.0</v>
       </c>
       <c r="M132">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N132">
         <v>100.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
+      <c r="P132">
+        <v>1.530055</v>
+      </c>
       <c r="Q132">
-        <v>100.0</v>
+        <v>102.030055</v>
       </c>
       <c r="R132">
-        <v>102.0</v>
+        <v>104.030055</v>
+      </c>
+      <c r="S132">
+        <v>100.5</v>
+      </c>
+      <c r="T132">
+        <v>102.5</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45824.563576389</v>
+        <v>45894.597152778</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="F133">
-        <v>2.02</v>
+        <v>0.27</v>
       </c>
       <c r="G133">
-        <v>101.978022</v>
+        <v>104.008197</v>
       </c>
       <c r="H133">
-        <v>1019.78022</v>
+        <v>52004.0985</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>8.0</v>
       </c>
       <c r="K133" s="2">
         <v>45645.0</v>
       </c>
       <c r="L133" s="2">
         <v>46375.0</v>
       </c>
       <c r="M133">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N133">
         <v>100.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>-0.021978</v>
+        <v>1.508197</v>
       </c>
       <c r="Q133">
-        <v>99.978022</v>
+        <v>102.008197</v>
       </c>
       <c r="R133">
-        <v>101.978022</v>
+        <v>104.008197</v>
       </c>
       <c r="S133">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T133">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
       <c r="X133">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45821.453796296</v>
+        <v>45891.416712963</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
-      <c r="F134">
-[...1 lines deleted...]
-      </c>
       <c r="G134">
-        <v>99.956044</v>
-[...2 lines deleted...]
-        <v>5497.58242</v>
+        <v>103.724044</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>8.0</v>
       </c>
       <c r="K134" s="2">
         <v>45645.0</v>
       </c>
       <c r="L134" s="2">
         <v>46375.0</v>
       </c>
       <c r="M134">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N134">
         <v>100.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>-0.043956</v>
+        <v>1.486339</v>
       </c>
       <c r="Q134">
-        <v>99.956044</v>
+        <v>101.586339</v>
       </c>
       <c r="R134">
-        <v>101.956044</v>
+        <v>103.986339</v>
       </c>
       <c r="S134">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T134">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45820.416828704</v>
+        <v>45890.416724537</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="G135">
-        <v>105.824176</v>
+        <v>103.724044</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>8.0</v>
       </c>
       <c r="K135" s="2">
         <v>45645.0</v>
       </c>
       <c r="L135" s="2">
         <v>46375.0</v>
       </c>
       <c r="M135">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N135">
         <v>100.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>-0.065934</v>
+        <v>1.464481</v>
       </c>
       <c r="Q135">
-        <v>99.934066</v>
+        <v>101.564481</v>
       </c>
       <c r="R135">
-        <v>101.934066</v>
+        <v>103.964481</v>
       </c>
       <c r="S135">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T135">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45819.416701389</v>
+        <v>45889.416712963</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="G136">
-        <v>105.824176</v>
+        <v>103.724044</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>8.0</v>
       </c>
       <c r="K136" s="2">
         <v>45645.0</v>
       </c>
       <c r="L136" s="2">
         <v>46375.0</v>
       </c>
       <c r="M136">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N136">
         <v>100.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>3.868132</v>
+        <v>1.398907</v>
       </c>
       <c r="Q136">
-        <v>103.868132</v>
+        <v>101.498907</v>
       </c>
       <c r="R136">
-        <v>105.868132</v>
+        <v>103.898907</v>
       </c>
       <c r="S136">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T136">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45818.416793981</v>
+        <v>45888.416701389</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>105.824176</v>
+        <v>103.724044</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>8.0</v>
       </c>
       <c r="K137" s="2">
         <v>45645.0</v>
       </c>
       <c r="L137" s="2">
         <v>46375.0</v>
       </c>
       <c r="M137">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N137">
         <v>100.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>3.846154</v>
+        <v>1.377049</v>
       </c>
       <c r="Q137">
-        <v>103.846154</v>
+        <v>101.477049</v>
       </c>
       <c r="R137">
-        <v>105.846154</v>
+        <v>103.877049</v>
       </c>
       <c r="S137">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T137">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45817.418078704</v>
+        <v>45887.416736111</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
-      <c r="F138">
-[...1 lines deleted...]
-      </c>
       <c r="G138">
-        <v>105.824176</v>
-[...2 lines deleted...]
-        <v>105.824176</v>
+        <v>103.724044</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>8.0</v>
       </c>
       <c r="K138" s="2">
         <v>45645.0</v>
       </c>
       <c r="L138" s="2">
         <v>46375.0</v>
       </c>
       <c r="M138">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N138">
         <v>100.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>3.824176</v>
+        <v>1.355191</v>
       </c>
       <c r="Q138">
-        <v>103.824176</v>
+        <v>101.455191</v>
       </c>
       <c r="R138">
-        <v>105.824176</v>
+        <v>103.855191</v>
       </c>
       <c r="S138">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T138">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45814.416712963</v>
+        <v>45884.35474537</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>103.6</v>
+        <v>103.724044</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>8.0</v>
       </c>
       <c r="K139" s="2">
         <v>45645.0</v>
       </c>
       <c r="L139" s="2">
         <v>46375.0</v>
       </c>
       <c r="M139">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N139">
         <v>100.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>3.802198</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>1.333333</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45813.416747685</v>
+        <v>45883.416759259</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>103.6</v>
+        <v>103.724044</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>8.0</v>
       </c>
       <c r="K140" s="2">
         <v>45645.0</v>
       </c>
       <c r="L140" s="2">
         <v>46375.0</v>
       </c>
       <c r="M140">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N140">
         <v>100.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>3.78022</v>
+        <v>1.311475</v>
       </c>
       <c r="Q140">
-        <v>103.78022</v>
+        <v>101.411475</v>
       </c>
       <c r="R140">
-        <v>105.78022</v>
+        <v>103.811475</v>
       </c>
       <c r="S140">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T140">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45812.416782407</v>
+        <v>45882.416782407</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>103.6</v>
+        <v>103.724044</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>8.0</v>
       </c>
       <c r="K141" s="2">
         <v>45645.0</v>
       </c>
       <c r="L141" s="2">
         <v>46375.0</v>
       </c>
       <c r="M141">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N141">
         <v>100.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>3.714286</v>
+        <v>1.245902</v>
       </c>
       <c r="Q141">
-        <v>103.714286</v>
+        <v>101.345902</v>
       </c>
       <c r="R141">
-        <v>105.714286</v>
+        <v>103.745902</v>
       </c>
       <c r="S141">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T141">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45811.416712963</v>
+        <v>45881.650208333</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
+      <c r="F142">
+        <v>1.51</v>
+      </c>
       <c r="G142">
-        <v>103.6</v>
+        <v>103.724044</v>
+      </c>
+      <c r="H142">
+        <v>5175.7022</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>8.0</v>
       </c>
       <c r="K142" s="2">
         <v>45645.0</v>
       </c>
       <c r="L142" s="2">
         <v>46375.0</v>
       </c>
       <c r="M142">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N142">
         <v>100.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>3.692308</v>
+        <v>1.224044</v>
       </c>
       <c r="Q142">
-        <v>103.692308</v>
+        <v>101.324044</v>
       </c>
       <c r="R142">
-        <v>105.692308</v>
+        <v>103.724044</v>
       </c>
       <c r="S142">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T142">
-        <v>102.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X142">
+        <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45810.598611111</v>
+        <v>45880.416724537</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
-      <c r="F143">
-[...1 lines deleted...]
-      </c>
       <c r="G143">
-        <v>103.6</v>
-[...2 lines deleted...]
-        <v>2382.8</v>
+        <v>102.180328</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>8.0</v>
       </c>
       <c r="K143" s="2">
         <v>45645.0</v>
       </c>
       <c r="L143" s="2">
         <v>46375.0</v>
       </c>
       <c r="M143">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N143">
         <v>100.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>3.67033</v>
+        <v>1.202186</v>
       </c>
       <c r="Q143">
-        <v>103.67033</v>
+        <v>101.302186</v>
       </c>
       <c r="R143">
-        <v>105.67033</v>
+        <v>103.202186</v>
       </c>
       <c r="S143">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T143">
         <v>102.0</v>
       </c>
-      <c r="X143">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45807.416782407</v>
+        <v>45877.529027778</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
+      <c r="F144">
+        <v>0.12</v>
+      </c>
       <c r="G144">
-        <v>105.186813</v>
+        <v>102.180328</v>
+      </c>
+      <c r="H144">
+        <v>1021.80328</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>8.0</v>
       </c>
       <c r="K144" s="2">
         <v>45645.0</v>
       </c>
       <c r="L144" s="2">
         <v>46375.0</v>
       </c>
       <c r="M144">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N144">
         <v>100.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>3.648352</v>
+        <v>1.180328</v>
       </c>
       <c r="Q144">
-        <v>103.648352</v>
+        <v>101.280328</v>
       </c>
       <c r="R144">
-        <v>105.648352</v>
+        <v>103.180328</v>
       </c>
       <c r="S144">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T144">
         <v>102.0</v>
       </c>
+      <c r="X144">
+        <v>1</v>
+      </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45805.416701389</v>
+        <v>45876.607164352</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
+      <c r="F145">
+        <v>1.15</v>
+      </c>
       <c r="G145">
-        <v>105.186813</v>
+        <v>102.05847</v>
+      </c>
+      <c r="H145">
+        <v>122470.164</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>8.0</v>
       </c>
       <c r="K145" s="2">
         <v>45645.0</v>
       </c>
       <c r="L145" s="2">
         <v>46375.0</v>
       </c>
       <c r="M145">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N145">
         <v>100.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>3.56044</v>
+        <v>1.15847</v>
       </c>
       <c r="Q145">
-        <v>103.56044</v>
+        <v>101.25847</v>
       </c>
       <c r="R145">
-        <v>105.56044</v>
+        <v>102.15847</v>
       </c>
       <c r="S145">
-        <v>100.0</v>
+        <v>100.1</v>
       </c>
       <c r="T145">
-        <v>102.0</v>
+        <v>101.0</v>
+      </c>
+      <c r="X145">
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45804.416724537</v>
+        <v>45875.416724537</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="G146">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>8.0</v>
       </c>
       <c r="K146" s="2">
         <v>45645.0</v>
       </c>
       <c r="L146" s="2">
         <v>46375.0</v>
       </c>
       <c r="M146">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N146">
         <v>100.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>3.538462</v>
+        <v>1.092896</v>
       </c>
       <c r="Q146">
-        <v>103.538462</v>
+        <v>101.292896</v>
       </c>
       <c r="R146">
-        <v>105.538462</v>
+        <v>102.092896</v>
       </c>
       <c r="S146">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T146">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45803.416701389</v>
+        <v>45874.416712963</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="G147">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>8.0</v>
       </c>
       <c r="K147" s="2">
         <v>45645.0</v>
       </c>
       <c r="L147" s="2">
         <v>46375.0</v>
       </c>
       <c r="M147">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N147">
         <v>100.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>3.516484</v>
+        <v>1.071038</v>
       </c>
       <c r="Q147">
-        <v>103.516484</v>
+        <v>101.271038</v>
       </c>
       <c r="R147">
-        <v>105.516484</v>
+        <v>102.071038</v>
       </c>
       <c r="S147">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T147">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45800.416724537</v>
+        <v>45873.41837963</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>8.0</v>
       </c>
       <c r="K148" s="2">
         <v>45645.0</v>
       </c>
       <c r="L148" s="2">
         <v>46375.0</v>
       </c>
       <c r="M148">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N148">
         <v>100.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>3.494505</v>
+        <v>1.04918</v>
       </c>
       <c r="Q148">
-        <v>103.494505</v>
+        <v>101.24918</v>
       </c>
       <c r="R148">
-        <v>105.494505</v>
+        <v>102.04918</v>
       </c>
       <c r="S148">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T148">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45799.416724537</v>
+        <v>45870.603101852</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="G149">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>8.0</v>
       </c>
       <c r="K149" s="2">
         <v>45645.0</v>
       </c>
       <c r="L149" s="2">
         <v>46375.0</v>
       </c>
       <c r="M149">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N149">
         <v>100.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>3.472527</v>
+        <v>1.027322</v>
       </c>
       <c r="Q149">
-        <v>103.472527</v>
+        <v>101.227322</v>
       </c>
       <c r="R149">
-        <v>105.472527</v>
+        <v>103.027322</v>
       </c>
       <c r="S149">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T149">
         <v>102.0</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45798.416701389</v>
+        <v>45869.416701389</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="G150">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>8.0</v>
       </c>
       <c r="K150" s="2">
         <v>45645.0</v>
       </c>
       <c r="L150" s="2">
         <v>46375.0</v>
       </c>
       <c r="M150">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N150">
         <v>100.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>3.406593</v>
+        <v>1.005464</v>
       </c>
       <c r="Q150">
-        <v>103.406593</v>
+        <v>101.205464</v>
       </c>
       <c r="R150">
-        <v>105.406593</v>
+        <v>103.505464</v>
       </c>
       <c r="S150">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T150">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45797.416701389</v>
+        <v>45868.612372685</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="G151">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>8.0</v>
       </c>
       <c r="K151" s="2">
         <v>45645.0</v>
       </c>
       <c r="L151" s="2">
         <v>46375.0</v>
       </c>
       <c r="M151">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N151">
         <v>100.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>3.384615</v>
+        <v>0.939891</v>
       </c>
       <c r="Q151">
-        <v>103.384615</v>
+        <v>101.139891</v>
       </c>
       <c r="R151">
-        <v>105.384615</v>
+        <v>103.439891</v>
       </c>
       <c r="S151">
-        <v>100.0</v>
+        <v>100.2</v>
       </c>
       <c r="T151">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45796.41681713</v>
+        <v>45867.416701389</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="G152">
-        <v>105.186813</v>
+        <v>100.896175</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>8.0</v>
       </c>
       <c r="K152" s="2">
         <v>45645.0</v>
       </c>
       <c r="L152" s="2">
         <v>46375.0</v>
       </c>
       <c r="M152">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N152">
         <v>100.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>3.362637</v>
+        <v>0.918033</v>
       </c>
       <c r="Q152">
-        <v>103.362637</v>
+        <v>100.918033</v>
       </c>
       <c r="R152">
-        <v>105.362637</v>
+        <v>103.418033</v>
       </c>
       <c r="S152">
         <v>100.0</v>
       </c>
       <c r="T152">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45793.416712963</v>
+        <v>45866.561273148</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
+      <c r="F153">
+        <v>-0.39</v>
+      </c>
       <c r="G153">
-        <v>105.186813</v>
+        <v>100.896175</v>
+      </c>
+      <c r="H153">
+        <v>2017.9235</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>8.0</v>
       </c>
       <c r="K153" s="2">
         <v>45645.0</v>
       </c>
       <c r="L153" s="2">
         <v>46375.0</v>
       </c>
       <c r="M153">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N153">
         <v>100.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>3.340659</v>
+        <v>0.896175</v>
       </c>
       <c r="Q153">
-        <v>103.340659</v>
+        <v>100.896175</v>
       </c>
       <c r="R153">
-        <v>105.340659</v>
+        <v>103.396175</v>
       </c>
       <c r="S153">
         <v>100.0</v>
       </c>
       <c r="T153">
-        <v>102.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X153">
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45792.416724537</v>
+        <v>45863.416712963</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="G154">
-        <v>105.186813</v>
+        <v>101.286885</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>8.0</v>
       </c>
       <c r="K154" s="2">
         <v>45645.0</v>
       </c>
       <c r="L154" s="2">
         <v>46375.0</v>
       </c>
       <c r="M154">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N154">
         <v>100.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>3.318681</v>
+        <v>0.874317</v>
       </c>
       <c r="Q154">
-        <v>103.318681</v>
+        <v>100.874317</v>
       </c>
       <c r="R154">
-        <v>105.318681</v>
+        <v>102.874317</v>
       </c>
       <c r="S154">
         <v>100.0</v>
       </c>
       <c r="T154">
         <v>102.0</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45791.416724537</v>
+        <v>45862.416701389</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="G155">
-        <v>105.186813</v>
+        <v>101.286885</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>8.0</v>
       </c>
       <c r="K155" s="2">
         <v>45645.0</v>
       </c>
       <c r="L155" s="2">
         <v>46375.0</v>
       </c>
       <c r="M155">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N155">
         <v>100.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>3.252747</v>
+        <v>0.852459</v>
       </c>
       <c r="Q155">
-        <v>103.252747</v>
+        <v>100.852459</v>
       </c>
       <c r="R155">
-        <v>105.252747</v>
+        <v>102.852459</v>
       </c>
       <c r="S155">
         <v>100.0</v>
       </c>
       <c r="T155">
         <v>102.0</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45790.416701389</v>
+        <v>45861.495659722</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
+      <c r="F156">
+        <v>-0.93</v>
+      </c>
       <c r="G156">
-        <v>105.186813</v>
+        <v>101.286885</v>
+      </c>
+      <c r="H156">
+        <v>10128.6885</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>8.0</v>
       </c>
       <c r="K156" s="2">
         <v>45645.0</v>
       </c>
       <c r="L156" s="2">
         <v>46375.0</v>
       </c>
       <c r="M156">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N156">
         <v>100.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>3.230769</v>
+        <v>0.786885</v>
       </c>
       <c r="Q156">
-        <v>103.230769</v>
+        <v>100.786885</v>
       </c>
       <c r="R156">
-        <v>105.230769</v>
+        <v>102.786885</v>
       </c>
       <c r="S156">
         <v>100.0</v>
       </c>
       <c r="T156">
         <v>102.0</v>
       </c>
+      <c r="X156">
+        <v>1</v>
+      </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45789.416701389</v>
+        <v>45860.416724537</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
       <c r="G157">
-        <v>105.186813</v>
+        <v>102.240437</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>8.0</v>
       </c>
       <c r="K157" s="2">
         <v>45645.0</v>
       </c>
       <c r="L157" s="2">
         <v>46375.0</v>
       </c>
       <c r="M157">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N157">
         <v>100.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>3.208791</v>
+        <v>0.765027</v>
       </c>
       <c r="Q157">
-        <v>103.208791</v>
+        <v>100.765027</v>
       </c>
       <c r="R157">
-        <v>105.208791</v>
+        <v>102.765027</v>
       </c>
       <c r="S157">
         <v>100.0</v>
       </c>
       <c r="T157">
         <v>102.0</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45786.604884259</v>
+        <v>45859.416701389</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
-      <c r="F158">
-[...1 lines deleted...]
-      </c>
       <c r="G158">
-        <v>105.186813</v>
-[...2 lines deleted...]
-        <v>10513.4813</v>
+        <v>102.240437</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>8.0</v>
       </c>
       <c r="K158" s="2">
         <v>45645.0</v>
       </c>
       <c r="L158" s="2">
         <v>46375.0</v>
       </c>
       <c r="M158">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N158">
         <v>100.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>3.186813</v>
+        <v>0.743169</v>
       </c>
       <c r="Q158">
-        <v>103.186813</v>
+        <v>100.743169</v>
       </c>
       <c r="R158">
-        <v>105.186813</v>
+        <v>102.743169</v>
       </c>
       <c r="S158">
         <v>100.0</v>
       </c>
       <c r="T158">
         <v>102.0</v>
       </c>
-      <c r="X158">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45785.416805556</v>
+        <v>45856.416701389</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="G159">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>8.0</v>
       </c>
       <c r="K159" s="2">
         <v>45645.0</v>
       </c>
       <c r="L159" s="2">
         <v>46375.0</v>
       </c>
       <c r="M159">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N159">
         <v>100.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>3.164835</v>
+        <v>0.721311</v>
       </c>
       <c r="Q159">
-        <v>103.164835</v>
+        <v>100.721311</v>
       </c>
       <c r="R159">
-        <v>104.904835</v>
+        <v>102.721311</v>
       </c>
       <c r="S159">
         <v>100.0</v>
       </c>
       <c r="T159">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45784.416747685</v>
+        <v>45855.416689815</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="G160">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>8.0</v>
       </c>
       <c r="K160" s="2">
         <v>45645.0</v>
       </c>
       <c r="L160" s="2">
         <v>46375.0</v>
       </c>
       <c r="M160">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N160">
         <v>100.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>3.098901</v>
+        <v>0.699454</v>
       </c>
       <c r="Q160">
-        <v>103.098901</v>
+        <v>100.699454</v>
       </c>
       <c r="R160">
-        <v>104.838901</v>
+        <v>102.699454</v>
       </c>
       <c r="S160">
         <v>100.0</v>
       </c>
       <c r="T160">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45783.416851852</v>
+        <v>45854.416712963</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
       <c r="G161">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>8.0</v>
       </c>
       <c r="K161" s="2">
         <v>45645.0</v>
       </c>
       <c r="L161" s="2">
         <v>46375.0</v>
       </c>
       <c r="M161">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N161">
         <v>100.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>3.076923</v>
+        <v>0.63388</v>
       </c>
       <c r="Q161">
-        <v>103.076923</v>
+        <v>100.63388</v>
       </c>
       <c r="R161">
-        <v>104.816923</v>
+        <v>102.63388</v>
       </c>
       <c r="S161">
         <v>100.0</v>
       </c>
       <c r="T161">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45782.428703704</v>
+        <v>45853.41681713</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="G162">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>8.0</v>
       </c>
       <c r="K162" s="2">
         <v>45645.0</v>
       </c>
       <c r="L162" s="2">
         <v>46375.0</v>
       </c>
       <c r="M162">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N162">
         <v>100.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>3.054945</v>
+        <v>0.612022</v>
       </c>
       <c r="Q162">
-        <v>103.054945</v>
+        <v>100.612022</v>
       </c>
       <c r="R162">
-        <v>104.794945</v>
+        <v>102.612022</v>
       </c>
       <c r="S162">
         <v>100.0</v>
       </c>
       <c r="T162">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45779.416909722</v>
+        <v>45852.416712963</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="G163">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>8.0</v>
       </c>
       <c r="K163" s="2">
         <v>45645.0</v>
       </c>
       <c r="L163" s="2">
         <v>46375.0</v>
       </c>
       <c r="M163">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N163">
         <v>100.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>3.032967</v>
+        <v>0.590164</v>
+      </c>
+      <c r="Q163">
+        <v>100.590164</v>
       </c>
       <c r="R163">
-        <v>104.772967</v>
+        <v>102.590164</v>
+      </c>
+      <c r="S163">
+        <v>100.0</v>
       </c>
       <c r="T163">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45777.416956019</v>
+        <v>45849.416712963</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="G164">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>8.0</v>
       </c>
       <c r="K164" s="2">
         <v>45645.0</v>
       </c>
       <c r="L164" s="2">
         <v>46375.0</v>
       </c>
       <c r="M164">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N164">
         <v>100.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>3.010989</v>
+        <v>0.568306</v>
+      </c>
+      <c r="Q164">
+        <v>100.568306</v>
       </c>
       <c r="R164">
-        <v>104.750989</v>
+        <v>102.568306</v>
+      </c>
+      <c r="S164">
+        <v>100.0</v>
       </c>
       <c r="T164">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45776.637303241</v>
+        <v>45848.416724537</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="G165">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>8.0</v>
       </c>
       <c r="K165" s="2">
         <v>45645.0</v>
       </c>
       <c r="L165" s="2">
         <v>46375.0</v>
       </c>
       <c r="M165">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N165">
         <v>100.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>2.945055</v>
+        <v>0.546448</v>
+      </c>
+      <c r="Q165">
+        <v>100.546448</v>
       </c>
       <c r="R165">
-        <v>104.685055</v>
+        <v>102.546448</v>
+      </c>
+      <c r="S165">
+        <v>100.0</v>
       </c>
       <c r="T165">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45775.418703704</v>
+        <v>45847.416712963</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="G166">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>8.0</v>
       </c>
       <c r="K166" s="2">
         <v>45645.0</v>
       </c>
       <c r="L166" s="2">
         <v>46375.0</v>
       </c>
       <c r="M166">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N166">
         <v>100.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>2.901099</v>
+        <v>0.480874</v>
+      </c>
+      <c r="Q166">
+        <v>100.480874</v>
       </c>
       <c r="R166">
-        <v>104.0</v>
+        <v>102.480874</v>
+      </c>
+      <c r="S166">
+        <v>100.0</v>
       </c>
       <c r="T166">
-        <v>101.098901</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45772.61431713</v>
+        <v>45846.416759259</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>8.0</v>
       </c>
       <c r="K167" s="2">
         <v>45645.0</v>
       </c>
       <c r="L167" s="2">
         <v>46375.0</v>
       </c>
       <c r="M167">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N167">
         <v>100.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>2.879121</v>
+        <v>0.459016</v>
       </c>
       <c r="Q167">
-        <v>101.879121</v>
+        <v>100.459016</v>
       </c>
       <c r="R167">
-        <v>104.0</v>
+        <v>102.459016</v>
       </c>
       <c r="S167">
-        <v>99.0</v>
+        <v>100.0</v>
       </c>
       <c r="T167">
-        <v>101.120879</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45771.620578704</v>
+        <v>45845.416724537</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
       <c r="G168">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>8.0</v>
       </c>
       <c r="K168" s="2">
         <v>45645.0</v>
       </c>
       <c r="L168" s="2">
         <v>46375.0</v>
       </c>
       <c r="M168">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N168">
         <v>100.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>2.857143</v>
+        <v>0.437158</v>
+      </c>
+      <c r="Q168">
+        <v>100.437158</v>
       </c>
       <c r="R168">
-        <v>104.0</v>
+        <v>102.437158</v>
+      </c>
+      <c r="S168">
+        <v>100.0</v>
       </c>
       <c r="T168">
-        <v>101.142857</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45770.416979167</v>
+        <v>45842.416701389</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
       <c r="G169">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>8.0</v>
       </c>
       <c r="K169" s="2">
         <v>45645.0</v>
       </c>
       <c r="L169" s="2">
         <v>46375.0</v>
       </c>
       <c r="M169">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N169">
         <v>100.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>2.791209</v>
+        <v>0.415301</v>
+      </c>
+      <c r="Q169">
+        <v>100.415301</v>
       </c>
       <c r="R169">
-        <v>104.531209</v>
+        <v>102.415301</v>
+      </c>
+      <c r="S169">
+        <v>100.0</v>
       </c>
       <c r="T169">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45769.416990741</v>
+        <v>45841.416701389</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
       <c r="G170">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>8.0</v>
       </c>
       <c r="K170" s="2">
         <v>45645.0</v>
       </c>
       <c r="L170" s="2">
         <v>46375.0</v>
       </c>
       <c r="M170">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N170">
         <v>100.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>2.769231</v>
+        <v>0.393443</v>
+      </c>
+      <c r="Q170">
+        <v>100.393443</v>
       </c>
       <c r="R170">
-        <v>104.509231</v>
+        <v>102.393443</v>
+      </c>
+      <c r="S170">
+        <v>100.0</v>
       </c>
       <c r="T170">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45764.416898148</v>
+        <v>45840.416712963</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
       <c r="G171">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>8.0</v>
       </c>
       <c r="K171" s="2">
         <v>45645.0</v>
       </c>
       <c r="L171" s="2">
         <v>46375.0</v>
       </c>
       <c r="M171">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N171">
         <v>100.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>2.747253</v>
+        <v>0.327869</v>
+      </c>
+      <c r="Q171">
+        <v>100.327869</v>
       </c>
       <c r="R171">
-        <v>104.487253</v>
+        <v>102.327869</v>
+      </c>
+      <c r="S171">
+        <v>100.0</v>
       </c>
       <c r="T171">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45763.416875</v>
+        <v>45839.475462963</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="G172">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>8.0</v>
       </c>
       <c r="K172" s="2">
         <v>45645.0</v>
       </c>
       <c r="L172" s="2">
         <v>46375.0</v>
       </c>
       <c r="M172">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N172">
         <v>100.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>2.725275</v>
+        <v>0.306011</v>
+      </c>
+      <c r="Q172">
+        <v>100.306011</v>
       </c>
       <c r="R172">
-        <v>104.465275</v>
+        <v>102.306011</v>
+      </c>
+      <c r="S172">
+        <v>100.0</v>
       </c>
       <c r="T172">
-        <v>101.74</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45762.518333333</v>
+        <v>45838.416712963</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="G173">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>8.0</v>
       </c>
       <c r="K173" s="2">
         <v>45645.0</v>
       </c>
       <c r="L173" s="2">
         <v>46375.0</v>
       </c>
       <c r="M173">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N173">
         <v>100.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>2.615385</v>
+        <v>0.284153</v>
+      </c>
+      <c r="Q173">
+        <v>100.284153</v>
       </c>
       <c r="R173">
-        <v>104.355385</v>
+        <v>104.014153</v>
+      </c>
+      <c r="S173">
+        <v>100.0</v>
       </c>
       <c r="T173">
-        <v>101.74</v>
+        <v>103.73</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45761.417268519</v>
+        <v>45835.416712963</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
       <c r="G174">
-        <v>103.58956</v>
+        <v>102.240437</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>8.0</v>
       </c>
       <c r="K174" s="2">
         <v>45645.0</v>
       </c>
       <c r="L174" s="2">
         <v>46375.0</v>
       </c>
       <c r="M174">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N174">
         <v>100.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>2.593407</v>
+        <v>0.262295</v>
+      </c>
+      <c r="Q174">
+        <v>100.262295</v>
       </c>
       <c r="R174">
-        <v>104.343407</v>
+        <v>103.992295</v>
+      </c>
+      <c r="S174">
+        <v>100.0</v>
       </c>
       <c r="T174">
-        <v>101.75</v>
+        <v>103.73</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45758.416828704</v>
+        <v>45834.62650463</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
+      <c r="F175">
+        <v>0.13</v>
+      </c>
       <c r="G175">
-        <v>103.58956</v>
+        <v>102.240437</v>
+      </c>
+      <c r="H175">
+        <v>9301.879767</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>8.0</v>
       </c>
       <c r="K175" s="2">
         <v>45645.0</v>
       </c>
       <c r="L175" s="2">
         <v>46375.0</v>
       </c>
       <c r="M175">
-        <v>200000</v>
+        <v>301317</v>
       </c>
       <c r="N175">
         <v>100.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
       <c r="P175">
-        <v>2.571429</v>
+        <v>0.240437</v>
+      </c>
+      <c r="Q175">
+        <v>100.240437</v>
       </c>
       <c r="R175">
-        <v>104.321429</v>
+        <v>103.970437</v>
+      </c>
+      <c r="S175">
+        <v>100.0</v>
       </c>
       <c r="T175">
-        <v>101.75</v>
+        <v>103.73</v>
+      </c>
+      <c r="X175">
+        <v>2</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45757.416828704</v>
+        <v>45833.57224537</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="G176">
-        <v>103.58956</v>
+        <v>102.10929</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>8.0</v>
       </c>
       <c r="K176" s="2">
         <v>45645.0</v>
       </c>
       <c r="L176" s="2">
         <v>46375.0</v>
       </c>
       <c r="M176">
         <v>200000</v>
       </c>
       <c r="N176">
         <v>100.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>2.549451</v>
+        <v>0.174863</v>
+      </c>
+      <c r="Q176">
+        <v>100.174863</v>
       </c>
       <c r="R176">
-        <v>104.299451</v>
+        <v>102.174863</v>
+      </c>
+      <c r="S176">
+        <v>100.0</v>
       </c>
       <c r="T176">
-        <v>101.75</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45756.417118056</v>
+        <v>45831.515173611</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>103.58956</v>
+        <v>102.10929</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>8.0</v>
       </c>
       <c r="K177" s="2">
         <v>45645.0</v>
       </c>
       <c r="L177" s="2">
         <v>46375.0</v>
       </c>
       <c r="M177">
         <v>200000</v>
       </c>
       <c r="N177">
         <v>100.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>2.483516</v>
+        <v>0.131148</v>
+      </c>
+      <c r="Q177">
+        <v>100.131148</v>
       </c>
       <c r="R177">
-        <v>104.233516</v>
+        <v>102.131148</v>
+      </c>
+      <c r="S177">
+        <v>100.0</v>
       </c>
       <c r="T177">
-        <v>101.75</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45755.446331019</v>
+        <v>45828.436053241</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
+      <c r="F178">
+        <v>0.02</v>
+      </c>
       <c r="G178">
-        <v>103.58956</v>
+        <v>102.10929</v>
+      </c>
+      <c r="H178">
+        <v>918.98361</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>8.0</v>
       </c>
       <c r="K178" s="2">
         <v>45645.0</v>
       </c>
       <c r="L178" s="2">
         <v>46375.0</v>
       </c>
       <c r="M178">
         <v>200000</v>
       </c>
       <c r="N178">
         <v>100.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>2.461538</v>
+        <v>0.10929</v>
+      </c>
+      <c r="Q178">
+        <v>100.10929</v>
       </c>
       <c r="R178">
-        <v>104.211538</v>
+        <v>102.10929</v>
+      </c>
+      <c r="S178">
+        <v>100.0</v>
       </c>
       <c r="T178">
-        <v>101.75</v>
+        <v>102.0</v>
+      </c>
+      <c r="X178">
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45754.476550926</v>
+        <v>45827.477094907</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
+      <c r="F179">
+        <v>0.11</v>
+      </c>
       <c r="G179">
-        <v>103.58956</v>
+        <v>102.087432</v>
       </c>
       <c r="H179">
-        <v>12845.10544</v>
+        <v>102087.432</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>8.0</v>
       </c>
       <c r="K179" s="2">
         <v>45645.0</v>
       </c>
       <c r="L179" s="2">
         <v>46375.0</v>
       </c>
       <c r="M179">
         <v>200000</v>
       </c>
       <c r="N179">
         <v>100.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>2.43956</v>
+        <v>0.087432</v>
       </c>
       <c r="Q179">
-        <v>103.58956</v>
+        <v>100.087432</v>
       </c>
       <c r="R179">
-        <v>104.18956</v>
+        <v>102.087432</v>
       </c>
       <c r="S179">
-        <v>101.15</v>
+        <v>100.0</v>
       </c>
       <c r="T179">
-        <v>101.75</v>
+        <v>102.0</v>
       </c>
       <c r="X179">
         <v>2</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45751.416956019</v>
+        <v>45826.416724537</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
+      </c>
+      <c r="G180">
+        <v>101.978022</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>8.0</v>
       </c>
       <c r="K180" s="2">
         <v>45645.0</v>
       </c>
       <c r="L180" s="2">
         <v>46375.0</v>
       </c>
       <c r="M180">
         <v>200000</v>
       </c>
       <c r="N180">
         <v>100.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>2.417582</v>
+        <v>0.021858</v>
       </c>
       <c r="Q180">
-        <v>103.567582</v>
+        <v>100.021858</v>
       </c>
       <c r="R180">
-        <v>104.167582</v>
+        <v>102.021858</v>
       </c>
       <c r="S180">
-        <v>101.15</v>
+        <v>100.0</v>
       </c>
       <c r="T180">
-        <v>101.75</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45750.476770833</v>
+        <v>45825.416701389</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
+      </c>
+      <c r="G181">
+        <v>101.978022</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>8.0</v>
       </c>
       <c r="K181" s="2">
         <v>45645.0</v>
       </c>
       <c r="L181" s="2">
         <v>46375.0</v>
       </c>
       <c r="M181">
         <v>200000</v>
       </c>
       <c r="N181">
         <v>100.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
-      <c r="P181">
-[...1 lines deleted...]
-      </c>
       <c r="Q181">
-        <v>103.545604</v>
+        <v>100.0</v>
       </c>
       <c r="R181">
-        <v>104.145604</v>
-[...5 lines deleted...]
-        <v>101.728022</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45749.42005787</v>
+        <v>45824.563576389</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
+      <c r="F182">
+        <v>2.02</v>
+      </c>
+      <c r="G182">
+        <v>101.978022</v>
+      </c>
+      <c r="H182">
+        <v>1019.78022</v>
+      </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>8.0</v>
       </c>
       <c r="K182" s="2">
         <v>45645.0</v>
       </c>
       <c r="L182" s="2">
         <v>46375.0</v>
       </c>
       <c r="M182">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N182">
         <v>100.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>2.32967</v>
+        <v>-0.021978</v>
+      </c>
+      <c r="Q182">
+        <v>99.978022</v>
       </c>
       <c r="R182">
-        <v>104.5</v>
+        <v>101.978022</v>
+      </c>
+      <c r="S182">
+        <v>100.0</v>
       </c>
       <c r="T182">
-        <v>102.17033</v>
+        <v>102.0</v>
+      </c>
+      <c r="X182">
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45748.421145833</v>
+        <v>45821.453796296</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
+      <c r="F183">
+        <v>-5.55</v>
+      </c>
+      <c r="G183">
+        <v>99.956044</v>
+      </c>
+      <c r="H183">
+        <v>5497.58242</v>
+      </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>8.0</v>
       </c>
       <c r="K183" s="2">
         <v>45645.0</v>
       </c>
       <c r="L183" s="2">
         <v>46375.0</v>
       </c>
       <c r="M183">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N183">
         <v>100.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>2.307692</v>
+        <v>-0.043956</v>
+      </c>
+      <c r="Q183">
+        <v>99.956044</v>
       </c>
       <c r="R183">
-        <v>104.5</v>
+        <v>101.956044</v>
+      </c>
+      <c r="S183">
+        <v>100.0</v>
       </c>
       <c r="T183">
-        <v>102.192308</v>
+        <v>102.0</v>
+      </c>
+      <c r="X183">
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45747.42244213</v>
+        <v>45820.416828704</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
+      <c r="G184">
+        <v>105.824176</v>
+      </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>8.0</v>
       </c>
       <c r="K184" s="2">
         <v>45645.0</v>
       </c>
       <c r="L184" s="2">
         <v>46375.0</v>
       </c>
       <c r="M184">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N184">
         <v>100.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>2.285714</v>
+        <v>-0.065934</v>
       </c>
       <c r="Q184">
-        <v>102.285714</v>
+        <v>99.934066</v>
       </c>
       <c r="R184">
-        <v>105.0</v>
+        <v>101.934066</v>
       </c>
       <c r="S184">
         <v>100.0</v>
       </c>
       <c r="T184">
-        <v>102.714286</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45744.421875</v>
+        <v>45819.416701389</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
+      <c r="G185">
+        <v>105.824176</v>
+      </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>8.0</v>
       </c>
       <c r="K185" s="2">
         <v>45645.0</v>
       </c>
       <c r="L185" s="2">
         <v>46375.0</v>
       </c>
       <c r="M185">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N185">
         <v>100.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>2.263736</v>
+        <v>3.868132</v>
       </c>
       <c r="Q185">
-        <v>102.263736</v>
+        <v>103.868132</v>
       </c>
       <c r="R185">
-        <v>105.0</v>
+        <v>105.868132</v>
       </c>
       <c r="S185">
         <v>100.0</v>
       </c>
       <c r="T185">
-        <v>102.736264</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45743.515231481</v>
+        <v>45818.416793981</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
+      <c r="G186">
+        <v>105.824176</v>
+      </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>8.0</v>
       </c>
       <c r="K186" s="2">
         <v>45645.0</v>
       </c>
       <c r="L186" s="2">
         <v>46375.0</v>
       </c>
       <c r="M186">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N186">
         <v>100.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>2.241758</v>
+        <v>3.846154</v>
       </c>
       <c r="Q186">
-        <v>102.241758</v>
+        <v>103.846154</v>
       </c>
       <c r="R186">
-        <v>107.241758</v>
+        <v>105.846154</v>
       </c>
       <c r="S186">
         <v>100.0</v>
       </c>
       <c r="T186">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45742.417280093</v>
+        <v>45817.418078704</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
+      <c r="F187">
+        <v>2.15</v>
+      </c>
+      <c r="G187">
+        <v>105.824176</v>
+      </c>
+      <c r="H187">
+        <v>105.824176</v>
+      </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>8.0</v>
       </c>
       <c r="K187" s="2">
         <v>45645.0</v>
       </c>
       <c r="L187" s="2">
         <v>46375.0</v>
       </c>
       <c r="M187">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N187">
         <v>100.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>2.175824</v>
+        <v>3.824176</v>
       </c>
       <c r="Q187">
-        <v>102.175824</v>
+        <v>103.824176</v>
+      </c>
+      <c r="R187">
+        <v>105.824176</v>
       </c>
       <c r="S187">
         <v>100.0</v>
+      </c>
+      <c r="T187">
+        <v>102.0</v>
+      </c>
+      <c r="X187">
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45741.417013889</v>
+        <v>45814.416712963</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
+      <c r="G188">
+        <v>103.6</v>
+      </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>8.0</v>
       </c>
       <c r="K188" s="2">
         <v>45645.0</v>
       </c>
       <c r="L188" s="2">
         <v>46375.0</v>
       </c>
       <c r="M188">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N188">
         <v>100.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>2.153846</v>
+        <v>3.802198</v>
       </c>
       <c r="Q188">
-        <v>102.153846</v>
+        <v>103.802198</v>
+      </c>
+      <c r="R188">
+        <v>105.802198</v>
       </c>
       <c r="S188">
         <v>100.0</v>
+      </c>
+      <c r="T188">
+        <v>102.0</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45740.416967593</v>
+        <v>45813.416747685</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
+      <c r="G189">
+        <v>103.6</v>
+      </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>8.0</v>
       </c>
       <c r="K189" s="2">
         <v>45645.0</v>
       </c>
       <c r="L189" s="2">
         <v>46375.0</v>
       </c>
       <c r="M189">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N189">
         <v>100.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>2.131868</v>
+        <v>3.78022</v>
       </c>
       <c r="Q189">
-        <v>102.131868</v>
+        <v>103.78022</v>
+      </c>
+      <c r="R189">
+        <v>105.78022</v>
       </c>
       <c r="S189">
         <v>100.0</v>
+      </c>
+      <c r="T189">
+        <v>102.0</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45737.417673611</v>
+        <v>45812.416782407</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
+      <c r="G190">
+        <v>103.6</v>
+      </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>8.0</v>
       </c>
       <c r="K190" s="2">
         <v>45645.0</v>
       </c>
       <c r="L190" s="2">
         <v>46375.0</v>
       </c>
       <c r="M190">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N190">
         <v>100.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
       <c r="P190">
-        <v>2.10989</v>
+        <v>3.714286</v>
       </c>
       <c r="Q190">
-        <v>102.10989</v>
+        <v>103.714286</v>
+      </c>
+      <c r="R190">
+        <v>105.714286</v>
       </c>
       <c r="S190">
         <v>100.0</v>
+      </c>
+      <c r="T190">
+        <v>102.0</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45736.417222222</v>
+        <v>45811.416712963</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
+      <c r="G191">
+        <v>103.6</v>
+      </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
         <v>8.0</v>
       </c>
       <c r="K191" s="2">
         <v>45645.0</v>
       </c>
       <c r="L191" s="2">
         <v>46375.0</v>
       </c>
       <c r="M191">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N191">
         <v>100.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>2.087912</v>
+        <v>3.692308</v>
       </c>
       <c r="Q191">
-        <v>102.087912</v>
+        <v>103.692308</v>
+      </c>
+      <c r="R191">
+        <v>105.692308</v>
       </c>
       <c r="S191">
         <v>100.0</v>
+      </c>
+      <c r="T191">
+        <v>102.0</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45735.416956019</v>
+        <v>45810.598611111</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
+      <c r="F192">
+        <v>-1.51</v>
+      </c>
+      <c r="G192">
+        <v>103.6</v>
+      </c>
+      <c r="H192">
+        <v>2382.8</v>
+      </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>8.0</v>
       </c>
       <c r="K192" s="2">
         <v>45645.0</v>
       </c>
       <c r="L192" s="2">
         <v>46375.0</v>
       </c>
       <c r="M192">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N192">
         <v>100.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>2.021978</v>
+        <v>3.67033</v>
       </c>
       <c r="Q192">
-        <v>102.021978</v>
+        <v>103.67033</v>
+      </c>
+      <c r="R192">
+        <v>105.67033</v>
       </c>
       <c r="S192">
         <v>100.0</v>
+      </c>
+      <c r="T192">
+        <v>102.0</v>
+      </c>
+      <c r="X192">
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45734.417106481</v>
+        <v>45807.416782407</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
+      <c r="G193">
+        <v>105.186813</v>
+      </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>8.0</v>
       </c>
       <c r="K193" s="2">
         <v>45645.0</v>
       </c>
       <c r="L193" s="2">
         <v>46375.0</v>
       </c>
       <c r="M193">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N193">
         <v>100.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>2.0</v>
+        <v>3.648352</v>
       </c>
       <c r="Q193">
+        <v>103.648352</v>
+      </c>
+      <c r="R193">
+        <v>105.648352</v>
+      </c>
+      <c r="S193">
+        <v>100.0</v>
+      </c>
+      <c r="T193">
         <v>102.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>100.0</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45733.417800926</v>
+        <v>45805.416701389</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
+      <c r="G194">
+        <v>105.186813</v>
+      </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>8.0</v>
       </c>
       <c r="K194" s="2">
         <v>45645.0</v>
       </c>
       <c r="L194" s="2">
         <v>46375.0</v>
       </c>
       <c r="M194">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N194">
         <v>100.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>1.978022</v>
+        <v>3.56044</v>
       </c>
       <c r="Q194">
-        <v>101.978022</v>
+        <v>103.56044</v>
+      </c>
+      <c r="R194">
+        <v>105.56044</v>
       </c>
       <c r="S194">
         <v>100.0</v>
+      </c>
+      <c r="T194">
+        <v>102.0</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45730.417083333</v>
+        <v>45804.416724537</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
+      <c r="G195">
+        <v>105.186813</v>
+      </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>8.0</v>
       </c>
       <c r="K195" s="2">
         <v>45645.0</v>
       </c>
       <c r="L195" s="2">
         <v>46375.0</v>
       </c>
       <c r="M195">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N195">
         <v>100.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>1.956044</v>
+        <v>3.538462</v>
       </c>
       <c r="Q195">
-        <v>101.956044</v>
+        <v>103.538462</v>
+      </c>
+      <c r="R195">
+        <v>105.538462</v>
       </c>
       <c r="S195">
         <v>100.0</v>
+      </c>
+      <c r="T195">
+        <v>102.0</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45729.417037037</v>
+        <v>45803.416701389</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
+      <c r="G196">
+        <v>105.186813</v>
+      </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>8.0</v>
       </c>
       <c r="K196" s="2">
         <v>45645.0</v>
       </c>
       <c r="L196" s="2">
         <v>46375.0</v>
       </c>
       <c r="M196">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N196">
         <v>100.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>1.934066</v>
+        <v>3.516484</v>
       </c>
       <c r="Q196">
-        <v>101.934066</v>
+        <v>103.516484</v>
+      </c>
+      <c r="R196">
+        <v>105.516484</v>
       </c>
       <c r="S196">
         <v>100.0</v>
+      </c>
+      <c r="T196">
+        <v>102.0</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45728.417118056</v>
+        <v>45800.416724537</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
+      <c r="G197">
+        <v>105.186813</v>
+      </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>8.0</v>
       </c>
       <c r="K197" s="2">
         <v>45645.0</v>
       </c>
       <c r="L197" s="2">
         <v>46375.0</v>
       </c>
       <c r="M197">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N197">
         <v>100.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>1.868132</v>
+        <v>3.494505</v>
       </c>
       <c r="Q197">
-        <v>101.868132</v>
+        <v>103.494505</v>
+      </c>
+      <c r="R197">
+        <v>105.494505</v>
       </c>
       <c r="S197">
         <v>100.0</v>
+      </c>
+      <c r="T197">
+        <v>102.0</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45727.355208333</v>
+        <v>45799.416724537</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
+      <c r="G198">
+        <v>105.186813</v>
+      </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>8.0</v>
       </c>
       <c r="K198" s="2">
         <v>45645.0</v>
       </c>
       <c r="L198" s="2">
         <v>46375.0</v>
       </c>
       <c r="M198">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N198">
         <v>100.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>1.846154</v>
+        <v>3.472527</v>
+      </c>
+      <c r="Q198">
+        <v>103.472527</v>
+      </c>
+      <c r="R198">
+        <v>105.472527</v>
+      </c>
+      <c r="S198">
+        <v>100.0</v>
+      </c>
+      <c r="T198">
+        <v>102.0</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45726.417048611</v>
+        <v>45798.416701389</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
+      <c r="G199">
+        <v>105.186813</v>
+      </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>8.0</v>
       </c>
       <c r="K199" s="2">
         <v>45645.0</v>
       </c>
       <c r="L199" s="2">
         <v>46375.0</v>
       </c>
       <c r="M199">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N199">
         <v>100.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>1.824176</v>
+        <v>3.406593</v>
       </c>
       <c r="Q199">
-        <v>101.824176</v>
+        <v>103.406593</v>
+      </c>
+      <c r="R199">
+        <v>105.406593</v>
       </c>
       <c r="S199">
         <v>100.0</v>
+      </c>
+      <c r="T199">
+        <v>102.0</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45723.417106481</v>
+        <v>45797.416701389</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
+      <c r="G200">
+        <v>105.186813</v>
+      </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>8.0</v>
       </c>
       <c r="K200" s="2">
         <v>45645.0</v>
       </c>
       <c r="L200" s="2">
         <v>46375.0</v>
       </c>
       <c r="M200">
-        <v>80000</v>
+        <v>200000</v>
       </c>
       <c r="N200">
         <v>100.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>1.802198</v>
+        <v>3.384615</v>
       </c>
       <c r="Q200">
-        <v>101.802198</v>
+        <v>103.384615</v>
+      </c>
+      <c r="R200">
+        <v>105.384615</v>
       </c>
       <c r="S200">
         <v>100.0</v>
+      </c>
+      <c r="T200">
+        <v>102.0</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
+        <v>45796.41681713</v>
+      </c>
+      <c r="B201" t="s">
+        <v>24</v>
+      </c>
+      <c r="C201" t="s">
+        <v>25</v>
+      </c>
+      <c r="D201" t="s">
+        <v>26</v>
+      </c>
+      <c r="E201" t="s">
+        <v>27</v>
+      </c>
+      <c r="G201">
+        <v>105.186813</v>
+      </c>
+      <c r="I201" t="s">
+        <v>28</v>
+      </c>
+      <c r="J201">
+        <v>8.0</v>
+      </c>
+      <c r="K201" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L201" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M201">
+        <v>200000</v>
+      </c>
+      <c r="N201">
+        <v>100.0</v>
+      </c>
+      <c r="O201" t="s">
+        <v>28</v>
+      </c>
+      <c r="P201">
+        <v>3.362637</v>
+      </c>
+      <c r="Q201">
+        <v>103.362637</v>
+      </c>
+      <c r="R201">
+        <v>105.362637</v>
+      </c>
+      <c r="S201">
+        <v>100.0</v>
+      </c>
+      <c r="T201">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:24">
+      <c r="A202" s="2">
+        <v>45793.416712963</v>
+      </c>
+      <c r="B202" t="s">
+        <v>24</v>
+      </c>
+      <c r="C202" t="s">
+        <v>25</v>
+      </c>
+      <c r="D202" t="s">
+        <v>26</v>
+      </c>
+      <c r="E202" t="s">
+        <v>27</v>
+      </c>
+      <c r="G202">
+        <v>105.186813</v>
+      </c>
+      <c r="I202" t="s">
+        <v>28</v>
+      </c>
+      <c r="J202">
+        <v>8.0</v>
+      </c>
+      <c r="K202" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L202" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M202">
+        <v>200000</v>
+      </c>
+      <c r="N202">
+        <v>100.0</v>
+      </c>
+      <c r="O202" t="s">
+        <v>28</v>
+      </c>
+      <c r="P202">
+        <v>3.340659</v>
+      </c>
+      <c r="Q202">
+        <v>103.340659</v>
+      </c>
+      <c r="R202">
+        <v>105.340659</v>
+      </c>
+      <c r="S202">
+        <v>100.0</v>
+      </c>
+      <c r="T202">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:24">
+      <c r="A203" s="2">
+        <v>45792.416724537</v>
+      </c>
+      <c r="B203" t="s">
+        <v>24</v>
+      </c>
+      <c r="C203" t="s">
+        <v>25</v>
+      </c>
+      <c r="D203" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203" t="s">
+        <v>27</v>
+      </c>
+      <c r="G203">
+        <v>105.186813</v>
+      </c>
+      <c r="I203" t="s">
+        <v>28</v>
+      </c>
+      <c r="J203">
+        <v>8.0</v>
+      </c>
+      <c r="K203" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L203" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M203">
+        <v>200000</v>
+      </c>
+      <c r="N203">
+        <v>100.0</v>
+      </c>
+      <c r="O203" t="s">
+        <v>28</v>
+      </c>
+      <c r="P203">
+        <v>3.318681</v>
+      </c>
+      <c r="Q203">
+        <v>103.318681</v>
+      </c>
+      <c r="R203">
+        <v>105.318681</v>
+      </c>
+      <c r="S203">
+        <v>100.0</v>
+      </c>
+      <c r="T203">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:24">
+      <c r="A204" s="2">
+        <v>45791.416724537</v>
+      </c>
+      <c r="B204" t="s">
+        <v>24</v>
+      </c>
+      <c r="C204" t="s">
+        <v>25</v>
+      </c>
+      <c r="D204" t="s">
+        <v>26</v>
+      </c>
+      <c r="E204" t="s">
+        <v>27</v>
+      </c>
+      <c r="G204">
+        <v>105.186813</v>
+      </c>
+      <c r="I204" t="s">
+        <v>28</v>
+      </c>
+      <c r="J204">
+        <v>8.0</v>
+      </c>
+      <c r="K204" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L204" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M204">
+        <v>200000</v>
+      </c>
+      <c r="N204">
+        <v>100.0</v>
+      </c>
+      <c r="O204" t="s">
+        <v>28</v>
+      </c>
+      <c r="P204">
+        <v>3.252747</v>
+      </c>
+      <c r="Q204">
+        <v>103.252747</v>
+      </c>
+      <c r="R204">
+        <v>105.252747</v>
+      </c>
+      <c r="S204">
+        <v>100.0</v>
+      </c>
+      <c r="T204">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:24">
+      <c r="A205" s="2">
+        <v>45790.416701389</v>
+      </c>
+      <c r="B205" t="s">
+        <v>24</v>
+      </c>
+      <c r="C205" t="s">
+        <v>25</v>
+      </c>
+      <c r="D205" t="s">
+        <v>26</v>
+      </c>
+      <c r="E205" t="s">
+        <v>27</v>
+      </c>
+      <c r="G205">
+        <v>105.186813</v>
+      </c>
+      <c r="I205" t="s">
+        <v>28</v>
+      </c>
+      <c r="J205">
+        <v>8.0</v>
+      </c>
+      <c r="K205" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L205" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M205">
+        <v>200000</v>
+      </c>
+      <c r="N205">
+        <v>100.0</v>
+      </c>
+      <c r="O205" t="s">
+        <v>28</v>
+      </c>
+      <c r="P205">
+        <v>3.230769</v>
+      </c>
+      <c r="Q205">
+        <v>103.230769</v>
+      </c>
+      <c r="R205">
+        <v>105.230769</v>
+      </c>
+      <c r="S205">
+        <v>100.0</v>
+      </c>
+      <c r="T205">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:24">
+      <c r="A206" s="2">
+        <v>45789.416701389</v>
+      </c>
+      <c r="B206" t="s">
+        <v>24</v>
+      </c>
+      <c r="C206" t="s">
+        <v>25</v>
+      </c>
+      <c r="D206" t="s">
+        <v>26</v>
+      </c>
+      <c r="E206" t="s">
+        <v>27</v>
+      </c>
+      <c r="G206">
+        <v>105.186813</v>
+      </c>
+      <c r="I206" t="s">
+        <v>28</v>
+      </c>
+      <c r="J206">
+        <v>8.0</v>
+      </c>
+      <c r="K206" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L206" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M206">
+        <v>200000</v>
+      </c>
+      <c r="N206">
+        <v>100.0</v>
+      </c>
+      <c r="O206" t="s">
+        <v>28</v>
+      </c>
+      <c r="P206">
+        <v>3.208791</v>
+      </c>
+      <c r="Q206">
+        <v>103.208791</v>
+      </c>
+      <c r="R206">
+        <v>105.208791</v>
+      </c>
+      <c r="S206">
+        <v>100.0</v>
+      </c>
+      <c r="T206">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:24">
+      <c r="A207" s="2">
+        <v>45786.604884259</v>
+      </c>
+      <c r="B207" t="s">
+        <v>24</v>
+      </c>
+      <c r="C207" t="s">
+        <v>25</v>
+      </c>
+      <c r="D207" t="s">
+        <v>26</v>
+      </c>
+      <c r="E207" t="s">
+        <v>27</v>
+      </c>
+      <c r="F207">
+        <v>1.54</v>
+      </c>
+      <c r="G207">
+        <v>105.186813</v>
+      </c>
+      <c r="H207">
+        <v>10513.4813</v>
+      </c>
+      <c r="I207" t="s">
+        <v>28</v>
+      </c>
+      <c r="J207">
+        <v>8.0</v>
+      </c>
+      <c r="K207" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L207" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M207">
+        <v>200000</v>
+      </c>
+      <c r="N207">
+        <v>100.0</v>
+      </c>
+      <c r="O207" t="s">
+        <v>28</v>
+      </c>
+      <c r="P207">
+        <v>3.186813</v>
+      </c>
+      <c r="Q207">
+        <v>103.186813</v>
+      </c>
+      <c r="R207">
+        <v>105.186813</v>
+      </c>
+      <c r="S207">
+        <v>100.0</v>
+      </c>
+      <c r="T207">
+        <v>102.0</v>
+      </c>
+      <c r="X207">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="208" spans="1:24">
+      <c r="A208" s="2">
+        <v>45785.416805556</v>
+      </c>
+      <c r="B208" t="s">
+        <v>24</v>
+      </c>
+      <c r="C208" t="s">
+        <v>25</v>
+      </c>
+      <c r="D208" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" t="s">
+        <v>27</v>
+      </c>
+      <c r="G208">
+        <v>103.58956</v>
+      </c>
+      <c r="I208" t="s">
+        <v>28</v>
+      </c>
+      <c r="J208">
+        <v>8.0</v>
+      </c>
+      <c r="K208" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L208" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M208">
+        <v>200000</v>
+      </c>
+      <c r="N208">
+        <v>100.0</v>
+      </c>
+      <c r="O208" t="s">
+        <v>28</v>
+      </c>
+      <c r="P208">
+        <v>3.164835</v>
+      </c>
+      <c r="Q208">
+        <v>103.164835</v>
+      </c>
+      <c r="R208">
+        <v>104.904835</v>
+      </c>
+      <c r="S208">
+        <v>100.0</v>
+      </c>
+      <c r="T208">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="209" spans="1:24">
+      <c r="A209" s="2">
+        <v>45784.416747685</v>
+      </c>
+      <c r="B209" t="s">
+        <v>24</v>
+      </c>
+      <c r="C209" t="s">
+        <v>25</v>
+      </c>
+      <c r="D209" t="s">
+        <v>26</v>
+      </c>
+      <c r="E209" t="s">
+        <v>27</v>
+      </c>
+      <c r="G209">
+        <v>103.58956</v>
+      </c>
+      <c r="I209" t="s">
+        <v>28</v>
+      </c>
+      <c r="J209">
+        <v>8.0</v>
+      </c>
+      <c r="K209" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L209" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M209">
+        <v>200000</v>
+      </c>
+      <c r="N209">
+        <v>100.0</v>
+      </c>
+      <c r="O209" t="s">
+        <v>28</v>
+      </c>
+      <c r="P209">
+        <v>3.098901</v>
+      </c>
+      <c r="Q209">
+        <v>103.098901</v>
+      </c>
+      <c r="R209">
+        <v>104.838901</v>
+      </c>
+      <c r="S209">
+        <v>100.0</v>
+      </c>
+      <c r="T209">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="210" spans="1:24">
+      <c r="A210" s="2">
+        <v>45783.416851852</v>
+      </c>
+      <c r="B210" t="s">
+        <v>24</v>
+      </c>
+      <c r="C210" t="s">
+        <v>25</v>
+      </c>
+      <c r="D210" t="s">
+        <v>26</v>
+      </c>
+      <c r="E210" t="s">
+        <v>27</v>
+      </c>
+      <c r="G210">
+        <v>103.58956</v>
+      </c>
+      <c r="I210" t="s">
+        <v>28</v>
+      </c>
+      <c r="J210">
+        <v>8.0</v>
+      </c>
+      <c r="K210" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L210" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M210">
+        <v>200000</v>
+      </c>
+      <c r="N210">
+        <v>100.0</v>
+      </c>
+      <c r="O210" t="s">
+        <v>28</v>
+      </c>
+      <c r="P210">
+        <v>3.076923</v>
+      </c>
+      <c r="Q210">
+        <v>103.076923</v>
+      </c>
+      <c r="R210">
+        <v>104.816923</v>
+      </c>
+      <c r="S210">
+        <v>100.0</v>
+      </c>
+      <c r="T210">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="211" spans="1:24">
+      <c r="A211" s="2">
+        <v>45782.428703704</v>
+      </c>
+      <c r="B211" t="s">
+        <v>24</v>
+      </c>
+      <c r="C211" t="s">
+        <v>25</v>
+      </c>
+      <c r="D211" t="s">
+        <v>26</v>
+      </c>
+      <c r="E211" t="s">
+        <v>27</v>
+      </c>
+      <c r="G211">
+        <v>103.58956</v>
+      </c>
+      <c r="I211" t="s">
+        <v>28</v>
+      </c>
+      <c r="J211">
+        <v>8.0</v>
+      </c>
+      <c r="K211" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L211" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M211">
+        <v>200000</v>
+      </c>
+      <c r="N211">
+        <v>100.0</v>
+      </c>
+      <c r="O211" t="s">
+        <v>28</v>
+      </c>
+      <c r="P211">
+        <v>3.054945</v>
+      </c>
+      <c r="Q211">
+        <v>103.054945</v>
+      </c>
+      <c r="R211">
+        <v>104.794945</v>
+      </c>
+      <c r="S211">
+        <v>100.0</v>
+      </c>
+      <c r="T211">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="212" spans="1:24">
+      <c r="A212" s="2">
+        <v>45779.416909722</v>
+      </c>
+      <c r="B212" t="s">
+        <v>24</v>
+      </c>
+      <c r="C212" t="s">
+        <v>25</v>
+      </c>
+      <c r="D212" t="s">
+        <v>26</v>
+      </c>
+      <c r="E212" t="s">
+        <v>27</v>
+      </c>
+      <c r="G212">
+        <v>103.58956</v>
+      </c>
+      <c r="I212" t="s">
+        <v>28</v>
+      </c>
+      <c r="J212">
+        <v>8.0</v>
+      </c>
+      <c r="K212" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L212" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M212">
+        <v>200000</v>
+      </c>
+      <c r="N212">
+        <v>100.0</v>
+      </c>
+      <c r="O212" t="s">
+        <v>28</v>
+      </c>
+      <c r="P212">
+        <v>3.032967</v>
+      </c>
+      <c r="R212">
+        <v>104.772967</v>
+      </c>
+      <c r="T212">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="213" spans="1:24">
+      <c r="A213" s="2">
+        <v>45777.416956019</v>
+      </c>
+      <c r="B213" t="s">
+        <v>24</v>
+      </c>
+      <c r="C213" t="s">
+        <v>25</v>
+      </c>
+      <c r="D213" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213" t="s">
+        <v>27</v>
+      </c>
+      <c r="G213">
+        <v>103.58956</v>
+      </c>
+      <c r="I213" t="s">
+        <v>28</v>
+      </c>
+      <c r="J213">
+        <v>8.0</v>
+      </c>
+      <c r="K213" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L213" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M213">
+        <v>200000</v>
+      </c>
+      <c r="N213">
+        <v>100.0</v>
+      </c>
+      <c r="O213" t="s">
+        <v>28</v>
+      </c>
+      <c r="P213">
+        <v>3.010989</v>
+      </c>
+      <c r="R213">
+        <v>104.750989</v>
+      </c>
+      <c r="T213">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="214" spans="1:24">
+      <c r="A214" s="2">
+        <v>45776.637303241</v>
+      </c>
+      <c r="B214" t="s">
+        <v>24</v>
+      </c>
+      <c r="C214" t="s">
+        <v>25</v>
+      </c>
+      <c r="D214" t="s">
+        <v>26</v>
+      </c>
+      <c r="E214" t="s">
+        <v>27</v>
+      </c>
+      <c r="G214">
+        <v>103.58956</v>
+      </c>
+      <c r="I214" t="s">
+        <v>28</v>
+      </c>
+      <c r="J214">
+        <v>8.0</v>
+      </c>
+      <c r="K214" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L214" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M214">
+        <v>200000</v>
+      </c>
+      <c r="N214">
+        <v>100.0</v>
+      </c>
+      <c r="O214" t="s">
+        <v>28</v>
+      </c>
+      <c r="P214">
+        <v>2.945055</v>
+      </c>
+      <c r="R214">
+        <v>104.685055</v>
+      </c>
+      <c r="T214">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="215" spans="1:24">
+      <c r="A215" s="2">
+        <v>45775.418703704</v>
+      </c>
+      <c r="B215" t="s">
+        <v>24</v>
+      </c>
+      <c r="C215" t="s">
+        <v>25</v>
+      </c>
+      <c r="D215" t="s">
+        <v>26</v>
+      </c>
+      <c r="E215" t="s">
+        <v>27</v>
+      </c>
+      <c r="G215">
+        <v>103.58956</v>
+      </c>
+      <c r="I215" t="s">
+        <v>28</v>
+      </c>
+      <c r="J215">
+        <v>8.0</v>
+      </c>
+      <c r="K215" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L215" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M215">
+        <v>200000</v>
+      </c>
+      <c r="N215">
+        <v>100.0</v>
+      </c>
+      <c r="O215" t="s">
+        <v>28</v>
+      </c>
+      <c r="P215">
+        <v>2.901099</v>
+      </c>
+      <c r="R215">
+        <v>104.0</v>
+      </c>
+      <c r="T215">
+        <v>101.098901</v>
+      </c>
+    </row>
+    <row r="216" spans="1:24">
+      <c r="A216" s="2">
+        <v>45772.61431713</v>
+      </c>
+      <c r="B216" t="s">
+        <v>24</v>
+      </c>
+      <c r="C216" t="s">
+        <v>25</v>
+      </c>
+      <c r="D216" t="s">
+        <v>26</v>
+      </c>
+      <c r="E216" t="s">
+        <v>27</v>
+      </c>
+      <c r="G216">
+        <v>103.58956</v>
+      </c>
+      <c r="I216" t="s">
+        <v>28</v>
+      </c>
+      <c r="J216">
+        <v>8.0</v>
+      </c>
+      <c r="K216" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L216" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M216">
+        <v>200000</v>
+      </c>
+      <c r="N216">
+        <v>100.0</v>
+      </c>
+      <c r="O216" t="s">
+        <v>28</v>
+      </c>
+      <c r="P216">
+        <v>2.879121</v>
+      </c>
+      <c r="Q216">
+        <v>101.879121</v>
+      </c>
+      <c r="R216">
+        <v>104.0</v>
+      </c>
+      <c r="S216">
+        <v>99.0</v>
+      </c>
+      <c r="T216">
+        <v>101.120879</v>
+      </c>
+    </row>
+    <row r="217" spans="1:24">
+      <c r="A217" s="2">
+        <v>45771.620578704</v>
+      </c>
+      <c r="B217" t="s">
+        <v>24</v>
+      </c>
+      <c r="C217" t="s">
+        <v>25</v>
+      </c>
+      <c r="D217" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217" t="s">
+        <v>27</v>
+      </c>
+      <c r="G217">
+        <v>103.58956</v>
+      </c>
+      <c r="I217" t="s">
+        <v>28</v>
+      </c>
+      <c r="J217">
+        <v>8.0</v>
+      </c>
+      <c r="K217" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L217" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M217">
+        <v>200000</v>
+      </c>
+      <c r="N217">
+        <v>100.0</v>
+      </c>
+      <c r="O217" t="s">
+        <v>28</v>
+      </c>
+      <c r="P217">
+        <v>2.857143</v>
+      </c>
+      <c r="R217">
+        <v>104.0</v>
+      </c>
+      <c r="T217">
+        <v>101.142857</v>
+      </c>
+    </row>
+    <row r="218" spans="1:24">
+      <c r="A218" s="2">
+        <v>45770.416979167</v>
+      </c>
+      <c r="B218" t="s">
+        <v>24</v>
+      </c>
+      <c r="C218" t="s">
+        <v>25</v>
+      </c>
+      <c r="D218" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218" t="s">
+        <v>27</v>
+      </c>
+      <c r="G218">
+        <v>103.58956</v>
+      </c>
+      <c r="I218" t="s">
+        <v>28</v>
+      </c>
+      <c r="J218">
+        <v>8.0</v>
+      </c>
+      <c r="K218" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L218" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M218">
+        <v>200000</v>
+      </c>
+      <c r="N218">
+        <v>100.0</v>
+      </c>
+      <c r="O218" t="s">
+        <v>28</v>
+      </c>
+      <c r="P218">
+        <v>2.791209</v>
+      </c>
+      <c r="R218">
+        <v>104.531209</v>
+      </c>
+      <c r="T218">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="219" spans="1:24">
+      <c r="A219" s="2">
+        <v>45769.416990741</v>
+      </c>
+      <c r="B219" t="s">
+        <v>24</v>
+      </c>
+      <c r="C219" t="s">
+        <v>25</v>
+      </c>
+      <c r="D219" t="s">
+        <v>26</v>
+      </c>
+      <c r="E219" t="s">
+        <v>27</v>
+      </c>
+      <c r="G219">
+        <v>103.58956</v>
+      </c>
+      <c r="I219" t="s">
+        <v>28</v>
+      </c>
+      <c r="J219">
+        <v>8.0</v>
+      </c>
+      <c r="K219" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L219" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M219">
+        <v>200000</v>
+      </c>
+      <c r="N219">
+        <v>100.0</v>
+      </c>
+      <c r="O219" t="s">
+        <v>28</v>
+      </c>
+      <c r="P219">
+        <v>2.769231</v>
+      </c>
+      <c r="R219">
+        <v>104.509231</v>
+      </c>
+      <c r="T219">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="220" spans="1:24">
+      <c r="A220" s="2">
+        <v>45764.416898148</v>
+      </c>
+      <c r="B220" t="s">
+        <v>24</v>
+      </c>
+      <c r="C220" t="s">
+        <v>25</v>
+      </c>
+      <c r="D220" t="s">
+        <v>26</v>
+      </c>
+      <c r="E220" t="s">
+        <v>27</v>
+      </c>
+      <c r="G220">
+        <v>103.58956</v>
+      </c>
+      <c r="I220" t="s">
+        <v>28</v>
+      </c>
+      <c r="J220">
+        <v>8.0</v>
+      </c>
+      <c r="K220" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L220" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M220">
+        <v>200000</v>
+      </c>
+      <c r="N220">
+        <v>100.0</v>
+      </c>
+      <c r="O220" t="s">
+        <v>28</v>
+      </c>
+      <c r="P220">
+        <v>2.747253</v>
+      </c>
+      <c r="R220">
+        <v>104.487253</v>
+      </c>
+      <c r="T220">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="221" spans="1:24">
+      <c r="A221" s="2">
+        <v>45763.416875</v>
+      </c>
+      <c r="B221" t="s">
+        <v>24</v>
+      </c>
+      <c r="C221" t="s">
+        <v>25</v>
+      </c>
+      <c r="D221" t="s">
+        <v>26</v>
+      </c>
+      <c r="E221" t="s">
+        <v>27</v>
+      </c>
+      <c r="G221">
+        <v>103.58956</v>
+      </c>
+      <c r="I221" t="s">
+        <v>28</v>
+      </c>
+      <c r="J221">
+        <v>8.0</v>
+      </c>
+      <c r="K221" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L221" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M221">
+        <v>200000</v>
+      </c>
+      <c r="N221">
+        <v>100.0</v>
+      </c>
+      <c r="O221" t="s">
+        <v>28</v>
+      </c>
+      <c r="P221">
+        <v>2.725275</v>
+      </c>
+      <c r="R221">
+        <v>104.465275</v>
+      </c>
+      <c r="T221">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="222" spans="1:24">
+      <c r="A222" s="2">
+        <v>45762.518333333</v>
+      </c>
+      <c r="B222" t="s">
+        <v>24</v>
+      </c>
+      <c r="C222" t="s">
+        <v>25</v>
+      </c>
+      <c r="D222" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222" t="s">
+        <v>27</v>
+      </c>
+      <c r="G222">
+        <v>103.58956</v>
+      </c>
+      <c r="I222" t="s">
+        <v>28</v>
+      </c>
+      <c r="J222">
+        <v>8.0</v>
+      </c>
+      <c r="K222" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L222" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M222">
+        <v>200000</v>
+      </c>
+      <c r="N222">
+        <v>100.0</v>
+      </c>
+      <c r="O222" t="s">
+        <v>28</v>
+      </c>
+      <c r="P222">
+        <v>2.615385</v>
+      </c>
+      <c r="R222">
+        <v>104.355385</v>
+      </c>
+      <c r="T222">
+        <v>101.74</v>
+      </c>
+    </row>
+    <row r="223" spans="1:24">
+      <c r="A223" s="2">
+        <v>45761.417268519</v>
+      </c>
+      <c r="B223" t="s">
+        <v>24</v>
+      </c>
+      <c r="C223" t="s">
+        <v>25</v>
+      </c>
+      <c r="D223" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223" t="s">
+        <v>27</v>
+      </c>
+      <c r="G223">
+        <v>103.58956</v>
+      </c>
+      <c r="I223" t="s">
+        <v>28</v>
+      </c>
+      <c r="J223">
+        <v>8.0</v>
+      </c>
+      <c r="K223" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L223" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M223">
+        <v>200000</v>
+      </c>
+      <c r="N223">
+        <v>100.0</v>
+      </c>
+      <c r="O223" t="s">
+        <v>28</v>
+      </c>
+      <c r="P223">
+        <v>2.593407</v>
+      </c>
+      <c r="R223">
+        <v>104.343407</v>
+      </c>
+      <c r="T223">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="224" spans="1:24">
+      <c r="A224" s="2">
+        <v>45758.416828704</v>
+      </c>
+      <c r="B224" t="s">
+        <v>24</v>
+      </c>
+      <c r="C224" t="s">
+        <v>25</v>
+      </c>
+      <c r="D224" t="s">
+        <v>26</v>
+      </c>
+      <c r="E224" t="s">
+        <v>27</v>
+      </c>
+      <c r="G224">
+        <v>103.58956</v>
+      </c>
+      <c r="I224" t="s">
+        <v>28</v>
+      </c>
+      <c r="J224">
+        <v>8.0</v>
+      </c>
+      <c r="K224" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L224" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M224">
+        <v>200000</v>
+      </c>
+      <c r="N224">
+        <v>100.0</v>
+      </c>
+      <c r="O224" t="s">
+        <v>28</v>
+      </c>
+      <c r="P224">
+        <v>2.571429</v>
+      </c>
+      <c r="R224">
+        <v>104.321429</v>
+      </c>
+      <c r="T224">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="225" spans="1:24">
+      <c r="A225" s="2">
+        <v>45757.416828704</v>
+      </c>
+      <c r="B225" t="s">
+        <v>24</v>
+      </c>
+      <c r="C225" t="s">
+        <v>25</v>
+      </c>
+      <c r="D225" t="s">
+        <v>26</v>
+      </c>
+      <c r="E225" t="s">
+        <v>27</v>
+      </c>
+      <c r="G225">
+        <v>103.58956</v>
+      </c>
+      <c r="I225" t="s">
+        <v>28</v>
+      </c>
+      <c r="J225">
+        <v>8.0</v>
+      </c>
+      <c r="K225" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L225" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M225">
+        <v>200000</v>
+      </c>
+      <c r="N225">
+        <v>100.0</v>
+      </c>
+      <c r="O225" t="s">
+        <v>28</v>
+      </c>
+      <c r="P225">
+        <v>2.549451</v>
+      </c>
+      <c r="R225">
+        <v>104.299451</v>
+      </c>
+      <c r="T225">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="226" spans="1:24">
+      <c r="A226" s="2">
+        <v>45756.417118056</v>
+      </c>
+      <c r="B226" t="s">
+        <v>24</v>
+      </c>
+      <c r="C226" t="s">
+        <v>25</v>
+      </c>
+      <c r="D226" t="s">
+        <v>26</v>
+      </c>
+      <c r="E226" t="s">
+        <v>27</v>
+      </c>
+      <c r="G226">
+        <v>103.58956</v>
+      </c>
+      <c r="I226" t="s">
+        <v>28</v>
+      </c>
+      <c r="J226">
+        <v>8.0</v>
+      </c>
+      <c r="K226" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L226" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M226">
+        <v>200000</v>
+      </c>
+      <c r="N226">
+        <v>100.0</v>
+      </c>
+      <c r="O226" t="s">
+        <v>28</v>
+      </c>
+      <c r="P226">
+        <v>2.483516</v>
+      </c>
+      <c r="R226">
+        <v>104.233516</v>
+      </c>
+      <c r="T226">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="227" spans="1:24">
+      <c r="A227" s="2">
+        <v>45755.446331019</v>
+      </c>
+      <c r="B227" t="s">
+        <v>24</v>
+      </c>
+      <c r="C227" t="s">
+        <v>25</v>
+      </c>
+      <c r="D227" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227" t="s">
+        <v>27</v>
+      </c>
+      <c r="G227">
+        <v>103.58956</v>
+      </c>
+      <c r="I227" t="s">
+        <v>28</v>
+      </c>
+      <c r="J227">
+        <v>8.0</v>
+      </c>
+      <c r="K227" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L227" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M227">
+        <v>200000</v>
+      </c>
+      <c r="N227">
+        <v>100.0</v>
+      </c>
+      <c r="O227" t="s">
+        <v>28</v>
+      </c>
+      <c r="P227">
+        <v>2.461538</v>
+      </c>
+      <c r="R227">
+        <v>104.211538</v>
+      </c>
+      <c r="T227">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="228" spans="1:24">
+      <c r="A228" s="2">
+        <v>45754.476550926</v>
+      </c>
+      <c r="B228" t="s">
+        <v>24</v>
+      </c>
+      <c r="C228" t="s">
+        <v>25</v>
+      </c>
+      <c r="D228" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" t="s">
+        <v>27</v>
+      </c>
+      <c r="G228">
+        <v>103.58956</v>
+      </c>
+      <c r="H228">
+        <v>12845.10544</v>
+      </c>
+      <c r="I228" t="s">
+        <v>28</v>
+      </c>
+      <c r="J228">
+        <v>8.0</v>
+      </c>
+      <c r="K228" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L228" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M228">
+        <v>200000</v>
+      </c>
+      <c r="N228">
+        <v>100.0</v>
+      </c>
+      <c r="O228" t="s">
+        <v>28</v>
+      </c>
+      <c r="P228">
+        <v>2.43956</v>
+      </c>
+      <c r="Q228">
+        <v>103.58956</v>
+      </c>
+      <c r="R228">
+        <v>104.18956</v>
+      </c>
+      <c r="S228">
+        <v>101.15</v>
+      </c>
+      <c r="T228">
+        <v>101.75</v>
+      </c>
+      <c r="X228">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="229" spans="1:24">
+      <c r="A229" s="2">
+        <v>45751.416956019</v>
+      </c>
+      <c r="B229" t="s">
+        <v>24</v>
+      </c>
+      <c r="C229" t="s">
+        <v>25</v>
+      </c>
+      <c r="D229" t="s">
+        <v>26</v>
+      </c>
+      <c r="E229" t="s">
+        <v>27</v>
+      </c>
+      <c r="I229" t="s">
+        <v>28</v>
+      </c>
+      <c r="J229">
+        <v>8.0</v>
+      </c>
+      <c r="K229" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L229" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M229">
+        <v>200000</v>
+      </c>
+      <c r="N229">
+        <v>100.0</v>
+      </c>
+      <c r="O229" t="s">
+        <v>28</v>
+      </c>
+      <c r="P229">
+        <v>2.417582</v>
+      </c>
+      <c r="Q229">
+        <v>103.567582</v>
+      </c>
+      <c r="R229">
+        <v>104.167582</v>
+      </c>
+      <c r="S229">
+        <v>101.15</v>
+      </c>
+      <c r="T229">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="230" spans="1:24">
+      <c r="A230" s="2">
+        <v>45750.476770833</v>
+      </c>
+      <c r="B230" t="s">
+        <v>24</v>
+      </c>
+      <c r="C230" t="s">
+        <v>25</v>
+      </c>
+      <c r="D230" t="s">
+        <v>26</v>
+      </c>
+      <c r="E230" t="s">
+        <v>27</v>
+      </c>
+      <c r="I230" t="s">
+        <v>28</v>
+      </c>
+      <c r="J230">
+        <v>8.0</v>
+      </c>
+      <c r="K230" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L230" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M230">
+        <v>200000</v>
+      </c>
+      <c r="N230">
+        <v>100.0</v>
+      </c>
+      <c r="O230" t="s">
+        <v>28</v>
+      </c>
+      <c r="P230">
+        <v>2.417582</v>
+      </c>
+      <c r="Q230">
+        <v>103.545604</v>
+      </c>
+      <c r="R230">
+        <v>104.145604</v>
+      </c>
+      <c r="S230">
+        <v>101.128022</v>
+      </c>
+      <c r="T230">
+        <v>101.728022</v>
+      </c>
+    </row>
+    <row r="231" spans="1:24">
+      <c r="A231" s="2">
+        <v>45749.42005787</v>
+      </c>
+      <c r="B231" t="s">
+        <v>24</v>
+      </c>
+      <c r="C231" t="s">
+        <v>25</v>
+      </c>
+      <c r="D231" t="s">
+        <v>26</v>
+      </c>
+      <c r="E231" t="s">
+        <v>27</v>
+      </c>
+      <c r="I231" t="s">
+        <v>28</v>
+      </c>
+      <c r="J231">
+        <v>8.0</v>
+      </c>
+      <c r="K231" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L231" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M231">
+        <v>80000</v>
+      </c>
+      <c r="N231">
+        <v>100.0</v>
+      </c>
+      <c r="O231" t="s">
+        <v>28</v>
+      </c>
+      <c r="P231">
+        <v>2.32967</v>
+      </c>
+      <c r="R231">
+        <v>104.5</v>
+      </c>
+      <c r="T231">
+        <v>102.17033</v>
+      </c>
+    </row>
+    <row r="232" spans="1:24">
+      <c r="A232" s="2">
+        <v>45748.421145833</v>
+      </c>
+      <c r="B232" t="s">
+        <v>24</v>
+      </c>
+      <c r="C232" t="s">
+        <v>25</v>
+      </c>
+      <c r="D232" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232" t="s">
+        <v>27</v>
+      </c>
+      <c r="I232" t="s">
+        <v>28</v>
+      </c>
+      <c r="J232">
+        <v>8.0</v>
+      </c>
+      <c r="K232" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L232" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M232">
+        <v>80000</v>
+      </c>
+      <c r="N232">
+        <v>100.0</v>
+      </c>
+      <c r="O232" t="s">
+        <v>28</v>
+      </c>
+      <c r="P232">
+        <v>2.307692</v>
+      </c>
+      <c r="R232">
+        <v>104.5</v>
+      </c>
+      <c r="T232">
+        <v>102.192308</v>
+      </c>
+    </row>
+    <row r="233" spans="1:24">
+      <c r="A233" s="2">
+        <v>45747.42244213</v>
+      </c>
+      <c r="B233" t="s">
+        <v>24</v>
+      </c>
+      <c r="C233" t="s">
+        <v>25</v>
+      </c>
+      <c r="D233" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233" t="s">
+        <v>27</v>
+      </c>
+      <c r="I233" t="s">
+        <v>28</v>
+      </c>
+      <c r="J233">
+        <v>8.0</v>
+      </c>
+      <c r="K233" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L233" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M233">
+        <v>80000</v>
+      </c>
+      <c r="N233">
+        <v>100.0</v>
+      </c>
+      <c r="O233" t="s">
+        <v>28</v>
+      </c>
+      <c r="P233">
+        <v>2.285714</v>
+      </c>
+      <c r="Q233">
+        <v>102.285714</v>
+      </c>
+      <c r="R233">
+        <v>105.0</v>
+      </c>
+      <c r="S233">
+        <v>100.0</v>
+      </c>
+      <c r="T233">
+        <v>102.714286</v>
+      </c>
+    </row>
+    <row r="234" spans="1:24">
+      <c r="A234" s="2">
+        <v>45744.421875</v>
+      </c>
+      <c r="B234" t="s">
+        <v>24</v>
+      </c>
+      <c r="C234" t="s">
+        <v>25</v>
+      </c>
+      <c r="D234" t="s">
+        <v>26</v>
+      </c>
+      <c r="E234" t="s">
+        <v>27</v>
+      </c>
+      <c r="I234" t="s">
+        <v>28</v>
+      </c>
+      <c r="J234">
+        <v>8.0</v>
+      </c>
+      <c r="K234" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L234" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M234">
+        <v>80000</v>
+      </c>
+      <c r="N234">
+        <v>100.0</v>
+      </c>
+      <c r="O234" t="s">
+        <v>28</v>
+      </c>
+      <c r="P234">
+        <v>2.263736</v>
+      </c>
+      <c r="Q234">
+        <v>102.263736</v>
+      </c>
+      <c r="R234">
+        <v>105.0</v>
+      </c>
+      <c r="S234">
+        <v>100.0</v>
+      </c>
+      <c r="T234">
+        <v>102.736264</v>
+      </c>
+    </row>
+    <row r="235" spans="1:24">
+      <c r="A235" s="2">
+        <v>45743.515231481</v>
+      </c>
+      <c r="B235" t="s">
+        <v>24</v>
+      </c>
+      <c r="C235" t="s">
+        <v>25</v>
+      </c>
+      <c r="D235" t="s">
+        <v>26</v>
+      </c>
+      <c r="E235" t="s">
+        <v>27</v>
+      </c>
+      <c r="I235" t="s">
+        <v>28</v>
+      </c>
+      <c r="J235">
+        <v>8.0</v>
+      </c>
+      <c r="K235" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L235" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M235">
+        <v>80000</v>
+      </c>
+      <c r="N235">
+        <v>100.0</v>
+      </c>
+      <c r="O235" t="s">
+        <v>28</v>
+      </c>
+      <c r="P235">
+        <v>2.241758</v>
+      </c>
+      <c r="Q235">
+        <v>102.241758</v>
+      </c>
+      <c r="R235">
+        <v>107.241758</v>
+      </c>
+      <c r="S235">
+        <v>100.0</v>
+      </c>
+      <c r="T235">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:24">
+      <c r="A236" s="2">
+        <v>45742.417280093</v>
+      </c>
+      <c r="B236" t="s">
+        <v>24</v>
+      </c>
+      <c r="C236" t="s">
+        <v>25</v>
+      </c>
+      <c r="D236" t="s">
+        <v>26</v>
+      </c>
+      <c r="E236" t="s">
+        <v>27</v>
+      </c>
+      <c r="I236" t="s">
+        <v>28</v>
+      </c>
+      <c r="J236">
+        <v>8.0</v>
+      </c>
+      <c r="K236" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L236" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M236">
+        <v>80000</v>
+      </c>
+      <c r="N236">
+        <v>100.0</v>
+      </c>
+      <c r="O236" t="s">
+        <v>28</v>
+      </c>
+      <c r="P236">
+        <v>2.175824</v>
+      </c>
+      <c r="Q236">
+        <v>102.175824</v>
+      </c>
+      <c r="S236">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="237" spans="1:24">
+      <c r="A237" s="2">
+        <v>45741.417013889</v>
+      </c>
+      <c r="B237" t="s">
+        <v>24</v>
+      </c>
+      <c r="C237" t="s">
+        <v>25</v>
+      </c>
+      <c r="D237" t="s">
+        <v>26</v>
+      </c>
+      <c r="E237" t="s">
+        <v>27</v>
+      </c>
+      <c r="I237" t="s">
+        <v>28</v>
+      </c>
+      <c r="J237">
+        <v>8.0</v>
+      </c>
+      <c r="K237" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L237" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M237">
+        <v>80000</v>
+      </c>
+      <c r="N237">
+        <v>100.0</v>
+      </c>
+      <c r="O237" t="s">
+        <v>28</v>
+      </c>
+      <c r="P237">
+        <v>2.153846</v>
+      </c>
+      <c r="Q237">
+        <v>102.153846</v>
+      </c>
+      <c r="S237">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:24">
+      <c r="A238" s="2">
+        <v>45740.416967593</v>
+      </c>
+      <c r="B238" t="s">
+        <v>24</v>
+      </c>
+      <c r="C238" t="s">
+        <v>25</v>
+      </c>
+      <c r="D238" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238" t="s">
+        <v>27</v>
+      </c>
+      <c r="I238" t="s">
+        <v>28</v>
+      </c>
+      <c r="J238">
+        <v>8.0</v>
+      </c>
+      <c r="K238" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L238" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M238">
+        <v>80000</v>
+      </c>
+      <c r="N238">
+        <v>100.0</v>
+      </c>
+      <c r="O238" t="s">
+        <v>28</v>
+      </c>
+      <c r="P238">
+        <v>2.131868</v>
+      </c>
+      <c r="Q238">
+        <v>102.131868</v>
+      </c>
+      <c r="S238">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:24">
+      <c r="A239" s="2">
+        <v>45737.417673611</v>
+      </c>
+      <c r="B239" t="s">
+        <v>24</v>
+      </c>
+      <c r="C239" t="s">
+        <v>25</v>
+      </c>
+      <c r="D239" t="s">
+        <v>26</v>
+      </c>
+      <c r="E239" t="s">
+        <v>27</v>
+      </c>
+      <c r="I239" t="s">
+        <v>28</v>
+      </c>
+      <c r="J239">
+        <v>8.0</v>
+      </c>
+      <c r="K239" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L239" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M239">
+        <v>80000</v>
+      </c>
+      <c r="N239">
+        <v>100.0</v>
+      </c>
+      <c r="O239" t="s">
+        <v>28</v>
+      </c>
+      <c r="P239">
+        <v>2.10989</v>
+      </c>
+      <c r="Q239">
+        <v>102.10989</v>
+      </c>
+      <c r="S239">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:24">
+      <c r="A240" s="2">
+        <v>45736.417222222</v>
+      </c>
+      <c r="B240" t="s">
+        <v>24</v>
+      </c>
+      <c r="C240" t="s">
+        <v>25</v>
+      </c>
+      <c r="D240" t="s">
+        <v>26</v>
+      </c>
+      <c r="E240" t="s">
+        <v>27</v>
+      </c>
+      <c r="I240" t="s">
+        <v>28</v>
+      </c>
+      <c r="J240">
+        <v>8.0</v>
+      </c>
+      <c r="K240" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L240" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M240">
+        <v>80000</v>
+      </c>
+      <c r="N240">
+        <v>100.0</v>
+      </c>
+      <c r="O240" t="s">
+        <v>28</v>
+      </c>
+      <c r="P240">
+        <v>2.087912</v>
+      </c>
+      <c r="Q240">
+        <v>102.087912</v>
+      </c>
+      <c r="S240">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="241" spans="1:24">
+      <c r="A241" s="2">
+        <v>45735.416956019</v>
+      </c>
+      <c r="B241" t="s">
+        <v>24</v>
+      </c>
+      <c r="C241" t="s">
+        <v>25</v>
+      </c>
+      <c r="D241" t="s">
+        <v>26</v>
+      </c>
+      <c r="E241" t="s">
+        <v>27</v>
+      </c>
+      <c r="I241" t="s">
+        <v>28</v>
+      </c>
+      <c r="J241">
+        <v>8.0</v>
+      </c>
+      <c r="K241" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L241" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M241">
+        <v>80000</v>
+      </c>
+      <c r="N241">
+        <v>100.0</v>
+      </c>
+      <c r="O241" t="s">
+        <v>28</v>
+      </c>
+      <c r="P241">
+        <v>2.021978</v>
+      </c>
+      <c r="Q241">
+        <v>102.021978</v>
+      </c>
+      <c r="S241">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:24">
+      <c r="A242" s="2">
+        <v>45734.417106481</v>
+      </c>
+      <c r="B242" t="s">
+        <v>24</v>
+      </c>
+      <c r="C242" t="s">
+        <v>25</v>
+      </c>
+      <c r="D242" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" t="s">
+        <v>27</v>
+      </c>
+      <c r="I242" t="s">
+        <v>28</v>
+      </c>
+      <c r="J242">
+        <v>8.0</v>
+      </c>
+      <c r="K242" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L242" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M242">
+        <v>80000</v>
+      </c>
+      <c r="N242">
+        <v>100.0</v>
+      </c>
+      <c r="O242" t="s">
+        <v>28</v>
+      </c>
+      <c r="P242">
+        <v>2.0</v>
+      </c>
+      <c r="Q242">
+        <v>102.0</v>
+      </c>
+      <c r="S242">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:24">
+      <c r="A243" s="2">
+        <v>45733.417800926</v>
+      </c>
+      <c r="B243" t="s">
+        <v>24</v>
+      </c>
+      <c r="C243" t="s">
+        <v>25</v>
+      </c>
+      <c r="D243" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243" t="s">
+        <v>27</v>
+      </c>
+      <c r="I243" t="s">
+        <v>28</v>
+      </c>
+      <c r="J243">
+        <v>8.0</v>
+      </c>
+      <c r="K243" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L243" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M243">
+        <v>80000</v>
+      </c>
+      <c r="N243">
+        <v>100.0</v>
+      </c>
+      <c r="O243" t="s">
+        <v>28</v>
+      </c>
+      <c r="P243">
+        <v>1.978022</v>
+      </c>
+      <c r="Q243">
+        <v>101.978022</v>
+      </c>
+      <c r="S243">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:24">
+      <c r="A244" s="2">
+        <v>45730.417083333</v>
+      </c>
+      <c r="B244" t="s">
+        <v>24</v>
+      </c>
+      <c r="C244" t="s">
+        <v>25</v>
+      </c>
+      <c r="D244" t="s">
+        <v>26</v>
+      </c>
+      <c r="E244" t="s">
+        <v>27</v>
+      </c>
+      <c r="I244" t="s">
+        <v>28</v>
+      </c>
+      <c r="J244">
+        <v>8.0</v>
+      </c>
+      <c r="K244" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L244" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M244">
+        <v>80000</v>
+      </c>
+      <c r="N244">
+        <v>100.0</v>
+      </c>
+      <c r="O244" t="s">
+        <v>28</v>
+      </c>
+      <c r="P244">
+        <v>1.956044</v>
+      </c>
+      <c r="Q244">
+        <v>101.956044</v>
+      </c>
+      <c r="S244">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:24">
+      <c r="A245" s="2">
+        <v>45729.417037037</v>
+      </c>
+      <c r="B245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C245" t="s">
+        <v>25</v>
+      </c>
+      <c r="D245" t="s">
+        <v>26</v>
+      </c>
+      <c r="E245" t="s">
+        <v>27</v>
+      </c>
+      <c r="I245" t="s">
+        <v>28</v>
+      </c>
+      <c r="J245">
+        <v>8.0</v>
+      </c>
+      <c r="K245" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L245" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M245">
+        <v>80000</v>
+      </c>
+      <c r="N245">
+        <v>100.0</v>
+      </c>
+      <c r="O245" t="s">
+        <v>28</v>
+      </c>
+      <c r="P245">
+        <v>1.934066</v>
+      </c>
+      <c r="Q245">
+        <v>101.934066</v>
+      </c>
+      <c r="S245">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:24">
+      <c r="A246" s="2">
+        <v>45728.417118056</v>
+      </c>
+      <c r="B246" t="s">
+        <v>24</v>
+      </c>
+      <c r="C246" t="s">
+        <v>25</v>
+      </c>
+      <c r="D246" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246" t="s">
+        <v>27</v>
+      </c>
+      <c r="I246" t="s">
+        <v>28</v>
+      </c>
+      <c r="J246">
+        <v>8.0</v>
+      </c>
+      <c r="K246" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L246" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M246">
+        <v>80000</v>
+      </c>
+      <c r="N246">
+        <v>100.0</v>
+      </c>
+      <c r="O246" t="s">
+        <v>28</v>
+      </c>
+      <c r="P246">
+        <v>1.868132</v>
+      </c>
+      <c r="Q246">
+        <v>101.868132</v>
+      </c>
+      <c r="S246">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:24">
+      <c r="A247" s="2">
+        <v>45727.355208333</v>
+      </c>
+      <c r="B247" t="s">
+        <v>24</v>
+      </c>
+      <c r="C247" t="s">
+        <v>25</v>
+      </c>
+      <c r="D247" t="s">
+        <v>26</v>
+      </c>
+      <c r="E247" t="s">
+        <v>27</v>
+      </c>
+      <c r="I247" t="s">
+        <v>28</v>
+      </c>
+      <c r="J247">
+        <v>8.0</v>
+      </c>
+      <c r="K247" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L247" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M247">
+        <v>80000</v>
+      </c>
+      <c r="N247">
+        <v>100.0</v>
+      </c>
+      <c r="O247" t="s">
+        <v>28</v>
+      </c>
+      <c r="P247">
+        <v>1.846154</v>
+      </c>
+    </row>
+    <row r="248" spans="1:24">
+      <c r="A248" s="2">
+        <v>45726.417048611</v>
+      </c>
+      <c r="B248" t="s">
+        <v>24</v>
+      </c>
+      <c r="C248" t="s">
+        <v>25</v>
+      </c>
+      <c r="D248" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248" t="s">
+        <v>27</v>
+      </c>
+      <c r="I248" t="s">
+        <v>28</v>
+      </c>
+      <c r="J248">
+        <v>8.0</v>
+      </c>
+      <c r="K248" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L248" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M248">
+        <v>80000</v>
+      </c>
+      <c r="N248">
+        <v>100.0</v>
+      </c>
+      <c r="O248" t="s">
+        <v>28</v>
+      </c>
+      <c r="P248">
+        <v>1.824176</v>
+      </c>
+      <c r="Q248">
+        <v>101.824176</v>
+      </c>
+      <c r="S248">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:24">
+      <c r="A249" s="2">
+        <v>45723.417106481</v>
+      </c>
+      <c r="B249" t="s">
+        <v>24</v>
+      </c>
+      <c r="C249" t="s">
+        <v>25</v>
+      </c>
+      <c r="D249" t="s">
+        <v>26</v>
+      </c>
+      <c r="E249" t="s">
+        <v>27</v>
+      </c>
+      <c r="I249" t="s">
+        <v>28</v>
+      </c>
+      <c r="J249">
+        <v>8.0</v>
+      </c>
+      <c r="K249" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L249" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M249">
+        <v>80000</v>
+      </c>
+      <c r="N249">
+        <v>100.0</v>
+      </c>
+      <c r="O249" t="s">
+        <v>28</v>
+      </c>
+      <c r="P249">
+        <v>1.802198</v>
+      </c>
+      <c r="Q249">
+        <v>101.802198</v>
+      </c>
+      <c r="S249">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:24">
+      <c r="A250" s="2">
         <v>45722.507372685</v>
       </c>
-      <c r="B201" t="s">
-[...23 lines deleted...]
-      <c r="M201">
+      <c r="B250" t="s">
+        <v>24</v>
+      </c>
+      <c r="C250" t="s">
+        <v>25</v>
+      </c>
+      <c r="D250" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250" t="s">
+        <v>27</v>
+      </c>
+      <c r="I250" t="s">
+        <v>28</v>
+      </c>
+      <c r="J250">
+        <v>8.0</v>
+      </c>
+      <c r="K250" s="2">
+        <v>45645.0</v>
+      </c>
+      <c r="L250" s="2">
+        <v>46375.0</v>
+      </c>
+      <c r="M250">
         <v>80000</v>
       </c>
-      <c r="N201">
-[...5 lines deleted...]
-      <c r="P201">
+      <c r="N250">
+        <v>100.0</v>
+      </c>
+      <c r="O250" t="s">
+        <v>28</v>
+      </c>
+      <c r="P250">
         <v>1.78022</v>
       </c>
-      <c r="Q201">
+      <c r="Q250">
         <v>101.78022</v>
       </c>
-      <c r="S201">
+      <c r="S250">
         <v>100.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>