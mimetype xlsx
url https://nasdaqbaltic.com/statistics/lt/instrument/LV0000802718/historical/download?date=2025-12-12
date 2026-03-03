--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X560"/>
+  <dimension ref="A1:X604"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L560" sqref="L560"/>
+      <selection activeCell="L604" sqref="L604"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,33929 +546,36627 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46008.355543981</v>
+        <v>46077.3546875</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K2" s="2">
         <v>45161.0</v>
       </c>
       <c r="L2" s="2">
         <v>46078.0</v>
       </c>
       <c r="M2">
         <v>10995</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
-      <c r="P2">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46007.455023148</v>
+        <v>46076.354571759</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K3" s="2">
         <v>45161.0</v>
       </c>
       <c r="L3" s="2">
         <v>46078.0</v>
       </c>
       <c r="M3">
         <v>10995</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
-      <c r="P3">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46006.418020833</v>
+        <v>46073.354768519</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K4" s="2">
         <v>45161.0</v>
       </c>
       <c r="L4" s="2">
         <v>46078.0</v>
       </c>
       <c r="M4">
         <v>10995</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
-      <c r="P4">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46003.424918981</v>
+        <v>46072.355092593</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K5" s="2">
         <v>45161.0</v>
       </c>
       <c r="L5" s="2">
         <v>46078.0</v>
       </c>
       <c r="M5">
         <v>10995</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
-      <c r="P5">
-[...4 lines deleted...]
-      </c>
       <c r="R5">
-        <v>102.52</v>
-[...8 lines deleted...]
-        <v>11.011333</v>
+        <v>100.2</v>
       </c>
       <c r="V5">
-        <v>1.204143</v>
+        <v>-24.963369</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46002.417824074</v>
+        <v>46071.355150463</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K6" s="2">
         <v>45161.0</v>
       </c>
       <c r="L6" s="2">
         <v>46078.0</v>
       </c>
       <c r="M6">
         <v>10995</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
-      <c r="P6">
-[...4 lines deleted...]
-      </c>
       <c r="R6">
-        <v>102.52</v>
-[...8 lines deleted...]
-        <v>11.011131</v>
+        <v>100.2</v>
       </c>
       <c r="V6">
-        <v>1.186732</v>
+        <v>-3.396365</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>46001.553506944</v>
+        <v>46070.355335648</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>100.4896</v>
+        <v>100.841783</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K7" s="2">
         <v>45161.0</v>
       </c>
       <c r="L7" s="2">
         <v>46078.0</v>
       </c>
       <c r="M7">
         <v>10995</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
-      <c r="P7">
-[...4 lines deleted...]
-      </c>
       <c r="R7">
-        <v>102.52</v>
-[...8 lines deleted...]
-        <v>11.010841</v>
+        <v>100.2</v>
       </c>
       <c r="V7">
-        <v>1.137395</v>
+        <v>-0.997814</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>46000.597314815</v>
+        <v>46069.355104167</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
-      <c r="F8">
-[...1 lines deleted...]
-      </c>
       <c r="G8">
-        <v>100.4896</v>
-[...2 lines deleted...]
-        <v>21102.816</v>
+        <v>100.841783</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K8" s="2">
         <v>45161.0</v>
       </c>
       <c r="L8" s="2">
         <v>46078.0</v>
       </c>
       <c r="M8">
         <v>10995</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.4896</v>
-[...2 lines deleted...]
-        <v>100.4896</v>
+        <v>0.702906</v>
       </c>
       <c r="R8">
-        <v>102.4896</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>100.902906</v>
       </c>
       <c r="T8">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>11.010841</v>
+        <v>100.2</v>
       </c>
       <c r="V8">
-        <v>1.267859</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>0.709854</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45999.418344907</v>
+        <v>46066.584861111</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>101.3938</v>
+        <v>100.841783</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K9" s="2">
         <v>45161.0</v>
       </c>
       <c r="L9" s="2">
         <v>46078.0</v>
       </c>
       <c r="M9">
         <v>10995</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>0.459</v>
-[...2 lines deleted...]
-        <v>100.459</v>
+        <v>0.672344</v>
       </c>
       <c r="R9">
-        <v>101.8</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>100.872344</v>
       </c>
       <c r="T9">
-        <v>101.341</v>
-[...2 lines deleted...]
-        <v>11.010887</v>
+        <v>100.2</v>
       </c>
       <c r="V9">
-        <v>4.534503</v>
+        <v>1.984706</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45996.662835648</v>
+        <v>46065.512800926</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
+      <c r="F10">
+        <v>0.29</v>
+      </c>
       <c r="G10">
-        <v>101.3938</v>
+        <v>100.841783</v>
+      </c>
+      <c r="H10">
+        <v>5042.08915</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K10" s="2">
         <v>45161.0</v>
       </c>
       <c r="L10" s="2">
         <v>46078.0</v>
       </c>
       <c r="M10">
         <v>10995</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>0.4284</v>
+        <v>0.641783</v>
       </c>
       <c r="Q10">
-        <v>100.4284</v>
+        <v>100.641783</v>
       </c>
       <c r="R10">
-        <v>101.8</v>
+        <v>100.841783</v>
       </c>
       <c r="S10">
         <v>100.0</v>
       </c>
       <c r="T10">
-        <v>101.3716</v>
+        <v>100.2</v>
       </c>
       <c r="U10">
-        <v>11.010976</v>
+        <v>10.931853</v>
       </c>
       <c r="V10">
-        <v>4.474084</v>
+        <v>2.976954</v>
+      </c>
+      <c r="X10">
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45995.417546296</v>
+        <v>46064.640590278</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
+      <c r="F11">
+        <v>0.24</v>
+      </c>
       <c r="G11">
-        <v>101.3938</v>
+        <v>100.5501</v>
+      </c>
+      <c r="H11">
+        <v>2011.002</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K11" s="2">
         <v>45161.0</v>
       </c>
       <c r="L11" s="2">
         <v>46078.0</v>
       </c>
       <c r="M11">
         <v>10995</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>0.3978</v>
+        <v>0.5501</v>
       </c>
       <c r="Q11">
-        <v>100.3978</v>
+        <v>100.5501</v>
       </c>
       <c r="R11">
-        <v>100.7978</v>
+        <v>100.7501</v>
       </c>
       <c r="S11">
         <v>100.0</v>
       </c>
       <c r="T11">
-        <v>100.4</v>
+        <v>100.2</v>
       </c>
       <c r="U11">
-        <v>11.011108</v>
+        <v>10.941808</v>
       </c>
       <c r="V11">
-        <v>9.116441</v>
+        <v>4.964759</v>
+      </c>
+      <c r="X11">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45994.461886574</v>
+        <v>46063.355046296</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K12" s="2">
         <v>45161.0</v>
       </c>
       <c r="L12" s="2">
         <v>46078.0</v>
       </c>
       <c r="M12">
         <v>10995</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>0.306</v>
+        <v>0.519539</v>
       </c>
       <c r="Q12">
-        <v>100.306</v>
+        <v>100.519539</v>
       </c>
       <c r="R12">
-        <v>101.606</v>
+        <v>100.719539</v>
       </c>
       <c r="S12">
         <v>100.0</v>
       </c>
       <c r="T12">
-        <v>101.3</v>
+        <v>100.2</v>
       </c>
       <c r="U12">
-        <v>11.011738</v>
+        <v>10.945132</v>
       </c>
       <c r="V12">
-        <v>5.118233</v>
+        <v>5.424503</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45993.580393519</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K13" s="2">
         <v>45161.0</v>
       </c>
       <c r="L13" s="2">
         <v>46078.0</v>
       </c>
       <c r="M13">
         <v>10995</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>0.2754</v>
+        <v>0.488978</v>
       </c>
       <c r="Q13">
-        <v>100.2754</v>
+        <v>100.488978</v>
       </c>
       <c r="R13">
-        <v>101.7754</v>
+        <v>100.688978</v>
       </c>
       <c r="S13">
         <v>100.0</v>
       </c>
       <c r="T13">
-        <v>101.5</v>
+        <v>100.2</v>
       </c>
       <c r="U13">
-        <v>11.012021</v>
+        <v>10.948458</v>
       </c>
       <c r="V13">
-        <v>4.303514</v>
+        <v>5.819045</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45992.466608796</v>
+        <v>46059.418020833</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K14" s="2">
         <v>45161.0</v>
       </c>
       <c r="L14" s="2">
         <v>46078.0</v>
       </c>
       <c r="M14">
         <v>10995</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>0.2448</v>
+        <v>0.458417</v>
       </c>
       <c r="Q14">
-        <v>100.2448</v>
+        <v>100.458417</v>
       </c>
       <c r="R14">
-        <v>102.24</v>
+        <v>100.658417</v>
       </c>
       <c r="S14">
         <v>100.0</v>
       </c>
       <c r="T14">
-        <v>101.9952</v>
+        <v>100.2</v>
       </c>
       <c r="U14">
-        <v>11.01234</v>
+        <v>10.951786</v>
       </c>
       <c r="V14">
-        <v>2.225512</v>
+        <v>6.161423</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45989.424675926</v>
+        <v>46058.486689815</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K15" s="2">
         <v>45161.0</v>
       </c>
       <c r="L15" s="2">
         <v>46078.0</v>
       </c>
       <c r="M15">
         <v>10995</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.2142</v>
+        <v>0.427856</v>
       </c>
       <c r="Q15">
-        <v>100.2142</v>
+        <v>100.427856</v>
       </c>
       <c r="R15">
-        <v>102.03</v>
+        <v>101.0</v>
       </c>
       <c r="S15">
         <v>100.0</v>
       </c>
       <c r="T15">
-        <v>101.8158</v>
+        <v>100.572144</v>
       </c>
       <c r="U15">
-        <v>11.012692</v>
+        <v>10.955117</v>
       </c>
       <c r="V15">
-        <v>3.100959</v>
+        <v>-1.852723</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45988.417453704</v>
+        <v>46057.480462963</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K16" s="2">
         <v>45161.0</v>
       </c>
       <c r="L16" s="2">
         <v>46078.0</v>
       </c>
       <c r="M16">
         <v>10995</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.1836</v>
+        <v>0.336172</v>
       </c>
       <c r="Q16">
-        <v>100.1836</v>
+        <v>100.336172</v>
       </c>
       <c r="R16">
-        <v>102.03</v>
+        <v>101.0</v>
       </c>
       <c r="S16">
         <v>100.0</v>
       </c>
       <c r="T16">
-        <v>101.8464</v>
+        <v>100.663828</v>
       </c>
       <c r="U16">
-        <v>11.013076</v>
+        <v>10.965141</v>
       </c>
       <c r="V16">
-        <v>3.063637</v>
+        <v>-1.560187</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45987.645578704</v>
+        <v>46056.644236111</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
-        <v>0.06</v>
+        <v>0.18</v>
       </c>
       <c r="G17">
-        <v>101.3938</v>
+        <v>100.305611</v>
       </c>
       <c r="H17">
-        <v>4055.752</v>
+        <v>85259.76935</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K17" s="2">
         <v>45161.0</v>
       </c>
       <c r="L17" s="2">
         <v>46078.0</v>
       </c>
       <c r="M17">
         <v>10995</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.0918</v>
+        <v>0.305611</v>
       </c>
       <c r="Q17">
-        <v>100.0918</v>
+        <v>100.305611</v>
       </c>
       <c r="R17">
-        <v>102.03</v>
+        <v>101.0</v>
       </c>
       <c r="S17">
         <v>100.0</v>
       </c>
       <c r="T17">
-        <v>101.9382</v>
+        <v>100.694389</v>
       </c>
       <c r="U17">
-        <v>11.014411</v>
+        <v>10.96848</v>
       </c>
       <c r="V17">
-        <v>2.956873</v>
+        <v>-1.482178</v>
       </c>
       <c r="X17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45986.553969907</v>
+        <v>46055.629363426</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>101.3326</v>
+        <v>100.122244</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K18" s="2">
         <v>45161.0</v>
       </c>
       <c r="L18" s="2">
         <v>46078.0</v>
       </c>
       <c r="M18">
         <v>10995</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.0612</v>
+        <v>0.27505</v>
       </c>
       <c r="Q18">
-        <v>100.5612</v>
+        <v>100.27505</v>
       </c>
       <c r="R18">
-        <v>101.3632</v>
+        <v>101.0</v>
       </c>
       <c r="S18">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T18">
-        <v>101.302</v>
+        <v>100.72495</v>
       </c>
       <c r="U18">
-        <v>8.939626</v>
+        <v>10.971821</v>
       </c>
       <c r="V18">
-        <v>5.639777</v>
+        <v>-1.411598</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45985.417835648</v>
+        <v>46052.417928241</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
-      <c r="F19">
-[...1 lines deleted...]
-      </c>
       <c r="G19">
-        <v>101.3326</v>
-[...2 lines deleted...]
-        <v>4053.304</v>
+        <v>100.122244</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K19" s="2">
         <v>45161.0</v>
       </c>
       <c r="L19" s="2">
         <v>46078.0</v>
       </c>
       <c r="M19">
         <v>10995</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.0306</v>
+        <v>0.244489</v>
       </c>
       <c r="Q19">
-        <v>100.0306</v>
+        <v>100.244489</v>
       </c>
       <c r="R19">
-        <v>101.3326</v>
+        <v>101.5</v>
       </c>
       <c r="S19">
         <v>100.0</v>
       </c>
       <c r="T19">
-        <v>101.302</v>
+        <v>101.255511</v>
       </c>
       <c r="U19">
-        <v>11.015443</v>
+        <v>10.975164</v>
       </c>
       <c r="V19">
-        <v>5.699509</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>-9.401701</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45982.355405093</v>
+        <v>46051.417708333</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>100.9672</v>
+        <v>100.122244</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K20" s="2">
         <v>45161.0</v>
       </c>
       <c r="L20" s="2">
         <v>46078.0</v>
       </c>
       <c r="M20">
         <v>10995</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
+      <c r="P20">
+        <v>0.213928</v>
+      </c>
       <c r="Q20">
+        <v>100.213928</v>
+      </c>
+      <c r="R20">
+        <v>101.5</v>
+      </c>
+      <c r="S20">
         <v>100.0</v>
       </c>
-      <c r="R20">
-        <v>101.302</v>
+      <c r="T20">
+        <v>101.286072</v>
       </c>
       <c r="U20">
-        <v>11.015999</v>
+        <v>10.978509</v>
       </c>
       <c r="V20">
-        <v>5.757941</v>
+        <v>-8.992931</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45981.355196759</v>
+        <v>46050.417662037</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>100.9672</v>
+        <v>100.122244</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K21" s="2">
         <v>45161.0</v>
       </c>
       <c r="L21" s="2">
         <v>46078.0</v>
       </c>
       <c r="M21">
         <v>10995</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>-0.0306</v>
+        <v>0.152806</v>
       </c>
       <c r="Q21">
-        <v>99.9694</v>
+        <v>100.152806</v>
       </c>
       <c r="R21">
-        <v>101.2714</v>
+        <v>101.5</v>
       </c>
       <c r="S21">
         <v>100.0</v>
       </c>
       <c r="T21">
-        <v>101.302</v>
+        <v>101.347194</v>
       </c>
       <c r="U21">
-        <v>11.01658</v>
+        <v>10.985206</v>
       </c>
       <c r="V21">
-        <v>5.815116</v>
+        <v>-8.273497</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45980.417881944</v>
+        <v>46049.553321759</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
+      <c r="F22">
+        <v>0.03</v>
+      </c>
       <c r="G22">
-        <v>100.9672</v>
+        <v>100.122244</v>
+      </c>
+      <c r="H22">
+        <v>10012.2244</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K22" s="2">
         <v>45161.0</v>
       </c>
       <c r="L22" s="2">
         <v>46078.0</v>
       </c>
       <c r="M22">
         <v>10995</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>-0.1224</v>
+        <v>0.122244</v>
       </c>
       <c r="Q22">
-        <v>99.8776</v>
+        <v>100.122244</v>
       </c>
       <c r="R22">
-        <v>101.1796</v>
+        <v>101.5</v>
       </c>
       <c r="S22">
         <v>100.0</v>
       </c>
       <c r="T22">
-        <v>101.302</v>
+        <v>101.377756</v>
       </c>
       <c r="U22">
-        <v>11.018468</v>
+        <v>10.988572</v>
       </c>
       <c r="V22">
-        <v>5.979508</v>
+        <v>-7.955285</v>
+      </c>
+      <c r="X22">
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45979.355439815</v>
+        <v>46048.624907407</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
+      <c r="F23">
+        <v>-0.64</v>
+      </c>
       <c r="G23">
-        <v>100.9672</v>
+        <v>100.091683</v>
+      </c>
+      <c r="H23">
+        <v>6005.50098</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K23" s="2">
         <v>45161.0</v>
       </c>
       <c r="L23" s="2">
         <v>46078.0</v>
       </c>
       <c r="M23">
         <v>10995</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>-0.153</v>
+        <v>0.091683</v>
+      </c>
+      <c r="Q23">
+        <v>100.091683</v>
+      </c>
+      <c r="R23">
+        <v>102.0</v>
+      </c>
+      <c r="S23">
+        <v>100.0</v>
+      </c>
+      <c r="T23">
+        <v>101.908317</v>
+      </c>
+      <c r="U23">
+        <v>10.991926</v>
+      </c>
+      <c r="V23">
+        <v>-14.15904</v>
+      </c>
+      <c r="X23">
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45978.355763889</v>
+        <v>46045.455150463</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K24" s="2">
         <v>45161.0</v>
       </c>
       <c r="L24" s="2">
         <v>46078.0</v>
       </c>
       <c r="M24">
         <v>10995</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>-0.1836</v>
+        <v>0.061122</v>
+      </c>
+      <c r="Q24">
+        <v>100.061122</v>
+      </c>
+      <c r="R24">
+        <v>102.0</v>
+      </c>
+      <c r="S24">
+        <v>100.0</v>
+      </c>
+      <c r="T24">
+        <v>101.938878</v>
+      </c>
+      <c r="U24">
+        <v>10.995281</v>
+      </c>
+      <c r="V24">
+        <v>-13.65336</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45975.417569444</v>
+        <v>46044.417847222</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K25" s="2">
         <v>45161.0</v>
       </c>
       <c r="L25" s="2">
         <v>46078.0</v>
       </c>
       <c r="M25">
         <v>10995</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>0.7038</v>
+        <v>0.030561</v>
       </c>
       <c r="Q25">
-        <v>100.7038</v>
+        <v>100.030561</v>
       </c>
       <c r="R25">
-        <v>102.55</v>
+        <v>101.84</v>
       </c>
       <c r="S25">
         <v>100.0</v>
       </c>
       <c r="T25">
-        <v>101.8462</v>
+        <v>101.809439</v>
       </c>
       <c r="U25">
-        <v>11.013158</v>
+        <v>10.998639</v>
       </c>
       <c r="V25">
-        <v>4.113296</v>
+        <v>-11.252945</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45974.417986111</v>
+        <v>46043.417974537</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K26" s="2">
         <v>45161.0</v>
       </c>
       <c r="L26" s="2">
         <v>46078.0</v>
       </c>
       <c r="M26">
         <v>10995</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.6732</v>
+        <v>-0.061122</v>
       </c>
       <c r="Q26">
-        <v>100.6732</v>
+        <v>99.938878</v>
       </c>
       <c r="R26">
-        <v>102.55</v>
+        <v>101.84</v>
       </c>
       <c r="S26">
         <v>100.0</v>
       </c>
       <c r="T26">
-        <v>101.8768</v>
+        <v>101.901122</v>
       </c>
       <c r="U26">
-        <v>11.012925</v>
+        <v>11.00537</v>
       </c>
       <c r="V26">
-        <v>4.070552</v>
+        <v>-10.200879</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45973.417858796</v>
+        <v>46042.417789352</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K27" s="2">
         <v>45161.0</v>
       </c>
       <c r="L27" s="2">
         <v>46078.0</v>
       </c>
       <c r="M27">
         <v>10995</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.5814</v>
+        <v>-0.091683</v>
       </c>
       <c r="Q27">
-        <v>100.5814</v>
+        <v>99.908317</v>
       </c>
       <c r="R27">
-        <v>102.55</v>
+        <v>101.84</v>
       </c>
       <c r="S27">
         <v>100.0</v>
       </c>
       <c r="T27">
-        <v>101.9686</v>
+        <v>101.931683</v>
       </c>
       <c r="U27">
-        <v>11.012457</v>
+        <v>11.007057</v>
       </c>
       <c r="V27">
-        <v>3.947489</v>
+        <v>-9.89304</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45972.659872685</v>
+        <v>46041.418275463</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K28" s="2">
         <v>45161.0</v>
       </c>
       <c r="L28" s="2">
         <v>46078.0</v>
       </c>
       <c r="M28">
         <v>10995</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.5508</v>
+        <v>-0.122244</v>
       </c>
       <c r="Q28">
-        <v>100.5508</v>
+        <v>99.877756</v>
       </c>
       <c r="R28">
-        <v>102.55</v>
+        <v>101.84</v>
       </c>
       <c r="S28">
         <v>100.0</v>
       </c>
       <c r="T28">
-        <v>101.9992</v>
+        <v>101.962244</v>
       </c>
       <c r="U28">
-        <v>11.012374</v>
+        <v>11.008745</v>
       </c>
       <c r="V28">
-        <v>3.908105</v>
+        <v>-9.603235</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45971.356087963</v>
+        <v>46038.638009259</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>100.9672</v>
+        <v>100.733467</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K29" s="2">
         <v>45161.0</v>
       </c>
       <c r="L29" s="2">
         <v>46078.0</v>
       </c>
       <c r="M29">
         <v>10995</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.5202</v>
+        <v>-0.152806</v>
       </c>
       <c r="Q29">
-        <v>100.5202</v>
+        <v>99.847194</v>
       </c>
       <c r="R29">
-        <v>102.5202</v>
+        <v>101.839194</v>
       </c>
       <c r="S29">
         <v>100.0</v>
       </c>
       <c r="T29">
-        <v>102.0</v>
+        <v>101.992</v>
       </c>
       <c r="U29">
-        <v>11.012326</v>
+        <v>11.010444</v>
       </c>
       <c r="V29">
-        <v>3.973026</v>
+        <v>-9.321849</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45968.355752315</v>
+        <v>46037.563321759</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
+      <c r="F30">
+        <v>0.09</v>
+      </c>
       <c r="G30">
-        <v>100.9672</v>
+        <v>100.733467</v>
+      </c>
+      <c r="H30">
+        <v>5036.67335</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K30" s="2">
         <v>45161.0</v>
       </c>
       <c r="L30" s="2">
         <v>46078.0</v>
       </c>
       <c r="M30">
         <v>10995</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.4896</v>
+        <v>0.733467</v>
       </c>
       <c r="Q30">
-        <v>100.4896</v>
+        <v>100.733467</v>
       </c>
       <c r="R30">
-        <v>102.4896</v>
+        <v>102.61</v>
       </c>
       <c r="S30">
         <v>100.0</v>
       </c>
       <c r="T30">
-        <v>102.0</v>
+        <v>101.876533</v>
       </c>
       <c r="U30">
-        <v>11.012312</v>
+        <v>10.995232</v>
       </c>
       <c r="V30">
-        <v>4.039465</v>
+        <v>-7.627514</v>
+      </c>
+      <c r="X30">
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45967.513645833</v>
+        <v>46036.445543981</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
+      <c r="F31">
+        <v>0.24</v>
+      </c>
       <c r="G31">
-        <v>100.9672</v>
+        <v>100.641783</v>
+      </c>
+      <c r="H31">
+        <v>15098.26745</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K31" s="2">
         <v>45161.0</v>
       </c>
       <c r="L31" s="2">
         <v>46078.0</v>
       </c>
       <c r="M31">
         <v>10995</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.459</v>
+        <v>0.641783</v>
       </c>
       <c r="Q31">
-        <v>100.459</v>
+        <v>100.641783</v>
       </c>
       <c r="R31">
-        <v>102.459</v>
+        <v>102.61</v>
       </c>
       <c r="S31">
         <v>100.0</v>
       </c>
       <c r="T31">
-        <v>102.0</v>
+        <v>101.968217</v>
       </c>
       <c r="U31">
-        <v>11.01233</v>
+        <v>10.993808</v>
       </c>
       <c r="V31">
-        <v>4.104654</v>
+        <v>-7.038451</v>
+      </c>
+      <c r="X31">
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45966.541481481</v>
+        <v>46035.533148148</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
-      <c r="F32">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>100.9672</v>
-[...2 lines deleted...]
-        <v>1009.672</v>
+        <v>100.397294</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K32" s="2">
         <v>45161.0</v>
       </c>
       <c r="L32" s="2">
         <v>46078.0</v>
       </c>
       <c r="M32">
         <v>10995</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.3672</v>
+        <v>0.611222</v>
+      </c>
+      <c r="Q32">
+        <v>100.811222</v>
       </c>
       <c r="R32">
-        <v>102.79</v>
+        <v>102.61</v>
+      </c>
+      <c r="S32">
+        <v>100.2</v>
       </c>
       <c r="T32">
-        <v>102.4228</v>
+        <v>101.998778</v>
+      </c>
+      <c r="U32">
+        <v>9.17888</v>
       </c>
       <c r="V32">
-        <v>2.894263</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>-6.861808</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45965.355625</v>
+        <v>46034.418472222</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>101.2448</v>
+        <v>100.397294</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K33" s="2">
         <v>45161.0</v>
       </c>
       <c r="L33" s="2">
         <v>46078.0</v>
       </c>
       <c r="M33">
         <v>10995</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.3366</v>
+        <v>0.580661</v>
       </c>
       <c r="Q33">
-        <v>100.9366</v>
+        <v>100.780661</v>
       </c>
       <c r="R33">
-        <v>102.7666</v>
+        <v>102.39</v>
       </c>
       <c r="S33">
-        <v>100.6</v>
+        <v>100.2</v>
       </c>
       <c r="T33">
-        <v>102.43</v>
+        <v>101.809339</v>
       </c>
       <c r="U33">
-        <v>8.99714</v>
+        <v>9.2227</v>
       </c>
       <c r="V33">
-        <v>2.943784</v>
+        <v>-4.805874</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45964.418321759</v>
+        <v>46031.422881944</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>101.2448</v>
+        <v>100.397294</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K34" s="2">
         <v>45161.0</v>
       </c>
       <c r="L34" s="2">
         <v>46078.0</v>
       </c>
       <c r="M34">
         <v>10995</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.306</v>
+        <v>0.5501</v>
       </c>
       <c r="Q34">
-        <v>100.906</v>
+        <v>100.7501</v>
       </c>
       <c r="R34">
-        <v>102.67</v>
+        <v>102.39</v>
       </c>
       <c r="S34">
-        <v>100.6</v>
+        <v>100.2</v>
       </c>
       <c r="T34">
-        <v>102.364</v>
+        <v>101.8399</v>
       </c>
       <c r="U34">
-        <v>9.015285</v>
+        <v>9.264501</v>
       </c>
       <c r="V34">
-        <v>3.229725</v>
+        <v>-4.690936</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45961.417789352</v>
+        <v>46030.597986111</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
-        <v>101.2448</v>
+        <v>100.397294</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K35" s="2">
         <v>45161.0</v>
       </c>
       <c r="L35" s="2">
         <v>46078.0</v>
       </c>
       <c r="M35">
         <v>10995</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.2754</v>
+        <v>0.519539</v>
       </c>
       <c r="Q35">
-        <v>100.8754</v>
+        <v>100.719539</v>
       </c>
       <c r="R35">
-        <v>102.67</v>
+        <v>102.39</v>
       </c>
       <c r="S35">
-        <v>100.6</v>
+        <v>100.2</v>
       </c>
       <c r="T35">
-        <v>102.3946</v>
+        <v>101.870461</v>
       </c>
       <c r="U35">
-        <v>9.033129</v>
+        <v>9.304426</v>
       </c>
       <c r="V35">
-        <v>3.200162</v>
+        <v>-4.581367</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45960.657534722</v>
+        <v>46029.418078704</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
-      <c r="F36">
-[...1 lines deleted...]
-      </c>
       <c r="G36">
-        <v>101.2448</v>
-[...2 lines deleted...]
-        <v>32398.336</v>
+        <v>100.397294</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K36" s="2">
         <v>45161.0</v>
       </c>
       <c r="L36" s="2">
         <v>46078.0</v>
       </c>
       <c r="M36">
         <v>10995</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.2448</v>
+        <v>0.427856</v>
       </c>
       <c r="Q36">
-        <v>100.8448</v>
+        <v>100.427856</v>
       </c>
       <c r="R36">
-        <v>102.67</v>
+        <v>102.39</v>
       </c>
       <c r="S36">
-        <v>100.6</v>
+        <v>100.0</v>
       </c>
       <c r="T36">
-        <v>102.4252</v>
+        <v>101.962144</v>
       </c>
       <c r="U36">
-        <v>9.050679</v>
+        <v>10.993758</v>
       </c>
       <c r="V36">
-        <v>3.171136</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>-4.281361</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45959.474340278</v>
+        <v>46028.608726852</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>100.6224</v>
+        <v>100.397294</v>
+      </c>
+      <c r="H37">
+        <v>9045.75646</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K37" s="2">
         <v>45161.0</v>
       </c>
       <c r="L37" s="2">
         <v>46078.0</v>
       </c>
       <c r="M37">
         <v>10995</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.153</v>
+        <v>0.397294</v>
       </c>
       <c r="Q37">
-        <v>100.753</v>
+        <v>100.397294</v>
       </c>
       <c r="R37">
-        <v>101.153</v>
+        <v>102.39</v>
       </c>
       <c r="S37">
-        <v>100.6</v>
+        <v>100.0</v>
       </c>
       <c r="T37">
-        <v>101.0</v>
+        <v>101.992706</v>
       </c>
       <c r="U37">
-        <v>9.101653</v>
+        <v>10.994048</v>
       </c>
       <c r="V37">
-        <v>7.834702</v>
+        <v>-4.189904</v>
+      </c>
+      <c r="X37">
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45958.355717593</v>
+        <v>46027.599965278</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
+      <c r="F38">
+        <v>0.18</v>
+      </c>
       <c r="G38">
-        <v>100.6224</v>
+        <v>100.4</v>
+      </c>
+      <c r="H38">
+        <v>20086.6733</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K38" s="2">
         <v>45161.0</v>
       </c>
       <c r="L38" s="2">
         <v>46078.0</v>
       </c>
       <c r="M38">
         <v>10995</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.153</v>
+        <v>0.366733</v>
       </c>
       <c r="Q38">
-        <v>100.653</v>
+        <v>100.366733</v>
       </c>
       <c r="R38">
-        <v>101.153</v>
+        <v>102.21</v>
       </c>
       <c r="S38">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T38">
-        <v>101.0</v>
+        <v>101.843267</v>
       </c>
       <c r="U38">
-        <v>9.419392</v>
+        <v>10.994388</v>
       </c>
       <c r="V38">
-        <v>7.834702</v>
+        <v>-2.778982</v>
+      </c>
+      <c r="X38">
+        <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45957.59193287</v>
+        <v>46024.419699074</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
-      <c r="F39">
-[...1 lines deleted...]
-      </c>
       <c r="G39">
-        <v>100.6224</v>
-[...2 lines deleted...]
-        <v>1006.224</v>
+        <v>100.222244</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K39" s="2">
         <v>45161.0</v>
       </c>
       <c r="L39" s="2">
         <v>46078.0</v>
       </c>
       <c r="M39">
         <v>10995</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.1224</v>
+        <v>0.336172</v>
       </c>
       <c r="Q39">
-        <v>100.6224</v>
+        <v>100.4</v>
       </c>
       <c r="R39">
-        <v>101.1224</v>
+        <v>102.21</v>
       </c>
       <c r="S39">
-        <v>100.5</v>
+        <v>100.063828</v>
       </c>
       <c r="T39">
-        <v>101.0</v>
+        <v>101.873828</v>
       </c>
       <c r="U39">
-        <v>9.433169</v>
+        <v>10.520739</v>
       </c>
       <c r="V39">
-        <v>7.86183</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>-2.722019</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45954.355868056</v>
+        <v>46021.552546296</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="G40">
-        <v>101.0612</v>
+        <v>100.222244</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K40" s="2">
         <v>45161.0</v>
       </c>
       <c r="L40" s="2">
         <v>46078.0</v>
       </c>
       <c r="M40">
         <v>10995</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>0.0918</v>
+        <v>0.213928</v>
       </c>
       <c r="Q40">
-        <v>100.5918</v>
+        <v>100.713928</v>
       </c>
       <c r="R40">
-        <v>101.0918</v>
+        <v>102.21</v>
       </c>
       <c r="S40">
         <v>100.5</v>
       </c>
       <c r="T40">
-        <v>101.0</v>
+        <v>101.996072</v>
       </c>
       <c r="U40">
-        <v>9.446738</v>
+        <v>7.572567</v>
       </c>
       <c r="V40">
-        <v>7.888517</v>
+        <v>-2.515751</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45953.604074074</v>
+        <v>46020.418113426</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
       <c r="G41">
-        <v>101.0612</v>
-[...2 lines deleted...]
-        <v>20202.24</v>
+        <v>100.222244</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K41" s="2">
         <v>45161.0</v>
       </c>
       <c r="L41" s="2">
         <v>46078.0</v>
       </c>
       <c r="M41">
         <v>10995</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>0.0612</v>
+        <v>0.152806</v>
       </c>
       <c r="Q41">
-        <v>100.5612</v>
+        <v>100.152806</v>
       </c>
       <c r="R41">
-        <v>101.0612</v>
+        <v>102.12</v>
       </c>
       <c r="S41">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T41">
-        <v>101.0</v>
+        <v>101.967194</v>
       </c>
       <c r="U41">
-        <v>9.460102</v>
+        <v>10.998148</v>
       </c>
       <c r="V41">
-        <v>7.914776</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>-1.845494</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45952.449074074</v>
+        <v>46014.509236111</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
+      <c r="F42">
+        <v>0.31</v>
+      </c>
       <c r="G42">
-        <v>102.37</v>
+        <v>100.222244</v>
+      </c>
+      <c r="H42">
+        <v>2004.44488</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
-        <v>11.016</v>
+        <v>11.002</v>
       </c>
       <c r="K42" s="2">
         <v>45161.0</v>
       </c>
       <c r="L42" s="2">
         <v>46078.0</v>
       </c>
       <c r="M42">
         <v>10995</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>-0.0306</v>
+        <v>0.122244</v>
       </c>
       <c r="Q42">
+        <v>100.122244</v>
+      </c>
+      <c r="R42">
+        <v>102.12</v>
+      </c>
+      <c r="S42">
         <v>100.0</v>
       </c>
-      <c r="R42">
-[...4 lines deleted...]
-      </c>
       <c r="T42">
-        <v>101.0</v>
+        <v>101.997756</v>
       </c>
       <c r="U42">
-        <v>10.923298</v>
+        <v>10.998857</v>
       </c>
       <c r="V42">
-        <v>7.991081</v>
+        <v>-1.812404</v>
+      </c>
+      <c r="X42">
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45951.531469907</v>
+        <v>46013.355428241</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>102.37</v>
+        <v>99.9082</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>11.016</v>
       </c>
       <c r="K43" s="2">
         <v>45161.0</v>
       </c>
       <c r="L43" s="2">
         <v>46078.0</v>
       </c>
       <c r="M43">
         <v>10995</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>-0.0612</v>
+        <v>-0.0306</v>
       </c>
       <c r="Q43">
-        <v>99.95</v>
+        <v>99.9694</v>
       </c>
       <c r="R43">
-        <v>100.9388</v>
+        <v>101.9694</v>
       </c>
       <c r="S43">
-        <v>100.0112</v>
+        <v>100.0</v>
       </c>
       <c r="T43">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="U43">
-        <v>10.983076</v>
+        <v>11.016862</v>
       </c>
       <c r="V43">
-        <v>8.015727</v>
+        <v>-0.775767</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45950.503229167</v>
+        <v>46010.355706019</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>102.37</v>
+        <v>99.9082</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>11.016</v>
       </c>
       <c r="K44" s="2">
         <v>45161.0</v>
       </c>
       <c r="L44" s="2">
         <v>46078.0</v>
       </c>
       <c r="M44">
         <v>10995</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>-0.0918</v>
+        <v>-0.0612</v>
       </c>
       <c r="Q44">
-        <v>99.95</v>
+        <v>99.9388</v>
       </c>
       <c r="R44">
-        <v>102.37</v>
+        <v>101.9388</v>
       </c>
       <c r="S44">
-        <v>100.0418</v>
+        <v>100.0</v>
       </c>
       <c r="T44">
-        <v>102.4618</v>
+        <v>102.0</v>
       </c>
       <c r="U44">
-        <v>10.892176</v>
+        <v>11.017752</v>
       </c>
       <c r="V44">
-        <v>3.753631</v>
+        <v>-0.588268</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45947.666689815</v>
+        <v>46009.47900463</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="F45">
-        <v>-0.33</v>
+        <v>-0.58</v>
       </c>
       <c r="G45">
-        <v>102.37</v>
+        <v>99.9082</v>
       </c>
       <c r="H45">
-        <v>10237.0</v>
+        <v>19981.64</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>11.016</v>
       </c>
       <c r="K45" s="2">
         <v>45161.0</v>
       </c>
       <c r="L45" s="2">
         <v>46078.0</v>
       </c>
       <c r="M45">
         <v>10995</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>-0.1224</v>
+        <v>-0.0918</v>
+      </c>
+      <c r="Q45">
+        <v>99.9082</v>
+      </c>
+      <c r="R45">
+        <v>101.9082</v>
+      </c>
+      <c r="S45">
+        <v>100.0</v>
+      </c>
+      <c r="T45">
+        <v>102.0</v>
+      </c>
+      <c r="U45">
+        <v>11.018669</v>
+      </c>
+      <c r="V45">
+        <v>-0.406666</v>
       </c>
       <c r="X45">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45946.666701389</v>
+        <v>46008.355543981</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
-      <c r="F46">
-[...1 lines deleted...]
-      </c>
       <c r="G46">
-        <v>102.71045</v>
-[...2 lines deleted...]
-        <v>5135.5225</v>
+        <v>100.4896</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>11.016</v>
       </c>
       <c r="K46" s="2">
         <v>45161.0</v>
       </c>
       <c r="L46" s="2">
         <v>46078.0</v>
       </c>
       <c r="M46">
         <v>10995</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>0.765</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>-0.1836</v>
+      </c>
+      <c r="Q46">
+        <v>99.8164</v>
+      </c>
+      <c r="R46">
+        <v>101.8164</v>
+      </c>
+      <c r="S46">
+        <v>100.0</v>
+      </c>
+      <c r="T46">
+        <v>102.0</v>
+      </c>
+      <c r="U46">
+        <v>11.021561</v>
+      </c>
+      <c r="V46">
+        <v>0.105428</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45945.666701389</v>
+        <v>46007.455023148</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
-      <c r="F47">
-[...1 lines deleted...]
-      </c>
       <c r="G47">
-        <v>102.1732</v>
-[...2 lines deleted...]
-        <v>2043.464</v>
+        <v>100.4896</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>11.016</v>
       </c>
       <c r="K47" s="2">
         <v>45161.0</v>
       </c>
       <c r="L47" s="2">
         <v>46078.0</v>
       </c>
       <c r="M47">
         <v>10995</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>0.6732</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>0.7038</v>
+      </c>
+      <c r="Q47">
+        <v>100.7038</v>
+      </c>
+      <c r="R47">
+        <v>102.7</v>
+      </c>
+      <c r="S47">
+        <v>100.0</v>
+      </c>
+      <c r="T47">
+        <v>101.9962</v>
+      </c>
+      <c r="U47">
+        <v>11.011906</v>
+      </c>
+      <c r="V47">
+        <v>0.285912</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45944.666689815</v>
+        <v>46006.418020833</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="G48">
-        <v>101.94</v>
+        <v>100.4896</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>11.016</v>
       </c>
       <c r="K48" s="2">
         <v>45161.0</v>
       </c>
       <c r="L48" s="2">
         <v>46078.0</v>
       </c>
       <c r="M48">
         <v>10995</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>0.6426</v>
+        <v>0.6732</v>
+      </c>
+      <c r="Q48">
+        <v>100.6732</v>
+      </c>
+      <c r="R48">
+        <v>102.52</v>
+      </c>
+      <c r="S48">
+        <v>100.0</v>
+      </c>
+      <c r="T48">
+        <v>101.8468</v>
+      </c>
+      <c r="U48">
+        <v>11.01159</v>
+      </c>
+      <c r="V48">
+        <v>1.222072</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45943.666747685</v>
+        <v>46003.424918981</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>101.94</v>
+        <v>100.4896</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>11.016</v>
       </c>
       <c r="K49" s="2">
         <v>45161.0</v>
       </c>
       <c r="L49" s="2">
         <v>46078.0</v>
       </c>
       <c r="M49">
         <v>10995</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
+      <c r="P49">
+        <v>0.6426</v>
+      </c>
+      <c r="Q49">
+        <v>100.6426</v>
+      </c>
+      <c r="R49">
+        <v>102.52</v>
+      </c>
+      <c r="S49">
+        <v>100.0</v>
+      </c>
+      <c r="T49">
+        <v>101.8774</v>
+      </c>
+      <c r="U49">
+        <v>11.011333</v>
+      </c>
+      <c r="V49">
+        <v>1.204143</v>
+      </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45940.581851852</v>
+        <v>46002.417824074</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
-      <c r="F50">
-[...1 lines deleted...]
-      </c>
       <c r="G50">
-        <v>101.94</v>
-[...2 lines deleted...]
-        <v>1019.4</v>
+        <v>100.4896</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>11.016</v>
       </c>
       <c r="K50" s="2">
         <v>45161.0</v>
       </c>
       <c r="L50" s="2">
         <v>46078.0</v>
       </c>
       <c r="M50">
         <v>10995</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>0.5814</v>
+        <v>0.612</v>
       </c>
       <c r="Q50">
-        <v>100.4814</v>
+        <v>100.612</v>
       </c>
       <c r="R50">
-        <v>101.94</v>
+        <v>102.52</v>
       </c>
       <c r="S50">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T50">
-        <v>101.3586</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.908</v>
+      </c>
+      <c r="U50">
+        <v>11.011131</v>
+      </c>
+      <c r="V50">
+        <v>1.186732</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45939.417847222</v>
+        <v>46001.553506944</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>100.459</v>
+        <v>100.4896</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>11.016</v>
       </c>
       <c r="K51" s="2">
         <v>45161.0</v>
       </c>
       <c r="L51" s="2">
         <v>46078.0</v>
       </c>
       <c r="M51">
         <v>10995</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>0.5508</v>
+        <v>0.5202</v>
       </c>
       <c r="Q51">
-        <v>100.4508</v>
+        <v>100.5202</v>
       </c>
       <c r="R51">
-        <v>101.94</v>
+        <v>102.52</v>
       </c>
       <c r="S51">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T51">
-        <v>101.3892</v>
+        <v>101.9998</v>
+      </c>
+      <c r="U51">
+        <v>11.010841</v>
+      </c>
+      <c r="V51">
+        <v>1.137395</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45938.653599537</v>
+        <v>46000.597314815</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="F52">
-        <v>0.21</v>
+        <v>-0.89</v>
       </c>
       <c r="G52">
-        <v>100.459</v>
+        <v>100.4896</v>
       </c>
       <c r="H52">
-        <v>50229.5</v>
+        <v>21102.816</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>11.016</v>
       </c>
       <c r="K52" s="2">
         <v>45161.0</v>
       </c>
       <c r="L52" s="2">
         <v>46078.0</v>
       </c>
       <c r="M52">
         <v>10995</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>0.459</v>
+        <v>0.4896</v>
       </c>
       <c r="Q52">
-        <v>100.359</v>
+        <v>100.4896</v>
       </c>
       <c r="R52">
-        <v>101.94</v>
+        <v>102.4896</v>
       </c>
       <c r="S52">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T52">
-        <v>101.481</v>
+        <v>102.0</v>
+      </c>
+      <c r="U52">
+        <v>11.010841</v>
+      </c>
+      <c r="V52">
+        <v>1.267859</v>
       </c>
       <c r="X52">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45937.416747685</v>
+        <v>45999.418344907</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
-        <v>100.2448</v>
+        <v>101.3938</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>11.016</v>
       </c>
       <c r="K53" s="2">
         <v>45161.0</v>
       </c>
       <c r="L53" s="2">
         <v>46078.0</v>
       </c>
       <c r="M53">
         <v>10995</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>0.4284</v>
+        <v>0.459</v>
       </c>
       <c r="Q53">
-        <v>100.3284</v>
+        <v>100.459</v>
       </c>
       <c r="R53">
-        <v>101.4284</v>
+        <v>101.8</v>
       </c>
       <c r="S53">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T53">
-        <v>101.0</v>
+        <v>101.341</v>
+      </c>
+      <c r="U53">
+        <v>11.010887</v>
+      </c>
+      <c r="V53">
+        <v>4.534503</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45936.436261574</v>
+        <v>45996.662835648</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="G54">
-        <v>100.2448</v>
+        <v>101.3938</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>11.016</v>
       </c>
       <c r="K54" s="2">
         <v>45161.0</v>
       </c>
       <c r="L54" s="2">
         <v>46078.0</v>
       </c>
       <c r="M54">
         <v>10995</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>0.3978</v>
+        <v>0.4284</v>
       </c>
       <c r="Q54">
-        <v>100.2978</v>
+        <v>100.4284</v>
       </c>
       <c r="R54">
-        <v>101.3978</v>
+        <v>101.8</v>
       </c>
       <c r="S54">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T54">
-        <v>101.0</v>
+        <v>101.3716</v>
+      </c>
+      <c r="U54">
+        <v>11.010976</v>
+      </c>
+      <c r="V54">
+        <v>4.474084</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45933.417743056</v>
+        <v>45995.417546296</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
-        <v>100.2448</v>
+        <v>101.3938</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>11.016</v>
       </c>
       <c r="K55" s="2">
         <v>45161.0</v>
       </c>
       <c r="L55" s="2">
         <v>46078.0</v>
       </c>
       <c r="M55">
         <v>10995</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>0.3672</v>
+        <v>0.3978</v>
       </c>
       <c r="Q55">
-        <v>100.2672</v>
+        <v>100.3978</v>
       </c>
       <c r="R55">
-        <v>101.82</v>
+        <v>100.7978</v>
       </c>
       <c r="S55">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T55">
-        <v>101.4528</v>
+        <v>100.4</v>
+      </c>
+      <c r="U55">
+        <v>11.011108</v>
+      </c>
+      <c r="V55">
+        <v>9.116441</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45932.52224537</v>
+        <v>45994.461886574</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="G56">
-        <v>100.2448</v>
+        <v>101.3938</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>11.016</v>
       </c>
       <c r="K56" s="2">
         <v>45161.0</v>
       </c>
       <c r="L56" s="2">
         <v>46078.0</v>
       </c>
       <c r="M56">
         <v>10995</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>0.3366</v>
+        <v>0.306</v>
       </c>
       <c r="Q56">
-        <v>100.8366</v>
+        <v>100.306</v>
       </c>
       <c r="R56">
-        <v>101.82</v>
+        <v>101.606</v>
       </c>
       <c r="S56">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T56">
-        <v>101.4834</v>
+        <v>101.3</v>
+      </c>
+      <c r="U56">
+        <v>11.011738</v>
+      </c>
+      <c r="V56">
+        <v>5.118233</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45931.643553241</v>
+        <v>45993.580393519</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
-      <c r="F57">
-[...1 lines deleted...]
-      </c>
       <c r="G57">
-        <v>100.2448</v>
-[...2 lines deleted...]
-        <v>280685.44</v>
+        <v>101.3938</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>11.016</v>
       </c>
       <c r="K57" s="2">
         <v>45161.0</v>
       </c>
       <c r="L57" s="2">
         <v>46078.0</v>
       </c>
       <c r="M57">
         <v>10995</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>0.2448</v>
+        <v>0.2754</v>
       </c>
       <c r="Q57">
-        <v>100.1448</v>
+        <v>100.2754</v>
       </c>
       <c r="R57">
-        <v>101.71</v>
+        <v>101.7754</v>
       </c>
       <c r="S57">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T57">
-        <v>101.4652</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.5</v>
+      </c>
+      <c r="U57">
+        <v>11.012021</v>
+      </c>
+      <c r="V57">
+        <v>4.303514</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45930.524409722</v>
+        <v>45992.466608796</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="G58">
-        <v>101.5124</v>
+        <v>101.3938</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>11.016</v>
       </c>
       <c r="K58" s="2">
         <v>45161.0</v>
       </c>
       <c r="L58" s="2">
         <v>46078.0</v>
       </c>
       <c r="M58">
         <v>10995</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>0.2142</v>
+        <v>0.2448</v>
       </c>
       <c r="Q58">
-        <v>100.1142</v>
+        <v>100.2448</v>
       </c>
       <c r="R58">
-        <v>101.71</v>
+        <v>102.24</v>
       </c>
       <c r="S58">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T58">
-        <v>101.4958</v>
+        <v>101.9952</v>
+      </c>
+      <c r="U58">
+        <v>11.01234</v>
+      </c>
+      <c r="V58">
+        <v>2.225512</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45929.416678241</v>
+        <v>45989.424675926</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>101.5124</v>
+        <v>101.3938</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>11.016</v>
       </c>
       <c r="K59" s="2">
         <v>45161.0</v>
       </c>
       <c r="L59" s="2">
         <v>46078.0</v>
       </c>
       <c r="M59">
         <v>10995</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>0.1836</v>
+        <v>0.2142</v>
       </c>
       <c r="Q59">
-        <v>100.0836</v>
+        <v>100.2142</v>
       </c>
       <c r="R59">
-        <v>101.5736</v>
+        <v>102.03</v>
       </c>
       <c r="S59">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T59">
-        <v>101.39</v>
+        <v>101.8158</v>
+      </c>
+      <c r="U59">
+        <v>11.012692</v>
+      </c>
+      <c r="V59">
+        <v>3.100959</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45926.416701389</v>
+        <v>45988.417453704</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="G60">
-        <v>101.5124</v>
+        <v>101.3938</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>11.016</v>
       </c>
       <c r="K60" s="2">
         <v>45161.0</v>
       </c>
       <c r="L60" s="2">
         <v>46078.0</v>
       </c>
       <c r="M60">
         <v>10995</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>0.153</v>
+        <v>0.1836</v>
       </c>
       <c r="Q60">
-        <v>100.053</v>
+        <v>100.1836</v>
       </c>
       <c r="R60">
-        <v>101.543</v>
+        <v>102.03</v>
       </c>
       <c r="S60">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="T60">
-        <v>101.39</v>
+        <v>101.8464</v>
+      </c>
+      <c r="U60">
+        <v>11.013076</v>
+      </c>
+      <c r="V60">
+        <v>3.063637</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45925.628090278</v>
+        <v>45987.645578704</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
-        <v>1.01</v>
+        <v>0.06</v>
       </c>
       <c r="G61">
-        <v>101.5124</v>
+        <v>101.3938</v>
       </c>
       <c r="H61">
-        <v>2029.348</v>
+        <v>4055.752</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>11.016</v>
       </c>
       <c r="K61" s="2">
         <v>45161.0</v>
       </c>
       <c r="L61" s="2">
         <v>46078.0</v>
       </c>
       <c r="M61">
         <v>10995</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>0.1224</v>
+        <v>0.0918</v>
       </c>
       <c r="Q61">
-        <v>100.05</v>
+        <v>100.0918</v>
       </c>
       <c r="R61">
-        <v>101.5124</v>
+        <v>102.03</v>
       </c>
       <c r="S61">
-        <v>99.9276</v>
+        <v>100.0</v>
       </c>
       <c r="T61">
-        <v>101.39</v>
+        <v>101.9382</v>
+      </c>
+      <c r="U61">
+        <v>11.014411</v>
+      </c>
+      <c r="V61">
+        <v>2.956873</v>
       </c>
       <c r="X61">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45924.416678241</v>
+        <v>45986.553969907</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>100.5</v>
+        <v>101.3326</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>11.016</v>
       </c>
       <c r="K62" s="2">
         <v>45161.0</v>
       </c>
       <c r="L62" s="2">
         <v>46078.0</v>
       </c>
       <c r="M62">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>0.0306</v>
+        <v>0.0612</v>
       </c>
       <c r="Q62">
-        <v>101.3306</v>
+        <v>100.5612</v>
       </c>
       <c r="R62">
-        <v>101.4206</v>
+        <v>101.3632</v>
       </c>
       <c r="S62">
-        <v>101.3</v>
+        <v>100.5</v>
       </c>
       <c r="T62">
-        <v>101.39</v>
+        <v>101.302</v>
+      </c>
+      <c r="U62">
+        <v>8.939626</v>
+      </c>
+      <c r="V62">
+        <v>5.639777</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45923.611875</v>
+        <v>45985.417835648</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
-        <v>0.06</v>
+        <v>0.36</v>
       </c>
       <c r="G63">
-        <v>100.5</v>
+        <v>101.3326</v>
       </c>
       <c r="H63">
-        <v>25125.0</v>
+        <v>4053.304</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>11.016</v>
       </c>
       <c r="K63" s="2">
         <v>45161.0</v>
       </c>
       <c r="L63" s="2">
         <v>46078.0</v>
       </c>
       <c r="M63">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
+      <c r="P63">
+        <v>0.0306</v>
+      </c>
       <c r="Q63">
-        <v>101.3</v>
+        <v>100.0306</v>
       </c>
       <c r="R63">
-        <v>101.39</v>
+        <v>101.3326</v>
+      </c>
+      <c r="S63">
+        <v>100.0</v>
+      </c>
+      <c r="T63">
+        <v>101.302</v>
+      </c>
+      <c r="U63">
+        <v>11.015443</v>
+      </c>
+      <c r="V63">
+        <v>5.699509</v>
       </c>
       <c r="X63">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45922.417881944</v>
+        <v>45982.355405093</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
-        <v>100.438811</v>
+        <v>100.9672</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K64" s="2">
         <v>45161.0</v>
       </c>
       <c r="L64" s="2">
         <v>46078.0</v>
       </c>
       <c r="M64">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
-      <c r="P64">
-[...1 lines deleted...]
-      </c>
       <c r="Q64">
-        <v>99.9</v>
+        <v>100.0</v>
       </c>
       <c r="R64">
-        <v>100.469406</v>
-[...5 lines deleted...]
-        <v>100.5</v>
+        <v>101.302</v>
+      </c>
+      <c r="U64">
+        <v>11.015999</v>
+      </c>
+      <c r="V64">
+        <v>5.757941</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45919.577314815</v>
+        <v>45981.355196759</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
-      <c r="F65">
-[...1 lines deleted...]
-      </c>
       <c r="G65">
-        <v>100.438811</v>
-[...2 lines deleted...]
-        <v>10043.8811</v>
+        <v>100.9672</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K65" s="2">
         <v>45161.0</v>
       </c>
       <c r="L65" s="2">
         <v>46078.0</v>
       </c>
       <c r="M65">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>-0.061189</v>
+        <v>-0.0306</v>
       </c>
       <c r="Q65">
-        <v>99.9</v>
+        <v>99.9694</v>
       </c>
       <c r="R65">
-        <v>100.438811</v>
+        <v>101.2714</v>
       </c>
       <c r="S65">
-        <v>99.961189</v>
+        <v>100.0</v>
       </c>
       <c r="T65">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.302</v>
+      </c>
+      <c r="U65">
+        <v>11.01658</v>
+      </c>
+      <c r="V65">
+        <v>5.815116</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45918.613032407</v>
+        <v>45980.417881944</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
-      <c r="F66">
-[...1 lines deleted...]
-      </c>
       <c r="G66">
-        <v>100.408217</v>
-[...2 lines deleted...]
-        <v>15061.23255</v>
+        <v>100.9672</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K66" s="2">
         <v>45161.0</v>
       </c>
       <c r="L66" s="2">
         <v>46078.0</v>
       </c>
       <c r="M66">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>-0.091783</v>
+        <v>-0.1224</v>
       </c>
       <c r="Q66">
-        <v>99.76</v>
+        <v>99.8776</v>
       </c>
       <c r="R66">
-        <v>100.408217</v>
+        <v>101.1796</v>
       </c>
       <c r="S66">
-        <v>99.851783</v>
+        <v>100.0</v>
       </c>
       <c r="T66">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.302</v>
+      </c>
+      <c r="U66">
+        <v>11.018468</v>
+      </c>
+      <c r="V66">
+        <v>5.979508</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45917.476967593</v>
+        <v>45979.355439815</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
-        <v>101.77</v>
+        <v>100.9672</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K67" s="2">
         <v>45161.0</v>
       </c>
       <c r="L67" s="2">
         <v>46078.0</v>
       </c>
       <c r="M67">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>-0.183567</v>
-[...11 lines deleted...]
-        <v>100.5</v>
+        <v>-0.153</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45916.468761574</v>
+        <v>45978.355763889</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="G68">
-        <v>101.77</v>
+        <v>100.9672</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K68" s="2">
         <v>45161.0</v>
       </c>
       <c r="L68" s="2">
         <v>46078.0</v>
       </c>
       <c r="M68">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>0.703672</v>
-[...11 lines deleted...]
-        <v>101.096328</v>
+        <v>-0.1836</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45915.572592593</v>
+        <v>45975.417569444</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
-      <c r="F69">
-[...1 lines deleted...]
-      </c>
       <c r="G69">
-        <v>101.77</v>
-[...2 lines deleted...]
-        <v>3052.8</v>
+        <v>100.9672</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K69" s="2">
         <v>45161.0</v>
       </c>
       <c r="L69" s="2">
         <v>46078.0</v>
       </c>
       <c r="M69">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>0.673078</v>
+        <v>0.7038</v>
       </c>
       <c r="Q69">
-        <v>101.77</v>
+        <v>100.7038</v>
       </c>
       <c r="R69">
-        <v>101.773078</v>
+        <v>102.55</v>
       </c>
       <c r="S69">
-        <v>101.096922</v>
+        <v>100.0</v>
       </c>
       <c r="T69">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.8462</v>
+      </c>
+      <c r="U69">
+        <v>11.013158</v>
+      </c>
+      <c r="V69">
+        <v>4.113296</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45912.417800926</v>
+        <v>45974.417986111</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>101.111889</v>
+        <v>100.9672</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K70" s="2">
         <v>45161.0</v>
       </c>
       <c r="L70" s="2">
         <v>46078.0</v>
       </c>
       <c r="M70">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>0.642483</v>
+        <v>0.6732</v>
       </c>
       <c r="Q70">
-        <v>100.492483</v>
+        <v>100.6732</v>
       </c>
       <c r="R70">
-        <v>101.58</v>
+        <v>102.55</v>
       </c>
       <c r="S70">
-        <v>99.85</v>
+        <v>100.0</v>
       </c>
       <c r="T70">
-        <v>100.937517</v>
+        <v>101.8768</v>
+      </c>
+      <c r="U70">
+        <v>11.012925</v>
+      </c>
+      <c r="V70">
+        <v>4.070552</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45911.618483796</v>
+        <v>45973.417858796</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
-      <c r="F71">
-[...1 lines deleted...]
-      </c>
       <c r="G71">
-        <v>101.111889</v>
-[...2 lines deleted...]
-        <v>3033.35667</v>
+        <v>100.9672</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K71" s="2">
         <v>45161.0</v>
       </c>
       <c r="L71" s="2">
         <v>46078.0</v>
       </c>
       <c r="M71">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>0.611889</v>
+        <v>0.5814</v>
       </c>
       <c r="Q71">
-        <v>100.461889</v>
+        <v>100.5814</v>
       </c>
       <c r="R71">
-        <v>101.58</v>
+        <v>102.55</v>
       </c>
       <c r="S71">
-        <v>99.85</v>
+        <v>100.0</v>
       </c>
       <c r="T71">
-        <v>100.968111</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.9686</v>
+      </c>
+      <c r="U71">
+        <v>11.012457</v>
+      </c>
+      <c r="V71">
+        <v>3.947489</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45910.417858796</v>
+        <v>45972.659872685</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
-        <v>101.589511</v>
+        <v>100.9672</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K72" s="2">
         <v>45161.0</v>
       </c>
       <c r="L72" s="2">
         <v>46078.0</v>
       </c>
       <c r="M72">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>0.520106</v>
+        <v>0.5508</v>
       </c>
       <c r="Q72">
-        <v>100.370106</v>
+        <v>100.5508</v>
       </c>
       <c r="R72">
-        <v>101.58</v>
+        <v>102.55</v>
       </c>
       <c r="S72">
-        <v>99.85</v>
+        <v>100.0</v>
       </c>
       <c r="T72">
-        <v>101.059894</v>
+        <v>101.9992</v>
+      </c>
+      <c r="U72">
+        <v>11.012374</v>
+      </c>
+      <c r="V72">
+        <v>3.908105</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45909.454178241</v>
+        <v>45971.356087963</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
-      <c r="F73">
-[...1 lines deleted...]
-      </c>
       <c r="G73">
-        <v>101.589511</v>
-[...2 lines deleted...]
-        <v>1015.89511</v>
+        <v>100.9672</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K73" s="2">
         <v>45161.0</v>
       </c>
       <c r="L73" s="2">
         <v>46078.0</v>
       </c>
       <c r="M73">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>0.489511</v>
+        <v>0.5202</v>
       </c>
       <c r="Q73">
-        <v>100.339511</v>
+        <v>100.5202</v>
       </c>
       <c r="R73">
-        <v>101.58</v>
+        <v>102.5202</v>
       </c>
       <c r="S73">
-        <v>99.85</v>
+        <v>100.0</v>
       </c>
       <c r="T73">
-        <v>101.090489</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
+      </c>
+      <c r="U73">
+        <v>11.012326</v>
+      </c>
+      <c r="V73">
+        <v>3.973026</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45908.666041667</v>
+        <v>45968.355752315</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
-      <c r="F74">
-[...1 lines deleted...]
-      </c>
       <c r="G74">
-        <v>101.558917</v>
-[...2 lines deleted...]
-        <v>13192.65921</v>
+        <v>100.9672</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K74" s="2">
         <v>45161.0</v>
       </c>
       <c r="L74" s="2">
         <v>46078.0</v>
       </c>
       <c r="M74">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>0.458917</v>
+        <v>0.4896</v>
       </c>
       <c r="Q74">
-        <v>101.244275</v>
+        <v>100.4896</v>
       </c>
       <c r="R74">
-        <v>101.558917</v>
+        <v>102.4896</v>
       </c>
       <c r="S74">
-        <v>100.785358</v>
+        <v>100.0</v>
       </c>
       <c r="T74">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.0</v>
+      </c>
+      <c r="U74">
+        <v>11.012312</v>
+      </c>
+      <c r="V74">
+        <v>4.039465</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45905.417592593</v>
+        <v>45967.513645833</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
-        <v>101.405944</v>
+        <v>100.9672</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K75" s="2">
         <v>45161.0</v>
       </c>
       <c r="L75" s="2">
         <v>46078.0</v>
       </c>
       <c r="M75">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>0.428322</v>
+        <v>0.459</v>
       </c>
       <c r="Q75">
-        <v>101.244275</v>
+        <v>100.459</v>
       </c>
       <c r="R75">
-        <v>101.428322</v>
+        <v>102.459</v>
       </c>
       <c r="S75">
-        <v>100.815953</v>
+        <v>100.0</v>
       </c>
       <c r="T75">
-        <v>101.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="U75">
+        <v>11.01233</v>
+      </c>
+      <c r="V75">
+        <v>4.104654</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45904.645798611</v>
+        <v>45966.541481481</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
+      <c r="F76">
+        <v>-0.27</v>
+      </c>
       <c r="G76">
-        <v>101.405944</v>
+        <v>100.9672</v>
+      </c>
+      <c r="H76">
+        <v>1009.672</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K76" s="2">
         <v>45161.0</v>
       </c>
       <c r="L76" s="2">
         <v>46078.0</v>
       </c>
       <c r="M76">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>0.397728</v>
-[...2 lines deleted...]
-        <v>101.244275</v>
+        <v>0.3672</v>
       </c>
       <c r="R76">
-        <v>101.397728</v>
-[...2 lines deleted...]
-        <v>100.846547</v>
+        <v>102.79</v>
       </c>
       <c r="T76">
-        <v>101.0</v>
+        <v>102.4228</v>
+      </c>
+      <c r="V76">
+        <v>2.894263</v>
+      </c>
+      <c r="X76">
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45903.549641204</v>
+        <v>45965.355625</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
-      <c r="F77">
-[...1 lines deleted...]
-      </c>
       <c r="G77">
-        <v>101.405944</v>
-[...2 lines deleted...]
-        <v>1014.05944</v>
+        <v>101.2448</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K77" s="2">
         <v>45161.0</v>
       </c>
       <c r="L77" s="2">
         <v>46078.0</v>
       </c>
       <c r="M77">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>0.305944</v>
+        <v>0.3366</v>
       </c>
       <c r="Q77">
-        <v>101.244275</v>
+        <v>100.9366</v>
       </c>
       <c r="R77">
-        <v>101.405944</v>
+        <v>102.7666</v>
       </c>
       <c r="S77">
-        <v>100.938331</v>
+        <v>100.6</v>
       </c>
       <c r="T77">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.43</v>
+      </c>
+      <c r="U77">
+        <v>8.99714</v>
+      </c>
+      <c r="V77">
+        <v>2.943784</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45902.659212963</v>
+        <v>45964.418321759</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
-      <c r="F78">
-[...1 lines deleted...]
-      </c>
       <c r="G78">
-        <v>101.3448</v>
-[...2 lines deleted...]
-        <v>13176.3515</v>
+        <v>101.2448</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K78" s="2">
         <v>45161.0</v>
       </c>
       <c r="L78" s="2">
         <v>46078.0</v>
       </c>
       <c r="M78">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>0.27535</v>
+        <v>0.306</v>
       </c>
       <c r="Q78">
-        <v>101.3448</v>
+        <v>100.906</v>
       </c>
       <c r="R78">
-        <v>101.37535</v>
+        <v>102.67</v>
       </c>
       <c r="S78">
-        <v>101.06945</v>
+        <v>100.6</v>
       </c>
       <c r="T78">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>102.364</v>
+      </c>
+      <c r="U78">
+        <v>9.015285</v>
+      </c>
+      <c r="V78">
+        <v>3.229725</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45901.520300926</v>
+        <v>45961.417789352</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
-        <v>100.561189</v>
+        <v>101.2448</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K79" s="2">
         <v>45161.0</v>
       </c>
       <c r="L79" s="2">
         <v>46078.0</v>
       </c>
       <c r="M79">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>0.244756</v>
+        <v>0.2754</v>
       </c>
       <c r="Q79">
-        <v>100.094756</v>
+        <v>100.8754</v>
       </c>
       <c r="R79">
-        <v>101.344756</v>
+        <v>102.67</v>
       </c>
       <c r="S79">
-        <v>99.85</v>
+        <v>100.6</v>
       </c>
       <c r="T79">
-        <v>101.1</v>
+        <v>102.3946</v>
+      </c>
+      <c r="U79">
+        <v>9.033129</v>
+      </c>
+      <c r="V79">
+        <v>3.200162</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45898.417696759</v>
+        <v>45960.657534722</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
+      <c r="F80">
+        <v>0.62</v>
+      </c>
       <c r="G80">
-        <v>100.561189</v>
+        <v>101.2448</v>
+      </c>
+      <c r="H80">
+        <v>32398.336</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K80" s="2">
         <v>45161.0</v>
       </c>
       <c r="L80" s="2">
         <v>46078.0</v>
       </c>
       <c r="M80">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>0.214161</v>
+        <v>0.2448</v>
       </c>
       <c r="Q80">
-        <v>100.0719</v>
+        <v>100.8448</v>
       </c>
       <c r="R80">
-        <v>101.314161</v>
+        <v>102.67</v>
       </c>
       <c r="S80">
-        <v>99.857739</v>
+        <v>100.6</v>
       </c>
       <c r="T80">
-        <v>101.1</v>
+        <v>102.4252</v>
+      </c>
+      <c r="U80">
+        <v>9.050679</v>
+      </c>
+      <c r="V80">
+        <v>3.171136</v>
+      </c>
+      <c r="X80">
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45897.4178125</v>
+        <v>45959.474340278</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>100.561189</v>
+        <v>100.6224</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K81" s="2">
         <v>45161.0</v>
       </c>
       <c r="L81" s="2">
         <v>46078.0</v>
       </c>
       <c r="M81">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>0.183567</v>
+        <v>0.153</v>
       </c>
       <c r="Q81">
-        <v>100.0719</v>
+        <v>100.753</v>
       </c>
       <c r="R81">
-        <v>101.283567</v>
+        <v>101.153</v>
       </c>
       <c r="S81">
-        <v>99.888333</v>
+        <v>100.6</v>
       </c>
       <c r="T81">
-        <v>101.1</v>
+        <v>101.0</v>
+      </c>
+      <c r="U81">
+        <v>9.101653</v>
+      </c>
+      <c r="V81">
+        <v>7.834702</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45896.522627315</v>
+        <v>45958.355717593</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
-        <v>100.561189</v>
+        <v>100.6224</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K82" s="2">
         <v>45161.0</v>
       </c>
       <c r="L82" s="2">
         <v>46078.0</v>
       </c>
       <c r="M82">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>0.122378</v>
+        <v>0.153</v>
       </c>
       <c r="Q82">
-        <v>99.15</v>
+        <v>100.653</v>
       </c>
       <c r="R82">
-        <v>101.222378</v>
+        <v>101.153</v>
       </c>
       <c r="S82">
-        <v>99.027622</v>
+        <v>100.5</v>
       </c>
       <c r="T82">
-        <v>101.1</v>
+        <v>101.0</v>
+      </c>
+      <c r="U82">
+        <v>9.419392</v>
+      </c>
+      <c r="V82">
+        <v>7.834702</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45895.52943287</v>
+        <v>45957.59193287</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
+      <c r="F83">
+        <v>-0.43</v>
+      </c>
       <c r="G83">
-        <v>100.561189</v>
+        <v>100.6224</v>
+      </c>
+      <c r="H83">
+        <v>1006.224</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K83" s="2">
         <v>45161.0</v>
       </c>
       <c r="L83" s="2">
         <v>46078.0</v>
       </c>
       <c r="M83">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>0.091783</v>
+        <v>0.1224</v>
       </c>
       <c r="Q83">
-        <v>99.1</v>
+        <v>100.6224</v>
       </c>
       <c r="R83">
-        <v>101.481783</v>
+        <v>101.1224</v>
       </c>
       <c r="S83">
-        <v>99.008217</v>
+        <v>100.5</v>
       </c>
       <c r="T83">
-        <v>101.39</v>
+        <v>101.0</v>
+      </c>
+      <c r="U83">
+        <v>9.433169</v>
+      </c>
+      <c r="V83">
+        <v>7.86183</v>
+      </c>
+      <c r="X83">
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45894.607395833</v>
+        <v>45954.355868056</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
-      <c r="F84">
-[...1 lines deleted...]
-      </c>
       <c r="G84">
-        <v>100.561189</v>
-[...2 lines deleted...]
-        <v>16089.79024</v>
+        <v>101.0612</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K84" s="2">
         <v>45161.0</v>
       </c>
       <c r="L84" s="2">
         <v>46078.0</v>
       </c>
       <c r="M84">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.061189</v>
+        <v>0.0918</v>
       </c>
       <c r="Q84">
-        <v>99.061189</v>
+        <v>100.5918</v>
       </c>
       <c r="R84">
-        <v>101.451189</v>
+        <v>101.0918</v>
       </c>
       <c r="S84">
-        <v>99.0</v>
+        <v>100.5</v>
       </c>
       <c r="T84">
-        <v>101.39</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.0</v>
+      </c>
+      <c r="U84">
+        <v>9.446738</v>
+      </c>
+      <c r="V84">
+        <v>7.888517</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45891.417696759</v>
+        <v>45953.604074074</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="F85">
-        <v>0.03</v>
+        <v>-1.28</v>
       </c>
       <c r="G85">
-        <v>100.530594</v>
+        <v>101.0612</v>
       </c>
       <c r="H85">
-        <v>1005.30594</v>
+        <v>20202.24</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K85" s="2">
         <v>45161.0</v>
       </c>
       <c r="L85" s="2">
         <v>46078.0</v>
       </c>
       <c r="M85">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>0.030594</v>
+        <v>0.0612</v>
       </c>
       <c r="Q85">
-        <v>99.030594</v>
+        <v>100.5612</v>
       </c>
       <c r="R85">
-        <v>100.530594</v>
+        <v>101.0612</v>
       </c>
       <c r="S85">
-        <v>99.0</v>
+        <v>100.5</v>
       </c>
       <c r="T85">
-        <v>100.5</v>
+        <v>101.0</v>
+      </c>
+      <c r="U85">
+        <v>9.460102</v>
+      </c>
+      <c r="V85">
+        <v>7.914776</v>
       </c>
       <c r="X85">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45890.658611111</v>
+        <v>45952.449074074</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
-      <c r="F86">
-[...1 lines deleted...]
-      </c>
       <c r="G86">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>20100.0</v>
+        <v>102.37</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K86" s="2">
         <v>45161.0</v>
       </c>
       <c r="L86" s="2">
         <v>46078.0</v>
       </c>
       <c r="M86">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
+      <c r="P86">
+        <v>-0.0306</v>
+      </c>
       <c r="Q86">
-        <v>99.0</v>
+        <v>100.0</v>
       </c>
       <c r="R86">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.9694</v>
+      </c>
+      <c r="S86">
+        <v>100.0306</v>
+      </c>
+      <c r="T86">
+        <v>101.0</v>
+      </c>
+      <c r="U86">
+        <v>10.923298</v>
+      </c>
+      <c r="V86">
+        <v>7.991081</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45889.416701389</v>
+        <v>45951.531469907</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>100.377622</v>
+        <v>102.37</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K87" s="2">
         <v>45161.0</v>
       </c>
       <c r="L87" s="2">
         <v>46078.0</v>
       </c>
       <c r="M87">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>-0.091783</v>
+        <v>-0.0612</v>
       </c>
       <c r="Q87">
-        <v>98.908217</v>
+        <v>99.95</v>
       </c>
       <c r="R87">
-        <v>100.408217</v>
+        <v>100.9388</v>
       </c>
       <c r="S87">
-        <v>99.0</v>
+        <v>100.0112</v>
       </c>
       <c r="T87">
-        <v>100.5</v>
+        <v>101.0</v>
+      </c>
+      <c r="U87">
+        <v>10.983076</v>
+      </c>
+      <c r="V87">
+        <v>8.015727</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45888.433796296</v>
+        <v>45950.503229167</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
-      <c r="F88">
-[...1 lines deleted...]
-      </c>
       <c r="G88">
-        <v>100.377622</v>
-[...2 lines deleted...]
-        <v>3011.32866</v>
+        <v>102.37</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K88" s="2">
         <v>45161.0</v>
       </c>
       <c r="L88" s="2">
         <v>46078.0</v>
       </c>
       <c r="M88">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>-0.122378</v>
+        <v>-0.0918</v>
       </c>
       <c r="Q88">
-        <v>98.877622</v>
+        <v>99.95</v>
       </c>
       <c r="R88">
-        <v>100.377622</v>
+        <v>102.37</v>
       </c>
       <c r="S88">
-        <v>99.0</v>
+        <v>100.0418</v>
       </c>
       <c r="T88">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.4618</v>
+      </c>
+      <c r="U88">
+        <v>10.892176</v>
+      </c>
+      <c r="V88">
+        <v>3.753631</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45887.416724537</v>
+        <v>45947.666689815</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
+      <c r="F89">
+        <v>-0.33</v>
+      </c>
       <c r="G89">
-        <v>100.703672</v>
+        <v>102.37</v>
+      </c>
+      <c r="H89">
+        <v>10237.0</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K89" s="2">
         <v>45161.0</v>
       </c>
       <c r="L89" s="2">
         <v>46078.0</v>
       </c>
       <c r="M89">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>-0.152972</v>
-[...11 lines deleted...]
-        <v>101.39</v>
+        <v>-0.1224</v>
+      </c>
+      <c r="X89">
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45884.636585648</v>
+        <v>45946.666701389</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
+      <c r="F90">
+        <v>0.53</v>
+      </c>
       <c r="G90">
-        <v>100.703672</v>
+        <v>102.71045</v>
+      </c>
+      <c r="H90">
+        <v>5135.5225</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K90" s="2">
         <v>45161.0</v>
       </c>
       <c r="L90" s="2">
         <v>46078.0</v>
       </c>
       <c r="M90">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>-0.183567</v>
-[...11 lines deleted...]
-        <v>101.39</v>
+        <v>0.765</v>
+      </c>
+      <c r="X90">
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45883.579652778</v>
+        <v>45945.666701389</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91">
-        <v>-1.27</v>
+        <v>0.23</v>
       </c>
       <c r="G91">
-        <v>100.703672</v>
+        <v>102.1732</v>
       </c>
       <c r="H91">
-        <v>184313.71976</v>
+        <v>2043.464</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K91" s="2">
         <v>45161.0</v>
       </c>
       <c r="L91" s="2">
         <v>46078.0</v>
       </c>
       <c r="M91">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>0.703672</v>
-[...11 lines deleted...]
-        <v>101.39</v>
+        <v>0.6732</v>
       </c>
       <c r="X91">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45882.417719907</v>
+        <v>45944.666689815</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
-      <c r="F92">
-[...1 lines deleted...]
-      </c>
       <c r="G92">
-        <v>102.001889</v>
-[...2 lines deleted...]
-        <v>5100.09445</v>
+        <v>101.94</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K92" s="2">
         <v>45161.0</v>
       </c>
       <c r="L92" s="2">
         <v>46078.0</v>
       </c>
       <c r="M92">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>0.611889</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>0.6426</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45881.416759259</v>
+        <v>45943.666747685</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
-        <v>101.5507</v>
+        <v>101.94</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K93" s="2">
         <v>45161.0</v>
       </c>
       <c r="L93" s="2">
         <v>46078.0</v>
       </c>
       <c r="M93">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>101.39</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45880.452916667</v>
+        <v>45940.581851852</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94">
-        <v>-0.35</v>
+        <v>1.47</v>
       </c>
       <c r="G94">
-        <v>101.5507</v>
+        <v>101.94</v>
       </c>
       <c r="H94">
-        <v>2031.014</v>
+        <v>1019.4</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K94" s="2">
         <v>45161.0</v>
       </c>
       <c r="L94" s="2">
         <v>46078.0</v>
       </c>
       <c r="M94">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>0.5507</v>
+        <v>0.5814</v>
       </c>
       <c r="Q94">
-        <v>101.5507</v>
+        <v>100.4814</v>
       </c>
       <c r="R94">
-        <v>101.9407</v>
+        <v>101.94</v>
       </c>
       <c r="S94">
-        <v>101.0</v>
+        <v>99.9</v>
       </c>
       <c r="T94">
-        <v>101.39</v>
+        <v>101.3586</v>
       </c>
       <c r="X94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45877.64318287</v>
+        <v>45939.417847222</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
-      <c r="F95">
-[...1 lines deleted...]
-      </c>
       <c r="G95">
-        <v>101.910106</v>
-[...2 lines deleted...]
-        <v>113710.31872</v>
+        <v>100.459</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K95" s="2">
         <v>45161.0</v>
       </c>
       <c r="L95" s="2">
         <v>46078.0</v>
       </c>
       <c r="M95">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>0.520106</v>
+        <v>0.5508</v>
       </c>
       <c r="Q95">
-        <v>101.520106</v>
+        <v>100.4508</v>
       </c>
       <c r="R95">
-        <v>101.910106</v>
+        <v>101.94</v>
       </c>
       <c r="S95">
-        <v>101.0</v>
+        <v>99.9</v>
       </c>
       <c r="T95">
-        <v>101.39</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.3892</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45876.416678241</v>
+        <v>45938.653599537</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
+      <c r="F96">
+        <v>0.21</v>
+      </c>
       <c r="G96">
-        <v>101.767133</v>
+        <v>100.459</v>
+      </c>
+      <c r="H96">
+        <v>50229.5</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K96" s="2">
         <v>45161.0</v>
       </c>
       <c r="L96" s="2">
         <v>46078.0</v>
       </c>
       <c r="M96">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>0.489511</v>
+        <v>0.459</v>
       </c>
       <c r="Q96">
-        <v>101.089511</v>
+        <v>100.359</v>
       </c>
       <c r="R96">
-        <v>101.879511</v>
+        <v>101.94</v>
       </c>
       <c r="S96">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T96">
-        <v>101.39</v>
+        <v>101.481</v>
+      </c>
+      <c r="X96">
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45875.416689815</v>
+        <v>45937.416747685</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>101.767133</v>
+        <v>100.2448</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K97" s="2">
         <v>45161.0</v>
       </c>
       <c r="L97" s="2">
         <v>46078.0</v>
       </c>
       <c r="M97">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>0.397728</v>
+        <v>0.4284</v>
       </c>
       <c r="Q97">
-        <v>100.997728</v>
+        <v>100.3284</v>
       </c>
       <c r="R97">
-        <v>101.787728</v>
+        <v>101.4284</v>
       </c>
       <c r="S97">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T97">
-        <v>101.39</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45874.628055556</v>
+        <v>45936.436261574</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
-      <c r="F98">
-[...1 lines deleted...]
-      </c>
       <c r="G98">
-        <v>101.767133</v>
-[...2 lines deleted...]
-        <v>8147.87064</v>
+        <v>100.2448</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K98" s="2">
         <v>45161.0</v>
       </c>
       <c r="L98" s="2">
         <v>46078.0</v>
       </c>
       <c r="M98">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>0.367133</v>
+        <v>0.3978</v>
       </c>
       <c r="Q98">
-        <v>100.967133</v>
+        <v>100.2978</v>
       </c>
       <c r="R98">
-        <v>101.757133</v>
+        <v>101.3978</v>
       </c>
       <c r="S98">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T98">
-        <v>101.39</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45873.661597222</v>
+        <v>45933.417743056</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
-      <c r="F99">
-[...1 lines deleted...]
-      </c>
       <c r="G99">
-        <v>101.836539</v>
-[...2 lines deleted...]
-        <v>10159.6539</v>
+        <v>100.2448</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K99" s="2">
         <v>45161.0</v>
       </c>
       <c r="L99" s="2">
         <v>46078.0</v>
       </c>
       <c r="M99">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>0.336539</v>
+        <v>0.3672</v>
       </c>
       <c r="Q99">
-        <v>100.936539</v>
+        <v>100.2672</v>
       </c>
       <c r="R99">
-        <v>101.836539</v>
+        <v>101.82</v>
       </c>
       <c r="S99">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T99">
-        <v>101.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.4528</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45870.416678241</v>
+        <v>45932.52224537</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>101.083567</v>
+        <v>100.2448</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K100" s="2">
         <v>45161.0</v>
       </c>
       <c r="L100" s="2">
         <v>46078.0</v>
       </c>
       <c r="M100">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>0.305944</v>
+        <v>0.3366</v>
       </c>
       <c r="Q100">
-        <v>100.905944</v>
+        <v>100.8366</v>
       </c>
       <c r="R100">
-        <v>101.205944</v>
+        <v>101.82</v>
       </c>
       <c r="S100">
-        <v>100.6</v>
+        <v>100.5</v>
       </c>
       <c r="T100">
-        <v>100.9</v>
+        <v>101.4834</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45869.416678241</v>
+        <v>45931.643553241</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
+      <c r="F101">
+        <v>-1.25</v>
+      </c>
       <c r="G101">
-        <v>101.083567</v>
+        <v>100.2448</v>
+      </c>
+      <c r="H101">
+        <v>280685.44</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K101" s="2">
         <v>45161.0</v>
       </c>
       <c r="L101" s="2">
         <v>46078.0</v>
       </c>
       <c r="M101">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>0.27535</v>
+        <v>0.2448</v>
       </c>
       <c r="Q101">
-        <v>100.87535</v>
+        <v>100.1448</v>
       </c>
       <c r="R101">
-        <v>101.17535</v>
+        <v>101.71</v>
       </c>
       <c r="S101">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T101">
-        <v>100.9</v>
+        <v>101.4652</v>
+      </c>
+      <c r="X101">
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45868.607974537</v>
+        <v>45930.524409722</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
-      <c r="F102">
-[...1 lines deleted...]
-      </c>
       <c r="G102">
-        <v>101.083567</v>
-[...2 lines deleted...]
-        <v>5054.17835</v>
+        <v>101.5124</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K102" s="2">
         <v>45161.0</v>
       </c>
       <c r="L102" s="2">
         <v>46078.0</v>
       </c>
       <c r="M102">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>0.183567</v>
+        <v>0.2142</v>
       </c>
       <c r="Q102">
-        <v>100.783567</v>
+        <v>100.1142</v>
       </c>
       <c r="R102">
-        <v>101.083567</v>
+        <v>101.71</v>
       </c>
       <c r="S102">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="T102">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.4958</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45867.417881944</v>
+        <v>45929.416678241</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>101.052972</v>
-[...2 lines deleted...]
-        <v>1010.52972</v>
+        <v>101.5124</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K103" s="2">
         <v>45161.0</v>
       </c>
       <c r="L103" s="2">
         <v>46078.0</v>
       </c>
       <c r="M103">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>0.152972</v>
+        <v>0.1836</v>
       </c>
       <c r="Q103">
-        <v>100.762972</v>
+        <v>100.0836</v>
       </c>
       <c r="R103">
-        <v>101.052972</v>
+        <v>101.5736</v>
       </c>
       <c r="S103">
-        <v>100.61</v>
+        <v>99.9</v>
       </c>
       <c r="T103">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45866.460208333</v>
+        <v>45926.416701389</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
-      <c r="F104">
-[...1 lines deleted...]
-      </c>
       <c r="G104">
-        <v>101.052972</v>
-[...2 lines deleted...]
-        <v>2021.05944</v>
+        <v>101.5124</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K104" s="2">
         <v>45161.0</v>
       </c>
       <c r="L104" s="2">
         <v>46078.0</v>
       </c>
       <c r="M104">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>0.152972</v>
+        <v>0.153</v>
       </c>
       <c r="Q104">
-        <v>100.762972</v>
+        <v>100.053</v>
       </c>
       <c r="R104">
-        <v>101.052972</v>
+        <v>101.543</v>
       </c>
       <c r="S104">
-        <v>100.61</v>
+        <v>99.9</v>
       </c>
       <c r="T104">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45863.416678241</v>
+        <v>45925.628090278</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
+      <c r="F105">
+        <v>1.01</v>
+      </c>
       <c r="G105">
-        <v>100.991783</v>
+        <v>101.5124</v>
+      </c>
+      <c r="H105">
+        <v>2029.348</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K105" s="2">
         <v>45161.0</v>
       </c>
       <c r="L105" s="2">
         <v>46078.0</v>
       </c>
       <c r="M105">
-        <v>15000</v>
+        <v>10995</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>0.122378</v>
+        <v>0.1224</v>
       </c>
       <c r="Q105">
-        <v>100.732378</v>
+        <v>100.05</v>
       </c>
       <c r="R105">
-        <v>101.022378</v>
+        <v>101.5124</v>
       </c>
       <c r="S105">
-        <v>100.61</v>
+        <v>99.9276</v>
       </c>
       <c r="T105">
-        <v>100.9</v>
+        <v>101.39</v>
+      </c>
+      <c r="X105">
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45862.522800926</v>
+        <v>45924.416678241</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
-      <c r="F106">
-[...1 lines deleted...]
-      </c>
       <c r="G106">
-        <v>100.991783</v>
-[...2 lines deleted...]
-        <v>4038.67132</v>
+        <v>100.5</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K106" s="2">
         <v>45161.0</v>
       </c>
       <c r="L106" s="2">
         <v>46078.0</v>
       </c>
       <c r="M106">
         <v>15000</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>0.091783</v>
+        <v>0.0306</v>
       </c>
       <c r="Q106">
-        <v>100.701783</v>
+        <v>101.3306</v>
       </c>
       <c r="R106">
-        <v>100.991783</v>
+        <v>101.4206</v>
       </c>
       <c r="S106">
-        <v>100.61</v>
+        <v>101.3</v>
       </c>
       <c r="T106">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45861.416712963</v>
+        <v>45923.611875</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
+      <c r="F107">
+        <v>0.06</v>
+      </c>
       <c r="G107">
-        <v>99.938811</v>
+        <v>100.5</v>
+      </c>
+      <c r="H107">
+        <v>25125.0</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
-        <v>11.014</v>
+        <v>11.016</v>
       </c>
       <c r="K107" s="2">
         <v>45161.0</v>
       </c>
       <c r="L107" s="2">
         <v>46078.0</v>
       </c>
       <c r="M107">
         <v>15000</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="Q107">
-        <v>100.0</v>
+        <v>101.3</v>
       </c>
       <c r="R107">
-        <v>100.8</v>
+        <v>101.39</v>
+      </c>
+      <c r="X107">
+        <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45860.416678241</v>
+        <v>45922.417881944</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>99.938811</v>
+        <v>100.438811</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>11.014</v>
       </c>
       <c r="K108" s="2">
         <v>45161.0</v>
       </c>
       <c r="L108" s="2">
         <v>46078.0</v>
       </c>
       <c r="M108">
         <v>15000</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
         <v>-0.030594</v>
       </c>
       <c r="Q108">
-        <v>99.969406</v>
+        <v>99.9</v>
       </c>
       <c r="R108">
-        <v>100.769406</v>
+        <v>100.469406</v>
       </c>
       <c r="S108">
-        <v>100.0</v>
+        <v>99.930594</v>
       </c>
       <c r="T108">
-        <v>100.8</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45859.453587963</v>
+        <v>45919.577314815</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109">
-        <v>-1.64</v>
+        <v>0.03</v>
       </c>
       <c r="G109">
-        <v>99.938811</v>
+        <v>100.438811</v>
       </c>
       <c r="H109">
-        <v>2998.16433</v>
+        <v>10043.8811</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>11.014</v>
       </c>
       <c r="K109" s="2">
         <v>45161.0</v>
       </c>
       <c r="L109" s="2">
         <v>46078.0</v>
       </c>
       <c r="M109">
         <v>15000</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
         <v>-0.061189</v>
       </c>
       <c r="Q109">
-        <v>99.938811</v>
+        <v>99.9</v>
       </c>
       <c r="R109">
-        <v>100.738811</v>
+        <v>100.438811</v>
       </c>
       <c r="S109">
-        <v>100.0</v>
+        <v>99.961189</v>
       </c>
       <c r="T109">
-        <v>100.8</v>
+        <v>100.5</v>
       </c>
       <c r="X109">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45856.416689815</v>
+        <v>45918.613032407</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
+      <c r="F110">
+        <v>-1.34</v>
+      </c>
       <c r="G110">
-        <v>101.603672</v>
+        <v>100.408217</v>
+      </c>
+      <c r="H110">
+        <v>15061.23255</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>11.014</v>
       </c>
       <c r="K110" s="2">
         <v>45161.0</v>
       </c>
       <c r="L110" s="2">
         <v>46078.0</v>
       </c>
       <c r="M110">
         <v>15000</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
         <v>-0.091783</v>
       </c>
       <c r="Q110">
-        <v>99.908217</v>
+        <v>99.76</v>
       </c>
       <c r="R110">
-        <v>100.808217</v>
+        <v>100.408217</v>
       </c>
       <c r="S110">
-        <v>100.0</v>
+        <v>99.851783</v>
       </c>
       <c r="T110">
-        <v>100.9</v>
+        <v>100.5</v>
+      </c>
+      <c r="X110">
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45855.416678241</v>
+        <v>45917.476967593</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="G111">
-        <v>101.603672</v>
+        <v>101.77</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>11.014</v>
       </c>
       <c r="K111" s="2">
         <v>45161.0</v>
       </c>
       <c r="L111" s="2">
         <v>46078.0</v>
       </c>
       <c r="M111">
         <v>15000</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>-0.122378</v>
+        <v>-0.183567</v>
       </c>
       <c r="Q111">
-        <v>99.877622</v>
+        <v>99.75</v>
       </c>
       <c r="R111">
-        <v>100.777622</v>
+        <v>100.316433</v>
       </c>
       <c r="S111">
-        <v>100.0</v>
+        <v>99.933567</v>
       </c>
       <c r="T111">
-        <v>100.9</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45854.595115741</v>
+        <v>45916.468761574</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
-      <c r="F112">
-[...1 lines deleted...]
-      </c>
       <c r="G112">
-        <v>101.603672</v>
-[...2 lines deleted...]
-        <v>1016.03672</v>
+        <v>101.77</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>11.014</v>
       </c>
       <c r="K112" s="2">
         <v>45161.0</v>
       </c>
       <c r="L112" s="2">
         <v>46078.0</v>
       </c>
       <c r="M112">
         <v>15000</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
         <v>0.703672</v>
       </c>
       <c r="Q112">
-        <v>100.703672</v>
+        <v>100.553672</v>
       </c>
       <c r="R112">
-        <v>101.603672</v>
+        <v>101.8</v>
       </c>
       <c r="S112">
-        <v>100.0</v>
+        <v>99.85</v>
       </c>
       <c r="T112">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.096328</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45853.60337963</v>
+        <v>45915.572592593</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="F113">
-        <v>0.03</v>
+        <v>0.65</v>
       </c>
       <c r="G113">
-        <v>101.573078</v>
+        <v>101.77</v>
       </c>
       <c r="H113">
-        <v>66022.5007</v>
+        <v>3052.8</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>11.014</v>
       </c>
       <c r="K113" s="2">
         <v>45161.0</v>
       </c>
       <c r="L113" s="2">
         <v>46078.0</v>
       </c>
       <c r="M113">
         <v>15000</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
         <v>0.673078</v>
       </c>
       <c r="Q113">
-        <v>100.673078</v>
+        <v>101.77</v>
       </c>
       <c r="R113">
-        <v>101.573078</v>
+        <v>101.773078</v>
       </c>
       <c r="S113">
-        <v>100.0</v>
+        <v>101.096922</v>
       </c>
       <c r="T113">
-        <v>100.9</v>
+        <v>101.1</v>
       </c>
       <c r="X113">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45852.570046296</v>
+        <v>45912.417800926</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
-      <c r="F114">
-[...1 lines deleted...]
-      </c>
       <c r="G114">
-        <v>101.542483</v>
-[...2 lines deleted...]
-        <v>2030.84966</v>
+        <v>101.111889</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>11.014</v>
       </c>
       <c r="K114" s="2">
         <v>45161.0</v>
       </c>
       <c r="L114" s="2">
         <v>46078.0</v>
       </c>
       <c r="M114">
         <v>15000</v>
       </c>
       <c r="N114">
         <v>1000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
         <v>0.642483</v>
       </c>
       <c r="Q114">
-        <v>100.642483</v>
+        <v>100.492483</v>
       </c>
       <c r="R114">
-        <v>101.542483</v>
+        <v>101.58</v>
       </c>
       <c r="S114">
-        <v>100.0</v>
+        <v>99.85</v>
       </c>
       <c r="T114">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.937517</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45849.416701389</v>
+        <v>45911.618483796</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
+      <c r="F115">
+        <v>-0.47</v>
+      </c>
       <c r="G115">
-        <v>101.481294</v>
+        <v>101.111889</v>
+      </c>
+      <c r="H115">
+        <v>3033.35667</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>11.014</v>
       </c>
       <c r="K115" s="2">
         <v>45161.0</v>
       </c>
       <c r="L115" s="2">
         <v>46078.0</v>
       </c>
       <c r="M115">
         <v>15000</v>
       </c>
       <c r="N115">
         <v>1000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
         <v>0.611889</v>
       </c>
       <c r="Q115">
-        <v>100.611889</v>
+        <v>100.461889</v>
       </c>
       <c r="R115">
-        <v>101.511889</v>
+        <v>101.58</v>
       </c>
       <c r="S115">
-        <v>100.0</v>
+        <v>99.85</v>
       </c>
       <c r="T115">
-        <v>100.9</v>
+        <v>100.968111</v>
+      </c>
+      <c r="X115">
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45848.476516204</v>
+        <v>45910.417858796</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
-      <c r="F116">
-[...1 lines deleted...]
-      </c>
       <c r="G116">
-        <v>101.481294</v>
-[...2 lines deleted...]
-        <v>1014.81294</v>
+        <v>101.589511</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>11.014</v>
       </c>
       <c r="K116" s="2">
         <v>45161.0</v>
       </c>
       <c r="L116" s="2">
         <v>46078.0</v>
       </c>
       <c r="M116">
         <v>15000</v>
       </c>
       <c r="N116">
         <v>1000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>0.581294</v>
+        <v>0.520106</v>
       </c>
       <c r="Q116">
-        <v>100.581294</v>
+        <v>100.370106</v>
       </c>
       <c r="R116">
-        <v>101.481294</v>
+        <v>101.58</v>
       </c>
       <c r="S116">
-        <v>100.0</v>
+        <v>99.85</v>
       </c>
       <c r="T116">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.059894</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45847.416678241</v>
+        <v>45909.454178241</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
+      <c r="F117">
+        <v>0.03</v>
+      </c>
       <c r="G117">
-        <v>101.358917</v>
+        <v>101.589511</v>
+      </c>
+      <c r="H117">
+        <v>1015.89511</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>11.014</v>
       </c>
       <c r="K117" s="2">
         <v>45161.0</v>
       </c>
       <c r="L117" s="2">
         <v>46078.0</v>
       </c>
       <c r="M117">
         <v>15000</v>
       </c>
       <c r="N117">
         <v>1000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
         <v>0.489511</v>
       </c>
       <c r="Q117">
-        <v>100.489511</v>
+        <v>100.339511</v>
       </c>
       <c r="R117">
-        <v>101.389511</v>
+        <v>101.58</v>
       </c>
       <c r="S117">
-        <v>100.0</v>
+        <v>99.85</v>
       </c>
       <c r="T117">
-        <v>100.9</v>
+        <v>101.090489</v>
+      </c>
+      <c r="X117">
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45846.618425926</v>
+        <v>45908.666041667</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="F118">
-        <v>0.06</v>
+        <v>0.15</v>
       </c>
       <c r="G118">
-        <v>101.358917</v>
+        <v>101.558917</v>
       </c>
       <c r="H118">
-        <v>16217.42672</v>
+        <v>13192.65921</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>11.014</v>
       </c>
       <c r="K118" s="2">
         <v>45161.0</v>
       </c>
       <c r="L118" s="2">
         <v>46078.0</v>
       </c>
       <c r="M118">
         <v>15000</v>
       </c>
       <c r="N118">
         <v>1000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
         <v>0.458917</v>
       </c>
       <c r="Q118">
-        <v>100.458917</v>
+        <v>101.244275</v>
       </c>
       <c r="R118">
-        <v>101.358917</v>
+        <v>101.558917</v>
       </c>
       <c r="S118">
-        <v>100.0</v>
+        <v>100.785358</v>
       </c>
       <c r="T118">
-        <v>100.9</v>
+        <v>101.1</v>
       </c>
       <c r="X118">
         <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45845.416701389</v>
+        <v>45905.417592593</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>101.297728</v>
+        <v>101.405944</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>11.014</v>
       </c>
       <c r="K119" s="2">
         <v>45161.0</v>
       </c>
       <c r="L119" s="2">
         <v>46078.0</v>
       </c>
       <c r="M119">
         <v>15000</v>
       </c>
       <c r="N119">
         <v>1000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
         <v>0.428322</v>
       </c>
       <c r="Q119">
-        <v>100.428322</v>
+        <v>101.244275</v>
       </c>
       <c r="R119">
-        <v>101.328322</v>
+        <v>101.428322</v>
       </c>
       <c r="S119">
-        <v>100.0</v>
+        <v>100.815953</v>
       </c>
       <c r="T119">
-        <v>100.9</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45842.602696759</v>
+        <v>45904.645798611</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
-      <c r="F120">
-[...1 lines deleted...]
-      </c>
       <c r="G120">
-        <v>101.297728</v>
-[...2 lines deleted...]
-        <v>10129.7728</v>
+        <v>101.405944</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>11.014</v>
       </c>
       <c r="K120" s="2">
         <v>45161.0</v>
       </c>
       <c r="L120" s="2">
         <v>46078.0</v>
       </c>
       <c r="M120">
         <v>15000</v>
       </c>
       <c r="N120">
         <v>1000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
         <v>0.397728</v>
       </c>
       <c r="Q120">
-        <v>100.397728</v>
+        <v>101.244275</v>
       </c>
       <c r="R120">
-        <v>101.297728</v>
+        <v>101.397728</v>
       </c>
       <c r="S120">
-        <v>100.0</v>
+        <v>100.846547</v>
       </c>
       <c r="T120">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45841.53462963</v>
+        <v>45903.549641204</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="F121">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="G121">
-        <v>101.267133</v>
+        <v>101.405944</v>
       </c>
       <c r="H121">
-        <v>3038.01399</v>
+        <v>1014.05944</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>11.014</v>
       </c>
       <c r="K121" s="2">
         <v>45161.0</v>
       </c>
       <c r="L121" s="2">
         <v>46078.0</v>
       </c>
       <c r="M121">
         <v>15000</v>
       </c>
       <c r="N121">
         <v>1000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>0.367133</v>
+        <v>0.305944</v>
       </c>
       <c r="Q121">
-        <v>100.367133</v>
+        <v>101.244275</v>
       </c>
       <c r="R121">
-        <v>101.267133</v>
+        <v>101.405944</v>
       </c>
       <c r="S121">
-        <v>100.0</v>
+        <v>100.938331</v>
       </c>
       <c r="T121">
-        <v>100.9</v>
+        <v>101.1</v>
       </c>
       <c r="X121">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45840.657627315</v>
+        <v>45902.659212963</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="F122">
-        <v>0.46</v>
+        <v>0.78</v>
       </c>
       <c r="G122">
-        <v>101.12535</v>
+        <v>101.3448</v>
       </c>
       <c r="H122">
-        <v>4045.014</v>
+        <v>13176.3515</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>11.014</v>
       </c>
       <c r="K122" s="2">
         <v>45161.0</v>
       </c>
       <c r="L122" s="2">
         <v>46078.0</v>
       </c>
       <c r="M122">
         <v>15000</v>
       </c>
       <c r="N122">
         <v>1000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
         <v>0.27535</v>
       </c>
       <c r="Q122">
-        <v>100.27535</v>
+        <v>101.3448</v>
       </c>
       <c r="R122">
-        <v>101.17535</v>
+        <v>101.37535</v>
       </c>
       <c r="S122">
-        <v>100.0</v>
+        <v>101.06945</v>
       </c>
       <c r="T122">
-        <v>100.9</v>
+        <v>101.1</v>
       </c>
       <c r="X122">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45839.459201389</v>
+        <v>45901.520300926</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>100.664161</v>
+        <v>100.561189</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>11.014</v>
       </c>
       <c r="K123" s="2">
         <v>45161.0</v>
       </c>
       <c r="L123" s="2">
         <v>46078.0</v>
       </c>
       <c r="M123">
         <v>15000</v>
       </c>
       <c r="N123">
         <v>1000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
         <v>0.244756</v>
       </c>
       <c r="Q123">
-        <v>99.244756</v>
+        <v>100.094756</v>
       </c>
       <c r="R123">
-        <v>101.094756</v>
+        <v>101.344756</v>
       </c>
       <c r="S123">
-        <v>99.0</v>
+        <v>99.85</v>
       </c>
       <c r="T123">
-        <v>100.85</v>
+        <v>101.1</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45838.6075</v>
+        <v>45898.417696759</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
-      <c r="F124">
-[...1 lines deleted...]
-      </c>
       <c r="G124">
-        <v>100.664161</v>
-[...2 lines deleted...]
-        <v>3019.92483</v>
+        <v>100.561189</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>11.014</v>
       </c>
       <c r="K124" s="2">
         <v>45161.0</v>
       </c>
       <c r="L124" s="2">
         <v>46078.0</v>
       </c>
       <c r="M124">
         <v>15000</v>
       </c>
       <c r="N124">
         <v>1000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
         <v>0.214161</v>
       </c>
       <c r="Q124">
-        <v>95.0</v>
+        <v>100.0719</v>
       </c>
       <c r="R124">
-        <v>101.064161</v>
+        <v>101.314161</v>
       </c>
       <c r="S124">
-        <v>94.785839</v>
+        <v>99.857739</v>
       </c>
       <c r="T124">
-        <v>100.85</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.1</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45835.592511574</v>
+        <v>45897.4178125</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
-      <c r="F125">
-[...1 lines deleted...]
-      </c>
       <c r="G125">
-        <v>100.348567</v>
-[...2 lines deleted...]
-        <v>3010.45701</v>
+        <v>100.561189</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>11.014</v>
       </c>
       <c r="K125" s="2">
         <v>45161.0</v>
       </c>
       <c r="L125" s="2">
         <v>46078.0</v>
       </c>
       <c r="M125">
         <v>15000</v>
       </c>
       <c r="N125">
         <v>1000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
         <v>0.183567</v>
       </c>
+      <c r="Q125">
+        <v>100.0719</v>
+      </c>
       <c r="R125">
-        <v>101.033567</v>
+        <v>101.283567</v>
+      </c>
+      <c r="S125">
+        <v>99.888333</v>
       </c>
       <c r="T125">
-        <v>100.85</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.1</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45834.48849537</v>
+        <v>45896.522627315</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="G126">
-        <v>99.809567</v>
+        <v>100.561189</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>11.014</v>
       </c>
       <c r="K126" s="2">
         <v>45161.0</v>
       </c>
       <c r="L126" s="2">
         <v>46078.0</v>
       </c>
       <c r="M126">
         <v>15000</v>
       </c>
       <c r="N126">
         <v>1000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>0.152972</v>
+        <v>0.122378</v>
       </c>
       <c r="Q126">
-        <v>100.317972</v>
+        <v>99.15</v>
       </c>
       <c r="R126">
-        <v>101.052972</v>
+        <v>101.222378</v>
       </c>
       <c r="S126">
-        <v>100.165</v>
+        <v>99.027622</v>
       </c>
       <c r="T126">
-        <v>100.9</v>
+        <v>101.1</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45833.64880787</v>
+        <v>45895.52943287</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>99.809567</v>
+        <v>100.561189</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>11.014</v>
       </c>
       <c r="K127" s="2">
         <v>45161.0</v>
       </c>
       <c r="L127" s="2">
         <v>46078.0</v>
       </c>
       <c r="M127">
         <v>15000</v>
       </c>
       <c r="N127">
         <v>1000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>0.061189</v>
+        <v>0.091783</v>
       </c>
       <c r="Q127">
-        <v>100.07</v>
+        <v>99.1</v>
       </c>
       <c r="R127">
-        <v>100.961189</v>
+        <v>101.481783</v>
       </c>
       <c r="S127">
-        <v>100.008811</v>
+        <v>99.008217</v>
       </c>
       <c r="T127">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45831.515115741</v>
+        <v>45894.607395833</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
+      <c r="F128">
+        <v>0.03</v>
+      </c>
       <c r="G128">
-        <v>99.809567</v>
+        <v>100.561189</v>
+      </c>
+      <c r="H128">
+        <v>16089.79024</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>11.014</v>
       </c>
       <c r="K128" s="2">
         <v>45161.0</v>
       </c>
       <c r="L128" s="2">
         <v>46078.0</v>
       </c>
       <c r="M128">
         <v>15000</v>
       </c>
       <c r="N128">
         <v>1000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
+      <c r="P128">
+        <v>0.061189</v>
+      </c>
+      <c r="Q128">
+        <v>99.061189</v>
+      </c>
+      <c r="R128">
+        <v>101.451189</v>
+      </c>
+      <c r="S128">
+        <v>99.0</v>
+      </c>
+      <c r="T128">
+        <v>101.39</v>
+      </c>
+      <c r="X128">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45828.439351852</v>
+        <v>45891.417696759</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
+      <c r="F129">
+        <v>0.03</v>
+      </c>
       <c r="G129">
-        <v>99.809567</v>
+        <v>100.530594</v>
+      </c>
+      <c r="H129">
+        <v>1005.30594</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K129" s="2">
         <v>45161.0</v>
       </c>
       <c r="L129" s="2">
         <v>46078.0</v>
       </c>
       <c r="M129">
         <v>15000</v>
       </c>
       <c r="N129">
         <v>1000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>-0.031739</v>
+        <v>0.030594</v>
       </c>
       <c r="Q129">
-        <v>100.84</v>
+        <v>99.030594</v>
       </c>
       <c r="R129">
-        <v>100.868261</v>
+        <v>100.530594</v>
       </c>
       <c r="S129">
-        <v>100.871739</v>
+        <v>99.0</v>
       </c>
       <c r="T129">
-        <v>100.9</v>
+        <v>100.5</v>
+      </c>
+      <c r="X129">
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45827.442488426</v>
+        <v>45890.658611111</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
+      <c r="F130">
+        <v>0.12</v>
+      </c>
       <c r="G130">
-        <v>99.809567</v>
+        <v>100.5</v>
+      </c>
+      <c r="H130">
+        <v>20100.0</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K130" s="2">
         <v>45161.0</v>
       </c>
       <c r="L130" s="2">
         <v>46078.0</v>
       </c>
       <c r="M130">
         <v>15000</v>
       </c>
       <c r="N130">
         <v>1000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
-      <c r="P130">
-[...1 lines deleted...]
-      </c>
       <c r="Q130">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="R130">
-        <v>100.836522</v>
-[...5 lines deleted...]
-        <v>100.9</v>
+        <v>100.5</v>
+      </c>
+      <c r="X130">
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45826.416712963</v>
+        <v>45889.416701389</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="G131">
-        <v>99.809567</v>
+        <v>100.377622</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K131" s="2">
         <v>45161.0</v>
       </c>
       <c r="L131" s="2">
         <v>46078.0</v>
       </c>
       <c r="M131">
         <v>15000</v>
       </c>
       <c r="N131">
         <v>1000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>-0.158694</v>
+        <v>-0.091783</v>
       </c>
       <c r="Q131">
-        <v>99.841306</v>
+        <v>98.908217</v>
       </c>
       <c r="R131">
-        <v>100.741306</v>
+        <v>100.408217</v>
       </c>
       <c r="S131">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="T131">
-        <v>100.9</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45825.453287037</v>
+        <v>45888.433796296</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132">
-        <v>-1.73</v>
+        <v>-0.32</v>
       </c>
       <c r="G132">
-        <v>99.809567</v>
+        <v>100.377622</v>
       </c>
       <c r="H132">
-        <v>4990.47835</v>
+        <v>3011.32866</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K132" s="2">
         <v>45161.0</v>
       </c>
       <c r="L132" s="2">
         <v>46078.0</v>
       </c>
       <c r="M132">
         <v>15000</v>
       </c>
       <c r="N132">
         <v>1000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>-0.190433</v>
+        <v>-0.122378</v>
       </c>
       <c r="Q132">
-        <v>99.809567</v>
+        <v>98.877622</v>
       </c>
       <c r="R132">
-        <v>100.709567</v>
+        <v>100.377622</v>
       </c>
       <c r="S132">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="T132">
-        <v>100.9</v>
+        <v>100.5</v>
       </c>
       <c r="X132">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45824.416678241</v>
+        <v>45887.416724537</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="G133">
-        <v>101.566517</v>
+        <v>100.703672</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K133" s="2">
         <v>45161.0</v>
       </c>
       <c r="L133" s="2">
         <v>46078.0</v>
       </c>
       <c r="M133">
         <v>15000</v>
       </c>
       <c r="N133">
         <v>1000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>0.729994</v>
+        <v>-0.152972</v>
       </c>
       <c r="Q133">
-        <v>100.729994</v>
+        <v>98.847028</v>
       </c>
       <c r="R133">
-        <v>101.629994</v>
+        <v>101.237028</v>
       </c>
       <c r="S133">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="T133">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45821.416678241</v>
+        <v>45884.636585648</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="G134">
-        <v>101.566517</v>
+        <v>100.703672</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K134" s="2">
         <v>45161.0</v>
       </c>
       <c r="L134" s="2">
         <v>46078.0</v>
       </c>
       <c r="M134">
         <v>15000</v>
       </c>
       <c r="N134">
         <v>1000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>0.698256</v>
+        <v>-0.183567</v>
       </c>
       <c r="Q134">
-        <v>100.698256</v>
+        <v>98.816433</v>
       </c>
       <c r="R134">
-        <v>101.598256</v>
+        <v>101.206433</v>
       </c>
       <c r="S134">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="T134">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45820.539039352</v>
+        <v>45883.579652778</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="F135">
-        <v>0.34</v>
+        <v>-1.27</v>
       </c>
       <c r="G135">
-        <v>101.566517</v>
+        <v>100.703672</v>
       </c>
       <c r="H135">
-        <v>1015.66517</v>
+        <v>184313.71976</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K135" s="2">
         <v>45161.0</v>
       </c>
       <c r="L135" s="2">
         <v>46078.0</v>
       </c>
       <c r="M135">
         <v>15000</v>
       </c>
       <c r="N135">
         <v>1000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>0.666517</v>
+        <v>0.703672</v>
       </c>
       <c r="Q135">
-        <v>100.666517</v>
+        <v>100.703672</v>
       </c>
       <c r="R135">
-        <v>101.566517</v>
+        <v>102.093672</v>
       </c>
       <c r="S135">
         <v>100.0</v>
       </c>
       <c r="T135">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
       <c r="X135">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45819.416666667</v>
+        <v>45882.417719907</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
+      <c r="F136">
+        <v>0.44</v>
+      </c>
       <c r="G136">
-        <v>101.217389</v>
+        <v>102.001889</v>
+      </c>
+      <c r="H136">
+        <v>5100.09445</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K136" s="2">
         <v>45161.0</v>
       </c>
       <c r="L136" s="2">
         <v>46078.0</v>
       </c>
       <c r="M136">
         <v>15000</v>
       </c>
       <c r="N136">
         <v>1000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>0.5713</v>
+        <v>0.611889</v>
       </c>
       <c r="Q136">
-        <v>100.5713</v>
+        <v>101.611889</v>
       </c>
       <c r="R136">
-        <v>101.4713</v>
+        <v>102.001889</v>
       </c>
       <c r="S136">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T136">
-        <v>100.9</v>
+        <v>101.39</v>
+      </c>
+      <c r="X136">
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45818.416770833</v>
+        <v>45881.416759259</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>101.217389</v>
+        <v>101.5507</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K137" s="2">
         <v>45161.0</v>
       </c>
       <c r="L137" s="2">
         <v>46078.0</v>
       </c>
       <c r="M137">
         <v>15000</v>
       </c>
       <c r="N137">
         <v>1000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>0.539561</v>
+        <v>0.581294</v>
       </c>
       <c r="Q137">
-        <v>100.539561</v>
+        <v>101.581294</v>
       </c>
       <c r="R137">
-        <v>101.439561</v>
+        <v>101.971294</v>
       </c>
       <c r="S137">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T137">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45817.416666667</v>
+        <v>45880.452916667</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
+      <c r="F138">
+        <v>-0.35</v>
+      </c>
       <c r="G138">
-        <v>101.217389</v>
+        <v>101.5507</v>
+      </c>
+      <c r="H138">
+        <v>2031.014</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K138" s="2">
         <v>45161.0</v>
       </c>
       <c r="L138" s="2">
         <v>46078.0</v>
       </c>
       <c r="M138">
         <v>15000</v>
       </c>
       <c r="N138">
         <v>1000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>0.507822</v>
+        <v>0.5507</v>
       </c>
       <c r="Q138">
-        <v>100.507822</v>
+        <v>101.5507</v>
       </c>
       <c r="R138">
-        <v>101.407822</v>
+        <v>101.9407</v>
       </c>
       <c r="S138">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T138">
-        <v>100.9</v>
+        <v>101.39</v>
+      </c>
+      <c r="X138">
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45814.416689815</v>
+        <v>45877.64318287</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
+      <c r="F139">
+        <v>0.14</v>
+      </c>
       <c r="G139">
-        <v>101.217389</v>
+        <v>101.910106</v>
+      </c>
+      <c r="H139">
+        <v>113710.31872</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K139" s="2">
         <v>45161.0</v>
       </c>
       <c r="L139" s="2">
         <v>46078.0</v>
       </c>
       <c r="M139">
         <v>15000</v>
       </c>
       <c r="N139">
         <v>1000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>0.476083</v>
+        <v>0.520106</v>
       </c>
       <c r="Q139">
-        <v>100.476083</v>
+        <v>101.520106</v>
       </c>
       <c r="R139">
-        <v>101.376083</v>
+        <v>101.910106</v>
       </c>
       <c r="S139">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T139">
-        <v>100.9</v>
+        <v>101.39</v>
+      </c>
+      <c r="X139">
+        <v>4</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45813.416736111</v>
+        <v>45876.416678241</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>101.217389</v>
+        <v>101.767133</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K140" s="2">
         <v>45161.0</v>
       </c>
       <c r="L140" s="2">
         <v>46078.0</v>
       </c>
       <c r="M140">
         <v>15000</v>
       </c>
       <c r="N140">
         <v>1000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>0.444344</v>
+        <v>0.489511</v>
       </c>
       <c r="Q140">
-        <v>100.444344</v>
+        <v>101.089511</v>
       </c>
       <c r="R140">
-        <v>101.344344</v>
+        <v>101.879511</v>
       </c>
       <c r="S140">
-        <v>100.0</v>
+        <v>100.6</v>
       </c>
       <c r="T140">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45812.416678241</v>
+        <v>45875.416689815</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>101.217389</v>
+        <v>101.767133</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K141" s="2">
         <v>45161.0</v>
       </c>
       <c r="L141" s="2">
         <v>46078.0</v>
       </c>
       <c r="M141">
         <v>15000</v>
       </c>
       <c r="N141">
         <v>1000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>0.349128</v>
+        <v>0.397728</v>
       </c>
       <c r="Q141">
-        <v>100.349128</v>
+        <v>100.997728</v>
       </c>
       <c r="R141">
-        <v>101.249128</v>
+        <v>101.787728</v>
       </c>
       <c r="S141">
-        <v>100.0</v>
+        <v>100.6</v>
       </c>
       <c r="T141">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45811.605474537</v>
+        <v>45874.628055556</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="F142">
-        <v>0.03</v>
+        <v>-0.07</v>
       </c>
       <c r="G142">
-        <v>101.217389</v>
+        <v>101.767133</v>
       </c>
       <c r="H142">
-        <v>4048.69556</v>
+        <v>8147.87064</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K142" s="2">
         <v>45161.0</v>
       </c>
       <c r="L142" s="2">
         <v>46078.0</v>
       </c>
       <c r="M142">
         <v>15000</v>
       </c>
       <c r="N142">
         <v>1000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>0.317389</v>
+        <v>0.367133</v>
       </c>
       <c r="Q142">
-        <v>100.317389</v>
+        <v>100.967133</v>
       </c>
       <c r="R142">
-        <v>101.217389</v>
+        <v>101.757133</v>
       </c>
       <c r="S142">
-        <v>100.0</v>
+        <v>100.6</v>
       </c>
       <c r="T142">
-        <v>100.9</v>
+        <v>101.39</v>
       </c>
       <c r="X142">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45810.523668981</v>
+        <v>45873.661597222</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="F143">
-        <v>0.03</v>
+        <v>0.74</v>
       </c>
       <c r="G143">
-        <v>101.18565</v>
+        <v>101.836539</v>
       </c>
       <c r="H143">
-        <v>20237.13</v>
+        <v>10159.6539</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K143" s="2">
         <v>45161.0</v>
       </c>
       <c r="L143" s="2">
         <v>46078.0</v>
       </c>
       <c r="M143">
         <v>15000</v>
       </c>
       <c r="N143">
         <v>1000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>0.28565</v>
+        <v>0.336539</v>
       </c>
       <c r="Q143">
-        <v>99.0</v>
+        <v>100.936539</v>
       </c>
       <c r="R143">
-        <v>101.18565</v>
+        <v>101.836539</v>
       </c>
       <c r="S143">
-        <v>98.71435</v>
+        <v>100.6</v>
       </c>
       <c r="T143">
-        <v>100.9</v>
+        <v>101.5</v>
       </c>
       <c r="X143">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45807.658645833</v>
+        <v>45870.416678241</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
-      <c r="F144">
-[...1 lines deleted...]
-      </c>
       <c r="G144">
-        <v>101.153911</v>
-[...2 lines deleted...]
-        <v>9083.37377</v>
+        <v>101.083567</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K144" s="2">
         <v>45161.0</v>
       </c>
       <c r="L144" s="2">
         <v>46078.0</v>
       </c>
       <c r="M144">
         <v>15000</v>
       </c>
       <c r="N144">
         <v>1000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>0.253911</v>
+        <v>0.305944</v>
       </c>
       <c r="Q144">
-        <v>100.753911</v>
+        <v>100.905944</v>
       </c>
       <c r="R144">
-        <v>101.153911</v>
+        <v>101.205944</v>
       </c>
       <c r="S144">
-        <v>100.5</v>
+        <v>100.6</v>
       </c>
       <c r="T144">
         <v>100.9</v>
       </c>
-      <c r="X144">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45805.475138889</v>
+        <v>45869.416678241</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
-      <c r="F145">
-[...1 lines deleted...]
-      </c>
       <c r="G145">
-        <v>101.058694</v>
-[...2 lines deleted...]
-        <v>5052.9347</v>
+        <v>101.083567</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K145" s="2">
         <v>45161.0</v>
       </c>
       <c r="L145" s="2">
         <v>46078.0</v>
       </c>
       <c r="M145">
         <v>15000</v>
       </c>
       <c r="N145">
         <v>1000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>0.158694</v>
+        <v>0.27535</v>
       </c>
       <c r="Q145">
-        <v>100.13</v>
+        <v>100.87535</v>
       </c>
       <c r="R145">
-        <v>101.058694</v>
+        <v>101.17535</v>
       </c>
       <c r="S145">
-        <v>99.971306</v>
+        <v>100.6</v>
       </c>
       <c r="T145">
         <v>100.9</v>
       </c>
-      <c r="X145">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45804.513784722</v>
+        <v>45868.607974537</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="F146">
         <v>0.03</v>
       </c>
       <c r="G146">
-        <v>101.626956</v>
+        <v>101.083567</v>
       </c>
       <c r="H146">
-        <v>1016.26956</v>
+        <v>5054.17835</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K146" s="2">
         <v>45161.0</v>
       </c>
       <c r="L146" s="2">
         <v>46078.0</v>
       </c>
       <c r="M146">
         <v>15000</v>
       </c>
       <c r="N146">
         <v>1000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>0.126956</v>
+        <v>0.183567</v>
       </c>
       <c r="Q146">
-        <v>100.13</v>
+        <v>100.783567</v>
       </c>
       <c r="R146">
-        <v>101.626956</v>
+        <v>101.083567</v>
       </c>
       <c r="S146">
-        <v>100.003044</v>
+        <v>100.6</v>
       </c>
       <c r="T146">
-        <v>101.5</v>
+        <v>100.9</v>
       </c>
       <c r="X146">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45803.556608796</v>
+        <v>45867.417881944</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
-      <c r="F147">
-[...1 lines deleted...]
-      </c>
       <c r="G147">
-        <v>101.595217</v>
+        <v>101.052972</v>
       </c>
       <c r="H147">
-        <v>14223.33038</v>
+        <v>1010.52972</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K147" s="2">
         <v>45161.0</v>
       </c>
       <c r="L147" s="2">
         <v>46078.0</v>
       </c>
       <c r="M147">
         <v>15000</v>
       </c>
       <c r="N147">
         <v>1000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>0.095217</v>
+        <v>0.152972</v>
       </c>
       <c r="Q147">
-        <v>100.995217</v>
+        <v>100.762972</v>
       </c>
       <c r="R147">
-        <v>101.595217</v>
+        <v>101.052972</v>
       </c>
       <c r="S147">
+        <v>100.61</v>
+      </c>
+      <c r="T147">
         <v>100.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.5</v>
       </c>
       <c r="X147">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45800.617581019</v>
+        <v>45866.460208333</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="F148">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="G148">
-        <v>101.563478</v>
+        <v>101.052972</v>
       </c>
       <c r="H148">
-        <v>14213.88692</v>
+        <v>2021.05944</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K148" s="2">
         <v>45161.0</v>
       </c>
       <c r="L148" s="2">
         <v>46078.0</v>
       </c>
       <c r="M148">
         <v>15000</v>
       </c>
       <c r="N148">
         <v>1000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>0.063478</v>
+        <v>0.152972</v>
       </c>
       <c r="Q148">
-        <v>100.963478</v>
+        <v>100.762972</v>
       </c>
       <c r="R148">
-        <v>101.563478</v>
+        <v>101.052972</v>
       </c>
       <c r="S148">
+        <v>100.61</v>
+      </c>
+      <c r="T148">
         <v>100.9</v>
       </c>
-      <c r="T148">
-[...1 lines deleted...]
-      </c>
       <c r="X148">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45799.416712963</v>
+        <v>45863.416678241</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="G149">
-        <v>101.436522</v>
+        <v>100.991783</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K149" s="2">
         <v>45161.0</v>
       </c>
       <c r="L149" s="2">
         <v>46078.0</v>
       </c>
       <c r="M149">
         <v>15000</v>
       </c>
       <c r="N149">
         <v>1000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>0.031739</v>
+        <v>0.122378</v>
       </c>
       <c r="Q149">
-        <v>100.931739</v>
+        <v>100.732378</v>
       </c>
       <c r="R149">
-        <v>101.531739</v>
+        <v>101.022378</v>
       </c>
       <c r="S149">
+        <v>100.61</v>
+      </c>
+      <c r="T149">
         <v>100.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.5</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45798.417685185</v>
+        <v>45862.522800926</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="F150">
-        <v>0.06</v>
+        <v>1.05</v>
       </c>
       <c r="G150">
-        <v>101.436522</v>
+        <v>100.991783</v>
       </c>
       <c r="H150">
-        <v>2028.73044</v>
+        <v>4038.67132</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K150" s="2">
         <v>45161.0</v>
       </c>
       <c r="L150" s="2">
         <v>46078.0</v>
       </c>
       <c r="M150">
         <v>15000</v>
       </c>
       <c r="N150">
         <v>1000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>-0.063478</v>
+        <v>0.091783</v>
       </c>
       <c r="Q150">
-        <v>100.836522</v>
+        <v>100.701783</v>
       </c>
       <c r="R150">
-        <v>101.436522</v>
+        <v>100.991783</v>
       </c>
       <c r="S150">
+        <v>100.61</v>
+      </c>
+      <c r="T150">
         <v>100.9</v>
       </c>
-      <c r="T150">
-[...1 lines deleted...]
-      </c>
       <c r="X150">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45797.416678241</v>
+        <v>45861.416712963</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="G151">
-        <v>101.373044</v>
+        <v>99.938811</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K151" s="2">
         <v>45161.0</v>
       </c>
       <c r="L151" s="2">
         <v>46078.0</v>
       </c>
       <c r="M151">
         <v>15000</v>
       </c>
       <c r="N151">
         <v>1000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
-      <c r="P151">
-[...1 lines deleted...]
-      </c>
       <c r="Q151">
-        <v>100.804783</v>
+        <v>100.0</v>
       </c>
       <c r="R151">
-        <v>101.404783</v>
-[...5 lines deleted...]
-        <v>101.5</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45796.508240741</v>
+        <v>45860.416678241</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
-      <c r="F152">
-[...1 lines deleted...]
-      </c>
       <c r="G152">
-        <v>101.373044</v>
-[...2 lines deleted...]
-        <v>10137.3044</v>
+        <v>99.938811</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K152" s="2">
         <v>45161.0</v>
       </c>
       <c r="L152" s="2">
         <v>46078.0</v>
       </c>
       <c r="M152">
         <v>15000</v>
       </c>
       <c r="N152">
         <v>1000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>-0.126956</v>
+        <v>-0.030594</v>
       </c>
       <c r="Q152">
-        <v>100.773044</v>
+        <v>99.969406</v>
       </c>
       <c r="R152">
-        <v>101.373044</v>
+        <v>100.769406</v>
       </c>
       <c r="S152">
-        <v>100.9</v>
+        <v>100.0</v>
       </c>
       <c r="T152">
-        <v>101.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.8</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45793.416689815</v>
+        <v>45859.453587963</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
+      <c r="F153">
+        <v>-1.64</v>
+      </c>
       <c r="G153">
-        <v>102.261733</v>
+        <v>99.938811</v>
+      </c>
+      <c r="H153">
+        <v>2998.16433</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K153" s="2">
         <v>45161.0</v>
       </c>
       <c r="L153" s="2">
         <v>46078.0</v>
       </c>
       <c r="M153">
         <v>15000</v>
       </c>
       <c r="N153">
         <v>1000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>-0.158694</v>
+        <v>-0.061189</v>
       </c>
       <c r="Q153">
-        <v>100.741306</v>
+        <v>99.938811</v>
       </c>
       <c r="R153">
-        <v>101.341306</v>
+        <v>100.738811</v>
       </c>
       <c r="S153">
-        <v>100.9</v>
+        <v>100.0</v>
       </c>
       <c r="T153">
-        <v>101.5</v>
+        <v>100.8</v>
+      </c>
+      <c r="X153">
+        <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45792.55380787</v>
+        <v>45856.416689815</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
-      <c r="F154">
-[...1 lines deleted...]
-      </c>
       <c r="G154">
-        <v>102.261733</v>
-[...2 lines deleted...]
-        <v>87945.09038</v>
+        <v>101.603672</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K154" s="2">
         <v>45161.0</v>
       </c>
       <c r="L154" s="2">
         <v>46078.0</v>
       </c>
       <c r="M154">
         <v>15000</v>
       </c>
       <c r="N154">
         <v>1000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>0.761733</v>
+        <v>-0.091783</v>
       </c>
       <c r="Q154">
-        <v>101.661733</v>
+        <v>99.908217</v>
       </c>
       <c r="R154">
-        <v>102.261733</v>
+        <v>100.808217</v>
       </c>
       <c r="S154">
+        <v>100.0</v>
+      </c>
+      <c r="T154">
         <v>100.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45791.416678241</v>
+        <v>45855.416678241</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="G155">
-        <v>102.534778</v>
+        <v>101.603672</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K155" s="2">
         <v>45161.0</v>
       </c>
       <c r="L155" s="2">
         <v>46078.0</v>
       </c>
       <c r="M155">
         <v>15000</v>
       </c>
       <c r="N155">
         <v>1000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>0.666517</v>
+        <v>-0.122378</v>
       </c>
       <c r="Q155">
-        <v>102.166517</v>
+        <v>99.877622</v>
       </c>
       <c r="R155">
-        <v>102.566517</v>
+        <v>100.777622</v>
       </c>
       <c r="S155">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T155">
-        <v>101.9</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45790.616145833</v>
+        <v>45854.595115741</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="F156">
-        <v>-0.27</v>
+        <v>0.03</v>
       </c>
       <c r="G156">
-        <v>102.534778</v>
+        <v>101.603672</v>
       </c>
       <c r="H156">
-        <v>10253.4778</v>
+        <v>1016.03672</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K156" s="2">
         <v>45161.0</v>
       </c>
       <c r="L156" s="2">
         <v>46078.0</v>
       </c>
       <c r="M156">
         <v>15000</v>
       </c>
       <c r="N156">
         <v>1000.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>0.634778</v>
+        <v>0.703672</v>
       </c>
       <c r="Q156">
-        <v>102.134778</v>
+        <v>100.703672</v>
       </c>
       <c r="R156">
-        <v>102.534778</v>
+        <v>101.603672</v>
       </c>
       <c r="S156">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T156">
-        <v>101.9</v>
+        <v>100.9</v>
       </c>
       <c r="X156">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45789.416666667</v>
+        <v>45853.60337963</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
+      <c r="F157">
+        <v>0.03</v>
+      </c>
       <c r="G157">
-        <v>102.81</v>
+        <v>101.573078</v>
+      </c>
+      <c r="H157">
+        <v>66022.5007</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K157" s="2">
         <v>45161.0</v>
       </c>
       <c r="L157" s="2">
         <v>46078.0</v>
       </c>
       <c r="M157">
         <v>15000</v>
       </c>
       <c r="N157">
         <v>1000.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>0.603039</v>
+        <v>0.673078</v>
       </c>
       <c r="Q157">
-        <v>102.103039</v>
+        <v>100.673078</v>
       </c>
       <c r="R157">
-        <v>102.503039</v>
+        <v>101.573078</v>
       </c>
       <c r="S157">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T157">
-        <v>101.9</v>
+        <v>100.9</v>
+      </c>
+      <c r="X157">
+        <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45786.601030093</v>
+        <v>45852.570046296</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
+      <c r="F158">
+        <v>0.06</v>
+      </c>
       <c r="G158">
-        <v>102.81</v>
+        <v>101.542483</v>
+      </c>
+      <c r="H158">
+        <v>2030.84966</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K158" s="2">
         <v>45161.0</v>
       </c>
       <c r="L158" s="2">
         <v>46078.0</v>
       </c>
       <c r="M158">
         <v>15000</v>
       </c>
       <c r="N158">
         <v>1000.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>0.5713</v>
+        <v>0.642483</v>
       </c>
       <c r="Q158">
-        <v>102.0713</v>
+        <v>100.642483</v>
       </c>
       <c r="R158">
-        <v>102.4713</v>
+        <v>101.542483</v>
       </c>
       <c r="S158">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T158">
-        <v>101.9</v>
+        <v>100.9</v>
+      </c>
+      <c r="X158">
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45785.417939815</v>
+        <v>45849.416701389</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="G159">
-        <v>102.81</v>
+        <v>101.481294</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K159" s="2">
         <v>45161.0</v>
       </c>
       <c r="L159" s="2">
         <v>46078.0</v>
       </c>
       <c r="M159">
         <v>15000</v>
       </c>
       <c r="N159">
         <v>1000.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>0.539561</v>
+        <v>0.611889</v>
       </c>
       <c r="Q159">
-        <v>102.039561</v>
+        <v>100.611889</v>
       </c>
       <c r="R159">
-        <v>102.81</v>
+        <v>101.511889</v>
       </c>
       <c r="S159">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T159">
-        <v>102.270439</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45784.418136574</v>
+        <v>45848.476516204</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
+      <c r="F160">
+        <v>0.12</v>
+      </c>
       <c r="G160">
-        <v>102.81</v>
+        <v>101.481294</v>
+      </c>
+      <c r="H160">
+        <v>1014.81294</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K160" s="2">
         <v>45161.0</v>
       </c>
       <c r="L160" s="2">
         <v>46078.0</v>
       </c>
       <c r="M160">
         <v>15000</v>
       </c>
       <c r="N160">
         <v>1000.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>0.444344</v>
+        <v>0.581294</v>
       </c>
       <c r="Q160">
-        <v>101.944344</v>
+        <v>100.581294</v>
       </c>
       <c r="R160">
-        <v>102.81</v>
+        <v>101.481294</v>
       </c>
       <c r="S160">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T160">
-        <v>102.365656</v>
+        <v>100.9</v>
+      </c>
+      <c r="X160">
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45783.53025463</v>
+        <v>45847.416678241</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
-      <c r="F161">
-[...1 lines deleted...]
-      </c>
       <c r="G161">
-        <v>102.81</v>
-[...2 lines deleted...]
-        <v>61482.23754</v>
+        <v>101.358917</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K161" s="2">
         <v>45161.0</v>
       </c>
       <c r="L161" s="2">
         <v>46078.0</v>
       </c>
       <c r="M161">
         <v>15000</v>
       </c>
       <c r="N161">
         <v>1000.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>0.412606</v>
+        <v>0.489511</v>
       </c>
       <c r="Q161">
-        <v>101.912606</v>
+        <v>100.489511</v>
       </c>
       <c r="R161">
-        <v>102.81</v>
+        <v>101.389511</v>
       </c>
       <c r="S161">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T161">
-        <v>102.397394</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45782.355300926</v>
+        <v>45846.618425926</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
+      <c r="F162">
+        <v>0.06</v>
+      </c>
       <c r="G162">
-        <v>101.768261</v>
+        <v>101.358917</v>
+      </c>
+      <c r="H162">
+        <v>16217.42672</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K162" s="2">
         <v>45161.0</v>
       </c>
       <c r="L162" s="2">
         <v>46078.0</v>
       </c>
       <c r="M162">
         <v>15000</v>
       </c>
       <c r="N162">
         <v>1000.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>0.380867</v>
+        <v>0.458917</v>
+      </c>
+      <c r="Q162">
+        <v>100.458917</v>
+      </c>
+      <c r="R162">
+        <v>101.358917</v>
+      </c>
+      <c r="S162">
+        <v>100.0</v>
+      </c>
+      <c r="T162">
+        <v>100.9</v>
+      </c>
+      <c r="X162">
+        <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45779.355104167</v>
+        <v>45845.416701389</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="G163">
-        <v>101.768261</v>
+        <v>101.297728</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K163" s="2">
         <v>45161.0</v>
       </c>
       <c r="L163" s="2">
         <v>46078.0</v>
       </c>
       <c r="M163">
         <v>15000</v>
       </c>
       <c r="N163">
         <v>1000.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>0.349128</v>
+        <v>0.428322</v>
+      </c>
+      <c r="Q163">
+        <v>100.428322</v>
+      </c>
+      <c r="R163">
+        <v>101.328322</v>
+      </c>
+      <c r="S163">
+        <v>100.0</v>
+      </c>
+      <c r="T163">
+        <v>100.9</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45777.416898148</v>
+        <v>45842.602696759</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
+      <c r="F164">
+        <v>0.03</v>
+      </c>
       <c r="G164">
-        <v>101.768261</v>
+        <v>101.297728</v>
+      </c>
+      <c r="H164">
+        <v>10129.7728</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K164" s="2">
         <v>45161.0</v>
       </c>
       <c r="L164" s="2">
         <v>46078.0</v>
       </c>
       <c r="M164">
         <v>15000</v>
       </c>
       <c r="N164">
         <v>1000.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>0.317389</v>
+        <v>0.397728</v>
       </c>
       <c r="Q164">
-        <v>101.817389</v>
+        <v>100.397728</v>
       </c>
       <c r="R164">
-        <v>102.117389</v>
+        <v>101.297728</v>
       </c>
       <c r="S164">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T164">
-        <v>101.8</v>
+        <v>100.9</v>
+      </c>
+      <c r="X164">
+        <v>2</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45776.416759259</v>
+        <v>45841.53462963</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
+      <c r="F165">
+        <v>0.14</v>
+      </c>
       <c r="G165">
-        <v>101.768261</v>
+        <v>101.267133</v>
+      </c>
+      <c r="H165">
+        <v>3038.01399</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K165" s="2">
         <v>45161.0</v>
       </c>
       <c r="L165" s="2">
         <v>46078.0</v>
       </c>
       <c r="M165">
         <v>15000</v>
       </c>
       <c r="N165">
         <v>1000.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>0.222172</v>
+        <v>0.367133</v>
       </c>
       <c r="Q165">
-        <v>101.722172</v>
+        <v>100.367133</v>
       </c>
       <c r="R165">
-        <v>102.022172</v>
+        <v>101.267133</v>
       </c>
       <c r="S165">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T165">
-        <v>101.8</v>
+        <v>100.9</v>
+      </c>
+      <c r="X165">
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45775.418761574</v>
+        <v>45840.657627315</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
+      <c r="F166">
+        <v>0.46</v>
+      </c>
       <c r="G166">
-        <v>101.768261</v>
+        <v>101.12535</v>
+      </c>
+      <c r="H166">
+        <v>4045.014</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K166" s="2">
         <v>45161.0</v>
       </c>
       <c r="L166" s="2">
         <v>46078.0</v>
       </c>
       <c r="M166">
         <v>15000</v>
       </c>
       <c r="N166">
         <v>1000.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>0.158694</v>
+        <v>0.27535</v>
       </c>
       <c r="Q166">
-        <v>101.658694</v>
+        <v>100.27535</v>
       </c>
       <c r="R166">
-        <v>101.958694</v>
+        <v>101.17535</v>
       </c>
       <c r="S166">
-        <v>101.5</v>
+        <v>100.0</v>
       </c>
       <c r="T166">
-        <v>101.8</v>
+        <v>100.9</v>
+      </c>
+      <c r="X166">
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45772.416678241</v>
+        <v>45839.459201389</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>101.768261</v>
+        <v>100.664161</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K167" s="2">
         <v>45161.0</v>
       </c>
       <c r="L167" s="2">
         <v>46078.0</v>
       </c>
       <c r="M167">
         <v>15000</v>
       </c>
       <c r="N167">
         <v>1000.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>0.126956</v>
+        <v>0.244756</v>
       </c>
       <c r="Q167">
-        <v>101.026956</v>
+        <v>99.244756</v>
       </c>
       <c r="R167">
-        <v>101.926956</v>
+        <v>101.094756</v>
       </c>
       <c r="S167">
-        <v>100.9</v>
+        <v>99.0</v>
       </c>
       <c r="T167">
-        <v>101.8</v>
+        <v>100.85</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45771.416712963</v>
+        <v>45838.6075</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
+      <c r="F168">
+        <v>0.31</v>
+      </c>
       <c r="G168">
-        <v>101.768261</v>
+        <v>100.664161</v>
+      </c>
+      <c r="H168">
+        <v>3019.92483</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K168" s="2">
         <v>45161.0</v>
       </c>
       <c r="L168" s="2">
         <v>46078.0</v>
       </c>
       <c r="M168">
         <v>15000</v>
       </c>
       <c r="N168">
         <v>1000.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>0.095217</v>
+        <v>0.214161</v>
       </c>
       <c r="Q168">
-        <v>100.995217</v>
+        <v>95.0</v>
       </c>
       <c r="R168">
-        <v>101.895217</v>
+        <v>101.064161</v>
       </c>
       <c r="S168">
-        <v>100.9</v>
+        <v>94.785839</v>
       </c>
       <c r="T168">
-        <v>101.8</v>
+        <v>100.85</v>
+      </c>
+      <c r="X168">
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45770.416967593</v>
+        <v>45835.592511574</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
+      <c r="F169">
+        <v>0.54</v>
+      </c>
       <c r="G169">
-        <v>101.768261</v>
+        <v>100.348567</v>
+      </c>
+      <c r="H169">
+        <v>3010.45701</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K169" s="2">
         <v>45161.0</v>
       </c>
       <c r="L169" s="2">
         <v>46078.0</v>
       </c>
       <c r="M169">
         <v>15000</v>
       </c>
       <c r="N169">
         <v>1000.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
-      <c r="Q169">
-        <v>100.9</v>
+      <c r="P169">
+        <v>0.183567</v>
       </c>
       <c r="R169">
-        <v>101.8</v>
+        <v>101.033567</v>
+      </c>
+      <c r="T169">
+        <v>100.85</v>
+      </c>
+      <c r="X169">
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45769.542581019</v>
+        <v>45834.48849537</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
-      <c r="F170">
-[...1 lines deleted...]
-      </c>
       <c r="G170">
-        <v>101.768261</v>
-[...2 lines deleted...]
-        <v>2026.36522</v>
+        <v>99.809567</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K170" s="2">
         <v>45161.0</v>
       </c>
       <c r="L170" s="2">
         <v>46078.0</v>
       </c>
       <c r="M170">
         <v>15000</v>
       </c>
       <c r="N170">
         <v>1000.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>-0.031739</v>
+        <v>0.152972</v>
       </c>
       <c r="Q170">
-        <v>100.868261</v>
+        <v>100.317972</v>
       </c>
       <c r="R170">
-        <v>101.768261</v>
+        <v>101.052972</v>
       </c>
       <c r="S170">
+        <v>100.165</v>
+      </c>
+      <c r="T170">
         <v>100.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45764.416736111</v>
+        <v>45833.64880787</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
       <c r="G171">
-        <v>100.544344</v>
+        <v>99.809567</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K171" s="2">
         <v>45161.0</v>
       </c>
       <c r="L171" s="2">
         <v>46078.0</v>
       </c>
       <c r="M171">
         <v>15000</v>
       </c>
       <c r="N171">
         <v>1000.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>-0.063478</v>
+        <v>0.061189</v>
       </c>
       <c r="Q171">
-        <v>100.836522</v>
+        <v>100.07</v>
       </c>
       <c r="R171">
-        <v>101.736522</v>
+        <v>100.961189</v>
       </c>
       <c r="S171">
+        <v>100.008811</v>
+      </c>
+      <c r="T171">
         <v>100.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.8</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45763.416759259</v>
+        <v>45831.515115741</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="G172">
-        <v>100.544344</v>
+        <v>99.809567</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
-        <v>11.426</v>
+        <v>11.014</v>
       </c>
       <c r="K172" s="2">
         <v>45161.0</v>
       </c>
       <c r="L172" s="2">
         <v>46078.0</v>
       </c>
       <c r="M172">
         <v>15000</v>
       </c>
       <c r="N172">
         <v>1000.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>101.8</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45762.480983796</v>
+        <v>45828.439351852</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="G173">
-        <v>100.544344</v>
+        <v>99.809567</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>11.426</v>
       </c>
       <c r="K173" s="2">
         <v>45161.0</v>
       </c>
       <c r="L173" s="2">
         <v>46078.0</v>
       </c>
       <c r="M173">
         <v>15000</v>
       </c>
       <c r="N173">
         <v>1000.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>-0.253911</v>
+        <v>-0.031739</v>
       </c>
       <c r="Q173">
-        <v>100.646089</v>
+        <v>100.84</v>
       </c>
       <c r="R173">
-        <v>101.546089</v>
+        <v>100.868261</v>
       </c>
       <c r="S173">
+        <v>100.871739</v>
+      </c>
+      <c r="T173">
         <v>100.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.8</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45761.571550926</v>
+        <v>45827.442488426</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
       <c r="G174">
-        <v>100.544344</v>
+        <v>99.809567</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>11.426</v>
       </c>
       <c r="K174" s="2">
         <v>45161.0</v>
       </c>
       <c r="L174" s="2">
         <v>46078.0</v>
       </c>
       <c r="M174">
         <v>15000</v>
       </c>
       <c r="N174">
         <v>1000.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>0.666517</v>
+        <v>-0.063478</v>
       </c>
       <c r="Q174">
-        <v>101.516517</v>
+        <v>100.0</v>
       </c>
       <c r="R174">
-        <v>102.4</v>
+        <v>100.836522</v>
       </c>
       <c r="S174">
-        <v>100.85</v>
+        <v>100.063478</v>
       </c>
       <c r="T174">
-        <v>101.733483</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45758.419849537</v>
+        <v>45826.416712963</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="G175">
-        <v>100.544344</v>
+        <v>99.809567</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>11.426</v>
       </c>
       <c r="K175" s="2">
         <v>45161.0</v>
       </c>
       <c r="L175" s="2">
         <v>46078.0</v>
       </c>
       <c r="M175">
         <v>15000</v>
       </c>
       <c r="N175">
         <v>1000.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
       <c r="P175">
-        <v>0.634778</v>
+        <v>-0.158694</v>
       </c>
       <c r="Q175">
-        <v>101.364778</v>
+        <v>99.841306</v>
       </c>
       <c r="R175">
-        <v>102.4</v>
+        <v>100.741306</v>
       </c>
       <c r="S175">
-        <v>100.73</v>
+        <v>100.0</v>
       </c>
       <c r="T175">
-        <v>101.765222</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45757.636597222</v>
+        <v>45825.453287037</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
+      <c r="F176">
+        <v>-1.73</v>
+      </c>
       <c r="G176">
-        <v>100.544344</v>
+        <v>99.809567</v>
+      </c>
+      <c r="H176">
+        <v>4990.47835</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>11.426</v>
       </c>
       <c r="K176" s="2">
         <v>45161.0</v>
       </c>
       <c r="L176" s="2">
         <v>46078.0</v>
       </c>
       <c r="M176">
         <v>15000</v>
       </c>
       <c r="N176">
         <v>1000.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>0.603039</v>
+        <v>-0.190433</v>
       </c>
       <c r="Q176">
-        <v>100.703039</v>
+        <v>99.809567</v>
       </c>
       <c r="R176">
-        <v>102.4</v>
+        <v>100.709567</v>
       </c>
       <c r="S176">
-        <v>100.1</v>
+        <v>100.0</v>
       </c>
       <c r="T176">
-        <v>101.796961</v>
+        <v>100.9</v>
+      </c>
+      <c r="X176">
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45756.569606481</v>
+        <v>45824.416678241</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>100.544344</v>
+        <v>101.566517</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>11.426</v>
       </c>
       <c r="K177" s="2">
         <v>45161.0</v>
       </c>
       <c r="L177" s="2">
         <v>46078.0</v>
       </c>
       <c r="M177">
         <v>15000</v>
       </c>
       <c r="N177">
         <v>1000.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>0.507822</v>
+        <v>0.729994</v>
       </c>
       <c r="Q177">
-        <v>100.607822</v>
+        <v>100.729994</v>
       </c>
       <c r="R177">
-        <v>102.407822</v>
+        <v>101.629994</v>
       </c>
       <c r="S177">
-        <v>100.1</v>
+        <v>100.0</v>
       </c>
       <c r="T177">
-        <v>101.9</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45755.531458333</v>
+        <v>45821.416678241</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="G178">
-        <v>100.544344</v>
+        <v>101.566517</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>11.426</v>
       </c>
       <c r="K178" s="2">
         <v>45161.0</v>
       </c>
       <c r="L178" s="2">
         <v>46078.0</v>
       </c>
       <c r="M178">
         <v>15000</v>
       </c>
       <c r="N178">
         <v>1000.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>0.476083</v>
+        <v>0.698256</v>
       </c>
       <c r="Q178">
-        <v>101.7</v>
+        <v>100.698256</v>
       </c>
       <c r="R178">
-        <v>102.8</v>
+        <v>101.598256</v>
       </c>
       <c r="S178">
-        <v>101.223917</v>
+        <v>100.0</v>
       </c>
       <c r="T178">
-        <v>102.323917</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45754.581608796</v>
+        <v>45820.539039352</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="F179">
-        <v>-2.21</v>
+        <v>0.34</v>
       </c>
       <c r="G179">
-        <v>100.544344</v>
+        <v>101.566517</v>
       </c>
       <c r="H179">
-        <v>10054.4344</v>
+        <v>1015.66517</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>11.426</v>
       </c>
       <c r="K179" s="2">
         <v>45161.0</v>
       </c>
       <c r="L179" s="2">
         <v>46078.0</v>
       </c>
       <c r="M179">
         <v>15000</v>
       </c>
       <c r="N179">
         <v>1000.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>0.444344</v>
+        <v>0.666517</v>
       </c>
       <c r="Q179">
-        <v>95.444344</v>
+        <v>100.666517</v>
       </c>
       <c r="R179">
-        <v>102.64</v>
+        <v>101.566517</v>
       </c>
       <c r="S179">
-        <v>95.0</v>
+        <v>100.0</v>
       </c>
       <c r="T179">
-        <v>102.195656</v>
+        <v>100.9</v>
       </c>
       <c r="X179">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45751.644467593</v>
+        <v>45819.416666667</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
-      <c r="F180">
-[...1 lines deleted...]
-      </c>
       <c r="G180">
-        <v>102.812606</v>
-[...2 lines deleted...]
-        <v>59631.31148</v>
+        <v>101.217389</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>11.426</v>
       </c>
       <c r="K180" s="2">
         <v>45161.0</v>
       </c>
       <c r="L180" s="2">
         <v>46078.0</v>
       </c>
       <c r="M180">
         <v>15000</v>
       </c>
       <c r="N180">
         <v>1000.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>0.412606</v>
+        <v>0.5713</v>
       </c>
       <c r="Q180">
-        <v>100.52</v>
+        <v>100.5713</v>
       </c>
       <c r="R180">
-        <v>102.8</v>
+        <v>101.4713</v>
       </c>
       <c r="S180">
-        <v>100.107394</v>
+        <v>100.0</v>
       </c>
       <c r="T180">
-        <v>102.387394</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45750.416759259</v>
+        <v>45818.416770833</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="G181">
-        <v>102.753911</v>
+        <v>101.217389</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>11.426</v>
       </c>
       <c r="K181" s="2">
         <v>45161.0</v>
       </c>
       <c r="L181" s="2">
         <v>46078.0</v>
       </c>
       <c r="M181">
         <v>15000</v>
       </c>
       <c r="N181">
         <v>1000.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>0.412606</v>
+        <v>0.539561</v>
       </c>
       <c r="Q181">
-        <v>102.780867</v>
+        <v>100.539561</v>
       </c>
       <c r="R181">
-        <v>102.880867</v>
+        <v>101.439561</v>
       </c>
       <c r="S181">
-        <v>102.368261</v>
+        <v>100.0</v>
       </c>
       <c r="T181">
-        <v>102.468261</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45749.416747685</v>
+        <v>45817.416666667</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="G182">
-        <v>102.753911</v>
+        <v>101.217389</v>
       </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>11.426</v>
       </c>
       <c r="K182" s="2">
         <v>45161.0</v>
       </c>
       <c r="L182" s="2">
         <v>46078.0</v>
       </c>
       <c r="M182">
         <v>15000</v>
       </c>
       <c r="N182">
         <v>1000.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>0.28565</v>
+        <v>0.507822</v>
       </c>
       <c r="Q182">
-        <v>102.68565</v>
+        <v>100.507822</v>
       </c>
       <c r="R182">
-        <v>102.78565</v>
+        <v>101.407822</v>
       </c>
       <c r="S182">
-        <v>102.4</v>
+        <v>100.0</v>
       </c>
       <c r="T182">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45748.598125</v>
+        <v>45814.416689815</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
-      <c r="F183">
-[...1 lines deleted...]
-      </c>
       <c r="G183">
-        <v>102.753911</v>
-[...2 lines deleted...]
-        <v>1027.53911</v>
+        <v>101.217389</v>
       </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>11.426</v>
       </c>
       <c r="K183" s="2">
         <v>45161.0</v>
       </c>
       <c r="L183" s="2">
         <v>46078.0</v>
       </c>
       <c r="M183">
         <v>15000</v>
       </c>
       <c r="N183">
         <v>1000.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>0.253911</v>
+        <v>0.476083</v>
       </c>
       <c r="Q183">
-        <v>102.653911</v>
+        <v>100.476083</v>
       </c>
       <c r="R183">
-        <v>102.753911</v>
+        <v>101.376083</v>
       </c>
       <c r="S183">
-        <v>102.4</v>
+        <v>100.0</v>
       </c>
       <c r="T183">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45747.416712963</v>
+        <v>45813.416736111</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="G184">
-        <v>102.558694</v>
+        <v>101.217389</v>
       </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>11.426</v>
       </c>
       <c r="K184" s="2">
         <v>45161.0</v>
       </c>
       <c r="L184" s="2">
         <v>46078.0</v>
       </c>
       <c r="M184">
         <v>15000</v>
       </c>
       <c r="N184">
         <v>1000.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>0.222172</v>
+        <v>0.444344</v>
       </c>
       <c r="Q184">
-        <v>102.622172</v>
+        <v>100.444344</v>
       </c>
       <c r="R184">
-        <v>102.722172</v>
+        <v>101.344344</v>
       </c>
       <c r="S184">
-        <v>102.4</v>
+        <v>100.0</v>
       </c>
       <c r="T184">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45744.417222222</v>
+        <v>45812.416678241</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="G185">
-        <v>102.558694</v>
+        <v>101.217389</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>11.426</v>
       </c>
       <c r="K185" s="2">
         <v>45161.0</v>
       </c>
       <c r="L185" s="2">
         <v>46078.0</v>
       </c>
       <c r="M185">
         <v>15000</v>
       </c>
       <c r="N185">
         <v>1000.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>0.190433</v>
+        <v>0.349128</v>
       </c>
       <c r="Q185">
-        <v>102.590433</v>
+        <v>100.349128</v>
       </c>
       <c r="R185">
-        <v>102.690433</v>
+        <v>101.249128</v>
       </c>
       <c r="S185">
-        <v>102.4</v>
+        <v>100.0</v>
       </c>
       <c r="T185">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45743.622766204</v>
+        <v>45811.605474537</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
-        <v>-0.04</v>
+        <v>0.03</v>
       </c>
       <c r="G186">
-        <v>102.558694</v>
+        <v>101.217389</v>
       </c>
       <c r="H186">
-        <v>41023.4776</v>
+        <v>4048.69556</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>11.426</v>
       </c>
       <c r="K186" s="2">
         <v>45161.0</v>
       </c>
       <c r="L186" s="2">
         <v>46078.0</v>
       </c>
       <c r="M186">
         <v>15000</v>
       </c>
       <c r="N186">
         <v>1000.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>0.158694</v>
+        <v>0.317389</v>
       </c>
       <c r="Q186">
-        <v>102.558694</v>
+        <v>100.317389</v>
       </c>
       <c r="R186">
-        <v>102.658694</v>
+        <v>101.217389</v>
       </c>
       <c r="S186">
-        <v>102.4</v>
+        <v>100.0</v>
       </c>
       <c r="T186">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
       <c r="X186">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45742.503032407</v>
+        <v>45810.523668981</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="F187">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
       <c r="G187">
-        <v>102.595217</v>
+        <v>101.18565</v>
       </c>
       <c r="H187">
-        <v>6154.71302</v>
+        <v>20237.13</v>
       </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>11.426</v>
       </c>
       <c r="K187" s="2">
         <v>45161.0</v>
       </c>
       <c r="L187" s="2">
         <v>46078.0</v>
       </c>
       <c r="M187">
         <v>15000</v>
       </c>
       <c r="N187">
         <v>1000.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>0.095217</v>
+        <v>0.28565</v>
       </c>
       <c r="Q187">
-        <v>102.495217</v>
+        <v>99.0</v>
       </c>
       <c r="R187">
-        <v>102.595217</v>
+        <v>101.18565</v>
       </c>
       <c r="S187">
-        <v>102.4</v>
+        <v>98.71435</v>
       </c>
       <c r="T187">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
       <c r="X187">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45741.663159722</v>
+        <v>45807.658645833</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="F188">
-        <v>0.19</v>
+        <v>0.09</v>
       </c>
       <c r="G188">
-        <v>102.463478</v>
+        <v>101.153911</v>
       </c>
       <c r="H188">
-        <v>9221.71302</v>
+        <v>9083.37377</v>
       </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>11.426</v>
       </c>
       <c r="K188" s="2">
         <v>45161.0</v>
       </c>
       <c r="L188" s="2">
         <v>46078.0</v>
       </c>
       <c r="M188">
         <v>15000</v>
       </c>
       <c r="N188">
         <v>1000.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>0.063478</v>
+        <v>0.253911</v>
       </c>
       <c r="Q188">
-        <v>102.463478</v>
+        <v>100.753911</v>
       </c>
       <c r="R188">
-        <v>102.563478</v>
+        <v>101.153911</v>
       </c>
       <c r="S188">
-        <v>102.4</v>
+        <v>100.5</v>
       </c>
       <c r="T188">
-        <v>102.5</v>
+        <v>100.9</v>
       </c>
       <c r="X188">
         <v>2</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45740.416956019</v>
+        <v>45805.475138889</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
+      <c r="F189">
+        <v>-0.56</v>
+      </c>
       <c r="G189">
-        <v>102.268456</v>
+        <v>101.058694</v>
+      </c>
+      <c r="H189">
+        <v>5052.9347</v>
       </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>11.426</v>
       </c>
       <c r="K189" s="2">
         <v>45161.0</v>
       </c>
       <c r="L189" s="2">
         <v>46078.0</v>
       </c>
       <c r="M189">
         <v>15000</v>
       </c>
       <c r="N189">
         <v>1000.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>0.031739</v>
+        <v>0.158694</v>
       </c>
       <c r="Q189">
-        <v>102.431739</v>
+        <v>100.13</v>
       </c>
       <c r="R189">
-        <v>102.531739</v>
+        <v>101.058694</v>
       </c>
       <c r="S189">
-        <v>102.4</v>
+        <v>99.971306</v>
       </c>
       <c r="T189">
-        <v>102.5</v>
+        <v>100.9</v>
+      </c>
+      <c r="X189">
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45737.417581019</v>
+        <v>45804.513784722</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
+      <c r="F190">
+        <v>0.03</v>
+      </c>
       <c r="G190">
-        <v>102.268456</v>
+        <v>101.626956</v>
+      </c>
+      <c r="H190">
+        <v>1016.26956</v>
       </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>11.426</v>
       </c>
       <c r="K190" s="2">
         <v>45161.0</v>
       </c>
       <c r="L190" s="2">
         <v>46078.0</v>
       </c>
       <c r="M190">
         <v>15000</v>
       </c>
       <c r="N190">
         <v>1000.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
+      <c r="P190">
+        <v>0.126956</v>
+      </c>
       <c r="Q190">
-        <v>102.4</v>
+        <v>100.13</v>
       </c>
       <c r="R190">
-        <v>102.5</v>
+        <v>101.626956</v>
+      </c>
+      <c r="S190">
+        <v>100.003044</v>
+      </c>
+      <c r="T190">
+        <v>101.5</v>
+      </c>
+      <c r="X190">
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45736.417199074</v>
+        <v>45803.556608796</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
+      <c r="F191">
+        <v>0.03</v>
+      </c>
       <c r="G191">
-        <v>102.268456</v>
+        <v>101.595217</v>
+      </c>
+      <c r="H191">
+        <v>14223.33038</v>
       </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K191" s="2">
         <v>45161.0</v>
       </c>
       <c r="L191" s="2">
         <v>46078.0</v>
       </c>
       <c r="M191">
         <v>15000</v>
       </c>
       <c r="N191">
         <v>1000.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>-0.032886</v>
+        <v>0.095217</v>
       </c>
       <c r="Q191">
-        <v>102.367114</v>
+        <v>100.995217</v>
       </c>
       <c r="R191">
-        <v>102.467114</v>
+        <v>101.595217</v>
       </c>
       <c r="S191">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T191">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="X191">
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45735.550740741</v>
+        <v>45800.617581019</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
       <c r="F192">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="G192">
-        <v>102.268456</v>
+        <v>101.563478</v>
       </c>
       <c r="H192">
-        <v>64429.12728</v>
+        <v>14213.88692</v>
       </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K192" s="2">
         <v>45161.0</v>
       </c>
       <c r="L192" s="2">
         <v>46078.0</v>
       </c>
       <c r="M192">
         <v>15000</v>
       </c>
       <c r="N192">
         <v>1000.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>-0.131544</v>
+        <v>0.063478</v>
       </c>
       <c r="Q192">
-        <v>102.268456</v>
+        <v>100.963478</v>
       </c>
       <c r="R192">
-        <v>102.368456</v>
+        <v>101.563478</v>
       </c>
       <c r="S192">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T192">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
       <c r="X192">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45734.417083333</v>
+        <v>45799.416712963</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="G193">
-        <v>102.202683</v>
+        <v>101.436522</v>
       </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K193" s="2">
         <v>45161.0</v>
       </c>
       <c r="L193" s="2">
         <v>46078.0</v>
       </c>
       <c r="M193">
         <v>15000</v>
       </c>
       <c r="N193">
         <v>1000.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>-0.164431</v>
+        <v>0.031739</v>
       </c>
       <c r="Q193">
-        <v>102.235569</v>
+        <v>100.931739</v>
       </c>
       <c r="R193">
-        <v>102.335569</v>
+        <v>101.531739</v>
       </c>
       <c r="S193">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T193">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45733.640451389</v>
+        <v>45798.417685185</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
       <c r="F194">
-        <v>-0.99</v>
+        <v>0.06</v>
       </c>
       <c r="G194">
-        <v>102.202683</v>
+        <v>101.436522</v>
       </c>
       <c r="H194">
-        <v>1022.02683</v>
+        <v>2028.73044</v>
       </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K194" s="2">
         <v>45161.0</v>
       </c>
       <c r="L194" s="2">
         <v>46078.0</v>
       </c>
       <c r="M194">
         <v>15000</v>
       </c>
       <c r="N194">
         <v>1000.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>-0.197317</v>
+        <v>-0.063478</v>
       </c>
       <c r="Q194">
-        <v>102.202683</v>
+        <v>100.836522</v>
       </c>
       <c r="R194">
-        <v>102.302683</v>
+        <v>101.436522</v>
       </c>
       <c r="S194">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T194">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
       <c r="X194">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45730.417037037</v>
+        <v>45797.416678241</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="G195">
-        <v>103.223494</v>
+        <v>101.373044</v>
       </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K195" s="2">
         <v>45161.0</v>
       </c>
       <c r="L195" s="2">
         <v>46078.0</v>
       </c>
       <c r="M195">
         <v>15000</v>
       </c>
       <c r="N195">
         <v>1000.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>0.756381</v>
+        <v>-0.095217</v>
       </c>
       <c r="Q195">
-        <v>103.156381</v>
+        <v>100.804783</v>
       </c>
       <c r="R195">
-        <v>103.256381</v>
+        <v>101.404783</v>
       </c>
       <c r="S195">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T195">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45729.4553125</v>
+        <v>45796.508240741</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="F196">
-        <v>0.19</v>
+        <v>-0.87</v>
       </c>
       <c r="G196">
-        <v>103.223494</v>
+        <v>101.373044</v>
       </c>
       <c r="H196">
-        <v>1032.23494</v>
+        <v>10137.3044</v>
       </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K196" s="2">
         <v>45161.0</v>
       </c>
       <c r="L196" s="2">
         <v>46078.0</v>
       </c>
       <c r="M196">
         <v>15000</v>
       </c>
       <c r="N196">
         <v>1000.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>0.723494</v>
+        <v>-0.126956</v>
       </c>
       <c r="Q196">
-        <v>103.123494</v>
+        <v>100.773044</v>
       </c>
       <c r="R196">
-        <v>103.223494</v>
+        <v>101.373044</v>
       </c>
       <c r="S196">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T196">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
       <c r="X196">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45728.417083333</v>
+        <v>45793.416689815</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="G197">
-        <v>103.026178</v>
+        <v>102.261733</v>
       </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K197" s="2">
         <v>45161.0</v>
       </c>
       <c r="L197" s="2">
         <v>46078.0</v>
       </c>
       <c r="M197">
         <v>15000</v>
       </c>
       <c r="N197">
         <v>1000.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>0.624836</v>
+        <v>-0.158694</v>
       </c>
       <c r="Q197">
-        <v>103.024836</v>
+        <v>100.741306</v>
       </c>
       <c r="R197">
-        <v>103.124836</v>
+        <v>101.341306</v>
       </c>
       <c r="S197">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T197">
-        <v>102.5</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45727.416898148</v>
+        <v>45792.55380787</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
+      <c r="F198">
+        <v>-0.27</v>
+      </c>
       <c r="G198">
-        <v>103.026178</v>
+        <v>102.261733</v>
+      </c>
+      <c r="H198">
+        <v>87945.09038</v>
       </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K198" s="2">
         <v>45161.0</v>
       </c>
       <c r="L198" s="2">
         <v>46078.0</v>
       </c>
       <c r="M198">
         <v>15000</v>
       </c>
       <c r="N198">
         <v>1000.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>0.59195</v>
+        <v>0.761733</v>
       </c>
       <c r="Q198">
-        <v>102.99195</v>
+        <v>101.661733</v>
       </c>
       <c r="R198">
-        <v>103.09195</v>
+        <v>102.261733</v>
       </c>
       <c r="S198">
-        <v>102.4</v>
+        <v>100.9</v>
       </c>
       <c r="T198">
-        <v>102.5</v>
+        <v>101.5</v>
+      </c>
+      <c r="X198">
+        <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45726.417013889</v>
+        <v>45791.416678241</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="G199">
-        <v>103.026178</v>
+        <v>102.534778</v>
       </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K199" s="2">
         <v>45161.0</v>
       </c>
       <c r="L199" s="2">
         <v>46078.0</v>
       </c>
       <c r="M199">
         <v>15000</v>
       </c>
       <c r="N199">
         <v>1000.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>0.559064</v>
+        <v>0.666517</v>
       </c>
       <c r="Q199">
-        <v>102.959064</v>
+        <v>102.166517</v>
       </c>
       <c r="R199">
-        <v>103.059064</v>
+        <v>102.566517</v>
       </c>
       <c r="S199">
-        <v>102.4</v>
+        <v>101.5</v>
       </c>
       <c r="T199">
-        <v>102.5</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45723.609456019</v>
+        <v>45790.616145833</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="F200">
-        <v>0.13</v>
+        <v>-0.27</v>
       </c>
       <c r="G200">
-        <v>103.026178</v>
+        <v>102.534778</v>
       </c>
       <c r="H200">
-        <v>3090.78534</v>
+        <v>10253.4778</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K200" s="2">
         <v>45161.0</v>
       </c>
       <c r="L200" s="2">
         <v>46078.0</v>
       </c>
       <c r="M200">
         <v>15000</v>
       </c>
       <c r="N200">
         <v>1000.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>0.526178</v>
+        <v>0.634778</v>
       </c>
       <c r="Q200">
-        <v>102.926178</v>
+        <v>102.134778</v>
       </c>
       <c r="R200">
-        <v>103.026178</v>
+        <v>102.534778</v>
       </c>
       <c r="S200">
-        <v>102.4</v>
+        <v>101.5</v>
       </c>
       <c r="T200">
-        <v>102.5</v>
+        <v>101.9</v>
       </c>
       <c r="X200">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45722.498541667</v>
+        <v>45789.416666667</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
-      <c r="F201">
-[...1 lines deleted...]
-      </c>
       <c r="G201">
-        <v>102.893292</v>
-[...2 lines deleted...]
-        <v>6172.53168</v>
+        <v>102.81</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K201" s="2">
         <v>45161.0</v>
       </c>
       <c r="L201" s="2">
         <v>46078.0</v>
       </c>
       <c r="M201">
         <v>15000</v>
       </c>
       <c r="N201">
         <v>1000.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>0.493292</v>
+        <v>0.603039</v>
       </c>
       <c r="Q201">
-        <v>102.893292</v>
+        <v>102.103039</v>
       </c>
       <c r="R201">
-        <v>102.993292</v>
+        <v>102.503039</v>
       </c>
       <c r="S201">
-        <v>102.4</v>
+        <v>101.5</v>
       </c>
       <c r="T201">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45721.64</v>
+        <v>45786.601030093</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
-      <c r="F202">
-[...1 lines deleted...]
-      </c>
       <c r="G202">
-        <v>102.394633</v>
-[...2 lines deleted...]
-        <v>25647.91192</v>
+        <v>102.81</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K202" s="2">
         <v>45161.0</v>
       </c>
       <c r="L202" s="2">
         <v>46078.0</v>
       </c>
       <c r="M202">
         <v>15000</v>
       </c>
       <c r="N202">
         <v>1000.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>0.394633</v>
+        <v>0.5713</v>
       </c>
       <c r="Q202">
-        <v>102.394633</v>
+        <v>102.0713</v>
       </c>
       <c r="R202">
-        <v>102.79</v>
+        <v>102.4713</v>
       </c>
       <c r="S202">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T202">
-        <v>102.395367</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45720.520451389</v>
+        <v>45785.417939815</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
-      <c r="F203">
-[...1 lines deleted...]
-      </c>
       <c r="G203">
-        <v>102.723747</v>
-[...2 lines deleted...]
-        <v>1027.23747</v>
+        <v>102.81</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K203" s="2">
         <v>45161.0</v>
       </c>
       <c r="L203" s="2">
         <v>46078.0</v>
       </c>
       <c r="M203">
         <v>15000</v>
       </c>
       <c r="N203">
         <v>1000.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>0.361747</v>
+        <v>0.539561</v>
       </c>
       <c r="Q203">
-        <v>102.361747</v>
+        <v>102.039561</v>
       </c>
       <c r="R203">
-        <v>102.761747</v>
+        <v>102.81</v>
       </c>
       <c r="S203">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T203">
-        <v>102.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.270439</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45719.561435185</v>
+        <v>45784.418136574</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="G204">
-        <v>102.098658</v>
+        <v>102.81</v>
       </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K204" s="2">
         <v>45161.0</v>
       </c>
       <c r="L204" s="2">
         <v>46078.0</v>
       </c>
       <c r="M204">
         <v>15000</v>
       </c>
       <c r="N204">
         <v>1000.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>0.328861</v>
+        <v>0.444344</v>
       </c>
       <c r="Q204">
-        <v>102.328861</v>
+        <v>101.944344</v>
       </c>
       <c r="R204">
-        <v>102.628861</v>
+        <v>102.81</v>
       </c>
       <c r="S204">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T204">
-        <v>102.3</v>
+        <v>102.365656</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45716.416909722</v>
+        <v>45783.53025463</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
+      <c r="F205">
+        <v>1.02</v>
+      </c>
       <c r="G205">
-        <v>102.098658</v>
+        <v>102.81</v>
+      </c>
+      <c r="H205">
+        <v>61482.23754</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K205" s="2">
         <v>45161.0</v>
       </c>
       <c r="L205" s="2">
         <v>46078.0</v>
       </c>
       <c r="M205">
         <v>15000</v>
       </c>
       <c r="N205">
         <v>1000.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>0.295975</v>
+        <v>0.412606</v>
       </c>
       <c r="Q205">
-        <v>102.295975</v>
+        <v>101.912606</v>
       </c>
       <c r="R205">
-        <v>102.795975</v>
+        <v>102.81</v>
       </c>
       <c r="S205">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T205">
-        <v>102.5</v>
+        <v>102.397394</v>
+      </c>
+      <c r="X205">
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45715.586712963</v>
+        <v>45782.355300926</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="G206">
-        <v>102.098658</v>
+        <v>101.768261</v>
       </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K206" s="2">
         <v>45161.0</v>
       </c>
       <c r="L206" s="2">
         <v>46078.0</v>
       </c>
       <c r="M206">
         <v>15000</v>
       </c>
       <c r="N206">
         <v>1000.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>0.263089</v>
-[...11 lines deleted...]
-        <v>102.5</v>
+        <v>0.380867</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45714.619409722</v>
+        <v>45779.355104167</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
-      <c r="F207">
-[...1 lines deleted...]
-      </c>
       <c r="G207">
-        <v>102.098658</v>
-[...2 lines deleted...]
-        <v>2041.97316</v>
+        <v>101.768261</v>
       </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K207" s="2">
         <v>45161.0</v>
       </c>
       <c r="L207" s="2">
         <v>46078.0</v>
       </c>
       <c r="M207">
         <v>15000</v>
       </c>
       <c r="N207">
         <v>1000.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>0.098658</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>0.349128</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45713.416990741</v>
+        <v>45777.416898148</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
       <c r="G208">
-        <v>102.5</v>
+        <v>101.768261</v>
       </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K208" s="2">
         <v>45161.0</v>
       </c>
       <c r="L208" s="2">
         <v>46078.0</v>
       </c>
       <c r="M208">
         <v>15000</v>
       </c>
       <c r="N208">
         <v>1000.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>0.065772</v>
+        <v>0.317389</v>
       </c>
       <c r="Q208">
-        <v>102.065772</v>
+        <v>101.817389</v>
       </c>
       <c r="R208">
-        <v>102.465772</v>
+        <v>102.117389</v>
       </c>
       <c r="S208">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T208">
-        <v>102.4</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45712.431226852</v>
+        <v>45776.416759259</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
       <c r="G209">
-        <v>102.5</v>
+        <v>101.768261</v>
       </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K209" s="2">
         <v>45161.0</v>
       </c>
       <c r="L209" s="2">
         <v>46078.0</v>
       </c>
       <c r="M209">
         <v>15000</v>
       </c>
       <c r="N209">
         <v>1000.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
       <c r="P209">
-        <v>0.032886</v>
+        <v>0.222172</v>
       </c>
       <c r="Q209">
-        <v>102.032886</v>
+        <v>101.722172</v>
       </c>
       <c r="R209">
-        <v>102.432886</v>
+        <v>102.022172</v>
       </c>
       <c r="S209">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T209">
-        <v>102.4</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45709.570034722</v>
+        <v>45775.418761574</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
-      <c r="F210">
-[...1 lines deleted...]
-      </c>
       <c r="G210">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>2050.0</v>
+        <v>101.768261</v>
       </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K210" s="2">
         <v>45161.0</v>
       </c>
       <c r="L210" s="2">
         <v>46078.0</v>
       </c>
       <c r="M210">
         <v>15000</v>
       </c>
       <c r="N210">
         <v>1000.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
+      <c r="P210">
+        <v>0.158694</v>
+      </c>
       <c r="Q210">
-        <v>102.03</v>
+        <v>101.658694</v>
       </c>
       <c r="R210">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.958694</v>
+      </c>
+      <c r="S210">
+        <v>101.5</v>
+      </c>
+      <c r="T210">
+        <v>101.8</v>
       </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45708.520972222</v>
+        <v>45772.416678241</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
-      <c r="F211">
-[...1 lines deleted...]
-      </c>
       <c r="G211">
-        <v>101.967114</v>
-[...2 lines deleted...]
-        <v>5098.3557</v>
+        <v>101.768261</v>
       </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K211" s="2">
         <v>45161.0</v>
       </c>
       <c r="L211" s="2">
         <v>46078.0</v>
       </c>
       <c r="M211">
         <v>15000</v>
       </c>
       <c r="N211">
         <v>1000.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>-0.032886</v>
+        <v>0.126956</v>
       </c>
       <c r="Q211">
-        <v>101.967114</v>
+        <v>101.026956</v>
       </c>
       <c r="R211">
-        <v>102.76</v>
+        <v>101.926956</v>
       </c>
       <c r="S211">
-        <v>102.0</v>
+        <v>100.9</v>
       </c>
       <c r="T211">
-        <v>102.792886</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45707.588009259</v>
+        <v>45771.416712963</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="G212">
-        <v>103.05</v>
+        <v>101.768261</v>
       </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K212" s="2">
         <v>45161.0</v>
       </c>
       <c r="L212" s="2">
         <v>46078.0</v>
       </c>
       <c r="M212">
         <v>15000</v>
       </c>
       <c r="N212">
         <v>1000.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>-0.131544</v>
+        <v>0.095217</v>
       </c>
       <c r="Q212">
-        <v>99.968456</v>
+        <v>100.995217</v>
       </c>
       <c r="R212">
-        <v>102.76</v>
+        <v>101.895217</v>
       </c>
       <c r="S212">
-        <v>100.1</v>
+        <v>100.9</v>
       </c>
       <c r="T212">
-        <v>102.891544</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45706.651331019</v>
+        <v>45770.416967593</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
-      <c r="F213">
-[...1 lines deleted...]
-      </c>
       <c r="G213">
-        <v>103.05</v>
-[...2 lines deleted...]
-        <v>1030.5</v>
+        <v>101.768261</v>
       </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K213" s="2">
         <v>45161.0</v>
       </c>
       <c r="L213" s="2">
         <v>46078.0</v>
       </c>
       <c r="M213">
         <v>15000</v>
       </c>
       <c r="N213">
         <v>1000.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
-      <c r="P213">
-[...1 lines deleted...]
-      </c>
       <c r="Q213">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="R213">
-        <v>102.735569</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45705.534918981</v>
+        <v>45769.542581019</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
       <c r="F214">
-        <v>-3.76</v>
+        <v>1.22</v>
       </c>
       <c r="G214">
-        <v>99.902683</v>
+        <v>101.768261</v>
       </c>
       <c r="H214">
-        <v>18981.50977</v>
+        <v>2026.36522</v>
       </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K214" s="2">
         <v>45161.0</v>
       </c>
       <c r="L214" s="2">
         <v>46078.0</v>
       </c>
       <c r="M214">
         <v>15000</v>
       </c>
       <c r="N214">
         <v>1000.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>-0.197317</v>
+        <v>-0.031739</v>
       </c>
       <c r="Q214">
-        <v>99.95</v>
+        <v>100.868261</v>
       </c>
       <c r="R214">
-        <v>103.05</v>
+        <v>101.768261</v>
       </c>
       <c r="S214">
-        <v>100.147317</v>
+        <v>100.9</v>
       </c>
       <c r="T214">
-        <v>103.247317</v>
+        <v>101.8</v>
       </c>
       <c r="X214">
         <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45702.420231481</v>
+        <v>45764.416736111</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
       <c r="G215">
-        <v>103.809064</v>
+        <v>100.544344</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K215" s="2">
         <v>45161.0</v>
       </c>
       <c r="L215" s="2">
         <v>46078.0</v>
       </c>
       <c r="M215">
         <v>15000</v>
       </c>
       <c r="N215">
         <v>1000.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
       <c r="P215">
-        <v>0.756381</v>
+        <v>-0.063478</v>
+      </c>
+      <c r="Q215">
+        <v>100.836522</v>
       </c>
       <c r="R215">
-        <v>103.84</v>
+        <v>101.736522</v>
+      </c>
+      <c r="S215">
+        <v>100.9</v>
       </c>
       <c r="T215">
-        <v>103.083619</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45701.422013889</v>
+        <v>45763.416759259</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="G216">
-        <v>103.809064</v>
+        <v>100.544344</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K216" s="2">
         <v>45161.0</v>
       </c>
       <c r="L216" s="2">
         <v>46078.0</v>
       </c>
       <c r="M216">
         <v>15000</v>
       </c>
       <c r="N216">
         <v>1000.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>0.723494</v>
+        <v>-0.095217</v>
+      </c>
+      <c r="Q216">
+        <v>100.804783</v>
       </c>
       <c r="R216">
-        <v>103.84</v>
+        <v>101.704783</v>
+      </c>
+      <c r="S216">
+        <v>100.9</v>
       </c>
       <c r="T216">
-        <v>103.116506</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45700.421006944</v>
+        <v>45762.480983796</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="G217">
-        <v>103.809064</v>
+        <v>100.544344</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K217" s="2">
         <v>45161.0</v>
       </c>
       <c r="L217" s="2">
         <v>46078.0</v>
       </c>
       <c r="M217">
         <v>15000</v>
       </c>
       <c r="N217">
         <v>1000.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>0.624836</v>
+        <v>-0.253911</v>
+      </c>
+      <c r="Q217">
+        <v>100.646089</v>
       </c>
       <c r="R217">
-        <v>103.84</v>
+        <v>101.546089</v>
+      </c>
+      <c r="S217">
+        <v>100.9</v>
       </c>
       <c r="T217">
-        <v>103.215164</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45699.466180556</v>
+        <v>45761.571550926</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
       <c r="G218">
-        <v>103.809064</v>
+        <v>100.544344</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K218" s="2">
         <v>45161.0</v>
       </c>
       <c r="L218" s="2">
         <v>46078.0</v>
       </c>
       <c r="M218">
         <v>15000</v>
       </c>
       <c r="N218">
         <v>1000.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>0.59195</v>
+        <v>0.666517</v>
+      </c>
+      <c r="Q218">
+        <v>101.516517</v>
       </c>
       <c r="R218">
-        <v>103.84</v>
+        <v>102.4</v>
+      </c>
+      <c r="S218">
+        <v>100.85</v>
       </c>
       <c r="T218">
-        <v>103.24805</v>
+        <v>101.733483</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45698.64275463</v>
+        <v>45758.419849537</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
-      <c r="F219">
-[...1 lines deleted...]
-      </c>
       <c r="G219">
-        <v>103.809064</v>
-[...2 lines deleted...]
-        <v>6228.06256</v>
+        <v>100.544344</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K219" s="2">
         <v>45161.0</v>
       </c>
       <c r="L219" s="2">
         <v>46078.0</v>
       </c>
       <c r="M219">
         <v>15000</v>
       </c>
       <c r="N219">
         <v>1000.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>0.559064</v>
+        <v>0.634778</v>
       </c>
       <c r="Q219">
-        <v>103.459064</v>
+        <v>101.364778</v>
       </c>
       <c r="R219">
-        <v>103.809064</v>
+        <v>102.4</v>
       </c>
       <c r="S219">
-        <v>102.9</v>
+        <v>100.73</v>
       </c>
       <c r="T219">
-        <v>103.25</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.765222</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45695.602488426</v>
+        <v>45757.636597222</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="G220">
-        <v>103.694633</v>
+        <v>100.544344</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K220" s="2">
         <v>45161.0</v>
       </c>
       <c r="L220" s="2">
         <v>46078.0</v>
       </c>
       <c r="M220">
         <v>15000</v>
       </c>
       <c r="N220">
         <v>1000.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>0.526178</v>
+        <v>0.603039</v>
+      </c>
+      <c r="Q220">
+        <v>100.703039</v>
       </c>
       <c r="R220">
-        <v>103.77</v>
+        <v>102.4</v>
+      </c>
+      <c r="S220">
+        <v>100.1</v>
       </c>
       <c r="T220">
-        <v>103.243822</v>
+        <v>101.796961</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45694.593969907</v>
+        <v>45756.569606481</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="G221">
-        <v>103.694633</v>
+        <v>100.544344</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K221" s="2">
         <v>45161.0</v>
       </c>
       <c r="L221" s="2">
         <v>46078.0</v>
       </c>
       <c r="M221">
         <v>15000</v>
       </c>
       <c r="N221">
         <v>1000.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>0.493292</v>
+        <v>0.507822</v>
+      </c>
+      <c r="Q221">
+        <v>100.607822</v>
       </c>
       <c r="R221">
-        <v>103.743292</v>
+        <v>102.407822</v>
+      </c>
+      <c r="S221">
+        <v>100.1</v>
       </c>
       <c r="T221">
-        <v>103.25</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45693.582083333</v>
+        <v>45755.531458333</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
-      <c r="F222">
-[...1 lines deleted...]
-      </c>
       <c r="G222">
-        <v>103.694633</v>
-[...2 lines deleted...]
-        <v>1036.94633</v>
+        <v>100.544344</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K222" s="2">
         <v>45161.0</v>
       </c>
       <c r="L222" s="2">
         <v>46078.0</v>
       </c>
       <c r="M222">
         <v>15000</v>
       </c>
       <c r="N222">
         <v>1000.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>0.394633</v>
+        <v>0.476083</v>
       </c>
       <c r="Q222">
-        <v>100.894633</v>
+        <v>101.7</v>
       </c>
       <c r="R222">
-        <v>103.644633</v>
+        <v>102.8</v>
       </c>
       <c r="S222">
-        <v>100.5</v>
+        <v>101.223917</v>
       </c>
       <c r="T222">
-        <v>103.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.323917</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45692.529409722</v>
+        <v>45754.581608796</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
       <c r="F223">
-        <v>0.57</v>
+        <v>-2.21</v>
       </c>
       <c r="G223">
-        <v>103.661747</v>
+        <v>100.544344</v>
       </c>
       <c r="H223">
-        <v>2073.23494</v>
+        <v>10054.4344</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K223" s="2">
         <v>45161.0</v>
       </c>
       <c r="L223" s="2">
         <v>46078.0</v>
       </c>
       <c r="M223">
         <v>15000</v>
       </c>
       <c r="N223">
         <v>1000.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>0.361747</v>
+        <v>0.444344</v>
       </c>
       <c r="Q223">
-        <v>103.661747</v>
+        <v>95.444344</v>
       </c>
       <c r="R223">
-        <v>105.16</v>
+        <v>102.64</v>
       </c>
       <c r="S223">
-        <v>103.3</v>
+        <v>95.0</v>
       </c>
       <c r="T223">
-        <v>104.798253</v>
+        <v>102.195656</v>
       </c>
       <c r="X223">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45691.426701389</v>
+        <v>45751.644467593</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
+      <c r="F224">
+        <v>0.06</v>
+      </c>
       <c r="G224">
-        <v>103.078431</v>
+        <v>102.812606</v>
+      </c>
+      <c r="H224">
+        <v>59631.31148</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K224" s="2">
         <v>45161.0</v>
       </c>
       <c r="L224" s="2">
         <v>46078.0</v>
       </c>
       <c r="M224">
         <v>15000</v>
       </c>
       <c r="N224">
         <v>1000.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>0.328861</v>
+        <v>0.412606</v>
       </c>
       <c r="Q224">
-        <v>103.328861</v>
+        <v>100.52</v>
       </c>
       <c r="R224">
-        <v>104.96</v>
+        <v>102.8</v>
       </c>
       <c r="S224">
-        <v>103.0</v>
+        <v>100.107394</v>
       </c>
       <c r="T224">
-        <v>104.631139</v>
+        <v>102.387394</v>
+      </c>
+      <c r="X224">
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45688.419641204</v>
+        <v>45750.416759259</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="G225">
-        <v>103.078431</v>
+        <v>102.753911</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K225" s="2">
         <v>45161.0</v>
       </c>
       <c r="L225" s="2">
         <v>46078.0</v>
       </c>
       <c r="M225">
         <v>15000</v>
       </c>
       <c r="N225">
         <v>1000.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>0.295975</v>
+        <v>0.412606</v>
       </c>
       <c r="Q225">
-        <v>103.295975</v>
+        <v>102.780867</v>
       </c>
       <c r="R225">
-        <v>104.96</v>
+        <v>102.880867</v>
       </c>
       <c r="S225">
-        <v>103.0</v>
+        <v>102.368261</v>
       </c>
       <c r="T225">
-        <v>104.664025</v>
+        <v>102.468261</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45687.443460648</v>
+        <v>45749.416747685</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
       <c r="G226">
-        <v>103.078431</v>
+        <v>102.753911</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K226" s="2">
         <v>45161.0</v>
       </c>
       <c r="L226" s="2">
         <v>46078.0</v>
       </c>
       <c r="M226">
         <v>15000</v>
       </c>
       <c r="N226">
         <v>1000.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>0.263089</v>
+        <v>0.28565</v>
       </c>
       <c r="Q226">
-        <v>103.263089</v>
+        <v>102.68565</v>
       </c>
       <c r="R226">
-        <v>104.5</v>
+        <v>102.78565</v>
       </c>
       <c r="S226">
-        <v>103.0</v>
+        <v>102.4</v>
       </c>
       <c r="T226">
-        <v>104.236911</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45686.540335648</v>
+        <v>45748.598125</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
+      <c r="F227">
+        <v>0.19</v>
+      </c>
       <c r="G227">
-        <v>103.078431</v>
+        <v>102.753911</v>
+      </c>
+      <c r="H227">
+        <v>1027.53911</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K227" s="2">
         <v>45161.0</v>
       </c>
       <c r="L227" s="2">
         <v>46078.0</v>
       </c>
       <c r="M227">
         <v>15000</v>
       </c>
       <c r="N227">
         <v>1000.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>0.164431</v>
+        <v>0.253911</v>
       </c>
       <c r="Q227">
-        <v>103.164431</v>
+        <v>102.653911</v>
       </c>
       <c r="R227">
-        <v>104.96</v>
+        <v>102.753911</v>
       </c>
       <c r="S227">
-        <v>103.0</v>
+        <v>102.4</v>
       </c>
       <c r="T227">
-        <v>104.795569</v>
+        <v>102.5</v>
+      </c>
+      <c r="X227">
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45685.522962963</v>
+        <v>45747.416712963</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
-      <c r="F228">
-[...1 lines deleted...]
-      </c>
       <c r="G228">
-        <v>103.078431</v>
-[...2 lines deleted...]
-        <v>10307.8431</v>
+        <v>102.558694</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K228" s="2">
         <v>45161.0</v>
       </c>
       <c r="L228" s="2">
         <v>46078.0</v>
       </c>
       <c r="M228">
         <v>15000</v>
       </c>
       <c r="N228">
         <v>1000.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>0.164431</v>
+        <v>0.222172</v>
       </c>
       <c r="Q228">
-        <v>102.914431</v>
+        <v>102.622172</v>
       </c>
       <c r="R228">
-        <v>105.0</v>
+        <v>102.722172</v>
       </c>
       <c r="S228">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T228">
-        <v>104.835569</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45684.551909722</v>
+        <v>45744.417222222</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
-      <c r="F229">
-[...1 lines deleted...]
-      </c>
       <c r="G229">
-        <v>102.881544</v>
-[...2 lines deleted...]
-        <v>3086.44632</v>
+        <v>102.558694</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K229" s="2">
         <v>45161.0</v>
       </c>
       <c r="L229" s="2">
         <v>46078.0</v>
       </c>
       <c r="M229">
         <v>15000</v>
       </c>
       <c r="N229">
         <v>1000.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>0.131544</v>
+        <v>0.190433</v>
       </c>
       <c r="Q229">
-        <v>102.881544</v>
+        <v>102.590433</v>
       </c>
       <c r="R229">
-        <v>103.631544</v>
+        <v>102.690433</v>
       </c>
       <c r="S229">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T229">
-        <v>103.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45681.417025463</v>
+        <v>45743.622766204</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
+      <c r="F230">
+        <v>-0.04</v>
+      </c>
       <c r="G230">
-        <v>103.46</v>
+        <v>102.558694</v>
+      </c>
+      <c r="H230">
+        <v>41023.4776</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K230" s="2">
         <v>45161.0</v>
       </c>
       <c r="L230" s="2">
         <v>46078.0</v>
       </c>
       <c r="M230">
         <v>15000</v>
       </c>
       <c r="N230">
         <v>1000.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>0.098658</v>
+        <v>0.158694</v>
       </c>
       <c r="Q230">
-        <v>102.848658</v>
+        <v>102.558694</v>
       </c>
       <c r="R230">
-        <v>103.598658</v>
+        <v>102.658694</v>
       </c>
       <c r="S230">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T230">
-        <v>103.5</v>
+        <v>102.5</v>
+      </c>
+      <c r="X230">
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45680.416979167</v>
+        <v>45742.503032407</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
+      <c r="F231">
+        <v>0.13</v>
+      </c>
       <c r="G231">
-        <v>103.46</v>
+        <v>102.595217</v>
+      </c>
+      <c r="H231">
+        <v>6154.71302</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K231" s="2">
         <v>45161.0</v>
       </c>
       <c r="L231" s="2">
         <v>46078.0</v>
       </c>
       <c r="M231">
         <v>15000</v>
       </c>
       <c r="N231">
         <v>1000.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>0.065772</v>
+        <v>0.095217</v>
       </c>
       <c r="Q231">
-        <v>102.815772</v>
+        <v>102.495217</v>
       </c>
       <c r="R231">
-        <v>103.565772</v>
+        <v>102.595217</v>
       </c>
       <c r="S231">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T231">
-        <v>103.5</v>
+        <v>102.5</v>
+      </c>
+      <c r="X231">
+        <v>2</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45679.508622685</v>
+        <v>45741.663159722</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
+      <c r="F232">
+        <v>0.19</v>
+      </c>
       <c r="G232">
-        <v>103.46</v>
+        <v>102.463478</v>
+      </c>
+      <c r="H232">
+        <v>9221.71302</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K232" s="2">
         <v>45161.0</v>
       </c>
       <c r="L232" s="2">
         <v>46078.0</v>
       </c>
       <c r="M232">
         <v>15000</v>
       </c>
       <c r="N232">
         <v>1000.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>-0.032886</v>
+        <v>0.063478</v>
       </c>
       <c r="Q232">
-        <v>102.717114</v>
+        <v>102.463478</v>
       </c>
       <c r="R232">
-        <v>103.467114</v>
+        <v>102.563478</v>
       </c>
       <c r="S232">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T232">
-        <v>103.5</v>
+        <v>102.5</v>
+      </c>
+      <c r="X232">
+        <v>2</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45678.42150463</v>
+        <v>45740.416956019</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="G233">
-        <v>103.46</v>
+        <v>102.268456</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K233" s="2">
         <v>45161.0</v>
       </c>
       <c r="L233" s="2">
         <v>46078.0</v>
       </c>
       <c r="M233">
         <v>15000</v>
       </c>
       <c r="N233">
         <v>1000.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>-0.065772</v>
+        <v>0.031739</v>
       </c>
       <c r="Q233">
-        <v>102.684228</v>
+        <v>102.431739</v>
       </c>
       <c r="R233">
-        <v>104.8</v>
+        <v>102.531739</v>
       </c>
       <c r="S233">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T233">
-        <v>104.865772</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45677.628287037</v>
+        <v>45737.417581019</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="G234">
-        <v>103.46</v>
+        <v>102.268456</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
-        <v>11.839</v>
+        <v>11.426</v>
       </c>
       <c r="K234" s="2">
         <v>45161.0</v>
       </c>
       <c r="L234" s="2">
         <v>46078.0</v>
       </c>
       <c r="M234">
         <v>15000</v>
       </c>
       <c r="N234">
         <v>1000.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
-      <c r="P234">
-[...1 lines deleted...]
-      </c>
       <c r="Q234">
-        <v>102.651342</v>
+        <v>102.4</v>
       </c>
       <c r="R234">
-        <v>104.8</v>
-[...5 lines deleted...]
-        <v>104.898658</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45674.656689815</v>
+        <v>45736.417199074</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
-      <c r="F235">
-[...1 lines deleted...]
-      </c>
       <c r="G235">
-        <v>103.46</v>
-[...2 lines deleted...]
-        <v>4132.48456</v>
+        <v>102.268456</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>11.839</v>
       </c>
       <c r="K235" s="2">
         <v>45161.0</v>
       </c>
       <c r="L235" s="2">
         <v>46078.0</v>
       </c>
       <c r="M235">
         <v>15000</v>
       </c>
       <c r="N235">
         <v>1000.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
       <c r="P235">
-        <v>-0.131544</v>
+        <v>-0.032886</v>
       </c>
       <c r="Q235">
-        <v>102.618456</v>
+        <v>102.367114</v>
       </c>
       <c r="R235">
-        <v>104.768456</v>
+        <v>102.467114</v>
       </c>
       <c r="S235">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T235">
-        <v>104.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45673.417060185</v>
+        <v>45735.550740741</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
+      <c r="F236">
+        <v>0.06</v>
+      </c>
       <c r="G236">
-        <v>103.374836</v>
+        <v>102.268456</v>
+      </c>
+      <c r="H236">
+        <v>64429.12728</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>11.839</v>
       </c>
       <c r="K236" s="2">
         <v>45161.0</v>
       </c>
       <c r="L236" s="2">
         <v>46078.0</v>
       </c>
       <c r="M236">
         <v>15000</v>
       </c>
       <c r="N236">
         <v>1000.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>0.822153</v>
+        <v>-0.131544</v>
       </c>
       <c r="Q236">
-        <v>103.572153</v>
+        <v>102.268456</v>
       </c>
       <c r="R236">
-        <v>103.822153</v>
+        <v>102.368456</v>
       </c>
       <c r="S236">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T236">
-        <v>103.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X236">
+        <v>4</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45672.417002315</v>
+        <v>45734.417083333</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
       <c r="G237">
-        <v>103.374836</v>
+        <v>102.202683</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>11.839</v>
       </c>
       <c r="K237" s="2">
         <v>45161.0</v>
       </c>
       <c r="L237" s="2">
         <v>46078.0</v>
       </c>
       <c r="M237">
         <v>15000</v>
       </c>
       <c r="N237">
         <v>1000.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>0.723494</v>
+        <v>-0.164431</v>
       </c>
       <c r="Q237">
-        <v>103.473494</v>
+        <v>102.235569</v>
       </c>
       <c r="R237">
-        <v>103.723494</v>
+        <v>102.335569</v>
       </c>
       <c r="S237">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T237">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45671.417013889</v>
+        <v>45733.640451389</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
+      <c r="F238">
+        <v>-0.99</v>
+      </c>
       <c r="G238">
-        <v>103.374836</v>
+        <v>102.202683</v>
+      </c>
+      <c r="H238">
+        <v>1022.02683</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>11.839</v>
       </c>
       <c r="K238" s="2">
         <v>45161.0</v>
       </c>
       <c r="L238" s="2">
         <v>46078.0</v>
       </c>
       <c r="M238">
         <v>15000</v>
       </c>
       <c r="N238">
         <v>1000.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
       </c>
       <c r="P238">
-        <v>0.690608</v>
+        <v>-0.197317</v>
       </c>
       <c r="Q238">
-        <v>103.440608</v>
+        <v>102.202683</v>
       </c>
       <c r="R238">
-        <v>103.690608</v>
+        <v>102.302683</v>
       </c>
       <c r="S238">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T238">
-        <v>103.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X238">
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45670.417303241</v>
+        <v>45730.417037037</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="G239">
-        <v>103.374836</v>
+        <v>103.223494</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>11.839</v>
       </c>
       <c r="K239" s="2">
         <v>45161.0</v>
       </c>
       <c r="L239" s="2">
         <v>46078.0</v>
       </c>
       <c r="M239">
         <v>15000</v>
       </c>
       <c r="N239">
         <v>1000.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>0.657722</v>
+        <v>0.756381</v>
       </c>
       <c r="Q239">
-        <v>103.407722</v>
+        <v>103.156381</v>
       </c>
       <c r="R239">
-        <v>103.657722</v>
+        <v>103.256381</v>
       </c>
       <c r="S239">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T239">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45667.642002315</v>
+        <v>45729.4553125</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="F240">
-        <v>-0.05</v>
+        <v>0.19</v>
       </c>
       <c r="G240">
-        <v>103.374836</v>
+        <v>103.223494</v>
       </c>
       <c r="H240">
-        <v>18607.47048</v>
+        <v>1032.23494</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>11.839</v>
       </c>
       <c r="K240" s="2">
         <v>45161.0</v>
       </c>
       <c r="L240" s="2">
         <v>46078.0</v>
       </c>
       <c r="M240">
         <v>15000</v>
       </c>
       <c r="N240">
         <v>1000.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>0.624836</v>
+        <v>0.723494</v>
       </c>
       <c r="Q240">
-        <v>103.374836</v>
+        <v>103.123494</v>
       </c>
       <c r="R240">
-        <v>103.624836</v>
+        <v>103.223494</v>
       </c>
       <c r="S240">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T240">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
       <c r="X240">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45666.417175926</v>
+        <v>45728.417083333</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="G241">
-        <v>103.427519</v>
+        <v>103.026178</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>11.839</v>
       </c>
       <c r="K241" s="2">
         <v>45161.0</v>
       </c>
       <c r="L241" s="2">
         <v>46078.0</v>
       </c>
       <c r="M241">
         <v>15000</v>
       </c>
       <c r="N241">
         <v>1000.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>0.59195</v>
+        <v>0.624836</v>
       </c>
       <c r="Q241">
-        <v>103.34195</v>
+        <v>103.024836</v>
       </c>
       <c r="R241">
-        <v>103.59195</v>
+        <v>103.124836</v>
       </c>
       <c r="S241">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T241">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45665.417106481</v>
+        <v>45727.416898148</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="G242">
-        <v>103.427519</v>
+        <v>103.026178</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>11.839</v>
       </c>
       <c r="K242" s="2">
         <v>45161.0</v>
       </c>
       <c r="L242" s="2">
         <v>46078.0</v>
       </c>
       <c r="M242">
         <v>15000</v>
       </c>
       <c r="N242">
         <v>1000.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>0.493292</v>
+        <v>0.59195</v>
       </c>
       <c r="Q242">
-        <v>103.243292</v>
+        <v>102.99195</v>
       </c>
       <c r="R242">
-        <v>103.493292</v>
+        <v>103.09195</v>
       </c>
       <c r="S242">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T242">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45664.416956019</v>
+        <v>45726.417013889</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>25</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="G243">
-        <v>103.427519</v>
+        <v>103.026178</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>11.839</v>
       </c>
       <c r="K243" s="2">
         <v>45161.0</v>
       </c>
       <c r="L243" s="2">
         <v>46078.0</v>
       </c>
       <c r="M243">
         <v>15000</v>
       </c>
       <c r="N243">
         <v>1000.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>0.460406</v>
+        <v>0.559064</v>
       </c>
       <c r="Q243">
-        <v>103.210406</v>
+        <v>102.959064</v>
       </c>
       <c r="R243">
-        <v>103.460406</v>
+        <v>103.059064</v>
       </c>
       <c r="S243">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T243">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45663.639560185</v>
+        <v>45723.609456019</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
       <c r="F244">
-        <v>0.31</v>
+        <v>0.13</v>
       </c>
       <c r="G244">
-        <v>103.427519</v>
+        <v>103.026178</v>
       </c>
       <c r="H244">
-        <v>35081.50608</v>
+        <v>3090.78534</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>11.839</v>
       </c>
       <c r="K244" s="2">
         <v>45161.0</v>
       </c>
       <c r="L244" s="2">
         <v>46078.0</v>
       </c>
       <c r="M244">
         <v>15000</v>
       </c>
       <c r="N244">
         <v>1000.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>0.427519</v>
+        <v>0.526178</v>
       </c>
       <c r="Q244">
-        <v>103.177519</v>
+        <v>102.926178</v>
       </c>
       <c r="R244">
-        <v>103.427519</v>
+        <v>103.026178</v>
       </c>
       <c r="S244">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
       <c r="T244">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
       <c r="X244">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45660.468923611</v>
+        <v>45722.498541667</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>25</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
+      <c r="F245">
+        <v>0.49</v>
+      </c>
       <c r="G245">
-        <v>103.111747</v>
+        <v>102.893292</v>
+      </c>
+      <c r="H245">
+        <v>6172.53168</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>11.839</v>
       </c>
       <c r="K245" s="2">
         <v>45161.0</v>
       </c>
       <c r="L245" s="2">
         <v>46078.0</v>
       </c>
       <c r="M245">
         <v>15000</v>
       </c>
       <c r="N245">
         <v>1000.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>0.394633</v>
+        <v>0.493292</v>
       </c>
       <c r="Q245">
-        <v>101.73</v>
+        <v>102.893292</v>
       </c>
       <c r="R245">
-        <v>102.393633</v>
+        <v>102.993292</v>
       </c>
       <c r="S245">
-        <v>101.335367</v>
+        <v>102.4</v>
       </c>
       <c r="T245">
-        <v>101.999</v>
+        <v>102.5</v>
+      </c>
+      <c r="X245">
+        <v>3</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45659.641666667</v>
+        <v>45721.64</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="F246">
-        <v>-0.35</v>
+        <v>-0.32</v>
       </c>
       <c r="G246">
-        <v>103.111747</v>
+        <v>102.394633</v>
       </c>
       <c r="H246">
-        <v>61779.5482</v>
+        <v>25647.91192</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>11.839</v>
       </c>
       <c r="K246" s="2">
         <v>45161.0</v>
       </c>
       <c r="L246" s="2">
         <v>46078.0</v>
       </c>
       <c r="M246">
         <v>15000</v>
       </c>
       <c r="N246">
         <v>1000.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>0.361747</v>
+        <v>0.394633</v>
       </c>
       <c r="Q246">
-        <v>102.361747</v>
+        <v>102.394633</v>
       </c>
       <c r="R246">
-        <v>103.11</v>
+        <v>102.79</v>
       </c>
       <c r="S246">
         <v>102.0</v>
       </c>
       <c r="T246">
-        <v>102.748253</v>
+        <v>102.395367</v>
       </c>
       <c r="X246">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45656.355671296</v>
+        <v>45720.520451389</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>25</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
+      <c r="F247">
+        <v>0.61</v>
+      </c>
       <c r="G247">
-        <v>103.476542</v>
+        <v>102.723747</v>
+      </c>
+      <c r="H247">
+        <v>1027.23747</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>11.839</v>
       </c>
       <c r="K247" s="2">
         <v>45161.0</v>
       </c>
       <c r="L247" s="2">
         <v>46078.0</v>
       </c>
       <c r="M247">
         <v>15000</v>
       </c>
       <c r="N247">
         <v>1000.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>0.230203</v>
+        <v>0.361747</v>
+      </c>
+      <c r="Q247">
+        <v>102.361747</v>
+      </c>
+      <c r="R247">
+        <v>102.761747</v>
+      </c>
+      <c r="S247">
+        <v>102.0</v>
+      </c>
+      <c r="T247">
+        <v>102.4</v>
+      </c>
+      <c r="X247">
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45653.642615741</v>
+        <v>45719.561435185</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="G248">
-        <v>103.476542</v>
+        <v>102.098658</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>11.839</v>
       </c>
       <c r="K248" s="2">
         <v>45161.0</v>
       </c>
       <c r="L248" s="2">
         <v>46078.0</v>
       </c>
       <c r="M248">
         <v>15000</v>
       </c>
       <c r="N248">
         <v>1000.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>0.164431</v>
+        <v>0.328861</v>
       </c>
       <c r="Q248">
-        <v>101.164431</v>
+        <v>102.328861</v>
       </c>
       <c r="R248">
-        <v>102.664431</v>
+        <v>102.628861</v>
       </c>
       <c r="S248">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T248">
-        <v>102.5</v>
+        <v>102.3</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45649.356377315</v>
+        <v>45716.416909722</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="G249">
-        <v>103.476542</v>
+        <v>102.098658</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K249" s="2">
         <v>45161.0</v>
       </c>
       <c r="L249" s="2">
         <v>46078.0</v>
       </c>
       <c r="M249">
         <v>15000</v>
       </c>
       <c r="N249">
         <v>1000.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
       <c r="P249">
-        <v>0.069194</v>
+        <v>0.295975</v>
+      </c>
+      <c r="Q249">
+        <v>102.295975</v>
+      </c>
+      <c r="R249">
+        <v>102.795975</v>
+      </c>
+      <c r="S249">
+        <v>102.0</v>
+      </c>
+      <c r="T249">
+        <v>102.5</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45646.463773148</v>
+        <v>45715.586712963</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
       <c r="G250">
-        <v>103.476542</v>
+        <v>102.098658</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K250" s="2">
         <v>45161.0</v>
       </c>
       <c r="L250" s="2">
         <v>46078.0</v>
       </c>
       <c r="M250">
         <v>15000</v>
       </c>
       <c r="N250">
         <v>1000.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>-0.034597</v>
+        <v>0.263089</v>
       </c>
       <c r="Q250">
-        <v>101.965403</v>
+        <v>102.263089</v>
       </c>
       <c r="R250">
-        <v>102.715403</v>
+        <v>102.763089</v>
       </c>
       <c r="S250">
         <v>102.0</v>
       </c>
       <c r="T250">
-        <v>102.75</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45645.417164352</v>
+        <v>45714.619409722</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
+      <c r="F251">
+        <v>-0.39</v>
+      </c>
       <c r="G251">
-        <v>103.476542</v>
+        <v>102.098658</v>
+      </c>
+      <c r="H251">
+        <v>2041.97316</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K251" s="2">
         <v>45161.0</v>
       </c>
       <c r="L251" s="2">
         <v>46078.0</v>
       </c>
       <c r="M251">
         <v>15000</v>
       </c>
       <c r="N251">
         <v>1000.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>-0.069194</v>
+        <v>0.098658</v>
       </c>
       <c r="Q251">
-        <v>100.930806</v>
+        <v>102.098658</v>
       </c>
       <c r="R251">
-        <v>102.680806</v>
+        <v>102.53</v>
       </c>
       <c r="S251">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T251">
-        <v>102.75</v>
+        <v>102.431342</v>
+      </c>
+      <c r="X251">
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45644.417071759</v>
+        <v>45713.416990741</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>25</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
       <c r="G252">
-        <v>103.476542</v>
+        <v>102.5</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K252" s="2">
         <v>45161.0</v>
       </c>
       <c r="L252" s="2">
         <v>46078.0</v>
       </c>
       <c r="M252">
         <v>15000</v>
       </c>
       <c r="N252">
         <v>1000.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>-0.172986</v>
+        <v>0.065772</v>
       </c>
       <c r="Q252">
-        <v>100.827014</v>
+        <v>102.065772</v>
       </c>
       <c r="R252">
-        <v>102.577014</v>
+        <v>102.465772</v>
       </c>
       <c r="S252">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T252">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45643.44224537</v>
+        <v>45712.431226852</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="G253">
-        <v>103.476542</v>
+        <v>102.5</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K253" s="2">
         <v>45161.0</v>
       </c>
       <c r="L253" s="2">
         <v>46078.0</v>
       </c>
       <c r="M253">
         <v>15000</v>
       </c>
       <c r="N253">
         <v>1000.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>-0.207583</v>
+        <v>0.032886</v>
       </c>
       <c r="Q253">
-        <v>100.792417</v>
+        <v>102.032886</v>
       </c>
       <c r="R253">
-        <v>102.542417</v>
+        <v>102.432886</v>
       </c>
       <c r="S253">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T253">
-        <v>102.75</v>
+        <v>102.4</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45642.421655093</v>
+        <v>45709.570034722</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
+      <c r="F254">
+        <v>0.52</v>
+      </c>
       <c r="G254">
-        <v>103.476542</v>
+        <v>102.5</v>
+      </c>
+      <c r="H254">
+        <v>2050.0</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K254" s="2">
         <v>45161.0</v>
       </c>
       <c r="L254" s="2">
         <v>46078.0</v>
       </c>
       <c r="M254">
         <v>15000</v>
       </c>
       <c r="N254">
         <v>1000.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
-      <c r="P254">
-[...1 lines deleted...]
-      </c>
       <c r="Q254">
-        <v>102.59275</v>
+        <v>102.03</v>
       </c>
       <c r="R254">
-        <v>103.545736</v>
-[...5 lines deleted...]
-        <v>102.75</v>
+        <v>102.5</v>
+      </c>
+      <c r="X254">
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45639.446643519</v>
+        <v>45708.520972222</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
+      <c r="F255">
+        <v>-1.05</v>
+      </c>
       <c r="G255">
-        <v>103.476542</v>
+        <v>101.967114</v>
+      </c>
+      <c r="H255">
+        <v>5098.3557</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K255" s="2">
         <v>45161.0</v>
       </c>
       <c r="L255" s="2">
         <v>46078.0</v>
       </c>
       <c r="M255">
         <v>15000</v>
       </c>
       <c r="N255">
         <v>1000.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>0.761139</v>
+        <v>-0.032886</v>
       </c>
       <c r="Q255">
-        <v>102.59275</v>
+        <v>101.967114</v>
       </c>
       <c r="R255">
-        <v>103.45</v>
+        <v>102.76</v>
       </c>
       <c r="S255">
-        <v>101.831611</v>
+        <v>102.0</v>
       </c>
       <c r="T255">
-        <v>102.688861</v>
+        <v>102.792886</v>
+      </c>
+      <c r="X255">
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45638.632789352</v>
+        <v>45707.588009259</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
-      <c r="F256">
-[...1 lines deleted...]
-      </c>
       <c r="G256">
-        <v>103.476542</v>
-[...2 lines deleted...]
-        <v>11384.91962</v>
+        <v>103.05</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K256" s="2">
         <v>45161.0</v>
       </c>
       <c r="L256" s="2">
         <v>46078.0</v>
       </c>
       <c r="M256">
         <v>15000</v>
       </c>
       <c r="N256">
         <v>1000.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>0.726542</v>
+        <v>-0.131544</v>
       </c>
       <c r="Q256">
-        <v>102.59275</v>
+        <v>99.968456</v>
       </c>
       <c r="R256">
-        <v>103.476542</v>
+        <v>102.76</v>
       </c>
       <c r="S256">
-        <v>101.866208</v>
+        <v>100.1</v>
       </c>
       <c r="T256">
-        <v>102.75</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.891544</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45637.614027778</v>
+        <v>45706.651331019</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="F257">
-        <v>0.13</v>
+        <v>3.15</v>
       </c>
       <c r="G257">
-        <v>102.87275</v>
+        <v>103.05</v>
       </c>
       <c r="H257">
-        <v>8229.82</v>
+        <v>1030.5</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K257" s="2">
         <v>45161.0</v>
       </c>
       <c r="L257" s="2">
         <v>46078.0</v>
       </c>
       <c r="M257">
         <v>15000</v>
       </c>
       <c r="N257">
         <v>1000.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>0.62275</v>
+        <v>-0.164431</v>
       </c>
       <c r="Q257">
-        <v>102.59275</v>
+        <v>100.0</v>
       </c>
       <c r="R257">
-        <v>104.2</v>
+        <v>102.735569</v>
       </c>
       <c r="S257">
-        <v>101.97</v>
+        <v>100.164431</v>
       </c>
       <c r="T257">
-        <v>103.57725</v>
+        <v>102.9</v>
       </c>
       <c r="X257">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45636.426400463</v>
+        <v>45705.534918981</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
+      <c r="F258">
+        <v>-3.76</v>
+      </c>
       <c r="G258">
-        <v>102.734361</v>
+        <v>99.902683</v>
+      </c>
+      <c r="H258">
+        <v>18981.50977</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K258" s="2">
         <v>45161.0</v>
       </c>
       <c r="L258" s="2">
         <v>46078.0</v>
       </c>
       <c r="M258">
         <v>15000</v>
       </c>
       <c r="N258">
         <v>1000.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>0.588153</v>
+        <v>-0.197317</v>
       </c>
       <c r="Q258">
-        <v>101.288153</v>
+        <v>99.95</v>
       </c>
       <c r="R258">
-        <v>102.838153</v>
+        <v>103.05</v>
       </c>
       <c r="S258">
-        <v>100.7</v>
+        <v>100.147317</v>
       </c>
       <c r="T258">
-        <v>102.25</v>
+        <v>103.247317</v>
+      </c>
+      <c r="X258">
+        <v>2</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45635.436759259</v>
+        <v>45702.420231481</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="G259">
-        <v>102.734361</v>
+        <v>103.809064</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K259" s="2">
         <v>45161.0</v>
       </c>
       <c r="L259" s="2">
         <v>46078.0</v>
       </c>
       <c r="M259">
         <v>15000</v>
       </c>
       <c r="N259">
         <v>1000.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>0.553556</v>
-[...2 lines deleted...]
-        <v>102.465972</v>
+        <v>0.756381</v>
       </c>
       <c r="R259">
-        <v>102.75</v>
-[...2 lines deleted...]
-        <v>101.912416</v>
+        <v>103.84</v>
       </c>
       <c r="T259">
-        <v>102.196444</v>
+        <v>103.083619</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45632.417048611</v>
+        <v>45701.422013889</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="G260">
-        <v>102.734361</v>
+        <v>103.809064</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K260" s="2">
         <v>45161.0</v>
       </c>
       <c r="L260" s="2">
         <v>46078.0</v>
       </c>
       <c r="M260">
         <v>15000</v>
       </c>
       <c r="N260">
         <v>1000.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>0.518958</v>
-[...2 lines deleted...]
-        <v>102.518958</v>
+        <v>0.723494</v>
       </c>
       <c r="R260">
-        <v>102.768958</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>103.84</v>
       </c>
       <c r="T260">
-        <v>102.25</v>
+        <v>103.116506</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45631.654594907</v>
+        <v>45700.421006944</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
-      <c r="F261">
-[...1 lines deleted...]
-      </c>
       <c r="G261">
-        <v>102.734361</v>
-[...2 lines deleted...]
-        <v>12328.12332</v>
+        <v>103.809064</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K261" s="2">
         <v>45161.0</v>
       </c>
       <c r="L261" s="2">
         <v>46078.0</v>
       </c>
       <c r="M261">
         <v>15000</v>
       </c>
       <c r="N261">
         <v>1000.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>0.484361</v>
-[...2 lines deleted...]
-        <v>102.484361</v>
+        <v>0.624836</v>
       </c>
       <c r="R261">
-        <v>102.734361</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>103.84</v>
       </c>
       <c r="T261">
-        <v>102.25</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.215164</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45630.420902778</v>
+        <v>45699.466180556</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="G262">
-        <v>102.476778</v>
+        <v>103.809064</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K262" s="2">
         <v>45161.0</v>
       </c>
       <c r="L262" s="2">
         <v>46078.0</v>
       </c>
       <c r="M262">
         <v>15000</v>
       </c>
       <c r="N262">
         <v>1000.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>0.380569</v>
-[...2 lines deleted...]
-        <v>102.465972</v>
+        <v>0.59195</v>
       </c>
       <c r="R262">
-        <v>102.630569</v>
-[...2 lines deleted...]
-        <v>102.085403</v>
+        <v>103.84</v>
       </c>
       <c r="T262">
-        <v>102.25</v>
+        <v>103.24805</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45629.574189815</v>
+        <v>45698.64275463</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
+      <c r="F263">
+        <v>0.11</v>
+      </c>
       <c r="G263">
-        <v>102.476778</v>
+        <v>103.809064</v>
+      </c>
+      <c r="H263">
+        <v>6228.06256</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K263" s="2">
         <v>45161.0</v>
       </c>
       <c r="L263" s="2">
         <v>46078.0</v>
       </c>
       <c r="M263">
         <v>15000</v>
       </c>
       <c r="N263">
         <v>1000.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>0.345972</v>
+        <v>0.559064</v>
       </c>
       <c r="Q263">
-        <v>102.465972</v>
+        <v>103.459064</v>
       </c>
       <c r="R263">
-        <v>102.595972</v>
+        <v>103.809064</v>
       </c>
       <c r="S263">
-        <v>102.12</v>
+        <v>102.9</v>
       </c>
       <c r="T263">
-        <v>102.25</v>
+        <v>103.25</v>
+      </c>
+      <c r="X263">
+        <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45628.557118056</v>
+        <v>45695.602488426</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="G264">
-        <v>102.476778</v>
+        <v>103.694633</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K264" s="2">
         <v>45161.0</v>
       </c>
       <c r="L264" s="2">
         <v>46078.0</v>
       </c>
       <c r="M264">
         <v>15000</v>
       </c>
       <c r="N264">
         <v>1000.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>0.311375</v>
-[...2 lines deleted...]
-        <v>102.311375</v>
+        <v>0.526178</v>
       </c>
       <c r="R264">
-        <v>102.551375</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>103.77</v>
       </c>
       <c r="T264">
-        <v>102.24</v>
+        <v>103.243822</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45625.458668981</v>
+        <v>45694.593969907</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
-      <c r="F265">
-[...1 lines deleted...]
-      </c>
       <c r="G265">
-        <v>102.476778</v>
-[...2 lines deleted...]
-        <v>10247.6778</v>
+        <v>103.694633</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K265" s="2">
         <v>45161.0</v>
       </c>
       <c r="L265" s="2">
         <v>46078.0</v>
       </c>
       <c r="M265">
         <v>15000</v>
       </c>
       <c r="N265">
         <v>1000.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>0.276778</v>
-[...2 lines deleted...]
-        <v>101.75</v>
+        <v>0.493292</v>
       </c>
       <c r="R265">
-        <v>102.516778</v>
-[...2 lines deleted...]
-        <v>101.473222</v>
+        <v>103.743292</v>
       </c>
       <c r="T265">
-        <v>102.24</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.25</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45624.421087963</v>
+        <v>45693.582083333</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
+      <c r="F266">
+        <v>0.03</v>
+      </c>
       <c r="G266">
-        <v>101.75</v>
+        <v>103.694633</v>
+      </c>
+      <c r="H266">
+        <v>1036.94633</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K266" s="2">
         <v>45161.0</v>
       </c>
       <c r="L266" s="2">
         <v>46078.0</v>
       </c>
       <c r="M266">
         <v>15000</v>
       </c>
       <c r="N266">
         <v>1000.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>0.242181</v>
+        <v>0.394633</v>
       </c>
       <c r="Q266">
-        <v>102.442181</v>
+        <v>100.894633</v>
       </c>
       <c r="R266">
-        <v>102.482181</v>
+        <v>103.644633</v>
       </c>
       <c r="S266">
-        <v>102.2</v>
+        <v>100.5</v>
       </c>
       <c r="T266">
-        <v>102.24</v>
+        <v>103.25</v>
+      </c>
+      <c r="X266">
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45623.419826389</v>
+        <v>45692.529409722</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
+      <c r="F267">
+        <v>0.57</v>
+      </c>
       <c r="G267">
-        <v>101.75</v>
+        <v>103.661747</v>
+      </c>
+      <c r="H267">
+        <v>2073.23494</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K267" s="2">
         <v>45161.0</v>
       </c>
       <c r="L267" s="2">
         <v>46078.0</v>
       </c>
       <c r="M267">
         <v>15000</v>
       </c>
       <c r="N267">
         <v>1000.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>0.138389</v>
+        <v>0.361747</v>
       </c>
       <c r="Q267">
-        <v>101.75</v>
+        <v>103.661747</v>
       </c>
       <c r="R267">
-        <v>102.378389</v>
+        <v>105.16</v>
       </c>
       <c r="S267">
-        <v>101.611611</v>
+        <v>103.3</v>
       </c>
       <c r="T267">
-        <v>102.24</v>
+        <v>104.798253</v>
+      </c>
+      <c r="X267">
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45622.550740741</v>
+        <v>45691.426701389</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
-      <c r="F268">
-[...1 lines deleted...]
-      </c>
       <c r="G268">
-        <v>101.75</v>
-[...2 lines deleted...]
-        <v>5093.43792</v>
+        <v>103.078431</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K268" s="2">
         <v>45161.0</v>
       </c>
       <c r="L268" s="2">
         <v>46078.0</v>
       </c>
       <c r="M268">
         <v>15000</v>
       </c>
       <c r="N268">
         <v>1000.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>0.103792</v>
+        <v>0.328861</v>
       </c>
       <c r="Q268">
-        <v>101.75</v>
+        <v>103.328861</v>
       </c>
       <c r="R268">
-        <v>102.343792</v>
+        <v>104.96</v>
       </c>
       <c r="S268">
-        <v>101.646208</v>
+        <v>103.0</v>
       </c>
       <c r="T268">
-        <v>102.24</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.631139</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45621.655</v>
+        <v>45688.419641204</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
-      <c r="F269">
-[...1 lines deleted...]
-      </c>
       <c r="G269">
-        <v>102.309194</v>
-[...2 lines deleted...]
-        <v>54186.87282</v>
+        <v>103.078431</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K269" s="2">
         <v>45161.0</v>
       </c>
       <c r="L269" s="2">
         <v>46078.0</v>
       </c>
       <c r="M269">
         <v>15000</v>
       </c>
       <c r="N269">
         <v>1000.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
       <c r="P269">
-        <v>0.069194</v>
+        <v>0.295975</v>
       </c>
       <c r="Q269">
-        <v>101.069194</v>
+        <v>103.295975</v>
       </c>
       <c r="R269">
-        <v>102.309194</v>
+        <v>104.96</v>
       </c>
       <c r="S269">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T269">
-        <v>102.24</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>104.664025</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45618.505914352</v>
+        <v>45687.443460648</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="G270">
-        <v>102.111611</v>
+        <v>103.078431</v>
       </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K270" s="2">
         <v>45161.0</v>
       </c>
       <c r="L270" s="2">
         <v>46078.0</v>
       </c>
       <c r="M270">
         <v>15000</v>
       </c>
       <c r="N270">
         <v>1000.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>0.034597</v>
+        <v>0.263089</v>
       </c>
       <c r="Q270">
-        <v>101.034597</v>
+        <v>103.263089</v>
       </c>
       <c r="R270">
-        <v>101.534597</v>
+        <v>104.5</v>
       </c>
       <c r="S270">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T270">
-        <v>101.5</v>
+        <v>104.236911</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45617.416990741</v>
+        <v>45686.540335648</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="G271">
-        <v>102.111611</v>
+        <v>103.078431</v>
       </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K271" s="2">
         <v>45161.0</v>
       </c>
       <c r="L271" s="2">
         <v>46078.0</v>
       </c>
       <c r="M271">
         <v>15000</v>
       </c>
       <c r="N271">
         <v>1000.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
+      <c r="P271">
+        <v>0.164431</v>
+      </c>
       <c r="Q271">
-        <v>101.0</v>
+        <v>103.164431</v>
       </c>
       <c r="R271">
-        <v>102.0</v>
+        <v>104.96</v>
+      </c>
+      <c r="S271">
+        <v>103.0</v>
+      </c>
+      <c r="T271">
+        <v>104.795569</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45616.65556713</v>
+        <v>45685.522962963</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
+      <c r="F272">
+        <v>0.19</v>
+      </c>
       <c r="G272">
-        <v>102.111611</v>
+        <v>103.078431</v>
+      </c>
+      <c r="H272">
+        <v>10307.8431</v>
       </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K272" s="2">
         <v>45161.0</v>
       </c>
       <c r="L272" s="2">
         <v>46078.0</v>
       </c>
       <c r="M272">
         <v>15000</v>
       </c>
       <c r="N272">
         <v>1000.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>-0.103792</v>
+        <v>0.164431</v>
       </c>
       <c r="Q272">
-        <v>100.896208</v>
+        <v>102.914431</v>
       </c>
       <c r="R272">
-        <v>101.896208</v>
+        <v>105.0</v>
       </c>
       <c r="S272">
-        <v>101.0</v>
+        <v>102.75</v>
       </c>
       <c r="T272">
-        <v>102.0</v>
+        <v>104.835569</v>
+      </c>
+      <c r="X272">
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45615.627939815</v>
+        <v>45684.551909722</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
       <c r="F273">
-        <v>-0.91</v>
+        <v>-0.56</v>
       </c>
       <c r="G273">
-        <v>102.111611</v>
+        <v>102.881544</v>
       </c>
       <c r="H273">
-        <v>11219.77721</v>
+        <v>3086.44632</v>
       </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K273" s="2">
         <v>45161.0</v>
       </c>
       <c r="L273" s="2">
         <v>46078.0</v>
       </c>
       <c r="M273">
         <v>15000</v>
       </c>
       <c r="N273">
         <v>1000.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>-0.138389</v>
+        <v>0.131544</v>
       </c>
       <c r="Q273">
-        <v>101.361611</v>
+        <v>102.881544</v>
       </c>
       <c r="R273">
-        <v>102.111611</v>
+        <v>103.631544</v>
       </c>
       <c r="S273">
-        <v>101.5</v>
+        <v>102.75</v>
       </c>
       <c r="T273">
-        <v>102.25</v>
+        <v>103.5</v>
       </c>
       <c r="X273">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45614.356712963</v>
+        <v>45681.417025463</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="G274">
-        <v>103.045736</v>
+        <v>103.46</v>
       </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K274" s="2">
         <v>45161.0</v>
       </c>
       <c r="L274" s="2">
         <v>46078.0</v>
       </c>
       <c r="M274">
         <v>15000</v>
       </c>
       <c r="N274">
         <v>1000.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>-0.172986</v>
+        <v>0.098658</v>
+      </c>
+      <c r="Q274">
+        <v>102.848658</v>
+      </c>
+      <c r="R274">
+        <v>103.598658</v>
+      </c>
+      <c r="S274">
+        <v>102.75</v>
+      </c>
+      <c r="T274">
+        <v>103.5</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45611.416979167</v>
+        <v>45680.416979167</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="G275">
-        <v>103.045736</v>
+        <v>103.46</v>
       </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K275" s="2">
         <v>45161.0</v>
       </c>
       <c r="L275" s="2">
         <v>46078.0</v>
       </c>
       <c r="M275">
         <v>15000</v>
       </c>
       <c r="N275">
         <v>1000.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>-0.207583</v>
+        <v>0.065772</v>
       </c>
       <c r="Q275">
-        <v>100.792417</v>
+        <v>102.815772</v>
       </c>
       <c r="R275">
-        <v>102.042417</v>
+        <v>103.565772</v>
       </c>
       <c r="S275">
-        <v>101.0</v>
+        <v>102.75</v>
       </c>
       <c r="T275">
-        <v>102.25</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45610.540104167</v>
+        <v>45679.508622685</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
-      <c r="F276">
-[...1 lines deleted...]
-      </c>
       <c r="G276">
-        <v>103.045736</v>
-[...2 lines deleted...]
-        <v>72132.0152</v>
+        <v>103.46</v>
       </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K276" s="2">
         <v>45161.0</v>
       </c>
       <c r="L276" s="2">
         <v>46078.0</v>
       </c>
       <c r="M276">
         <v>15000</v>
       </c>
       <c r="N276">
         <v>1000.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
       <c r="P276">
-        <v>0.795736</v>
+        <v>-0.032886</v>
       </c>
       <c r="Q276">
-        <v>101.795736</v>
+        <v>102.717114</v>
       </c>
       <c r="R276">
-        <v>103.045736</v>
+        <v>103.467114</v>
       </c>
       <c r="S276">
-        <v>101.0</v>
+        <v>102.75</v>
       </c>
       <c r="T276">
-        <v>102.25</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45609.434826389</v>
+        <v>45678.42150463</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
-      <c r="F277">
-[...1 lines deleted...]
-      </c>
       <c r="G277">
-        <v>101.691944</v>
-[...2 lines deleted...]
-        <v>4094.67776</v>
+        <v>103.46</v>
       </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K277" s="2">
         <v>45161.0</v>
       </c>
       <c r="L277" s="2">
         <v>46078.0</v>
       </c>
       <c r="M277">
         <v>15000</v>
       </c>
       <c r="N277">
         <v>1000.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>0.691944</v>
+        <v>-0.065772</v>
       </c>
       <c r="Q277">
-        <v>101.691944</v>
+        <v>102.684228</v>
       </c>
       <c r="R277">
-        <v>102.941944</v>
+        <v>104.8</v>
       </c>
       <c r="S277">
-        <v>101.0</v>
+        <v>102.75</v>
       </c>
       <c r="T277">
-        <v>102.25</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.865772</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45608.568888889</v>
+        <v>45677.628287037</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="G278">
-        <v>102.315167</v>
+        <v>103.46</v>
       </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K278" s="2">
         <v>45161.0</v>
       </c>
       <c r="L278" s="2">
         <v>46078.0</v>
       </c>
       <c r="M278">
         <v>15000</v>
       </c>
       <c r="N278">
         <v>1000.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>0.657347</v>
+        <v>-0.098658</v>
       </c>
       <c r="Q278">
-        <v>102.557347</v>
+        <v>102.651342</v>
       </c>
       <c r="R278">
-        <v>102.907347</v>
+        <v>104.8</v>
       </c>
       <c r="S278">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T278">
-        <v>102.25</v>
+        <v>104.898658</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45607.560914352</v>
+        <v>45674.656689815</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
+      <c r="F279">
+        <v>0.08</v>
+      </c>
       <c r="G279">
-        <v>102.315167</v>
+        <v>103.46</v>
+      </c>
+      <c r="H279">
+        <v>4132.48456</v>
       </c>
       <c r="I279" t="s">
         <v>28</v>
       </c>
       <c r="J279">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K279" s="2">
         <v>45161.0</v>
       </c>
       <c r="L279" s="2">
         <v>46078.0</v>
       </c>
       <c r="M279">
         <v>15000</v>
       </c>
       <c r="N279">
         <v>1000.0</v>
       </c>
       <c r="O279" t="s">
         <v>28</v>
       </c>
       <c r="P279">
-        <v>0.62275</v>
+        <v>-0.131544</v>
       </c>
       <c r="Q279">
-        <v>102.52275</v>
+        <v>102.618456</v>
       </c>
       <c r="R279">
-        <v>103.89</v>
+        <v>104.768456</v>
       </c>
       <c r="S279">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T279">
-        <v>103.26725</v>
+        <v>104.9</v>
+      </c>
+      <c r="X279">
+        <v>2</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45604.50462963</v>
+        <v>45673.417060185</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
       <c r="G280">
-        <v>102.315167</v>
+        <v>103.374836</v>
       </c>
       <c r="I280" t="s">
         <v>28</v>
       </c>
       <c r="J280">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K280" s="2">
         <v>45161.0</v>
       </c>
       <c r="L280" s="2">
         <v>46078.0</v>
       </c>
       <c r="M280">
         <v>15000</v>
       </c>
       <c r="N280">
         <v>1000.0</v>
       </c>
       <c r="O280" t="s">
         <v>28</v>
       </c>
       <c r="P280">
-        <v>0.588153</v>
+        <v>0.822153</v>
       </c>
       <c r="Q280">
-        <v>102.488153</v>
+        <v>103.572153</v>
       </c>
       <c r="R280">
-        <v>103.94</v>
+        <v>103.822153</v>
       </c>
       <c r="S280">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T280">
-        <v>103.351847</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45603.505717593</v>
+        <v>45672.417002315</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
       <c r="G281">
-        <v>102.315167</v>
+        <v>103.374836</v>
       </c>
       <c r="I281" t="s">
         <v>28</v>
       </c>
       <c r="J281">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K281" s="2">
         <v>45161.0</v>
       </c>
       <c r="L281" s="2">
         <v>46078.0</v>
       </c>
       <c r="M281">
         <v>15000</v>
       </c>
       <c r="N281">
         <v>1000.0</v>
       </c>
       <c r="O281" t="s">
         <v>28</v>
       </c>
       <c r="P281">
-        <v>0.553556</v>
+        <v>0.723494</v>
       </c>
       <c r="Q281">
-        <v>102.453556</v>
+        <v>103.473494</v>
       </c>
       <c r="R281">
-        <v>103.96</v>
+        <v>103.723494</v>
       </c>
       <c r="S281">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T281">
-        <v>103.406444</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45602.55869213</v>
+        <v>45671.417013889</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="G282">
-        <v>102.315167</v>
+        <v>103.374836</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K282" s="2">
         <v>45161.0</v>
       </c>
       <c r="L282" s="2">
         <v>46078.0</v>
       </c>
       <c r="M282">
         <v>15000</v>
       </c>
       <c r="N282">
         <v>1000.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>0.449764</v>
+        <v>0.690608</v>
       </c>
       <c r="Q282">
-        <v>102.349764</v>
+        <v>103.440608</v>
       </c>
       <c r="R282">
-        <v>103.98</v>
+        <v>103.690608</v>
       </c>
       <c r="S282">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T282">
-        <v>103.530236</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45601.489212963</v>
+        <v>45670.417303241</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
-      <c r="F283">
-[...1 lines deleted...]
-      </c>
       <c r="G283">
-        <v>102.315167</v>
-[...2 lines deleted...]
-        <v>1023.15167</v>
+        <v>103.374836</v>
       </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K283" s="2">
         <v>45161.0</v>
       </c>
       <c r="L283" s="2">
         <v>46078.0</v>
       </c>
       <c r="M283">
         <v>15000</v>
       </c>
       <c r="N283">
         <v>1000.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>0.415167</v>
+        <v>0.657722</v>
       </c>
       <c r="Q283">
-        <v>102.315167</v>
+        <v>103.407722</v>
       </c>
       <c r="R283">
-        <v>104.91</v>
+        <v>103.657722</v>
       </c>
       <c r="S283">
-        <v>101.9</v>
+        <v>102.75</v>
       </c>
       <c r="T283">
-        <v>104.494833</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45600.607407407</v>
+        <v>45667.642002315</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
       <c r="F284">
-        <v>0.03</v>
+        <v>-0.05</v>
       </c>
       <c r="G284">
-        <v>102.880569</v>
+        <v>103.374836</v>
       </c>
       <c r="H284">
-        <v>33950.58777</v>
+        <v>18607.47048</v>
       </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K284" s="2">
         <v>45161.0</v>
       </c>
       <c r="L284" s="2">
         <v>46078.0</v>
       </c>
       <c r="M284">
         <v>15000</v>
       </c>
       <c r="N284">
         <v>1000.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>0.380569</v>
+        <v>0.624836</v>
       </c>
       <c r="Q284">
-        <v>101.48057</v>
+        <v>103.374836</v>
       </c>
       <c r="R284">
-        <v>102.980569</v>
+        <v>103.624836</v>
       </c>
       <c r="S284">
-        <v>101.100001</v>
+        <v>102.75</v>
       </c>
       <c r="T284">
-        <v>102.6</v>
+        <v>103.0</v>
       </c>
       <c r="X284">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45597.647395833</v>
+        <v>45666.417175926</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
-      <c r="F285">
-[...1 lines deleted...]
-      </c>
       <c r="G285">
-        <v>102.845972</v>
-[...2 lines deleted...]
-        <v>1028.45972</v>
+        <v>103.427519</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K285" s="2">
         <v>45161.0</v>
       </c>
       <c r="L285" s="2">
         <v>46078.0</v>
       </c>
       <c r="M285">
         <v>15000</v>
       </c>
       <c r="N285">
         <v>1000.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>0.345972</v>
+        <v>0.59195</v>
       </c>
       <c r="Q285">
-        <v>101.345973</v>
+        <v>103.34195</v>
       </c>
       <c r="R285">
-        <v>102.845972</v>
+        <v>103.59195</v>
       </c>
       <c r="S285">
-        <v>101.000001</v>
+        <v>102.75</v>
       </c>
       <c r="T285">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
-        <v>45596.460277778</v>
+        <v>45665.417106481</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>25</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="G286">
-        <v>102.707583</v>
+        <v>103.427519</v>
       </c>
       <c r="I286" t="s">
         <v>28</v>
       </c>
       <c r="J286">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K286" s="2">
         <v>45161.0</v>
       </c>
       <c r="L286" s="2">
         <v>46078.0</v>
       </c>
       <c r="M286">
         <v>15000</v>
       </c>
       <c r="N286">
         <v>1000.0</v>
       </c>
       <c r="O286" t="s">
         <v>28</v>
       </c>
       <c r="P286">
-        <v>0.311375</v>
+        <v>0.493292</v>
       </c>
       <c r="Q286">
-        <v>101.311376</v>
+        <v>103.243292</v>
       </c>
       <c r="R286">
-        <v>102.811375</v>
+        <v>103.493292</v>
       </c>
       <c r="S286">
-        <v>101.000001</v>
+        <v>102.75</v>
       </c>
       <c r="T286">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="287" spans="1:24">
       <c r="A287" s="2">
-        <v>45595.438854167</v>
+        <v>45664.416956019</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
-      <c r="F287">
-[...1 lines deleted...]
-      </c>
       <c r="G287">
-        <v>102.707583</v>
-[...2 lines deleted...]
-        <v>5135.37915</v>
+        <v>103.427519</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
       <c r="J287">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K287" s="2">
         <v>45161.0</v>
       </c>
       <c r="L287" s="2">
         <v>46078.0</v>
       </c>
       <c r="M287">
         <v>15000</v>
       </c>
       <c r="N287">
         <v>1000.0</v>
       </c>
       <c r="O287" t="s">
         <v>28</v>
       </c>
       <c r="P287">
-        <v>0.207583</v>
+        <v>0.460406</v>
       </c>
       <c r="Q287">
-        <v>101.207584</v>
+        <v>103.210406</v>
       </c>
       <c r="R287">
-        <v>102.707583</v>
+        <v>103.460406</v>
       </c>
       <c r="S287">
-        <v>101.000001</v>
+        <v>102.75</v>
       </c>
       <c r="T287">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="288" spans="1:24">
       <c r="A288" s="2">
-        <v>45594.628564815</v>
+        <v>45663.639560185</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
+      <c r="F288">
+        <v>0.31</v>
+      </c>
       <c r="G288">
-        <v>102.672986</v>
+        <v>103.427519</v>
       </c>
       <c r="H288">
-        <v>3075.18958</v>
+        <v>35081.50608</v>
       </c>
       <c r="I288" t="s">
         <v>28</v>
       </c>
       <c r="J288">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K288" s="2">
         <v>45161.0</v>
       </c>
       <c r="L288" s="2">
         <v>46078.0</v>
       </c>
       <c r="M288">
         <v>15000</v>
       </c>
       <c r="N288">
         <v>1000.0</v>
       </c>
       <c r="O288" t="s">
         <v>28</v>
       </c>
       <c r="P288">
-        <v>0.172986</v>
+        <v>0.427519</v>
       </c>
       <c r="Q288">
-        <v>101.172987</v>
+        <v>103.177519</v>
       </c>
       <c r="R288">
-        <v>102.672986</v>
+        <v>103.427519</v>
       </c>
       <c r="S288">
-        <v>101.000001</v>
+        <v>102.75</v>
       </c>
       <c r="T288">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="X288">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="289" spans="1:24">
       <c r="A289" s="2">
-        <v>45593.450972222</v>
+        <v>45660.468923611</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
-      <c r="F289">
-[...1 lines deleted...]
-      </c>
       <c r="G289">
-        <v>102.672986</v>
-[...2 lines deleted...]
-        <v>3080.18958</v>
+        <v>103.111747</v>
       </c>
       <c r="I289" t="s">
         <v>28</v>
       </c>
       <c r="J289">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K289" s="2">
         <v>45161.0</v>
       </c>
       <c r="L289" s="2">
         <v>46078.0</v>
       </c>
       <c r="M289">
         <v>15000</v>
       </c>
       <c r="N289">
         <v>1000.0</v>
       </c>
       <c r="O289" t="s">
         <v>28</v>
       </c>
       <c r="P289">
-        <v>0.172986</v>
+        <v>0.394633</v>
       </c>
       <c r="Q289">
-        <v>101.222987</v>
+        <v>101.73</v>
       </c>
       <c r="R289">
-        <v>102.672986</v>
+        <v>102.393633</v>
       </c>
       <c r="S289">
-        <v>101.050001</v>
+        <v>101.335367</v>
       </c>
       <c r="T289">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="290" spans="1:24">
       <c r="A290" s="2">
-        <v>45590.417152778</v>
+        <v>45659.641666667</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
+      <c r="F290">
+        <v>-0.35</v>
+      </c>
       <c r="G290">
-        <v>102.603792</v>
+        <v>103.111747</v>
+      </c>
+      <c r="H290">
+        <v>61779.5482</v>
       </c>
       <c r="I290" t="s">
         <v>28</v>
       </c>
       <c r="J290">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K290" s="2">
         <v>45161.0</v>
       </c>
       <c r="L290" s="2">
         <v>46078.0</v>
       </c>
       <c r="M290">
         <v>15000</v>
       </c>
       <c r="N290">
         <v>1000.0</v>
       </c>
       <c r="O290" t="s">
         <v>28</v>
       </c>
       <c r="P290">
-        <v>0.138389</v>
+        <v>0.361747</v>
       </c>
       <c r="Q290">
-        <v>101.188389</v>
+        <v>102.361747</v>
       </c>
       <c r="R290">
-        <v>102.638389</v>
+        <v>103.11</v>
       </c>
       <c r="S290">
-        <v>101.05</v>
+        <v>102.0</v>
       </c>
       <c r="T290">
-        <v>102.5</v>
+        <v>102.748253</v>
+      </c>
+      <c r="X290">
+        <v>2</v>
       </c>
     </row>
     <row r="291" spans="1:24">
       <c r="A291" s="2">
-        <v>45589.659016204</v>
+        <v>45656.355671296</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
-      <c r="F291">
-[...1 lines deleted...]
-      </c>
       <c r="G291">
-        <v>102.603792</v>
-[...2 lines deleted...]
-        <v>10260.3792</v>
+        <v>103.476542</v>
       </c>
       <c r="I291" t="s">
         <v>28</v>
       </c>
       <c r="J291">
-        <v>12.455</v>
+        <v>11.839</v>
       </c>
       <c r="K291" s="2">
         <v>45161.0</v>
       </c>
       <c r="L291" s="2">
         <v>46078.0</v>
       </c>
       <c r="M291">
         <v>15000</v>
       </c>
       <c r="N291">
         <v>1000.0</v>
       </c>
       <c r="O291" t="s">
         <v>28</v>
       </c>
       <c r="P291">
-        <v>0.103792</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>0.230203</v>
       </c>
     </row>
     <row r="292" spans="1:24">
       <c r="A292" s="2">
-        <v>45588.553761574</v>
+        <v>45653.642615741</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
-      <c r="F292">
-[...1 lines deleted...]
-      </c>
       <c r="G292">
+        <v>103.476542</v>
+      </c>
+      <c r="I292" t="s">
+        <v>28</v>
+      </c>
+      <c r="J292">
+        <v>11.839</v>
+      </c>
+      <c r="K292" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L292" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M292">
+        <v>15000</v>
+      </c>
+      <c r="N292">
+        <v>1000.0</v>
+      </c>
+      <c r="O292" t="s">
+        <v>28</v>
+      </c>
+      <c r="P292">
+        <v>0.164431</v>
+      </c>
+      <c r="Q292">
+        <v>101.164431</v>
+      </c>
+      <c r="R292">
+        <v>102.664431</v>
+      </c>
+      <c r="S292">
         <v>101.0</v>
       </c>
-      <c r="H292">
-[...30 lines deleted...]
-        <v>1</v>
+      <c r="T292">
+        <v>102.5</v>
       </c>
     </row>
     <row r="293" spans="1:24">
       <c r="A293" s="2">
-        <v>45587.630277778</v>
+        <v>45649.356377315</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
-      <c r="F293">
-[...1 lines deleted...]
-      </c>
       <c r="G293">
-        <v>102.465403</v>
-[...2 lines deleted...]
-        <v>15369.81045</v>
+        <v>103.476542</v>
       </c>
       <c r="I293" t="s">
         <v>28</v>
       </c>
       <c r="J293">
         <v>12.455</v>
       </c>
       <c r="K293" s="2">
         <v>45161.0</v>
       </c>
       <c r="L293" s="2">
         <v>46078.0</v>
       </c>
       <c r="M293">
         <v>15000</v>
       </c>
       <c r="N293">
         <v>1000.0</v>
       </c>
       <c r="O293" t="s">
         <v>28</v>
       </c>
       <c r="P293">
-        <v>-0.034597</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>0.069194</v>
       </c>
     </row>
     <row r="294" spans="1:24">
       <c r="A294" s="2">
-        <v>45586.653912037</v>
+        <v>45646.463773148</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>25</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
-      <c r="F294">
-[...1 lines deleted...]
-      </c>
       <c r="G294">
-        <v>101.680806</v>
-[...2 lines deleted...]
-        <v>25439.7015</v>
+        <v>103.476542</v>
       </c>
       <c r="I294" t="s">
         <v>28</v>
       </c>
       <c r="J294">
         <v>12.455</v>
       </c>
       <c r="K294" s="2">
         <v>45161.0</v>
       </c>
       <c r="L294" s="2">
         <v>46078.0</v>
       </c>
       <c r="M294">
         <v>15000</v>
       </c>
       <c r="N294">
         <v>1000.0</v>
       </c>
       <c r="O294" t="s">
         <v>28</v>
       </c>
       <c r="P294">
-        <v>-0.069194</v>
+        <v>-0.034597</v>
       </c>
       <c r="Q294">
-        <v>100.430806</v>
+        <v>101.965403</v>
       </c>
       <c r="R294">
-        <v>102.430806</v>
+        <v>102.715403</v>
       </c>
       <c r="S294">
-        <v>100.5</v>
+        <v>102.0</v>
       </c>
       <c r="T294">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="295" spans="1:24">
       <c r="A295" s="2">
-        <v>45583.655625</v>
+        <v>45645.417164352</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>25</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
-      <c r="F295">
-[...1 lines deleted...]
-      </c>
       <c r="G295">
-        <v>101.946208</v>
-[...2 lines deleted...]
-        <v>57314.87648</v>
+        <v>103.476542</v>
       </c>
       <c r="I295" t="s">
         <v>28</v>
       </c>
       <c r="J295">
         <v>12.455</v>
       </c>
       <c r="K295" s="2">
         <v>45161.0</v>
       </c>
       <c r="L295" s="2">
         <v>46078.0</v>
       </c>
       <c r="M295">
         <v>15000</v>
       </c>
       <c r="N295">
         <v>1000.0</v>
       </c>
       <c r="O295" t="s">
         <v>28</v>
       </c>
       <c r="P295">
-        <v>-0.103792</v>
+        <v>-0.069194</v>
       </c>
       <c r="Q295">
-        <v>101.946208</v>
+        <v>100.930806</v>
       </c>
       <c r="R295">
-        <v>102.396208</v>
+        <v>102.680806</v>
       </c>
       <c r="S295">
-        <v>102.05</v>
+        <v>101.0</v>
       </c>
       <c r="T295">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="296" spans="1:24">
       <c r="A296" s="2">
-        <v>45582.416840278</v>
+        <v>45644.417071759</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>25</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="G296">
-        <v>103.261139</v>
+        <v>103.476542</v>
       </c>
       <c r="I296" t="s">
         <v>28</v>
       </c>
       <c r="J296">
         <v>12.455</v>
       </c>
       <c r="K296" s="2">
         <v>45161.0</v>
       </c>
       <c r="L296" s="2">
         <v>46078.0</v>
       </c>
       <c r="M296">
         <v>15000</v>
       </c>
       <c r="N296">
         <v>1000.0</v>
       </c>
       <c r="O296" t="s">
         <v>28</v>
       </c>
       <c r="P296">
-        <v>-0.138389</v>
+        <v>-0.172986</v>
       </c>
       <c r="Q296">
-        <v>101.861611</v>
+        <v>100.827014</v>
       </c>
       <c r="R296">
-        <v>102.361611</v>
+        <v>102.577014</v>
       </c>
       <c r="S296">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
       <c r="T296">
-        <v>102.5</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="297" spans="1:24">
       <c r="A297" s="2">
-        <v>45581.417025463</v>
+        <v>45643.44224537</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>25</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
       <c r="G297">
-        <v>103.261139</v>
+        <v>103.476542</v>
       </c>
       <c r="I297" t="s">
         <v>28</v>
       </c>
       <c r="J297">
         <v>12.455</v>
       </c>
       <c r="K297" s="2">
         <v>45161.0</v>
       </c>
       <c r="L297" s="2">
         <v>46078.0</v>
       </c>
       <c r="M297">
         <v>15000</v>
       </c>
       <c r="N297">
         <v>1000.0</v>
       </c>
       <c r="O297" t="s">
         <v>28</v>
       </c>
       <c r="P297">
-        <v>0.795736</v>
+        <v>-0.207583</v>
       </c>
       <c r="Q297">
-        <v>102.795736</v>
+        <v>100.792417</v>
       </c>
       <c r="R297">
-        <v>103.295736</v>
+        <v>102.542417</v>
       </c>
       <c r="S297">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
       <c r="T297">
-        <v>102.5</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="298" spans="1:24">
       <c r="A298" s="2">
-        <v>45580.622546296</v>
+        <v>45642.421655093</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>25</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
-      <c r="F298">
-[...1 lines deleted...]
-      </c>
       <c r="G298">
-        <v>103.261139</v>
-[...2 lines deleted...]
-        <v>5163.05695</v>
+        <v>103.476542</v>
       </c>
       <c r="I298" t="s">
         <v>28</v>
       </c>
       <c r="J298">
         <v>12.455</v>
       </c>
       <c r="K298" s="2">
         <v>45161.0</v>
       </c>
       <c r="L298" s="2">
         <v>46078.0</v>
       </c>
       <c r="M298">
         <v>15000</v>
       </c>
       <c r="N298">
         <v>1000.0</v>
       </c>
       <c r="O298" t="s">
         <v>28</v>
       </c>
       <c r="P298">
-        <v>0.761139</v>
+        <v>0.795736</v>
       </c>
       <c r="Q298">
-        <v>102.761139</v>
+        <v>102.59275</v>
       </c>
       <c r="R298">
-        <v>103.261139</v>
+        <v>103.545736</v>
       </c>
       <c r="S298">
-        <v>102.0</v>
+        <v>101.797014</v>
       </c>
       <c r="T298">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="299" spans="1:24">
       <c r="A299" s="2">
-        <v>45579.524965278</v>
+        <v>45639.446643519</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>25</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
-      <c r="F299">
-[...1 lines deleted...]
-      </c>
       <c r="G299">
-        <v>103.226542</v>
-[...2 lines deleted...]
-        <v>20625.3084</v>
+        <v>103.476542</v>
       </c>
       <c r="I299" t="s">
         <v>28</v>
       </c>
       <c r="J299">
         <v>12.455</v>
       </c>
       <c r="K299" s="2">
         <v>45161.0</v>
       </c>
       <c r="L299" s="2">
         <v>46078.0</v>
       </c>
       <c r="M299">
         <v>15000</v>
       </c>
       <c r="N299">
         <v>1000.0</v>
       </c>
       <c r="O299" t="s">
         <v>28</v>
       </c>
       <c r="P299">
-        <v>0.726542</v>
+        <v>0.761139</v>
       </c>
       <c r="Q299">
-        <v>102.726542</v>
+        <v>102.59275</v>
       </c>
       <c r="R299">
-        <v>103.226542</v>
+        <v>103.45</v>
       </c>
       <c r="S299">
-        <v>102.0</v>
+        <v>101.831611</v>
       </c>
       <c r="T299">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>102.688861</v>
       </c>
     </row>
     <row r="300" spans="1:24">
       <c r="A300" s="2">
-        <v>45576.619293981</v>
+        <v>45638.632789352</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>25</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="F300">
-        <v>0.03</v>
+        <v>0.59</v>
       </c>
       <c r="G300">
-        <v>103.191944</v>
+        <v>103.476542</v>
       </c>
       <c r="H300">
-        <v>15478.78852</v>
+        <v>11384.91962</v>
       </c>
       <c r="I300" t="s">
         <v>28</v>
       </c>
       <c r="J300">
         <v>12.455</v>
       </c>
       <c r="K300" s="2">
         <v>45161.0</v>
       </c>
       <c r="L300" s="2">
         <v>46078.0</v>
       </c>
       <c r="M300">
         <v>15000</v>
       </c>
       <c r="N300">
         <v>1000.0</v>
       </c>
       <c r="O300" t="s">
         <v>28</v>
       </c>
       <c r="P300">
-        <v>0.691944</v>
+        <v>0.726542</v>
       </c>
       <c r="Q300">
-        <v>102.691944</v>
+        <v>102.59275</v>
       </c>
       <c r="R300">
-        <v>103.191944</v>
+        <v>103.476542</v>
       </c>
       <c r="S300">
-        <v>102.0</v>
+        <v>101.866208</v>
       </c>
       <c r="T300">
-        <v>102.5</v>
+        <v>102.75</v>
       </c>
       <c r="X300">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="301" spans="1:24">
       <c r="A301" s="2">
-        <v>45575.617731481</v>
+        <v>45637.614027778</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>25</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
       <c r="F301">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="G301">
-        <v>103.157347</v>
+        <v>102.87275</v>
       </c>
       <c r="H301">
-        <v>38168.21839</v>
+        <v>8229.82</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
       </c>
       <c r="J301">
         <v>12.455</v>
       </c>
       <c r="K301" s="2">
         <v>45161.0</v>
       </c>
       <c r="L301" s="2">
         <v>46078.0</v>
       </c>
       <c r="M301">
         <v>15000</v>
       </c>
       <c r="N301">
         <v>1000.0</v>
       </c>
       <c r="O301" t="s">
         <v>28</v>
       </c>
       <c r="P301">
-        <v>0.657347</v>
+        <v>0.62275</v>
       </c>
       <c r="Q301">
-        <v>102.657347</v>
+        <v>102.59275</v>
       </c>
       <c r="R301">
-        <v>103.157347</v>
+        <v>104.2</v>
       </c>
       <c r="S301">
-        <v>102.0</v>
+        <v>101.97</v>
       </c>
       <c r="T301">
-        <v>102.5</v>
+        <v>103.57725</v>
       </c>
       <c r="X301">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:24">
       <c r="A302" s="2">
-        <v>45574.4740625</v>
+        <v>45636.426400463</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
-      <c r="F302">
-[...1 lines deleted...]
-      </c>
       <c r="G302">
-        <v>103.053556</v>
-[...2 lines deleted...]
-        <v>15458.0334</v>
+        <v>102.734361</v>
       </c>
       <c r="I302" t="s">
         <v>28</v>
       </c>
       <c r="J302">
         <v>12.455</v>
       </c>
       <c r="K302" s="2">
         <v>45161.0</v>
       </c>
       <c r="L302" s="2">
         <v>46078.0</v>
       </c>
       <c r="M302">
         <v>15000</v>
       </c>
       <c r="N302">
         <v>1000.0</v>
       </c>
       <c r="O302" t="s">
         <v>28</v>
       </c>
       <c r="P302">
-        <v>0.553556</v>
+        <v>0.588153</v>
       </c>
       <c r="Q302">
-        <v>102.653556</v>
+        <v>101.288153</v>
       </c>
       <c r="R302">
-        <v>103.05</v>
+        <v>102.838153</v>
       </c>
       <c r="S302">
-        <v>102.1</v>
+        <v>100.7</v>
       </c>
       <c r="T302">
-        <v>102.496444</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="303" spans="1:24">
       <c r="A303" s="2">
-        <v>45573.61431713</v>
+        <v>45635.436759259</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>25</v>
       </c>
       <c r="D303" t="s">
         <v>26</v>
       </c>
       <c r="E303" t="s">
         <v>27</v>
       </c>
       <c r="G303">
-        <v>102.949764</v>
+        <v>102.734361</v>
       </c>
       <c r="I303" t="s">
         <v>28</v>
       </c>
       <c r="J303">
         <v>12.455</v>
       </c>
       <c r="K303" s="2">
         <v>45161.0</v>
       </c>
       <c r="L303" s="2">
         <v>46078.0</v>
       </c>
       <c r="M303">
         <v>15000</v>
       </c>
       <c r="N303">
         <v>1000.0</v>
       </c>
       <c r="O303" t="s">
         <v>28</v>
       </c>
       <c r="P303">
-        <v>0.518958</v>
+        <v>0.553556</v>
       </c>
       <c r="Q303">
-        <v>102.518958</v>
+        <v>102.465972</v>
       </c>
       <c r="R303">
-        <v>103.01</v>
+        <v>102.75</v>
       </c>
       <c r="S303">
-        <v>102.0</v>
+        <v>101.912416</v>
       </c>
       <c r="T303">
-        <v>102.491042</v>
+        <v>102.196444</v>
       </c>
     </row>
     <row r="304" spans="1:24">
       <c r="A304" s="2">
-        <v>45572.423240741</v>
+        <v>45632.417048611</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>25</v>
       </c>
       <c r="D304" t="s">
         <v>26</v>
       </c>
       <c r="E304" t="s">
         <v>27</v>
       </c>
       <c r="G304">
-        <v>102.949764</v>
+        <v>102.734361</v>
       </c>
       <c r="I304" t="s">
         <v>28</v>
       </c>
       <c r="J304">
         <v>12.455</v>
       </c>
       <c r="K304" s="2">
         <v>45161.0</v>
       </c>
       <c r="L304" s="2">
         <v>46078.0</v>
       </c>
       <c r="M304">
         <v>15000</v>
       </c>
       <c r="N304">
         <v>1000.0</v>
       </c>
       <c r="O304" t="s">
         <v>28</v>
       </c>
       <c r="P304">
-        <v>0.484361</v>
+        <v>0.518958</v>
       </c>
       <c r="Q304">
+        <v>102.518958</v>
+      </c>
+      <c r="R304">
+        <v>102.768958</v>
+      </c>
+      <c r="S304">
         <v>102.0</v>
       </c>
-      <c r="R304">
-[...4 lines deleted...]
-      </c>
       <c r="T304">
-        <v>102.5</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="305" spans="1:24">
       <c r="A305" s="2">
-        <v>45569.562604167</v>
+        <v>45631.654594907</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
       <c r="F305">
-        <v>0.13</v>
+        <v>0.25</v>
       </c>
       <c r="G305">
-        <v>102.949764</v>
+        <v>102.734361</v>
       </c>
       <c r="H305">
-        <v>33973.42212</v>
+        <v>12328.12332</v>
       </c>
       <c r="I305" t="s">
         <v>28</v>
       </c>
       <c r="J305">
         <v>12.455</v>
       </c>
       <c r="K305" s="2">
         <v>45161.0</v>
       </c>
       <c r="L305" s="2">
         <v>46078.0</v>
       </c>
       <c r="M305">
         <v>15000</v>
       </c>
       <c r="N305">
         <v>1000.0</v>
       </c>
       <c r="O305" t="s">
         <v>28</v>
       </c>
       <c r="P305">
-        <v>0.449764</v>
+        <v>0.484361</v>
       </c>
       <c r="Q305">
-        <v>101.230001</v>
+        <v>102.484361</v>
       </c>
       <c r="R305">
-        <v>102.949764</v>
+        <v>102.734361</v>
       </c>
       <c r="S305">
-        <v>100.780237</v>
+        <v>102.0</v>
       </c>
       <c r="T305">
-        <v>102.5</v>
+        <v>102.25</v>
       </c>
       <c r="X305">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="306" spans="1:24">
       <c r="A306" s="2">
-        <v>45568.438553241</v>
+        <v>45630.420902778</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>25</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
       <c r="G306">
-        <v>102.811375</v>
+        <v>102.476778</v>
       </c>
       <c r="I306" t="s">
         <v>28</v>
       </c>
       <c r="J306">
         <v>12.455</v>
       </c>
       <c r="K306" s="2">
         <v>45161.0</v>
       </c>
       <c r="L306" s="2">
         <v>46078.0</v>
       </c>
       <c r="M306">
         <v>15000</v>
       </c>
       <c r="N306">
         <v>1000.0</v>
       </c>
       <c r="O306" t="s">
         <v>28</v>
       </c>
       <c r="P306">
-        <v>0.415167</v>
+        <v>0.380569</v>
       </c>
       <c r="Q306">
-        <v>101.192168</v>
+        <v>102.465972</v>
       </c>
       <c r="R306">
-        <v>102.915167</v>
+        <v>102.630569</v>
       </c>
       <c r="S306">
-        <v>100.777001</v>
+        <v>102.085403</v>
       </c>
       <c r="T306">
-        <v>102.5</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="307" spans="1:24">
       <c r="A307" s="2">
-        <v>45567.537997685</v>
+        <v>45629.574189815</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>25</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
-      <c r="F307">
-[...1 lines deleted...]
-      </c>
       <c r="G307">
-        <v>102.811375</v>
-[...2 lines deleted...]
-        <v>54197.93375</v>
+        <v>102.476778</v>
       </c>
       <c r="I307" t="s">
         <v>28</v>
       </c>
       <c r="J307">
         <v>12.455</v>
       </c>
       <c r="K307" s="2">
         <v>45161.0</v>
       </c>
       <c r="L307" s="2">
         <v>46078.0</v>
       </c>
       <c r="M307">
         <v>15000</v>
       </c>
       <c r="N307">
         <v>1000.0</v>
       </c>
       <c r="O307" t="s">
         <v>28</v>
       </c>
       <c r="P307">
-        <v>0.311375</v>
+        <v>0.345972</v>
       </c>
       <c r="Q307">
-        <v>101.088376</v>
+        <v>102.465972</v>
       </c>
       <c r="R307">
-        <v>102.811375</v>
+        <v>102.595972</v>
       </c>
       <c r="S307">
-        <v>100.777001</v>
+        <v>102.12</v>
       </c>
       <c r="T307">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="308" spans="1:24">
       <c r="A308" s="2">
-        <v>45566.498657407</v>
+        <v>45628.557118056</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="G308">
-        <v>100.707583</v>
+        <v>102.476778</v>
       </c>
       <c r="I308" t="s">
         <v>28</v>
       </c>
       <c r="J308">
         <v>12.455</v>
       </c>
       <c r="K308" s="2">
         <v>45161.0</v>
       </c>
       <c r="L308" s="2">
         <v>46078.0</v>
       </c>
       <c r="M308">
         <v>15000</v>
       </c>
       <c r="N308">
         <v>1000.0</v>
       </c>
       <c r="O308" t="s">
         <v>28</v>
       </c>
       <c r="P308">
-        <v>0.276778</v>
+        <v>0.311375</v>
       </c>
       <c r="Q308">
+        <v>102.311375</v>
+      </c>
+      <c r="R308">
+        <v>102.551375</v>
+      </c>
+      <c r="S308">
         <v>102.0</v>
       </c>
-      <c r="R308">
-[...4 lines deleted...]
-      </c>
       <c r="T308">
-        <v>101.993222</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="309" spans="1:24">
       <c r="A309" s="2">
-        <v>45565.657974537</v>
+        <v>45625.458668981</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>25</v>
       </c>
       <c r="D309" t="s">
         <v>26</v>
       </c>
       <c r="E309" t="s">
         <v>27</v>
       </c>
+      <c r="F309">
+        <v>0.71</v>
+      </c>
       <c r="G309">
-        <v>100.707583</v>
+        <v>102.476778</v>
+      </c>
+      <c r="H309">
+        <v>10247.6778</v>
       </c>
       <c r="I309" t="s">
         <v>28</v>
       </c>
       <c r="J309">
         <v>12.455</v>
       </c>
       <c r="K309" s="2">
         <v>45161.0</v>
       </c>
       <c r="L309" s="2">
         <v>46078.0</v>
       </c>
       <c r="M309">
         <v>15000</v>
       </c>
       <c r="N309">
         <v>1000.0</v>
       </c>
       <c r="O309" t="s">
         <v>28</v>
       </c>
       <c r="P309">
-        <v>0.242181</v>
+        <v>0.276778</v>
       </c>
       <c r="Q309">
-        <v>100.992181</v>
+        <v>101.75</v>
       </c>
       <c r="R309">
-        <v>102.742</v>
+        <v>102.516778</v>
       </c>
       <c r="S309">
-        <v>100.75</v>
+        <v>101.473222</v>
       </c>
       <c r="T309">
-        <v>102.499819</v>
+        <v>102.24</v>
+      </c>
+      <c r="X309">
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:24">
       <c r="A310" s="2">
-        <v>45562.648715278</v>
+        <v>45624.421087963</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
-      <c r="F310">
-[...1 lines deleted...]
-      </c>
       <c r="G310">
-        <v>100.707583</v>
-[...2 lines deleted...]
-        <v>8085.53081</v>
+        <v>101.75</v>
       </c>
       <c r="I310" t="s">
         <v>28</v>
       </c>
       <c r="J310">
         <v>12.455</v>
       </c>
       <c r="K310" s="2">
         <v>45161.0</v>
       </c>
       <c r="L310" s="2">
         <v>46078.0</v>
       </c>
       <c r="M310">
         <v>15000</v>
       </c>
       <c r="N310">
         <v>1000.0</v>
       </c>
       <c r="O310" t="s">
         <v>28</v>
       </c>
       <c r="P310">
-        <v>0.207583</v>
+        <v>0.242181</v>
       </c>
       <c r="Q310">
-        <v>100.707583</v>
+        <v>102.442181</v>
       </c>
       <c r="R310">
-        <v>103.9</v>
+        <v>102.482181</v>
       </c>
       <c r="S310">
-        <v>100.5</v>
+        <v>102.2</v>
       </c>
       <c r="T310">
-        <v>103.692417</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="311" spans="1:24">
       <c r="A311" s="2">
-        <v>45561.479305556</v>
+        <v>45623.419826389</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
-      <c r="F311">
-[...1 lines deleted...]
-      </c>
       <c r="G311">
-        <v>102.172986</v>
-[...2 lines deleted...]
-        <v>10217.2986</v>
+        <v>101.75</v>
       </c>
       <c r="I311" t="s">
         <v>28</v>
       </c>
       <c r="J311">
         <v>12.455</v>
       </c>
       <c r="K311" s="2">
         <v>45161.0</v>
       </c>
       <c r="L311" s="2">
         <v>46078.0</v>
       </c>
       <c r="M311">
         <v>15000</v>
       </c>
       <c r="N311">
         <v>1000.0</v>
       </c>
       <c r="O311" t="s">
         <v>28</v>
       </c>
       <c r="P311">
-        <v>0.172986</v>
+        <v>0.138389</v>
       </c>
       <c r="Q311">
-        <v>101.5</v>
+        <v>101.75</v>
       </c>
       <c r="R311">
-        <v>103.0</v>
+        <v>102.378389</v>
       </c>
       <c r="S311">
-        <v>101.327014</v>
+        <v>101.611611</v>
       </c>
       <c r="T311">
-        <v>102.827014</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="312" spans="1:24">
       <c r="A312" s="2">
-        <v>45560.644282407</v>
+        <v>45622.550740741</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>25</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="F312">
-        <v>-0.46</v>
+        <v>-0.55</v>
       </c>
       <c r="G312">
-        <v>101.569194</v>
+        <v>101.75</v>
       </c>
       <c r="H312">
-        <v>205202.46536</v>
+        <v>5093.43792</v>
       </c>
       <c r="I312" t="s">
         <v>28</v>
       </c>
       <c r="J312">
         <v>12.455</v>
       </c>
       <c r="K312" s="2">
         <v>45161.0</v>
       </c>
       <c r="L312" s="2">
         <v>46078.0</v>
       </c>
       <c r="M312">
         <v>15000</v>
       </c>
       <c r="N312">
         <v>1000.0</v>
       </c>
       <c r="O312" t="s">
         <v>28</v>
       </c>
       <c r="P312">
-        <v>0.069194</v>
+        <v>0.103792</v>
       </c>
       <c r="Q312">
-        <v>101.069194</v>
+        <v>101.75</v>
       </c>
       <c r="R312">
-        <v>101.569</v>
+        <v>102.343792</v>
       </c>
       <c r="S312">
-        <v>101.0</v>
+        <v>101.646208</v>
       </c>
       <c r="T312">
-        <v>101.499806</v>
+        <v>102.24</v>
       </c>
       <c r="X312">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="313" spans="1:24">
       <c r="A313" s="2">
-        <v>45559.632430556</v>
+        <v>45621.655</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="F313">
-        <v>0.03</v>
+        <v>0.19</v>
       </c>
       <c r="G313">
-        <v>102.034597</v>
+        <v>102.309194</v>
       </c>
       <c r="H313">
-        <v>5101.72985</v>
+        <v>54186.87282</v>
       </c>
       <c r="I313" t="s">
         <v>28</v>
       </c>
       <c r="J313">
         <v>12.455</v>
       </c>
       <c r="K313" s="2">
         <v>45161.0</v>
       </c>
       <c r="L313" s="2">
         <v>46078.0</v>
       </c>
       <c r="M313">
         <v>15000</v>
       </c>
       <c r="N313">
         <v>1000.0</v>
       </c>
       <c r="O313" t="s">
         <v>28</v>
       </c>
       <c r="P313">
-        <v>0.034597</v>
+        <v>0.069194</v>
       </c>
       <c r="Q313">
-        <v>101.734597</v>
+        <v>101.069194</v>
       </c>
       <c r="R313">
-        <v>102.034597</v>
+        <v>102.309194</v>
       </c>
       <c r="S313">
-        <v>101.7</v>
+        <v>101.0</v>
       </c>
       <c r="T313">
-        <v>102.0</v>
+        <v>102.24</v>
       </c>
       <c r="X313">
         <v>3</v>
       </c>
     </row>
     <row r="314" spans="1:24">
       <c r="A314" s="2">
-        <v>45558.508414352</v>
+        <v>45618.505914352</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
-      <c r="F314">
-[...1 lines deleted...]
-      </c>
       <c r="G314">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>32640.0</v>
+        <v>102.111611</v>
       </c>
       <c r="I314" t="s">
         <v>28</v>
       </c>
       <c r="J314">
         <v>12.455</v>
       </c>
       <c r="K314" s="2">
         <v>45161.0</v>
       </c>
       <c r="L314" s="2">
         <v>46078.0</v>
       </c>
       <c r="M314">
         <v>15000</v>
       </c>
       <c r="N314">
         <v>1000.0</v>
       </c>
       <c r="O314" t="s">
         <v>28</v>
       </c>
+      <c r="P314">
+        <v>0.034597</v>
+      </c>
       <c r="Q314">
-        <v>101.7</v>
+        <v>101.034597</v>
       </c>
       <c r="R314">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.534597</v>
+      </c>
+      <c r="S314">
+        <v>101.0</v>
+      </c>
+      <c r="T314">
+        <v>101.5</v>
       </c>
     </row>
     <row r="315" spans="1:24">
       <c r="A315" s="2">
-        <v>45555.653009259</v>
+        <v>45617.416990741</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
-      <c r="F315">
-[...1 lines deleted...]
-      </c>
       <c r="G315">
-        <v>101.964689</v>
-[...2 lines deleted...]
-        <v>21412.58469</v>
+        <v>102.111611</v>
       </c>
       <c r="I315" t="s">
         <v>28</v>
       </c>
       <c r="J315">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K315" s="2">
         <v>45161.0</v>
       </c>
       <c r="L315" s="2">
         <v>46078.0</v>
       </c>
       <c r="M315">
         <v>15000</v>
       </c>
       <c r="N315">
         <v>1000.0</v>
       </c>
       <c r="O315" t="s">
         <v>28</v>
       </c>
-      <c r="P315">
-[...1 lines deleted...]
-      </c>
       <c r="Q315">
-        <v>101.664689</v>
+        <v>101.0</v>
       </c>
       <c r="R315">
-        <v>101.964689</v>
-[...4 lines deleted...]
-      <c r="T315">
         <v>102.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="316" spans="1:24">
       <c r="A316" s="2">
-        <v>45554.60537037</v>
+        <v>45616.65556713</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>25</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
-      <c r="F316">
-[...1 lines deleted...]
-      </c>
       <c r="G316">
-        <v>101.929378</v>
-[...2 lines deleted...]
-        <v>34655.98852</v>
+        <v>102.111611</v>
       </c>
       <c r="I316" t="s">
         <v>28</v>
       </c>
       <c r="J316">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K316" s="2">
         <v>45161.0</v>
       </c>
       <c r="L316" s="2">
         <v>46078.0</v>
       </c>
       <c r="M316">
         <v>15000</v>
       </c>
       <c r="N316">
         <v>1000.0</v>
       </c>
       <c r="O316" t="s">
         <v>28</v>
       </c>
       <c r="P316">
-        <v>-0.070622</v>
+        <v>-0.103792</v>
       </c>
       <c r="Q316">
-        <v>101.429378</v>
+        <v>100.896208</v>
       </c>
       <c r="R316">
-        <v>101.929378</v>
+        <v>101.896208</v>
       </c>
       <c r="S316">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
       <c r="T316">
         <v>102.0</v>
       </c>
-      <c r="X316">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="317" spans="1:24">
       <c r="A317" s="2">
-        <v>45553.658819444</v>
+        <v>45615.627939815</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>25</v>
       </c>
       <c r="D317" t="s">
         <v>26</v>
       </c>
       <c r="E317" t="s">
         <v>27</v>
       </c>
       <c r="F317">
-        <v>0.03</v>
+        <v>-0.91</v>
       </c>
       <c r="G317">
-        <v>101.823444</v>
+        <v>102.111611</v>
       </c>
       <c r="H317">
-        <v>117096.9606</v>
+        <v>11219.77721</v>
       </c>
       <c r="I317" t="s">
         <v>28</v>
       </c>
       <c r="J317">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K317" s="2">
         <v>45161.0</v>
       </c>
       <c r="L317" s="2">
         <v>46078.0</v>
       </c>
       <c r="M317">
         <v>15000</v>
       </c>
       <c r="N317">
         <v>1000.0</v>
       </c>
       <c r="O317" t="s">
         <v>28</v>
       </c>
       <c r="P317">
-        <v>-0.176556</v>
+        <v>-0.138389</v>
       </c>
       <c r="Q317">
-        <v>100.83</v>
+        <v>101.361611</v>
       </c>
       <c r="R317">
-        <v>101.823444</v>
+        <v>102.111611</v>
       </c>
       <c r="S317">
-        <v>101.006556</v>
+        <v>101.5</v>
       </c>
       <c r="T317">
-        <v>102.0</v>
+        <v>102.25</v>
       </c>
       <c r="X317">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="318" spans="1:24">
       <c r="A318" s="2">
-        <v>45552.625775463</v>
+        <v>45614.356712963</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>25</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
-      <c r="F318">
-[...1 lines deleted...]
-      </c>
       <c r="G318">
-        <v>101.788133</v>
-[...2 lines deleted...]
-        <v>38654.49054</v>
+        <v>103.045736</v>
       </c>
       <c r="I318" t="s">
         <v>28</v>
       </c>
       <c r="J318">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K318" s="2">
         <v>45161.0</v>
       </c>
       <c r="L318" s="2">
         <v>46078.0</v>
       </c>
       <c r="M318">
         <v>15000</v>
       </c>
       <c r="N318">
         <v>1000.0</v>
       </c>
       <c r="O318" t="s">
         <v>28</v>
       </c>
       <c r="P318">
-        <v>-0.211867</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>-0.172986</v>
       </c>
     </row>
     <row r="319" spans="1:24">
       <c r="A319" s="2">
-        <v>45551.638368056</v>
+        <v>45611.416979167</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
-      <c r="F319">
-[...1 lines deleted...]
-      </c>
       <c r="G319">
-        <v>104.146844</v>
-[...2 lines deleted...]
-        <v>3129.05844</v>
+        <v>103.045736</v>
       </c>
       <c r="I319" t="s">
         <v>28</v>
       </c>
       <c r="J319">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K319" s="2">
         <v>45161.0</v>
       </c>
       <c r="L319" s="2">
         <v>46078.0</v>
       </c>
       <c r="M319">
         <v>15000</v>
       </c>
       <c r="N319">
         <v>1000.0</v>
       </c>
       <c r="O319" t="s">
         <v>28</v>
       </c>
       <c r="P319">
-        <v>0.812156</v>
+        <v>-0.207583</v>
       </c>
       <c r="Q319">
-        <v>101.42</v>
+        <v>100.792417</v>
       </c>
       <c r="R319">
-        <v>104.512156</v>
+        <v>102.042417</v>
       </c>
       <c r="S319">
-        <v>100.607844</v>
+        <v>101.0</v>
       </c>
       <c r="T319">
-        <v>103.7</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="320" spans="1:24">
       <c r="A320" s="2">
-        <v>45548.55</v>
+        <v>45610.540104167</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
       <c r="F320">
-        <v>-0.31</v>
+        <v>1.33</v>
       </c>
       <c r="G320">
-        <v>103.8</v>
+        <v>103.045736</v>
       </c>
       <c r="H320">
-        <v>3114.0</v>
+        <v>72132.0152</v>
       </c>
       <c r="I320" t="s">
         <v>28</v>
       </c>
       <c r="J320">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K320" s="2">
         <v>45161.0</v>
       </c>
       <c r="L320" s="2">
         <v>46078.0</v>
       </c>
       <c r="M320">
         <v>15000</v>
       </c>
       <c r="N320">
         <v>1000.0</v>
       </c>
       <c r="O320" t="s">
         <v>28</v>
       </c>
       <c r="P320">
-        <v>0.776844</v>
+        <v>0.795736</v>
       </c>
       <c r="Q320">
-        <v>101.976844</v>
+        <v>101.795736</v>
       </c>
       <c r="R320">
-        <v>104.526844</v>
+        <v>103.045736</v>
       </c>
       <c r="S320">
-        <v>101.2</v>
+        <v>101.0</v>
       </c>
       <c r="T320">
-        <v>103.75</v>
+        <v>102.25</v>
       </c>
       <c r="X320">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="321" spans="1:24">
       <c r="A321" s="2">
-        <v>45547.638993056</v>
+        <v>45609.434826389</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>25</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="F321">
-        <v>1.25</v>
+        <v>-0.61</v>
       </c>
       <c r="G321">
-        <v>104.1256</v>
+        <v>101.691944</v>
       </c>
       <c r="H321">
-        <v>20825.12</v>
+        <v>4094.67776</v>
       </c>
       <c r="I321" t="s">
         <v>28</v>
       </c>
       <c r="J321">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K321" s="2">
         <v>45161.0</v>
       </c>
       <c r="L321" s="2">
         <v>46078.0</v>
       </c>
       <c r="M321">
         <v>15000</v>
       </c>
       <c r="N321">
         <v>1000.0</v>
       </c>
       <c r="O321" t="s">
         <v>28</v>
       </c>
       <c r="P321">
-        <v>0.741533</v>
+        <v>0.691944</v>
       </c>
       <c r="Q321">
-        <v>101.35</v>
+        <v>101.691944</v>
       </c>
       <c r="R321">
-        <v>104.54</v>
+        <v>102.941944</v>
       </c>
       <c r="S321">
-        <v>100.608467</v>
+        <v>101.0</v>
       </c>
       <c r="T321">
-        <v>103.798467</v>
+        <v>102.25</v>
       </c>
       <c r="X321">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="322" spans="1:24">
       <c r="A322" s="2">
-        <v>45546.593206019</v>
+        <v>45608.568888889</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>25</v>
       </c>
       <c r="D322" t="s">
         <v>26</v>
       </c>
       <c r="E322" t="s">
         <v>27</v>
       </c>
-      <c r="F322">
-[...1 lines deleted...]
-      </c>
       <c r="G322">
-        <v>102.8356</v>
-[...2 lines deleted...]
-        <v>7198.492</v>
+        <v>102.315167</v>
       </c>
       <c r="I322" t="s">
         <v>28</v>
       </c>
       <c r="J322">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K322" s="2">
         <v>45161.0</v>
       </c>
       <c r="L322" s="2">
         <v>46078.0</v>
       </c>
       <c r="M322">
         <v>15000</v>
       </c>
       <c r="N322">
         <v>1000.0</v>
       </c>
       <c r="O322" t="s">
         <v>28</v>
       </c>
       <c r="P322">
-        <v>0.6356</v>
+        <v>0.657347</v>
       </c>
       <c r="Q322">
-        <v>102.8356</v>
+        <v>102.557347</v>
       </c>
       <c r="R322">
-        <v>103.2</v>
+        <v>102.907347</v>
       </c>
       <c r="S322">
-        <v>102.2</v>
+        <v>101.9</v>
       </c>
       <c r="T322">
-        <v>102.5644</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>102.25</v>
       </c>
     </row>
     <row r="323" spans="1:24">
       <c r="A323" s="2">
-        <v>45545.640231481</v>
+        <v>45607.560914352</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>25</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
         <v>27</v>
       </c>
       <c r="G323">
-        <v>103.094356</v>
+        <v>102.315167</v>
       </c>
       <c r="I323" t="s">
         <v>28</v>
       </c>
       <c r="J323">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K323" s="2">
         <v>45161.0</v>
       </c>
       <c r="L323" s="2">
         <v>46078.0</v>
       </c>
       <c r="M323">
         <v>15000</v>
       </c>
       <c r="N323">
         <v>1000.0</v>
       </c>
       <c r="O323" t="s">
         <v>28</v>
       </c>
       <c r="P323">
-        <v>0.600289</v>
+        <v>0.62275</v>
       </c>
       <c r="Q323">
-        <v>101.11</v>
+        <v>102.52275</v>
       </c>
       <c r="R323">
-        <v>103.0</v>
+        <v>103.89</v>
       </c>
       <c r="S323">
-        <v>100.509711</v>
+        <v>101.9</v>
       </c>
       <c r="T323">
-        <v>102.399711</v>
+        <v>103.26725</v>
       </c>
     </row>
     <row r="324" spans="1:24">
       <c r="A324" s="2">
-        <v>45544.652384259</v>
+        <v>45604.50462963</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>25</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="G324">
-        <v>103.094356</v>
+        <v>102.315167</v>
       </c>
       <c r="I324" t="s">
         <v>28</v>
       </c>
       <c r="J324">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K324" s="2">
         <v>45161.0</v>
       </c>
       <c r="L324" s="2">
         <v>46078.0</v>
       </c>
       <c r="M324">
         <v>15000</v>
       </c>
       <c r="N324">
         <v>1000.0</v>
       </c>
       <c r="O324" t="s">
         <v>28</v>
       </c>
       <c r="P324">
-        <v>0.564978</v>
+        <v>0.588153</v>
       </c>
       <c r="Q324">
-        <v>101.07001</v>
+        <v>102.488153</v>
       </c>
       <c r="R324">
-        <v>102.964978</v>
+        <v>103.94</v>
       </c>
       <c r="S324">
-        <v>100.505032</v>
+        <v>101.9</v>
       </c>
       <c r="T324">
-        <v>102.4</v>
+        <v>103.351847</v>
       </c>
     </row>
     <row r="325" spans="1:24">
       <c r="A325" s="2">
-        <v>45541.446585648</v>
+        <v>45603.505717593</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>25</v>
       </c>
       <c r="D325" t="s">
         <v>26</v>
       </c>
       <c r="E325" t="s">
         <v>27</v>
       </c>
       <c r="G325">
-        <v>103.094356</v>
+        <v>102.315167</v>
       </c>
       <c r="I325" t="s">
         <v>28</v>
       </c>
       <c r="J325">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K325" s="2">
         <v>45161.0</v>
       </c>
       <c r="L325" s="2">
         <v>46078.0</v>
       </c>
       <c r="M325">
         <v>15000</v>
       </c>
       <c r="N325">
         <v>1000.0</v>
       </c>
       <c r="O325" t="s">
         <v>28</v>
       </c>
       <c r="P325">
-        <v>0.529667</v>
+        <v>0.553556</v>
       </c>
       <c r="Q325">
-        <v>101.429667</v>
+        <v>102.453556</v>
       </c>
       <c r="R325">
-        <v>103.029667</v>
+        <v>103.96</v>
       </c>
       <c r="S325">
-        <v>100.9</v>
+        <v>101.9</v>
       </c>
       <c r="T325">
-        <v>102.5</v>
+        <v>103.406444</v>
       </c>
     </row>
     <row r="326" spans="1:24">
       <c r="A326" s="2">
-        <v>45540.635775463</v>
+        <v>45602.55869213</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>25</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
-      <c r="F326">
-[...1 lines deleted...]
-      </c>
       <c r="G326">
-        <v>103.094356</v>
-[...2 lines deleted...]
-        <v>4123.77424</v>
+        <v>102.315167</v>
       </c>
       <c r="I326" t="s">
         <v>28</v>
       </c>
       <c r="J326">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K326" s="2">
         <v>45161.0</v>
       </c>
       <c r="L326" s="2">
         <v>46078.0</v>
       </c>
       <c r="M326">
         <v>15000</v>
       </c>
       <c r="N326">
         <v>1000.0</v>
       </c>
       <c r="O326" t="s">
         <v>28</v>
       </c>
       <c r="P326">
-        <v>0.494356</v>
+        <v>0.449764</v>
       </c>
       <c r="Q326">
-        <v>102.494356</v>
+        <v>102.349764</v>
       </c>
       <c r="R326">
-        <v>103.494356</v>
+        <v>103.98</v>
       </c>
       <c r="S326">
-        <v>102.0</v>
+        <v>101.9</v>
       </c>
       <c r="T326">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.530236</v>
       </c>
     </row>
     <row r="327" spans="1:24">
       <c r="A327" s="2">
-        <v>45539.576655093</v>
+        <v>45601.489212963</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>25</v>
       </c>
       <c r="D327" t="s">
         <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>27</v>
       </c>
+      <c r="F327">
+        <v>-0.55</v>
+      </c>
       <c r="G327">
-        <v>101.853111</v>
+        <v>102.315167</v>
+      </c>
+      <c r="H327">
+        <v>1023.15167</v>
       </c>
       <c r="I327" t="s">
         <v>28</v>
       </c>
       <c r="J327">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K327" s="2">
         <v>45161.0</v>
       </c>
       <c r="L327" s="2">
         <v>46078.0</v>
       </c>
       <c r="M327">
         <v>15000</v>
       </c>
       <c r="N327">
         <v>1000.0</v>
       </c>
       <c r="O327" t="s">
         <v>28</v>
       </c>
       <c r="P327">
-        <v>0.388422</v>
+        <v>0.415167</v>
       </c>
       <c r="Q327">
-        <v>102.388422</v>
+        <v>102.315167</v>
       </c>
       <c r="R327">
-        <v>102.888422</v>
+        <v>104.91</v>
       </c>
       <c r="S327">
-        <v>102.0</v>
+        <v>101.9</v>
       </c>
       <c r="T327">
-        <v>102.5</v>
+        <v>104.494833</v>
+      </c>
+      <c r="X327">
+        <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:24">
       <c r="A328" s="2">
-        <v>45538.653773148</v>
+        <v>45600.607407407</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>25</v>
       </c>
       <c r="D328" t="s">
         <v>26</v>
       </c>
       <c r="E328" t="s">
         <v>27</v>
       </c>
       <c r="F328">
-        <v>-0.45</v>
+        <v>0.03</v>
       </c>
       <c r="G328">
-        <v>101.853111</v>
+        <v>102.880569</v>
       </c>
       <c r="H328">
-        <v>122286.9132</v>
+        <v>33950.58777</v>
       </c>
       <c r="I328" t="s">
         <v>28</v>
       </c>
       <c r="J328">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K328" s="2">
         <v>45161.0</v>
       </c>
       <c r="L328" s="2">
         <v>46078.0</v>
       </c>
       <c r="M328">
         <v>15000</v>
       </c>
       <c r="N328">
         <v>1000.0</v>
       </c>
       <c r="O328" t="s">
         <v>28</v>
       </c>
       <c r="P328">
-        <v>0.353111</v>
+        <v>0.380569</v>
       </c>
       <c r="Q328">
-        <v>101.54</v>
+        <v>101.48057</v>
       </c>
       <c r="R328">
-        <v>102.353111</v>
+        <v>102.980569</v>
       </c>
       <c r="S328">
-        <v>101.186889</v>
+        <v>101.100001</v>
       </c>
       <c r="T328">
-        <v>102.0</v>
+        <v>102.6</v>
       </c>
       <c r="X328">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:24">
       <c r="A329" s="2">
-        <v>45537.569305556</v>
+        <v>45597.647395833</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="F329">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="G329">
-        <v>102.3178</v>
+        <v>102.845972</v>
       </c>
       <c r="H329">
-        <v>78778.706</v>
+        <v>1028.45972</v>
       </c>
       <c r="I329" t="s">
         <v>28</v>
       </c>
       <c r="J329">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K329" s="2">
         <v>45161.0</v>
       </c>
       <c r="L329" s="2">
         <v>46078.0</v>
       </c>
       <c r="M329">
         <v>15000</v>
       </c>
       <c r="N329">
         <v>1000.0</v>
       </c>
       <c r="O329" t="s">
         <v>28</v>
       </c>
       <c r="P329">
-        <v>0.3178</v>
+        <v>0.345972</v>
       </c>
       <c r="Q329">
-        <v>101.8178</v>
+        <v>101.345973</v>
       </c>
       <c r="R329">
-        <v>104.2178</v>
+        <v>102.845972</v>
       </c>
       <c r="S329">
-        <v>101.5</v>
+        <v>101.000001</v>
       </c>
       <c r="T329">
-        <v>103.9</v>
+        <v>102.5</v>
       </c>
       <c r="X329">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:24">
       <c r="A330" s="2">
-        <v>45534.640543981</v>
+        <v>45596.460277778</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="G330">
-        <v>102.176556</v>
+        <v>102.707583</v>
       </c>
       <c r="I330" t="s">
         <v>28</v>
       </c>
       <c r="J330">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K330" s="2">
         <v>45161.0</v>
       </c>
       <c r="L330" s="2">
         <v>46078.0</v>
       </c>
       <c r="M330">
         <v>15000</v>
       </c>
       <c r="N330">
         <v>1000.0</v>
       </c>
       <c r="O330" t="s">
         <v>28</v>
       </c>
       <c r="P330">
-        <v>0.282489</v>
+        <v>0.311375</v>
       </c>
       <c r="Q330">
-        <v>101.182489</v>
+        <v>101.311376</v>
       </c>
       <c r="R330">
-        <v>102.082489</v>
+        <v>102.811375</v>
       </c>
       <c r="S330">
-        <v>100.9</v>
+        <v>101.000001</v>
       </c>
       <c r="T330">
-        <v>101.8</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="331" spans="1:24">
       <c r="A331" s="2">
-        <v>45533.457060185</v>
+        <v>45595.438854167</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
+      <c r="F331">
+        <v>0.03</v>
+      </c>
       <c r="G331">
-        <v>102.176556</v>
+        <v>102.707583</v>
+      </c>
+      <c r="H331">
+        <v>5135.37915</v>
       </c>
       <c r="I331" t="s">
         <v>28</v>
       </c>
       <c r="J331">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K331" s="2">
         <v>45161.0</v>
       </c>
       <c r="L331" s="2">
         <v>46078.0</v>
       </c>
       <c r="M331">
         <v>15000</v>
       </c>
       <c r="N331">
         <v>1000.0</v>
       </c>
       <c r="O331" t="s">
         <v>28</v>
       </c>
       <c r="P331">
-        <v>0.247178</v>
+        <v>0.207583</v>
       </c>
       <c r="Q331">
-        <v>101.25</v>
+        <v>101.207584</v>
       </c>
       <c r="R331">
-        <v>102.247178</v>
+        <v>102.707583</v>
       </c>
       <c r="S331">
-        <v>101.002822</v>
+        <v>101.000001</v>
       </c>
       <c r="T331">
-        <v>102.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X331">
+        <v>2</v>
       </c>
     </row>
     <row r="332" spans="1:24">
       <c r="A332" s="2">
-        <v>45532.47056713</v>
+        <v>45594.628564815</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
-      <c r="F332">
-[...1 lines deleted...]
-      </c>
       <c r="G332">
-        <v>102.176556</v>
+        <v>102.672986</v>
       </c>
       <c r="H332">
-        <v>15296.4834</v>
+        <v>3075.18958</v>
       </c>
       <c r="I332" t="s">
         <v>28</v>
       </c>
       <c r="J332">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K332" s="2">
         <v>45161.0</v>
       </c>
       <c r="L332" s="2">
         <v>46078.0</v>
       </c>
       <c r="M332">
         <v>15000</v>
       </c>
       <c r="N332">
         <v>1000.0</v>
       </c>
       <c r="O332" t="s">
         <v>28</v>
       </c>
       <c r="P332">
-        <v>0.176556</v>
+        <v>0.172986</v>
       </c>
       <c r="Q332">
-        <v>101.176556</v>
+        <v>101.172987</v>
       </c>
       <c r="R332">
-        <v>102.176556</v>
+        <v>102.672986</v>
       </c>
       <c r="S332">
-        <v>101.0</v>
+        <v>101.000001</v>
       </c>
       <c r="T332">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
       <c r="X332">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="333" spans="1:24">
       <c r="A333" s="2">
-        <v>45531.419212963</v>
+        <v>45593.450972222</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
+      <c r="F333">
+        <v>0.07</v>
+      </c>
       <c r="G333">
-        <v>101.105933</v>
+        <v>102.672986</v>
+      </c>
+      <c r="H333">
+        <v>3080.18958</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
       <c r="J333">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K333" s="2">
         <v>45161.0</v>
       </c>
       <c r="L333" s="2">
         <v>46078.0</v>
       </c>
       <c r="M333">
         <v>15000</v>
       </c>
       <c r="N333">
         <v>1000.0</v>
       </c>
       <c r="O333" t="s">
         <v>28</v>
       </c>
       <c r="P333">
-        <v>0.141244</v>
+        <v>0.172986</v>
       </c>
       <c r="Q333">
-        <v>101.1</v>
+        <v>101.222987</v>
       </c>
       <c r="R333">
-        <v>101.141244</v>
+        <v>102.672986</v>
       </c>
       <c r="S333">
-        <v>100.958756</v>
+        <v>101.050001</v>
       </c>
       <c r="T333">
-        <v>101.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X333">
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:24">
       <c r="A334" s="2">
-        <v>45530.584930556</v>
+        <v>45590.417152778</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
-      <c r="F334">
-[...1 lines deleted...]
-      </c>
       <c r="G334">
-        <v>101.105933</v>
-[...2 lines deleted...]
-        <v>16176.94928</v>
+        <v>102.603792</v>
       </c>
       <c r="I334" t="s">
         <v>28</v>
       </c>
       <c r="J334">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K334" s="2">
         <v>45161.0</v>
       </c>
       <c r="L334" s="2">
         <v>46078.0</v>
       </c>
       <c r="M334">
         <v>15000</v>
       </c>
       <c r="N334">
         <v>1000.0</v>
       </c>
       <c r="O334" t="s">
         <v>28</v>
       </c>
       <c r="P334">
-        <v>0.105933</v>
+        <v>0.138389</v>
       </c>
       <c r="Q334">
-        <v>101.0</v>
+        <v>101.188389</v>
       </c>
       <c r="R334">
-        <v>101.105933</v>
+        <v>102.638389</v>
       </c>
       <c r="S334">
-        <v>100.894067</v>
+        <v>101.05</v>
       </c>
       <c r="T334">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="335" spans="1:24">
       <c r="A335" s="2">
-        <v>45527.635706019</v>
+        <v>45589.659016204</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
       <c r="F335">
-        <v>0.03</v>
+        <v>1.59</v>
       </c>
       <c r="G335">
-        <v>101.070622</v>
+        <v>102.603792</v>
       </c>
       <c r="H335">
-        <v>50535.311</v>
+        <v>10260.3792</v>
       </c>
       <c r="I335" t="s">
         <v>28</v>
       </c>
       <c r="J335">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K335" s="2">
         <v>45161.0</v>
       </c>
       <c r="L335" s="2">
         <v>46078.0</v>
       </c>
       <c r="M335">
         <v>15000</v>
       </c>
       <c r="N335">
         <v>1000.0</v>
       </c>
       <c r="O335" t="s">
         <v>28</v>
       </c>
       <c r="P335">
-        <v>0.070622</v>
+        <v>0.103792</v>
       </c>
       <c r="Q335">
-        <v>100.870622</v>
+        <v>101.153792</v>
       </c>
       <c r="R335">
-        <v>101.070622</v>
+        <v>102.603792</v>
       </c>
       <c r="S335">
-        <v>100.8</v>
+        <v>101.05</v>
       </c>
       <c r="T335">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X335">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:24">
       <c r="A336" s="2">
-        <v>45526.663333333</v>
+        <v>45588.553761574</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>25</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
       <c r="F336">
-        <v>0.1</v>
+        <v>-1.43</v>
       </c>
       <c r="G336">
-        <v>101.035311</v>
+        <v>101.0</v>
       </c>
       <c r="H336">
-        <v>25258.82775</v>
+        <v>1010.0</v>
       </c>
       <c r="I336" t="s">
         <v>28</v>
       </c>
       <c r="J336">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K336" s="2">
         <v>45161.0</v>
       </c>
       <c r="L336" s="2">
         <v>46078.0</v>
       </c>
       <c r="M336">
         <v>15000</v>
       </c>
       <c r="N336">
         <v>1000.0</v>
       </c>
       <c r="O336" t="s">
         <v>28</v>
       </c>
-      <c r="P336">
-[...1 lines deleted...]
-      </c>
       <c r="Q336">
-        <v>100.835311</v>
+        <v>101.0</v>
       </c>
       <c r="R336">
-        <v>101.035311</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X336">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:24">
       <c r="A337" s="2">
-        <v>45525.657858796</v>
+        <v>45587.630277778</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>25</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
       <c r="F337">
-        <v>0.03</v>
+        <v>0.77</v>
       </c>
       <c r="G337">
-        <v>100.929378</v>
+        <v>102.465403</v>
       </c>
       <c r="H337">
-        <v>13120.81914</v>
+        <v>15369.81045</v>
       </c>
       <c r="I337" t="s">
         <v>28</v>
       </c>
       <c r="J337">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K337" s="2">
         <v>45161.0</v>
       </c>
       <c r="L337" s="2">
         <v>46078.0</v>
       </c>
       <c r="M337">
         <v>15000</v>
       </c>
       <c r="N337">
         <v>1000.0</v>
       </c>
       <c r="O337" t="s">
         <v>28</v>
       </c>
       <c r="P337">
-        <v>-0.070622</v>
+        <v>-0.034597</v>
       </c>
       <c r="Q337">
-        <v>100.729378</v>
+        <v>100.965403</v>
       </c>
       <c r="R337">
-        <v>100.929378</v>
+        <v>102.465403</v>
       </c>
       <c r="S337">
-        <v>100.8</v>
+        <v>101.0</v>
       </c>
       <c r="T337">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X337">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:24">
       <c r="A338" s="2">
-        <v>45524.660486111</v>
+        <v>45586.653912037</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>26</v>
       </c>
       <c r="E338" t="s">
         <v>27</v>
       </c>
       <c r="F338">
-        <v>-0.95</v>
+        <v>-0.26</v>
       </c>
       <c r="G338">
-        <v>100.894067</v>
+        <v>101.680806</v>
       </c>
       <c r="H338">
-        <v>197782.37132</v>
+        <v>25439.7015</v>
       </c>
       <c r="I338" t="s">
         <v>28</v>
       </c>
       <c r="J338">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K338" s="2">
         <v>45161.0</v>
       </c>
       <c r="L338" s="2">
         <v>46078.0</v>
       </c>
       <c r="M338">
         <v>15000</v>
       </c>
       <c r="N338">
         <v>1000.0</v>
       </c>
       <c r="O338" t="s">
         <v>28</v>
       </c>
       <c r="P338">
-        <v>-0.105933</v>
+        <v>-0.069194</v>
       </c>
       <c r="Q338">
-        <v>100.694067</v>
+        <v>100.430806</v>
       </c>
       <c r="R338">
-        <v>100.894067</v>
+        <v>102.430806</v>
       </c>
       <c r="S338">
-        <v>100.8</v>
+        <v>100.5</v>
       </c>
       <c r="T338">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X338">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="339" spans="1:24">
       <c r="A339" s="2">
-        <v>45523.44349537</v>
+        <v>45583.655625</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>25</v>
       </c>
       <c r="D339" t="s">
         <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>27</v>
       </c>
       <c r="F339">
-        <v>0.03</v>
+        <v>-1.27</v>
       </c>
       <c r="G339">
-        <v>101.858756</v>
+        <v>101.946208</v>
       </c>
       <c r="H339">
-        <v>3055.76268</v>
+        <v>57314.87648</v>
       </c>
       <c r="I339" t="s">
         <v>28</v>
       </c>
       <c r="J339">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K339" s="2">
         <v>45161.0</v>
       </c>
       <c r="L339" s="2">
         <v>46078.0</v>
       </c>
       <c r="M339">
         <v>15000</v>
       </c>
       <c r="N339">
         <v>1000.0</v>
       </c>
       <c r="O339" t="s">
         <v>28</v>
       </c>
       <c r="P339">
-        <v>-0.141244</v>
+        <v>-0.103792</v>
       </c>
       <c r="Q339">
-        <v>101.358756</v>
+        <v>101.946208</v>
       </c>
       <c r="R339">
-        <v>101.858756</v>
+        <v>102.396208</v>
       </c>
       <c r="S339">
-        <v>101.5</v>
+        <v>102.05</v>
       </c>
       <c r="T339">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
       <c r="X339">
         <v>2</v>
       </c>
     </row>
     <row r="340" spans="1:24">
       <c r="A340" s="2">
-        <v>45520.616516204</v>
+        <v>45582.416840278</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
-      <c r="F340">
-[...1 lines deleted...]
-      </c>
       <c r="G340">
-        <v>101.823444</v>
-[...2 lines deleted...]
-        <v>50911.722</v>
+        <v>103.261139</v>
       </c>
       <c r="I340" t="s">
         <v>28</v>
       </c>
       <c r="J340">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K340" s="2">
         <v>45161.0</v>
       </c>
       <c r="L340" s="2">
         <v>46078.0</v>
       </c>
       <c r="M340">
         <v>15000</v>
       </c>
       <c r="N340">
         <v>1000.0</v>
       </c>
       <c r="O340" t="s">
         <v>28</v>
       </c>
       <c r="P340">
-        <v>-0.176556</v>
+        <v>-0.138389</v>
       </c>
       <c r="Q340">
-        <v>100.923444</v>
+        <v>101.861611</v>
       </c>
       <c r="R340">
-        <v>101.823444</v>
+        <v>102.361611</v>
       </c>
       <c r="S340">
-        <v>101.1</v>
+        <v>102.0</v>
       </c>
       <c r="T340">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="341" spans="1:24">
       <c r="A341" s="2">
-        <v>45519.658888889</v>
+        <v>45581.417025463</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
-      <c r="F341">
-[...1 lines deleted...]
-      </c>
       <c r="G341">
-        <v>102.847467</v>
-[...2 lines deleted...]
-        <v>4113.89868</v>
+        <v>103.261139</v>
       </c>
       <c r="I341" t="s">
         <v>28</v>
       </c>
       <c r="J341">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K341" s="2">
         <v>45161.0</v>
       </c>
       <c r="L341" s="2">
         <v>46078.0</v>
       </c>
       <c r="M341">
         <v>15000</v>
       </c>
       <c r="N341">
         <v>1000.0</v>
       </c>
       <c r="O341" t="s">
         <v>28</v>
       </c>
       <c r="P341">
-        <v>0.847467</v>
+        <v>0.795736</v>
       </c>
       <c r="Q341">
-        <v>101.947467</v>
+        <v>102.795736</v>
       </c>
       <c r="R341">
-        <v>102.847467</v>
+        <v>103.295736</v>
       </c>
       <c r="S341">
-        <v>101.1</v>
+        <v>102.0</v>
       </c>
       <c r="T341">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="342" spans="1:24">
       <c r="A342" s="2">
-        <v>45518.632337963</v>
+        <v>45580.622546296</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="F342">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
       <c r="G342">
-        <v>102.741533</v>
+        <v>103.261139</v>
       </c>
       <c r="H342">
-        <v>35957.53655</v>
+        <v>5163.05695</v>
       </c>
       <c r="I342" t="s">
         <v>28</v>
       </c>
       <c r="J342">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K342" s="2">
         <v>45161.0</v>
       </c>
       <c r="L342" s="2">
         <v>46078.0</v>
       </c>
       <c r="M342">
         <v>15000</v>
       </c>
       <c r="N342">
         <v>1000.0</v>
       </c>
       <c r="O342" t="s">
         <v>28</v>
       </c>
       <c r="P342">
-        <v>0.741533</v>
+        <v>0.761139</v>
       </c>
       <c r="Q342">
-        <v>102.241533</v>
+        <v>102.761139</v>
       </c>
       <c r="R342">
-        <v>102.741533</v>
+        <v>103.261139</v>
       </c>
       <c r="S342">
-        <v>101.5</v>
+        <v>102.0</v>
       </c>
       <c r="T342">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
       <c r="X342">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:24">
       <c r="A343" s="2">
-        <v>45517.419965278</v>
+        <v>45579.524965278</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
+      <c r="F343">
+        <v>0.03</v>
+      </c>
       <c r="G343">
-        <v>102.6356</v>
+        <v>103.226542</v>
+      </c>
+      <c r="H343">
+        <v>20625.3084</v>
       </c>
       <c r="I343" t="s">
         <v>28</v>
       </c>
       <c r="J343">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K343" s="2">
         <v>45161.0</v>
       </c>
       <c r="L343" s="2">
         <v>46078.0</v>
       </c>
       <c r="M343">
         <v>15000</v>
       </c>
       <c r="N343">
         <v>1000.0</v>
       </c>
       <c r="O343" t="s">
         <v>28</v>
       </c>
       <c r="P343">
-        <v>0.706222</v>
+        <v>0.726542</v>
       </c>
       <c r="Q343">
-        <v>102.170911</v>
+        <v>102.726542</v>
       </c>
       <c r="R343">
-        <v>102.606222</v>
+        <v>103.226542</v>
       </c>
       <c r="S343">
-        <v>101.464689</v>
+        <v>102.0</v>
       </c>
       <c r="T343">
-        <v>101.9</v>
+        <v>102.5</v>
+      </c>
+      <c r="X343">
+        <v>4</v>
       </c>
     </row>
     <row r="344" spans="1:24">
       <c r="A344" s="2">
-        <v>45516.479398148</v>
+        <v>45576.619293981</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
+      <c r="F344">
+        <v>0.03</v>
+      </c>
       <c r="G344">
-        <v>102.6356</v>
+        <v>103.191944</v>
+      </c>
+      <c r="H344">
+        <v>15478.78852</v>
       </c>
       <c r="I344" t="s">
         <v>28</v>
       </c>
       <c r="J344">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K344" s="2">
         <v>45161.0</v>
       </c>
       <c r="L344" s="2">
         <v>46078.0</v>
       </c>
       <c r="M344">
         <v>15000</v>
       </c>
       <c r="N344">
         <v>1000.0</v>
       </c>
       <c r="O344" t="s">
         <v>28</v>
       </c>
       <c r="P344">
-        <v>0.670911</v>
+        <v>0.691944</v>
       </c>
       <c r="Q344">
-        <v>102.170911</v>
+        <v>102.691944</v>
       </c>
       <c r="R344">
-        <v>102.670911</v>
+        <v>103.191944</v>
       </c>
       <c r="S344">
-        <v>101.5</v>
+        <v>102.0</v>
       </c>
       <c r="T344">
-        <v>102.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X344">
+        <v>3</v>
       </c>
     </row>
     <row r="345" spans="1:24">
       <c r="A345" s="2">
-        <v>45513.539826389</v>
+        <v>45575.617731481</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>25</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
       <c r="F345">
-        <v>-1.69</v>
+        <v>0.1</v>
       </c>
       <c r="G345">
-        <v>102.6356</v>
+        <v>103.157347</v>
       </c>
       <c r="H345">
-        <v>21553.476</v>
+        <v>38168.21839</v>
       </c>
       <c r="I345" t="s">
         <v>28</v>
       </c>
       <c r="J345">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K345" s="2">
         <v>45161.0</v>
       </c>
       <c r="L345" s="2">
         <v>46078.0</v>
       </c>
       <c r="M345">
         <v>15000</v>
       </c>
       <c r="N345">
         <v>1000.0</v>
       </c>
       <c r="O345" t="s">
         <v>28</v>
       </c>
       <c r="P345">
-        <v>0.6356</v>
+        <v>0.657347</v>
       </c>
       <c r="Q345">
-        <v>102.1356</v>
+        <v>102.657347</v>
       </c>
       <c r="R345">
-        <v>102.6356</v>
+        <v>103.157347</v>
       </c>
       <c r="S345">
-        <v>101.5</v>
+        <v>102.0</v>
       </c>
       <c r="T345">
-        <v>102.0</v>
+        <v>102.5</v>
       </c>
       <c r="X345">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="346" spans="1:24">
       <c r="A346" s="2">
-        <v>45512.554791667</v>
+        <v>45574.4740625</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>25</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
       <c r="F346">
-        <v>1.76</v>
+        <v>0.1</v>
       </c>
       <c r="G346">
-        <v>104.3994</v>
+        <v>103.053556</v>
       </c>
       <c r="H346">
-        <v>1043.994</v>
+        <v>15458.0334</v>
       </c>
       <c r="I346" t="s">
         <v>28</v>
       </c>
       <c r="J346">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K346" s="2">
         <v>45161.0</v>
       </c>
       <c r="L346" s="2">
         <v>46078.0</v>
       </c>
       <c r="M346">
         <v>15000</v>
       </c>
       <c r="N346">
         <v>1000.0</v>
       </c>
       <c r="O346" t="s">
         <v>28</v>
       </c>
       <c r="P346">
-        <v>0.600289</v>
+        <v>0.553556</v>
       </c>
       <c r="Q346">
-        <v>102.600289</v>
+        <v>102.653556</v>
       </c>
       <c r="R346">
-        <v>104.200289</v>
+        <v>103.05</v>
       </c>
       <c r="S346">
-        <v>102.0</v>
+        <v>102.1</v>
       </c>
       <c r="T346">
-        <v>103.6</v>
+        <v>102.496444</v>
       </c>
       <c r="X346">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:24">
       <c r="A347" s="2">
-        <v>45511.594826389</v>
+        <v>45573.61431713</v>
       </c>
       <c r="B347" t="s">
         <v>24</v>
       </c>
       <c r="C347" t="s">
         <v>25</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
-      <c r="F347">
-[...1 lines deleted...]
-      </c>
       <c r="G347">
-        <v>102.594356</v>
-[...2 lines deleted...]
-        <v>20512.8712</v>
+        <v>102.949764</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
       </c>
       <c r="J347">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K347" s="2">
         <v>45161.0</v>
       </c>
       <c r="L347" s="2">
         <v>46078.0</v>
       </c>
       <c r="M347">
         <v>15000</v>
       </c>
       <c r="N347">
         <v>1000.0</v>
       </c>
       <c r="O347" t="s">
         <v>28</v>
       </c>
       <c r="P347">
-        <v>0.494356</v>
+        <v>0.518958</v>
       </c>
       <c r="Q347">
-        <v>102.594356</v>
+        <v>102.518958</v>
       </c>
       <c r="R347">
-        <v>104.2933</v>
+        <v>103.01</v>
       </c>
       <c r="S347">
-        <v>102.1</v>
+        <v>102.0</v>
       </c>
       <c r="T347">
-        <v>103.798944</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>102.491042</v>
       </c>
     </row>
     <row r="348" spans="1:24">
       <c r="A348" s="2">
-        <v>45510.430162037</v>
+        <v>45572.423240741</v>
       </c>
       <c r="B348" t="s">
         <v>24</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="G348">
-        <v>102.923733</v>
+        <v>102.949764</v>
       </c>
       <c r="I348" t="s">
         <v>28</v>
       </c>
       <c r="J348">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K348" s="2">
         <v>45161.0</v>
       </c>
       <c r="L348" s="2">
         <v>46078.0</v>
       </c>
       <c r="M348">
         <v>15000</v>
       </c>
       <c r="N348">
         <v>1000.0</v>
       </c>
       <c r="O348" t="s">
         <v>28</v>
       </c>
       <c r="P348">
-        <v>0.459044</v>
+        <v>0.484361</v>
       </c>
       <c r="Q348">
-        <v>102.459044</v>
+        <v>102.0</v>
       </c>
       <c r="R348">
-        <v>103.359044</v>
+        <v>102.984361</v>
       </c>
       <c r="S348">
-        <v>102.0</v>
+        <v>101.515639</v>
       </c>
       <c r="T348">
-        <v>102.9</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="349" spans="1:24">
       <c r="A349" s="2">
-        <v>45509.510069444</v>
+        <v>45569.562604167</v>
       </c>
       <c r="B349" t="s">
         <v>24</v>
       </c>
       <c r="C349" t="s">
         <v>25</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="F349">
-        <v>0.6</v>
+        <v>0.13</v>
       </c>
       <c r="G349">
-        <v>102.923733</v>
+        <v>102.949764</v>
       </c>
       <c r="H349">
-        <v>3097.71199</v>
+        <v>33973.42212</v>
       </c>
       <c r="I349" t="s">
         <v>28</v>
       </c>
       <c r="J349">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K349" s="2">
         <v>45161.0</v>
       </c>
       <c r="L349" s="2">
         <v>46078.0</v>
       </c>
       <c r="M349">
         <v>15000</v>
       </c>
       <c r="N349">
         <v>1000.0</v>
       </c>
       <c r="O349" t="s">
         <v>28</v>
       </c>
       <c r="P349">
-        <v>0.423733</v>
+        <v>0.449764</v>
       </c>
       <c r="Q349">
-        <v>102.423733</v>
+        <v>101.230001</v>
       </c>
       <c r="R349">
-        <v>103.323733</v>
+        <v>102.949764</v>
       </c>
       <c r="S349">
-        <v>102.0</v>
+        <v>100.780237</v>
       </c>
       <c r="T349">
-        <v>102.9</v>
+        <v>102.5</v>
       </c>
       <c r="X349">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:24">
       <c r="A350" s="2">
-        <v>45506.436747685</v>
+        <v>45568.438553241</v>
       </c>
       <c r="B350" t="s">
         <v>24</v>
       </c>
       <c r="C350" t="s">
         <v>25</v>
       </c>
       <c r="D350" t="s">
         <v>26</v>
       </c>
       <c r="E350" t="s">
         <v>27</v>
       </c>
       <c r="G350">
-        <v>102.312156</v>
+        <v>102.811375</v>
       </c>
       <c r="I350" t="s">
         <v>28</v>
       </c>
       <c r="J350">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K350" s="2">
         <v>45161.0</v>
       </c>
       <c r="L350" s="2">
         <v>46078.0</v>
       </c>
       <c r="M350">
         <v>15000</v>
       </c>
       <c r="N350">
         <v>1000.0</v>
       </c>
       <c r="O350" t="s">
         <v>28</v>
       </c>
       <c r="P350">
-        <v>0.388422</v>
+        <v>0.415167</v>
       </c>
       <c r="Q350">
-        <v>102.888422</v>
+        <v>101.192168</v>
       </c>
       <c r="R350">
-        <v>104.2375</v>
+        <v>102.915167</v>
       </c>
       <c r="S350">
+        <v>100.777001</v>
+      </c>
+      <c r="T350">
         <v>102.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>103.849078</v>
       </c>
     </row>
     <row r="351" spans="1:24">
       <c r="A351" s="2">
-        <v>45505.56005787</v>
+        <v>45567.537997685</v>
       </c>
       <c r="B351" t="s">
         <v>24</v>
       </c>
       <c r="C351" t="s">
         <v>25</v>
       </c>
       <c r="D351" t="s">
         <v>26</v>
       </c>
       <c r="E351" t="s">
         <v>27</v>
       </c>
+      <c r="F351">
+        <v>2.09</v>
+      </c>
       <c r="G351">
-        <v>102.312156</v>
+        <v>102.811375</v>
+      </c>
+      <c r="H351">
+        <v>54197.93375</v>
       </c>
       <c r="I351" t="s">
         <v>28</v>
       </c>
       <c r="J351">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K351" s="2">
         <v>45161.0</v>
       </c>
       <c r="L351" s="2">
         <v>46078.0</v>
       </c>
       <c r="M351">
         <v>15000</v>
       </c>
       <c r="N351">
         <v>1000.0</v>
       </c>
       <c r="O351" t="s">
         <v>28</v>
       </c>
       <c r="P351">
-        <v>0.353111</v>
+        <v>0.311375</v>
       </c>
       <c r="Q351">
-        <v>102.853111</v>
+        <v>101.088376</v>
       </c>
       <c r="R351">
-        <v>104.2021</v>
+        <v>102.811375</v>
       </c>
       <c r="S351">
+        <v>100.777001</v>
+      </c>
+      <c r="T351">
         <v>102.5</v>
       </c>
-      <c r="T351">
-        <v>103.848989</v>
+      <c r="X351">
+        <v>3</v>
       </c>
     </row>
     <row r="352" spans="1:24">
       <c r="A352" s="2">
-        <v>45504.432997685</v>
+        <v>45566.498657407</v>
       </c>
       <c r="B352" t="s">
         <v>24</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
       <c r="G352">
-        <v>102.312156</v>
+        <v>100.707583</v>
       </c>
       <c r="I352" t="s">
         <v>28</v>
       </c>
       <c r="J352">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K352" s="2">
         <v>45161.0</v>
       </c>
       <c r="L352" s="2">
         <v>46078.0</v>
       </c>
       <c r="M352">
         <v>15000</v>
       </c>
       <c r="N352">
         <v>1000.0</v>
       </c>
       <c r="O352" t="s">
         <v>28</v>
       </c>
       <c r="P352">
-        <v>0.247178</v>
+        <v>0.276778</v>
       </c>
       <c r="Q352">
-        <v>102.247178</v>
+        <v>102.0</v>
       </c>
       <c r="R352">
-        <v>104.0961</v>
+        <v>102.27</v>
       </c>
       <c r="S352">
-        <v>102.0</v>
+        <v>101.723222</v>
       </c>
       <c r="T352">
-        <v>103.848922</v>
+        <v>101.993222</v>
       </c>
     </row>
     <row r="353" spans="1:24">
       <c r="A353" s="2">
-        <v>45503.655023148</v>
+        <v>45565.657974537</v>
       </c>
       <c r="B353" t="s">
         <v>24</v>
       </c>
       <c r="C353" t="s">
         <v>25</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="G353">
-        <v>102.312156</v>
+        <v>100.707583</v>
       </c>
       <c r="I353" t="s">
         <v>28</v>
       </c>
       <c r="J353">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K353" s="2">
         <v>45161.0</v>
       </c>
       <c r="L353" s="2">
         <v>46078.0</v>
       </c>
       <c r="M353">
         <v>15000</v>
       </c>
       <c r="N353">
         <v>1000.0</v>
       </c>
       <c r="O353" t="s">
         <v>28</v>
       </c>
       <c r="P353">
-        <v>0.211867</v>
+        <v>0.242181</v>
       </c>
       <c r="Q353">
-        <v>102.211867</v>
+        <v>100.992181</v>
       </c>
       <c r="R353">
-        <v>104.061</v>
+        <v>102.742</v>
       </c>
       <c r="S353">
-        <v>102.0</v>
+        <v>100.75</v>
       </c>
       <c r="T353">
-        <v>103.849133</v>
+        <v>102.499819</v>
       </c>
     </row>
     <row r="354" spans="1:24">
       <c r="A354" s="2">
-        <v>45502.562002315</v>
+        <v>45562.648715278</v>
       </c>
       <c r="B354" t="s">
         <v>24</v>
       </c>
       <c r="C354" t="s">
         <v>25</v>
       </c>
       <c r="D354" t="s">
         <v>26</v>
       </c>
       <c r="E354" t="s">
         <v>27</v>
       </c>
+      <c r="F354">
+        <v>-1.43</v>
+      </c>
       <c r="G354">
-        <v>102.312156</v>
+        <v>100.707583</v>
+      </c>
+      <c r="H354">
+        <v>8085.53081</v>
       </c>
       <c r="I354" t="s">
         <v>28</v>
       </c>
       <c r="J354">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K354" s="2">
         <v>45161.0</v>
       </c>
       <c r="L354" s="2">
         <v>46078.0</v>
       </c>
       <c r="M354">
         <v>15000</v>
       </c>
       <c r="N354">
         <v>1000.0</v>
       </c>
       <c r="O354" t="s">
         <v>28</v>
       </c>
       <c r="P354">
-        <v>0.176556</v>
+        <v>0.207583</v>
       </c>
       <c r="Q354">
-        <v>101.676556</v>
+        <v>100.707583</v>
       </c>
       <c r="R354">
-        <v>104.0255</v>
+        <v>103.9</v>
       </c>
       <c r="S354">
-        <v>101.5</v>
+        <v>100.5</v>
       </c>
       <c r="T354">
-        <v>103.848944</v>
+        <v>103.692417</v>
+      </c>
+      <c r="X354">
+        <v>4</v>
       </c>
     </row>
     <row r="355" spans="1:24">
       <c r="A355" s="2">
-        <v>45499.463946759</v>
+        <v>45561.479305556</v>
       </c>
       <c r="B355" t="s">
         <v>24</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
+      <c r="F355">
+        <v>0.59</v>
+      </c>
       <c r="G355">
-        <v>102.312156</v>
+        <v>102.172986</v>
+      </c>
+      <c r="H355">
+        <v>10217.2986</v>
       </c>
       <c r="I355" t="s">
         <v>28</v>
       </c>
       <c r="J355">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K355" s="2">
         <v>45161.0</v>
       </c>
       <c r="L355" s="2">
         <v>46078.0</v>
       </c>
       <c r="M355">
         <v>15000</v>
       </c>
       <c r="N355">
         <v>1000.0</v>
       </c>
       <c r="O355" t="s">
         <v>28</v>
       </c>
       <c r="P355">
-        <v>0.176556</v>
+        <v>0.172986</v>
       </c>
       <c r="Q355">
-        <v>101.676556</v>
+        <v>101.5</v>
       </c>
       <c r="R355">
-        <v>104.0255</v>
+        <v>103.0</v>
       </c>
       <c r="S355">
-        <v>101.5</v>
+        <v>101.327014</v>
       </c>
       <c r="T355">
-        <v>103.848944</v>
+        <v>102.827014</v>
+      </c>
+      <c r="X355">
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:24">
       <c r="A356" s="2">
-        <v>45498.54255787</v>
+        <v>45560.644282407</v>
       </c>
       <c r="B356" t="s">
         <v>24</v>
       </c>
       <c r="C356" t="s">
         <v>25</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
+      <c r="F356">
+        <v>-0.46</v>
+      </c>
       <c r="G356">
-        <v>102.312156</v>
+        <v>101.569194</v>
+      </c>
+      <c r="H356">
+        <v>205202.46536</v>
       </c>
       <c r="I356" t="s">
         <v>28</v>
       </c>
       <c r="J356">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K356" s="2">
         <v>45161.0</v>
       </c>
       <c r="L356" s="2">
         <v>46078.0</v>
       </c>
       <c r="M356">
         <v>15000</v>
       </c>
       <c r="N356">
         <v>1000.0</v>
       </c>
       <c r="O356" t="s">
         <v>28</v>
       </c>
       <c r="P356">
-        <v>0.141244</v>
+        <v>0.069194</v>
       </c>
       <c r="Q356">
-        <v>101.241244</v>
+        <v>101.069194</v>
       </c>
       <c r="R356">
-        <v>103.991244</v>
+        <v>101.569</v>
       </c>
       <c r="S356">
-        <v>101.1</v>
+        <v>101.0</v>
       </c>
       <c r="T356">
-        <v>103.85</v>
+        <v>101.499806</v>
+      </c>
+      <c r="X356">
+        <v>10</v>
       </c>
     </row>
     <row r="357" spans="1:24">
       <c r="A357" s="2">
-        <v>45497.4609375</v>
+        <v>45559.632430556</v>
       </c>
       <c r="B357" t="s">
         <v>24</v>
       </c>
       <c r="C357" t="s">
         <v>25</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
+      <c r="F357">
+        <v>0.03</v>
+      </c>
       <c r="G357">
-        <v>102.312156</v>
+        <v>102.034597</v>
+      </c>
+      <c r="H357">
+        <v>5101.72985</v>
       </c>
       <c r="I357" t="s">
         <v>28</v>
       </c>
       <c r="J357">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K357" s="2">
         <v>45161.0</v>
       </c>
       <c r="L357" s="2">
         <v>46078.0</v>
       </c>
       <c r="M357">
         <v>15000</v>
       </c>
       <c r="N357">
         <v>1000.0</v>
       </c>
       <c r="O357" t="s">
         <v>28</v>
       </c>
       <c r="P357">
-        <v>0.035311</v>
+        <v>0.034597</v>
       </c>
       <c r="Q357">
-        <v>101.235311</v>
+        <v>101.734597</v>
       </c>
       <c r="R357">
-        <v>103.8844</v>
+        <v>102.034597</v>
       </c>
       <c r="S357">
-        <v>101.2</v>
+        <v>101.7</v>
       </c>
       <c r="T357">
-        <v>103.849089</v>
+        <v>102.0</v>
+      </c>
+      <c r="X357">
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:24">
       <c r="A358" s="2">
-        <v>45496.552696759</v>
+        <v>45558.508414352</v>
       </c>
       <c r="B358" t="s">
         <v>24</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
+      <c r="F358">
+        <v>0.03</v>
+      </c>
       <c r="G358">
-        <v>102.312156</v>
+        <v>102.0</v>
+      </c>
+      <c r="H358">
+        <v>32640.0</v>
       </c>
       <c r="I358" t="s">
         <v>28</v>
       </c>
       <c r="J358">
-        <v>12.712</v>
+        <v>12.455</v>
       </c>
       <c r="K358" s="2">
         <v>45161.0</v>
       </c>
       <c r="L358" s="2">
         <v>46078.0</v>
       </c>
       <c r="M358">
         <v>15000</v>
       </c>
       <c r="N358">
         <v>1000.0</v>
       </c>
       <c r="O358" t="s">
         <v>28</v>
       </c>
       <c r="Q358">
-        <v>101.0</v>
+        <v>101.7</v>
       </c>
       <c r="R358">
-        <v>103.849</v>
+        <v>102.0</v>
+      </c>
+      <c r="X358">
+        <v>2</v>
       </c>
     </row>
     <row r="359" spans="1:24">
       <c r="A359" s="2">
-        <v>45495.590243056</v>
+        <v>45555.653009259</v>
       </c>
       <c r="B359" t="s">
         <v>24</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
+      <c r="F359">
+        <v>0.03</v>
+      </c>
       <c r="G359">
-        <v>102.312156</v>
+        <v>101.964689</v>
+      </c>
+      <c r="H359">
+        <v>21412.58469</v>
       </c>
       <c r="I359" t="s">
         <v>28</v>
       </c>
       <c r="J359">
         <v>12.712</v>
       </c>
       <c r="K359" s="2">
         <v>45161.0</v>
       </c>
       <c r="L359" s="2">
         <v>46078.0</v>
       </c>
       <c r="M359">
         <v>15000</v>
       </c>
       <c r="N359">
         <v>1000.0</v>
       </c>
       <c r="O359" t="s">
         <v>28</v>
       </c>
       <c r="P359">
         <v>-0.035311</v>
       </c>
       <c r="Q359">
+        <v>101.664689</v>
+      </c>
+      <c r="R359">
         <v>101.964689</v>
       </c>
-      <c r="R359">
-[...1 lines deleted...]
-      </c>
       <c r="S359">
+        <v>101.7</v>
+      </c>
+      <c r="T359">
         <v>102.0</v>
       </c>
-      <c r="T359">
-        <v>103.848911</v>
+      <c r="X359">
+        <v>4</v>
       </c>
     </row>
     <row r="360" spans="1:24">
       <c r="A360" s="2">
-        <v>45492.580914352</v>
+        <v>45554.60537037</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>25</v>
       </c>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>27</v>
       </c>
+      <c r="F360">
+        <v>0.1</v>
+      </c>
       <c r="G360">
-        <v>102.312156</v>
+        <v>101.929378</v>
+      </c>
+      <c r="H360">
+        <v>34655.98852</v>
       </c>
       <c r="I360" t="s">
         <v>28</v>
       </c>
       <c r="J360">
         <v>12.712</v>
       </c>
       <c r="K360" s="2">
         <v>45161.0</v>
       </c>
       <c r="L360" s="2">
         <v>46078.0</v>
       </c>
       <c r="M360">
         <v>15000</v>
       </c>
       <c r="N360">
         <v>1000.0</v>
       </c>
       <c r="O360" t="s">
         <v>28</v>
       </c>
       <c r="P360">
         <v>-0.070622</v>
       </c>
       <c r="Q360">
-        <v>101.729378</v>
+        <v>101.429378</v>
       </c>
       <c r="R360">
-        <v>103.778</v>
+        <v>101.929378</v>
       </c>
       <c r="S360">
-        <v>101.8</v>
+        <v>101.5</v>
       </c>
       <c r="T360">
-        <v>103.848622</v>
+        <v>102.0</v>
+      </c>
+      <c r="X360">
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:24">
       <c r="A361" s="2">
-        <v>45491.633935185</v>
+        <v>45553.658819444</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>25</v>
       </c>
       <c r="D361" t="s">
         <v>26</v>
       </c>
       <c r="E361" t="s">
         <v>27</v>
       </c>
+      <c r="F361">
+        <v>0.03</v>
+      </c>
       <c r="G361">
-        <v>102.312156</v>
+        <v>101.823444</v>
+      </c>
+      <c r="H361">
+        <v>117096.9606</v>
       </c>
       <c r="I361" t="s">
         <v>28</v>
       </c>
       <c r="J361">
         <v>12.712</v>
       </c>
       <c r="K361" s="2">
         <v>45161.0</v>
       </c>
       <c r="L361" s="2">
         <v>46078.0</v>
       </c>
       <c r="M361">
         <v>15000</v>
       </c>
       <c r="N361">
         <v>1000.0</v>
       </c>
       <c r="O361" t="s">
         <v>28</v>
       </c>
       <c r="P361">
-        <v>-0.105933</v>
+        <v>-0.176556</v>
       </c>
       <c r="Q361">
-        <v>101.195</v>
+        <v>100.83</v>
       </c>
       <c r="R361">
-        <v>103.743</v>
+        <v>101.823444</v>
       </c>
       <c r="S361">
-        <v>101.300933</v>
+        <v>101.006556</v>
       </c>
       <c r="T361">
-        <v>103.848933</v>
+        <v>102.0</v>
+      </c>
+      <c r="X361">
+        <v>4</v>
       </c>
     </row>
     <row r="362" spans="1:24">
       <c r="A362" s="2">
-        <v>45490.487511574</v>
+        <v>45552.625775463</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" t="s">
         <v>26</v>
       </c>
       <c r="E362" t="s">
         <v>27</v>
       </c>
+      <c r="F362">
+        <v>-2.26</v>
+      </c>
       <c r="G362">
-        <v>102.312156</v>
+        <v>101.788133</v>
+      </c>
+      <c r="H362">
+        <v>38654.49054</v>
       </c>
       <c r="I362" t="s">
         <v>28</v>
       </c>
       <c r="J362">
         <v>12.712</v>
       </c>
       <c r="K362" s="2">
         <v>45161.0</v>
       </c>
       <c r="L362" s="2">
         <v>46078.0</v>
       </c>
       <c r="M362">
         <v>15000</v>
       </c>
       <c r="N362">
         <v>1000.0</v>
       </c>
       <c r="O362" t="s">
         <v>28</v>
       </c>
       <c r="P362">
         <v>-0.211867</v>
       </c>
       <c r="Q362">
-        <v>100.988133</v>
+        <v>100.39</v>
       </c>
       <c r="R362">
-        <v>103.637</v>
+        <v>101.788133</v>
       </c>
       <c r="S362">
-        <v>101.2</v>
+        <v>100.601867</v>
       </c>
       <c r="T362">
-        <v>103.848867</v>
+        <v>102.0</v>
+      </c>
+      <c r="X362">
+        <v>7</v>
       </c>
     </row>
     <row r="363" spans="1:24">
       <c r="A363" s="2">
-        <v>45489.607511574</v>
+        <v>45551.638368056</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
         <v>25</v>
       </c>
       <c r="D363" t="s">
         <v>26</v>
       </c>
       <c r="E363" t="s">
         <v>27</v>
       </c>
       <c r="F363">
-        <v>-1.64</v>
+        <v>0.33</v>
       </c>
       <c r="G363">
-        <v>102.312156</v>
+        <v>104.146844</v>
       </c>
       <c r="H363">
-        <v>52194.19956</v>
+        <v>3129.05844</v>
       </c>
       <c r="I363" t="s">
         <v>28</v>
       </c>
       <c r="J363">
         <v>12.712</v>
       </c>
       <c r="K363" s="2">
         <v>45161.0</v>
       </c>
       <c r="L363" s="2">
         <v>46078.0</v>
       </c>
       <c r="M363">
         <v>15000</v>
       </c>
       <c r="N363">
         <v>1000.0</v>
       </c>
       <c r="O363" t="s">
         <v>28</v>
       </c>
       <c r="P363">
         <v>0.812156</v>
       </c>
       <c r="Q363">
-        <v>102.013</v>
+        <v>101.42</v>
       </c>
       <c r="R363">
-        <v>104.659</v>
+        <v>104.512156</v>
       </c>
       <c r="S363">
-        <v>101.200844</v>
+        <v>100.607844</v>
       </c>
       <c r="T363">
-        <v>103.846844</v>
+        <v>103.7</v>
       </c>
       <c r="X363">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="364" spans="1:24">
       <c r="A364" s="2">
-        <v>45488.623576389</v>
+        <v>45548.55</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
         <v>25</v>
       </c>
       <c r="D364" t="s">
         <v>26</v>
       </c>
       <c r="E364" t="s">
         <v>27</v>
       </c>
       <c r="F364">
-        <v>-0.22</v>
+        <v>-0.31</v>
       </c>
       <c r="G364">
-        <v>104.015277</v>
+        <v>103.8</v>
       </c>
       <c r="H364">
-        <v>7300.87774</v>
+        <v>3114.0</v>
       </c>
       <c r="I364" t="s">
         <v>28</v>
       </c>
       <c r="J364">
         <v>12.712</v>
       </c>
       <c r="K364" s="2">
         <v>45161.0</v>
       </c>
       <c r="L364" s="2">
         <v>46078.0</v>
       </c>
       <c r="M364">
         <v>15000</v>
       </c>
       <c r="N364">
         <v>1000.0</v>
       </c>
       <c r="O364" t="s">
         <v>28</v>
       </c>
       <c r="P364">
         <v>0.776844</v>
       </c>
       <c r="Q364">
-        <v>104.0</v>
+        <v>101.976844</v>
       </c>
       <c r="R364">
-        <v>104.576844</v>
+        <v>104.526844</v>
       </c>
       <c r="S364">
-        <v>103.223156</v>
+        <v>101.2</v>
       </c>
       <c r="T364">
-        <v>103.8</v>
+        <v>103.75</v>
       </c>
       <c r="X364">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:24">
       <c r="A365" s="2">
-        <v>45485.5790625</v>
+        <v>45547.638993056</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
         <v>25</v>
       </c>
       <c r="D365" t="s">
         <v>26</v>
       </c>
       <c r="E365" t="s">
         <v>27</v>
       </c>
       <c r="F365">
-        <v>1.49</v>
+        <v>1.25</v>
       </c>
       <c r="G365">
-        <v>104.241533</v>
+        <v>104.1256</v>
       </c>
       <c r="H365">
-        <v>1042.41533</v>
+        <v>20825.12</v>
       </c>
       <c r="I365" t="s">
         <v>28</v>
       </c>
       <c r="J365">
         <v>12.712</v>
       </c>
       <c r="K365" s="2">
         <v>45161.0</v>
       </c>
       <c r="L365" s="2">
         <v>46078.0</v>
       </c>
       <c r="M365">
         <v>15000</v>
       </c>
       <c r="N365">
         <v>1000.0</v>
       </c>
       <c r="O365" t="s">
         <v>28</v>
       </c>
       <c r="P365">
         <v>0.741533</v>
       </c>
       <c r="Q365">
-        <v>101.751533</v>
+        <v>101.35</v>
       </c>
       <c r="R365">
-        <v>104.240533</v>
+        <v>104.54</v>
       </c>
       <c r="S365">
-        <v>101.01</v>
+        <v>100.608467</v>
       </c>
       <c r="T365">
-        <v>103.499</v>
+        <v>103.798467</v>
       </c>
       <c r="X365">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:24">
       <c r="A366" s="2">
-        <v>45484.576770833</v>
+        <v>45546.593206019</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
         <v>25</v>
       </c>
       <c r="D366" t="s">
         <v>26</v>
       </c>
       <c r="E366" t="s">
         <v>27</v>
       </c>
       <c r="F366">
-        <v>0.1</v>
+        <v>-0.25</v>
       </c>
       <c r="G366">
-        <v>102.706222</v>
+        <v>102.8356</v>
       </c>
       <c r="H366">
-        <v>2054.12444</v>
+        <v>7198.492</v>
       </c>
       <c r="I366" t="s">
         <v>28</v>
       </c>
       <c r="J366">
         <v>12.712</v>
       </c>
       <c r="K366" s="2">
         <v>45161.0</v>
       </c>
       <c r="L366" s="2">
         <v>46078.0</v>
       </c>
       <c r="M366">
         <v>15000</v>
       </c>
       <c r="N366">
         <v>1000.0</v>
       </c>
       <c r="O366" t="s">
         <v>28</v>
       </c>
       <c r="P366">
-        <v>0.706222</v>
+        <v>0.6356</v>
       </c>
       <c r="Q366">
-        <v>102.71</v>
+        <v>102.8356</v>
       </c>
       <c r="R366">
-        <v>104.601222</v>
+        <v>103.2</v>
       </c>
       <c r="S366">
-        <v>102.003778</v>
+        <v>102.2</v>
       </c>
       <c r="T366">
-        <v>103.895</v>
+        <v>102.5644</v>
       </c>
       <c r="X366">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="367" spans="1:24">
       <c r="A367" s="2">
-        <v>45483.560578704</v>
+        <v>45545.640231481</v>
       </c>
       <c r="B367" t="s">
         <v>24</v>
       </c>
       <c r="C367" t="s">
         <v>25</v>
       </c>
       <c r="D367" t="s">
         <v>26</v>
       </c>
       <c r="E367" t="s">
         <v>27</v>
       </c>
-      <c r="F367">
-[...1 lines deleted...]
-      </c>
       <c r="G367">
-        <v>102.600289</v>
-[...2 lines deleted...]
-        <v>43092.12138</v>
+        <v>103.094356</v>
       </c>
       <c r="I367" t="s">
         <v>28</v>
       </c>
       <c r="J367">
         <v>12.712</v>
       </c>
       <c r="K367" s="2">
         <v>45161.0</v>
       </c>
       <c r="L367" s="2">
         <v>46078.0</v>
       </c>
       <c r="M367">
         <v>15000</v>
       </c>
       <c r="N367">
         <v>1000.0</v>
       </c>
       <c r="O367" t="s">
         <v>28</v>
       </c>
       <c r="P367">
         <v>0.600289</v>
       </c>
       <c r="Q367">
-        <v>101.62</v>
+        <v>101.11</v>
       </c>
       <c r="R367">
-        <v>102.600289</v>
+        <v>103.0</v>
       </c>
       <c r="S367">
-        <v>101.019711</v>
+        <v>100.509711</v>
       </c>
       <c r="T367">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.399711</v>
       </c>
     </row>
     <row r="368" spans="1:24">
       <c r="A368" s="2">
-        <v>45482.648738426</v>
+        <v>45544.652384259</v>
       </c>
       <c r="B368" t="s">
         <v>24</v>
       </c>
       <c r="C368" t="s">
         <v>25</v>
       </c>
       <c r="D368" t="s">
         <v>26</v>
       </c>
       <c r="E368" t="s">
         <v>27</v>
       </c>
-      <c r="F368">
-[...1 lines deleted...]
-      </c>
       <c r="G368">
-        <v>102.564978</v>
-[...2 lines deleted...]
-        <v>57466.38768</v>
+        <v>103.094356</v>
       </c>
       <c r="I368" t="s">
         <v>28</v>
       </c>
       <c r="J368">
         <v>12.712</v>
       </c>
       <c r="K368" s="2">
         <v>45161.0</v>
       </c>
       <c r="L368" s="2">
         <v>46078.0</v>
       </c>
       <c r="M368">
         <v>15000</v>
       </c>
       <c r="N368">
         <v>1000.0</v>
       </c>
       <c r="O368" t="s">
         <v>28</v>
       </c>
       <c r="P368">
         <v>0.564978</v>
       </c>
       <c r="Q368">
-        <v>101.574978</v>
+        <v>101.07001</v>
       </c>
       <c r="R368">
-        <v>102.564978</v>
+        <v>102.964978</v>
       </c>
       <c r="S368">
-        <v>101.01</v>
+        <v>100.505032</v>
       </c>
       <c r="T368">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>102.4</v>
       </c>
     </row>
     <row r="369" spans="1:24">
       <c r="A369" s="2">
-        <v>45481.612928241</v>
+        <v>45541.446585648</v>
       </c>
       <c r="B369" t="s">
         <v>24</v>
       </c>
       <c r="C369" t="s">
         <v>25</v>
       </c>
       <c r="D369" t="s">
         <v>26</v>
       </c>
       <c r="E369" t="s">
         <v>27</v>
       </c>
-      <c r="F369">
-[...1 lines deleted...]
-      </c>
       <c r="G369">
-        <v>104.229667</v>
-[...2 lines deleted...]
-        <v>1042.29667</v>
+        <v>103.094356</v>
       </c>
       <c r="I369" t="s">
         <v>28</v>
       </c>
       <c r="J369">
         <v>12.712</v>
       </c>
       <c r="K369" s="2">
         <v>45161.0</v>
       </c>
       <c r="L369" s="2">
         <v>46078.0</v>
       </c>
       <c r="M369">
         <v>15000</v>
       </c>
       <c r="N369">
         <v>1000.0</v>
       </c>
       <c r="O369" t="s">
         <v>28</v>
       </c>
       <c r="P369">
         <v>0.529667</v>
       </c>
       <c r="Q369">
-        <v>102.529667</v>
+        <v>101.429667</v>
       </c>
       <c r="R369">
-        <v>104.429667</v>
+        <v>103.029667</v>
       </c>
       <c r="S369">
-        <v>102.0</v>
+        <v>100.9</v>
       </c>
       <c r="T369">
-        <v>103.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="370" spans="1:24">
       <c r="A370" s="2">
-        <v>45478.490706019</v>
+        <v>45540.635775463</v>
       </c>
       <c r="B370" t="s">
         <v>24</v>
       </c>
       <c r="C370" t="s">
         <v>25</v>
       </c>
       <c r="D370" t="s">
         <v>26</v>
       </c>
       <c r="E370" t="s">
         <v>27</v>
       </c>
       <c r="F370">
-        <v>0.65</v>
+        <v>1.22</v>
       </c>
       <c r="G370">
-        <v>103.653356</v>
+        <v>103.094356</v>
       </c>
       <c r="H370">
-        <v>2073.06712</v>
+        <v>4123.77424</v>
       </c>
       <c r="I370" t="s">
         <v>28</v>
       </c>
       <c r="J370">
         <v>12.712</v>
       </c>
       <c r="K370" s="2">
         <v>45161.0</v>
       </c>
       <c r="L370" s="2">
         <v>46078.0</v>
       </c>
       <c r="M370">
         <v>15000</v>
       </c>
       <c r="N370">
         <v>1000.0</v>
       </c>
       <c r="O370" t="s">
         <v>28</v>
       </c>
       <c r="P370">
         <v>0.494356</v>
       </c>
       <c r="Q370">
-        <v>102.982489</v>
+        <v>102.494356</v>
       </c>
       <c r="R370">
-        <v>104.194356</v>
+        <v>103.494356</v>
       </c>
       <c r="S370">
-        <v>102.488133</v>
+        <v>102.0</v>
       </c>
       <c r="T370">
-        <v>103.7</v>
+        <v>103.0</v>
       </c>
       <c r="X370">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:24">
       <c r="A371" s="2">
-        <v>45477.421053241</v>
+        <v>45539.576655093</v>
       </c>
       <c r="B371" t="s">
         <v>24</v>
       </c>
       <c r="C371" t="s">
         <v>25</v>
       </c>
       <c r="D371" t="s">
         <v>26</v>
       </c>
       <c r="E371" t="s">
         <v>27</v>
       </c>
       <c r="G371">
-        <v>102.982489</v>
+        <v>101.853111</v>
       </c>
       <c r="I371" t="s">
         <v>28</v>
       </c>
       <c r="J371">
         <v>12.712</v>
       </c>
       <c r="K371" s="2">
         <v>45161.0</v>
       </c>
       <c r="L371" s="2">
         <v>46078.0</v>
       </c>
       <c r="M371">
         <v>15000</v>
       </c>
       <c r="N371">
         <v>1000.0</v>
       </c>
       <c r="O371" t="s">
         <v>28</v>
       </c>
       <c r="P371">
-        <v>0.459044</v>
+        <v>0.388422</v>
       </c>
       <c r="Q371">
-        <v>102.982489</v>
+        <v>102.388422</v>
       </c>
       <c r="R371">
-        <v>104.459044</v>
+        <v>102.888422</v>
       </c>
       <c r="S371">
-        <v>102.523445</v>
+        <v>102.0</v>
       </c>
       <c r="T371">
-        <v>104.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="372" spans="1:24">
       <c r="A372" s="2">
-        <v>45476.421840278</v>
+        <v>45538.653773148</v>
       </c>
       <c r="B372" t="s">
         <v>24</v>
       </c>
       <c r="C372" t="s">
         <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>27</v>
       </c>
+      <c r="F372">
+        <v>-0.45</v>
+      </c>
       <c r="G372">
-        <v>102.982489</v>
+        <v>101.853111</v>
+      </c>
+      <c r="H372">
+        <v>122286.9132</v>
       </c>
       <c r="I372" t="s">
         <v>28</v>
       </c>
       <c r="J372">
         <v>12.712</v>
       </c>
       <c r="K372" s="2">
         <v>45161.0</v>
       </c>
       <c r="L372" s="2">
         <v>46078.0</v>
       </c>
       <c r="M372">
         <v>15000</v>
       </c>
       <c r="N372">
         <v>1000.0</v>
       </c>
       <c r="O372" t="s">
         <v>28</v>
       </c>
       <c r="P372">
         <v>0.353111</v>
       </c>
       <c r="Q372">
-        <v>102.982489</v>
+        <v>101.54</v>
       </c>
       <c r="R372">
-        <v>104.353111</v>
+        <v>102.353111</v>
       </c>
       <c r="S372">
-        <v>102.629378</v>
+        <v>101.186889</v>
       </c>
       <c r="T372">
-        <v>104.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="X372">
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:24">
       <c r="A373" s="2">
-        <v>45475.653483796</v>
+        <v>45537.569305556</v>
       </c>
       <c r="B373" t="s">
         <v>24</v>
       </c>
       <c r="C373" t="s">
         <v>25</v>
       </c>
       <c r="D373" t="s">
         <v>26</v>
       </c>
       <c r="E373" t="s">
         <v>27</v>
       </c>
       <c r="F373">
-        <v>1.71</v>
+        <v>0.14</v>
       </c>
       <c r="G373">
-        <v>102.982489</v>
+        <v>102.3178</v>
       </c>
       <c r="H373">
-        <v>3089.47467</v>
+        <v>78778.706</v>
       </c>
       <c r="I373" t="s">
         <v>28</v>
       </c>
       <c r="J373">
         <v>12.712</v>
       </c>
       <c r="K373" s="2">
         <v>45161.0</v>
       </c>
       <c r="L373" s="2">
         <v>46078.0</v>
       </c>
       <c r="M373">
         <v>15000</v>
       </c>
       <c r="N373">
         <v>1000.0</v>
       </c>
       <c r="O373" t="s">
         <v>28</v>
       </c>
       <c r="P373">
         <v>0.3178</v>
       </c>
       <c r="Q373">
-        <v>102.982489</v>
+        <v>101.8178</v>
       </c>
       <c r="R373">
-        <v>104.24</v>
+        <v>104.2178</v>
       </c>
       <c r="S373">
-        <v>102.664689</v>
+        <v>101.5</v>
       </c>
       <c r="T373">
-        <v>103.9222</v>
+        <v>103.9</v>
       </c>
       <c r="X373">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="374" spans="1:24">
       <c r="A374" s="2">
-        <v>45474.531527778</v>
+        <v>45534.640543981</v>
       </c>
       <c r="B374" t="s">
         <v>24</v>
       </c>
       <c r="C374" t="s">
         <v>25</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="G374">
-        <v>101.247178</v>
+        <v>102.176556</v>
       </c>
       <c r="I374" t="s">
         <v>28</v>
       </c>
       <c r="J374">
         <v>12.712</v>
       </c>
       <c r="K374" s="2">
         <v>45161.0</v>
       </c>
       <c r="L374" s="2">
         <v>46078.0</v>
       </c>
       <c r="M374">
         <v>15000</v>
       </c>
       <c r="N374">
         <v>1000.0</v>
       </c>
       <c r="O374" t="s">
         <v>28</v>
       </c>
       <c r="P374">
         <v>0.282489</v>
       </c>
       <c r="Q374">
-        <v>102.982489</v>
+        <v>101.182489</v>
       </c>
       <c r="R374">
-        <v>104.24</v>
+        <v>102.082489</v>
       </c>
       <c r="S374">
-        <v>102.7</v>
+        <v>100.9</v>
       </c>
       <c r="T374">
-        <v>103.957511</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="375" spans="1:24">
       <c r="A375" s="2">
-        <v>45471.548368056</v>
+        <v>45533.457060185</v>
       </c>
       <c r="B375" t="s">
         <v>24</v>
       </c>
       <c r="C375" t="s">
         <v>25</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
-      <c r="F375">
-[...1 lines deleted...]
-      </c>
       <c r="G375">
-        <v>101.247178</v>
-[...2 lines deleted...]
-        <v>136683.6903</v>
+        <v>102.176556</v>
       </c>
       <c r="I375" t="s">
         <v>28</v>
       </c>
       <c r="J375">
         <v>12.712</v>
       </c>
       <c r="K375" s="2">
         <v>45161.0</v>
       </c>
       <c r="L375" s="2">
         <v>46078.0</v>
       </c>
       <c r="M375">
         <v>15000</v>
       </c>
       <c r="N375">
         <v>1000.0</v>
       </c>
       <c r="O375" t="s">
         <v>28</v>
       </c>
       <c r="P375">
         <v>0.247178</v>
       </c>
       <c r="Q375">
-        <v>101.257178</v>
+        <v>101.25</v>
       </c>
       <c r="R375">
-        <v>104.24</v>
+        <v>102.247178</v>
       </c>
       <c r="S375">
-        <v>101.01</v>
+        <v>101.002822</v>
       </c>
       <c r="T375">
-        <v>103.992822</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="376" spans="1:24">
       <c r="A376" s="2">
-        <v>45470.600671296</v>
+        <v>45532.47056713</v>
       </c>
       <c r="B376" t="s">
         <v>24</v>
       </c>
       <c r="C376" t="s">
         <v>25</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
       <c r="F376">
-        <v>-1.32</v>
+        <v>1.06</v>
       </c>
       <c r="G376">
-        <v>101.211867</v>
+        <v>102.176556</v>
       </c>
       <c r="H376">
-        <v>171040.05523</v>
+        <v>15296.4834</v>
       </c>
       <c r="I376" t="s">
         <v>28</v>
       </c>
       <c r="J376">
         <v>12.712</v>
       </c>
       <c r="K376" s="2">
         <v>45161.0</v>
       </c>
       <c r="L376" s="2">
         <v>46078.0</v>
       </c>
       <c r="M376">
         <v>15000</v>
       </c>
       <c r="N376">
         <v>1000.0</v>
       </c>
       <c r="O376" t="s">
         <v>28</v>
       </c>
       <c r="P376">
-        <v>0.211867</v>
+        <v>0.176556</v>
       </c>
       <c r="Q376">
-        <v>101.011867</v>
+        <v>101.176556</v>
       </c>
       <c r="R376">
-        <v>101.211867</v>
+        <v>102.176556</v>
       </c>
       <c r="S376">
-        <v>100.8</v>
+        <v>101.0</v>
       </c>
       <c r="T376">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X376">
-        <v>11</v>
+        <v>2</v>
       </c>
     </row>
     <row r="377" spans="1:24">
       <c r="A377" s="2">
-        <v>45469.487928241</v>
+        <v>45531.419212963</v>
       </c>
       <c r="B377" t="s">
         <v>24</v>
       </c>
       <c r="C377" t="s">
         <v>25</v>
       </c>
       <c r="D377" t="s">
         <v>26</v>
       </c>
       <c r="E377" t="s">
         <v>27</v>
       </c>
       <c r="G377">
-        <v>102.5706</v>
+        <v>101.105933</v>
       </c>
       <c r="I377" t="s">
         <v>28</v>
       </c>
       <c r="J377">
         <v>12.712</v>
       </c>
       <c r="K377" s="2">
         <v>45161.0</v>
       </c>
       <c r="L377" s="2">
         <v>46078.0</v>
       </c>
       <c r="M377">
         <v>15000</v>
       </c>
       <c r="N377">
         <v>1000.0</v>
       </c>
       <c r="O377" t="s">
         <v>28</v>
       </c>
       <c r="P377">
-        <v>0.105933</v>
+        <v>0.141244</v>
       </c>
       <c r="Q377">
-        <v>101.105933</v>
+        <v>101.1</v>
       </c>
       <c r="R377">
-        <v>103.8752</v>
+        <v>101.141244</v>
       </c>
       <c r="S377">
+        <v>100.958756</v>
+      </c>
+      <c r="T377">
         <v>101.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>103.769267</v>
       </c>
     </row>
     <row r="378" spans="1:24">
       <c r="A378" s="2">
-        <v>45468.593726852</v>
+        <v>45530.584930556</v>
       </c>
       <c r="B378" t="s">
         <v>24</v>
       </c>
       <c r="C378" t="s">
         <v>25</v>
       </c>
       <c r="D378" t="s">
         <v>26</v>
       </c>
       <c r="E378" t="s">
         <v>27</v>
       </c>
       <c r="F378">
-        <v>1.56</v>
+        <v>0.03</v>
       </c>
       <c r="G378">
-        <v>102.5706</v>
+        <v>101.105933</v>
       </c>
       <c r="H378">
-        <v>1025.706</v>
+        <v>16176.94928</v>
       </c>
       <c r="I378" t="s">
         <v>28</v>
       </c>
       <c r="J378">
         <v>12.712</v>
       </c>
       <c r="K378" s="2">
         <v>45161.0</v>
       </c>
       <c r="L378" s="2">
         <v>46078.0</v>
       </c>
       <c r="M378">
         <v>15000</v>
       </c>
       <c r="N378">
         <v>1000.0</v>
       </c>
       <c r="O378" t="s">
         <v>28</v>
       </c>
       <c r="P378">
-        <v>0.070622</v>
+        <v>0.105933</v>
       </c>
       <c r="Q378">
-        <v>100.870622</v>
+        <v>101.0</v>
       </c>
       <c r="R378">
-        <v>102.5706</v>
+        <v>101.105933</v>
       </c>
       <c r="S378">
-        <v>100.8</v>
+        <v>100.894067</v>
       </c>
       <c r="T378">
-        <v>102.499978</v>
+        <v>101.0</v>
       </c>
       <c r="X378">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="379" spans="1:24">
       <c r="A379" s="2">
-        <v>45464.620856481</v>
+        <v>45527.635706019</v>
       </c>
       <c r="B379" t="s">
         <v>24</v>
       </c>
       <c r="C379" t="s">
         <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
       <c r="F379">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="G379">
-        <v>101.0</v>
+        <v>101.070622</v>
       </c>
       <c r="H379">
-        <v>136350.0</v>
+        <v>50535.311</v>
       </c>
       <c r="I379" t="s">
         <v>28</v>
       </c>
       <c r="J379">
         <v>12.712</v>
       </c>
       <c r="K379" s="2">
         <v>45161.0</v>
       </c>
       <c r="L379" s="2">
         <v>46078.0</v>
       </c>
       <c r="M379">
         <v>15000</v>
       </c>
       <c r="N379">
         <v>1000.0</v>
       </c>
       <c r="O379" t="s">
         <v>28</v>
       </c>
+      <c r="P379">
+        <v>0.070622</v>
+      </c>
       <c r="Q379">
+        <v>100.870622</v>
+      </c>
+      <c r="R379">
+        <v>101.070622</v>
+      </c>
+      <c r="S379">
         <v>100.8</v>
       </c>
-      <c r="R379">
-        <v>104.0</v>
+      <c r="T379">
+        <v>101.0</v>
       </c>
       <c r="X379">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="380" spans="1:24">
       <c r="A380" s="2">
-        <v>45463.620740741</v>
+        <v>45526.663333333</v>
       </c>
       <c r="B380" t="s">
         <v>24</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="F380">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="G380">
-        <v>100.964069</v>
+        <v>101.035311</v>
       </c>
       <c r="H380">
-        <v>15144.61035</v>
+        <v>25258.82775</v>
       </c>
       <c r="I380" t="s">
         <v>28</v>
       </c>
       <c r="J380">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K380" s="2">
         <v>45161.0</v>
       </c>
       <c r="L380" s="2">
         <v>46078.0</v>
       </c>
       <c r="M380">
         <v>15000</v>
       </c>
       <c r="N380">
         <v>1000.0</v>
       </c>
       <c r="O380" t="s">
         <v>28</v>
       </c>
       <c r="P380">
-        <v>-0.035931</v>
+        <v>0.035311</v>
       </c>
       <c r="Q380">
-        <v>100.764069</v>
+        <v>100.835311</v>
       </c>
       <c r="R380">
-        <v>100.964069</v>
+        <v>101.035311</v>
       </c>
       <c r="S380">
         <v>100.8</v>
       </c>
       <c r="T380">
         <v>101.0</v>
       </c>
       <c r="X380">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="381" spans="1:24">
       <c r="A381" s="2">
-        <v>45462.652511574</v>
+        <v>45525.657858796</v>
       </c>
       <c r="B381" t="s">
         <v>24</v>
       </c>
       <c r="C381" t="s">
         <v>25</v>
       </c>
       <c r="D381" t="s">
         <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>27</v>
       </c>
       <c r="F381">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="G381">
-        <v>100.856278</v>
+        <v>100.929378</v>
       </c>
       <c r="H381">
-        <v>26222.63228</v>
+        <v>13120.81914</v>
       </c>
       <c r="I381" t="s">
         <v>28</v>
       </c>
       <c r="J381">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K381" s="2">
         <v>45161.0</v>
       </c>
       <c r="L381" s="2">
         <v>46078.0</v>
       </c>
       <c r="M381">
         <v>15000</v>
       </c>
       <c r="N381">
         <v>1000.0</v>
       </c>
       <c r="O381" t="s">
         <v>28</v>
       </c>
       <c r="P381">
-        <v>-0.143722</v>
+        <v>-0.070622</v>
       </c>
       <c r="Q381">
-        <v>100.406278</v>
+        <v>100.729378</v>
       </c>
       <c r="R381">
-        <v>100.856278</v>
+        <v>100.929378</v>
       </c>
       <c r="S381">
-        <v>100.55</v>
+        <v>100.8</v>
       </c>
       <c r="T381">
         <v>101.0</v>
       </c>
       <c r="X381">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="382" spans="1:24">
       <c r="A382" s="2">
-        <v>45461.591921296</v>
+        <v>45524.660486111</v>
       </c>
       <c r="B382" t="s">
         <v>24</v>
       </c>
       <c r="C382" t="s">
         <v>25</v>
       </c>
       <c r="D382" t="s">
         <v>26</v>
       </c>
       <c r="E382" t="s">
         <v>27</v>
       </c>
       <c r="F382">
-        <v>0.04</v>
+        <v>-0.95</v>
       </c>
       <c r="G382">
-        <v>100.820347</v>
+        <v>100.894067</v>
       </c>
       <c r="H382">
-        <v>131986.15457</v>
+        <v>197782.37132</v>
       </c>
       <c r="I382" t="s">
         <v>28</v>
       </c>
       <c r="J382">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K382" s="2">
         <v>45161.0</v>
       </c>
       <c r="L382" s="2">
         <v>46078.0</v>
       </c>
       <c r="M382">
         <v>15000</v>
       </c>
       <c r="N382">
         <v>1000.0</v>
       </c>
       <c r="O382" t="s">
         <v>28</v>
       </c>
       <c r="P382">
-        <v>-0.179653</v>
+        <v>-0.105933</v>
       </c>
       <c r="Q382">
-        <v>100.420347</v>
+        <v>100.694067</v>
       </c>
       <c r="R382">
-        <v>100.820347</v>
+        <v>100.894067</v>
       </c>
       <c r="S382">
-        <v>100.6</v>
+        <v>100.8</v>
       </c>
       <c r="T382">
         <v>101.0</v>
       </c>
       <c r="X382">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="383" spans="1:24">
       <c r="A383" s="2">
-        <v>45460.573298611</v>
+        <v>45523.44349537</v>
       </c>
       <c r="B383" t="s">
         <v>24</v>
       </c>
       <c r="C383" t="s">
         <v>25</v>
       </c>
       <c r="D383" t="s">
         <v>26</v>
       </c>
       <c r="E383" t="s">
         <v>27</v>
       </c>
       <c r="F383">
-        <v>-1.02</v>
+        <v>0.03</v>
       </c>
       <c r="G383">
-        <v>100.784417</v>
+        <v>101.858756</v>
       </c>
       <c r="H383">
-        <v>37290.23429</v>
+        <v>3055.76268</v>
       </c>
       <c r="I383" t="s">
         <v>28</v>
       </c>
       <c r="J383">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K383" s="2">
         <v>45161.0</v>
       </c>
       <c r="L383" s="2">
         <v>46078.0</v>
       </c>
       <c r="M383">
         <v>15000</v>
       </c>
       <c r="N383">
         <v>1000.0</v>
       </c>
       <c r="O383" t="s">
         <v>28</v>
       </c>
       <c r="P383">
-        <v>-0.215583</v>
+        <v>-0.141244</v>
       </c>
       <c r="Q383">
-        <v>100.384417</v>
+        <v>101.358756</v>
       </c>
       <c r="R383">
-        <v>100.784417</v>
+        <v>101.858756</v>
       </c>
       <c r="S383">
-        <v>100.6</v>
+        <v>101.5</v>
       </c>
       <c r="T383">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X383">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="384" spans="1:24">
       <c r="A384" s="2">
-        <v>45457.563333333</v>
+        <v>45520.616516204</v>
       </c>
       <c r="B384" t="s">
         <v>24</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="F384">
-        <v>0.04</v>
+        <v>-1.0</v>
       </c>
       <c r="G384">
-        <v>101.826403</v>
+        <v>101.823444</v>
       </c>
       <c r="H384">
-        <v>25456.60075</v>
+        <v>50911.722</v>
       </c>
       <c r="I384" t="s">
         <v>28</v>
       </c>
       <c r="J384">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K384" s="2">
         <v>45161.0</v>
       </c>
       <c r="L384" s="2">
         <v>46078.0</v>
       </c>
       <c r="M384">
         <v>15000</v>
       </c>
       <c r="N384">
         <v>1000.0</v>
       </c>
       <c r="O384" t="s">
         <v>28</v>
       </c>
       <c r="P384">
-        <v>0.826403</v>
+        <v>-0.176556</v>
       </c>
       <c r="Q384">
-        <v>101.326403</v>
+        <v>100.923444</v>
       </c>
       <c r="R384">
-        <v>101.826403</v>
+        <v>101.823444</v>
       </c>
       <c r="S384">
-        <v>100.5</v>
+        <v>101.1</v>
       </c>
       <c r="T384">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X384">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:24">
       <c r="A385" s="2">
-        <v>45456.665555556</v>
+        <v>45519.658888889</v>
       </c>
       <c r="B385" t="s">
         <v>24</v>
       </c>
       <c r="C385" t="s">
         <v>25</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="F385">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="G385">
-        <v>101.790472</v>
+        <v>102.847467</v>
       </c>
       <c r="H385">
-        <v>7125.33304</v>
+        <v>4113.89868</v>
       </c>
       <c r="I385" t="s">
         <v>28</v>
       </c>
       <c r="J385">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K385" s="2">
         <v>45161.0</v>
       </c>
       <c r="L385" s="2">
         <v>46078.0</v>
       </c>
       <c r="M385">
         <v>15000</v>
       </c>
       <c r="N385">
         <v>1000.0</v>
       </c>
       <c r="O385" t="s">
         <v>28</v>
       </c>
       <c r="P385">
-        <v>0.790472</v>
+        <v>0.847467</v>
       </c>
       <c r="Q385">
-        <v>101.290472</v>
+        <v>101.947467</v>
       </c>
       <c r="R385">
-        <v>101.790472</v>
+        <v>102.847467</v>
       </c>
       <c r="S385">
-        <v>100.5</v>
+        <v>101.1</v>
       </c>
       <c r="T385">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X385">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="386" spans="1:24">
       <c r="A386" s="2">
-        <v>45455.627662037</v>
+        <v>45518.632337963</v>
       </c>
       <c r="B386" t="s">
         <v>24</v>
       </c>
       <c r="C386" t="s">
         <v>25</v>
       </c>
       <c r="D386" t="s">
         <v>26</v>
       </c>
       <c r="E386" t="s">
         <v>27</v>
       </c>
       <c r="F386">
-        <v>0.88</v>
+        <v>0.1</v>
       </c>
       <c r="G386">
-        <v>101.682681</v>
+        <v>102.741533</v>
       </c>
       <c r="H386">
-        <v>3048.48043</v>
+        <v>35957.53655</v>
       </c>
       <c r="I386" t="s">
         <v>28</v>
       </c>
       <c r="J386">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K386" s="2">
         <v>45161.0</v>
       </c>
       <c r="L386" s="2">
         <v>46078.0</v>
       </c>
       <c r="M386">
         <v>15000</v>
       </c>
       <c r="N386">
         <v>1000.0</v>
       </c>
       <c r="O386" t="s">
         <v>28</v>
       </c>
       <c r="P386">
-        <v>0.682681</v>
+        <v>0.741533</v>
       </c>
       <c r="Q386">
-        <v>100.852681</v>
+        <v>102.241533</v>
       </c>
       <c r="R386">
-        <v>101.682681</v>
+        <v>102.741533</v>
       </c>
       <c r="S386">
-        <v>100.17</v>
+        <v>101.5</v>
       </c>
       <c r="T386">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X386">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="387" spans="1:24">
       <c r="A387" s="2">
-        <v>45454.494814815</v>
+        <v>45517.419965278</v>
       </c>
       <c r="B387" t="s">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>25</v>
       </c>
       <c r="D387" t="s">
         <v>26</v>
       </c>
       <c r="E387" t="s">
         <v>27</v>
       </c>
-      <c r="F387">
-[...1 lines deleted...]
-      </c>
       <c r="G387">
-        <v>100.79675</v>
-[...2 lines deleted...]
-        <v>54466.13522</v>
+        <v>102.6356</v>
       </c>
       <c r="I387" t="s">
         <v>28</v>
       </c>
       <c r="J387">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K387" s="2">
         <v>45161.0</v>
       </c>
       <c r="L387" s="2">
         <v>46078.0</v>
       </c>
       <c r="M387">
         <v>15000</v>
       </c>
       <c r="N387">
         <v>1000.0</v>
       </c>
       <c r="O387" t="s">
         <v>28</v>
       </c>
       <c r="P387">
-        <v>0.64675</v>
+        <v>0.706222</v>
       </c>
       <c r="Q387">
-        <v>100.81675</v>
+        <v>102.170911</v>
       </c>
       <c r="R387">
-        <v>101.64675</v>
+        <v>102.606222</v>
       </c>
       <c r="S387">
-        <v>100.17</v>
+        <v>101.464689</v>
       </c>
       <c r="T387">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="388" spans="1:24">
       <c r="A388" s="2">
-        <v>45453.614502315</v>
+        <v>45516.479398148</v>
       </c>
       <c r="B388" t="s">
         <v>24</v>
       </c>
       <c r="C388" t="s">
         <v>25</v>
       </c>
       <c r="D388" t="s">
         <v>26</v>
       </c>
       <c r="E388" t="s">
         <v>27</v>
       </c>
-      <c r="F388">
-[...1 lines deleted...]
-      </c>
       <c r="G388">
-        <v>100.771513</v>
-[...2 lines deleted...]
-        <v>2015.43026</v>
+        <v>102.6356</v>
       </c>
       <c r="I388" t="s">
         <v>28</v>
       </c>
       <c r="J388">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K388" s="2">
         <v>45161.0</v>
       </c>
       <c r="L388" s="2">
         <v>46078.0</v>
       </c>
       <c r="M388">
         <v>15000</v>
       </c>
       <c r="N388">
         <v>1000.0</v>
       </c>
       <c r="O388" t="s">
         <v>28</v>
       </c>
       <c r="P388">
-        <v>0.610819</v>
+        <v>0.670911</v>
       </c>
       <c r="Q388">
-        <v>100.810819</v>
+        <v>102.170911</v>
       </c>
       <c r="R388">
-        <v>101.610819</v>
+        <v>102.670911</v>
       </c>
       <c r="S388">
-        <v>100.2</v>
+        <v>101.5</v>
       </c>
       <c r="T388">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="389" spans="1:24">
       <c r="A389" s="2">
-        <v>45450.631435185</v>
+        <v>45513.539826389</v>
       </c>
       <c r="B389" t="s">
         <v>24</v>
       </c>
       <c r="C389" t="s">
         <v>25</v>
       </c>
       <c r="D389" t="s">
         <v>26</v>
       </c>
       <c r="E389" t="s">
         <v>27</v>
       </c>
       <c r="F389">
-        <v>0.28</v>
+        <v>-1.69</v>
       </c>
       <c r="G389">
-        <v>101.574889</v>
+        <v>102.6356</v>
       </c>
       <c r="H389">
-        <v>116611.12235</v>
+        <v>21553.476</v>
       </c>
       <c r="I389" t="s">
         <v>28</v>
       </c>
       <c r="J389">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K389" s="2">
         <v>45161.0</v>
       </c>
       <c r="L389" s="2">
         <v>46078.0</v>
       </c>
       <c r="M389">
         <v>15000</v>
       </c>
       <c r="N389">
         <v>1000.0</v>
       </c>
       <c r="O389" t="s">
         <v>28</v>
       </c>
       <c r="P389">
-        <v>0.574889</v>
+        <v>0.6356</v>
       </c>
       <c r="Q389">
-        <v>101.0749</v>
+        <v>102.1356</v>
       </c>
       <c r="R389">
-        <v>101.574889</v>
+        <v>102.6356</v>
       </c>
       <c r="S389">
-        <v>100.500011</v>
+        <v>101.5</v>
       </c>
       <c r="T389">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X389">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="390" spans="1:24">
       <c r="A390" s="2">
-        <v>45449.476018519</v>
+        <v>45512.554791667</v>
       </c>
       <c r="B390" t="s">
         <v>24</v>
       </c>
       <c r="C390" t="s">
         <v>25</v>
       </c>
       <c r="D390" t="s">
         <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>27</v>
       </c>
       <c r="F390">
-        <v>-0.07</v>
+        <v>1.76</v>
       </c>
       <c r="G390">
-        <v>101.288958</v>
+        <v>104.3994</v>
       </c>
       <c r="H390">
-        <v>10128.8958</v>
+        <v>1043.994</v>
       </c>
       <c r="I390" t="s">
         <v>28</v>
       </c>
       <c r="J390">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K390" s="2">
         <v>45161.0</v>
       </c>
       <c r="L390" s="2">
         <v>46078.0</v>
       </c>
       <c r="M390">
         <v>15000</v>
       </c>
       <c r="N390">
         <v>1000.0</v>
       </c>
       <c r="O390" t="s">
         <v>28</v>
       </c>
       <c r="P390">
-        <v>0.538958</v>
+        <v>0.600289</v>
       </c>
       <c r="Q390">
-        <v>100.699652</v>
+        <v>102.600289</v>
       </c>
       <c r="R390">
-        <v>101.188958</v>
+        <v>104.200289</v>
       </c>
       <c r="S390">
-        <v>100.160694</v>
+        <v>102.0</v>
       </c>
       <c r="T390">
-        <v>100.65</v>
+        <v>103.6</v>
       </c>
       <c r="X390">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:24">
       <c r="A391" s="2">
-        <v>45448.481273148</v>
+        <v>45511.594826389</v>
       </c>
       <c r="B391" t="s">
         <v>24</v>
       </c>
       <c r="C391" t="s">
         <v>25</v>
       </c>
       <c r="D391" t="s">
         <v>26</v>
       </c>
       <c r="E391" t="s">
         <v>27</v>
       </c>
+      <c r="F391">
+        <v>-0.32</v>
+      </c>
       <c r="G391">
-        <v>101.359306</v>
+        <v>102.594356</v>
+      </c>
+      <c r="H391">
+        <v>20512.8712</v>
       </c>
       <c r="I391" t="s">
         <v>28</v>
       </c>
       <c r="J391">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K391" s="2">
         <v>45161.0</v>
       </c>
       <c r="L391" s="2">
         <v>46078.0</v>
       </c>
       <c r="M391">
         <v>15000</v>
       </c>
       <c r="N391">
         <v>1000.0</v>
       </c>
       <c r="O391" t="s">
         <v>28</v>
       </c>
       <c r="P391">
-        <v>0.431167</v>
+        <v>0.494356</v>
       </c>
       <c r="Q391">
-        <v>100.6</v>
+        <v>102.594356</v>
       </c>
       <c r="R391">
-        <v>101.131167</v>
+        <v>104.2933</v>
       </c>
       <c r="S391">
-        <v>100.168833</v>
+        <v>102.1</v>
       </c>
       <c r="T391">
-        <v>100.7</v>
+        <v>103.798944</v>
+      </c>
+      <c r="X391">
+        <v>4</v>
       </c>
     </row>
     <row r="392" spans="1:24">
       <c r="A392" s="2">
-        <v>45447.490648148</v>
+        <v>45510.430162037</v>
       </c>
       <c r="B392" t="s">
         <v>24</v>
       </c>
       <c r="C392" t="s">
         <v>25</v>
       </c>
       <c r="D392" t="s">
         <v>26</v>
       </c>
       <c r="E392" t="s">
         <v>27</v>
       </c>
       <c r="G392">
-        <v>101.359306</v>
+        <v>102.923733</v>
       </c>
       <c r="I392" t="s">
         <v>28</v>
       </c>
       <c r="J392">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K392" s="2">
         <v>45161.0</v>
       </c>
       <c r="L392" s="2">
         <v>46078.0</v>
       </c>
       <c r="M392">
         <v>15000</v>
       </c>
       <c r="N392">
         <v>1000.0</v>
       </c>
       <c r="O392" t="s">
         <v>28</v>
       </c>
       <c r="P392">
-        <v>0.395236</v>
+        <v>0.459044</v>
       </c>
       <c r="Q392">
-        <v>100.55593</v>
+        <v>102.459044</v>
       </c>
       <c r="R392">
-        <v>101.145236</v>
+        <v>103.359044</v>
       </c>
       <c r="S392">
-        <v>100.160694</v>
+        <v>102.0</v>
       </c>
       <c r="T392">
-        <v>100.75</v>
+        <v>102.9</v>
       </c>
     </row>
     <row r="393" spans="1:24">
       <c r="A393" s="2">
-        <v>45446.643472222</v>
+        <v>45509.510069444</v>
       </c>
       <c r="B393" t="s">
         <v>24</v>
       </c>
       <c r="C393" t="s">
         <v>25</v>
       </c>
       <c r="D393" t="s">
         <v>26</v>
       </c>
       <c r="E393" t="s">
         <v>27</v>
       </c>
       <c r="F393">
-        <v>2.05</v>
+        <v>0.6</v>
       </c>
       <c r="G393">
-        <v>101.359306</v>
+        <v>102.923733</v>
       </c>
       <c r="H393">
-        <v>118884.74764</v>
+        <v>3097.71199</v>
       </c>
       <c r="I393" t="s">
         <v>28</v>
       </c>
       <c r="J393">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K393" s="2">
         <v>45161.0</v>
       </c>
       <c r="L393" s="2">
         <v>46078.0</v>
       </c>
       <c r="M393">
         <v>15000</v>
       </c>
       <c r="N393">
         <v>1000.0</v>
       </c>
       <c r="O393" t="s">
         <v>28</v>
       </c>
       <c r="P393">
-        <v>0.359306</v>
+        <v>0.423733</v>
       </c>
       <c r="Q393">
-        <v>100.52</v>
+        <v>102.423733</v>
       </c>
       <c r="R393">
-        <v>101.359306</v>
+        <v>103.323733</v>
       </c>
       <c r="S393">
-        <v>100.160694</v>
+        <v>102.0</v>
       </c>
       <c r="T393">
-        <v>101.0</v>
+        <v>102.9</v>
       </c>
       <c r="X393">
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="394" spans="1:24">
       <c r="A394" s="2">
-        <v>45443.619722222</v>
+        <v>45506.436747685</v>
       </c>
       <c r="B394" t="s">
         <v>24</v>
       </c>
       <c r="C394" t="s">
         <v>25</v>
       </c>
       <c r="D394" t="s">
         <v>26</v>
       </c>
       <c r="E394" t="s">
         <v>27</v>
       </c>
-      <c r="F394">
-[...1 lines deleted...]
-      </c>
       <c r="G394">
-        <v>99.323375</v>
-[...2 lines deleted...]
-        <v>27174.4275</v>
+        <v>102.312156</v>
       </c>
       <c r="I394" t="s">
         <v>28</v>
       </c>
       <c r="J394">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K394" s="2">
         <v>45161.0</v>
       </c>
       <c r="L394" s="2">
         <v>46078.0</v>
       </c>
       <c r="M394">
         <v>15000</v>
       </c>
       <c r="N394">
         <v>1000.0</v>
       </c>
       <c r="O394" t="s">
         <v>28</v>
       </c>
       <c r="P394">
-        <v>0.323375</v>
+        <v>0.388422</v>
       </c>
       <c r="Q394">
-        <v>100.473375</v>
+        <v>102.888422</v>
       </c>
       <c r="R394">
-        <v>101.32</v>
+        <v>104.2375</v>
       </c>
       <c r="S394">
-        <v>100.15</v>
+        <v>102.5</v>
       </c>
       <c r="T394">
-        <v>100.996625</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>103.849078</v>
       </c>
     </row>
     <row r="395" spans="1:24">
       <c r="A395" s="2">
-        <v>45442.458657407</v>
+        <v>45505.56005787</v>
       </c>
       <c r="B395" t="s">
         <v>24</v>
       </c>
       <c r="C395" t="s">
         <v>25</v>
       </c>
       <c r="D395" t="s">
         <v>26</v>
       </c>
       <c r="E395" t="s">
         <v>27</v>
       </c>
       <c r="G395">
-        <v>100.324653</v>
+        <v>102.312156</v>
       </c>
       <c r="I395" t="s">
         <v>28</v>
       </c>
       <c r="J395">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K395" s="2">
         <v>45161.0</v>
       </c>
       <c r="L395" s="2">
         <v>46078.0</v>
       </c>
       <c r="M395">
         <v>15000</v>
       </c>
       <c r="N395">
         <v>1000.0</v>
       </c>
       <c r="O395" t="s">
         <v>28</v>
       </c>
       <c r="P395">
-        <v>0.287444</v>
+        <v>0.353111</v>
       </c>
       <c r="Q395">
-        <v>100.732444</v>
+        <v>102.853111</v>
       </c>
       <c r="R395">
-        <v>101.287444</v>
+        <v>104.2021</v>
       </c>
       <c r="S395">
-        <v>100.445</v>
+        <v>102.5</v>
       </c>
       <c r="T395">
-        <v>101.0</v>
+        <v>103.848989</v>
       </c>
     </row>
     <row r="396" spans="1:24">
       <c r="A396" s="2">
-        <v>45441.625868056</v>
+        <v>45504.432997685</v>
       </c>
       <c r="B396" t="s">
         <v>24</v>
       </c>
       <c r="C396" t="s">
         <v>25</v>
       </c>
       <c r="D396" t="s">
         <v>26</v>
       </c>
       <c r="E396" t="s">
         <v>27</v>
       </c>
-      <c r="F396">
-[...1 lines deleted...]
-      </c>
       <c r="G396">
-        <v>100.324653</v>
-[...2 lines deleted...]
-        <v>3016.83959</v>
+        <v>102.312156</v>
       </c>
       <c r="I396" t="s">
         <v>28</v>
       </c>
       <c r="J396">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K396" s="2">
         <v>45161.0</v>
       </c>
       <c r="L396" s="2">
         <v>46078.0</v>
       </c>
       <c r="M396">
         <v>15000</v>
       </c>
       <c r="N396">
         <v>1000.0</v>
       </c>
       <c r="O396" t="s">
         <v>28</v>
       </c>
       <c r="P396">
-        <v>0.179653</v>
+        <v>0.247178</v>
       </c>
       <c r="Q396">
-        <v>100.324653</v>
+        <v>102.247178</v>
       </c>
       <c r="R396">
-        <v>101.179653</v>
+        <v>104.0961</v>
       </c>
       <c r="S396">
-        <v>100.145</v>
+        <v>102.0</v>
       </c>
       <c r="T396">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.848922</v>
       </c>
     </row>
     <row r="397" spans="1:24">
       <c r="A397" s="2">
-        <v>45440.507685185</v>
+        <v>45503.655023148</v>
       </c>
       <c r="B397" t="s">
         <v>24</v>
       </c>
       <c r="C397" t="s">
         <v>25</v>
       </c>
       <c r="D397" t="s">
         <v>26</v>
       </c>
       <c r="E397" t="s">
         <v>27</v>
       </c>
       <c r="G397">
-        <v>101.143722</v>
+        <v>102.312156</v>
       </c>
       <c r="I397" t="s">
         <v>28</v>
       </c>
       <c r="J397">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K397" s="2">
         <v>45161.0</v>
       </c>
       <c r="L397" s="2">
         <v>46078.0</v>
       </c>
       <c r="M397">
         <v>15000</v>
       </c>
       <c r="N397">
         <v>1000.0</v>
       </c>
       <c r="O397" t="s">
         <v>28</v>
       </c>
       <c r="P397">
-        <v>0.179653</v>
+        <v>0.211867</v>
       </c>
       <c r="Q397">
-        <v>101.0</v>
+        <v>102.211867</v>
       </c>
       <c r="R397">
-        <v>101.179653</v>
+        <v>104.061</v>
       </c>
       <c r="S397">
-        <v>100.820347</v>
+        <v>102.0</v>
       </c>
       <c r="T397">
-        <v>101.0</v>
+        <v>103.849133</v>
       </c>
     </row>
     <row r="398" spans="1:24">
       <c r="A398" s="2">
-        <v>45439.595381944</v>
+        <v>45502.562002315</v>
       </c>
       <c r="B398" t="s">
         <v>24</v>
       </c>
       <c r="C398" t="s">
         <v>25</v>
       </c>
       <c r="D398" t="s">
         <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>27</v>
       </c>
-      <c r="F398">
-[...1 lines deleted...]
-      </c>
       <c r="G398">
-        <v>101.143722</v>
-[...2 lines deleted...]
-        <v>9102.93498</v>
+        <v>102.312156</v>
       </c>
       <c r="I398" t="s">
         <v>28</v>
       </c>
       <c r="J398">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K398" s="2">
         <v>45161.0</v>
       </c>
       <c r="L398" s="2">
         <v>46078.0</v>
       </c>
       <c r="M398">
         <v>15000</v>
       </c>
       <c r="N398">
         <v>1000.0</v>
       </c>
       <c r="O398" t="s">
         <v>28</v>
       </c>
       <c r="P398">
-        <v>0.143722</v>
+        <v>0.176556</v>
       </c>
       <c r="Q398">
-        <v>100.643722</v>
+        <v>101.676556</v>
       </c>
       <c r="R398">
-        <v>101.143722</v>
+        <v>104.0255</v>
       </c>
       <c r="S398">
-        <v>100.5</v>
+        <v>101.5</v>
       </c>
       <c r="T398">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.848944</v>
       </c>
     </row>
     <row r="399" spans="1:24">
       <c r="A399" s="2">
-        <v>45436.421412037</v>
+        <v>45499.463946759</v>
       </c>
       <c r="B399" t="s">
         <v>24</v>
       </c>
       <c r="C399" t="s">
         <v>25</v>
       </c>
       <c r="D399" t="s">
         <v>26</v>
       </c>
       <c r="E399" t="s">
         <v>27</v>
       </c>
       <c r="G399">
-        <v>101.071861</v>
+        <v>102.312156</v>
       </c>
       <c r="I399" t="s">
         <v>28</v>
       </c>
       <c r="J399">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K399" s="2">
         <v>45161.0</v>
       </c>
       <c r="L399" s="2">
         <v>46078.0</v>
       </c>
       <c r="M399">
         <v>15000</v>
       </c>
       <c r="N399">
         <v>1000.0</v>
       </c>
       <c r="O399" t="s">
         <v>28</v>
       </c>
       <c r="P399">
-        <v>0.107792</v>
+        <v>0.176556</v>
       </c>
       <c r="Q399">
-        <v>100.607792</v>
+        <v>101.676556</v>
       </c>
       <c r="R399">
-        <v>101.107792</v>
+        <v>104.0255</v>
       </c>
       <c r="S399">
-        <v>100.5</v>
+        <v>101.5</v>
       </c>
       <c r="T399">
-        <v>101.0</v>
+        <v>103.848944</v>
       </c>
     </row>
     <row r="400" spans="1:24">
       <c r="A400" s="2">
-        <v>45435.555648148</v>
+        <v>45498.54255787</v>
       </c>
       <c r="B400" t="s">
         <v>24</v>
       </c>
       <c r="C400" t="s">
         <v>25</v>
       </c>
       <c r="D400" t="s">
         <v>26</v>
       </c>
       <c r="E400" t="s">
         <v>27</v>
       </c>
-      <c r="F400">
-[...1 lines deleted...]
-      </c>
       <c r="G400">
-        <v>101.071861</v>
-[...2 lines deleted...]
-        <v>3032.15583</v>
+        <v>102.312156</v>
       </c>
       <c r="I400" t="s">
         <v>28</v>
       </c>
       <c r="J400">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K400" s="2">
         <v>45161.0</v>
       </c>
       <c r="L400" s="2">
         <v>46078.0</v>
       </c>
       <c r="M400">
         <v>15000</v>
       </c>
       <c r="N400">
         <v>1000.0</v>
       </c>
       <c r="O400" t="s">
         <v>28</v>
       </c>
       <c r="P400">
-        <v>0.071861</v>
+        <v>0.141244</v>
       </c>
       <c r="Q400">
-        <v>100.5</v>
+        <v>101.241244</v>
       </c>
       <c r="R400">
-        <v>101.071861</v>
+        <v>103.991244</v>
       </c>
       <c r="S400">
-        <v>100.428139</v>
+        <v>101.1</v>
       </c>
       <c r="T400">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.85</v>
       </c>
     </row>
     <row r="401" spans="1:24">
       <c r="A401" s="2">
-        <v>45434.440208333</v>
+        <v>45497.4609375</v>
       </c>
       <c r="B401" t="s">
         <v>24</v>
       </c>
       <c r="C401" t="s">
         <v>25</v>
       </c>
       <c r="D401" t="s">
         <v>26</v>
       </c>
       <c r="E401" t="s">
         <v>27</v>
       </c>
-      <c r="F401">
-[...1 lines deleted...]
-      </c>
       <c r="G401">
-        <v>100.964069</v>
-[...2 lines deleted...]
-        <v>151446.1035</v>
+        <v>102.312156</v>
       </c>
       <c r="I401" t="s">
         <v>28</v>
       </c>
       <c r="J401">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K401" s="2">
         <v>45161.0</v>
       </c>
       <c r="L401" s="2">
         <v>46078.0</v>
       </c>
       <c r="M401">
         <v>15000</v>
       </c>
       <c r="N401">
         <v>1000.0</v>
       </c>
       <c r="O401" t="s">
         <v>28</v>
       </c>
       <c r="P401">
-        <v>-0.035931</v>
+        <v>0.035311</v>
       </c>
       <c r="Q401">
-        <v>100.5</v>
+        <v>101.235311</v>
       </c>
       <c r="R401">
-        <v>100.964069</v>
+        <v>103.8844</v>
       </c>
       <c r="S401">
-        <v>100.535931</v>
+        <v>101.2</v>
       </c>
       <c r="T401">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.849089</v>
       </c>
     </row>
     <row r="402" spans="1:24">
       <c r="A402" s="2">
-        <v>45433.626261574</v>
+        <v>45496.552696759</v>
       </c>
       <c r="B402" t="s">
         <v>24</v>
       </c>
       <c r="C402" t="s">
         <v>25</v>
       </c>
       <c r="D402" t="s">
         <v>26</v>
       </c>
       <c r="E402" t="s">
         <v>27</v>
       </c>
-      <c r="F402">
-[...1 lines deleted...]
-      </c>
       <c r="G402">
-        <v>100.828139</v>
-[...2 lines deleted...]
-        <v>5041.40695</v>
+        <v>102.312156</v>
       </c>
       <c r="I402" t="s">
         <v>28</v>
       </c>
       <c r="J402">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K402" s="2">
         <v>45161.0</v>
       </c>
       <c r="L402" s="2">
         <v>46078.0</v>
       </c>
       <c r="M402">
         <v>15000</v>
       </c>
       <c r="N402">
         <v>1000.0</v>
       </c>
       <c r="O402" t="s">
         <v>28</v>
       </c>
-      <c r="P402">
-[...1 lines deleted...]
-      </c>
       <c r="Q402">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="R402">
-        <v>100.928139</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>103.849</v>
       </c>
     </row>
     <row r="403" spans="1:24">
       <c r="A403" s="2">
-        <v>45432.611967593</v>
+        <v>45495.590243056</v>
       </c>
       <c r="B403" t="s">
         <v>24</v>
       </c>
       <c r="C403" t="s">
         <v>25</v>
       </c>
       <c r="D403" t="s">
         <v>26</v>
       </c>
       <c r="E403" t="s">
         <v>27</v>
       </c>
-      <c r="F403">
-[...1 lines deleted...]
-      </c>
       <c r="G403">
-        <v>100.892208</v>
-[...2 lines deleted...]
-        <v>2009.29416</v>
+        <v>102.312156</v>
       </c>
       <c r="I403" t="s">
         <v>28</v>
       </c>
       <c r="J403">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K403" s="2">
         <v>45161.0</v>
       </c>
       <c r="L403" s="2">
         <v>46078.0</v>
       </c>
       <c r="M403">
         <v>15000</v>
       </c>
       <c r="N403">
         <v>1000.0</v>
       </c>
       <c r="O403" t="s">
         <v>28</v>
       </c>
       <c r="P403">
-        <v>-0.107792</v>
+        <v>-0.035311</v>
       </c>
       <c r="Q403">
-        <v>100.5</v>
+        <v>101.964689</v>
       </c>
       <c r="R403">
-        <v>100.792208</v>
+        <v>103.8136</v>
       </c>
       <c r="S403">
-        <v>100.607792</v>
+        <v>102.0</v>
       </c>
       <c r="T403">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.848911</v>
       </c>
     </row>
     <row r="404" spans="1:24">
       <c r="A404" s="2">
-        <v>45429.643321759</v>
+        <v>45492.580914352</v>
       </c>
       <c r="B404" t="s">
         <v>24</v>
       </c>
       <c r="C404" t="s">
         <v>25</v>
       </c>
       <c r="D404" t="s">
         <v>26</v>
       </c>
       <c r="E404" t="s">
         <v>27</v>
       </c>
       <c r="G404">
-        <v>101.048264</v>
+        <v>102.312156</v>
       </c>
       <c r="I404" t="s">
         <v>28</v>
       </c>
       <c r="J404">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K404" s="2">
         <v>45161.0</v>
       </c>
       <c r="L404" s="2">
         <v>46078.0</v>
       </c>
       <c r="M404">
         <v>15000</v>
       </c>
       <c r="N404">
         <v>1000.0</v>
       </c>
       <c r="O404" t="s">
         <v>28</v>
       </c>
       <c r="P404">
-        <v>-0.143722</v>
+        <v>-0.070622</v>
       </c>
       <c r="Q404">
-        <v>100.001278</v>
+        <v>101.729378</v>
       </c>
       <c r="R404">
-        <v>100.856278</v>
+        <v>103.778</v>
       </c>
       <c r="S404">
-        <v>100.145</v>
+        <v>101.8</v>
       </c>
       <c r="T404">
-        <v>101.0</v>
+        <v>103.848622</v>
       </c>
     </row>
     <row r="405" spans="1:24">
       <c r="A405" s="2">
-        <v>45428.654236111</v>
+        <v>45491.633935185</v>
       </c>
       <c r="B405" t="s">
         <v>24</v>
       </c>
       <c r="C405" t="s">
         <v>25</v>
       </c>
       <c r="D405" t="s">
         <v>26</v>
       </c>
       <c r="E405" t="s">
         <v>27</v>
       </c>
-      <c r="F405">
-[...1 lines deleted...]
-      </c>
       <c r="G405">
-        <v>101.048264</v>
-[...2 lines deleted...]
-        <v>12210.79168</v>
+        <v>102.312156</v>
       </c>
       <c r="I405" t="s">
         <v>28</v>
       </c>
       <c r="J405">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K405" s="2">
         <v>45161.0</v>
       </c>
       <c r="L405" s="2">
         <v>46078.0</v>
       </c>
       <c r="M405">
         <v>15000</v>
       </c>
       <c r="N405">
         <v>1000.0</v>
       </c>
       <c r="O405" t="s">
         <v>28</v>
       </c>
       <c r="P405">
-        <v>0.898264</v>
+        <v>-0.105933</v>
       </c>
       <c r="Q405">
-        <v>101.048264</v>
+        <v>101.195</v>
       </c>
       <c r="R405">
-        <v>101.898264</v>
+        <v>103.743</v>
       </c>
       <c r="S405">
-        <v>100.15</v>
+        <v>101.300933</v>
       </c>
       <c r="T405">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>103.848933</v>
       </c>
     </row>
     <row r="406" spans="1:24">
       <c r="A406" s="2">
-        <v>45427.619953704</v>
+        <v>45490.487511574</v>
       </c>
       <c r="B406" t="s">
         <v>24</v>
       </c>
       <c r="C406" t="s">
         <v>25</v>
       </c>
       <c r="D406" t="s">
         <v>26</v>
       </c>
       <c r="E406" t="s">
         <v>27</v>
       </c>
-      <c r="F406">
-[...1 lines deleted...]
-      </c>
       <c r="G406">
-        <v>101.290472</v>
-[...2 lines deleted...]
-        <v>1012.90472</v>
+        <v>102.312156</v>
       </c>
       <c r="I406" t="s">
         <v>28</v>
       </c>
       <c r="J406">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K406" s="2">
         <v>45161.0</v>
       </c>
       <c r="L406" s="2">
         <v>46078.0</v>
       </c>
       <c r="M406">
         <v>15000</v>
       </c>
       <c r="N406">
         <v>1000.0</v>
       </c>
       <c r="O406" t="s">
         <v>28</v>
       </c>
       <c r="P406">
-        <v>0.790472</v>
+        <v>-0.211867</v>
       </c>
       <c r="Q406">
-        <v>101.0</v>
+        <v>100.988133</v>
       </c>
       <c r="R406">
-        <v>101.790472</v>
+        <v>103.637</v>
       </c>
       <c r="S406">
-        <v>100.209528</v>
+        <v>101.2</v>
       </c>
       <c r="T406">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.848867</v>
       </c>
     </row>
     <row r="407" spans="1:24">
       <c r="A407" s="2">
-        <v>45426.549965278</v>
+        <v>45489.607511574</v>
       </c>
       <c r="B407" t="s">
         <v>24</v>
       </c>
       <c r="C407" t="s">
         <v>25</v>
       </c>
       <c r="D407" t="s">
         <v>26</v>
       </c>
       <c r="E407" t="s">
         <v>27</v>
       </c>
       <c r="F407">
-        <v>0.37</v>
+        <v>-1.64</v>
       </c>
       <c r="G407">
-        <v>101.754542</v>
+        <v>102.312156</v>
       </c>
       <c r="H407">
-        <v>1017.54542</v>
+        <v>52194.19956</v>
       </c>
       <c r="I407" t="s">
         <v>28</v>
       </c>
       <c r="J407">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K407" s="2">
         <v>45161.0</v>
       </c>
       <c r="L407" s="2">
         <v>46078.0</v>
       </c>
       <c r="M407">
         <v>15000</v>
       </c>
       <c r="N407">
         <v>1000.0</v>
       </c>
       <c r="O407" t="s">
         <v>28</v>
       </c>
       <c r="P407">
-        <v>0.754542</v>
+        <v>0.812156</v>
       </c>
       <c r="Q407">
-        <v>101.254542</v>
+        <v>102.013</v>
       </c>
       <c r="R407">
-        <v>101.754542</v>
+        <v>104.659</v>
       </c>
       <c r="S407">
-        <v>100.5</v>
+        <v>101.200844</v>
       </c>
       <c r="T407">
-        <v>101.0</v>
+        <v>103.846844</v>
       </c>
       <c r="X407">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:24">
       <c r="A408" s="2">
-        <v>45425.416886574</v>
+        <v>45488.623576389</v>
       </c>
       <c r="B408" t="s">
         <v>24</v>
       </c>
       <c r="C408" t="s">
         <v>25</v>
       </c>
       <c r="D408" t="s">
         <v>26</v>
       </c>
       <c r="E408" t="s">
         <v>27</v>
       </c>
+      <c r="F408">
+        <v>-0.22</v>
+      </c>
       <c r="G408">
-        <v>101.382681</v>
+        <v>104.015277</v>
+      </c>
+      <c r="H408">
+        <v>7300.87774</v>
       </c>
       <c r="I408" t="s">
         <v>28</v>
       </c>
       <c r="J408">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K408" s="2">
         <v>45161.0</v>
       </c>
       <c r="L408" s="2">
         <v>46078.0</v>
       </c>
       <c r="M408">
         <v>15000</v>
       </c>
       <c r="N408">
         <v>1000.0</v>
       </c>
       <c r="O408" t="s">
         <v>28</v>
       </c>
       <c r="P408">
-        <v>0.718611</v>
+        <v>0.776844</v>
       </c>
       <c r="Q408">
-        <v>101.218611</v>
+        <v>104.0</v>
       </c>
       <c r="R408">
-        <v>101.718611</v>
+        <v>104.576844</v>
       </c>
       <c r="S408">
-        <v>100.5</v>
+        <v>103.223156</v>
       </c>
       <c r="T408">
-        <v>101.0</v>
+        <v>103.8</v>
+      </c>
+      <c r="X408">
+        <v>3</v>
       </c>
     </row>
     <row r="409" spans="1:24">
       <c r="A409" s="2">
-        <v>45422.491967593</v>
+        <v>45485.5790625</v>
       </c>
       <c r="B409" t="s">
         <v>24</v>
       </c>
       <c r="C409" t="s">
         <v>25</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="F409">
-        <v>0.34</v>
+        <v>1.49</v>
       </c>
       <c r="G409">
-        <v>101.382681</v>
+        <v>104.241533</v>
       </c>
       <c r="H409">
-        <v>10138.2681</v>
+        <v>1042.41533</v>
       </c>
       <c r="I409" t="s">
         <v>28</v>
       </c>
       <c r="J409">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K409" s="2">
         <v>45161.0</v>
       </c>
       <c r="L409" s="2">
         <v>46078.0</v>
       </c>
       <c r="M409">
         <v>15000</v>
       </c>
       <c r="N409">
         <v>1000.0</v>
       </c>
       <c r="O409" t="s">
         <v>28</v>
       </c>
       <c r="P409">
-        <v>0.682681</v>
+        <v>0.741533</v>
       </c>
       <c r="Q409">
-        <v>101.182681</v>
+        <v>101.751533</v>
       </c>
       <c r="R409">
-        <v>101.382681</v>
+        <v>104.240533</v>
       </c>
       <c r="S409">
-        <v>100.5</v>
+        <v>101.01</v>
       </c>
       <c r="T409">
-        <v>100.7</v>
+        <v>103.499</v>
       </c>
       <c r="X409">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:24">
       <c r="A410" s="2">
-        <v>45420.565185185</v>
+        <v>45484.576770833</v>
       </c>
       <c r="B410" t="s">
         <v>24</v>
       </c>
       <c r="C410" t="s">
         <v>25</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="F410">
-        <v>-0.46</v>
+        <v>0.1</v>
       </c>
       <c r="G410">
-        <v>101.038958</v>
+        <v>102.706222</v>
       </c>
       <c r="H410">
-        <v>7096.72706</v>
+        <v>2054.12444</v>
       </c>
       <c r="I410" t="s">
         <v>28</v>
       </c>
       <c r="J410">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K410" s="2">
         <v>45161.0</v>
       </c>
       <c r="L410" s="2">
         <v>46078.0</v>
       </c>
       <c r="M410">
         <v>15000</v>
       </c>
       <c r="N410">
         <v>1000.0</v>
       </c>
       <c r="O410" t="s">
         <v>28</v>
       </c>
       <c r="P410">
-        <v>0.538958</v>
+        <v>0.706222</v>
       </c>
       <c r="Q410">
-        <v>101.038958</v>
+        <v>102.71</v>
       </c>
       <c r="R410">
-        <v>101.538958</v>
+        <v>104.601222</v>
       </c>
       <c r="S410">
-        <v>100.5</v>
+        <v>102.003778</v>
       </c>
       <c r="T410">
-        <v>101.0</v>
+        <v>103.895</v>
       </c>
       <c r="X410">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:24">
       <c r="A411" s="2">
-        <v>45419.617291667</v>
+        <v>45483.560578704</v>
       </c>
       <c r="B411" t="s">
         <v>24</v>
       </c>
       <c r="C411" t="s">
         <v>25</v>
       </c>
       <c r="D411" t="s">
         <v>26</v>
       </c>
       <c r="E411" t="s">
         <v>27</v>
       </c>
       <c r="F411">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
       <c r="G411">
-        <v>101.503028</v>
+        <v>102.600289</v>
       </c>
       <c r="H411">
-        <v>29431.87812</v>
+        <v>43092.12138</v>
       </c>
       <c r="I411" t="s">
         <v>28</v>
       </c>
       <c r="J411">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K411" s="2">
         <v>45161.0</v>
       </c>
       <c r="L411" s="2">
         <v>46078.0</v>
       </c>
       <c r="M411">
         <v>15000</v>
       </c>
       <c r="N411">
         <v>1000.0</v>
       </c>
       <c r="O411" t="s">
         <v>28</v>
       </c>
       <c r="P411">
-        <v>0.503028</v>
+        <v>0.600289</v>
       </c>
       <c r="Q411">
-        <v>101.103028</v>
+        <v>101.62</v>
       </c>
       <c r="R411">
-        <v>101.503028</v>
+        <v>102.600289</v>
       </c>
       <c r="S411">
-        <v>100.6</v>
+        <v>101.019711</v>
       </c>
       <c r="T411">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X411">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:24">
       <c r="A412" s="2">
-        <v>45418.355625</v>
+        <v>45482.648738426</v>
       </c>
       <c r="B412" t="s">
         <v>24</v>
       </c>
       <c r="C412" t="s">
         <v>25</v>
       </c>
       <c r="D412" t="s">
         <v>26</v>
       </c>
       <c r="E412" t="s">
         <v>27</v>
       </c>
+      <c r="F412">
+        <v>-1.6</v>
+      </c>
       <c r="G412">
-        <v>101.431167</v>
+        <v>102.564978</v>
+      </c>
+      <c r="H412">
+        <v>57466.38768</v>
       </c>
       <c r="I412" t="s">
         <v>28</v>
       </c>
       <c r="J412">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K412" s="2">
         <v>45161.0</v>
       </c>
       <c r="L412" s="2">
         <v>46078.0</v>
       </c>
       <c r="M412">
         <v>15000</v>
       </c>
       <c r="N412">
         <v>1000.0</v>
       </c>
       <c r="O412" t="s">
         <v>28</v>
       </c>
       <c r="P412">
-        <v>0.467097</v>
+        <v>0.564978</v>
+      </c>
+      <c r="Q412">
+        <v>101.574978</v>
+      </c>
+      <c r="R412">
+        <v>102.564978</v>
+      </c>
+      <c r="S412">
+        <v>101.01</v>
+      </c>
+      <c r="T412">
+        <v>102.0</v>
+      </c>
+      <c r="X412">
+        <v>3</v>
       </c>
     </row>
     <row r="413" spans="1:24">
       <c r="A413" s="2">
-        <v>45415.513576389</v>
+        <v>45481.612928241</v>
       </c>
       <c r="B413" t="s">
         <v>24</v>
       </c>
       <c r="C413" t="s">
         <v>25</v>
       </c>
       <c r="D413" t="s">
         <v>26</v>
       </c>
       <c r="E413" t="s">
         <v>27</v>
       </c>
       <c r="F413">
-        <v>0.14</v>
+        <v>0.56</v>
       </c>
       <c r="G413">
-        <v>101.431167</v>
+        <v>104.229667</v>
       </c>
       <c r="H413">
-        <v>1014.31167</v>
+        <v>1042.29667</v>
       </c>
       <c r="I413" t="s">
         <v>28</v>
       </c>
       <c r="J413">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K413" s="2">
         <v>45161.0</v>
       </c>
       <c r="L413" s="2">
         <v>46078.0</v>
       </c>
       <c r="M413">
         <v>15000</v>
       </c>
       <c r="N413">
         <v>1000.0</v>
       </c>
       <c r="O413" t="s">
         <v>28</v>
       </c>
       <c r="P413">
-        <v>0.431167</v>
+        <v>0.529667</v>
       </c>
       <c r="Q413">
-        <v>101.031167</v>
+        <v>102.529667</v>
       </c>
       <c r="R413">
-        <v>101.431167</v>
+        <v>104.429667</v>
       </c>
       <c r="S413">
-        <v>100.6</v>
+        <v>102.0</v>
       </c>
       <c r="T413">
-        <v>101.0</v>
+        <v>103.9</v>
       </c>
       <c r="X413">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:24">
       <c r="A414" s="2">
-        <v>45414.416828704</v>
+        <v>45478.490706019</v>
       </c>
       <c r="B414" t="s">
         <v>24</v>
       </c>
       <c r="C414" t="s">
         <v>25</v>
       </c>
       <c r="D414" t="s">
         <v>26</v>
       </c>
       <c r="E414" t="s">
         <v>27</v>
       </c>
+      <c r="F414">
+        <v>0.65</v>
+      </c>
       <c r="G414">
-        <v>101.287444</v>
+        <v>103.653356</v>
+      </c>
+      <c r="H414">
+        <v>2073.06712</v>
       </c>
       <c r="I414" t="s">
         <v>28</v>
       </c>
       <c r="J414">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K414" s="2">
         <v>45161.0</v>
       </c>
       <c r="L414" s="2">
         <v>46078.0</v>
       </c>
       <c r="M414">
         <v>15000</v>
       </c>
       <c r="N414">
         <v>1000.0</v>
       </c>
       <c r="O414" t="s">
         <v>28</v>
       </c>
       <c r="P414">
-        <v>0.395236</v>
+        <v>0.494356</v>
       </c>
       <c r="Q414">
-        <v>100.995236</v>
+        <v>102.982489</v>
       </c>
       <c r="R414">
-        <v>101.395236</v>
+        <v>104.194356</v>
       </c>
       <c r="S414">
-        <v>100.6</v>
+        <v>102.488133</v>
       </c>
       <c r="T414">
-        <v>101.0</v>
+        <v>103.7</v>
+      </c>
+      <c r="X414">
+        <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:24">
       <c r="A415" s="2">
-        <v>45412.63630787</v>
+        <v>45477.421053241</v>
       </c>
       <c r="B415" t="s">
         <v>24</v>
       </c>
       <c r="C415" t="s">
         <v>25</v>
       </c>
       <c r="D415" t="s">
         <v>26</v>
       </c>
       <c r="E415" t="s">
         <v>27</v>
       </c>
-      <c r="F415">
-[...1 lines deleted...]
-      </c>
       <c r="G415">
-        <v>101.287444</v>
-[...2 lines deleted...]
-        <v>9115.86996</v>
+        <v>102.982489</v>
       </c>
       <c r="I415" t="s">
         <v>28</v>
       </c>
       <c r="J415">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K415" s="2">
         <v>45161.0</v>
       </c>
       <c r="L415" s="2">
         <v>46078.0</v>
       </c>
       <c r="M415">
         <v>15000</v>
       </c>
       <c r="N415">
         <v>1000.0</v>
       </c>
       <c r="O415" t="s">
         <v>28</v>
       </c>
       <c r="P415">
-        <v>0.287444</v>
+        <v>0.459044</v>
       </c>
       <c r="Q415">
-        <v>100.887444</v>
+        <v>102.982489</v>
       </c>
       <c r="R415">
-        <v>101.287444</v>
+        <v>104.459044</v>
       </c>
       <c r="S415">
-        <v>100.6</v>
+        <v>102.523445</v>
       </c>
       <c r="T415">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="416" spans="1:24">
       <c r="A416" s="2">
-        <v>45411.503888889</v>
+        <v>45476.421840278</v>
       </c>
       <c r="B416" t="s">
         <v>24</v>
       </c>
       <c r="C416" t="s">
         <v>25</v>
       </c>
       <c r="D416" t="s">
         <v>26</v>
       </c>
       <c r="E416" t="s">
         <v>27</v>
       </c>
-      <c r="F416">
-[...1 lines deleted...]
-      </c>
       <c r="G416">
-        <v>101.251514</v>
-[...2 lines deleted...]
-        <v>16200.24224</v>
+        <v>102.982489</v>
       </c>
       <c r="I416" t="s">
         <v>28</v>
       </c>
       <c r="J416">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K416" s="2">
         <v>45161.0</v>
       </c>
       <c r="L416" s="2">
         <v>46078.0</v>
       </c>
       <c r="M416">
         <v>15000</v>
       </c>
       <c r="N416">
         <v>1000.0</v>
       </c>
       <c r="O416" t="s">
         <v>28</v>
       </c>
       <c r="P416">
-        <v>0.251514</v>
+        <v>0.353111</v>
       </c>
       <c r="Q416">
-        <v>100.751514</v>
+        <v>102.982489</v>
       </c>
       <c r="R416">
-        <v>101.251514</v>
+        <v>104.353111</v>
       </c>
       <c r="S416">
-        <v>100.5</v>
+        <v>102.629378</v>
       </c>
       <c r="T416">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="417" spans="1:24">
       <c r="A417" s="2">
-        <v>45408.609525463</v>
+        <v>45475.653483796</v>
       </c>
       <c r="B417" t="s">
         <v>24</v>
       </c>
       <c r="C417" t="s">
         <v>25</v>
       </c>
       <c r="D417" t="s">
         <v>26</v>
       </c>
       <c r="E417" t="s">
         <v>27</v>
       </c>
       <c r="F417">
-        <v>0.04</v>
+        <v>1.71</v>
       </c>
       <c r="G417">
-        <v>101.179653</v>
+        <v>102.982489</v>
       </c>
       <c r="H417">
-        <v>22259.52366</v>
+        <v>3089.47467</v>
       </c>
       <c r="I417" t="s">
         <v>28</v>
       </c>
       <c r="J417">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K417" s="2">
         <v>45161.0</v>
       </c>
       <c r="L417" s="2">
         <v>46078.0</v>
       </c>
       <c r="M417">
         <v>15000</v>
       </c>
       <c r="N417">
         <v>1000.0</v>
       </c>
       <c r="O417" t="s">
         <v>28</v>
       </c>
       <c r="P417">
-        <v>0.179653</v>
+        <v>0.3178</v>
       </c>
       <c r="Q417">
-        <v>101.1437</v>
+        <v>102.982489</v>
       </c>
       <c r="R417">
-        <v>101.179653</v>
+        <v>104.24</v>
       </c>
       <c r="S417">
-        <v>100.964047</v>
+        <v>102.664689</v>
       </c>
       <c r="T417">
-        <v>101.0</v>
+        <v>103.9222</v>
       </c>
       <c r="X417">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:24">
       <c r="A418" s="2">
-        <v>45407.599872685</v>
+        <v>45474.531527778</v>
       </c>
       <c r="B418" t="s">
         <v>24</v>
       </c>
       <c r="C418" t="s">
         <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>26</v>
       </c>
       <c r="E418" t="s">
         <v>27</v>
       </c>
-      <c r="F418">
-[...1 lines deleted...]
-      </c>
       <c r="G418">
-        <v>101.143722</v>
-[...2 lines deleted...]
-        <v>3034.31166</v>
+        <v>101.247178</v>
       </c>
       <c r="I418" t="s">
         <v>28</v>
       </c>
       <c r="J418">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K418" s="2">
         <v>45161.0</v>
       </c>
       <c r="L418" s="2">
         <v>46078.0</v>
       </c>
       <c r="M418">
         <v>15000</v>
       </c>
       <c r="N418">
         <v>1000.0</v>
       </c>
       <c r="O418" t="s">
         <v>28</v>
       </c>
       <c r="P418">
-        <v>0.143722</v>
+        <v>0.282489</v>
       </c>
       <c r="Q418">
-        <v>100.643722</v>
+        <v>102.982489</v>
       </c>
       <c r="R418">
-        <v>101.143722</v>
+        <v>104.24</v>
       </c>
       <c r="S418">
-        <v>100.5</v>
+        <v>102.7</v>
       </c>
       <c r="T418">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.957511</v>
       </c>
     </row>
     <row r="419" spans="1:24">
       <c r="A419" s="2">
-        <v>45406.534918981</v>
+        <v>45471.548368056</v>
       </c>
       <c r="B419" t="s">
         <v>24</v>
       </c>
       <c r="C419" t="s">
         <v>25</v>
       </c>
       <c r="D419" t="s">
         <v>26</v>
       </c>
       <c r="E419" t="s">
         <v>27</v>
       </c>
       <c r="F419">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="G419">
-        <v>101.035931</v>
+        <v>101.247178</v>
       </c>
       <c r="H419">
-        <v>21189.04551</v>
+        <v>136683.6903</v>
       </c>
       <c r="I419" t="s">
         <v>28</v>
       </c>
       <c r="J419">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K419" s="2">
         <v>45161.0</v>
       </c>
       <c r="L419" s="2">
         <v>46078.0</v>
       </c>
       <c r="M419">
         <v>15000</v>
       </c>
       <c r="N419">
         <v>1000.0</v>
       </c>
       <c r="O419" t="s">
         <v>28</v>
       </c>
       <c r="P419">
-        <v>0.035931</v>
+        <v>0.247178</v>
       </c>
       <c r="Q419">
-        <v>100.535931</v>
+        <v>101.257178</v>
       </c>
       <c r="R419">
-        <v>101.035931</v>
+        <v>104.24</v>
       </c>
       <c r="S419">
-        <v>100.5</v>
+        <v>101.01</v>
       </c>
       <c r="T419">
-        <v>101.0</v>
+        <v>103.992822</v>
       </c>
       <c r="X419">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="420" spans="1:24">
       <c r="A420" s="2">
-        <v>45405.474664352</v>
+        <v>45470.600671296</v>
       </c>
       <c r="B420" t="s">
         <v>24</v>
       </c>
       <c r="C420" t="s">
         <v>25</v>
       </c>
       <c r="D420" t="s">
         <v>26</v>
       </c>
       <c r="E420" t="s">
         <v>27</v>
       </c>
       <c r="F420">
-        <v>0.04</v>
+        <v>-1.32</v>
       </c>
       <c r="G420">
+        <v>101.211867</v>
+      </c>
+      <c r="H420">
+        <v>171040.05523</v>
+      </c>
+      <c r="I420" t="s">
+        <v>28</v>
+      </c>
+      <c r="J420">
+        <v>12.712</v>
+      </c>
+      <c r="K420" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L420" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M420">
+        <v>15000</v>
+      </c>
+      <c r="N420">
+        <v>1000.0</v>
+      </c>
+      <c r="O420" t="s">
+        <v>28</v>
+      </c>
+      <c r="P420">
+        <v>0.211867</v>
+      </c>
+      <c r="Q420">
+        <v>101.011867</v>
+      </c>
+      <c r="R420">
+        <v>101.211867</v>
+      </c>
+      <c r="S420">
+        <v>100.8</v>
+      </c>
+      <c r="T420">
         <v>101.0</v>
       </c>
-      <c r="H420">
-[...28 lines deleted...]
-      </c>
       <c r="X420">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:24">
       <c r="A421" s="2">
-        <v>45404.443263889</v>
+        <v>45469.487928241</v>
       </c>
       <c r="B421" t="s">
         <v>24</v>
       </c>
       <c r="C421" t="s">
         <v>25</v>
       </c>
       <c r="D421" t="s">
         <v>26</v>
       </c>
       <c r="E421" t="s">
         <v>27</v>
       </c>
-      <c r="F421">
-[...1 lines deleted...]
-      </c>
       <c r="G421">
-        <v>100.964069</v>
-[...2 lines deleted...]
-        <v>16154.25104</v>
+        <v>102.5706</v>
       </c>
       <c r="I421" t="s">
         <v>28</v>
       </c>
       <c r="J421">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K421" s="2">
         <v>45161.0</v>
       </c>
       <c r="L421" s="2">
         <v>46078.0</v>
       </c>
       <c r="M421">
         <v>15000</v>
       </c>
       <c r="N421">
         <v>1000.0</v>
       </c>
       <c r="O421" t="s">
         <v>28</v>
       </c>
       <c r="P421">
-        <v>-0.035931</v>
+        <v>0.105933</v>
       </c>
       <c r="Q421">
-        <v>100.764069</v>
+        <v>101.105933</v>
       </c>
       <c r="R421">
-        <v>100.964069</v>
+        <v>103.8752</v>
       </c>
       <c r="S421">
-        <v>100.8</v>
+        <v>101.0</v>
       </c>
       <c r="T421">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.769267</v>
       </c>
     </row>
     <row r="422" spans="1:24">
       <c r="A422" s="2">
-        <v>45401.416956019</v>
+        <v>45468.593726852</v>
       </c>
       <c r="B422" t="s">
         <v>24</v>
       </c>
       <c r="C422" t="s">
         <v>25</v>
       </c>
       <c r="D422" t="s">
         <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>27</v>
       </c>
+      <c r="F422">
+        <v>1.56</v>
+      </c>
       <c r="G422">
-        <v>100.892208</v>
+        <v>102.5706</v>
+      </c>
+      <c r="H422">
+        <v>1025.706</v>
       </c>
       <c r="I422" t="s">
         <v>28</v>
       </c>
       <c r="J422">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K422" s="2">
         <v>45161.0</v>
       </c>
       <c r="L422" s="2">
         <v>46078.0</v>
       </c>
       <c r="M422">
         <v>15000</v>
       </c>
       <c r="N422">
         <v>1000.0</v>
       </c>
       <c r="O422" t="s">
         <v>28</v>
       </c>
       <c r="P422">
-        <v>-0.071861</v>
+        <v>0.070622</v>
       </c>
       <c r="Q422">
-        <v>100.728139</v>
+        <v>100.870622</v>
       </c>
       <c r="R422">
-        <v>100.928139</v>
+        <v>102.5706</v>
       </c>
       <c r="S422">
         <v>100.8</v>
       </c>
       <c r="T422">
-        <v>101.0</v>
+        <v>102.499978</v>
+      </c>
+      <c r="X422">
+        <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:24">
       <c r="A423" s="2">
-        <v>45400.640636574</v>
+        <v>45464.620856481</v>
       </c>
       <c r="B423" t="s">
         <v>24</v>
       </c>
       <c r="C423" t="s">
         <v>25</v>
       </c>
       <c r="D423" t="s">
         <v>26</v>
       </c>
       <c r="E423" t="s">
         <v>27</v>
       </c>
       <c r="F423">
-        <v>-0.92</v>
+        <v>0.04</v>
       </c>
       <c r="G423">
-        <v>100.892208</v>
+        <v>101.0</v>
       </c>
       <c r="H423">
-        <v>8071.32664</v>
+        <v>136350.0</v>
       </c>
       <c r="I423" t="s">
         <v>28</v>
       </c>
       <c r="J423">
-        <v>12.935</v>
+        <v>12.712</v>
       </c>
       <c r="K423" s="2">
         <v>45161.0</v>
       </c>
       <c r="L423" s="2">
         <v>46078.0</v>
       </c>
       <c r="M423">
         <v>15000</v>
       </c>
       <c r="N423">
         <v>1000.0</v>
       </c>
       <c r="O423" t="s">
         <v>28</v>
       </c>
-      <c r="P423">
-[...1 lines deleted...]
-      </c>
       <c r="Q423">
-        <v>100.692208</v>
+        <v>100.8</v>
       </c>
       <c r="R423">
-        <v>100.892208</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>104.0</v>
       </c>
       <c r="X423">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="424" spans="1:24">
       <c r="A424" s="2">
-        <v>45399.464895833</v>
+        <v>45463.620740741</v>
       </c>
       <c r="B424" t="s">
         <v>24</v>
       </c>
       <c r="C424" t="s">
         <v>25</v>
       </c>
       <c r="D424" t="s">
         <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>27</v>
       </c>
+      <c r="F424">
+        <v>0.11</v>
+      </c>
       <c r="G424">
-        <v>101.826403</v>
+        <v>100.964069</v>
+      </c>
+      <c r="H424">
+        <v>15144.61035</v>
       </c>
       <c r="I424" t="s">
         <v>28</v>
       </c>
       <c r="J424">
         <v>12.935</v>
       </c>
       <c r="K424" s="2">
         <v>45161.0</v>
       </c>
       <c r="L424" s="2">
         <v>46078.0</v>
       </c>
       <c r="M424">
         <v>15000</v>
       </c>
       <c r="N424">
         <v>1000.0</v>
       </c>
       <c r="O424" t="s">
         <v>28</v>
       </c>
       <c r="P424">
-        <v>-0.215583</v>
+        <v>-0.035931</v>
       </c>
       <c r="Q424">
-        <v>100.284417</v>
+        <v>100.764069</v>
       </c>
       <c r="R424">
-        <v>100.783417</v>
+        <v>100.964069</v>
       </c>
       <c r="S424">
-        <v>100.5</v>
+        <v>100.8</v>
       </c>
       <c r="T424">
-        <v>100.999</v>
+        <v>101.0</v>
+      </c>
+      <c r="X424">
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:24">
       <c r="A425" s="2">
-        <v>45398.583854167</v>
+        <v>45462.652511574</v>
       </c>
       <c r="B425" t="s">
         <v>24</v>
       </c>
       <c r="C425" t="s">
         <v>25</v>
       </c>
       <c r="D425" t="s">
         <v>26</v>
       </c>
       <c r="E425" t="s">
         <v>27</v>
       </c>
       <c r="F425">
-        <v>0.53</v>
+        <v>0.04</v>
       </c>
       <c r="G425">
-        <v>101.826403</v>
+        <v>100.856278</v>
       </c>
       <c r="H425">
-        <v>4073.05612</v>
+        <v>26222.63228</v>
       </c>
       <c r="I425" t="s">
         <v>28</v>
       </c>
       <c r="J425">
         <v>12.935</v>
       </c>
       <c r="K425" s="2">
         <v>45161.0</v>
       </c>
       <c r="L425" s="2">
         <v>46078.0</v>
       </c>
       <c r="M425">
         <v>15000</v>
       </c>
       <c r="N425">
         <v>1000.0</v>
       </c>
       <c r="O425" t="s">
         <v>28</v>
       </c>
       <c r="P425">
-        <v>0.826403</v>
+        <v>-0.143722</v>
       </c>
       <c r="Q425">
-        <v>101.326403</v>
+        <v>100.406278</v>
       </c>
       <c r="R425">
-        <v>101.825403</v>
+        <v>100.856278</v>
       </c>
       <c r="S425">
-        <v>100.5</v>
+        <v>100.55</v>
       </c>
       <c r="T425">
-        <v>100.999</v>
+        <v>101.0</v>
       </c>
       <c r="X425">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="426" spans="1:24">
       <c r="A426" s="2">
-        <v>45397.58068287</v>
+        <v>45461.591921296</v>
       </c>
       <c r="B426" t="s">
         <v>24</v>
       </c>
       <c r="C426" t="s">
         <v>25</v>
       </c>
       <c r="D426" t="s">
         <v>26</v>
       </c>
       <c r="E426" t="s">
         <v>27</v>
       </c>
       <c r="F426">
-        <v>-0.46</v>
+        <v>0.04</v>
       </c>
       <c r="G426">
-        <v>101.290472</v>
+        <v>100.820347</v>
       </c>
       <c r="H426">
-        <v>10129.0472</v>
+        <v>131986.15457</v>
       </c>
       <c r="I426" t="s">
         <v>28</v>
       </c>
       <c r="J426">
         <v>12.935</v>
       </c>
       <c r="K426" s="2">
         <v>45161.0</v>
       </c>
       <c r="L426" s="2">
         <v>46078.0</v>
       </c>
       <c r="M426">
         <v>15000</v>
       </c>
       <c r="N426">
         <v>1000.0</v>
       </c>
       <c r="O426" t="s">
         <v>28</v>
       </c>
       <c r="P426">
-        <v>0.790472</v>
+        <v>-0.179653</v>
       </c>
       <c r="Q426">
-        <v>101.290472</v>
+        <v>100.420347</v>
       </c>
       <c r="R426">
-        <v>101.790472</v>
+        <v>100.820347</v>
       </c>
       <c r="S426">
-        <v>100.5</v>
+        <v>100.6</v>
       </c>
       <c r="T426">
         <v>101.0</v>
       </c>
       <c r="X426">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="427" spans="1:24">
       <c r="A427" s="2">
-        <v>45394.56193287</v>
+        <v>45460.573298611</v>
       </c>
       <c r="B427" t="s">
         <v>24</v>
       </c>
       <c r="C427" t="s">
         <v>25</v>
       </c>
       <c r="D427" t="s">
         <v>26</v>
       </c>
       <c r="E427" t="s">
         <v>27</v>
       </c>
       <c r="F427">
-        <v>0.04</v>
+        <v>-1.02</v>
       </c>
       <c r="G427">
-        <v>101.754542</v>
+        <v>100.784417</v>
       </c>
       <c r="H427">
-        <v>3052.63626</v>
+        <v>37290.23429</v>
       </c>
       <c r="I427" t="s">
         <v>28</v>
       </c>
       <c r="J427">
         <v>12.935</v>
       </c>
       <c r="K427" s="2">
         <v>45161.0</v>
       </c>
       <c r="L427" s="2">
         <v>46078.0</v>
       </c>
       <c r="M427">
         <v>15000</v>
       </c>
       <c r="N427">
         <v>1000.0</v>
       </c>
       <c r="O427" t="s">
         <v>28</v>
       </c>
       <c r="P427">
-        <v>0.754542</v>
+        <v>-0.215583</v>
       </c>
       <c r="Q427">
-        <v>100.899542</v>
+        <v>100.384417</v>
       </c>
       <c r="R427">
-        <v>101.754542</v>
+        <v>100.784417</v>
       </c>
       <c r="S427">
-        <v>100.145</v>
+        <v>100.6</v>
       </c>
       <c r="T427">
         <v>101.0</v>
       </c>
       <c r="X427">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="428" spans="1:24">
       <c r="A428" s="2">
-        <v>45393.654039352</v>
+        <v>45457.563333333</v>
       </c>
       <c r="B428" t="s">
         <v>24</v>
       </c>
       <c r="C428" t="s">
         <v>25</v>
       </c>
       <c r="D428" t="s">
         <v>26</v>
       </c>
       <c r="E428" t="s">
         <v>27</v>
       </c>
       <c r="F428">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="G428">
-        <v>101.718611</v>
+        <v>101.826403</v>
       </c>
       <c r="H428">
-        <v>23395.28053</v>
+        <v>25456.60075</v>
       </c>
       <c r="I428" t="s">
         <v>28</v>
       </c>
       <c r="J428">
         <v>12.935</v>
       </c>
       <c r="K428" s="2">
         <v>45161.0</v>
       </c>
       <c r="L428" s="2">
         <v>46078.0</v>
       </c>
       <c r="M428">
         <v>15000</v>
       </c>
       <c r="N428">
         <v>1000.0</v>
       </c>
       <c r="O428" t="s">
         <v>28</v>
       </c>
       <c r="P428">
-        <v>0.718611</v>
+        <v>0.826403</v>
       </c>
       <c r="Q428">
-        <v>101.0</v>
+        <v>101.326403</v>
       </c>
       <c r="R428">
-        <v>101.718611</v>
+        <v>101.826403</v>
       </c>
       <c r="S428">
-        <v>100.281389</v>
+        <v>100.5</v>
       </c>
       <c r="T428">
         <v>101.0</v>
       </c>
       <c r="X428">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="429" spans="1:24">
       <c r="A429" s="2">
-        <v>45392.528275463</v>
+        <v>45456.665555556</v>
       </c>
       <c r="B429" t="s">
         <v>24</v>
       </c>
       <c r="C429" t="s">
         <v>25</v>
       </c>
       <c r="D429" t="s">
         <v>26</v>
       </c>
       <c r="E429" t="s">
         <v>27</v>
       </c>
       <c r="F429">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="G429">
-        <v>101.610819</v>
+        <v>101.790472</v>
       </c>
       <c r="H429">
-        <v>16257.73104</v>
+        <v>7125.33304</v>
       </c>
       <c r="I429" t="s">
         <v>28</v>
       </c>
       <c r="J429">
         <v>12.935</v>
       </c>
       <c r="K429" s="2">
         <v>45161.0</v>
       </c>
       <c r="L429" s="2">
         <v>46078.0</v>
       </c>
       <c r="M429">
         <v>15000</v>
       </c>
       <c r="N429">
         <v>1000.0</v>
       </c>
       <c r="O429" t="s">
         <v>28</v>
       </c>
       <c r="P429">
-        <v>0.610819</v>
+        <v>0.790472</v>
       </c>
       <c r="Q429">
-        <v>100.755819</v>
+        <v>101.290472</v>
       </c>
       <c r="R429">
-        <v>101.610819</v>
+        <v>101.790472</v>
       </c>
       <c r="S429">
-        <v>100.145</v>
+        <v>100.5</v>
       </c>
       <c r="T429">
         <v>101.0</v>
       </c>
       <c r="X429">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:24">
       <c r="A430" s="2">
-        <v>45391.622048611</v>
+        <v>45455.627662037</v>
       </c>
       <c r="B430" t="s">
         <v>24</v>
       </c>
       <c r="C430" t="s">
         <v>25</v>
       </c>
       <c r="D430" t="s">
         <v>26</v>
       </c>
       <c r="E430" t="s">
         <v>27</v>
       </c>
       <c r="F430">
-        <v>0.07</v>
+        <v>0.88</v>
       </c>
       <c r="G430">
-        <v>101.574889</v>
+        <v>101.682681</v>
       </c>
       <c r="H430">
-        <v>67039.42674</v>
+        <v>3048.48043</v>
       </c>
       <c r="I430" t="s">
         <v>28</v>
       </c>
       <c r="J430">
         <v>12.935</v>
       </c>
       <c r="K430" s="2">
         <v>45161.0</v>
       </c>
       <c r="L430" s="2">
         <v>46078.0</v>
       </c>
       <c r="M430">
         <v>15000</v>
       </c>
       <c r="N430">
         <v>1000.0</v>
       </c>
       <c r="O430" t="s">
         <v>28</v>
       </c>
       <c r="P430">
-        <v>0.574889</v>
+        <v>0.682681</v>
       </c>
       <c r="Q430">
-        <v>100.719889</v>
+        <v>100.852681</v>
       </c>
       <c r="R430">
-        <v>101.574889</v>
+        <v>101.682681</v>
       </c>
       <c r="S430">
-        <v>100.145</v>
+        <v>100.17</v>
       </c>
       <c r="T430">
         <v>101.0</v>
       </c>
       <c r="X430">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="431" spans="1:24">
       <c r="A431" s="2">
-        <v>45390.439363426</v>
+        <v>45454.494814815</v>
       </c>
       <c r="B431" t="s">
         <v>24</v>
       </c>
       <c r="C431" t="s">
         <v>25</v>
       </c>
       <c r="D431" t="s">
         <v>26</v>
       </c>
       <c r="E431" t="s">
         <v>27</v>
       </c>
+      <c r="F431">
+        <v>0.03</v>
+      </c>
       <c r="G431">
-        <v>101.503028</v>
+        <v>100.79675</v>
+      </c>
+      <c r="H431">
+        <v>54466.13522</v>
       </c>
       <c r="I431" t="s">
         <v>28</v>
       </c>
       <c r="J431">
         <v>12.935</v>
       </c>
       <c r="K431" s="2">
         <v>45161.0</v>
       </c>
       <c r="L431" s="2">
         <v>46078.0</v>
       </c>
       <c r="M431">
         <v>15000</v>
       </c>
       <c r="N431">
         <v>1000.0</v>
       </c>
       <c r="O431" t="s">
         <v>28</v>
       </c>
       <c r="P431">
-        <v>0.538958</v>
+        <v>0.64675</v>
       </c>
       <c r="Q431">
-        <v>100.85</v>
+        <v>100.81675</v>
       </c>
       <c r="R431">
-        <v>101.538958</v>
+        <v>101.64675</v>
       </c>
       <c r="S431">
-        <v>100.311042</v>
+        <v>100.17</v>
       </c>
       <c r="T431">
         <v>101.0</v>
       </c>
+      <c r="X431">
+        <v>5</v>
+      </c>
     </row>
     <row r="432" spans="1:24">
       <c r="A432" s="2">
-        <v>45387.651458333</v>
+        <v>45453.614502315</v>
       </c>
       <c r="B432" t="s">
         <v>24</v>
       </c>
       <c r="C432" t="s">
         <v>25</v>
       </c>
       <c r="D432" t="s">
         <v>26</v>
       </c>
       <c r="E432" t="s">
         <v>27</v>
       </c>
       <c r="F432">
-        <v>0.04</v>
+        <v>-0.79</v>
       </c>
       <c r="G432">
-        <v>101.503028</v>
+        <v>100.771513</v>
       </c>
       <c r="H432">
-        <v>10150.3028</v>
+        <v>2015.43026</v>
       </c>
       <c r="I432" t="s">
         <v>28</v>
       </c>
       <c r="J432">
         <v>12.935</v>
       </c>
       <c r="K432" s="2">
         <v>45161.0</v>
       </c>
       <c r="L432" s="2">
         <v>46078.0</v>
       </c>
       <c r="M432">
         <v>15000</v>
       </c>
       <c r="N432">
         <v>1000.0</v>
       </c>
       <c r="O432" t="s">
         <v>28</v>
       </c>
       <c r="P432">
-        <v>0.503028</v>
+        <v>0.610819</v>
       </c>
       <c r="Q432">
-        <v>101.003028</v>
+        <v>100.810819</v>
       </c>
       <c r="R432">
-        <v>101.503028</v>
+        <v>101.610819</v>
       </c>
       <c r="S432">
-        <v>100.5</v>
+        <v>100.2</v>
       </c>
       <c r="T432">
         <v>101.0</v>
       </c>
       <c r="X432">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:24">
       <c r="A433" s="2">
-        <v>45386.658368056</v>
+        <v>45450.631435185</v>
       </c>
       <c r="B433" t="s">
         <v>24</v>
       </c>
       <c r="C433" t="s">
         <v>25</v>
       </c>
       <c r="D433" t="s">
         <v>26</v>
       </c>
       <c r="E433" t="s">
         <v>27</v>
       </c>
       <c r="F433">
-        <v>0.11</v>
+        <v>0.28</v>
       </c>
       <c r="G433">
-        <v>101.467097</v>
+        <v>101.574889</v>
       </c>
       <c r="H433">
-        <v>2029.34194</v>
+        <v>116611.12235</v>
       </c>
       <c r="I433" t="s">
         <v>28</v>
       </c>
       <c r="J433">
         <v>12.935</v>
       </c>
       <c r="K433" s="2">
         <v>45161.0</v>
       </c>
       <c r="L433" s="2">
         <v>46078.0</v>
       </c>
       <c r="M433">
         <v>15000</v>
       </c>
       <c r="N433">
         <v>1000.0</v>
       </c>
       <c r="O433" t="s">
         <v>28</v>
       </c>
       <c r="P433">
-        <v>0.467097</v>
+        <v>0.574889</v>
       </c>
       <c r="Q433">
-        <v>100.75</v>
+        <v>101.0749</v>
       </c>
       <c r="R433">
-        <v>101.467097</v>
+        <v>101.574889</v>
       </c>
       <c r="S433">
-        <v>100.282903</v>
+        <v>100.500011</v>
       </c>
       <c r="T433">
         <v>101.0</v>
       </c>
       <c r="X433">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:24">
       <c r="A434" s="2">
-        <v>45385.521712963</v>
+        <v>45449.476018519</v>
       </c>
       <c r="B434" t="s">
         <v>24</v>
       </c>
       <c r="C434" t="s">
         <v>25</v>
       </c>
       <c r="D434" t="s">
         <v>26</v>
       </c>
       <c r="E434" t="s">
         <v>27</v>
       </c>
       <c r="F434">
-        <v>0.04</v>
+        <v>-0.07</v>
       </c>
       <c r="G434">
-        <v>101.359306</v>
+        <v>101.288958</v>
       </c>
       <c r="H434">
-        <v>38516.53628</v>
+        <v>10128.8958</v>
       </c>
       <c r="I434" t="s">
         <v>28</v>
       </c>
       <c r="J434">
         <v>12.935</v>
       </c>
       <c r="K434" s="2">
         <v>45161.0</v>
       </c>
       <c r="L434" s="2">
         <v>46078.0</v>
       </c>
       <c r="M434">
         <v>15000</v>
       </c>
       <c r="N434">
         <v>1000.0</v>
       </c>
       <c r="O434" t="s">
         <v>28</v>
       </c>
       <c r="P434">
-        <v>0.359306</v>
+        <v>0.538958</v>
       </c>
       <c r="Q434">
-        <v>100.521</v>
+        <v>100.699652</v>
       </c>
       <c r="R434">
-        <v>101.359306</v>
+        <v>101.188958</v>
       </c>
       <c r="S434">
-        <v>100.161694</v>
+        <v>100.160694</v>
       </c>
       <c r="T434">
-        <v>101.0</v>
+        <v>100.65</v>
       </c>
       <c r="X434">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:24">
       <c r="A435" s="2">
-        <v>45384.620983796</v>
+        <v>45448.481273148</v>
       </c>
       <c r="B435" t="s">
         <v>24</v>
       </c>
       <c r="C435" t="s">
         <v>25</v>
       </c>
       <c r="D435" t="s">
         <v>26</v>
       </c>
       <c r="E435" t="s">
         <v>27</v>
       </c>
-      <c r="F435">
-[...1 lines deleted...]
-      </c>
       <c r="G435">
-        <v>101.323375</v>
-[...2 lines deleted...]
-        <v>13172.03875</v>
+        <v>101.359306</v>
       </c>
       <c r="I435" t="s">
         <v>28</v>
       </c>
       <c r="J435">
         <v>12.935</v>
       </c>
       <c r="K435" s="2">
         <v>45161.0</v>
       </c>
       <c r="L435" s="2">
         <v>46078.0</v>
       </c>
       <c r="M435">
         <v>15000</v>
       </c>
       <c r="N435">
         <v>1000.0</v>
       </c>
       <c r="O435" t="s">
         <v>28</v>
       </c>
       <c r="P435">
-        <v>0.323375</v>
+        <v>0.431167</v>
       </c>
       <c r="Q435">
-        <v>100.47</v>
+        <v>100.6</v>
       </c>
       <c r="R435">
-        <v>101.323375</v>
+        <v>101.131167</v>
       </c>
       <c r="S435">
-        <v>100.146625</v>
+        <v>100.168833</v>
       </c>
       <c r="T435">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>100.7</v>
       </c>
     </row>
     <row r="436" spans="1:24">
       <c r="A436" s="2">
-        <v>45379.416770833</v>
+        <v>45447.490648148</v>
       </c>
       <c r="B436" t="s">
         <v>24</v>
       </c>
       <c r="C436" t="s">
         <v>25</v>
       </c>
       <c r="D436" t="s">
         <v>26</v>
       </c>
       <c r="E436" t="s">
         <v>27</v>
       </c>
       <c r="G436">
-        <v>101.251514</v>
+        <v>101.359306</v>
       </c>
       <c r="I436" t="s">
         <v>28</v>
       </c>
       <c r="J436">
         <v>12.935</v>
       </c>
       <c r="K436" s="2">
         <v>45161.0</v>
       </c>
       <c r="L436" s="2">
         <v>46078.0</v>
       </c>
       <c r="M436">
         <v>15000</v>
       </c>
       <c r="N436">
         <v>1000.0</v>
       </c>
       <c r="O436" t="s">
         <v>28</v>
       </c>
       <c r="P436">
-        <v>0.287444</v>
+        <v>0.395236</v>
       </c>
       <c r="Q436">
-        <v>100.787444</v>
+        <v>100.55593</v>
       </c>
       <c r="R436">
-        <v>101.287444</v>
+        <v>101.145236</v>
       </c>
       <c r="S436">
-        <v>100.5</v>
+        <v>100.160694</v>
       </c>
       <c r="T436">
-        <v>101.0</v>
+        <v>100.75</v>
       </c>
     </row>
     <row r="437" spans="1:24">
       <c r="A437" s="2">
-        <v>45378.661377315</v>
+        <v>45446.643472222</v>
       </c>
       <c r="B437" t="s">
         <v>24</v>
       </c>
       <c r="C437" t="s">
         <v>25</v>
       </c>
       <c r="D437" t="s">
         <v>26</v>
       </c>
       <c r="E437" t="s">
         <v>27</v>
       </c>
       <c r="F437">
-        <v>0.68</v>
+        <v>2.05</v>
       </c>
       <c r="G437">
-        <v>101.251514</v>
+        <v>101.359306</v>
       </c>
       <c r="H437">
-        <v>33302.99962</v>
+        <v>118884.74764</v>
       </c>
       <c r="I437" t="s">
         <v>28</v>
       </c>
       <c r="J437">
         <v>12.935</v>
       </c>
       <c r="K437" s="2">
         <v>45161.0</v>
       </c>
       <c r="L437" s="2">
         <v>46078.0</v>
       </c>
       <c r="M437">
         <v>15000</v>
       </c>
       <c r="N437">
         <v>1000.0</v>
       </c>
       <c r="O437" t="s">
         <v>28</v>
       </c>
       <c r="P437">
-        <v>0.251514</v>
+        <v>0.359306</v>
       </c>
       <c r="Q437">
-        <v>100.751514</v>
+        <v>100.52</v>
       </c>
       <c r="R437">
-        <v>101.251514</v>
+        <v>101.359306</v>
       </c>
       <c r="S437">
-        <v>100.5</v>
+        <v>100.160694</v>
       </c>
       <c r="T437">
         <v>101.0</v>
       </c>
       <c r="X437">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="438" spans="1:24">
       <c r="A438" s="2">
-        <v>45377.522777778</v>
+        <v>45443.619722222</v>
       </c>
       <c r="B438" t="s">
         <v>24</v>
       </c>
       <c r="C438" t="s">
         <v>25</v>
       </c>
       <c r="D438" t="s">
         <v>26</v>
       </c>
       <c r="E438" t="s">
         <v>27</v>
       </c>
+      <c r="F438">
+        <v>-1.0</v>
+      </c>
       <c r="G438">
-        <v>100.571861</v>
+        <v>99.323375</v>
+      </c>
+      <c r="H438">
+        <v>27174.4275</v>
       </c>
       <c r="I438" t="s">
         <v>28</v>
       </c>
       <c r="J438">
         <v>12.935</v>
       </c>
       <c r="K438" s="2">
         <v>45161.0</v>
       </c>
       <c r="L438" s="2">
         <v>46078.0</v>
       </c>
       <c r="M438">
         <v>15000</v>
       </c>
       <c r="N438">
         <v>1000.0</v>
       </c>
       <c r="O438" t="s">
         <v>28</v>
       </c>
       <c r="P438">
-        <v>0.107792</v>
+        <v>0.323375</v>
       </c>
       <c r="Q438">
-        <v>100.26</v>
+        <v>100.473375</v>
       </c>
       <c r="R438">
-        <v>100.607792</v>
+        <v>101.32</v>
       </c>
       <c r="S438">
-        <v>100.152208</v>
+        <v>100.15</v>
       </c>
       <c r="T438">
-        <v>100.5</v>
+        <v>100.996625</v>
+      </c>
+      <c r="X438">
+        <v>7</v>
       </c>
     </row>
     <row r="439" spans="1:24">
       <c r="A439" s="2">
-        <v>45376.605023148</v>
+        <v>45442.458657407</v>
       </c>
       <c r="B439" t="s">
         <v>24</v>
       </c>
       <c r="C439" t="s">
         <v>25</v>
       </c>
       <c r="D439" t="s">
         <v>26</v>
       </c>
       <c r="E439" t="s">
         <v>27</v>
       </c>
-      <c r="F439">
-[...1 lines deleted...]
-      </c>
       <c r="G439">
-        <v>100.571861</v>
-[...2 lines deleted...]
-        <v>2011.43722</v>
+        <v>100.324653</v>
       </c>
       <c r="I439" t="s">
         <v>28</v>
       </c>
       <c r="J439">
         <v>12.935</v>
       </c>
       <c r="K439" s="2">
         <v>45161.0</v>
       </c>
       <c r="L439" s="2">
         <v>46078.0</v>
       </c>
       <c r="M439">
         <v>15000</v>
       </c>
       <c r="N439">
         <v>1000.0</v>
       </c>
       <c r="O439" t="s">
         <v>28</v>
       </c>
       <c r="P439">
-        <v>0.071861</v>
+        <v>0.287444</v>
       </c>
       <c r="Q439">
-        <v>100.216861</v>
+        <v>100.732444</v>
       </c>
       <c r="R439">
-        <v>100.571861</v>
+        <v>101.287444</v>
       </c>
       <c r="S439">
-        <v>100.145</v>
+        <v>100.445</v>
       </c>
       <c r="T439">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="440" spans="1:24">
       <c r="A440" s="2">
-        <v>45373.654733796</v>
+        <v>45441.625868056</v>
       </c>
       <c r="B440" t="s">
         <v>24</v>
       </c>
       <c r="C440" t="s">
         <v>25</v>
       </c>
       <c r="D440" t="s">
         <v>26</v>
       </c>
       <c r="E440" t="s">
         <v>27</v>
       </c>
       <c r="F440">
-        <v>0.04</v>
+        <v>-0.81</v>
       </c>
       <c r="G440">
-        <v>100.535931</v>
+        <v>100.324653</v>
       </c>
       <c r="H440">
-        <v>27144.70137</v>
+        <v>3016.83959</v>
       </c>
       <c r="I440" t="s">
         <v>28</v>
       </c>
       <c r="J440">
         <v>12.935</v>
       </c>
       <c r="K440" s="2">
         <v>45161.0</v>
       </c>
       <c r="L440" s="2">
         <v>46078.0</v>
       </c>
       <c r="M440">
         <v>15000</v>
       </c>
       <c r="N440">
         <v>1000.0</v>
       </c>
       <c r="O440" t="s">
         <v>28</v>
       </c>
       <c r="P440">
-        <v>0.035931</v>
+        <v>0.179653</v>
       </c>
       <c r="Q440">
-        <v>100.186</v>
+        <v>100.324653</v>
       </c>
       <c r="R440">
-        <v>100.535931</v>
+        <v>101.179653</v>
       </c>
       <c r="S440">
-        <v>100.150069</v>
+        <v>100.145</v>
       </c>
       <c r="T440">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X440">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="441" spans="1:24">
       <c r="A441" s="2">
-        <v>45372.597268519</v>
+        <v>45440.507685185</v>
       </c>
       <c r="B441" t="s">
         <v>24</v>
       </c>
       <c r="C441" t="s">
         <v>25</v>
       </c>
       <c r="D441" t="s">
         <v>26</v>
       </c>
       <c r="E441" t="s">
         <v>27</v>
       </c>
-      <c r="F441">
-[...1 lines deleted...]
-      </c>
       <c r="G441">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>15075.0</v>
+        <v>101.143722</v>
       </c>
       <c r="I441" t="s">
         <v>28</v>
       </c>
       <c r="J441">
         <v>12.935</v>
       </c>
       <c r="K441" s="2">
         <v>45161.0</v>
       </c>
       <c r="L441" s="2">
         <v>46078.0</v>
       </c>
       <c r="M441">
         <v>15000</v>
       </c>
       <c r="N441">
         <v>1000.0</v>
       </c>
       <c r="O441" t="s">
         <v>28</v>
       </c>
+      <c r="P441">
+        <v>0.179653</v>
+      </c>
       <c r="Q441">
-        <v>100.15</v>
+        <v>101.0</v>
       </c>
       <c r="R441">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.179653</v>
+      </c>
+      <c r="S441">
+        <v>100.820347</v>
+      </c>
+      <c r="T441">
+        <v>101.0</v>
       </c>
     </row>
     <row r="442" spans="1:24">
       <c r="A442" s="2">
-        <v>45371.627303241</v>
+        <v>45439.595381944</v>
       </c>
       <c r="B442" t="s">
         <v>24</v>
       </c>
       <c r="C442" t="s">
         <v>25</v>
       </c>
       <c r="D442" t="s">
         <v>26</v>
       </c>
       <c r="E442" t="s">
         <v>27</v>
       </c>
       <c r="F442">
-        <v>0.41</v>
+        <v>0.07</v>
       </c>
       <c r="G442">
-        <v>100.392308</v>
+        <v>101.143722</v>
       </c>
       <c r="H442">
-        <v>30107.6924</v>
+        <v>9102.93498</v>
       </c>
       <c r="I442" t="s">
         <v>28</v>
       </c>
       <c r="J442">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K442" s="2">
         <v>45161.0</v>
       </c>
       <c r="L442" s="2">
         <v>46078.0</v>
       </c>
       <c r="M442">
         <v>15000</v>
       </c>
       <c r="N442">
         <v>1000.0</v>
       </c>
       <c r="O442" t="s">
         <v>28</v>
       </c>
       <c r="P442">
-        <v>-0.107692</v>
+        <v>0.143722</v>
       </c>
       <c r="Q442">
-        <v>100.02</v>
+        <v>100.643722</v>
       </c>
       <c r="R442">
-        <v>100.392308</v>
+        <v>101.143722</v>
       </c>
       <c r="S442">
-        <v>100.127692</v>
+        <v>100.5</v>
       </c>
       <c r="T442">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X442">
         <v>2</v>
       </c>
     </row>
     <row r="443" spans="1:24">
       <c r="A443" s="2">
-        <v>45370.582222222</v>
+        <v>45436.421412037</v>
       </c>
       <c r="B443" t="s">
         <v>24</v>
       </c>
       <c r="C443" t="s">
         <v>25</v>
       </c>
       <c r="D443" t="s">
         <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
-      <c r="F443">
-[...1 lines deleted...]
-      </c>
       <c r="G443">
-        <v>99.981411</v>
-[...2 lines deleted...]
-        <v>18048.40398</v>
+        <v>101.071861</v>
       </c>
       <c r="I443" t="s">
         <v>28</v>
       </c>
       <c r="J443">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K443" s="2">
         <v>45161.0</v>
       </c>
       <c r="L443" s="2">
         <v>46078.0</v>
       </c>
       <c r="M443">
         <v>15000</v>
       </c>
       <c r="N443">
         <v>1000.0</v>
       </c>
       <c r="O443" t="s">
         <v>28</v>
       </c>
       <c r="P443">
-        <v>-0.143589</v>
+        <v>0.107792</v>
       </c>
       <c r="Q443">
-        <v>99.99</v>
+        <v>100.607792</v>
       </c>
       <c r="R443">
-        <v>100.356411</v>
+        <v>101.107792</v>
       </c>
       <c r="S443">
-        <v>100.133589</v>
+        <v>100.5</v>
       </c>
       <c r="T443">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="444" spans="1:24">
       <c r="A444" s="2">
-        <v>45369.45162037</v>
+        <v>45435.555648148</v>
       </c>
       <c r="B444" t="s">
         <v>24</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="F444">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="G444">
-        <v>100.320514</v>
+        <v>101.071861</v>
       </c>
       <c r="H444">
-        <v>2006.41028</v>
+        <v>3032.15583</v>
       </c>
       <c r="I444" t="s">
         <v>28</v>
       </c>
       <c r="J444">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K444" s="2">
         <v>45161.0</v>
       </c>
       <c r="L444" s="2">
         <v>46078.0</v>
       </c>
       <c r="M444">
         <v>15000</v>
       </c>
       <c r="N444">
         <v>1000.0</v>
       </c>
       <c r="O444" t="s">
         <v>28</v>
       </c>
       <c r="P444">
-        <v>-0.179486</v>
+        <v>0.071861</v>
       </c>
       <c r="Q444">
-        <v>99.945514</v>
+        <v>100.5</v>
       </c>
       <c r="R444">
-        <v>100.320514</v>
+        <v>101.071861</v>
       </c>
       <c r="S444">
-        <v>100.125</v>
+        <v>100.428139</v>
       </c>
       <c r="T444">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X444">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="445" spans="1:24">
       <c r="A445" s="2">
-        <v>45366.615671296</v>
+        <v>45434.440208333</v>
       </c>
       <c r="B445" t="s">
         <v>24</v>
       </c>
       <c r="C445" t="s">
         <v>25</v>
       </c>
       <c r="D445" t="s">
         <v>26</v>
       </c>
       <c r="E445" t="s">
         <v>27</v>
       </c>
       <c r="F445">
-        <v>-1.03</v>
+        <v>0.13</v>
       </c>
       <c r="G445">
-        <v>100.284617</v>
+        <v>100.964069</v>
       </c>
       <c r="H445">
-        <v>105298.84785</v>
+        <v>151446.1035</v>
       </c>
       <c r="I445" t="s">
         <v>28</v>
       </c>
       <c r="J445">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K445" s="2">
         <v>45161.0</v>
       </c>
       <c r="L445" s="2">
         <v>46078.0</v>
       </c>
       <c r="M445">
         <v>15000</v>
       </c>
       <c r="N445">
         <v>1000.0</v>
       </c>
       <c r="O445" t="s">
         <v>28</v>
       </c>
       <c r="P445">
-        <v>-0.215383</v>
+        <v>-0.035931</v>
       </c>
       <c r="Q445">
-        <v>99.909617</v>
+        <v>100.5</v>
       </c>
       <c r="R445">
-        <v>100.284617</v>
+        <v>100.964069</v>
       </c>
       <c r="S445">
-        <v>100.125</v>
+        <v>100.535931</v>
       </c>
       <c r="T445">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X445">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:24">
       <c r="A446" s="2">
-        <v>45365.551689815</v>
+        <v>45433.626261574</v>
       </c>
       <c r="B446" t="s">
         <v>24</v>
       </c>
       <c r="C446" t="s">
         <v>25</v>
       </c>
       <c r="D446" t="s">
         <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>27</v>
       </c>
       <c r="F446">
-        <v>0.11</v>
+        <v>-0.06</v>
       </c>
       <c r="G446">
-        <v>101.325636</v>
+        <v>100.828139</v>
       </c>
       <c r="H446">
-        <v>131723.3268</v>
+        <v>5041.40695</v>
       </c>
       <c r="I446" t="s">
         <v>28</v>
       </c>
       <c r="J446">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K446" s="2">
         <v>45161.0</v>
       </c>
       <c r="L446" s="2">
         <v>46078.0</v>
       </c>
       <c r="M446">
         <v>15000</v>
       </c>
       <c r="N446">
         <v>1000.0</v>
       </c>
       <c r="O446" t="s">
         <v>28</v>
       </c>
       <c r="P446">
-        <v>0.825636</v>
+        <v>-0.071861</v>
       </c>
       <c r="Q446">
-        <v>100.950636</v>
+        <v>100.5</v>
       </c>
       <c r="R446">
-        <v>101.325636</v>
+        <v>100.928139</v>
       </c>
       <c r="S446">
-        <v>100.125</v>
+        <v>100.571861</v>
       </c>
       <c r="T446">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X446">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:24">
       <c r="A447" s="2">
-        <v>45364.633449074</v>
+        <v>45432.611967593</v>
       </c>
       <c r="B447" t="s">
         <v>24</v>
       </c>
       <c r="C447" t="s">
         <v>25</v>
       </c>
       <c r="D447" t="s">
         <v>26</v>
       </c>
       <c r="E447" t="s">
         <v>27</v>
       </c>
       <c r="F447">
-        <v>0.04</v>
+        <v>-0.15</v>
       </c>
       <c r="G447">
-        <v>101.217944</v>
+        <v>100.892208</v>
       </c>
       <c r="H447">
-        <v>53645.51032</v>
+        <v>2009.29416</v>
       </c>
       <c r="I447" t="s">
         <v>28</v>
       </c>
       <c r="J447">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K447" s="2">
         <v>45161.0</v>
       </c>
       <c r="L447" s="2">
         <v>46078.0</v>
       </c>
       <c r="M447">
         <v>15000</v>
       </c>
       <c r="N447">
         <v>1000.0</v>
       </c>
       <c r="O447" t="s">
         <v>28</v>
       </c>
       <c r="P447">
-        <v>0.717944</v>
+        <v>-0.107792</v>
       </c>
       <c r="Q447">
-        <v>100.842944</v>
+        <v>100.5</v>
       </c>
       <c r="R447">
-        <v>101.217944</v>
+        <v>100.792208</v>
       </c>
       <c r="S447">
-        <v>100.125</v>
+        <v>100.607792</v>
       </c>
       <c r="T447">
-        <v>100.5</v>
+        <v>100.9</v>
       </c>
       <c r="X447">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:24">
       <c r="A448" s="2">
-        <v>45363.440844907</v>
+        <v>45429.643321759</v>
       </c>
       <c r="B448" t="s">
         <v>24</v>
       </c>
       <c r="C448" t="s">
         <v>25</v>
       </c>
       <c r="D448" t="s">
         <v>26</v>
       </c>
       <c r="E448" t="s">
         <v>27</v>
       </c>
-      <c r="F448">
-[...1 lines deleted...]
-      </c>
       <c r="G448">
-        <v>101.182047</v>
-[...2 lines deleted...]
-        <v>7082.74329</v>
+        <v>101.048264</v>
       </c>
       <c r="I448" t="s">
         <v>28</v>
       </c>
       <c r="J448">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K448" s="2">
         <v>45161.0</v>
       </c>
       <c r="L448" s="2">
         <v>46078.0</v>
       </c>
       <c r="M448">
         <v>15000</v>
       </c>
       <c r="N448">
         <v>1000.0</v>
       </c>
       <c r="O448" t="s">
         <v>28</v>
       </c>
       <c r="P448">
-        <v>0.682047</v>
+        <v>-0.143722</v>
       </c>
       <c r="Q448">
-        <v>100.807047</v>
+        <v>100.001278</v>
       </c>
       <c r="R448">
-        <v>101.182047</v>
+        <v>100.856278</v>
       </c>
       <c r="S448">
-        <v>100.125</v>
+        <v>100.145</v>
       </c>
       <c r="T448">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="449" spans="1:24">
       <c r="A449" s="2">
-        <v>45362.535810185</v>
+        <v>45428.654236111</v>
       </c>
       <c r="B449" t="s">
         <v>24</v>
       </c>
       <c r="C449" t="s">
         <v>25</v>
       </c>
       <c r="D449" t="s">
         <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>27</v>
       </c>
       <c r="F449">
-        <v>0.04</v>
+        <v>-0.24</v>
       </c>
       <c r="G449">
-        <v>101.14615</v>
+        <v>101.048264</v>
       </c>
       <c r="H449">
-        <v>10114.615</v>
+        <v>12210.79168</v>
       </c>
       <c r="I449" t="s">
         <v>28</v>
       </c>
       <c r="J449">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K449" s="2">
         <v>45161.0</v>
       </c>
       <c r="L449" s="2">
         <v>46078.0</v>
       </c>
       <c r="M449">
         <v>15000</v>
       </c>
       <c r="N449">
         <v>1000.0</v>
       </c>
       <c r="O449" t="s">
         <v>28</v>
       </c>
       <c r="P449">
-        <v>0.64615</v>
+        <v>0.898264</v>
       </c>
       <c r="Q449">
-        <v>100.77115</v>
+        <v>101.048264</v>
       </c>
       <c r="R449">
-        <v>101.14615</v>
+        <v>101.898264</v>
       </c>
       <c r="S449">
-        <v>100.125</v>
+        <v>100.15</v>
       </c>
       <c r="T449">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X449">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="450" spans="1:24">
       <c r="A450" s="2">
-        <v>45359.466041667</v>
+        <v>45427.619953704</v>
       </c>
       <c r="B450" t="s">
         <v>24</v>
       </c>
       <c r="C450" t="s">
         <v>25</v>
       </c>
       <c r="D450" t="s">
         <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="F450">
-        <v>0.04</v>
+        <v>-0.46</v>
       </c>
       <c r="G450">
-        <v>101.110253</v>
+        <v>101.290472</v>
       </c>
       <c r="H450">
-        <v>5055.51265</v>
+        <v>1012.90472</v>
       </c>
       <c r="I450" t="s">
         <v>28</v>
       </c>
       <c r="J450">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K450" s="2">
         <v>45161.0</v>
       </c>
       <c r="L450" s="2">
         <v>46078.0</v>
       </c>
       <c r="M450">
         <v>15000</v>
       </c>
       <c r="N450">
         <v>1000.0</v>
       </c>
       <c r="O450" t="s">
         <v>28</v>
       </c>
       <c r="P450">
-        <v>0.610253</v>
+        <v>0.790472</v>
       </c>
       <c r="Q450">
-        <v>100.735253</v>
+        <v>101.0</v>
       </c>
       <c r="R450">
-        <v>101.110253</v>
+        <v>101.790472</v>
       </c>
       <c r="S450">
-        <v>100.125</v>
+        <v>100.209528</v>
       </c>
       <c r="T450">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X450">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:24">
       <c r="A451" s="2">
-        <v>45358.662476852</v>
+        <v>45426.549965278</v>
       </c>
       <c r="B451" t="s">
         <v>24</v>
       </c>
       <c r="C451" t="s">
         <v>25</v>
       </c>
       <c r="D451" t="s">
         <v>26</v>
       </c>
       <c r="E451" t="s">
         <v>27</v>
       </c>
       <c r="F451">
-        <v>0.11</v>
+        <v>0.37</v>
       </c>
       <c r="G451">
-        <v>101.074356</v>
+        <v>101.754542</v>
       </c>
       <c r="H451">
-        <v>36386.26816</v>
+        <v>1017.54542</v>
       </c>
       <c r="I451" t="s">
         <v>28</v>
       </c>
       <c r="J451">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K451" s="2">
         <v>45161.0</v>
       </c>
       <c r="L451" s="2">
         <v>46078.0</v>
       </c>
       <c r="M451">
         <v>15000</v>
       </c>
       <c r="N451">
         <v>1000.0</v>
       </c>
       <c r="O451" t="s">
         <v>28</v>
       </c>
       <c r="P451">
-        <v>0.574356</v>
+        <v>0.754542</v>
       </c>
       <c r="Q451">
-        <v>100.699356</v>
+        <v>101.254542</v>
       </c>
       <c r="R451">
-        <v>101.074356</v>
+        <v>101.754542</v>
       </c>
       <c r="S451">
-        <v>100.125</v>
+        <v>100.5</v>
       </c>
       <c r="T451">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X451">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:24">
       <c r="A452" s="2">
-        <v>45357.645833333</v>
+        <v>45425.416886574</v>
       </c>
       <c r="B452" t="s">
         <v>24</v>
       </c>
       <c r="C452" t="s">
         <v>25</v>
       </c>
       <c r="D452" t="s">
         <v>26</v>
       </c>
       <c r="E452" t="s">
         <v>27</v>
       </c>
-      <c r="F452">
-[...1 lines deleted...]
-      </c>
       <c r="G452">
-        <v>100.966664</v>
-[...2 lines deleted...]
-        <v>45425.9988</v>
+        <v>101.382681</v>
       </c>
       <c r="I452" t="s">
         <v>28</v>
       </c>
       <c r="J452">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K452" s="2">
         <v>45161.0</v>
       </c>
       <c r="L452" s="2">
         <v>46078.0</v>
       </c>
       <c r="M452">
         <v>15000</v>
       </c>
       <c r="N452">
         <v>1000.0</v>
       </c>
       <c r="O452" t="s">
         <v>28</v>
       </c>
       <c r="P452">
-        <v>0.466664</v>
+        <v>0.718611</v>
       </c>
       <c r="Q452">
-        <v>100.591664</v>
+        <v>101.218611</v>
       </c>
       <c r="R452">
-        <v>100.966664</v>
+        <v>101.718611</v>
       </c>
       <c r="S452">
-        <v>100.125</v>
+        <v>100.5</v>
       </c>
       <c r="T452">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="453" spans="1:24">
       <c r="A453" s="2">
-        <v>45356.463449074</v>
+        <v>45422.491967593</v>
       </c>
       <c r="B453" t="s">
         <v>24</v>
       </c>
       <c r="C453" t="s">
         <v>25</v>
       </c>
       <c r="D453" t="s">
         <v>26</v>
       </c>
       <c r="E453" t="s">
         <v>27</v>
       </c>
       <c r="F453">
-        <v>0.04</v>
+        <v>0.34</v>
       </c>
       <c r="G453">
-        <v>100.830767</v>
+        <v>101.382681</v>
       </c>
       <c r="H453">
-        <v>1008.30767</v>
+        <v>10138.2681</v>
       </c>
       <c r="I453" t="s">
         <v>28</v>
       </c>
       <c r="J453">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K453" s="2">
         <v>45161.0</v>
       </c>
       <c r="L453" s="2">
         <v>46078.0</v>
       </c>
       <c r="M453">
         <v>15000</v>
       </c>
       <c r="N453">
         <v>1000.0</v>
       </c>
       <c r="O453" t="s">
         <v>28</v>
       </c>
       <c r="P453">
-        <v>0.430767</v>
+        <v>0.682681</v>
       </c>
       <c r="Q453">
-        <v>100.555767</v>
+        <v>101.182681</v>
       </c>
       <c r="R453">
-        <v>100.830767</v>
+        <v>101.382681</v>
       </c>
       <c r="S453">
-        <v>100.125</v>
+        <v>100.5</v>
       </c>
       <c r="T453">
-        <v>100.4</v>
+        <v>100.7</v>
       </c>
       <c r="X453">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:24">
       <c r="A454" s="2">
-        <v>45355.659016204</v>
+        <v>45420.565185185</v>
       </c>
       <c r="B454" t="s">
         <v>24</v>
       </c>
       <c r="C454" t="s">
         <v>25</v>
       </c>
       <c r="D454" t="s">
         <v>26</v>
       </c>
       <c r="E454" t="s">
         <v>27</v>
       </c>
       <c r="F454">
-        <v>0.04</v>
+        <v>-0.46</v>
       </c>
       <c r="G454">
-        <v>100.794869</v>
+        <v>101.038958</v>
       </c>
       <c r="H454">
-        <v>62492.81878</v>
+        <v>7096.72706</v>
       </c>
       <c r="I454" t="s">
         <v>28</v>
       </c>
       <c r="J454">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K454" s="2">
         <v>45161.0</v>
       </c>
       <c r="L454" s="2">
         <v>46078.0</v>
       </c>
       <c r="M454">
         <v>15000</v>
       </c>
       <c r="N454">
         <v>1000.0</v>
       </c>
       <c r="O454" t="s">
         <v>28</v>
       </c>
       <c r="P454">
-        <v>0.394869</v>
+        <v>0.538958</v>
       </c>
       <c r="Q454">
-        <v>100.52</v>
+        <v>101.038958</v>
       </c>
       <c r="R454">
-        <v>100.794869</v>
+        <v>101.538958</v>
       </c>
       <c r="S454">
-        <v>100.125131</v>
+        <v>100.5</v>
       </c>
       <c r="T454">
-        <v>100.4</v>
+        <v>101.0</v>
       </c>
       <c r="X454">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="455" spans="1:24">
       <c r="A455" s="2">
-        <v>45352.657766204</v>
+        <v>45419.617291667</v>
       </c>
       <c r="B455" t="s">
         <v>24</v>
       </c>
       <c r="C455" t="s">
         <v>25</v>
       </c>
       <c r="D455" t="s">
         <v>26</v>
       </c>
       <c r="E455" t="s">
         <v>27</v>
       </c>
       <c r="F455">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
       <c r="G455">
-        <v>100.758972</v>
+        <v>101.503028</v>
       </c>
       <c r="H455">
-        <v>14106.25608</v>
+        <v>29431.87812</v>
       </c>
       <c r="I455" t="s">
         <v>28</v>
       </c>
       <c r="J455">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K455" s="2">
         <v>45161.0</v>
       </c>
       <c r="L455" s="2">
         <v>46078.0</v>
       </c>
       <c r="M455">
         <v>15000</v>
       </c>
       <c r="N455">
         <v>1000.0</v>
       </c>
       <c r="O455" t="s">
         <v>28</v>
       </c>
       <c r="P455">
-        <v>0.358972</v>
+        <v>0.503028</v>
       </c>
       <c r="Q455">
-        <v>100.484</v>
+        <v>101.103028</v>
       </c>
       <c r="R455">
-        <v>100.758972</v>
+        <v>101.503028</v>
       </c>
       <c r="S455">
-        <v>100.125028</v>
+        <v>100.6</v>
       </c>
       <c r="T455">
-        <v>100.4</v>
+        <v>101.0</v>
       </c>
       <c r="X455">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="456" spans="1:24">
       <c r="A456" s="2">
-        <v>45351.648009259</v>
+        <v>45418.355625</v>
       </c>
       <c r="B456" t="s">
         <v>24</v>
       </c>
       <c r="C456" t="s">
         <v>25</v>
       </c>
       <c r="D456" t="s">
         <v>26</v>
       </c>
       <c r="E456" t="s">
         <v>27</v>
       </c>
-      <c r="F456">
-[...1 lines deleted...]
-      </c>
       <c r="G456">
-        <v>100.723075</v>
-[...2 lines deleted...]
-        <v>124663.613</v>
+        <v>101.431167</v>
       </c>
       <c r="I456" t="s">
         <v>28</v>
       </c>
       <c r="J456">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K456" s="2">
         <v>45161.0</v>
       </c>
       <c r="L456" s="2">
         <v>46078.0</v>
       </c>
       <c r="M456">
         <v>15000</v>
       </c>
       <c r="N456">
         <v>1000.0</v>
       </c>
       <c r="O456" t="s">
         <v>28</v>
       </c>
       <c r="P456">
-        <v>0.323075</v>
-[...14 lines deleted...]
-        <v>10</v>
+        <v>0.467097</v>
       </c>
     </row>
     <row r="457" spans="1:24">
       <c r="A457" s="2">
-        <v>45350.653530093</v>
+        <v>45415.513576389</v>
       </c>
       <c r="B457" t="s">
         <v>24</v>
       </c>
       <c r="C457" t="s">
         <v>25</v>
       </c>
       <c r="D457" t="s">
         <v>26</v>
       </c>
       <c r="E457" t="s">
         <v>27</v>
       </c>
       <c r="F457">
-        <v>-0.23</v>
+        <v>0.14</v>
       </c>
       <c r="G457">
-        <v>100.415383</v>
+        <v>101.431167</v>
       </c>
       <c r="H457">
-        <v>110783.9213</v>
+        <v>1014.31167</v>
       </c>
       <c r="I457" t="s">
         <v>28</v>
       </c>
       <c r="J457">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K457" s="2">
         <v>45161.0</v>
       </c>
       <c r="L457" s="2">
         <v>46078.0</v>
       </c>
       <c r="M457">
         <v>15000</v>
       </c>
       <c r="N457">
         <v>1000.0</v>
       </c>
       <c r="O457" t="s">
         <v>28</v>
       </c>
       <c r="P457">
-        <v>0.215383</v>
+        <v>0.431167</v>
       </c>
       <c r="Q457">
-        <v>100.415383</v>
+        <v>101.031167</v>
       </c>
       <c r="R457">
-        <v>100.715383</v>
+        <v>101.431167</v>
       </c>
       <c r="S457">
-        <v>100.2</v>
+        <v>100.6</v>
       </c>
       <c r="T457">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X457">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:24">
       <c r="A458" s="2">
-        <v>45349.52224537</v>
+        <v>45414.416828704</v>
       </c>
       <c r="B458" t="s">
         <v>24</v>
       </c>
       <c r="C458" t="s">
         <v>25</v>
       </c>
       <c r="D458" t="s">
         <v>26</v>
       </c>
       <c r="E458" t="s">
         <v>27</v>
       </c>
-      <c r="F458">
-[...1 lines deleted...]
-      </c>
       <c r="G458">
-        <v>100.643589</v>
-[...2 lines deleted...]
-        <v>12074.23068</v>
+        <v>101.287444</v>
       </c>
       <c r="I458" t="s">
         <v>28</v>
       </c>
       <c r="J458">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K458" s="2">
         <v>45161.0</v>
       </c>
       <c r="L458" s="2">
         <v>46078.0</v>
       </c>
       <c r="M458">
         <v>15000</v>
       </c>
       <c r="N458">
         <v>1000.0</v>
       </c>
       <c r="O458" t="s">
         <v>28</v>
       </c>
       <c r="P458">
-        <v>0.143589</v>
+        <v>0.395236</v>
       </c>
       <c r="Q458">
-        <v>100.343589</v>
+        <v>100.995236</v>
       </c>
       <c r="R458">
-        <v>100.643589</v>
+        <v>101.395236</v>
       </c>
       <c r="S458">
-        <v>100.2</v>
+        <v>100.6</v>
       </c>
       <c r="T458">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="459" spans="1:24">
       <c r="A459" s="2">
-        <v>45348.448483796</v>
+        <v>45412.63630787</v>
       </c>
       <c r="B459" t="s">
         <v>24</v>
       </c>
       <c r="C459" t="s">
         <v>25</v>
       </c>
       <c r="D459" t="s">
         <v>26</v>
       </c>
       <c r="E459" t="s">
         <v>27</v>
       </c>
       <c r="F459">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
       <c r="G459">
-        <v>100.607692</v>
+        <v>101.287444</v>
       </c>
       <c r="H459">
-        <v>2012.15384</v>
+        <v>9115.86996</v>
       </c>
       <c r="I459" t="s">
         <v>28</v>
       </c>
       <c r="J459">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K459" s="2">
         <v>45161.0</v>
       </c>
       <c r="L459" s="2">
         <v>46078.0</v>
       </c>
       <c r="M459">
         <v>15000</v>
       </c>
       <c r="N459">
         <v>1000.0</v>
       </c>
       <c r="O459" t="s">
         <v>28</v>
       </c>
       <c r="P459">
-        <v>0.107692</v>
+        <v>0.287444</v>
       </c>
       <c r="Q459">
-        <v>100.307692</v>
+        <v>100.887444</v>
       </c>
       <c r="R459">
-        <v>100.607692</v>
+        <v>101.287444</v>
       </c>
       <c r="S459">
-        <v>100.2</v>
+        <v>100.6</v>
       </c>
       <c r="T459">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X459">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:24">
       <c r="A460" s="2">
-        <v>45345.645763889</v>
+        <v>45411.503888889</v>
       </c>
       <c r="B460" t="s">
         <v>24</v>
       </c>
       <c r="C460" t="s">
         <v>25</v>
       </c>
       <c r="D460" t="s">
         <v>26</v>
       </c>
       <c r="E460" t="s">
         <v>27</v>
       </c>
+      <c r="F460">
+        <v>0.07</v>
+      </c>
       <c r="G460">
-        <v>100.535897</v>
+        <v>101.251514</v>
+      </c>
+      <c r="H460">
+        <v>16200.24224</v>
       </c>
       <c r="I460" t="s">
         <v>28</v>
       </c>
       <c r="J460">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K460" s="2">
         <v>45161.0</v>
       </c>
       <c r="L460" s="2">
         <v>46078.0</v>
       </c>
       <c r="M460">
         <v>15000</v>
       </c>
       <c r="N460">
         <v>1000.0</v>
       </c>
       <c r="O460" t="s">
         <v>28</v>
       </c>
       <c r="P460">
-        <v>0.071794</v>
+        <v>0.251514</v>
       </c>
       <c r="Q460">
-        <v>100.371791</v>
+        <v>100.751514</v>
       </c>
       <c r="R460">
-        <v>100.571794</v>
+        <v>101.251514</v>
       </c>
       <c r="S460">
-        <v>100.299997</v>
+        <v>100.5</v>
       </c>
       <c r="T460">
-        <v>100.5</v>
+        <v>101.0</v>
+      </c>
+      <c r="X460">
+        <v>3</v>
       </c>
     </row>
     <row r="461" spans="1:24">
       <c r="A461" s="2">
-        <v>45344.512569444</v>
+        <v>45408.609525463</v>
       </c>
       <c r="B461" t="s">
         <v>24</v>
       </c>
       <c r="C461" t="s">
         <v>25</v>
       </c>
       <c r="D461" t="s">
         <v>26</v>
       </c>
       <c r="E461" t="s">
         <v>27</v>
       </c>
       <c r="F461">
-        <v>0.44</v>
+        <v>0.04</v>
       </c>
       <c r="G461">
-        <v>100.535897</v>
+        <v>101.179653</v>
       </c>
       <c r="H461">
-        <v>123550.15331</v>
+        <v>22259.52366</v>
       </c>
       <c r="I461" t="s">
         <v>28</v>
       </c>
       <c r="J461">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K461" s="2">
         <v>45161.0</v>
       </c>
       <c r="L461" s="2">
         <v>46078.0</v>
       </c>
       <c r="M461">
         <v>15000</v>
       </c>
       <c r="N461">
         <v>1000.0</v>
       </c>
       <c r="O461" t="s">
         <v>28</v>
       </c>
       <c r="P461">
-        <v>0.035897</v>
+        <v>0.179653</v>
       </c>
       <c r="Q461">
-        <v>100.235897</v>
+        <v>101.1437</v>
       </c>
       <c r="R461">
-        <v>100.535897</v>
+        <v>101.179653</v>
       </c>
       <c r="S461">
-        <v>100.2</v>
+        <v>100.964047</v>
       </c>
       <c r="T461">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X461">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="462" spans="1:24">
       <c r="A462" s="2">
-        <v>45343.609166667</v>
+        <v>45407.599872685</v>
       </c>
       <c r="B462" t="s">
         <v>24</v>
       </c>
       <c r="C462" t="s">
         <v>25</v>
       </c>
       <c r="D462" t="s">
         <v>26</v>
       </c>
       <c r="E462" t="s">
         <v>27</v>
       </c>
+      <c r="F462">
+        <v>0.11</v>
+      </c>
       <c r="G462">
-        <v>100.092308</v>
+        <v>101.143722</v>
+      </c>
+      <c r="H462">
+        <v>3034.31166</v>
       </c>
       <c r="I462" t="s">
         <v>28</v>
       </c>
       <c r="J462">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K462" s="2">
         <v>45161.0</v>
       </c>
       <c r="L462" s="2">
         <v>46078.0</v>
       </c>
       <c r="M462">
         <v>15000</v>
       </c>
       <c r="N462">
         <v>1000.0</v>
       </c>
       <c r="O462" t="s">
         <v>28</v>
       </c>
       <c r="P462">
-        <v>-0.071794</v>
+        <v>0.143722</v>
       </c>
       <c r="Q462">
-        <v>98.43</v>
+        <v>100.643722</v>
       </c>
       <c r="R462">
-        <v>100.128206</v>
+        <v>101.143722</v>
       </c>
       <c r="S462">
-        <v>98.501794</v>
+        <v>100.5</v>
       </c>
       <c r="T462">
-        <v>100.2</v>
+        <v>101.0</v>
+      </c>
+      <c r="X462">
+        <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:24">
       <c r="A463" s="2">
-        <v>45342.612847222</v>
+        <v>45406.534918981</v>
       </c>
       <c r="B463" t="s">
         <v>24</v>
       </c>
       <c r="C463" t="s">
         <v>25</v>
       </c>
       <c r="D463" t="s">
         <v>26</v>
       </c>
       <c r="E463" t="s">
         <v>27</v>
       </c>
       <c r="F463">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
       <c r="G463">
-        <v>100.092308</v>
+        <v>101.035931</v>
       </c>
       <c r="H463">
-        <v>16014.76928</v>
+        <v>21189.04551</v>
       </c>
       <c r="I463" t="s">
         <v>28</v>
       </c>
       <c r="J463">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K463" s="2">
         <v>45161.0</v>
       </c>
       <c r="L463" s="2">
         <v>46078.0</v>
       </c>
       <c r="M463">
         <v>15000</v>
       </c>
       <c r="N463">
         <v>1000.0</v>
       </c>
       <c r="O463" t="s">
         <v>28</v>
       </c>
       <c r="P463">
-        <v>-0.107692</v>
+        <v>0.035931</v>
       </c>
       <c r="Q463">
-        <v>98.4</v>
+        <v>100.535931</v>
       </c>
       <c r="R463">
-        <v>100.092308</v>
+        <v>101.035931</v>
       </c>
       <c r="S463">
-        <v>98.507692</v>
+        <v>100.5</v>
       </c>
       <c r="T463">
-        <v>100.2</v>
+        <v>101.0</v>
       </c>
       <c r="X463">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="464" spans="1:24">
       <c r="A464" s="2">
-        <v>45341.655208333</v>
+        <v>45405.474664352</v>
       </c>
       <c r="B464" t="s">
         <v>24</v>
       </c>
       <c r="C464" t="s">
         <v>25</v>
       </c>
       <c r="D464" t="s">
         <v>26</v>
       </c>
       <c r="E464" t="s">
         <v>27</v>
       </c>
       <c r="F464">
-        <v>-0.07</v>
+        <v>0.04</v>
       </c>
       <c r="G464">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="H464">
-        <v>164790.23618</v>
+        <v>57570.0</v>
       </c>
       <c r="I464" t="s">
         <v>28</v>
       </c>
       <c r="J464">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K464" s="2">
         <v>45161.0</v>
       </c>
       <c r="L464" s="2">
         <v>46078.0</v>
       </c>
       <c r="M464">
         <v>15000</v>
       </c>
       <c r="N464">
         <v>1000.0</v>
       </c>
       <c r="O464" t="s">
         <v>28</v>
       </c>
-      <c r="P464">
-[...1 lines deleted...]
-      </c>
       <c r="Q464">
-        <v>100.0</v>
+        <v>100.55</v>
       </c>
       <c r="R464">
-        <v>100.056411</v>
-[...5 lines deleted...]
-        <v>100.2</v>
+        <v>101.0</v>
       </c>
       <c r="X464">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="465" spans="1:24">
       <c r="A465" s="2">
-        <v>45338.559236111</v>
+        <v>45404.443263889</v>
       </c>
       <c r="B465" t="s">
         <v>24</v>
       </c>
       <c r="C465" t="s">
         <v>25</v>
       </c>
       <c r="D465" t="s">
         <v>26</v>
       </c>
       <c r="E465" t="s">
         <v>27</v>
       </c>
       <c r="F465">
-        <v>-1.03</v>
+        <v>0.07</v>
       </c>
       <c r="G465">
-        <v>100.070514</v>
+        <v>100.964069</v>
       </c>
       <c r="H465">
-        <v>12008.46168</v>
+        <v>16154.25104</v>
       </c>
       <c r="I465" t="s">
         <v>28</v>
       </c>
       <c r="J465">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K465" s="2">
         <v>45161.0</v>
       </c>
       <c r="L465" s="2">
         <v>46078.0</v>
       </c>
       <c r="M465">
         <v>15000</v>
       </c>
       <c r="N465">
         <v>1000.0</v>
       </c>
       <c r="O465" t="s">
         <v>28</v>
       </c>
       <c r="P465">
-        <v>-0.179486</v>
+        <v>-0.035931</v>
       </c>
       <c r="Q465">
-        <v>99.820514</v>
+        <v>100.764069</v>
       </c>
       <c r="R465">
-        <v>100.070514</v>
+        <v>100.964069</v>
       </c>
       <c r="S465">
-        <v>100.0</v>
+        <v>100.8</v>
       </c>
       <c r="T465">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="X465">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:24">
       <c r="A466" s="2">
-        <v>45337.621585648</v>
+        <v>45401.416956019</v>
       </c>
       <c r="B466" t="s">
         <v>24</v>
       </c>
       <c r="C466" t="s">
         <v>25</v>
       </c>
       <c r="D466" t="s">
         <v>26</v>
       </c>
       <c r="E466" t="s">
         <v>27</v>
       </c>
-      <c r="F466">
-[...1 lines deleted...]
-      </c>
       <c r="G466">
-        <v>101.111533</v>
-[...2 lines deleted...]
-        <v>139257.07554</v>
+        <v>100.892208</v>
       </c>
       <c r="I466" t="s">
         <v>28</v>
       </c>
       <c r="J466">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K466" s="2">
         <v>45161.0</v>
       </c>
       <c r="L466" s="2">
         <v>46078.0</v>
       </c>
       <c r="M466">
         <v>15000</v>
       </c>
       <c r="N466">
         <v>1000.0</v>
       </c>
       <c r="O466" t="s">
         <v>28</v>
       </c>
       <c r="P466">
-        <v>0.861533</v>
+        <v>-0.071861</v>
       </c>
       <c r="Q466">
-        <v>100.861533</v>
+        <v>100.728139</v>
       </c>
       <c r="R466">
-        <v>101.111533</v>
+        <v>100.928139</v>
       </c>
       <c r="S466">
-        <v>100.0</v>
+        <v>100.8</v>
       </c>
       <c r="T466">
-        <v>100.25</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="467" spans="1:24">
       <c r="A467" s="2">
-        <v>45336.653831019</v>
+        <v>45400.640636574</v>
       </c>
       <c r="B467" t="s">
         <v>24</v>
       </c>
       <c r="C467" t="s">
         <v>25</v>
       </c>
       <c r="D467" t="s">
         <v>26</v>
       </c>
       <c r="E467" t="s">
         <v>27</v>
       </c>
       <c r="F467">
-        <v>-0.21</v>
+        <v>-0.92</v>
       </c>
       <c r="G467">
-        <v>101.003842</v>
+        <v>100.892208</v>
       </c>
       <c r="H467">
-        <v>34346.30628</v>
+        <v>8071.32664</v>
       </c>
       <c r="I467" t="s">
         <v>28</v>
       </c>
       <c r="J467">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K467" s="2">
         <v>45161.0</v>
       </c>
       <c r="L467" s="2">
         <v>46078.0</v>
       </c>
       <c r="M467">
         <v>15000</v>
       </c>
       <c r="N467">
         <v>1000.0</v>
       </c>
       <c r="O467" t="s">
         <v>28</v>
       </c>
       <c r="P467">
-        <v>0.753842</v>
+        <v>-0.107792</v>
       </c>
       <c r="Q467">
-        <v>100.803842</v>
+        <v>100.692208</v>
       </c>
       <c r="R467">
-        <v>101.003842</v>
+        <v>100.892208</v>
       </c>
       <c r="S467">
-        <v>100.05</v>
+        <v>100.8</v>
       </c>
       <c r="T467">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="X467">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="468" spans="1:24">
       <c r="A468" s="2">
-        <v>45335.586909722</v>
+        <v>45399.464895833</v>
       </c>
       <c r="B468" t="s">
         <v>24</v>
       </c>
       <c r="C468" t="s">
         <v>25</v>
       </c>
       <c r="D468" t="s">
         <v>26</v>
       </c>
       <c r="E468" t="s">
         <v>27</v>
       </c>
-      <c r="F468">
-[...1 lines deleted...]
-      </c>
       <c r="G468">
-        <v>101.217944</v>
-[...2 lines deleted...]
-        <v>63767.30472</v>
+        <v>101.826403</v>
       </c>
       <c r="I468" t="s">
         <v>28</v>
       </c>
       <c r="J468">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K468" s="2">
         <v>45161.0</v>
       </c>
       <c r="L468" s="2">
         <v>46078.0</v>
       </c>
       <c r="M468">
         <v>15000</v>
       </c>
       <c r="N468">
         <v>1000.0</v>
       </c>
       <c r="O468" t="s">
         <v>28</v>
       </c>
       <c r="P468">
-        <v>0.717944</v>
+        <v>-0.215583</v>
       </c>
       <c r="Q468">
-        <v>100.767944</v>
+        <v>100.284417</v>
       </c>
       <c r="R468">
-        <v>101.217944</v>
+        <v>100.783417</v>
       </c>
       <c r="S468">
-        <v>100.05</v>
+        <v>100.5</v>
       </c>
       <c r="T468">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100.999</v>
       </c>
     </row>
     <row r="469" spans="1:24">
       <c r="A469" s="2">
-        <v>45334.416921296</v>
+        <v>45398.583854167</v>
       </c>
       <c r="B469" t="s">
         <v>24</v>
       </c>
       <c r="C469" t="s">
         <v>25</v>
       </c>
       <c r="D469" t="s">
         <v>26</v>
       </c>
       <c r="E469" t="s">
         <v>27</v>
       </c>
+      <c r="F469">
+        <v>0.53</v>
+      </c>
       <c r="G469">
-        <v>101.14615</v>
+        <v>101.826403</v>
+      </c>
+      <c r="H469">
+        <v>4073.05612</v>
       </c>
       <c r="I469" t="s">
         <v>28</v>
       </c>
       <c r="J469">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K469" s="2">
         <v>45161.0</v>
       </c>
       <c r="L469" s="2">
         <v>46078.0</v>
       </c>
       <c r="M469">
         <v>15000</v>
       </c>
       <c r="N469">
         <v>1000.0</v>
       </c>
       <c r="O469" t="s">
         <v>28</v>
       </c>
       <c r="P469">
-        <v>0.682047</v>
+        <v>0.826403</v>
       </c>
       <c r="Q469">
-        <v>100.732047</v>
+        <v>101.326403</v>
       </c>
       <c r="R469">
-        <v>101.182047</v>
+        <v>101.825403</v>
       </c>
       <c r="S469">
-        <v>100.05</v>
+        <v>100.5</v>
       </c>
       <c r="T469">
-        <v>100.5</v>
+        <v>100.999</v>
+      </c>
+      <c r="X469">
+        <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:24">
       <c r="A470" s="2">
-        <v>45331.661898148</v>
+        <v>45397.58068287</v>
       </c>
       <c r="B470" t="s">
         <v>24</v>
       </c>
       <c r="C470" t="s">
         <v>25</v>
       </c>
       <c r="D470" t="s">
         <v>26</v>
       </c>
       <c r="E470" t="s">
         <v>27</v>
       </c>
       <c r="F470">
-        <v>0.04</v>
+        <v>-0.46</v>
       </c>
       <c r="G470">
-        <v>101.14615</v>
+        <v>101.290472</v>
       </c>
       <c r="H470">
-        <v>16183.384</v>
+        <v>10129.0472</v>
       </c>
       <c r="I470" t="s">
         <v>28</v>
       </c>
       <c r="J470">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K470" s="2">
         <v>45161.0</v>
       </c>
       <c r="L470" s="2">
         <v>46078.0</v>
       </c>
       <c r="M470">
         <v>15000</v>
       </c>
       <c r="N470">
         <v>1000.0</v>
       </c>
       <c r="O470" t="s">
         <v>28</v>
       </c>
       <c r="P470">
-        <v>0.64615</v>
+        <v>0.790472</v>
       </c>
       <c r="Q470">
-        <v>100.69615</v>
+        <v>101.290472</v>
       </c>
       <c r="R470">
-        <v>101.14615</v>
+        <v>101.790472</v>
       </c>
       <c r="S470">
-        <v>100.05</v>
+        <v>100.5</v>
       </c>
       <c r="T470">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X470">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:24">
       <c r="A471" s="2">
-        <v>45330.518032407</v>
+        <v>45394.56193287</v>
       </c>
       <c r="B471" t="s">
         <v>24</v>
       </c>
       <c r="C471" t="s">
         <v>25</v>
       </c>
       <c r="D471" t="s">
         <v>26</v>
       </c>
       <c r="E471" t="s">
         <v>27</v>
       </c>
       <c r="F471">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="G471">
-        <v>101.110253</v>
+        <v>101.754542</v>
       </c>
       <c r="H471">
-        <v>54599.53662</v>
+        <v>3052.63626</v>
       </c>
       <c r="I471" t="s">
         <v>28</v>
       </c>
       <c r="J471">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K471" s="2">
         <v>45161.0</v>
       </c>
       <c r="L471" s="2">
         <v>46078.0</v>
       </c>
       <c r="M471">
         <v>15000</v>
       </c>
       <c r="N471">
         <v>1000.0</v>
       </c>
       <c r="O471" t="s">
         <v>28</v>
       </c>
       <c r="P471">
-        <v>0.610253</v>
+        <v>0.754542</v>
       </c>
       <c r="Q471">
-        <v>100.660253</v>
+        <v>100.899542</v>
       </c>
       <c r="R471">
-        <v>101.110253</v>
+        <v>101.754542</v>
       </c>
       <c r="S471">
-        <v>100.05</v>
+        <v>100.145</v>
       </c>
       <c r="T471">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X471">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:24">
       <c r="A472" s="2">
-        <v>45329.567476852</v>
+        <v>45393.654039352</v>
       </c>
       <c r="B472" t="s">
         <v>24</v>
       </c>
       <c r="C472" t="s">
         <v>25</v>
       </c>
       <c r="D472" t="s">
         <v>26</v>
       </c>
       <c r="E472" t="s">
         <v>27</v>
       </c>
       <c r="F472">
-        <v>0.07</v>
+        <v>0.11</v>
       </c>
       <c r="G472">
-        <v>101.002561</v>
+        <v>101.718611</v>
       </c>
       <c r="H472">
-        <v>16160.40976</v>
+        <v>23395.28053</v>
       </c>
       <c r="I472" t="s">
         <v>28</v>
       </c>
       <c r="J472">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K472" s="2">
         <v>45161.0</v>
       </c>
       <c r="L472" s="2">
         <v>46078.0</v>
       </c>
       <c r="M472">
         <v>15000</v>
       </c>
       <c r="N472">
         <v>1000.0</v>
       </c>
       <c r="O472" t="s">
         <v>28</v>
       </c>
       <c r="P472">
-        <v>0.502561</v>
+        <v>0.718611</v>
       </c>
       <c r="Q472">
-        <v>100.552561</v>
+        <v>101.0</v>
       </c>
       <c r="R472">
-        <v>101.002561</v>
+        <v>101.718611</v>
       </c>
       <c r="S472">
-        <v>100.05</v>
+        <v>100.281389</v>
       </c>
       <c r="T472">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X472">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="473" spans="1:24">
       <c r="A473" s="2">
-        <v>45328.450601852</v>
+        <v>45392.528275463</v>
       </c>
       <c r="B473" t="s">
         <v>24</v>
       </c>
       <c r="C473" t="s">
         <v>25</v>
       </c>
       <c r="D473" t="s">
         <v>26</v>
       </c>
       <c r="E473" t="s">
         <v>27</v>
       </c>
+      <c r="F473">
+        <v>0.04</v>
+      </c>
       <c r="G473">
-        <v>100.930767</v>
+        <v>101.610819</v>
+      </c>
+      <c r="H473">
+        <v>16257.73104</v>
       </c>
       <c r="I473" t="s">
         <v>28</v>
       </c>
       <c r="J473">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K473" s="2">
         <v>45161.0</v>
       </c>
       <c r="L473" s="2">
         <v>46078.0</v>
       </c>
       <c r="M473">
         <v>15000</v>
       </c>
       <c r="N473">
         <v>1000.0</v>
       </c>
       <c r="O473" t="s">
         <v>28</v>
       </c>
       <c r="P473">
-        <v>0.466664</v>
+        <v>0.610819</v>
       </c>
       <c r="Q473">
-        <v>100.47</v>
+        <v>100.755819</v>
       </c>
       <c r="R473">
-        <v>100.966664</v>
+        <v>101.610819</v>
       </c>
       <c r="S473">
-        <v>100.003336</v>
+        <v>100.145</v>
       </c>
       <c r="T473">
-        <v>100.5</v>
+        <v>101.0</v>
+      </c>
+      <c r="X473">
+        <v>2</v>
       </c>
     </row>
     <row r="474" spans="1:24">
       <c r="A474" s="2">
-        <v>45327.527106481</v>
+        <v>45391.622048611</v>
       </c>
       <c r="B474" t="s">
         <v>24</v>
       </c>
       <c r="C474" t="s">
         <v>25</v>
       </c>
       <c r="D474" t="s">
         <v>26</v>
       </c>
       <c r="E474" t="s">
         <v>27</v>
       </c>
       <c r="F474">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
       <c r="G474">
-        <v>100.930767</v>
+        <v>101.574889</v>
       </c>
       <c r="H474">
-        <v>10093.0767</v>
+        <v>67039.42674</v>
       </c>
       <c r="I474" t="s">
         <v>28</v>
       </c>
       <c r="J474">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K474" s="2">
         <v>45161.0</v>
       </c>
       <c r="L474" s="2">
         <v>46078.0</v>
       </c>
       <c r="M474">
         <v>15000</v>
       </c>
       <c r="N474">
         <v>1000.0</v>
       </c>
       <c r="O474" t="s">
         <v>28</v>
       </c>
       <c r="P474">
-        <v>0.430767</v>
+        <v>0.574889</v>
       </c>
       <c r="Q474">
-        <v>100.44</v>
+        <v>100.719889</v>
       </c>
       <c r="R474">
-        <v>100.930767</v>
+        <v>101.574889</v>
       </c>
       <c r="S474">
-        <v>100.009233</v>
+        <v>100.145</v>
       </c>
       <c r="T474">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X474">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="475" spans="1:24">
       <c r="A475" s="2">
-        <v>45324.664502315</v>
+        <v>45390.439363426</v>
       </c>
       <c r="B475" t="s">
         <v>24</v>
       </c>
       <c r="C475" t="s">
         <v>25</v>
       </c>
       <c r="D475" t="s">
         <v>26</v>
       </c>
       <c r="E475" t="s">
         <v>27</v>
       </c>
-      <c r="F475">
-[...1 lines deleted...]
-      </c>
       <c r="G475">
-        <v>100.894869</v>
-[...2 lines deleted...]
-        <v>70626.4083</v>
+        <v>101.503028</v>
       </c>
       <c r="I475" t="s">
         <v>28</v>
       </c>
       <c r="J475">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K475" s="2">
         <v>45161.0</v>
       </c>
       <c r="L475" s="2">
         <v>46078.0</v>
       </c>
       <c r="M475">
         <v>15000</v>
       </c>
       <c r="N475">
         <v>1000.0</v>
       </c>
       <c r="O475" t="s">
         <v>28</v>
       </c>
       <c r="P475">
-        <v>0.394869</v>
+        <v>0.538958</v>
       </c>
       <c r="Q475">
-        <v>100.396869</v>
+        <v>100.85</v>
       </c>
       <c r="R475">
-        <v>100.894869</v>
+        <v>101.538958</v>
       </c>
       <c r="S475">
-        <v>100.002</v>
+        <v>100.311042</v>
       </c>
       <c r="T475">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="476" spans="1:24">
       <c r="A476" s="2">
-        <v>45323.651446759</v>
+        <v>45387.651458333</v>
       </c>
       <c r="B476" t="s">
         <v>24</v>
       </c>
       <c r="C476" t="s">
         <v>25</v>
       </c>
       <c r="D476" t="s">
         <v>26</v>
       </c>
       <c r="E476" t="s">
         <v>27</v>
       </c>
       <c r="F476">
-        <v>-1.81</v>
+        <v>0.04</v>
       </c>
       <c r="G476">
-        <v>100.858972</v>
+        <v>101.503028</v>
       </c>
       <c r="H476">
-        <v>25223.743</v>
+        <v>10150.3028</v>
       </c>
       <c r="I476" t="s">
         <v>28</v>
       </c>
       <c r="J476">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K476" s="2">
         <v>45161.0</v>
       </c>
       <c r="L476" s="2">
         <v>46078.0</v>
       </c>
       <c r="M476">
         <v>15000</v>
       </c>
       <c r="N476">
         <v>1000.0</v>
       </c>
       <c r="O476" t="s">
         <v>28</v>
       </c>
       <c r="P476">
-        <v>0.358972</v>
+        <v>0.503028</v>
       </c>
       <c r="Q476">
-        <v>100.37</v>
+        <v>101.003028</v>
       </c>
       <c r="R476">
-        <v>100.858972</v>
+        <v>101.503028</v>
       </c>
       <c r="S476">
-        <v>100.011028</v>
+        <v>100.5</v>
       </c>
       <c r="T476">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X476">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:24">
       <c r="A477" s="2">
-        <v>45322.452974537</v>
+        <v>45386.658368056</v>
       </c>
       <c r="B477" t="s">
         <v>24</v>
       </c>
       <c r="C477" t="s">
         <v>25</v>
       </c>
       <c r="D477" t="s">
         <v>26</v>
       </c>
       <c r="E477" t="s">
         <v>27</v>
       </c>
+      <c r="F477">
+        <v>0.11</v>
+      </c>
       <c r="G477">
-        <v>102.715383</v>
+        <v>101.467097</v>
+      </c>
+      <c r="H477">
+        <v>2029.34194</v>
       </c>
       <c r="I477" t="s">
         <v>28</v>
       </c>
       <c r="J477">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K477" s="2">
         <v>45161.0</v>
       </c>
       <c r="L477" s="2">
         <v>46078.0</v>
       </c>
       <c r="M477">
         <v>15000</v>
       </c>
       <c r="N477">
         <v>1000.0</v>
       </c>
       <c r="O477" t="s">
         <v>28</v>
       </c>
       <c r="P477">
-        <v>0.251281</v>
+        <v>0.467097</v>
       </c>
       <c r="Q477">
-        <v>101.051281</v>
+        <v>100.75</v>
       </c>
       <c r="R477">
-        <v>102.751281</v>
+        <v>101.467097</v>
       </c>
       <c r="S477">
-        <v>100.8</v>
+        <v>100.282903</v>
       </c>
       <c r="T477">
-        <v>102.5</v>
+        <v>101.0</v>
+      </c>
+      <c r="X477">
+        <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:24">
       <c r="A478" s="2">
-        <v>45321.637488426</v>
+        <v>45385.521712963</v>
       </c>
       <c r="B478" t="s">
         <v>24</v>
       </c>
       <c r="C478" t="s">
         <v>25</v>
       </c>
       <c r="D478" t="s">
         <v>26</v>
       </c>
       <c r="E478" t="s">
         <v>27</v>
       </c>
       <c r="F478">
-        <v>2.02</v>
+        <v>0.04</v>
       </c>
       <c r="G478">
-        <v>102.715383</v>
+        <v>101.359306</v>
       </c>
       <c r="H478">
-        <v>9244.36532</v>
+        <v>38516.53628</v>
       </c>
       <c r="I478" t="s">
         <v>28</v>
       </c>
       <c r="J478">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K478" s="2">
         <v>45161.0</v>
       </c>
       <c r="L478" s="2">
         <v>46078.0</v>
       </c>
       <c r="M478">
         <v>15000</v>
       </c>
       <c r="N478">
         <v>1000.0</v>
       </c>
       <c r="O478" t="s">
         <v>28</v>
       </c>
       <c r="P478">
-        <v>0.215383</v>
+        <v>0.359306</v>
       </c>
       <c r="Q478">
-        <v>100.715383</v>
+        <v>100.521</v>
       </c>
       <c r="R478">
-        <v>102.715</v>
+        <v>101.359306</v>
       </c>
       <c r="S478">
-        <v>100.5</v>
+        <v>100.161694</v>
       </c>
       <c r="T478">
-        <v>102.499617</v>
+        <v>101.0</v>
       </c>
       <c r="X478">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="479" spans="1:24">
       <c r="A479" s="2">
-        <v>45320.626400463</v>
+        <v>45384.620983796</v>
       </c>
       <c r="B479" t="s">
         <v>24</v>
       </c>
       <c r="C479" t="s">
         <v>25</v>
       </c>
       <c r="D479" t="s">
         <v>26</v>
       </c>
       <c r="E479" t="s">
         <v>27</v>
       </c>
+      <c r="F479">
+        <v>0.07</v>
+      </c>
       <c r="G479">
-        <v>100.679486</v>
+        <v>101.323375</v>
       </c>
       <c r="H479">
-        <v>16108.71776</v>
+        <v>13172.03875</v>
       </c>
       <c r="I479" t="s">
         <v>28</v>
       </c>
       <c r="J479">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K479" s="2">
         <v>45161.0</v>
       </c>
       <c r="L479" s="2">
         <v>46078.0</v>
       </c>
       <c r="M479">
         <v>15000</v>
       </c>
       <c r="N479">
         <v>1000.0</v>
       </c>
       <c r="O479" t="s">
         <v>28</v>
       </c>
       <c r="P479">
-        <v>0.179486</v>
+        <v>0.323375</v>
       </c>
       <c r="Q479">
-        <v>100.879486</v>
+        <v>100.47</v>
       </c>
       <c r="R479">
-        <v>102.679486</v>
+        <v>101.323375</v>
       </c>
       <c r="S479">
-        <v>100.7</v>
+        <v>100.146625</v>
       </c>
       <c r="T479">
-        <v>102.5</v>
+        <v>101.0</v>
       </c>
       <c r="X479">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="480" spans="1:24">
       <c r="A480" s="2">
-        <v>45317.652222222</v>
+        <v>45379.416770833</v>
       </c>
       <c r="B480" t="s">
         <v>24</v>
       </c>
       <c r="C480" t="s">
         <v>25</v>
       </c>
       <c r="D480" t="s">
         <v>26</v>
       </c>
       <c r="E480" t="s">
         <v>27</v>
       </c>
-      <c r="F480">
-[...1 lines deleted...]
-      </c>
       <c r="G480">
-        <v>100.679486</v>
-[...2 lines deleted...]
-        <v>35237.8201</v>
+        <v>101.251514</v>
       </c>
       <c r="I480" t="s">
         <v>28</v>
       </c>
       <c r="J480">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K480" s="2">
         <v>45161.0</v>
       </c>
       <c r="L480" s="2">
         <v>46078.0</v>
       </c>
       <c r="M480">
         <v>15000</v>
       </c>
       <c r="N480">
         <v>1000.0</v>
       </c>
       <c r="O480" t="s">
         <v>28</v>
       </c>
       <c r="P480">
-        <v>0.179486</v>
+        <v>0.287444</v>
       </c>
       <c r="Q480">
-        <v>100.19</v>
+        <v>100.787444</v>
       </c>
       <c r="R480">
-        <v>100.679486</v>
+        <v>101.287444</v>
       </c>
       <c r="S480">
-        <v>100.010514</v>
+        <v>100.5</v>
       </c>
       <c r="T480">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="481" spans="1:24">
       <c r="A481" s="2">
-        <v>45316.666319444</v>
+        <v>45378.661377315</v>
       </c>
       <c r="B481" t="s">
         <v>24</v>
       </c>
       <c r="C481" t="s">
         <v>25</v>
       </c>
       <c r="D481" t="s">
         <v>26</v>
       </c>
       <c r="E481" t="s">
         <v>27</v>
       </c>
       <c r="F481">
-        <v>0.11</v>
+        <v>0.68</v>
       </c>
       <c r="G481">
-        <v>100.643589</v>
+        <v>101.251514</v>
       </c>
       <c r="H481">
-        <v>8051.48712</v>
+        <v>33302.99962</v>
       </c>
       <c r="I481" t="s">
         <v>28</v>
       </c>
       <c r="J481">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K481" s="2">
         <v>45161.0</v>
       </c>
       <c r="L481" s="2">
         <v>46078.0</v>
       </c>
       <c r="M481">
         <v>15000</v>
       </c>
       <c r="N481">
         <v>1000.0</v>
       </c>
       <c r="O481" t="s">
         <v>28</v>
       </c>
       <c r="P481">
-        <v>0.143589</v>
+        <v>0.251514</v>
       </c>
       <c r="Q481">
-        <v>100.15</v>
+        <v>100.751514</v>
       </c>
       <c r="R481">
-        <v>100.643589</v>
+        <v>101.251514</v>
       </c>
       <c r="S481">
-        <v>100.006411</v>
+        <v>100.5</v>
       </c>
       <c r="T481">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
       <c r="X481">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="482" spans="1:24">
       <c r="A482" s="2">
-        <v>45315.645011574</v>
+        <v>45377.522777778</v>
       </c>
       <c r="B482" t="s">
         <v>24</v>
       </c>
       <c r="C482" t="s">
         <v>25</v>
       </c>
       <c r="D482" t="s">
         <v>26</v>
       </c>
       <c r="E482" t="s">
         <v>27</v>
       </c>
-      <c r="F482">
-[...1 lines deleted...]
-      </c>
       <c r="G482">
-        <v>100.535897</v>
-[...2 lines deleted...]
-        <v>56300.10232</v>
+        <v>100.571861</v>
       </c>
       <c r="I482" t="s">
         <v>28</v>
       </c>
       <c r="J482">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K482" s="2">
         <v>45161.0</v>
       </c>
       <c r="L482" s="2">
         <v>46078.0</v>
       </c>
       <c r="M482">
         <v>15000</v>
       </c>
       <c r="N482">
         <v>1000.0</v>
       </c>
       <c r="O482" t="s">
         <v>28</v>
       </c>
       <c r="P482">
-        <v>0.035897</v>
+        <v>0.107792</v>
       </c>
       <c r="Q482">
-        <v>100.11</v>
+        <v>100.26</v>
       </c>
       <c r="R482">
-        <v>100.535897</v>
+        <v>100.607792</v>
       </c>
       <c r="S482">
-        <v>100.074103</v>
+        <v>100.152208</v>
       </c>
       <c r="T482">
         <v>100.5</v>
       </c>
-      <c r="X482">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="483" spans="1:24">
       <c r="A483" s="2">
-        <v>45314.659872685</v>
+        <v>45376.605023148</v>
       </c>
       <c r="B483" t="s">
         <v>24</v>
       </c>
       <c r="C483" t="s">
         <v>25</v>
       </c>
       <c r="D483" t="s">
         <v>26</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483">
         <v>0.04</v>
       </c>
       <c r="G483">
+        <v>100.571861</v>
+      </c>
+      <c r="H483">
+        <v>2011.43722</v>
+      </c>
+      <c r="I483" t="s">
+        <v>28</v>
+      </c>
+      <c r="J483">
+        <v>12.935</v>
+      </c>
+      <c r="K483" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L483" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M483">
+        <v>15000</v>
+      </c>
+      <c r="N483">
+        <v>1000.0</v>
+      </c>
+      <c r="O483" t="s">
+        <v>28</v>
+      </c>
+      <c r="P483">
+        <v>0.071861</v>
+      </c>
+      <c r="Q483">
+        <v>100.216861</v>
+      </c>
+      <c r="R483">
+        <v>100.571861</v>
+      </c>
+      <c r="S483">
+        <v>100.145</v>
+      </c>
+      <c r="T483">
         <v>100.5</v>
       </c>
-      <c r="H483">
-[...28 lines deleted...]
-      </c>
       <c r="X483">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="484" spans="1:24">
       <c r="A484" s="2">
-        <v>45313.569953704</v>
+        <v>45373.654733796</v>
       </c>
       <c r="B484" t="s">
         <v>24</v>
       </c>
       <c r="C484" t="s">
         <v>25</v>
       </c>
       <c r="D484" t="s">
         <v>26</v>
       </c>
       <c r="E484" t="s">
         <v>27</v>
       </c>
       <c r="F484">
         <v>0.04</v>
       </c>
       <c r="G484">
-        <v>100.464103</v>
+        <v>100.535931</v>
       </c>
       <c r="H484">
-        <v>1004.64103</v>
+        <v>27144.70137</v>
       </c>
       <c r="I484" t="s">
         <v>28</v>
       </c>
       <c r="J484">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K484" s="2">
         <v>45161.0</v>
       </c>
       <c r="L484" s="2">
         <v>46078.0</v>
       </c>
       <c r="M484">
         <v>15000</v>
       </c>
       <c r="N484">
         <v>1000.0</v>
       </c>
       <c r="O484" t="s">
         <v>28</v>
       </c>
       <c r="P484">
-        <v>-0.035897</v>
+        <v>0.035931</v>
       </c>
       <c r="Q484">
-        <v>100.064103</v>
+        <v>100.186</v>
       </c>
       <c r="R484">
-        <v>100.464103</v>
+        <v>100.535931</v>
       </c>
       <c r="S484">
-        <v>100.1</v>
+        <v>100.150069</v>
       </c>
       <c r="T484">
         <v>100.5</v>
       </c>
       <c r="X484">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:24">
       <c r="A485" s="2">
-        <v>45310.60119213</v>
+        <v>45372.597268519</v>
       </c>
       <c r="B485" t="s">
         <v>24</v>
       </c>
       <c r="C485" t="s">
         <v>25</v>
       </c>
       <c r="D485" t="s">
         <v>26</v>
       </c>
       <c r="E485" t="s">
         <v>27</v>
       </c>
       <c r="F485">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="G485">
-        <v>100.428206</v>
+        <v>100.5</v>
       </c>
       <c r="H485">
-        <v>14059.94884</v>
+        <v>15075.0</v>
       </c>
       <c r="I485" t="s">
         <v>28</v>
       </c>
       <c r="J485">
-        <v>12.923</v>
+        <v>12.935</v>
       </c>
       <c r="K485" s="2">
         <v>45161.0</v>
       </c>
       <c r="L485" s="2">
         <v>46078.0</v>
       </c>
       <c r="M485">
         <v>15000</v>
       </c>
       <c r="N485">
         <v>1000.0</v>
       </c>
       <c r="O485" t="s">
         <v>28</v>
       </c>
-      <c r="P485">
-[...1 lines deleted...]
-      </c>
       <c r="Q485">
-        <v>100.4</v>
+        <v>100.15</v>
       </c>
       <c r="R485">
-        <v>100.428206</v>
-[...4 lines deleted...]
-      <c r="T485">
         <v>100.5</v>
       </c>
       <c r="X485">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="486" spans="1:24">
       <c r="A486" s="2">
-        <v>45309.639386574</v>
+        <v>45371.627303241</v>
       </c>
       <c r="B486" t="s">
         <v>24</v>
       </c>
       <c r="C486" t="s">
         <v>25</v>
       </c>
       <c r="D486" t="s">
         <v>26</v>
       </c>
       <c r="E486" t="s">
         <v>27</v>
       </c>
       <c r="F486">
-        <v>-1.37</v>
+        <v>0.41</v>
       </c>
       <c r="G486">
         <v>100.392308</v>
       </c>
       <c r="H486">
-        <v>58227.53864</v>
+        <v>30107.6924</v>
       </c>
       <c r="I486" t="s">
         <v>28</v>
       </c>
       <c r="J486">
         <v>12.923</v>
       </c>
       <c r="K486" s="2">
         <v>45161.0</v>
       </c>
       <c r="L486" s="2">
         <v>46078.0</v>
       </c>
       <c r="M486">
         <v>15000</v>
       </c>
       <c r="N486">
         <v>1000.0</v>
       </c>
       <c r="O486" t="s">
         <v>28</v>
       </c>
       <c r="P486">
         <v>-0.107692</v>
       </c>
       <c r="Q486">
-        <v>99.9</v>
+        <v>100.02</v>
       </c>
       <c r="R486">
         <v>100.392308</v>
       </c>
       <c r="S486">
-        <v>100.007692</v>
+        <v>100.127692</v>
       </c>
       <c r="T486">
         <v>100.5</v>
       </c>
       <c r="X486">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="487" spans="1:24">
       <c r="A487" s="2">
-        <v>45308.417025463</v>
+        <v>45370.582222222</v>
       </c>
       <c r="B487" t="s">
         <v>24</v>
       </c>
       <c r="C487" t="s">
         <v>25</v>
       </c>
       <c r="D487" t="s">
         <v>26</v>
       </c>
       <c r="E487" t="s">
         <v>27</v>
       </c>
+      <c r="F487">
+        <v>-0.34</v>
+      </c>
       <c r="G487">
-        <v>101.789739</v>
+        <v>99.981411</v>
+      </c>
+      <c r="H487">
+        <v>18048.40398</v>
       </c>
       <c r="I487" t="s">
         <v>28</v>
       </c>
       <c r="J487">
         <v>12.923</v>
       </c>
       <c r="K487" s="2">
         <v>45161.0</v>
       </c>
       <c r="L487" s="2">
         <v>46078.0</v>
       </c>
       <c r="M487">
         <v>15000</v>
       </c>
       <c r="N487">
         <v>1000.0</v>
       </c>
       <c r="O487" t="s">
         <v>28</v>
       </c>
       <c r="P487">
-        <v>-0.215383</v>
+        <v>-0.143589</v>
       </c>
       <c r="Q487">
-        <v>100.284617</v>
+        <v>99.99</v>
       </c>
       <c r="R487">
-        <v>100.784617</v>
+        <v>100.356411</v>
       </c>
       <c r="S487">
+        <v>100.133589</v>
+      </c>
+      <c r="T487">
         <v>100.5</v>
       </c>
-      <c r="T487">
-        <v>101.0</v>
+      <c r="X487">
+        <v>4</v>
       </c>
     </row>
     <row r="488" spans="1:24">
       <c r="A488" s="2">
-        <v>45307.416875</v>
+        <v>45369.45162037</v>
       </c>
       <c r="B488" t="s">
         <v>24</v>
       </c>
       <c r="C488" t="s">
         <v>25</v>
       </c>
       <c r="D488" t="s">
         <v>26</v>
       </c>
       <c r="E488" t="s">
         <v>27</v>
       </c>
+      <c r="F488">
+        <v>0.04</v>
+      </c>
       <c r="G488">
-        <v>101.789739</v>
+        <v>100.320514</v>
+      </c>
+      <c r="H488">
+        <v>2006.41028</v>
       </c>
       <c r="I488" t="s">
         <v>28</v>
       </c>
       <c r="J488">
         <v>12.923</v>
       </c>
       <c r="K488" s="2">
         <v>45161.0</v>
       </c>
       <c r="L488" s="2">
         <v>46078.0</v>
       </c>
       <c r="M488">
         <v>15000</v>
       </c>
       <c r="N488">
         <v>1000.0</v>
       </c>
       <c r="O488" t="s">
         <v>28</v>
       </c>
       <c r="P488">
-        <v>0.825636</v>
+        <v>-0.179486</v>
       </c>
       <c r="Q488">
-        <v>101.325636</v>
+        <v>99.945514</v>
       </c>
       <c r="R488">
-        <v>101.825636</v>
+        <v>100.320514</v>
       </c>
       <c r="S488">
+        <v>100.125</v>
+      </c>
+      <c r="T488">
         <v>100.5</v>
       </c>
-      <c r="T488">
-        <v>101.0</v>
+      <c r="X488">
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:24">
       <c r="A489" s="2">
-        <v>45306.640150463</v>
+        <v>45366.615671296</v>
       </c>
       <c r="B489" t="s">
         <v>24</v>
       </c>
       <c r="C489" t="s">
         <v>25</v>
       </c>
       <c r="D489" t="s">
         <v>26</v>
       </c>
       <c r="E489" t="s">
         <v>27</v>
       </c>
       <c r="F489">
-        <v>0.04</v>
+        <v>-1.03</v>
       </c>
       <c r="G489">
-        <v>101.789739</v>
+        <v>100.284617</v>
       </c>
       <c r="H489">
-        <v>10178.9739</v>
+        <v>105298.84785</v>
       </c>
       <c r="I489" t="s">
         <v>28</v>
       </c>
       <c r="J489">
         <v>12.923</v>
       </c>
       <c r="K489" s="2">
         <v>45161.0</v>
       </c>
       <c r="L489" s="2">
         <v>46078.0</v>
       </c>
       <c r="M489">
         <v>15000</v>
       </c>
       <c r="N489">
         <v>1000.0</v>
       </c>
       <c r="O489" t="s">
         <v>28</v>
       </c>
       <c r="P489">
-        <v>0.789739</v>
+        <v>-0.215383</v>
       </c>
       <c r="Q489">
-        <v>101.289739</v>
+        <v>99.909617</v>
       </c>
       <c r="R489">
-        <v>101.789739</v>
+        <v>100.284617</v>
       </c>
       <c r="S489">
+        <v>100.125</v>
+      </c>
+      <c r="T489">
         <v>100.5</v>
       </c>
-      <c r="T489">
-[...1 lines deleted...]
-      </c>
       <c r="X489">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="490" spans="1:24">
       <c r="A490" s="2">
-        <v>45303.564768519</v>
+        <v>45365.551689815</v>
       </c>
       <c r="B490" t="s">
         <v>24</v>
       </c>
       <c r="C490" t="s">
         <v>25</v>
       </c>
       <c r="D490" t="s">
         <v>26</v>
       </c>
       <c r="E490" t="s">
         <v>27</v>
       </c>
       <c r="F490">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="G490">
-        <v>101.753842</v>
+        <v>101.325636</v>
       </c>
       <c r="H490">
-        <v>4070.15368</v>
+        <v>131723.3268</v>
       </c>
       <c r="I490" t="s">
         <v>28</v>
       </c>
       <c r="J490">
         <v>12.923</v>
       </c>
       <c r="K490" s="2">
         <v>45161.0</v>
       </c>
       <c r="L490" s="2">
         <v>46078.0</v>
       </c>
       <c r="M490">
         <v>15000</v>
       </c>
       <c r="N490">
         <v>1000.0</v>
       </c>
       <c r="O490" t="s">
         <v>28</v>
       </c>
       <c r="P490">
-        <v>0.753842</v>
+        <v>0.825636</v>
       </c>
       <c r="Q490">
-        <v>101.7</v>
+        <v>100.950636</v>
       </c>
       <c r="R490">
-        <v>101.753842</v>
+        <v>101.325636</v>
       </c>
       <c r="S490">
-        <v>100.946158</v>
+        <v>100.125</v>
       </c>
       <c r="T490">
-        <v>101.0</v>
+        <v>100.5</v>
       </c>
       <c r="X490">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="491" spans="1:24">
       <c r="A491" s="2">
-        <v>45302.516701389</v>
+        <v>45364.633449074</v>
       </c>
       <c r="B491" t="s">
         <v>24</v>
       </c>
       <c r="C491" t="s">
         <v>25</v>
       </c>
       <c r="D491" t="s">
         <v>26</v>
       </c>
       <c r="E491" t="s">
         <v>27</v>
       </c>
       <c r="F491">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="G491">
-        <v>101.717944</v>
+        <v>101.217944</v>
       </c>
       <c r="H491">
-        <v>65099.48416</v>
+        <v>53645.51032</v>
       </c>
       <c r="I491" t="s">
         <v>28</v>
       </c>
       <c r="J491">
         <v>12.923</v>
       </c>
       <c r="K491" s="2">
         <v>45161.0</v>
       </c>
       <c r="L491" s="2">
         <v>46078.0</v>
       </c>
       <c r="M491">
         <v>15000</v>
       </c>
       <c r="N491">
         <v>1000.0</v>
       </c>
       <c r="O491" t="s">
         <v>28</v>
       </c>
       <c r="P491">
         <v>0.717944</v>
       </c>
       <c r="Q491">
-        <v>101.6</v>
+        <v>100.842944</v>
       </c>
       <c r="R491">
-        <v>101.717944</v>
+        <v>101.217944</v>
       </c>
       <c r="S491">
-        <v>100.882056</v>
+        <v>100.125</v>
       </c>
       <c r="T491">
-        <v>101.0</v>
+        <v>100.5</v>
       </c>
       <c r="X491">
         <v>4</v>
       </c>
     </row>
     <row r="492" spans="1:24">
       <c r="A492" s="2">
-        <v>45301.63494213</v>
+        <v>45363.440844907</v>
       </c>
       <c r="B492" t="s">
         <v>24</v>
       </c>
       <c r="C492" t="s">
         <v>25</v>
       </c>
       <c r="D492" t="s">
         <v>26</v>
       </c>
       <c r="E492" t="s">
         <v>27</v>
       </c>
       <c r="F492">
         <v>0.04</v>
       </c>
       <c r="G492">
-        <v>101.610253</v>
+        <v>101.182047</v>
       </c>
       <c r="H492">
-        <v>81288.2024</v>
+        <v>7082.74329</v>
       </c>
       <c r="I492" t="s">
         <v>28</v>
       </c>
       <c r="J492">
         <v>12.923</v>
       </c>
       <c r="K492" s="2">
         <v>45161.0</v>
       </c>
       <c r="L492" s="2">
         <v>46078.0</v>
       </c>
       <c r="M492">
         <v>15000</v>
       </c>
       <c r="N492">
         <v>1000.0</v>
       </c>
       <c r="O492" t="s">
         <v>28</v>
       </c>
       <c r="P492">
-        <v>0.610253</v>
+        <v>0.682047</v>
       </c>
       <c r="Q492">
-        <v>101.610253</v>
+        <v>100.807047</v>
       </c>
       <c r="R492">
-        <v>103.110253</v>
+        <v>101.182047</v>
       </c>
       <c r="S492">
-        <v>101.0</v>
+        <v>100.125</v>
       </c>
       <c r="T492">
-        <v>102.5</v>
+        <v>100.5</v>
       </c>
       <c r="X492">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:24">
       <c r="A493" s="2">
-        <v>45300.648344907</v>
+        <v>45362.535810185</v>
       </c>
       <c r="B493" t="s">
         <v>24</v>
       </c>
       <c r="C493" t="s">
         <v>25</v>
       </c>
       <c r="D493" t="s">
         <v>26</v>
       </c>
       <c r="E493" t="s">
         <v>27</v>
       </c>
       <c r="F493">
         <v>0.04</v>
       </c>
       <c r="G493">
-        <v>101.574356</v>
+        <v>101.14615</v>
       </c>
       <c r="H493">
-        <v>27425.07612</v>
+        <v>10114.615</v>
       </c>
       <c r="I493" t="s">
         <v>28</v>
       </c>
       <c r="J493">
         <v>12.923</v>
       </c>
       <c r="K493" s="2">
         <v>45161.0</v>
       </c>
       <c r="L493" s="2">
         <v>46078.0</v>
       </c>
       <c r="M493">
         <v>15000</v>
       </c>
       <c r="N493">
         <v>1000.0</v>
       </c>
       <c r="O493" t="s">
         <v>28</v>
       </c>
       <c r="P493">
-        <v>0.574356</v>
+        <v>0.64615</v>
       </c>
       <c r="Q493">
-        <v>101.074356</v>
+        <v>100.77115</v>
       </c>
       <c r="R493">
-        <v>101.574356</v>
+        <v>101.14615</v>
       </c>
       <c r="S493">
+        <v>100.125</v>
+      </c>
+      <c r="T493">
         <v>100.5</v>
       </c>
-      <c r="T493">
-[...1 lines deleted...]
-      </c>
       <c r="X493">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="494" spans="1:24">
       <c r="A494" s="2">
-        <v>45299.612256944</v>
+        <v>45359.466041667</v>
       </c>
       <c r="B494" t="s">
         <v>24</v>
       </c>
       <c r="C494" t="s">
         <v>25</v>
       </c>
       <c r="D494" t="s">
         <v>26</v>
       </c>
       <c r="E494" t="s">
         <v>27</v>
       </c>
       <c r="F494">
         <v>0.04</v>
       </c>
       <c r="G494">
-        <v>101.538458</v>
+        <v>101.110253</v>
       </c>
       <c r="H494">
-        <v>64984.61312</v>
+        <v>5055.51265</v>
       </c>
       <c r="I494" t="s">
         <v>28</v>
       </c>
       <c r="J494">
         <v>12.923</v>
       </c>
       <c r="K494" s="2">
         <v>45161.0</v>
       </c>
       <c r="L494" s="2">
         <v>46078.0</v>
       </c>
       <c r="M494">
         <v>15000</v>
       </c>
       <c r="N494">
         <v>1000.0</v>
       </c>
       <c r="O494" t="s">
         <v>28</v>
       </c>
       <c r="P494">
-        <v>0.538458</v>
+        <v>0.610253</v>
       </c>
       <c r="Q494">
-        <v>101.038458</v>
+        <v>100.735253</v>
       </c>
       <c r="R494">
-        <v>101.538458</v>
+        <v>101.110253</v>
       </c>
       <c r="S494">
+        <v>100.125</v>
+      </c>
+      <c r="T494">
         <v>100.5</v>
       </c>
-      <c r="T494">
-[...1 lines deleted...]
-      </c>
       <c r="X494">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:24">
       <c r="A495" s="2">
-        <v>45296.638541667</v>
+        <v>45358.662476852</v>
       </c>
       <c r="B495" t="s">
         <v>24</v>
       </c>
       <c r="C495" t="s">
         <v>25</v>
       </c>
       <c r="D495" t="s">
         <v>26</v>
       </c>
       <c r="E495" t="s">
         <v>27</v>
       </c>
       <c r="F495">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="G495">
-        <v>101.502561</v>
+        <v>101.074356</v>
       </c>
       <c r="H495">
-        <v>48721.22928</v>
+        <v>36386.26816</v>
       </c>
       <c r="I495" t="s">
         <v>28</v>
       </c>
       <c r="J495">
         <v>12.923</v>
       </c>
       <c r="K495" s="2">
         <v>45161.0</v>
       </c>
       <c r="L495" s="2">
         <v>46078.0</v>
       </c>
       <c r="M495">
         <v>15000</v>
       </c>
       <c r="N495">
         <v>1000.0</v>
       </c>
       <c r="O495" t="s">
         <v>28</v>
       </c>
       <c r="P495">
-        <v>0.502561</v>
+        <v>0.574356</v>
       </c>
       <c r="Q495">
-        <v>101.002561</v>
+        <v>100.699356</v>
       </c>
       <c r="R495">
-        <v>101.502561</v>
+        <v>101.074356</v>
       </c>
       <c r="S495">
+        <v>100.125</v>
+      </c>
+      <c r="T495">
         <v>100.5</v>
       </c>
-      <c r="T495">
-[...1 lines deleted...]
-      </c>
       <c r="X495">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="496" spans="1:24">
       <c r="A496" s="2">
-        <v>45295.559328704</v>
+        <v>45357.645833333</v>
       </c>
       <c r="B496" t="s">
         <v>24</v>
       </c>
       <c r="C496" t="s">
         <v>25</v>
       </c>
       <c r="D496" t="s">
         <v>26</v>
       </c>
       <c r="E496" t="s">
         <v>27</v>
       </c>
       <c r="F496">
-        <v>-1.35</v>
+        <v>0.13</v>
       </c>
       <c r="G496">
-        <v>101.466664</v>
+        <v>100.966664</v>
       </c>
       <c r="H496">
-        <v>82312.99784</v>
+        <v>45425.9988</v>
       </c>
       <c r="I496" t="s">
         <v>28</v>
       </c>
       <c r="J496">
         <v>12.923</v>
       </c>
       <c r="K496" s="2">
         <v>45161.0</v>
       </c>
       <c r="L496" s="2">
         <v>46078.0</v>
       </c>
       <c r="M496">
         <v>15000</v>
       </c>
       <c r="N496">
         <v>1000.0</v>
       </c>
       <c r="O496" t="s">
         <v>28</v>
       </c>
       <c r="P496">
         <v>0.466664</v>
       </c>
       <c r="Q496">
+        <v>100.591664</v>
+      </c>
+      <c r="R496">
         <v>100.966664</v>
       </c>
-      <c r="R496">
-[...1 lines deleted...]
-      </c>
       <c r="S496">
+        <v>100.125</v>
+      </c>
+      <c r="T496">
         <v>100.5</v>
       </c>
-      <c r="T496">
-[...1 lines deleted...]
-      </c>
       <c r="X496">
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="497" spans="1:24">
       <c r="A497" s="2">
-        <v>45294.66431713</v>
+        <v>45356.463449074</v>
       </c>
       <c r="B497" t="s">
         <v>24</v>
       </c>
       <c r="C497" t="s">
         <v>25</v>
       </c>
       <c r="D497" t="s">
         <v>26</v>
       </c>
       <c r="E497" t="s">
         <v>27</v>
       </c>
       <c r="F497">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
       <c r="G497">
-        <v>102.858972</v>
+        <v>100.830767</v>
       </c>
       <c r="H497">
-        <v>25714.743</v>
+        <v>1008.30767</v>
       </c>
       <c r="I497" t="s">
         <v>28</v>
       </c>
       <c r="J497">
         <v>12.923</v>
       </c>
       <c r="K497" s="2">
         <v>45161.0</v>
       </c>
       <c r="L497" s="2">
         <v>46078.0</v>
       </c>
       <c r="M497">
         <v>15000</v>
       </c>
       <c r="N497">
         <v>1000.0</v>
       </c>
       <c r="O497" t="s">
         <v>28</v>
       </c>
       <c r="P497">
-        <v>0.358972</v>
+        <v>0.430767</v>
       </c>
       <c r="Q497">
-        <v>102.358972</v>
+        <v>100.555767</v>
       </c>
       <c r="R497">
-        <v>102.858972</v>
+        <v>100.830767</v>
       </c>
       <c r="S497">
-        <v>102.0</v>
+        <v>100.125</v>
       </c>
       <c r="T497">
-        <v>102.5</v>
+        <v>100.4</v>
       </c>
       <c r="X497">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:24">
       <c r="A498" s="2">
-        <v>45293.457569444</v>
+        <v>45355.659016204</v>
       </c>
       <c r="B498" t="s">
         <v>24</v>
       </c>
       <c r="C498" t="s">
         <v>25</v>
       </c>
       <c r="D498" t="s">
         <v>26</v>
       </c>
       <c r="E498" t="s">
         <v>27</v>
       </c>
+      <c r="F498">
+        <v>0.04</v>
+      </c>
       <c r="G498">
-        <v>102.787178</v>
+        <v>100.794869</v>
+      </c>
+      <c r="H498">
+        <v>62492.81878</v>
       </c>
       <c r="I498" t="s">
         <v>28</v>
       </c>
       <c r="J498">
         <v>12.923</v>
       </c>
       <c r="K498" s="2">
         <v>45161.0</v>
       </c>
       <c r="L498" s="2">
         <v>46078.0</v>
       </c>
       <c r="M498">
         <v>15000</v>
       </c>
       <c r="N498">
         <v>1000.0</v>
       </c>
       <c r="O498" t="s">
         <v>28</v>
       </c>
       <c r="P498">
-        <v>0.323075</v>
+        <v>0.394869</v>
       </c>
       <c r="Q498">
-        <v>101.823075</v>
+        <v>100.52</v>
       </c>
       <c r="R498">
-        <v>105.323</v>
+        <v>100.794869</v>
       </c>
       <c r="S498">
-        <v>101.5</v>
+        <v>100.125131</v>
       </c>
       <c r="T498">
-        <v>104.999925</v>
+        <v>100.4</v>
+      </c>
+      <c r="X498">
+        <v>4</v>
       </c>
     </row>
     <row r="499" spans="1:24">
       <c r="A499" s="2">
-        <v>45289.476122685</v>
+        <v>45352.657766204</v>
       </c>
       <c r="B499" t="s">
         <v>24</v>
       </c>
       <c r="C499" t="s">
         <v>25</v>
       </c>
       <c r="D499" t="s">
         <v>26</v>
       </c>
       <c r="E499" t="s">
         <v>27</v>
       </c>
       <c r="F499">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="G499">
-        <v>102.787178</v>
+        <v>100.758972</v>
       </c>
       <c r="H499">
-        <v>1027.87178</v>
+        <v>14106.25608</v>
       </c>
       <c r="I499" t="s">
         <v>28</v>
       </c>
       <c r="J499">
         <v>12.923</v>
       </c>
       <c r="K499" s="2">
         <v>45161.0</v>
       </c>
       <c r="L499" s="2">
         <v>46078.0</v>
       </c>
       <c r="M499">
         <v>15000</v>
       </c>
       <c r="N499">
         <v>1000.0</v>
       </c>
       <c r="O499" t="s">
         <v>28</v>
       </c>
       <c r="P499">
-        <v>0.287178</v>
+        <v>0.358972</v>
       </c>
       <c r="Q499">
-        <v>101.787178</v>
+        <v>100.484</v>
       </c>
       <c r="R499">
-        <v>102.787178</v>
+        <v>100.758972</v>
       </c>
       <c r="S499">
-        <v>101.5</v>
+        <v>100.125028</v>
       </c>
       <c r="T499">
-        <v>102.5</v>
+        <v>100.4</v>
       </c>
       <c r="X499">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:24">
       <c r="A500" s="2">
-        <v>45288.65275463</v>
+        <v>45351.648009259</v>
       </c>
       <c r="B500" t="s">
         <v>24</v>
       </c>
       <c r="C500" t="s">
         <v>25</v>
       </c>
       <c r="D500" t="s">
         <v>26</v>
       </c>
       <c r="E500" t="s">
         <v>27</v>
       </c>
       <c r="F500">
-        <v>0.1</v>
+        <v>0.31</v>
       </c>
       <c r="G500">
-        <v>102.751281</v>
+        <v>100.723075</v>
       </c>
       <c r="H500">
-        <v>1027.51281</v>
+        <v>124663.613</v>
       </c>
       <c r="I500" t="s">
         <v>28</v>
       </c>
       <c r="J500">
         <v>12.923</v>
       </c>
       <c r="K500" s="2">
         <v>45161.0</v>
       </c>
       <c r="L500" s="2">
         <v>46078.0</v>
       </c>
       <c r="M500">
         <v>15000</v>
       </c>
       <c r="N500">
         <v>1000.0</v>
       </c>
       <c r="O500" t="s">
         <v>28</v>
       </c>
       <c r="P500">
-        <v>0.251281</v>
+        <v>0.323075</v>
       </c>
       <c r="Q500">
-        <v>101.751281</v>
+        <v>100.523075</v>
       </c>
       <c r="R500">
-        <v>102.751281</v>
+        <v>100.723075</v>
       </c>
       <c r="S500">
-        <v>101.5</v>
+        <v>100.2</v>
       </c>
       <c r="T500">
-        <v>102.5</v>
+        <v>100.4</v>
       </c>
       <c r="X500">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="501" spans="1:24">
       <c r="A501" s="2">
-        <v>45287.627743056</v>
+        <v>45350.653530093</v>
       </c>
       <c r="B501" t="s">
         <v>24</v>
       </c>
       <c r="C501" t="s">
         <v>25</v>
       </c>
       <c r="D501" t="s">
         <v>26</v>
       </c>
       <c r="E501" t="s">
         <v>27</v>
       </c>
       <c r="F501">
-        <v>0.07</v>
+        <v>-0.23</v>
       </c>
       <c r="G501">
-        <v>102.643589</v>
+        <v>100.415383</v>
       </c>
       <c r="H501">
-        <v>5132.17945</v>
+        <v>110783.9213</v>
       </c>
       <c r="I501" t="s">
         <v>28</v>
       </c>
       <c r="J501">
         <v>12.923</v>
       </c>
       <c r="K501" s="2">
         <v>45161.0</v>
       </c>
       <c r="L501" s="2">
         <v>46078.0</v>
       </c>
       <c r="M501">
         <v>15000</v>
       </c>
       <c r="N501">
         <v>1000.0</v>
       </c>
       <c r="O501" t="s">
         <v>28</v>
       </c>
       <c r="P501">
-        <v>0.143589</v>
+        <v>0.215383</v>
       </c>
       <c r="Q501">
-        <v>101.643589</v>
+        <v>100.415383</v>
       </c>
       <c r="R501">
-        <v>102.643589</v>
+        <v>100.715383</v>
       </c>
       <c r="S501">
-        <v>101.5</v>
+        <v>100.2</v>
       </c>
       <c r="T501">
-        <v>102.5</v>
+        <v>100.5</v>
       </c>
       <c r="X501">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="502" spans="1:24">
       <c r="A502" s="2">
-        <v>45282.474259259</v>
+        <v>45349.52224537</v>
       </c>
       <c r="B502" t="s">
         <v>24</v>
       </c>
       <c r="C502" t="s">
         <v>25</v>
       </c>
       <c r="D502" t="s">
         <v>26</v>
       </c>
       <c r="E502" t="s">
         <v>27</v>
       </c>
+      <c r="F502">
+        <v>0.04</v>
+      </c>
       <c r="G502">
-        <v>102.571794</v>
+        <v>100.643589</v>
+      </c>
+      <c r="H502">
+        <v>12074.23068</v>
       </c>
       <c r="I502" t="s">
         <v>28</v>
       </c>
       <c r="J502">
         <v>12.923</v>
       </c>
       <c r="K502" s="2">
         <v>45161.0</v>
       </c>
       <c r="L502" s="2">
         <v>46078.0</v>
       </c>
       <c r="M502">
         <v>15000</v>
       </c>
       <c r="N502">
         <v>1000.0</v>
       </c>
       <c r="O502" t="s">
         <v>28</v>
       </c>
       <c r="P502">
-        <v>0.107692</v>
+        <v>0.143589</v>
       </c>
       <c r="Q502">
-        <v>100.608</v>
+        <v>100.343589</v>
       </c>
       <c r="R502">
-        <v>102.607692</v>
+        <v>100.643589</v>
       </c>
       <c r="S502">
-        <v>100.500308</v>
+        <v>100.2</v>
       </c>
       <c r="T502">
-        <v>102.5</v>
+        <v>100.5</v>
+      </c>
+      <c r="X502">
+        <v>3</v>
       </c>
     </row>
     <row r="503" spans="1:24">
       <c r="A503" s="2">
-        <v>45281.639351852</v>
+        <v>45348.448483796</v>
       </c>
       <c r="B503" t="s">
         <v>24</v>
       </c>
       <c r="C503" t="s">
         <v>25</v>
       </c>
       <c r="D503" t="s">
         <v>26</v>
       </c>
       <c r="E503" t="s">
         <v>27</v>
       </c>
       <c r="F503">
-        <v>0.18</v>
+        <v>0.07</v>
       </c>
       <c r="G503">
-        <v>102.571794</v>
+        <v>100.607692</v>
       </c>
       <c r="H503">
-        <v>26668.66644</v>
+        <v>2012.15384</v>
       </c>
       <c r="I503" t="s">
         <v>28</v>
       </c>
       <c r="J503">
         <v>12.923</v>
       </c>
       <c r="K503" s="2">
         <v>45161.0</v>
       </c>
       <c r="L503" s="2">
         <v>46078.0</v>
       </c>
       <c r="M503">
         <v>15000</v>
       </c>
       <c r="N503">
         <v>1000.0</v>
       </c>
       <c r="O503" t="s">
         <v>28</v>
       </c>
       <c r="P503">
-        <v>0.071794</v>
+        <v>0.107692</v>
       </c>
       <c r="Q503">
-        <v>100.571794</v>
+        <v>100.307692</v>
       </c>
       <c r="R503">
-        <v>105.07</v>
+        <v>100.607692</v>
       </c>
       <c r="S503">
+        <v>100.2</v>
+      </c>
+      <c r="T503">
         <v>100.5</v>
       </c>
-      <c r="T503">
-[...1 lines deleted...]
-      </c>
       <c r="X503">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:24">
       <c r="A504" s="2">
-        <v>45280.594641204</v>
+        <v>45345.645763889</v>
       </c>
       <c r="B504" t="s">
         <v>24</v>
       </c>
       <c r="C504" t="s">
         <v>25</v>
       </c>
       <c r="D504" t="s">
         <v>26</v>
       </c>
       <c r="E504" t="s">
         <v>27</v>
       </c>
-      <c r="F504">
-[...1 lines deleted...]
-      </c>
       <c r="G504">
-        <v>102.392217</v>
-[...2 lines deleted...]
-        <v>5119.61085</v>
+        <v>100.535897</v>
       </c>
       <c r="I504" t="s">
         <v>28</v>
       </c>
       <c r="J504">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K504" s="2">
         <v>45161.0</v>
       </c>
       <c r="L504" s="2">
         <v>46078.0</v>
       </c>
       <c r="M504">
         <v>15000</v>
       </c>
       <c r="N504">
         <v>1000.0</v>
       </c>
       <c r="O504" t="s">
         <v>28</v>
       </c>
       <c r="P504">
-        <v>-0.107783</v>
+        <v>0.071794</v>
       </c>
       <c r="Q504">
-        <v>100.492217</v>
+        <v>100.371791</v>
       </c>
       <c r="R504">
-        <v>102.392217</v>
+        <v>100.571794</v>
       </c>
       <c r="S504">
-        <v>100.6</v>
+        <v>100.299997</v>
       </c>
       <c r="T504">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="505" spans="1:24">
       <c r="A505" s="2">
-        <v>45279.488275463</v>
+        <v>45344.512569444</v>
       </c>
       <c r="B505" t="s">
         <v>24</v>
       </c>
       <c r="C505" t="s">
         <v>25</v>
       </c>
       <c r="D505" t="s">
         <v>26</v>
       </c>
       <c r="E505" t="s">
         <v>27</v>
       </c>
       <c r="F505">
-        <v>0.56</v>
+        <v>0.44</v>
       </c>
       <c r="G505">
-        <v>102.356289</v>
+        <v>100.535897</v>
       </c>
       <c r="H505">
-        <v>10235.6289</v>
+        <v>123550.15331</v>
       </c>
       <c r="I505" t="s">
         <v>28</v>
       </c>
       <c r="J505">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K505" s="2">
         <v>45161.0</v>
       </c>
       <c r="L505" s="2">
         <v>46078.0</v>
       </c>
       <c r="M505">
         <v>15000</v>
       </c>
       <c r="N505">
         <v>1000.0</v>
       </c>
       <c r="O505" t="s">
         <v>28</v>
       </c>
       <c r="P505">
-        <v>-0.143711</v>
+        <v>0.035897</v>
       </c>
       <c r="Q505">
-        <v>100.056289</v>
+        <v>100.235897</v>
       </c>
       <c r="R505">
-        <v>102.356289</v>
+        <v>100.535897</v>
       </c>
       <c r="S505">
         <v>100.2</v>
       </c>
       <c r="T505">
-        <v>102.5</v>
+        <v>100.5</v>
       </c>
       <c r="X505">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="506" spans="1:24">
       <c r="A506" s="2">
-        <v>45278.46087963</v>
+        <v>45343.609166667</v>
       </c>
       <c r="B506" t="s">
         <v>24</v>
       </c>
       <c r="C506" t="s">
         <v>25</v>
       </c>
       <c r="D506" t="s">
         <v>26</v>
       </c>
       <c r="E506" t="s">
         <v>27</v>
       </c>
       <c r="G506">
-        <v>101.784433</v>
+        <v>100.092308</v>
       </c>
       <c r="I506" t="s">
         <v>28</v>
       </c>
       <c r="J506">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K506" s="2">
         <v>45161.0</v>
       </c>
       <c r="L506" s="2">
         <v>46078.0</v>
       </c>
       <c r="M506">
         <v>15000</v>
       </c>
       <c r="N506">
         <v>1000.0</v>
       </c>
       <c r="O506" t="s">
         <v>28</v>
       </c>
       <c r="P506">
-        <v>-0.179639</v>
+        <v>-0.071794</v>
       </c>
       <c r="Q506">
-        <v>99.823</v>
+        <v>98.43</v>
       </c>
       <c r="R506">
-        <v>102.320361</v>
+        <v>100.128206</v>
       </c>
       <c r="S506">
-        <v>100.002639</v>
+        <v>98.501794</v>
       </c>
       <c r="T506">
-        <v>102.5</v>
+        <v>100.2</v>
       </c>
     </row>
     <row r="507" spans="1:24">
       <c r="A507" s="2">
-        <v>45275.445740741</v>
+        <v>45342.612847222</v>
       </c>
       <c r="B507" t="s">
         <v>24</v>
       </c>
       <c r="C507" t="s">
         <v>25</v>
       </c>
       <c r="D507" t="s">
         <v>26</v>
       </c>
       <c r="E507" t="s">
         <v>27</v>
       </c>
       <c r="F507">
-        <v>-1.01</v>
+        <v>0.09</v>
       </c>
       <c r="G507">
-        <v>101.784433</v>
+        <v>100.092308</v>
       </c>
       <c r="H507">
-        <v>2035.68866</v>
+        <v>16014.76928</v>
       </c>
       <c r="I507" t="s">
         <v>28</v>
       </c>
       <c r="J507">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K507" s="2">
         <v>45161.0</v>
       </c>
       <c r="L507" s="2">
         <v>46078.0</v>
       </c>
       <c r="M507">
         <v>15000</v>
       </c>
       <c r="N507">
         <v>1000.0</v>
       </c>
       <c r="O507" t="s">
         <v>28</v>
       </c>
       <c r="P507">
-        <v>-0.215567</v>
+        <v>-0.107692</v>
       </c>
       <c r="Q507">
-        <v>99.786</v>
+        <v>98.4</v>
       </c>
       <c r="R507">
-        <v>102.284433</v>
+        <v>100.092308</v>
       </c>
       <c r="S507">
-        <v>100.001567</v>
+        <v>98.507692</v>
       </c>
       <c r="T507">
-        <v>102.5</v>
+        <v>100.2</v>
       </c>
       <c r="X507">
         <v>2</v>
       </c>
     </row>
     <row r="508" spans="1:24">
       <c r="A508" s="2">
-        <v>45274.57337963</v>
+        <v>45341.655208333</v>
       </c>
       <c r="B508" t="s">
         <v>24</v>
       </c>
       <c r="C508" t="s">
         <v>25</v>
       </c>
       <c r="D508" t="s">
         <v>26</v>
       </c>
       <c r="E508" t="s">
         <v>27</v>
       </c>
       <c r="F508">
-        <v>0.1</v>
+        <v>-0.07</v>
       </c>
       <c r="G508">
-        <v>102.826339</v>
+        <v>100.0</v>
       </c>
       <c r="H508">
-        <v>1028.26339</v>
+        <v>164790.23618</v>
       </c>
       <c r="I508" t="s">
         <v>28</v>
       </c>
       <c r="J508">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K508" s="2">
         <v>45161.0</v>
       </c>
       <c r="L508" s="2">
         <v>46078.0</v>
       </c>
       <c r="M508">
         <v>15000</v>
       </c>
       <c r="N508">
         <v>1000.0</v>
       </c>
       <c r="O508" t="s">
         <v>28</v>
       </c>
       <c r="P508">
-        <v>0.826339</v>
+        <v>-0.143589</v>
       </c>
       <c r="Q508">
-        <v>102.326339</v>
+        <v>100.0</v>
       </c>
       <c r="R508">
-        <v>102.826339</v>
+        <v>100.056411</v>
       </c>
       <c r="S508">
-        <v>101.5</v>
+        <v>100.143589</v>
       </c>
       <c r="T508">
-        <v>102.0</v>
+        <v>100.2</v>
       </c>
       <c r="X508">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="509" spans="1:24">
       <c r="A509" s="2">
-        <v>45273.601875</v>
+        <v>45338.559236111</v>
       </c>
       <c r="B509" t="s">
         <v>24</v>
       </c>
       <c r="C509" t="s">
         <v>25</v>
       </c>
       <c r="D509" t="s">
         <v>26</v>
       </c>
       <c r="E509" t="s">
         <v>27</v>
       </c>
       <c r="F509">
-        <v>-0.45</v>
+        <v>-1.03</v>
       </c>
       <c r="G509">
-        <v>102.718556</v>
+        <v>100.070514</v>
       </c>
       <c r="H509">
-        <v>7190.29892</v>
+        <v>12008.46168</v>
       </c>
       <c r="I509" t="s">
         <v>28</v>
       </c>
       <c r="J509">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K509" s="2">
         <v>45161.0</v>
       </c>
       <c r="L509" s="2">
         <v>46078.0</v>
       </c>
       <c r="M509">
         <v>15000</v>
       </c>
       <c r="N509">
         <v>1000.0</v>
       </c>
       <c r="O509" t="s">
         <v>28</v>
       </c>
       <c r="P509">
-        <v>0.718556</v>
+        <v>-0.179486</v>
       </c>
       <c r="Q509">
-        <v>101.218556</v>
+        <v>99.820514</v>
       </c>
       <c r="R509">
-        <v>102.718556</v>
+        <v>100.070514</v>
       </c>
       <c r="S509">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T509">
-        <v>102.0</v>
+        <v>100.25</v>
       </c>
       <c r="X509">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="510" spans="1:24">
       <c r="A510" s="2">
-        <v>45272.645474537</v>
+        <v>45337.621585648</v>
       </c>
       <c r="B510" t="s">
         <v>24</v>
       </c>
       <c r="C510" t="s">
         <v>25</v>
       </c>
       <c r="D510" t="s">
         <v>26</v>
       </c>
       <c r="E510" t="s">
         <v>27</v>
       </c>
       <c r="F510">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="G510">
-        <v>103.18</v>
+        <v>101.111533</v>
       </c>
       <c r="H510">
-        <v>9286.41024</v>
+        <v>139257.07554</v>
       </c>
       <c r="I510" t="s">
         <v>28</v>
       </c>
       <c r="J510">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K510" s="2">
         <v>45161.0</v>
       </c>
       <c r="L510" s="2">
         <v>46078.0</v>
       </c>
       <c r="M510">
         <v>15000</v>
       </c>
       <c r="N510">
         <v>1000.0</v>
       </c>
       <c r="O510" t="s">
         <v>28</v>
       </c>
       <c r="P510">
-        <v>0.682628</v>
+        <v>0.861533</v>
       </c>
       <c r="Q510">
-        <v>102.682628</v>
+        <v>100.861533</v>
       </c>
       <c r="R510">
-        <v>103.18</v>
+        <v>101.111533</v>
       </c>
       <c r="S510">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T510">
-        <v>102.497372</v>
+        <v>100.25</v>
       </c>
       <c r="X510">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:24">
       <c r="A511" s="2">
-        <v>45271.649664352</v>
+        <v>45336.653831019</v>
       </c>
       <c r="B511" t="s">
         <v>24</v>
       </c>
       <c r="C511" t="s">
         <v>25</v>
       </c>
       <c r="D511" t="s">
         <v>26</v>
       </c>
       <c r="E511" t="s">
         <v>27</v>
       </c>
       <c r="F511">
-        <v>2.22</v>
+        <v>-0.21</v>
       </c>
       <c r="G511">
-        <v>103.1467</v>
+        <v>101.003842</v>
       </c>
       <c r="H511">
-        <v>11288.869</v>
+        <v>34346.30628</v>
       </c>
       <c r="I511" t="s">
         <v>28</v>
       </c>
       <c r="J511">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K511" s="2">
         <v>45161.0</v>
       </c>
       <c r="L511" s="2">
         <v>46078.0</v>
       </c>
       <c r="M511">
         <v>15000</v>
       </c>
       <c r="N511">
         <v>1000.0</v>
       </c>
       <c r="O511" t="s">
         <v>28</v>
       </c>
       <c r="P511">
-        <v>0.6467</v>
+        <v>0.753842</v>
       </c>
       <c r="Q511">
-        <v>102.6467</v>
+        <v>100.803842</v>
       </c>
       <c r="R511">
-        <v>103.14</v>
+        <v>101.003842</v>
       </c>
       <c r="S511">
-        <v>102.0</v>
+        <v>100.05</v>
       </c>
       <c r="T511">
-        <v>102.4933</v>
+        <v>100.25</v>
       </c>
       <c r="X511">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="512" spans="1:24">
       <c r="A512" s="2">
-        <v>45268.597905093</v>
+        <v>45335.586909722</v>
       </c>
       <c r="B512" t="s">
         <v>24</v>
       </c>
       <c r="C512" t="s">
         <v>25</v>
       </c>
       <c r="D512" t="s">
         <v>26</v>
       </c>
       <c r="E512" t="s">
         <v>27</v>
       </c>
       <c r="F512">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
       <c r="G512">
-        <v>100.910772</v>
+        <v>101.217944</v>
       </c>
       <c r="H512">
-        <v>3027.32316</v>
+        <v>63767.30472</v>
       </c>
       <c r="I512" t="s">
         <v>28</v>
       </c>
       <c r="J512">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K512" s="2">
         <v>45161.0</v>
       </c>
       <c r="L512" s="2">
         <v>46078.0</v>
       </c>
       <c r="M512">
         <v>15000</v>
       </c>
       <c r="N512">
         <v>1000.0</v>
       </c>
       <c r="O512" t="s">
         <v>28</v>
       </c>
       <c r="P512">
-        <v>0.610772</v>
+        <v>0.717944</v>
       </c>
       <c r="Q512">
-        <v>101.120772</v>
+        <v>100.767944</v>
       </c>
       <c r="R512">
-        <v>103.11</v>
+        <v>101.217944</v>
       </c>
       <c r="S512">
-        <v>100.51</v>
+        <v>100.05</v>
       </c>
       <c r="T512">
-        <v>102.499228</v>
+        <v>100.5</v>
       </c>
       <c r="X512">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="513" spans="1:24">
       <c r="A513" s="2">
-        <v>45267.627881944</v>
+        <v>45334.416921296</v>
       </c>
       <c r="B513" t="s">
         <v>24</v>
       </c>
       <c r="C513" t="s">
         <v>25</v>
       </c>
       <c r="D513" t="s">
         <v>26</v>
       </c>
       <c r="E513" t="s">
         <v>27</v>
       </c>
-      <c r="F513">
-[...1 lines deleted...]
-      </c>
       <c r="G513">
-        <v>100.874844</v>
-[...2 lines deleted...]
-        <v>28232.95632</v>
+        <v>101.14615</v>
       </c>
       <c r="I513" t="s">
         <v>28</v>
       </c>
       <c r="J513">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K513" s="2">
         <v>45161.0</v>
       </c>
       <c r="L513" s="2">
         <v>46078.0</v>
       </c>
       <c r="M513">
         <v>15000</v>
       </c>
       <c r="N513">
         <v>1000.0</v>
       </c>
       <c r="O513" t="s">
         <v>28</v>
       </c>
       <c r="P513">
-        <v>0.574844</v>
+        <v>0.682047</v>
       </c>
       <c r="Q513">
-        <v>100.61</v>
+        <v>100.732047</v>
       </c>
       <c r="R513">
-        <v>100.874844</v>
+        <v>101.182047</v>
       </c>
       <c r="S513">
-        <v>100.035156</v>
+        <v>100.05</v>
       </c>
       <c r="T513">
-        <v>100.3</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="514" spans="1:24">
       <c r="A514" s="2">
-        <v>45266.646180556</v>
+        <v>45331.661898148</v>
       </c>
       <c r="B514" t="s">
         <v>24</v>
       </c>
       <c r="C514" t="s">
         <v>25</v>
       </c>
       <c r="D514" t="s">
         <v>26</v>
       </c>
       <c r="E514" t="s">
         <v>27</v>
       </c>
       <c r="F514">
-        <v>-0.16</v>
+        <v>0.04</v>
       </c>
       <c r="G514">
-        <v>100.767061</v>
+        <v>101.14615</v>
       </c>
       <c r="H514">
-        <v>164508.30943</v>
+        <v>16183.384</v>
       </c>
       <c r="I514" t="s">
         <v>28</v>
       </c>
       <c r="J514">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K514" s="2">
         <v>45161.0</v>
       </c>
       <c r="L514" s="2">
         <v>46078.0</v>
       </c>
       <c r="M514">
         <v>15000</v>
       </c>
       <c r="N514">
         <v>1000.0</v>
       </c>
       <c r="O514" t="s">
         <v>28</v>
       </c>
       <c r="P514">
-        <v>0.467061</v>
+        <v>0.64615</v>
       </c>
       <c r="Q514">
-        <v>100.47</v>
+        <v>100.69615</v>
       </c>
       <c r="R514">
-        <v>100.767061</v>
+        <v>101.14615</v>
       </c>
       <c r="S514">
-        <v>100.002939</v>
+        <v>100.05</v>
       </c>
       <c r="T514">
-        <v>100.3</v>
+        <v>100.5</v>
       </c>
       <c r="X514">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="515" spans="1:24">
       <c r="A515" s="2">
-        <v>45265.5971875</v>
+        <v>45330.518032407</v>
       </c>
       <c r="B515" t="s">
         <v>24</v>
       </c>
       <c r="C515" t="s">
         <v>25</v>
       </c>
       <c r="D515" t="s">
         <v>26</v>
       </c>
       <c r="E515" t="s">
         <v>27</v>
       </c>
       <c r="F515">
-        <v>-1.84</v>
+        <v>0.11</v>
       </c>
       <c r="G515">
-        <v>100.931133</v>
+        <v>101.110253</v>
       </c>
       <c r="H515">
-        <v>100951.133</v>
+        <v>54599.53662</v>
       </c>
       <c r="I515" t="s">
         <v>28</v>
       </c>
       <c r="J515">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K515" s="2">
         <v>45161.0</v>
       </c>
       <c r="L515" s="2">
         <v>46078.0</v>
       </c>
       <c r="M515">
         <v>15000</v>
       </c>
       <c r="N515">
         <v>1000.0</v>
       </c>
       <c r="O515" t="s">
         <v>28</v>
       </c>
       <c r="P515">
-        <v>0.431133</v>
+        <v>0.610253</v>
       </c>
       <c r="Q515">
-        <v>100.931133</v>
+        <v>100.660253</v>
       </c>
       <c r="R515">
-        <v>102.93</v>
+        <v>101.110253</v>
       </c>
       <c r="S515">
+        <v>100.05</v>
+      </c>
+      <c r="T515">
         <v>100.5</v>
       </c>
-      <c r="T515">
-[...1 lines deleted...]
-      </c>
       <c r="X515">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="516" spans="1:24">
       <c r="A516" s="2">
-        <v>45264.524421296</v>
+        <v>45329.567476852</v>
       </c>
       <c r="B516" t="s">
         <v>24</v>
       </c>
       <c r="C516" t="s">
         <v>25</v>
       </c>
       <c r="D516" t="s">
         <v>26</v>
       </c>
       <c r="E516" t="s">
         <v>27</v>
       </c>
+      <c r="F516">
+        <v>0.07</v>
+      </c>
       <c r="G516">
-        <v>102.823</v>
+        <v>101.002561</v>
+      </c>
+      <c r="H516">
+        <v>16160.40976</v>
       </c>
       <c r="I516" t="s">
         <v>28</v>
       </c>
       <c r="J516">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K516" s="2">
         <v>45161.0</v>
       </c>
       <c r="L516" s="2">
         <v>46078.0</v>
       </c>
       <c r="M516">
         <v>15000</v>
       </c>
       <c r="N516">
         <v>1000.0</v>
       </c>
       <c r="O516" t="s">
         <v>28</v>
       </c>
       <c r="P516">
-        <v>0.395206</v>
+        <v>0.502561</v>
       </c>
       <c r="Q516">
-        <v>100.496</v>
+        <v>100.552561</v>
       </c>
       <c r="R516">
-        <v>102.895206</v>
+        <v>101.002561</v>
       </c>
       <c r="S516">
-        <v>100.100794</v>
+        <v>100.05</v>
       </c>
       <c r="T516">
-        <v>102.5</v>
+        <v>100.5</v>
+      </c>
+      <c r="X516">
+        <v>2</v>
       </c>
     </row>
     <row r="517" spans="1:24">
       <c r="A517" s="2">
-        <v>45261.556493056</v>
+        <v>45328.450601852</v>
       </c>
       <c r="B517" t="s">
         <v>24</v>
       </c>
       <c r="C517" t="s">
         <v>25</v>
       </c>
       <c r="D517" t="s">
         <v>26</v>
       </c>
       <c r="E517" t="s">
         <v>27</v>
       </c>
       <c r="G517">
-        <v>102.823</v>
+        <v>100.930767</v>
       </c>
       <c r="I517" t="s">
         <v>28</v>
       </c>
       <c r="J517">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K517" s="2">
         <v>45161.0</v>
       </c>
       <c r="L517" s="2">
         <v>46078.0</v>
       </c>
       <c r="M517">
         <v>15000</v>
       </c>
       <c r="N517">
         <v>1000.0</v>
       </c>
       <c r="O517" t="s">
         <v>28</v>
       </c>
       <c r="P517">
-        <v>0.359278</v>
+        <v>0.466664</v>
       </c>
       <c r="Q517">
-        <v>101.559278</v>
+        <v>100.47</v>
       </c>
       <c r="R517">
-        <v>102.85</v>
+        <v>100.966664</v>
       </c>
       <c r="S517">
-        <v>101.2</v>
+        <v>100.003336</v>
       </c>
       <c r="T517">
-        <v>102.490722</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="518" spans="1:24">
       <c r="A518" s="2">
-        <v>45260.555393519</v>
+        <v>45327.527106481</v>
       </c>
       <c r="B518" t="s">
         <v>24</v>
       </c>
       <c r="C518" t="s">
         <v>25</v>
       </c>
       <c r="D518" t="s">
         <v>26</v>
       </c>
       <c r="E518" t="s">
         <v>27</v>
       </c>
       <c r="F518">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="G518">
-        <v>102.823</v>
+        <v>100.930767</v>
       </c>
       <c r="H518">
-        <v>5141.1605</v>
+        <v>10093.0767</v>
       </c>
       <c r="I518" t="s">
         <v>28</v>
       </c>
       <c r="J518">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K518" s="2">
         <v>45161.0</v>
       </c>
       <c r="L518" s="2">
         <v>46078.0</v>
       </c>
       <c r="M518">
         <v>15000</v>
       </c>
       <c r="N518">
         <v>1000.0</v>
       </c>
       <c r="O518" t="s">
         <v>28</v>
       </c>
       <c r="P518">
-        <v>0.32335</v>
+        <v>0.430767</v>
       </c>
       <c r="Q518">
-        <v>101.32335</v>
+        <v>100.44</v>
       </c>
       <c r="R518">
-        <v>102.823</v>
+        <v>100.930767</v>
       </c>
       <c r="S518">
-        <v>101.0</v>
+        <v>100.009233</v>
       </c>
       <c r="T518">
-        <v>102.49965</v>
+        <v>100.5</v>
       </c>
       <c r="X518">
         <v>2</v>
       </c>
     </row>
     <row r="519" spans="1:24">
       <c r="A519" s="2">
-        <v>45259.508877315</v>
+        <v>45324.664502315</v>
       </c>
       <c r="B519" t="s">
         <v>24</v>
       </c>
       <c r="C519" t="s">
         <v>25</v>
       </c>
       <c r="D519" t="s">
         <v>26</v>
       </c>
       <c r="E519" t="s">
         <v>27</v>
       </c>
       <c r="F519">
-        <v>1.92</v>
+        <v>0.04</v>
       </c>
       <c r="G519">
-        <v>102.715</v>
+        <v>100.894869</v>
       </c>
       <c r="H519">
-        <v>1027.15</v>
+        <v>70626.4083</v>
       </c>
       <c r="I519" t="s">
         <v>28</v>
       </c>
       <c r="J519">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K519" s="2">
         <v>45161.0</v>
       </c>
       <c r="L519" s="2">
         <v>46078.0</v>
       </c>
       <c r="M519">
         <v>15000</v>
       </c>
       <c r="N519">
         <v>1000.0</v>
       </c>
       <c r="O519" t="s">
         <v>28</v>
       </c>
       <c r="P519">
-        <v>0.215567</v>
+        <v>0.394869</v>
       </c>
       <c r="Q519">
-        <v>100.715567</v>
+        <v>100.396869</v>
       </c>
       <c r="R519">
-        <v>102.715</v>
+        <v>100.894869</v>
       </c>
       <c r="S519">
+        <v>100.002</v>
+      </c>
+      <c r="T519">
         <v>100.5</v>
       </c>
-      <c r="T519">
-[...1 lines deleted...]
-      </c>
       <c r="X519">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="520" spans="1:24">
       <c r="A520" s="2">
-        <v>45258.662152778</v>
+        <v>45323.651446759</v>
       </c>
       <c r="B520" t="s">
         <v>24</v>
       </c>
       <c r="C520" t="s">
         <v>25</v>
       </c>
       <c r="D520" t="s">
         <v>26</v>
       </c>
       <c r="E520" t="s">
         <v>27</v>
       </c>
       <c r="F520">
-        <v>0.07</v>
+        <v>-1.81</v>
       </c>
       <c r="G520">
-        <v>100.779639</v>
+        <v>100.858972</v>
       </c>
       <c r="H520">
-        <v>45350.83755</v>
+        <v>25223.743</v>
       </c>
       <c r="I520" t="s">
         <v>28</v>
       </c>
       <c r="J520">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K520" s="2">
         <v>45161.0</v>
       </c>
       <c r="L520" s="2">
         <v>46078.0</v>
       </c>
       <c r="M520">
         <v>15000</v>
       </c>
       <c r="N520">
         <v>1000.0</v>
       </c>
       <c r="O520" t="s">
         <v>28</v>
       </c>
       <c r="P520">
-        <v>0.179639</v>
+        <v>0.358972</v>
       </c>
       <c r="Q520">
-        <v>100.779639</v>
+        <v>100.37</v>
       </c>
       <c r="R520">
-        <v>102.679639</v>
+        <v>100.858972</v>
       </c>
       <c r="S520">
-        <v>100.6</v>
+        <v>100.011028</v>
       </c>
       <c r="T520">
-        <v>102.5</v>
+        <v>100.5</v>
       </c>
       <c r="X520">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="521" spans="1:24">
       <c r="A521" s="2">
-        <v>45257.539282407</v>
+        <v>45322.452974537</v>
       </c>
       <c r="B521" t="s">
         <v>24</v>
       </c>
       <c r="C521" t="s">
         <v>25</v>
       </c>
       <c r="D521" t="s">
         <v>26</v>
       </c>
       <c r="E521" t="s">
         <v>27</v>
       </c>
       <c r="G521">
-        <v>100.707783</v>
+        <v>102.715383</v>
       </c>
       <c r="I521" t="s">
         <v>28</v>
       </c>
       <c r="J521">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K521" s="2">
         <v>45161.0</v>
       </c>
       <c r="L521" s="2">
         <v>46078.0</v>
       </c>
       <c r="M521">
         <v>15000</v>
       </c>
       <c r="N521">
         <v>1000.0</v>
       </c>
       <c r="O521" t="s">
         <v>28</v>
       </c>
       <c r="P521">
-        <v>0.143711</v>
+        <v>0.251281</v>
       </c>
       <c r="Q521">
-        <v>100.245</v>
+        <v>101.051281</v>
       </c>
       <c r="R521">
-        <v>100.743711</v>
+        <v>102.751281</v>
       </c>
       <c r="S521">
-        <v>100.101289</v>
+        <v>100.8</v>
       </c>
       <c r="T521">
-        <v>100.6</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="522" spans="1:24">
       <c r="A522" s="2">
-        <v>45254.545138889</v>
+        <v>45321.637488426</v>
       </c>
       <c r="B522" t="s">
         <v>24</v>
       </c>
       <c r="C522" t="s">
         <v>25</v>
       </c>
       <c r="D522" t="s">
         <v>26</v>
       </c>
       <c r="E522" t="s">
         <v>27</v>
       </c>
       <c r="F522">
-        <v>0.18</v>
+        <v>2.02</v>
       </c>
       <c r="G522">
-        <v>100.707783</v>
+        <v>102.715383</v>
       </c>
       <c r="H522">
-        <v>20141.5566</v>
+        <v>9244.36532</v>
       </c>
       <c r="I522" t="s">
         <v>28</v>
       </c>
       <c r="J522">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K522" s="2">
         <v>45161.0</v>
       </c>
       <c r="L522" s="2">
         <v>46078.0</v>
       </c>
       <c r="M522">
         <v>15000</v>
       </c>
       <c r="N522">
         <v>1000.0</v>
       </c>
       <c r="O522" t="s">
         <v>28</v>
       </c>
       <c r="P522">
-        <v>0.107783</v>
+        <v>0.215383</v>
       </c>
       <c r="Q522">
-        <v>100.1078</v>
+        <v>100.715383</v>
       </c>
       <c r="R522">
-        <v>100.707783</v>
+        <v>102.715</v>
       </c>
       <c r="S522">
-        <v>100.000017</v>
+        <v>100.5</v>
       </c>
       <c r="T522">
-        <v>100.6</v>
+        <v>102.499617</v>
       </c>
       <c r="X522">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="523" spans="1:24">
       <c r="A523" s="2">
-        <v>45253.485752315</v>
+        <v>45320.626400463</v>
       </c>
       <c r="B523" t="s">
         <v>24</v>
       </c>
       <c r="C523" t="s">
         <v>25</v>
       </c>
       <c r="D523" t="s">
         <v>26</v>
       </c>
       <c r="E523" t="s">
         <v>27</v>
       </c>
       <c r="G523">
-        <v>100.528144</v>
+        <v>100.679486</v>
+      </c>
+      <c r="H523">
+        <v>16108.71776</v>
       </c>
       <c r="I523" t="s">
         <v>28</v>
       </c>
       <c r="J523">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K523" s="2">
         <v>45161.0</v>
       </c>
       <c r="L523" s="2">
         <v>46078.0</v>
       </c>
       <c r="M523">
         <v>15000</v>
       </c>
       <c r="N523">
         <v>1000.0</v>
       </c>
       <c r="O523" t="s">
         <v>28</v>
       </c>
       <c r="P523">
-        <v>0.071856</v>
+        <v>0.179486</v>
       </c>
       <c r="Q523">
-        <v>100.0719</v>
+        <v>100.879486</v>
       </c>
       <c r="R523">
-        <v>100.671856</v>
+        <v>102.679486</v>
       </c>
       <c r="S523">
-        <v>100.000044</v>
+        <v>100.7</v>
       </c>
       <c r="T523">
-        <v>100.6</v>
+        <v>102.5</v>
+      </c>
+      <c r="X523">
+        <v>3</v>
       </c>
     </row>
     <row r="524" spans="1:24">
       <c r="A524" s="2">
-        <v>45252.586423611</v>
+        <v>45317.652222222</v>
       </c>
       <c r="B524" t="s">
         <v>24</v>
       </c>
       <c r="C524" t="s">
         <v>25</v>
       </c>
       <c r="D524" t="s">
         <v>26</v>
       </c>
       <c r="E524" t="s">
         <v>27</v>
       </c>
+      <c r="F524">
+        <v>0.04</v>
+      </c>
       <c r="G524">
-        <v>100.528144</v>
+        <v>100.679486</v>
+      </c>
+      <c r="H524">
+        <v>35237.8201</v>
       </c>
       <c r="I524" t="s">
         <v>28</v>
       </c>
       <c r="J524">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K524" s="2">
         <v>45161.0</v>
       </c>
       <c r="L524" s="2">
         <v>46078.0</v>
       </c>
       <c r="M524">
         <v>15000</v>
       </c>
       <c r="N524">
         <v>1000.0</v>
       </c>
       <c r="O524" t="s">
         <v>28</v>
       </c>
       <c r="P524">
-        <v>-0.035928</v>
+        <v>0.179486</v>
       </c>
       <c r="Q524">
-        <v>100.0</v>
+        <v>100.19</v>
       </c>
       <c r="R524">
-        <v>100.564072</v>
+        <v>100.679486</v>
       </c>
       <c r="S524">
-        <v>100.035928</v>
+        <v>100.010514</v>
       </c>
       <c r="T524">
-        <v>100.6</v>
+        <v>100.5</v>
+      </c>
+      <c r="X524">
+        <v>5</v>
       </c>
     </row>
     <row r="525" spans="1:24">
       <c r="A525" s="2">
-        <v>45251.659340278</v>
+        <v>45316.666319444</v>
       </c>
       <c r="B525" t="s">
         <v>24</v>
       </c>
       <c r="C525" t="s">
         <v>25</v>
       </c>
       <c r="D525" t="s">
         <v>26</v>
       </c>
       <c r="E525" t="s">
         <v>27</v>
       </c>
       <c r="F525">
-        <v>-0.57</v>
+        <v>0.11</v>
       </c>
       <c r="G525">
-        <v>100.528144</v>
+        <v>100.643589</v>
       </c>
       <c r="H525">
-        <v>27210.57888</v>
+        <v>8051.48712</v>
       </c>
       <c r="I525" t="s">
         <v>28</v>
       </c>
       <c r="J525">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K525" s="2">
         <v>45161.0</v>
       </c>
       <c r="L525" s="2">
         <v>46078.0</v>
       </c>
       <c r="M525">
         <v>15000</v>
       </c>
       <c r="N525">
         <v>1000.0</v>
       </c>
       <c r="O525" t="s">
         <v>28</v>
       </c>
       <c r="P525">
-        <v>-0.071856</v>
+        <v>0.143589</v>
       </c>
       <c r="Q525">
-        <v>99.93</v>
+        <v>100.15</v>
       </c>
       <c r="R525">
-        <v>100.528144</v>
+        <v>100.643589</v>
       </c>
       <c r="S525">
-        <v>100.001856</v>
+        <v>100.006411</v>
       </c>
       <c r="T525">
-        <v>100.6</v>
+        <v>100.5</v>
       </c>
       <c r="X525">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="526" spans="1:24">
       <c r="A526" s="2">
-        <v>45250.355625</v>
+        <v>45315.645011574</v>
       </c>
       <c r="B526" t="s">
         <v>24</v>
       </c>
       <c r="C526" t="s">
         <v>25</v>
       </c>
       <c r="D526" t="s">
         <v>26</v>
       </c>
       <c r="E526" t="s">
         <v>27</v>
       </c>
+      <c r="F526">
+        <v>0.04</v>
+      </c>
       <c r="G526">
-        <v>101.106289</v>
+        <v>100.535897</v>
+      </c>
+      <c r="H526">
+        <v>56300.10232</v>
       </c>
       <c r="I526" t="s">
         <v>28</v>
       </c>
       <c r="J526">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K526" s="2">
         <v>45161.0</v>
       </c>
       <c r="L526" s="2">
         <v>46078.0</v>
       </c>
       <c r="M526">
         <v>15000</v>
       </c>
       <c r="N526">
         <v>1000.0</v>
       </c>
       <c r="O526" t="s">
         <v>28</v>
       </c>
       <c r="P526">
-        <v>-0.107783</v>
+        <v>0.035897</v>
+      </c>
+      <c r="Q526">
+        <v>100.11</v>
+      </c>
+      <c r="R526">
+        <v>100.535897</v>
+      </c>
+      <c r="S526">
+        <v>100.074103</v>
+      </c>
+      <c r="T526">
+        <v>100.5</v>
+      </c>
+      <c r="X526">
+        <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:24">
       <c r="A527" s="2">
-        <v>45247.644884259</v>
+        <v>45314.659872685</v>
       </c>
       <c r="B527" t="s">
         <v>24</v>
       </c>
       <c r="C527" t="s">
         <v>25</v>
       </c>
       <c r="D527" t="s">
         <v>26</v>
       </c>
       <c r="E527" t="s">
         <v>27</v>
       </c>
       <c r="F527">
-        <v>-1.02</v>
+        <v>0.04</v>
       </c>
       <c r="G527">
-        <v>101.106289</v>
+        <v>100.5</v>
       </c>
       <c r="H527">
-        <v>2022.12578</v>
+        <v>34170.0</v>
       </c>
       <c r="I527" t="s">
         <v>28</v>
       </c>
       <c r="J527">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K527" s="2">
         <v>45161.0</v>
       </c>
       <c r="L527" s="2">
         <v>46078.0</v>
       </c>
       <c r="M527">
         <v>15000</v>
       </c>
       <c r="N527">
         <v>1000.0</v>
       </c>
       <c r="O527" t="s">
         <v>28</v>
       </c>
-      <c r="P527">
-[...1 lines deleted...]
-      </c>
       <c r="Q527">
-        <v>100.856289</v>
+        <v>100.11</v>
       </c>
       <c r="R527">
-        <v>101.106289</v>
-[...5 lines deleted...]
-        <v>101.25</v>
+        <v>100.5</v>
       </c>
       <c r="X527">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="528" spans="1:24">
       <c r="A528" s="2">
-        <v>45246.454340278</v>
+        <v>45313.569953704</v>
       </c>
       <c r="B528" t="s">
         <v>24</v>
       </c>
       <c r="C528" t="s">
         <v>25</v>
       </c>
       <c r="D528" t="s">
         <v>26</v>
       </c>
       <c r="E528" t="s">
         <v>27</v>
       </c>
       <c r="F528">
-        <v>0.18</v>
+        <v>0.04</v>
       </c>
       <c r="G528">
-        <v>102.148194</v>
+        <v>100.464103</v>
       </c>
       <c r="H528">
-        <v>5107.4097</v>
+        <v>1004.64103</v>
       </c>
       <c r="I528" t="s">
         <v>28</v>
       </c>
       <c r="J528">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K528" s="2">
         <v>45161.0</v>
       </c>
       <c r="L528" s="2">
         <v>46078.0</v>
       </c>
       <c r="M528">
         <v>15000</v>
       </c>
       <c r="N528">
         <v>1000.0</v>
       </c>
       <c r="O528" t="s">
         <v>28</v>
       </c>
       <c r="P528">
-        <v>0.898194</v>
+        <v>-0.035897</v>
       </c>
       <c r="Q528">
-        <v>101.510194</v>
+        <v>100.064103</v>
       </c>
       <c r="R528">
-        <v>102.148194</v>
+        <v>100.464103</v>
       </c>
       <c r="S528">
-        <v>100.612</v>
+        <v>100.1</v>
       </c>
       <c r="T528">
-        <v>101.25</v>
+        <v>100.5</v>
       </c>
       <c r="X528">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:24">
       <c r="A529" s="2">
-        <v>45245.513564815</v>
+        <v>45310.60119213</v>
       </c>
       <c r="B529" t="s">
         <v>24</v>
       </c>
       <c r="C529" t="s">
         <v>25</v>
       </c>
       <c r="D529" t="s">
         <v>26</v>
       </c>
       <c r="E529" t="s">
         <v>27</v>
       </c>
+      <c r="F529">
+        <v>0.04</v>
+      </c>
       <c r="G529">
-        <v>101.968556</v>
+        <v>100.428206</v>
+      </c>
+      <c r="H529">
+        <v>14059.94884</v>
       </c>
       <c r="I529" t="s">
         <v>28</v>
       </c>
       <c r="J529">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K529" s="2">
         <v>45161.0</v>
       </c>
       <c r="L529" s="2">
         <v>46078.0</v>
       </c>
       <c r="M529">
         <v>15000</v>
       </c>
       <c r="N529">
         <v>1000.0</v>
       </c>
       <c r="O529" t="s">
         <v>28</v>
       </c>
       <c r="P529">
-        <v>0.790411</v>
+        <v>-0.071794</v>
       </c>
       <c r="Q529">
-        <v>101.402411</v>
+        <v>100.4</v>
       </c>
       <c r="R529">
-        <v>102.040411</v>
+        <v>100.428206</v>
       </c>
       <c r="S529">
-        <v>100.612</v>
+        <v>100.471794</v>
       </c>
       <c r="T529">
-        <v>101.25</v>
+        <v>100.5</v>
+      </c>
+      <c r="X529">
+        <v>2</v>
       </c>
     </row>
     <row r="530" spans="1:24">
       <c r="A530" s="2">
-        <v>45244.437777778</v>
+        <v>45309.639386574</v>
       </c>
       <c r="B530" t="s">
         <v>24</v>
       </c>
       <c r="C530" t="s">
         <v>25</v>
       </c>
       <c r="D530" t="s">
         <v>26</v>
       </c>
       <c r="E530" t="s">
         <v>27</v>
       </c>
+      <c r="F530">
+        <v>-1.37</v>
+      </c>
       <c r="G530">
-        <v>101.968556</v>
+        <v>100.392308</v>
+      </c>
+      <c r="H530">
+        <v>58227.53864</v>
       </c>
       <c r="I530" t="s">
         <v>28</v>
       </c>
       <c r="J530">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K530" s="2">
         <v>45161.0</v>
       </c>
       <c r="L530" s="2">
         <v>46078.0</v>
       </c>
       <c r="M530">
         <v>15000</v>
       </c>
       <c r="N530">
         <v>1000.0</v>
       </c>
       <c r="O530" t="s">
         <v>28</v>
       </c>
       <c r="P530">
-        <v>0.754483</v>
+        <v>-0.107692</v>
       </c>
       <c r="Q530">
-        <v>101.266483</v>
+        <v>99.9</v>
       </c>
       <c r="R530">
-        <v>102.004483</v>
+        <v>100.392308</v>
       </c>
       <c r="S530">
-        <v>100.512</v>
+        <v>100.007692</v>
       </c>
       <c r="T530">
-        <v>101.25</v>
+        <v>100.5</v>
+      </c>
+      <c r="X530">
+        <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:24">
       <c r="A531" s="2">
-        <v>45243.551747685</v>
+        <v>45308.417025463</v>
       </c>
       <c r="B531" t="s">
         <v>24</v>
       </c>
       <c r="C531" t="s">
         <v>25</v>
       </c>
       <c r="D531" t="s">
         <v>26</v>
       </c>
       <c r="E531" t="s">
         <v>27</v>
       </c>
-      <c r="F531">
-[...1 lines deleted...]
-      </c>
       <c r="G531">
-        <v>101.968556</v>
-[...2 lines deleted...]
-        <v>25490.3112</v>
+        <v>101.789739</v>
       </c>
       <c r="I531" t="s">
         <v>28</v>
       </c>
       <c r="J531">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K531" s="2">
         <v>45161.0</v>
       </c>
       <c r="L531" s="2">
         <v>46078.0</v>
       </c>
       <c r="M531">
         <v>15000</v>
       </c>
       <c r="N531">
         <v>1000.0</v>
       </c>
       <c r="O531" t="s">
         <v>28</v>
       </c>
       <c r="P531">
-        <v>0.718556</v>
+        <v>-0.215383</v>
       </c>
       <c r="Q531">
-        <v>101.230556</v>
+        <v>100.284617</v>
       </c>
       <c r="R531">
-        <v>101.968556</v>
+        <v>100.784617</v>
       </c>
       <c r="S531">
-        <v>100.512</v>
+        <v>100.5</v>
       </c>
       <c r="T531">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="532" spans="1:24">
       <c r="A532" s="2">
-        <v>45240.615902778</v>
+        <v>45307.416875</v>
       </c>
       <c r="B532" t="s">
         <v>24</v>
       </c>
       <c r="C532" t="s">
         <v>25</v>
       </c>
       <c r="D532" t="s">
         <v>26</v>
       </c>
       <c r="E532" t="s">
         <v>27</v>
       </c>
-      <c r="F532">
-[...1 lines deleted...]
-      </c>
       <c r="G532">
-        <v>101.482628</v>
-[...2 lines deleted...]
-        <v>21167.35188</v>
+        <v>101.789739</v>
       </c>
       <c r="I532" t="s">
         <v>28</v>
       </c>
       <c r="J532">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K532" s="2">
         <v>45161.0</v>
       </c>
       <c r="L532" s="2">
         <v>46078.0</v>
       </c>
       <c r="M532">
         <v>15000</v>
       </c>
       <c r="N532">
         <v>1000.0</v>
       </c>
       <c r="O532" t="s">
         <v>28</v>
       </c>
       <c r="P532">
-        <v>0.682628</v>
+        <v>0.825636</v>
       </c>
       <c r="Q532">
-        <v>101.282628</v>
+        <v>101.325636</v>
       </c>
       <c r="R532">
-        <v>101.932</v>
+        <v>101.825636</v>
       </c>
       <c r="S532">
-        <v>100.6</v>
+        <v>100.5</v>
       </c>
       <c r="T532">
-        <v>101.249372</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="533" spans="1:24">
       <c r="A533" s="2">
-        <v>45239.557777778</v>
+        <v>45306.640150463</v>
       </c>
       <c r="B533" t="s">
         <v>24</v>
       </c>
       <c r="C533" t="s">
         <v>25</v>
       </c>
       <c r="D533" t="s">
         <v>26</v>
       </c>
       <c r="E533" t="s">
         <v>27</v>
       </c>
       <c r="F533">
-        <v>0.6</v>
+        <v>0.04</v>
       </c>
       <c r="G533">
-        <v>101.1467</v>
+        <v>101.789739</v>
       </c>
       <c r="H533">
-        <v>18126.406</v>
+        <v>10178.9739</v>
       </c>
       <c r="I533" t="s">
         <v>28</v>
       </c>
       <c r="J533">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K533" s="2">
         <v>45161.0</v>
       </c>
       <c r="L533" s="2">
         <v>46078.0</v>
       </c>
       <c r="M533">
         <v>15000</v>
       </c>
       <c r="N533">
         <v>1000.0</v>
       </c>
       <c r="O533" t="s">
         <v>28</v>
       </c>
       <c r="P533">
-        <v>0.6467</v>
+        <v>0.789739</v>
       </c>
       <c r="Q533">
-        <v>100.5467</v>
+        <v>101.289739</v>
       </c>
       <c r="R533">
-        <v>100.6467</v>
+        <v>101.789739</v>
       </c>
       <c r="S533">
-        <v>99.9</v>
+        <v>100.5</v>
       </c>
       <c r="T533">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="X533">
         <v>3</v>
       </c>
     </row>
     <row r="534" spans="1:24">
       <c r="A534" s="2">
-        <v>45238.657974537</v>
+        <v>45303.564768519</v>
       </c>
       <c r="B534" t="s">
         <v>24</v>
       </c>
       <c r="C534" t="s">
         <v>25</v>
       </c>
       <c r="D534" t="s">
         <v>26</v>
       </c>
       <c r="E534" t="s">
         <v>27</v>
       </c>
       <c r="F534">
         <v>0.04</v>
       </c>
       <c r="G534">
-        <v>100.538917</v>
+        <v>101.753842</v>
       </c>
       <c r="H534">
-        <v>110592.8087</v>
+        <v>4070.15368</v>
       </c>
       <c r="I534" t="s">
         <v>28</v>
       </c>
       <c r="J534">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K534" s="2">
         <v>45161.0</v>
       </c>
       <c r="L534" s="2">
         <v>46078.0</v>
       </c>
       <c r="M534">
         <v>15000</v>
       </c>
       <c r="N534">
         <v>1000.0</v>
       </c>
       <c r="O534" t="s">
         <v>28</v>
       </c>
       <c r="P534">
-        <v>0.538917</v>
+        <v>0.753842</v>
       </c>
       <c r="Q534">
-        <v>100.438917</v>
+        <v>101.7</v>
       </c>
       <c r="R534">
-        <v>100.538917</v>
+        <v>101.753842</v>
       </c>
       <c r="S534">
-        <v>99.9</v>
+        <v>100.946158</v>
       </c>
       <c r="T534">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="X534">
-        <v>17</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:24">
       <c r="A535" s="2">
-        <v>45237.6390625</v>
+        <v>45302.516701389</v>
       </c>
       <c r="B535" t="s">
         <v>24</v>
       </c>
       <c r="C535" t="s">
         <v>25</v>
       </c>
       <c r="D535" t="s">
         <v>26</v>
       </c>
       <c r="E535" t="s">
         <v>27</v>
       </c>
       <c r="F535">
-        <v>-0.95</v>
+        <v>0.11</v>
       </c>
       <c r="G535">
-        <v>100.502989</v>
+        <v>101.717944</v>
       </c>
       <c r="H535">
-        <v>3015.08967</v>
+        <v>65099.48416</v>
       </c>
       <c r="I535" t="s">
         <v>28</v>
       </c>
       <c r="J535">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K535" s="2">
         <v>45161.0</v>
       </c>
       <c r="L535" s="2">
         <v>46078.0</v>
       </c>
       <c r="M535">
         <v>15000</v>
       </c>
       <c r="N535">
         <v>1000.0</v>
       </c>
       <c r="O535" t="s">
         <v>28</v>
       </c>
       <c r="P535">
-        <v>0.502989</v>
+        <v>0.717944</v>
       </c>
       <c r="Q535">
-        <v>100.41</v>
+        <v>101.6</v>
       </c>
       <c r="R535">
-        <v>100.502989</v>
+        <v>101.717944</v>
       </c>
       <c r="S535">
-        <v>99.907011</v>
+        <v>100.882056</v>
       </c>
       <c r="T535">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="X535">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="536" spans="1:24">
       <c r="A536" s="2">
-        <v>45236.542604167</v>
+        <v>45301.63494213</v>
       </c>
       <c r="B536" t="s">
         <v>24</v>
       </c>
       <c r="C536" t="s">
         <v>25</v>
       </c>
       <c r="D536" t="s">
         <v>26</v>
       </c>
       <c r="E536" t="s">
         <v>27</v>
       </c>
       <c r="F536">
-        <v>0.53</v>
+        <v>0.04</v>
       </c>
       <c r="G536">
-        <v>101.467061</v>
+        <v>101.610253</v>
       </c>
       <c r="H536">
-        <v>2029.34122</v>
+        <v>81288.2024</v>
       </c>
       <c r="I536" t="s">
         <v>28</v>
       </c>
       <c r="J536">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K536" s="2">
         <v>45161.0</v>
       </c>
       <c r="L536" s="2">
         <v>46078.0</v>
       </c>
       <c r="M536">
         <v>15000</v>
       </c>
       <c r="N536">
         <v>1000.0</v>
       </c>
       <c r="O536" t="s">
         <v>28</v>
       </c>
       <c r="P536">
-        <v>0.467061</v>
+        <v>0.610253</v>
       </c>
       <c r="Q536">
-        <v>100.467061</v>
+        <v>101.610253</v>
       </c>
       <c r="R536">
-        <v>101.467061</v>
+        <v>103.110253</v>
       </c>
       <c r="S536">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T536">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X536">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:24">
       <c r="A537" s="2">
-        <v>45233.662731481</v>
+        <v>45300.648344907</v>
       </c>
       <c r="B537" t="s">
         <v>24</v>
       </c>
       <c r="C537" t="s">
         <v>25</v>
       </c>
       <c r="D537" t="s">
         <v>26</v>
       </c>
       <c r="E537" t="s">
         <v>27</v>
       </c>
       <c r="F537">
-        <v>-0.32</v>
+        <v>0.04</v>
       </c>
       <c r="G537">
-        <v>100.931133</v>
+        <v>101.574356</v>
       </c>
       <c r="H537">
-        <v>50465.5665</v>
+        <v>27425.07612</v>
       </c>
       <c r="I537" t="s">
         <v>28</v>
       </c>
       <c r="J537">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K537" s="2">
         <v>45161.0</v>
       </c>
       <c r="L537" s="2">
         <v>46078.0</v>
       </c>
       <c r="M537">
         <v>15000</v>
       </c>
       <c r="N537">
         <v>1000.0</v>
       </c>
       <c r="O537" t="s">
         <v>28</v>
       </c>
       <c r="P537">
-        <v>0.431133</v>
+        <v>0.574356</v>
       </c>
       <c r="Q537">
-        <v>100.431133</v>
+        <v>101.074356</v>
       </c>
       <c r="R537">
-        <v>101.431133</v>
+        <v>101.574356</v>
       </c>
       <c r="S537">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T537">
         <v>101.0</v>
       </c>
       <c r="X537">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="538" spans="1:24">
       <c r="A538" s="2">
-        <v>45232.522997685</v>
+        <v>45299.612256944</v>
       </c>
       <c r="B538" t="s">
         <v>24</v>
       </c>
       <c r="C538" t="s">
         <v>25</v>
       </c>
       <c r="D538" t="s">
         <v>26</v>
       </c>
       <c r="E538" t="s">
         <v>27</v>
       </c>
+      <c r="F538">
+        <v>0.04</v>
+      </c>
       <c r="G538">
-        <v>101.251494</v>
+        <v>101.538458</v>
+      </c>
+      <c r="H538">
+        <v>64984.61312</v>
       </c>
       <c r="I538" t="s">
         <v>28</v>
       </c>
       <c r="J538">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K538" s="2">
         <v>45161.0</v>
       </c>
       <c r="L538" s="2">
         <v>46078.0</v>
       </c>
       <c r="M538">
         <v>15000</v>
       </c>
       <c r="N538">
         <v>1000.0</v>
       </c>
       <c r="O538" t="s">
         <v>28</v>
       </c>
       <c r="P538">
-        <v>0.395206</v>
+        <v>0.538458</v>
       </c>
       <c r="Q538">
-        <v>100.395206</v>
+        <v>101.038458</v>
       </c>
       <c r="R538">
-        <v>101.395206</v>
+        <v>101.538458</v>
       </c>
       <c r="S538">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="T538">
         <v>101.0</v>
       </c>
+      <c r="X538">
+        <v>5</v>
+      </c>
     </row>
     <row r="539" spans="1:24">
       <c r="A539" s="2">
-        <v>45231.418020833</v>
+        <v>45296.638541667</v>
       </c>
       <c r="B539" t="s">
         <v>24</v>
       </c>
       <c r="C539" t="s">
         <v>25</v>
       </c>
       <c r="D539" t="s">
         <v>26</v>
       </c>
       <c r="E539" t="s">
         <v>27</v>
       </c>
+      <c r="F539">
+        <v>0.04</v>
+      </c>
       <c r="G539">
-        <v>101.251494</v>
+        <v>101.502561</v>
+      </c>
+      <c r="H539">
+        <v>48721.22928</v>
       </c>
       <c r="I539" t="s">
         <v>28</v>
       </c>
       <c r="J539">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K539" s="2">
         <v>45161.0</v>
       </c>
       <c r="L539" s="2">
         <v>46078.0</v>
       </c>
       <c r="M539">
         <v>15000</v>
       </c>
       <c r="N539">
         <v>1000.0</v>
       </c>
       <c r="O539" t="s">
         <v>28</v>
       </c>
       <c r="P539">
-        <v>0.287422</v>
+        <v>0.502561</v>
       </c>
       <c r="Q539">
-        <v>100.187422</v>
+        <v>101.002561</v>
       </c>
       <c r="R539">
-        <v>101.287422</v>
+        <v>101.502561</v>
       </c>
       <c r="S539">
-        <v>99.9</v>
+        <v>100.5</v>
       </c>
       <c r="T539">
         <v>101.0</v>
       </c>
+      <c r="X539">
+        <v>6</v>
+      </c>
     </row>
     <row r="540" spans="1:24">
       <c r="A540" s="2">
-        <v>45230.483460648</v>
+        <v>45295.559328704</v>
       </c>
       <c r="B540" t="s">
         <v>24</v>
       </c>
       <c r="C540" t="s">
         <v>25</v>
       </c>
       <c r="D540" t="s">
         <v>26</v>
       </c>
       <c r="E540" t="s">
         <v>27</v>
       </c>
       <c r="F540">
-        <v>0.57</v>
+        <v>-1.35</v>
       </c>
       <c r="G540">
-        <v>101.251494</v>
+        <v>101.466664</v>
       </c>
       <c r="H540">
-        <v>30375.4482</v>
+        <v>82312.99784</v>
       </c>
       <c r="I540" t="s">
         <v>28</v>
       </c>
       <c r="J540">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K540" s="2">
         <v>45161.0</v>
       </c>
       <c r="L540" s="2">
         <v>46078.0</v>
       </c>
       <c r="M540">
         <v>15000</v>
       </c>
       <c r="N540">
         <v>1000.0</v>
       </c>
       <c r="O540" t="s">
         <v>28</v>
       </c>
       <c r="P540">
-        <v>0.251494</v>
+        <v>0.466664</v>
       </c>
       <c r="Q540">
-        <v>101.25</v>
+        <v>100.966664</v>
       </c>
       <c r="R540">
-        <v>101.251494</v>
+        <v>101.466664</v>
       </c>
       <c r="S540">
-        <v>100.998506</v>
+        <v>100.5</v>
       </c>
       <c r="T540">
         <v>101.0</v>
       </c>
       <c r="X540">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row r="541" spans="1:24">
       <c r="A541" s="2">
-        <v>45229.420787037</v>
+        <v>45294.66431713</v>
       </c>
       <c r="B541" t="s">
         <v>24</v>
       </c>
       <c r="C541" t="s">
         <v>25</v>
       </c>
       <c r="D541" t="s">
         <v>26</v>
       </c>
       <c r="E541" t="s">
         <v>27</v>
       </c>
+      <c r="F541">
+        <v>0.07</v>
+      </c>
       <c r="G541">
-        <v>100.679639</v>
+        <v>102.858972</v>
+      </c>
+      <c r="H541">
+        <v>25714.743</v>
       </c>
       <c r="I541" t="s">
         <v>28</v>
       </c>
       <c r="J541">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K541" s="2">
         <v>45161.0</v>
       </c>
       <c r="L541" s="2">
         <v>46078.0</v>
       </c>
       <c r="M541">
         <v>15000</v>
       </c>
       <c r="N541">
         <v>1000.0</v>
       </c>
       <c r="O541" t="s">
         <v>28</v>
       </c>
       <c r="P541">
-        <v>0.215567</v>
+        <v>0.358972</v>
       </c>
       <c r="Q541">
-        <v>100.5</v>
+        <v>102.358972</v>
       </c>
       <c r="R541">
-        <v>101.215567</v>
+        <v>102.858972</v>
       </c>
       <c r="S541">
-        <v>100.284433</v>
+        <v>102.0</v>
       </c>
       <c r="T541">
-        <v>101.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X541">
+        <v>3</v>
       </c>
     </row>
     <row r="542" spans="1:24">
       <c r="A542" s="2">
-        <v>45226.618321759</v>
+        <v>45293.457569444</v>
       </c>
       <c r="B542" t="s">
         <v>24</v>
       </c>
       <c r="C542" t="s">
         <v>25</v>
       </c>
       <c r="D542" t="s">
         <v>26</v>
       </c>
       <c r="E542" t="s">
         <v>27</v>
       </c>
-      <c r="F542">
-[...1 lines deleted...]
-      </c>
       <c r="G542">
-        <v>100.679639</v>
-[...2 lines deleted...]
-        <v>24163.1158</v>
+        <v>102.787178</v>
       </c>
       <c r="I542" t="s">
         <v>28</v>
       </c>
       <c r="J542">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K542" s="2">
         <v>45161.0</v>
       </c>
       <c r="L542" s="2">
         <v>46078.0</v>
       </c>
       <c r="M542">
         <v>15000</v>
       </c>
       <c r="N542">
         <v>1000.0</v>
       </c>
       <c r="O542" t="s">
         <v>28</v>
       </c>
       <c r="P542">
-        <v>0.179639</v>
+        <v>0.323075</v>
       </c>
       <c r="Q542">
-        <v>100.079639</v>
+        <v>101.823075</v>
       </c>
       <c r="R542">
-        <v>101.179639</v>
+        <v>105.323</v>
       </c>
       <c r="S542">
-        <v>99.9</v>
+        <v>101.5</v>
       </c>
       <c r="T542">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.999925</v>
       </c>
     </row>
     <row r="543" spans="1:24">
       <c r="A543" s="2">
-        <v>45225.649340278</v>
+        <v>45289.476122685</v>
       </c>
       <c r="B543" t="s">
         <v>24</v>
       </c>
       <c r="C543" t="s">
         <v>25</v>
       </c>
       <c r="D543" t="s">
         <v>26</v>
       </c>
       <c r="E543" t="s">
         <v>27</v>
       </c>
       <c r="F543">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="G543">
-        <v>101.179639</v>
+        <v>102.787178</v>
       </c>
       <c r="H543">
-        <v>37276.46643</v>
+        <v>1027.87178</v>
       </c>
       <c r="I543" t="s">
         <v>28</v>
       </c>
       <c r="J543">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K543" s="2">
         <v>45161.0</v>
       </c>
       <c r="L543" s="2">
         <v>46078.0</v>
       </c>
       <c r="M543">
         <v>15000</v>
       </c>
       <c r="N543">
         <v>1000.0</v>
       </c>
       <c r="O543" t="s">
         <v>28</v>
       </c>
       <c r="P543">
-        <v>0.179639</v>
+        <v>0.287178</v>
       </c>
       <c r="Q543">
-        <v>100.6797</v>
+        <v>101.787178</v>
       </c>
       <c r="R543">
-        <v>101.179639</v>
+        <v>102.787178</v>
       </c>
       <c r="S543">
-        <v>100.500061</v>
+        <v>101.5</v>
       </c>
       <c r="T543">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X543">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:24">
       <c r="A544" s="2">
-        <v>45224.491516204</v>
+        <v>45288.65275463</v>
       </c>
       <c r="B544" t="s">
         <v>24</v>
       </c>
       <c r="C544" t="s">
         <v>25</v>
       </c>
       <c r="D544" t="s">
         <v>26</v>
       </c>
       <c r="E544" t="s">
         <v>27</v>
       </c>
       <c r="F544">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
       <c r="G544">
-        <v>101.071856</v>
+        <v>102.751281</v>
       </c>
       <c r="H544">
-        <v>7075.02992</v>
+        <v>1027.51281</v>
       </c>
       <c r="I544" t="s">
         <v>28</v>
       </c>
       <c r="J544">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K544" s="2">
         <v>45161.0</v>
       </c>
       <c r="L544" s="2">
         <v>46078.0</v>
       </c>
       <c r="M544">
         <v>15000</v>
       </c>
       <c r="N544">
         <v>1000.0</v>
       </c>
       <c r="O544" t="s">
         <v>28</v>
       </c>
       <c r="P544">
-        <v>0.071856</v>
+        <v>0.251281</v>
       </c>
       <c r="Q544">
-        <v>99.98</v>
+        <v>101.751281</v>
       </c>
       <c r="R544">
-        <v>101.071856</v>
+        <v>102.751281</v>
       </c>
       <c r="S544">
-        <v>99.908144</v>
+        <v>101.5</v>
       </c>
       <c r="T544">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X544">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:24">
       <c r="A545" s="2">
-        <v>45223.665428241</v>
+        <v>45287.627743056</v>
       </c>
       <c r="B545" t="s">
         <v>24</v>
       </c>
       <c r="C545" t="s">
         <v>25</v>
       </c>
       <c r="D545" t="s">
         <v>26</v>
       </c>
       <c r="E545" t="s">
         <v>27</v>
       </c>
       <c r="F545">
         <v>0.07</v>
       </c>
       <c r="G545">
-        <v>101.035928</v>
+        <v>102.643589</v>
       </c>
       <c r="H545">
-        <v>20207.1856</v>
+        <v>5132.17945</v>
       </c>
       <c r="I545" t="s">
         <v>28</v>
       </c>
       <c r="J545">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K545" s="2">
         <v>45161.0</v>
       </c>
       <c r="L545" s="2">
         <v>46078.0</v>
       </c>
       <c r="M545">
         <v>15000</v>
       </c>
       <c r="N545">
         <v>1000.0</v>
       </c>
       <c r="O545" t="s">
         <v>28</v>
       </c>
       <c r="P545">
-        <v>0.035928</v>
+        <v>0.143589</v>
       </c>
       <c r="Q545">
-        <v>100.535928</v>
+        <v>101.643589</v>
       </c>
       <c r="R545">
-        <v>101.035928</v>
+        <v>102.643589</v>
       </c>
       <c r="S545">
-        <v>100.5</v>
+        <v>101.5</v>
       </c>
       <c r="T545">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X545">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:24">
       <c r="A546" s="2">
-        <v>45222.450636574</v>
+        <v>45282.474259259</v>
       </c>
       <c r="B546" t="s">
         <v>24</v>
       </c>
       <c r="C546" t="s">
         <v>25</v>
       </c>
       <c r="D546" t="s">
         <v>26</v>
       </c>
       <c r="E546" t="s">
         <v>27</v>
       </c>
       <c r="G546">
-        <v>100.964072</v>
+        <v>102.571794</v>
       </c>
       <c r="I546" t="s">
         <v>28</v>
       </c>
       <c r="J546">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K546" s="2">
         <v>45161.0</v>
       </c>
       <c r="L546" s="2">
         <v>46078.0</v>
       </c>
       <c r="M546">
         <v>15000</v>
       </c>
       <c r="N546">
         <v>1000.0</v>
       </c>
       <c r="O546" t="s">
         <v>28</v>
       </c>
+      <c r="P546">
+        <v>0.107692</v>
+      </c>
       <c r="Q546">
-        <v>99.91</v>
+        <v>100.608</v>
       </c>
       <c r="R546">
-        <v>101.0</v>
+        <v>102.607692</v>
+      </c>
+      <c r="S546">
+        <v>100.500308</v>
+      </c>
+      <c r="T546">
+        <v>102.5</v>
       </c>
     </row>
     <row r="547" spans="1:24">
       <c r="A547" s="2">
-        <v>45219.621898148</v>
+        <v>45281.639351852</v>
       </c>
       <c r="B547" t="s">
         <v>24</v>
       </c>
       <c r="C547" t="s">
         <v>25</v>
       </c>
       <c r="D547" t="s">
         <v>26</v>
       </c>
       <c r="E547" t="s">
         <v>27</v>
       </c>
       <c r="F547">
-        <v>1.04</v>
+        <v>0.18</v>
       </c>
       <c r="G547">
-        <v>100.964072</v>
+        <v>102.571794</v>
       </c>
       <c r="H547">
-        <v>61537.45248</v>
+        <v>26668.66644</v>
       </c>
       <c r="I547" t="s">
         <v>28</v>
       </c>
       <c r="J547">
-        <v>12.934</v>
+        <v>12.923</v>
       </c>
       <c r="K547" s="2">
         <v>45161.0</v>
       </c>
       <c r="L547" s="2">
         <v>46078.0</v>
       </c>
       <c r="M547">
         <v>15000</v>
       </c>
       <c r="N547">
         <v>1000.0</v>
       </c>
       <c r="O547" t="s">
         <v>28</v>
       </c>
       <c r="P547">
-        <v>-0.035928</v>
+        <v>0.071794</v>
       </c>
       <c r="Q547">
-        <v>100.064072</v>
+        <v>100.571794</v>
       </c>
       <c r="R547">
-        <v>100.964072</v>
+        <v>105.07</v>
       </c>
       <c r="S547">
-        <v>100.1</v>
+        <v>100.5</v>
       </c>
       <c r="T547">
-        <v>101.0</v>
+        <v>104.998206</v>
       </c>
       <c r="X547">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="548" spans="1:24">
       <c r="A548" s="2">
-        <v>45218.645405093</v>
+        <v>45280.594641204</v>
       </c>
       <c r="B548" t="s">
         <v>24</v>
       </c>
       <c r="C548" t="s">
         <v>25</v>
       </c>
       <c r="D548" t="s">
         <v>26</v>
       </c>
       <c r="E548" t="s">
         <v>27</v>
       </c>
       <c r="F548">
-        <v>-0.88</v>
+        <v>0.04</v>
       </c>
       <c r="G548">
-        <v>99.928144</v>
+        <v>102.392217</v>
       </c>
       <c r="H548">
-        <v>34974.8504</v>
+        <v>5119.61085</v>
       </c>
       <c r="I548" t="s">
         <v>28</v>
       </c>
       <c r="J548">
         <v>12.934</v>
       </c>
       <c r="K548" s="2">
         <v>45161.0</v>
       </c>
       <c r="L548" s="2">
         <v>46078.0</v>
       </c>
       <c r="M548">
         <v>15000</v>
       </c>
       <c r="N548">
         <v>1000.0</v>
       </c>
       <c r="O548" t="s">
         <v>28</v>
       </c>
       <c r="P548">
-        <v>-0.071856</v>
+        <v>-0.107783</v>
       </c>
       <c r="Q548">
-        <v>99.828144</v>
+        <v>100.492217</v>
       </c>
       <c r="R548">
-        <v>100.928144</v>
+        <v>102.392217</v>
       </c>
       <c r="S548">
-        <v>99.9</v>
+        <v>100.6</v>
       </c>
       <c r="T548">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X548">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:24">
       <c r="A549" s="2">
-        <v>45217.663842593</v>
+        <v>45279.488275463</v>
       </c>
       <c r="B549" t="s">
         <v>24</v>
       </c>
       <c r="C549" t="s">
         <v>25</v>
       </c>
       <c r="D549" t="s">
         <v>26</v>
       </c>
       <c r="E549" t="s">
         <v>27</v>
       </c>
       <c r="F549">
-        <v>-0.21</v>
+        <v>0.56</v>
       </c>
       <c r="G549">
-        <v>100.820361</v>
+        <v>102.356289</v>
       </c>
       <c r="H549">
-        <v>53559.79133</v>
+        <v>10235.6289</v>
       </c>
       <c r="I549" t="s">
         <v>28</v>
       </c>
       <c r="J549">
         <v>12.934</v>
       </c>
       <c r="K549" s="2">
         <v>45161.0</v>
       </c>
       <c r="L549" s="2">
         <v>46078.0</v>
       </c>
       <c r="M549">
         <v>15000</v>
       </c>
       <c r="N549">
         <v>1000.0</v>
       </c>
       <c r="O549" t="s">
         <v>28</v>
       </c>
       <c r="P549">
-        <v>-0.179639</v>
+        <v>-0.143711</v>
       </c>
       <c r="Q549">
-        <v>99.720361</v>
+        <v>100.056289</v>
       </c>
       <c r="R549">
-        <v>100.820361</v>
+        <v>102.356289</v>
       </c>
       <c r="S549">
-        <v>99.9</v>
+        <v>100.2</v>
       </c>
       <c r="T549">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="X549">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:24">
       <c r="A550" s="2">
-        <v>45216.438391204</v>
+        <v>45278.46087963</v>
       </c>
       <c r="B550" t="s">
         <v>24</v>
       </c>
       <c r="C550" t="s">
         <v>25</v>
       </c>
       <c r="D550" t="s">
         <v>26</v>
       </c>
       <c r="E550" t="s">
         <v>27</v>
       </c>
-      <c r="F550">
-[...1 lines deleted...]
-      </c>
       <c r="G550">
-        <v>101.034433</v>
-[...2 lines deleted...]
-        <v>7072.41031</v>
+        <v>101.784433</v>
       </c>
       <c r="I550" t="s">
         <v>28</v>
       </c>
       <c r="J550">
         <v>12.934</v>
       </c>
       <c r="K550" s="2">
         <v>45161.0</v>
       </c>
       <c r="L550" s="2">
         <v>46078.0</v>
       </c>
       <c r="M550">
         <v>15000</v>
       </c>
       <c r="N550">
         <v>1000.0</v>
       </c>
       <c r="O550" t="s">
         <v>28</v>
       </c>
       <c r="P550">
-        <v>-0.215567</v>
+        <v>-0.179639</v>
       </c>
       <c r="Q550">
-        <v>100.784433</v>
+        <v>99.823</v>
       </c>
       <c r="R550">
-        <v>101.034433</v>
+        <v>102.320361</v>
       </c>
       <c r="S550">
-        <v>101.0</v>
+        <v>100.002639</v>
       </c>
       <c r="T550">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="551" spans="1:24">
       <c r="A551" s="2">
-        <v>45215.578518519</v>
+        <v>45275.445740741</v>
       </c>
       <c r="B551" t="s">
         <v>24</v>
       </c>
       <c r="C551" t="s">
         <v>25</v>
       </c>
       <c r="D551" t="s">
         <v>26</v>
       </c>
       <c r="E551" t="s">
         <v>27</v>
       </c>
       <c r="F551">
-        <v>0.04</v>
+        <v>-1.01</v>
       </c>
       <c r="G551">
-        <v>102.076339</v>
+        <v>101.784433</v>
       </c>
       <c r="H551">
-        <v>27560.61153</v>
+        <v>2035.68866</v>
       </c>
       <c r="I551" t="s">
         <v>28</v>
       </c>
       <c r="J551">
         <v>12.934</v>
       </c>
       <c r="K551" s="2">
         <v>45161.0</v>
       </c>
       <c r="L551" s="2">
         <v>46078.0</v>
       </c>
       <c r="M551">
         <v>15000</v>
       </c>
       <c r="N551">
         <v>1000.0</v>
       </c>
       <c r="O551" t="s">
         <v>28</v>
       </c>
       <c r="P551">
-        <v>0.826339</v>
+        <v>-0.215567</v>
       </c>
       <c r="Q551">
-        <v>100.726339</v>
+        <v>99.786</v>
       </c>
       <c r="R551">
-        <v>102.076339</v>
+        <v>102.284433</v>
       </c>
       <c r="S551">
-        <v>99.9</v>
+        <v>100.001567</v>
       </c>
       <c r="T551">
-        <v>101.25</v>
+        <v>102.5</v>
       </c>
       <c r="X551">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="552" spans="1:24">
       <c r="A552" s="2">
-        <v>45212.573472222</v>
+        <v>45274.57337963</v>
       </c>
       <c r="B552" t="s">
         <v>24</v>
       </c>
       <c r="C552" t="s">
         <v>25</v>
       </c>
       <c r="D552" t="s">
         <v>26</v>
       </c>
       <c r="E552" t="s">
         <v>27</v>
       </c>
       <c r="F552">
-        <v>0.28</v>
+        <v>0.1</v>
       </c>
       <c r="G552">
-        <v>102.040411</v>
+        <v>102.826339</v>
       </c>
       <c r="H552">
-        <v>13242.75343</v>
+        <v>1028.26339</v>
       </c>
       <c r="I552" t="s">
         <v>28</v>
       </c>
       <c r="J552">
         <v>12.934</v>
       </c>
       <c r="K552" s="2">
         <v>45161.0</v>
       </c>
       <c r="L552" s="2">
         <v>46078.0</v>
       </c>
       <c r="M552">
         <v>15000</v>
       </c>
       <c r="N552">
         <v>1000.0</v>
       </c>
       <c r="O552" t="s">
         <v>28</v>
       </c>
       <c r="P552">
-        <v>0.790411</v>
+        <v>0.826339</v>
       </c>
       <c r="Q552">
-        <v>101.790411</v>
+        <v>102.326339</v>
       </c>
       <c r="R552">
-        <v>102.040411</v>
+        <v>102.826339</v>
       </c>
       <c r="S552">
-        <v>101.0</v>
+        <v>101.5</v>
       </c>
       <c r="T552">
-        <v>101.25</v>
+        <v>102.0</v>
       </c>
       <c r="X552">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:24">
       <c r="A553" s="2">
-        <v>45211.534178241</v>
+        <v>45273.601875</v>
       </c>
       <c r="B553" t="s">
         <v>24</v>
       </c>
       <c r="C553" t="s">
         <v>25</v>
       </c>
       <c r="D553" t="s">
         <v>26</v>
       </c>
       <c r="E553" t="s">
         <v>27</v>
       </c>
       <c r="F553">
-        <v>0.11</v>
+        <v>-0.45</v>
       </c>
       <c r="G553">
-        <v>101.754483</v>
+        <v>102.718556</v>
       </c>
       <c r="H553">
-        <v>38666.70354</v>
+        <v>7190.29892</v>
       </c>
       <c r="I553" t="s">
         <v>28</v>
       </c>
       <c r="J553">
         <v>12.934</v>
       </c>
       <c r="K553" s="2">
         <v>45161.0</v>
       </c>
       <c r="L553" s="2">
         <v>46078.0</v>
       </c>
       <c r="M553">
         <v>15000</v>
       </c>
       <c r="N553">
         <v>1000.0</v>
       </c>
       <c r="O553" t="s">
         <v>28</v>
       </c>
       <c r="P553">
-        <v>0.754483</v>
+        <v>0.718556</v>
       </c>
       <c r="Q553">
-        <v>101.254483</v>
+        <v>101.218556</v>
       </c>
       <c r="R553">
-        <v>101.754483</v>
+        <v>102.718556</v>
       </c>
       <c r="S553">
         <v>100.5</v>
       </c>
       <c r="T553">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="X553">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:24">
       <c r="A554" s="2">
-        <v>45210.532094907</v>
+        <v>45272.645474537</v>
       </c>
       <c r="B554" t="s">
         <v>24</v>
       </c>
       <c r="C554" t="s">
         <v>25</v>
       </c>
       <c r="D554" t="s">
         <v>26</v>
       </c>
       <c r="E554" t="s">
         <v>27</v>
       </c>
       <c r="F554">
-        <v>-0.21</v>
+        <v>0.03</v>
       </c>
       <c r="G554">
-        <v>101.6467</v>
+        <v>103.18</v>
       </c>
       <c r="H554">
-        <v>3049.401</v>
+        <v>9286.41024</v>
       </c>
       <c r="I554" t="s">
         <v>28</v>
       </c>
       <c r="J554">
         <v>12.934</v>
       </c>
       <c r="K554" s="2">
         <v>45161.0</v>
       </c>
       <c r="L554" s="2">
         <v>46078.0</v>
       </c>
       <c r="M554">
         <v>15000</v>
       </c>
       <c r="N554">
         <v>1000.0</v>
       </c>
       <c r="O554" t="s">
         <v>28</v>
       </c>
       <c r="P554">
-        <v>0.6467</v>
+        <v>0.682628</v>
       </c>
       <c r="Q554">
-        <v>101.1467</v>
+        <v>102.682628</v>
       </c>
       <c r="R554">
-        <v>101.6467</v>
+        <v>103.18</v>
       </c>
       <c r="S554">
-        <v>100.5</v>
+        <v>102.0</v>
       </c>
       <c r="T554">
-        <v>101.0</v>
+        <v>102.497372</v>
       </c>
       <c r="X554">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="555" spans="1:24">
       <c r="A555" s="2">
-        <v>45209.530763889</v>
+        <v>45271.649664352</v>
       </c>
       <c r="B555" t="s">
         <v>24</v>
       </c>
       <c r="C555" t="s">
         <v>25</v>
       </c>
       <c r="D555" t="s">
         <v>26</v>
       </c>
       <c r="E555" t="s">
         <v>27</v>
       </c>
       <c r="F555">
-        <v>-0.7</v>
+        <v>2.22</v>
       </c>
       <c r="G555">
-        <v>101.860772</v>
+        <v>103.1467</v>
       </c>
       <c r="H555">
-        <v>5093.0386</v>
+        <v>11288.869</v>
       </c>
       <c r="I555" t="s">
         <v>28</v>
       </c>
       <c r="J555">
         <v>12.934</v>
       </c>
       <c r="K555" s="2">
         <v>45161.0</v>
       </c>
       <c r="L555" s="2">
         <v>46078.0</v>
       </c>
       <c r="M555">
         <v>15000</v>
       </c>
       <c r="N555">
         <v>1000.0</v>
       </c>
       <c r="O555" t="s">
         <v>28</v>
       </c>
       <c r="P555">
-        <v>0.610772</v>
+        <v>0.6467</v>
       </c>
       <c r="Q555">
-        <v>101.610772</v>
+        <v>102.6467</v>
       </c>
       <c r="R555">
-        <v>101.860772</v>
+        <v>103.14</v>
       </c>
       <c r="S555">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T555">
-        <v>101.25</v>
+        <v>102.4933</v>
       </c>
       <c r="X555">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="556" spans="1:24">
       <c r="A556" s="2">
-        <v>45208.553715278</v>
+        <v>45268.597905093</v>
       </c>
       <c r="B556" t="s">
         <v>24</v>
       </c>
       <c r="C556" t="s">
         <v>25</v>
       </c>
       <c r="D556" t="s">
         <v>26</v>
       </c>
       <c r="E556" t="s">
         <v>27</v>
       </c>
       <c r="F556">
-        <v>2.03</v>
+        <v>0.04</v>
       </c>
       <c r="G556">
-        <v>102.574844</v>
+        <v>100.910772</v>
       </c>
       <c r="H556">
-        <v>10257.4844</v>
+        <v>3027.32316</v>
       </c>
       <c r="I556" t="s">
         <v>28</v>
       </c>
       <c r="J556">
         <v>12.934</v>
       </c>
       <c r="K556" s="2">
         <v>45161.0</v>
       </c>
       <c r="L556" s="2">
         <v>46078.0</v>
       </c>
       <c r="M556">
         <v>15000</v>
       </c>
       <c r="N556">
         <v>1000.0</v>
       </c>
       <c r="O556" t="s">
         <v>28</v>
       </c>
       <c r="P556">
-        <v>0.574844</v>
+        <v>0.610772</v>
       </c>
       <c r="Q556">
-        <v>101.574844</v>
+        <v>101.120772</v>
       </c>
       <c r="R556">
-        <v>101.824844</v>
+        <v>103.11</v>
       </c>
       <c r="S556">
-        <v>101.0</v>
+        <v>100.51</v>
       </c>
       <c r="T556">
-        <v>101.25</v>
+        <v>102.499228</v>
       </c>
       <c r="X556">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:24">
       <c r="A557" s="2">
-        <v>45205.640706019</v>
+        <v>45267.627881944</v>
       </c>
       <c r="B557" t="s">
         <v>24</v>
       </c>
       <c r="C557" t="s">
         <v>25</v>
       </c>
       <c r="D557" t="s">
         <v>26</v>
       </c>
       <c r="E557" t="s">
         <v>27</v>
       </c>
       <c r="F557">
-        <v>-0.95</v>
+        <v>0.11</v>
       </c>
       <c r="G557">
-        <v>100.538917</v>
+        <v>100.874844</v>
       </c>
       <c r="H557">
-        <v>103870.88451</v>
+        <v>28232.95632</v>
       </c>
       <c r="I557" t="s">
         <v>28</v>
       </c>
       <c r="J557">
         <v>12.934</v>
       </c>
       <c r="K557" s="2">
         <v>45161.0</v>
       </c>
       <c r="L557" s="2">
         <v>46078.0</v>
       </c>
       <c r="M557">
         <v>15000</v>
       </c>
       <c r="N557">
         <v>1000.0</v>
       </c>
       <c r="O557" t="s">
         <v>28</v>
       </c>
       <c r="P557">
-        <v>0.538917</v>
+        <v>0.574844</v>
       </c>
       <c r="Q557">
-        <v>100.438917</v>
+        <v>100.61</v>
       </c>
       <c r="R557">
-        <v>102.538917</v>
+        <v>100.874844</v>
       </c>
       <c r="S557">
-        <v>99.9</v>
+        <v>100.035156</v>
       </c>
       <c r="T557">
-        <v>102.0</v>
+        <v>100.3</v>
       </c>
       <c r="X557">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="558" spans="1:24">
       <c r="A558" s="2">
-        <v>45204.660717593</v>
+        <v>45266.646180556</v>
       </c>
       <c r="B558" t="s">
         <v>24</v>
       </c>
       <c r="C558" t="s">
         <v>25</v>
       </c>
       <c r="D558" t="s">
         <v>26</v>
       </c>
       <c r="E558" t="s">
         <v>27</v>
       </c>
       <c r="F558">
-        <v>0.11</v>
+        <v>-0.16</v>
       </c>
       <c r="G558">
-        <v>101.502989</v>
+        <v>100.767061</v>
       </c>
       <c r="H558">
-        <v>29435.86681</v>
+        <v>164508.30943</v>
       </c>
       <c r="I558" t="s">
         <v>28</v>
       </c>
       <c r="J558">
         <v>12.934</v>
       </c>
       <c r="K558" s="2">
         <v>45161.0</v>
       </c>
       <c r="L558" s="2">
         <v>46078.0</v>
       </c>
       <c r="M558">
         <v>15000</v>
       </c>
       <c r="N558">
         <v>1000.0</v>
       </c>
       <c r="O558" t="s">
         <v>28</v>
       </c>
       <c r="P558">
-        <v>0.502989</v>
+        <v>0.467061</v>
       </c>
       <c r="Q558">
-        <v>101.102989</v>
+        <v>100.47</v>
       </c>
       <c r="R558">
-        <v>101.502989</v>
+        <v>100.767061</v>
       </c>
       <c r="S558">
-        <v>100.6</v>
+        <v>100.002939</v>
       </c>
       <c r="T558">
-        <v>101.0</v>
+        <v>100.3</v>
       </c>
       <c r="X558">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="559" spans="1:24">
       <c r="A559" s="2">
-        <v>45203.662314815</v>
+        <v>45265.5971875</v>
       </c>
       <c r="B559" t="s">
         <v>24</v>
       </c>
       <c r="C559" t="s">
         <v>25</v>
       </c>
       <c r="D559" t="s">
         <v>26</v>
       </c>
       <c r="E559" t="s">
         <v>27</v>
       </c>
+      <c r="F559">
+        <v>-1.84</v>
+      </c>
       <c r="G559">
-        <v>101.395206</v>
+        <v>100.931133</v>
       </c>
       <c r="H559">
-        <v>65906.8839</v>
+        <v>100951.133</v>
       </c>
       <c r="I559" t="s">
         <v>28</v>
       </c>
       <c r="J559">
         <v>12.934</v>
       </c>
       <c r="K559" s="2">
         <v>45161.0</v>
       </c>
       <c r="L559" s="2">
         <v>46078.0</v>
       </c>
       <c r="M559">
         <v>15000</v>
       </c>
       <c r="N559">
         <v>1000.0</v>
       </c>
       <c r="O559" t="s">
         <v>28</v>
       </c>
       <c r="P559">
-        <v>0.395206</v>
+        <v>0.431133</v>
       </c>
       <c r="Q559">
-        <v>100.295206</v>
+        <v>100.931133</v>
       </c>
       <c r="R559">
-        <v>101.395206</v>
+        <v>102.93</v>
       </c>
       <c r="S559">
-        <v>99.9</v>
+        <v>100.5</v>
       </c>
       <c r="T559">
-        <v>101.0</v>
+        <v>102.498867</v>
       </c>
       <c r="X559">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="560" spans="1:24">
       <c r="A560" s="2">
-        <v>45202.520393519</v>
+        <v>45264.524421296</v>
       </c>
       <c r="B560" t="s">
         <v>24</v>
       </c>
       <c r="C560" t="s">
         <v>25</v>
       </c>
       <c r="D560" t="s">
         <v>26</v>
       </c>
       <c r="E560" t="s">
         <v>27</v>
+      </c>
+      <c r="G560">
+        <v>102.823</v>
       </c>
       <c r="I560" t="s">
         <v>28</v>
       </c>
       <c r="J560">
         <v>12.934</v>
       </c>
       <c r="K560" s="2">
         <v>45161.0</v>
       </c>
       <c r="L560" s="2">
         <v>46078.0</v>
       </c>
       <c r="M560">
         <v>15000</v>
       </c>
       <c r="N560">
         <v>1000.0</v>
       </c>
       <c r="O560" t="s">
         <v>28</v>
       </c>
       <c r="P560">
+        <v>0.395206</v>
+      </c>
+      <c r="Q560">
+        <v>100.496</v>
+      </c>
+      <c r="R560">
+        <v>102.895206</v>
+      </c>
+      <c r="S560">
+        <v>100.100794</v>
+      </c>
+      <c r="T560">
+        <v>102.5</v>
+      </c>
+    </row>
+    <row r="561" spans="1:24">
+      <c r="A561" s="2">
+        <v>45261.556493056</v>
+      </c>
+      <c r="B561" t="s">
+        <v>24</v>
+      </c>
+      <c r="C561" t="s">
+        <v>25</v>
+      </c>
+      <c r="D561" t="s">
+        <v>26</v>
+      </c>
+      <c r="E561" t="s">
+        <v>27</v>
+      </c>
+      <c r="G561">
+        <v>102.823</v>
+      </c>
+      <c r="I561" t="s">
+        <v>28</v>
+      </c>
+      <c r="J561">
+        <v>12.934</v>
+      </c>
+      <c r="K561" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L561" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M561">
+        <v>15000</v>
+      </c>
+      <c r="N561">
+        <v>1000.0</v>
+      </c>
+      <c r="O561" t="s">
+        <v>28</v>
+      </c>
+      <c r="P561">
         <v>0.359278</v>
       </c>
-      <c r="R560">
+      <c r="Q561">
+        <v>101.559278</v>
+      </c>
+      <c r="R561">
+        <v>102.85</v>
+      </c>
+      <c r="S561">
+        <v>101.2</v>
+      </c>
+      <c r="T561">
+        <v>102.490722</v>
+      </c>
+    </row>
+    <row r="562" spans="1:24">
+      <c r="A562" s="2">
+        <v>45260.555393519</v>
+      </c>
+      <c r="B562" t="s">
+        <v>24</v>
+      </c>
+      <c r="C562" t="s">
+        <v>25</v>
+      </c>
+      <c r="D562" t="s">
+        <v>26</v>
+      </c>
+      <c r="E562" t="s">
+        <v>27</v>
+      </c>
+      <c r="F562">
+        <v>0.11</v>
+      </c>
+      <c r="G562">
+        <v>102.823</v>
+      </c>
+      <c r="H562">
+        <v>5141.1605</v>
+      </c>
+      <c r="I562" t="s">
+        <v>28</v>
+      </c>
+      <c r="J562">
+        <v>12.934</v>
+      </c>
+      <c r="K562" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L562" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M562">
+        <v>15000</v>
+      </c>
+      <c r="N562">
+        <v>1000.0</v>
+      </c>
+      <c r="O562" t="s">
+        <v>28</v>
+      </c>
+      <c r="P562">
+        <v>0.32335</v>
+      </c>
+      <c r="Q562">
+        <v>101.32335</v>
+      </c>
+      <c r="R562">
+        <v>102.823</v>
+      </c>
+      <c r="S562">
+        <v>101.0</v>
+      </c>
+      <c r="T562">
+        <v>102.49965</v>
+      </c>
+      <c r="X562">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="563" spans="1:24">
+      <c r="A563" s="2">
+        <v>45259.508877315</v>
+      </c>
+      <c r="B563" t="s">
+        <v>24</v>
+      </c>
+      <c r="C563" t="s">
+        <v>25</v>
+      </c>
+      <c r="D563" t="s">
+        <v>26</v>
+      </c>
+      <c r="E563" t="s">
+        <v>27</v>
+      </c>
+      <c r="F563">
+        <v>1.92</v>
+      </c>
+      <c r="G563">
+        <v>102.715</v>
+      </c>
+      <c r="H563">
+        <v>1027.15</v>
+      </c>
+      <c r="I563" t="s">
+        <v>28</v>
+      </c>
+      <c r="J563">
+        <v>12.934</v>
+      </c>
+      <c r="K563" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L563" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M563">
+        <v>15000</v>
+      </c>
+      <c r="N563">
+        <v>1000.0</v>
+      </c>
+      <c r="O563" t="s">
+        <v>28</v>
+      </c>
+      <c r="P563">
+        <v>0.215567</v>
+      </c>
+      <c r="Q563">
+        <v>100.715567</v>
+      </c>
+      <c r="R563">
+        <v>102.715</v>
+      </c>
+      <c r="S563">
+        <v>100.5</v>
+      </c>
+      <c r="T563">
+        <v>102.499433</v>
+      </c>
+      <c r="X563">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="564" spans="1:24">
+      <c r="A564" s="2">
+        <v>45258.662152778</v>
+      </c>
+      <c r="B564" t="s">
+        <v>24</v>
+      </c>
+      <c r="C564" t="s">
+        <v>25</v>
+      </c>
+      <c r="D564" t="s">
+        <v>26</v>
+      </c>
+      <c r="E564" t="s">
+        <v>27</v>
+      </c>
+      <c r="F564">
+        <v>0.07</v>
+      </c>
+      <c r="G564">
+        <v>100.779639</v>
+      </c>
+      <c r="H564">
+        <v>45350.83755</v>
+      </c>
+      <c r="I564" t="s">
+        <v>28</v>
+      </c>
+      <c r="J564">
+        <v>12.934</v>
+      </c>
+      <c r="K564" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L564" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M564">
+        <v>15000</v>
+      </c>
+      <c r="N564">
+        <v>1000.0</v>
+      </c>
+      <c r="O564" t="s">
+        <v>28</v>
+      </c>
+      <c r="P564">
+        <v>0.179639</v>
+      </c>
+      <c r="Q564">
+        <v>100.779639</v>
+      </c>
+      <c r="R564">
+        <v>102.679639</v>
+      </c>
+      <c r="S564">
+        <v>100.6</v>
+      </c>
+      <c r="T564">
+        <v>102.5</v>
+      </c>
+      <c r="X564">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="565" spans="1:24">
+      <c r="A565" s="2">
+        <v>45257.539282407</v>
+      </c>
+      <c r="B565" t="s">
+        <v>24</v>
+      </c>
+      <c r="C565" t="s">
+        <v>25</v>
+      </c>
+      <c r="D565" t="s">
+        <v>26</v>
+      </c>
+      <c r="E565" t="s">
+        <v>27</v>
+      </c>
+      <c r="G565">
+        <v>100.707783</v>
+      </c>
+      <c r="I565" t="s">
+        <v>28</v>
+      </c>
+      <c r="J565">
+        <v>12.934</v>
+      </c>
+      <c r="K565" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L565" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M565">
+        <v>15000</v>
+      </c>
+      <c r="N565">
+        <v>1000.0</v>
+      </c>
+      <c r="O565" t="s">
+        <v>28</v>
+      </c>
+      <c r="P565">
+        <v>0.143711</v>
+      </c>
+      <c r="Q565">
+        <v>100.245</v>
+      </c>
+      <c r="R565">
+        <v>100.743711</v>
+      </c>
+      <c r="S565">
+        <v>100.101289</v>
+      </c>
+      <c r="T565">
+        <v>100.6</v>
+      </c>
+    </row>
+    <row r="566" spans="1:24">
+      <c r="A566" s="2">
+        <v>45254.545138889</v>
+      </c>
+      <c r="B566" t="s">
+        <v>24</v>
+      </c>
+      <c r="C566" t="s">
+        <v>25</v>
+      </c>
+      <c r="D566" t="s">
+        <v>26</v>
+      </c>
+      <c r="E566" t="s">
+        <v>27</v>
+      </c>
+      <c r="F566">
+        <v>0.18</v>
+      </c>
+      <c r="G566">
+        <v>100.707783</v>
+      </c>
+      <c r="H566">
+        <v>20141.5566</v>
+      </c>
+      <c r="I566" t="s">
+        <v>28</v>
+      </c>
+      <c r="J566">
+        <v>12.934</v>
+      </c>
+      <c r="K566" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L566" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M566">
+        <v>15000</v>
+      </c>
+      <c r="N566">
+        <v>1000.0</v>
+      </c>
+      <c r="O566" t="s">
+        <v>28</v>
+      </c>
+      <c r="P566">
+        <v>0.107783</v>
+      </c>
+      <c r="Q566">
+        <v>100.1078</v>
+      </c>
+      <c r="R566">
+        <v>100.707783</v>
+      </c>
+      <c r="S566">
+        <v>100.000017</v>
+      </c>
+      <c r="T566">
+        <v>100.6</v>
+      </c>
+      <c r="X566">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="567" spans="1:24">
+      <c r="A567" s="2">
+        <v>45253.485752315</v>
+      </c>
+      <c r="B567" t="s">
+        <v>24</v>
+      </c>
+      <c r="C567" t="s">
+        <v>25</v>
+      </c>
+      <c r="D567" t="s">
+        <v>26</v>
+      </c>
+      <c r="E567" t="s">
+        <v>27</v>
+      </c>
+      <c r="G567">
+        <v>100.528144</v>
+      </c>
+      <c r="I567" t="s">
+        <v>28</v>
+      </c>
+      <c r="J567">
+        <v>12.934</v>
+      </c>
+      <c r="K567" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L567" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M567">
+        <v>15000</v>
+      </c>
+      <c r="N567">
+        <v>1000.0</v>
+      </c>
+      <c r="O567" t="s">
+        <v>28</v>
+      </c>
+      <c r="P567">
+        <v>0.071856</v>
+      </c>
+      <c r="Q567">
+        <v>100.0719</v>
+      </c>
+      <c r="R567">
+        <v>100.671856</v>
+      </c>
+      <c r="S567">
+        <v>100.000044</v>
+      </c>
+      <c r="T567">
+        <v>100.6</v>
+      </c>
+    </row>
+    <row r="568" spans="1:24">
+      <c r="A568" s="2">
+        <v>45252.586423611</v>
+      </c>
+      <c r="B568" t="s">
+        <v>24</v>
+      </c>
+      <c r="C568" t="s">
+        <v>25</v>
+      </c>
+      <c r="D568" t="s">
+        <v>26</v>
+      </c>
+      <c r="E568" t="s">
+        <v>27</v>
+      </c>
+      <c r="G568">
+        <v>100.528144</v>
+      </c>
+      <c r="I568" t="s">
+        <v>28</v>
+      </c>
+      <c r="J568">
+        <v>12.934</v>
+      </c>
+      <c r="K568" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L568" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M568">
+        <v>15000</v>
+      </c>
+      <c r="N568">
+        <v>1000.0</v>
+      </c>
+      <c r="O568" t="s">
+        <v>28</v>
+      </c>
+      <c r="P568">
+        <v>-0.035928</v>
+      </c>
+      <c r="Q568">
+        <v>100.0</v>
+      </c>
+      <c r="R568">
+        <v>100.564072</v>
+      </c>
+      <c r="S568">
+        <v>100.035928</v>
+      </c>
+      <c r="T568">
+        <v>100.6</v>
+      </c>
+    </row>
+    <row r="569" spans="1:24">
+      <c r="A569" s="2">
+        <v>45251.659340278</v>
+      </c>
+      <c r="B569" t="s">
+        <v>24</v>
+      </c>
+      <c r="C569" t="s">
+        <v>25</v>
+      </c>
+      <c r="D569" t="s">
+        <v>26</v>
+      </c>
+      <c r="E569" t="s">
+        <v>27</v>
+      </c>
+      <c r="F569">
+        <v>-0.57</v>
+      </c>
+      <c r="G569">
+        <v>100.528144</v>
+      </c>
+      <c r="H569">
+        <v>27210.57888</v>
+      </c>
+      <c r="I569" t="s">
+        <v>28</v>
+      </c>
+      <c r="J569">
+        <v>12.934</v>
+      </c>
+      <c r="K569" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L569" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M569">
+        <v>15000</v>
+      </c>
+      <c r="N569">
+        <v>1000.0</v>
+      </c>
+      <c r="O569" t="s">
+        <v>28</v>
+      </c>
+      <c r="P569">
+        <v>-0.071856</v>
+      </c>
+      <c r="Q569">
+        <v>99.93</v>
+      </c>
+      <c r="R569">
+        <v>100.528144</v>
+      </c>
+      <c r="S569">
+        <v>100.001856</v>
+      </c>
+      <c r="T569">
+        <v>100.6</v>
+      </c>
+      <c r="X569">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="570" spans="1:24">
+      <c r="A570" s="2">
+        <v>45250.355625</v>
+      </c>
+      <c r="B570" t="s">
+        <v>24</v>
+      </c>
+      <c r="C570" t="s">
+        <v>25</v>
+      </c>
+      <c r="D570" t="s">
+        <v>26</v>
+      </c>
+      <c r="E570" t="s">
+        <v>27</v>
+      </c>
+      <c r="G570">
+        <v>101.106289</v>
+      </c>
+      <c r="I570" t="s">
+        <v>28</v>
+      </c>
+      <c r="J570">
+        <v>12.934</v>
+      </c>
+      <c r="K570" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L570" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M570">
+        <v>15000</v>
+      </c>
+      <c r="N570">
+        <v>1000.0</v>
+      </c>
+      <c r="O570" t="s">
+        <v>28</v>
+      </c>
+      <c r="P570">
+        <v>-0.107783</v>
+      </c>
+    </row>
+    <row r="571" spans="1:24">
+      <c r="A571" s="2">
+        <v>45247.644884259</v>
+      </c>
+      <c r="B571" t="s">
+        <v>24</v>
+      </c>
+      <c r="C571" t="s">
+        <v>25</v>
+      </c>
+      <c r="D571" t="s">
+        <v>26</v>
+      </c>
+      <c r="E571" t="s">
+        <v>27</v>
+      </c>
+      <c r="F571">
+        <v>-1.02</v>
+      </c>
+      <c r="G571">
+        <v>101.106289</v>
+      </c>
+      <c r="H571">
+        <v>2022.12578</v>
+      </c>
+      <c r="I571" t="s">
+        <v>28</v>
+      </c>
+      <c r="J571">
+        <v>12.934</v>
+      </c>
+      <c r="K571" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L571" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M571">
+        <v>15000</v>
+      </c>
+      <c r="N571">
+        <v>1000.0</v>
+      </c>
+      <c r="O571" t="s">
+        <v>28</v>
+      </c>
+      <c r="P571">
+        <v>-0.143711</v>
+      </c>
+      <c r="Q571">
+        <v>100.856289</v>
+      </c>
+      <c r="R571">
+        <v>101.106289</v>
+      </c>
+      <c r="S571">
+        <v>101.0</v>
+      </c>
+      <c r="T571">
+        <v>101.25</v>
+      </c>
+      <c r="X571">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="572" spans="1:24">
+      <c r="A572" s="2">
+        <v>45246.454340278</v>
+      </c>
+      <c r="B572" t="s">
+        <v>24</v>
+      </c>
+      <c r="C572" t="s">
+        <v>25</v>
+      </c>
+      <c r="D572" t="s">
+        <v>26</v>
+      </c>
+      <c r="E572" t="s">
+        <v>27</v>
+      </c>
+      <c r="F572">
+        <v>0.18</v>
+      </c>
+      <c r="G572">
+        <v>102.148194</v>
+      </c>
+      <c r="H572">
+        <v>5107.4097</v>
+      </c>
+      <c r="I572" t="s">
+        <v>28</v>
+      </c>
+      <c r="J572">
+        <v>12.934</v>
+      </c>
+      <c r="K572" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L572" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M572">
+        <v>15000</v>
+      </c>
+      <c r="N572">
+        <v>1000.0</v>
+      </c>
+      <c r="O572" t="s">
+        <v>28</v>
+      </c>
+      <c r="P572">
+        <v>0.898194</v>
+      </c>
+      <c r="Q572">
+        <v>101.510194</v>
+      </c>
+      <c r="R572">
+        <v>102.148194</v>
+      </c>
+      <c r="S572">
+        <v>100.612</v>
+      </c>
+      <c r="T572">
+        <v>101.25</v>
+      </c>
+      <c r="X572">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="573" spans="1:24">
+      <c r="A573" s="2">
+        <v>45245.513564815</v>
+      </c>
+      <c r="B573" t="s">
+        <v>24</v>
+      </c>
+      <c r="C573" t="s">
+        <v>25</v>
+      </c>
+      <c r="D573" t="s">
+        <v>26</v>
+      </c>
+      <c r="E573" t="s">
+        <v>27</v>
+      </c>
+      <c r="G573">
+        <v>101.968556</v>
+      </c>
+      <c r="I573" t="s">
+        <v>28</v>
+      </c>
+      <c r="J573">
+        <v>12.934</v>
+      </c>
+      <c r="K573" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L573" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M573">
+        <v>15000</v>
+      </c>
+      <c r="N573">
+        <v>1000.0</v>
+      </c>
+      <c r="O573" t="s">
+        <v>28</v>
+      </c>
+      <c r="P573">
+        <v>0.790411</v>
+      </c>
+      <c r="Q573">
+        <v>101.402411</v>
+      </c>
+      <c r="R573">
+        <v>102.040411</v>
+      </c>
+      <c r="S573">
+        <v>100.612</v>
+      </c>
+      <c r="T573">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="574" spans="1:24">
+      <c r="A574" s="2">
+        <v>45244.437777778</v>
+      </c>
+      <c r="B574" t="s">
+        <v>24</v>
+      </c>
+      <c r="C574" t="s">
+        <v>25</v>
+      </c>
+      <c r="D574" t="s">
+        <v>26</v>
+      </c>
+      <c r="E574" t="s">
+        <v>27</v>
+      </c>
+      <c r="G574">
+        <v>101.968556</v>
+      </c>
+      <c r="I574" t="s">
+        <v>28</v>
+      </c>
+      <c r="J574">
+        <v>12.934</v>
+      </c>
+      <c r="K574" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L574" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M574">
+        <v>15000</v>
+      </c>
+      <c r="N574">
+        <v>1000.0</v>
+      </c>
+      <c r="O574" t="s">
+        <v>28</v>
+      </c>
+      <c r="P574">
+        <v>0.754483</v>
+      </c>
+      <c r="Q574">
+        <v>101.266483</v>
+      </c>
+      <c r="R574">
+        <v>102.004483</v>
+      </c>
+      <c r="S574">
+        <v>100.512</v>
+      </c>
+      <c r="T574">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="575" spans="1:24">
+      <c r="A575" s="2">
+        <v>45243.551747685</v>
+      </c>
+      <c r="B575" t="s">
+        <v>24</v>
+      </c>
+      <c r="C575" t="s">
+        <v>25</v>
+      </c>
+      <c r="D575" t="s">
+        <v>26</v>
+      </c>
+      <c r="E575" t="s">
+        <v>27</v>
+      </c>
+      <c r="F575">
+        <v>0.48</v>
+      </c>
+      <c r="G575">
+        <v>101.968556</v>
+      </c>
+      <c r="H575">
+        <v>25490.3112</v>
+      </c>
+      <c r="I575" t="s">
+        <v>28</v>
+      </c>
+      <c r="J575">
+        <v>12.934</v>
+      </c>
+      <c r="K575" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L575" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M575">
+        <v>15000</v>
+      </c>
+      <c r="N575">
+        <v>1000.0</v>
+      </c>
+      <c r="O575" t="s">
+        <v>28</v>
+      </c>
+      <c r="P575">
+        <v>0.718556</v>
+      </c>
+      <c r="Q575">
+        <v>101.230556</v>
+      </c>
+      <c r="R575">
+        <v>101.968556</v>
+      </c>
+      <c r="S575">
+        <v>100.512</v>
+      </c>
+      <c r="T575">
+        <v>101.25</v>
+      </c>
+      <c r="X575">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="576" spans="1:24">
+      <c r="A576" s="2">
+        <v>45240.615902778</v>
+      </c>
+      <c r="B576" t="s">
+        <v>24</v>
+      </c>
+      <c r="C576" t="s">
+        <v>25</v>
+      </c>
+      <c r="D576" t="s">
+        <v>26</v>
+      </c>
+      <c r="E576" t="s">
+        <v>27</v>
+      </c>
+      <c r="F576">
+        <v>0.33</v>
+      </c>
+      <c r="G576">
+        <v>101.482628</v>
+      </c>
+      <c r="H576">
+        <v>21167.35188</v>
+      </c>
+      <c r="I576" t="s">
+        <v>28</v>
+      </c>
+      <c r="J576">
+        <v>12.934</v>
+      </c>
+      <c r="K576" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L576" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M576">
+        <v>15000</v>
+      </c>
+      <c r="N576">
+        <v>1000.0</v>
+      </c>
+      <c r="O576" t="s">
+        <v>28</v>
+      </c>
+      <c r="P576">
+        <v>0.682628</v>
+      </c>
+      <c r="Q576">
+        <v>101.282628</v>
+      </c>
+      <c r="R576">
+        <v>101.932</v>
+      </c>
+      <c r="S576">
+        <v>100.6</v>
+      </c>
+      <c r="T576">
+        <v>101.249372</v>
+      </c>
+      <c r="X576">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="577" spans="1:24">
+      <c r="A577" s="2">
+        <v>45239.557777778</v>
+      </c>
+      <c r="B577" t="s">
+        <v>24</v>
+      </c>
+      <c r="C577" t="s">
+        <v>25</v>
+      </c>
+      <c r="D577" t="s">
+        <v>26</v>
+      </c>
+      <c r="E577" t="s">
+        <v>27</v>
+      </c>
+      <c r="F577">
+        <v>0.6</v>
+      </c>
+      <c r="G577">
+        <v>101.1467</v>
+      </c>
+      <c r="H577">
+        <v>18126.406</v>
+      </c>
+      <c r="I577" t="s">
+        <v>28</v>
+      </c>
+      <c r="J577">
+        <v>12.934</v>
+      </c>
+      <c r="K577" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L577" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M577">
+        <v>15000</v>
+      </c>
+      <c r="N577">
+        <v>1000.0</v>
+      </c>
+      <c r="O577" t="s">
+        <v>28</v>
+      </c>
+      <c r="P577">
+        <v>0.6467</v>
+      </c>
+      <c r="Q577">
+        <v>100.5467</v>
+      </c>
+      <c r="R577">
+        <v>100.6467</v>
+      </c>
+      <c r="S577">
+        <v>99.9</v>
+      </c>
+      <c r="T577">
+        <v>100.0</v>
+      </c>
+      <c r="X577">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="578" spans="1:24">
+      <c r="A578" s="2">
+        <v>45238.657974537</v>
+      </c>
+      <c r="B578" t="s">
+        <v>24</v>
+      </c>
+      <c r="C578" t="s">
+        <v>25</v>
+      </c>
+      <c r="D578" t="s">
+        <v>26</v>
+      </c>
+      <c r="E578" t="s">
+        <v>27</v>
+      </c>
+      <c r="F578">
+        <v>0.04</v>
+      </c>
+      <c r="G578">
+        <v>100.538917</v>
+      </c>
+      <c r="H578">
+        <v>110592.8087</v>
+      </c>
+      <c r="I578" t="s">
+        <v>28</v>
+      </c>
+      <c r="J578">
+        <v>12.934</v>
+      </c>
+      <c r="K578" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L578" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M578">
+        <v>15000</v>
+      </c>
+      <c r="N578">
+        <v>1000.0</v>
+      </c>
+      <c r="O578" t="s">
+        <v>28</v>
+      </c>
+      <c r="P578">
+        <v>0.538917</v>
+      </c>
+      <c r="Q578">
+        <v>100.438917</v>
+      </c>
+      <c r="R578">
+        <v>100.538917</v>
+      </c>
+      <c r="S578">
+        <v>99.9</v>
+      </c>
+      <c r="T578">
+        <v>100.0</v>
+      </c>
+      <c r="X578">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="579" spans="1:24">
+      <c r="A579" s="2">
+        <v>45237.6390625</v>
+      </c>
+      <c r="B579" t="s">
+        <v>24</v>
+      </c>
+      <c r="C579" t="s">
+        <v>25</v>
+      </c>
+      <c r="D579" t="s">
+        <v>26</v>
+      </c>
+      <c r="E579" t="s">
+        <v>27</v>
+      </c>
+      <c r="F579">
+        <v>-0.95</v>
+      </c>
+      <c r="G579">
+        <v>100.502989</v>
+      </c>
+      <c r="H579">
+        <v>3015.08967</v>
+      </c>
+      <c r="I579" t="s">
+        <v>28</v>
+      </c>
+      <c r="J579">
+        <v>12.934</v>
+      </c>
+      <c r="K579" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L579" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M579">
+        <v>15000</v>
+      </c>
+      <c r="N579">
+        <v>1000.0</v>
+      </c>
+      <c r="O579" t="s">
+        <v>28</v>
+      </c>
+      <c r="P579">
+        <v>0.502989</v>
+      </c>
+      <c r="Q579">
+        <v>100.41</v>
+      </c>
+      <c r="R579">
+        <v>100.502989</v>
+      </c>
+      <c r="S579">
+        <v>99.907011</v>
+      </c>
+      <c r="T579">
+        <v>100.0</v>
+      </c>
+      <c r="X579">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="580" spans="1:24">
+      <c r="A580" s="2">
+        <v>45236.542604167</v>
+      </c>
+      <c r="B580" t="s">
+        <v>24</v>
+      </c>
+      <c r="C580" t="s">
+        <v>25</v>
+      </c>
+      <c r="D580" t="s">
+        <v>26</v>
+      </c>
+      <c r="E580" t="s">
+        <v>27</v>
+      </c>
+      <c r="F580">
+        <v>0.53</v>
+      </c>
+      <c r="G580">
+        <v>101.467061</v>
+      </c>
+      <c r="H580">
+        <v>2029.34122</v>
+      </c>
+      <c r="I580" t="s">
+        <v>28</v>
+      </c>
+      <c r="J580">
+        <v>12.934</v>
+      </c>
+      <c r="K580" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L580" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M580">
+        <v>15000</v>
+      </c>
+      <c r="N580">
+        <v>1000.0</v>
+      </c>
+      <c r="O580" t="s">
+        <v>28</v>
+      </c>
+      <c r="P580">
+        <v>0.467061</v>
+      </c>
+      <c r="Q580">
+        <v>100.467061</v>
+      </c>
+      <c r="R580">
+        <v>101.467061</v>
+      </c>
+      <c r="S580">
+        <v>100.0</v>
+      </c>
+      <c r="T580">
+        <v>101.0</v>
+      </c>
+      <c r="X580">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="581" spans="1:24">
+      <c r="A581" s="2">
+        <v>45233.662731481</v>
+      </c>
+      <c r="B581" t="s">
+        <v>24</v>
+      </c>
+      <c r="C581" t="s">
+        <v>25</v>
+      </c>
+      <c r="D581" t="s">
+        <v>26</v>
+      </c>
+      <c r="E581" t="s">
+        <v>27</v>
+      </c>
+      <c r="F581">
+        <v>-0.32</v>
+      </c>
+      <c r="G581">
+        <v>100.931133</v>
+      </c>
+      <c r="H581">
+        <v>50465.5665</v>
+      </c>
+      <c r="I581" t="s">
+        <v>28</v>
+      </c>
+      <c r="J581">
+        <v>12.934</v>
+      </c>
+      <c r="K581" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L581" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M581">
+        <v>15000</v>
+      </c>
+      <c r="N581">
+        <v>1000.0</v>
+      </c>
+      <c r="O581" t="s">
+        <v>28</v>
+      </c>
+      <c r="P581">
+        <v>0.431133</v>
+      </c>
+      <c r="Q581">
+        <v>100.431133</v>
+      </c>
+      <c r="R581">
+        <v>101.431133</v>
+      </c>
+      <c r="S581">
+        <v>100.0</v>
+      </c>
+      <c r="T581">
+        <v>101.0</v>
+      </c>
+      <c r="X581">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="582" spans="1:24">
+      <c r="A582" s="2">
+        <v>45232.522997685</v>
+      </c>
+      <c r="B582" t="s">
+        <v>24</v>
+      </c>
+      <c r="C582" t="s">
+        <v>25</v>
+      </c>
+      <c r="D582" t="s">
+        <v>26</v>
+      </c>
+      <c r="E582" t="s">
+        <v>27</v>
+      </c>
+      <c r="G582">
+        <v>101.251494</v>
+      </c>
+      <c r="I582" t="s">
+        <v>28</v>
+      </c>
+      <c r="J582">
+        <v>12.934</v>
+      </c>
+      <c r="K582" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L582" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M582">
+        <v>15000</v>
+      </c>
+      <c r="N582">
+        <v>1000.0</v>
+      </c>
+      <c r="O582" t="s">
+        <v>28</v>
+      </c>
+      <c r="P582">
+        <v>0.395206</v>
+      </c>
+      <c r="Q582">
+        <v>100.395206</v>
+      </c>
+      <c r="R582">
+        <v>101.395206</v>
+      </c>
+      <c r="S582">
+        <v>100.0</v>
+      </c>
+      <c r="T582">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="583" spans="1:24">
+      <c r="A583" s="2">
+        <v>45231.418020833</v>
+      </c>
+      <c r="B583" t="s">
+        <v>24</v>
+      </c>
+      <c r="C583" t="s">
+        <v>25</v>
+      </c>
+      <c r="D583" t="s">
+        <v>26</v>
+      </c>
+      <c r="E583" t="s">
+        <v>27</v>
+      </c>
+      <c r="G583">
+        <v>101.251494</v>
+      </c>
+      <c r="I583" t="s">
+        <v>28</v>
+      </c>
+      <c r="J583">
+        <v>12.934</v>
+      </c>
+      <c r="K583" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L583" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M583">
+        <v>15000</v>
+      </c>
+      <c r="N583">
+        <v>1000.0</v>
+      </c>
+      <c r="O583" t="s">
+        <v>28</v>
+      </c>
+      <c r="P583">
+        <v>0.287422</v>
+      </c>
+      <c r="Q583">
+        <v>100.187422</v>
+      </c>
+      <c r="R583">
+        <v>101.287422</v>
+      </c>
+      <c r="S583">
+        <v>99.9</v>
+      </c>
+      <c r="T583">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="584" spans="1:24">
+      <c r="A584" s="2">
+        <v>45230.483460648</v>
+      </c>
+      <c r="B584" t="s">
+        <v>24</v>
+      </c>
+      <c r="C584" t="s">
+        <v>25</v>
+      </c>
+      <c r="D584" t="s">
+        <v>26</v>
+      </c>
+      <c r="E584" t="s">
+        <v>27</v>
+      </c>
+      <c r="F584">
+        <v>0.57</v>
+      </c>
+      <c r="G584">
+        <v>101.251494</v>
+      </c>
+      <c r="H584">
+        <v>30375.4482</v>
+      </c>
+      <c r="I584" t="s">
+        <v>28</v>
+      </c>
+      <c r="J584">
+        <v>12.934</v>
+      </c>
+      <c r="K584" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L584" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M584">
+        <v>15000</v>
+      </c>
+      <c r="N584">
+        <v>1000.0</v>
+      </c>
+      <c r="O584" t="s">
+        <v>28</v>
+      </c>
+      <c r="P584">
+        <v>0.251494</v>
+      </c>
+      <c r="Q584">
+        <v>101.25</v>
+      </c>
+      <c r="R584">
+        <v>101.251494</v>
+      </c>
+      <c r="S584">
+        <v>100.998506</v>
+      </c>
+      <c r="T584">
+        <v>101.0</v>
+      </c>
+      <c r="X584">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="585" spans="1:24">
+      <c r="A585" s="2">
+        <v>45229.420787037</v>
+      </c>
+      <c r="B585" t="s">
+        <v>24</v>
+      </c>
+      <c r="C585" t="s">
+        <v>25</v>
+      </c>
+      <c r="D585" t="s">
+        <v>26</v>
+      </c>
+      <c r="E585" t="s">
+        <v>27</v>
+      </c>
+      <c r="G585">
+        <v>100.679639</v>
+      </c>
+      <c r="I585" t="s">
+        <v>28</v>
+      </c>
+      <c r="J585">
+        <v>12.934</v>
+      </c>
+      <c r="K585" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L585" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M585">
+        <v>15000</v>
+      </c>
+      <c r="N585">
+        <v>1000.0</v>
+      </c>
+      <c r="O585" t="s">
+        <v>28</v>
+      </c>
+      <c r="P585">
+        <v>0.215567</v>
+      </c>
+      <c r="Q585">
+        <v>100.5</v>
+      </c>
+      <c r="R585">
+        <v>101.215567</v>
+      </c>
+      <c r="S585">
+        <v>100.284433</v>
+      </c>
+      <c r="T585">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="586" spans="1:24">
+      <c r="A586" s="2">
+        <v>45226.618321759</v>
+      </c>
+      <c r="B586" t="s">
+        <v>24</v>
+      </c>
+      <c r="C586" t="s">
+        <v>25</v>
+      </c>
+      <c r="D586" t="s">
+        <v>26</v>
+      </c>
+      <c r="E586" t="s">
+        <v>27</v>
+      </c>
+      <c r="F586">
+        <v>-0.49</v>
+      </c>
+      <c r="G586">
+        <v>100.679639</v>
+      </c>
+      <c r="H586">
+        <v>24163.1158</v>
+      </c>
+      <c r="I586" t="s">
+        <v>28</v>
+      </c>
+      <c r="J586">
+        <v>12.934</v>
+      </c>
+      <c r="K586" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L586" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M586">
+        <v>15000</v>
+      </c>
+      <c r="N586">
+        <v>1000.0</v>
+      </c>
+      <c r="O586" t="s">
+        <v>28</v>
+      </c>
+      <c r="P586">
+        <v>0.179639</v>
+      </c>
+      <c r="Q586">
+        <v>100.079639</v>
+      </c>
+      <c r="R586">
+        <v>101.179639</v>
+      </c>
+      <c r="S586">
+        <v>99.9</v>
+      </c>
+      <c r="T586">
+        <v>101.0</v>
+      </c>
+      <c r="X586">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="587" spans="1:24">
+      <c r="A587" s="2">
+        <v>45225.649340278</v>
+      </c>
+      <c r="B587" t="s">
+        <v>24</v>
+      </c>
+      <c r="C587" t="s">
+        <v>25</v>
+      </c>
+      <c r="D587" t="s">
+        <v>26</v>
+      </c>
+      <c r="E587" t="s">
+        <v>27</v>
+      </c>
+      <c r="F587">
+        <v>0.11</v>
+      </c>
+      <c r="G587">
+        <v>101.179639</v>
+      </c>
+      <c r="H587">
+        <v>37276.46643</v>
+      </c>
+      <c r="I587" t="s">
+        <v>28</v>
+      </c>
+      <c r="J587">
+        <v>12.934</v>
+      </c>
+      <c r="K587" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L587" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M587">
+        <v>15000</v>
+      </c>
+      <c r="N587">
+        <v>1000.0</v>
+      </c>
+      <c r="O587" t="s">
+        <v>28</v>
+      </c>
+      <c r="P587">
+        <v>0.179639</v>
+      </c>
+      <c r="Q587">
+        <v>100.6797</v>
+      </c>
+      <c r="R587">
+        <v>101.179639</v>
+      </c>
+      <c r="S587">
+        <v>100.500061</v>
+      </c>
+      <c r="T587">
+        <v>101.0</v>
+      </c>
+      <c r="X587">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="588" spans="1:24">
+      <c r="A588" s="2">
+        <v>45224.491516204</v>
+      </c>
+      <c r="B588" t="s">
+        <v>24</v>
+      </c>
+      <c r="C588" t="s">
+        <v>25</v>
+      </c>
+      <c r="D588" t="s">
+        <v>26</v>
+      </c>
+      <c r="E588" t="s">
+        <v>27</v>
+      </c>
+      <c r="F588">
+        <v>0.04</v>
+      </c>
+      <c r="G588">
+        <v>101.071856</v>
+      </c>
+      <c r="H588">
+        <v>7075.02992</v>
+      </c>
+      <c r="I588" t="s">
+        <v>28</v>
+      </c>
+      <c r="J588">
+        <v>12.934</v>
+      </c>
+      <c r="K588" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L588" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M588">
+        <v>15000</v>
+      </c>
+      <c r="N588">
+        <v>1000.0</v>
+      </c>
+      <c r="O588" t="s">
+        <v>28</v>
+      </c>
+      <c r="P588">
+        <v>0.071856</v>
+      </c>
+      <c r="Q588">
+        <v>99.98</v>
+      </c>
+      <c r="R588">
+        <v>101.071856</v>
+      </c>
+      <c r="S588">
+        <v>99.908144</v>
+      </c>
+      <c r="T588">
+        <v>101.0</v>
+      </c>
+      <c r="X588">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="589" spans="1:24">
+      <c r="A589" s="2">
+        <v>45223.665428241</v>
+      </c>
+      <c r="B589" t="s">
+        <v>24</v>
+      </c>
+      <c r="C589" t="s">
+        <v>25</v>
+      </c>
+      <c r="D589" t="s">
+        <v>26</v>
+      </c>
+      <c r="E589" t="s">
+        <v>27</v>
+      </c>
+      <c r="F589">
+        <v>0.07</v>
+      </c>
+      <c r="G589">
+        <v>101.035928</v>
+      </c>
+      <c r="H589">
+        <v>20207.1856</v>
+      </c>
+      <c r="I589" t="s">
+        <v>28</v>
+      </c>
+      <c r="J589">
+        <v>12.934</v>
+      </c>
+      <c r="K589" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L589" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M589">
+        <v>15000</v>
+      </c>
+      <c r="N589">
+        <v>1000.0</v>
+      </c>
+      <c r="O589" t="s">
+        <v>28</v>
+      </c>
+      <c r="P589">
+        <v>0.035928</v>
+      </c>
+      <c r="Q589">
+        <v>100.535928</v>
+      </c>
+      <c r="R589">
+        <v>101.035928</v>
+      </c>
+      <c r="S589">
+        <v>100.5</v>
+      </c>
+      <c r="T589">
+        <v>101.0</v>
+      </c>
+      <c r="X589">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="590" spans="1:24">
+      <c r="A590" s="2">
+        <v>45222.450636574</v>
+      </c>
+      <c r="B590" t="s">
+        <v>24</v>
+      </c>
+      <c r="C590" t="s">
+        <v>25</v>
+      </c>
+      <c r="D590" t="s">
+        <v>26</v>
+      </c>
+      <c r="E590" t="s">
+        <v>27</v>
+      </c>
+      <c r="G590">
+        <v>100.964072</v>
+      </c>
+      <c r="I590" t="s">
+        <v>28</v>
+      </c>
+      <c r="J590">
+        <v>12.934</v>
+      </c>
+      <c r="K590" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L590" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M590">
+        <v>15000</v>
+      </c>
+      <c r="N590">
+        <v>1000.0</v>
+      </c>
+      <c r="O590" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q590">
+        <v>99.91</v>
+      </c>
+      <c r="R590">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="591" spans="1:24">
+      <c r="A591" s="2">
+        <v>45219.621898148</v>
+      </c>
+      <c r="B591" t="s">
+        <v>24</v>
+      </c>
+      <c r="C591" t="s">
+        <v>25</v>
+      </c>
+      <c r="D591" t="s">
+        <v>26</v>
+      </c>
+      <c r="E591" t="s">
+        <v>27</v>
+      </c>
+      <c r="F591">
+        <v>1.04</v>
+      </c>
+      <c r="G591">
+        <v>100.964072</v>
+      </c>
+      <c r="H591">
+        <v>61537.45248</v>
+      </c>
+      <c r="I591" t="s">
+        <v>28</v>
+      </c>
+      <c r="J591">
+        <v>12.934</v>
+      </c>
+      <c r="K591" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L591" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M591">
+        <v>15000</v>
+      </c>
+      <c r="N591">
+        <v>1000.0</v>
+      </c>
+      <c r="O591" t="s">
+        <v>28</v>
+      </c>
+      <c r="P591">
+        <v>-0.035928</v>
+      </c>
+      <c r="Q591">
+        <v>100.064072</v>
+      </c>
+      <c r="R591">
+        <v>100.964072</v>
+      </c>
+      <c r="S591">
+        <v>100.1</v>
+      </c>
+      <c r="T591">
+        <v>101.0</v>
+      </c>
+      <c r="X591">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="592" spans="1:24">
+      <c r="A592" s="2">
+        <v>45218.645405093</v>
+      </c>
+      <c r="B592" t="s">
+        <v>24</v>
+      </c>
+      <c r="C592" t="s">
+        <v>25</v>
+      </c>
+      <c r="D592" t="s">
+        <v>26</v>
+      </c>
+      <c r="E592" t="s">
+        <v>27</v>
+      </c>
+      <c r="F592">
+        <v>-0.88</v>
+      </c>
+      <c r="G592">
+        <v>99.928144</v>
+      </c>
+      <c r="H592">
+        <v>34974.8504</v>
+      </c>
+      <c r="I592" t="s">
+        <v>28</v>
+      </c>
+      <c r="J592">
+        <v>12.934</v>
+      </c>
+      <c r="K592" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L592" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M592">
+        <v>15000</v>
+      </c>
+      <c r="N592">
+        <v>1000.0</v>
+      </c>
+      <c r="O592" t="s">
+        <v>28</v>
+      </c>
+      <c r="P592">
+        <v>-0.071856</v>
+      </c>
+      <c r="Q592">
+        <v>99.828144</v>
+      </c>
+      <c r="R592">
+        <v>100.928144</v>
+      </c>
+      <c r="S592">
+        <v>99.9</v>
+      </c>
+      <c r="T592">
+        <v>101.0</v>
+      </c>
+      <c r="X592">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="593" spans="1:24">
+      <c r="A593" s="2">
+        <v>45217.663842593</v>
+      </c>
+      <c r="B593" t="s">
+        <v>24</v>
+      </c>
+      <c r="C593" t="s">
+        <v>25</v>
+      </c>
+      <c r="D593" t="s">
+        <v>26</v>
+      </c>
+      <c r="E593" t="s">
+        <v>27</v>
+      </c>
+      <c r="F593">
+        <v>-0.21</v>
+      </c>
+      <c r="G593">
+        <v>100.820361</v>
+      </c>
+      <c r="H593">
+        <v>53559.79133</v>
+      </c>
+      <c r="I593" t="s">
+        <v>28</v>
+      </c>
+      <c r="J593">
+        <v>12.934</v>
+      </c>
+      <c r="K593" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L593" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M593">
+        <v>15000</v>
+      </c>
+      <c r="N593">
+        <v>1000.0</v>
+      </c>
+      <c r="O593" t="s">
+        <v>28</v>
+      </c>
+      <c r="P593">
+        <v>-0.179639</v>
+      </c>
+      <c r="Q593">
+        <v>99.720361</v>
+      </c>
+      <c r="R593">
+        <v>100.820361</v>
+      </c>
+      <c r="S593">
+        <v>99.9</v>
+      </c>
+      <c r="T593">
+        <v>101.0</v>
+      </c>
+      <c r="X593">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="594" spans="1:24">
+      <c r="A594" s="2">
+        <v>45216.438391204</v>
+      </c>
+      <c r="B594" t="s">
+        <v>24</v>
+      </c>
+      <c r="C594" t="s">
+        <v>25</v>
+      </c>
+      <c r="D594" t="s">
+        <v>26</v>
+      </c>
+      <c r="E594" t="s">
+        <v>27</v>
+      </c>
+      <c r="F594">
+        <v>-1.02</v>
+      </c>
+      <c r="G594">
+        <v>101.034433</v>
+      </c>
+      <c r="H594">
+        <v>7072.41031</v>
+      </c>
+      <c r="I594" t="s">
+        <v>28</v>
+      </c>
+      <c r="J594">
+        <v>12.934</v>
+      </c>
+      <c r="K594" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L594" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M594">
+        <v>15000</v>
+      </c>
+      <c r="N594">
+        <v>1000.0</v>
+      </c>
+      <c r="O594" t="s">
+        <v>28</v>
+      </c>
+      <c r="P594">
+        <v>-0.215567</v>
+      </c>
+      <c r="Q594">
+        <v>100.784433</v>
+      </c>
+      <c r="R594">
+        <v>101.034433</v>
+      </c>
+      <c r="S594">
+        <v>101.0</v>
+      </c>
+      <c r="T594">
+        <v>101.25</v>
+      </c>
+      <c r="X594">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="595" spans="1:24">
+      <c r="A595" s="2">
+        <v>45215.578518519</v>
+      </c>
+      <c r="B595" t="s">
+        <v>24</v>
+      </c>
+      <c r="C595" t="s">
+        <v>25</v>
+      </c>
+      <c r="D595" t="s">
+        <v>26</v>
+      </c>
+      <c r="E595" t="s">
+        <v>27</v>
+      </c>
+      <c r="F595">
+        <v>0.04</v>
+      </c>
+      <c r="G595">
+        <v>102.076339</v>
+      </c>
+      <c r="H595">
+        <v>27560.61153</v>
+      </c>
+      <c r="I595" t="s">
+        <v>28</v>
+      </c>
+      <c r="J595">
+        <v>12.934</v>
+      </c>
+      <c r="K595" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L595" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M595">
+        <v>15000</v>
+      </c>
+      <c r="N595">
+        <v>1000.0</v>
+      </c>
+      <c r="O595" t="s">
+        <v>28</v>
+      </c>
+      <c r="P595">
+        <v>0.826339</v>
+      </c>
+      <c r="Q595">
+        <v>100.726339</v>
+      </c>
+      <c r="R595">
+        <v>102.076339</v>
+      </c>
+      <c r="S595">
+        <v>99.9</v>
+      </c>
+      <c r="T595">
+        <v>101.25</v>
+      </c>
+      <c r="X595">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="596" spans="1:24">
+      <c r="A596" s="2">
+        <v>45212.573472222</v>
+      </c>
+      <c r="B596" t="s">
+        <v>24</v>
+      </c>
+      <c r="C596" t="s">
+        <v>25</v>
+      </c>
+      <c r="D596" t="s">
+        <v>26</v>
+      </c>
+      <c r="E596" t="s">
+        <v>27</v>
+      </c>
+      <c r="F596">
+        <v>0.28</v>
+      </c>
+      <c r="G596">
+        <v>102.040411</v>
+      </c>
+      <c r="H596">
+        <v>13242.75343</v>
+      </c>
+      <c r="I596" t="s">
+        <v>28</v>
+      </c>
+      <c r="J596">
+        <v>12.934</v>
+      </c>
+      <c r="K596" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L596" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M596">
+        <v>15000</v>
+      </c>
+      <c r="N596">
+        <v>1000.0</v>
+      </c>
+      <c r="O596" t="s">
+        <v>28</v>
+      </c>
+      <c r="P596">
+        <v>0.790411</v>
+      </c>
+      <c r="Q596">
+        <v>101.790411</v>
+      </c>
+      <c r="R596">
+        <v>102.040411</v>
+      </c>
+      <c r="S596">
+        <v>101.0</v>
+      </c>
+      <c r="T596">
+        <v>101.25</v>
+      </c>
+      <c r="X596">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="597" spans="1:24">
+      <c r="A597" s="2">
+        <v>45211.534178241</v>
+      </c>
+      <c r="B597" t="s">
+        <v>24</v>
+      </c>
+      <c r="C597" t="s">
+        <v>25</v>
+      </c>
+      <c r="D597" t="s">
+        <v>26</v>
+      </c>
+      <c r="E597" t="s">
+        <v>27</v>
+      </c>
+      <c r="F597">
+        <v>0.11</v>
+      </c>
+      <c r="G597">
+        <v>101.754483</v>
+      </c>
+      <c r="H597">
+        <v>38666.70354</v>
+      </c>
+      <c r="I597" t="s">
+        <v>28</v>
+      </c>
+      <c r="J597">
+        <v>12.934</v>
+      </c>
+      <c r="K597" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L597" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M597">
+        <v>15000</v>
+      </c>
+      <c r="N597">
+        <v>1000.0</v>
+      </c>
+      <c r="O597" t="s">
+        <v>28</v>
+      </c>
+      <c r="P597">
+        <v>0.754483</v>
+      </c>
+      <c r="Q597">
+        <v>101.254483</v>
+      </c>
+      <c r="R597">
+        <v>101.754483</v>
+      </c>
+      <c r="S597">
+        <v>100.5</v>
+      </c>
+      <c r="T597">
+        <v>101.0</v>
+      </c>
+      <c r="X597">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="598" spans="1:24">
+      <c r="A598" s="2">
+        <v>45210.532094907</v>
+      </c>
+      <c r="B598" t="s">
+        <v>24</v>
+      </c>
+      <c r="C598" t="s">
+        <v>25</v>
+      </c>
+      <c r="D598" t="s">
+        <v>26</v>
+      </c>
+      <c r="E598" t="s">
+        <v>27</v>
+      </c>
+      <c r="F598">
+        <v>-0.21</v>
+      </c>
+      <c r="G598">
+        <v>101.6467</v>
+      </c>
+      <c r="H598">
+        <v>3049.401</v>
+      </c>
+      <c r="I598" t="s">
+        <v>28</v>
+      </c>
+      <c r="J598">
+        <v>12.934</v>
+      </c>
+      <c r="K598" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L598" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M598">
+        <v>15000</v>
+      </c>
+      <c r="N598">
+        <v>1000.0</v>
+      </c>
+      <c r="O598" t="s">
+        <v>28</v>
+      </c>
+      <c r="P598">
+        <v>0.6467</v>
+      </c>
+      <c r="Q598">
+        <v>101.1467</v>
+      </c>
+      <c r="R598">
+        <v>101.6467</v>
+      </c>
+      <c r="S598">
+        <v>100.5</v>
+      </c>
+      <c r="T598">
+        <v>101.0</v>
+      </c>
+      <c r="X598">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="599" spans="1:24">
+      <c r="A599" s="2">
+        <v>45209.530763889</v>
+      </c>
+      <c r="B599" t="s">
+        <v>24</v>
+      </c>
+      <c r="C599" t="s">
+        <v>25</v>
+      </c>
+      <c r="D599" t="s">
+        <v>26</v>
+      </c>
+      <c r="E599" t="s">
+        <v>27</v>
+      </c>
+      <c r="F599">
+        <v>-0.7</v>
+      </c>
+      <c r="G599">
+        <v>101.860772</v>
+      </c>
+      <c r="H599">
+        <v>5093.0386</v>
+      </c>
+      <c r="I599" t="s">
+        <v>28</v>
+      </c>
+      <c r="J599">
+        <v>12.934</v>
+      </c>
+      <c r="K599" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L599" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M599">
+        <v>15000</v>
+      </c>
+      <c r="N599">
+        <v>1000.0</v>
+      </c>
+      <c r="O599" t="s">
+        <v>28</v>
+      </c>
+      <c r="P599">
+        <v>0.610772</v>
+      </c>
+      <c r="Q599">
+        <v>101.610772</v>
+      </c>
+      <c r="R599">
+        <v>101.860772</v>
+      </c>
+      <c r="S599">
+        <v>101.0</v>
+      </c>
+      <c r="T599">
+        <v>101.25</v>
+      </c>
+      <c r="X599">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="600" spans="1:24">
+      <c r="A600" s="2">
+        <v>45208.553715278</v>
+      </c>
+      <c r="B600" t="s">
+        <v>24</v>
+      </c>
+      <c r="C600" t="s">
+        <v>25</v>
+      </c>
+      <c r="D600" t="s">
+        <v>26</v>
+      </c>
+      <c r="E600" t="s">
+        <v>27</v>
+      </c>
+      <c r="F600">
+        <v>2.03</v>
+      </c>
+      <c r="G600">
+        <v>102.574844</v>
+      </c>
+      <c r="H600">
+        <v>10257.4844</v>
+      </c>
+      <c r="I600" t="s">
+        <v>28</v>
+      </c>
+      <c r="J600">
+        <v>12.934</v>
+      </c>
+      <c r="K600" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L600" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M600">
+        <v>15000</v>
+      </c>
+      <c r="N600">
+        <v>1000.0</v>
+      </c>
+      <c r="O600" t="s">
+        <v>28</v>
+      </c>
+      <c r="P600">
+        <v>0.574844</v>
+      </c>
+      <c r="Q600">
+        <v>101.574844</v>
+      </c>
+      <c r="R600">
+        <v>101.824844</v>
+      </c>
+      <c r="S600">
+        <v>101.0</v>
+      </c>
+      <c r="T600">
+        <v>101.25</v>
+      </c>
+      <c r="X600">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="601" spans="1:24">
+      <c r="A601" s="2">
+        <v>45205.640706019</v>
+      </c>
+      <c r="B601" t="s">
+        <v>24</v>
+      </c>
+      <c r="C601" t="s">
+        <v>25</v>
+      </c>
+      <c r="D601" t="s">
+        <v>26</v>
+      </c>
+      <c r="E601" t="s">
+        <v>27</v>
+      </c>
+      <c r="F601">
+        <v>-0.95</v>
+      </c>
+      <c r="G601">
+        <v>100.538917</v>
+      </c>
+      <c r="H601">
+        <v>103870.88451</v>
+      </c>
+      <c r="I601" t="s">
+        <v>28</v>
+      </c>
+      <c r="J601">
+        <v>12.934</v>
+      </c>
+      <c r="K601" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L601" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M601">
+        <v>15000</v>
+      </c>
+      <c r="N601">
+        <v>1000.0</v>
+      </c>
+      <c r="O601" t="s">
+        <v>28</v>
+      </c>
+      <c r="P601">
+        <v>0.538917</v>
+      </c>
+      <c r="Q601">
+        <v>100.438917</v>
+      </c>
+      <c r="R601">
+        <v>102.538917</v>
+      </c>
+      <c r="S601">
+        <v>99.9</v>
+      </c>
+      <c r="T601">
+        <v>102.0</v>
+      </c>
+      <c r="X601">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="602" spans="1:24">
+      <c r="A602" s="2">
+        <v>45204.660717593</v>
+      </c>
+      <c r="B602" t="s">
+        <v>24</v>
+      </c>
+      <c r="C602" t="s">
+        <v>25</v>
+      </c>
+      <c r="D602" t="s">
+        <v>26</v>
+      </c>
+      <c r="E602" t="s">
+        <v>27</v>
+      </c>
+      <c r="F602">
+        <v>0.11</v>
+      </c>
+      <c r="G602">
+        <v>101.502989</v>
+      </c>
+      <c r="H602">
+        <v>29435.86681</v>
+      </c>
+      <c r="I602" t="s">
+        <v>28</v>
+      </c>
+      <c r="J602">
+        <v>12.934</v>
+      </c>
+      <c r="K602" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L602" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M602">
+        <v>15000</v>
+      </c>
+      <c r="N602">
+        <v>1000.0</v>
+      </c>
+      <c r="O602" t="s">
+        <v>28</v>
+      </c>
+      <c r="P602">
+        <v>0.502989</v>
+      </c>
+      <c r="Q602">
+        <v>101.102989</v>
+      </c>
+      <c r="R602">
+        <v>101.502989</v>
+      </c>
+      <c r="S602">
+        <v>100.6</v>
+      </c>
+      <c r="T602">
+        <v>101.0</v>
+      </c>
+      <c r="X602">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="603" spans="1:24">
+      <c r="A603" s="2">
+        <v>45203.662314815</v>
+      </c>
+      <c r="B603" t="s">
+        <v>24</v>
+      </c>
+      <c r="C603" t="s">
+        <v>25</v>
+      </c>
+      <c r="D603" t="s">
+        <v>26</v>
+      </c>
+      <c r="E603" t="s">
+        <v>27</v>
+      </c>
+      <c r="G603">
+        <v>101.395206</v>
+      </c>
+      <c r="H603">
+        <v>65906.8839</v>
+      </c>
+      <c r="I603" t="s">
+        <v>28</v>
+      </c>
+      <c r="J603">
+        <v>12.934</v>
+      </c>
+      <c r="K603" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L603" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M603">
+        <v>15000</v>
+      </c>
+      <c r="N603">
+        <v>1000.0</v>
+      </c>
+      <c r="O603" t="s">
+        <v>28</v>
+      </c>
+      <c r="P603">
+        <v>0.395206</v>
+      </c>
+      <c r="Q603">
+        <v>100.295206</v>
+      </c>
+      <c r="R603">
+        <v>101.395206</v>
+      </c>
+      <c r="S603">
+        <v>99.9</v>
+      </c>
+      <c r="T603">
+        <v>101.0</v>
+      </c>
+      <c r="X603">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="604" spans="1:24">
+      <c r="A604" s="2">
+        <v>45202.520393519</v>
+      </c>
+      <c r="B604" t="s">
+        <v>24</v>
+      </c>
+      <c r="C604" t="s">
+        <v>25</v>
+      </c>
+      <c r="D604" t="s">
+        <v>26</v>
+      </c>
+      <c r="E604" t="s">
+        <v>27</v>
+      </c>
+      <c r="I604" t="s">
+        <v>28</v>
+      </c>
+      <c r="J604">
+        <v>12.934</v>
+      </c>
+      <c r="K604" s="2">
+        <v>45161.0</v>
+      </c>
+      <c r="L604" s="2">
+        <v>46078.0</v>
+      </c>
+      <c r="M604">
+        <v>15000</v>
+      </c>
+      <c r="N604">
+        <v>1000.0</v>
+      </c>
+      <c r="O604" t="s">
+        <v>28</v>
+      </c>
+      <c r="P604">
+        <v>0.359278</v>
+      </c>
+      <c r="R604">
         <v>101.359278</v>
       </c>
-      <c r="T560">
+      <c r="T604">
         <v>101.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>