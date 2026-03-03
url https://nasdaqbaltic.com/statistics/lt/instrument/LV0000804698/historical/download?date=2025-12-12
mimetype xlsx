--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X286"/>
+  <dimension ref="A1:X334"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L286" sqref="L286"/>
+      <selection activeCell="L334" sqref="L334"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,14388 +546,17088 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46009.35587963</v>
+        <v>46084.354953704</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>102.255556</v>
+        <v>101.955556</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.0</v>
       </c>
       <c r="K2" s="2">
         <v>45596.0</v>
       </c>
       <c r="L2" s="2">
         <v>46691.0</v>
       </c>
       <c r="M2">
         <v>5000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.822222</v>
-[...4 lines deleted...]
-      <c r="T2">
+        <v>1.444444</v>
+      </c>
+      <c r="Q2">
+        <v>101.944444</v>
+      </c>
+      <c r="S2">
         <v>100.5</v>
       </c>
-      <c r="V2">
-        <v>7.709463</v>
+      <c r="U2">
+        <v>7.674934</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46008.602916667</v>
+        <v>46083.355138889</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="F3">
-[...1 lines deleted...]
-      </c>
       <c r="G3">
-        <v>102.255556</v>
-[...2 lines deleted...]
-        <v>66191.1114</v>
+        <v>101.955556</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.0</v>
       </c>
       <c r="K3" s="2">
         <v>45596.0</v>
       </c>
       <c r="L3" s="2">
         <v>46691.0</v>
       </c>
       <c r="M3">
         <v>5000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.755556</v>
-[...4 lines deleted...]
-      <c r="T3">
+        <v>1.422222</v>
+      </c>
+      <c r="Q3">
+        <v>101.922222</v>
+      </c>
+      <c r="S3">
         <v>100.5</v>
       </c>
-      <c r="V3">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="U3">
+        <v>7.675384</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46007.355532407</v>
+        <v>46080.355081019</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>101.85</v>
+        <v>101.955556</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.0</v>
       </c>
       <c r="K4" s="2">
         <v>45596.0</v>
       </c>
       <c r="L4" s="2">
         <v>46691.0</v>
       </c>
       <c r="M4">
         <v>5000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.733333</v>
+        <v>1.4</v>
       </c>
       <c r="Q4">
-        <v>101.733333</v>
-[...2 lines deleted...]
-        <v>102.233333</v>
+        <v>101.9</v>
       </c>
       <c r="S4">
-        <v>100.0</v>
-[...1 lines deleted...]
-      <c r="T4">
         <v>100.5</v>
       </c>
       <c r="U4">
-        <v>8.000872</v>
-[...2 lines deleted...]
-        <v>7.710684</v>
+        <v>7.675836</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46006.355335648</v>
+        <v>46079.355150463</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
-        <v>101.85</v>
+        <v>101.955556</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.0</v>
       </c>
       <c r="K5" s="2">
         <v>45596.0</v>
       </c>
       <c r="L5" s="2">
         <v>46691.0</v>
       </c>
       <c r="M5">
         <v>5000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.711111</v>
+        <v>1.377778</v>
       </c>
       <c r="Q5">
-        <v>101.711111</v>
-[...2 lines deleted...]
-        <v>102.211111</v>
+        <v>101.877778</v>
       </c>
       <c r="S5">
-        <v>100.0</v>
-[...1 lines deleted...]
-      <c r="T5">
         <v>100.5</v>
       </c>
       <c r="U5">
-        <v>8.000777</v>
-[...2 lines deleted...]
-        <v>7.710994</v>
+        <v>7.67629</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46003.355509259</v>
+        <v>46078.355289352</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>101.85</v>
+        <v>101.955556</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.0</v>
       </c>
       <c r="K6" s="2">
         <v>45596.0</v>
       </c>
       <c r="L6" s="2">
         <v>46691.0</v>
       </c>
       <c r="M6">
         <v>5000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.688889</v>
+        <v>1.266667</v>
       </c>
       <c r="Q6">
-        <v>101.688889</v>
-[...2 lines deleted...]
-        <v>102.188889</v>
+        <v>101.766667</v>
       </c>
       <c r="S6">
-        <v>100.0</v>
-[...1 lines deleted...]
-      <c r="T6">
         <v>100.5</v>
       </c>
       <c r="U6">
-        <v>8.000686</v>
-[...2 lines deleted...]
-        <v>7.711305</v>
+        <v>7.678581</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>46002.355613426</v>
+        <v>46077.354953704</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>101.85</v>
+        <v>101.955556</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.0</v>
       </c>
       <c r="K7" s="2">
         <v>45596.0</v>
       </c>
       <c r="L7" s="2">
         <v>46691.0</v>
       </c>
       <c r="M7">
         <v>5000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.666667</v>
+        <v>1.244444</v>
       </c>
       <c r="Q7">
-        <v>101.666667</v>
-[...2 lines deleted...]
-        <v>102.166667</v>
+        <v>101.744444</v>
       </c>
       <c r="S7">
-        <v>100.0</v>
-[...1 lines deleted...]
-      <c r="T7">
         <v>100.5</v>
       </c>
       <c r="U7">
-        <v>8.000598</v>
-[...2 lines deleted...]
-        <v>7.711618</v>
+        <v>7.679044</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>46001.565868056</v>
+        <v>46076.354872685</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
-      <c r="F8">
-[...1 lines deleted...]
-      </c>
       <c r="G8">
-        <v>101.85</v>
-[...2 lines deleted...]
-        <v>61115.0</v>
+        <v>101.955556</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.0</v>
       </c>
       <c r="K8" s="2">
         <v>45596.0</v>
       </c>
       <c r="L8" s="2">
         <v>46691.0</v>
       </c>
       <c r="M8">
         <v>5000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.6</v>
+        <v>1.222222</v>
       </c>
       <c r="Q8">
-        <v>101.6</v>
-[...2 lines deleted...]
-        <v>102.1</v>
+        <v>101.722222</v>
       </c>
       <c r="S8">
-        <v>100.0</v>
-[...1 lines deleted...]
-      <c r="T8">
         <v>100.5</v>
       </c>
       <c r="U8">
-        <v>8.000353</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>7.679508</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>46000.636782407</v>
+        <v>46073.355092593</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="F9">
-[...1 lines deleted...]
-      </c>
       <c r="G9">
-        <v>102.077778</v>
-[...2 lines deleted...]
-        <v>102077.778</v>
+        <v>101.955556</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.0</v>
       </c>
       <c r="K9" s="2">
         <v>45596.0</v>
       </c>
       <c r="L9" s="2">
         <v>46691.0</v>
       </c>
       <c r="M9">
         <v>5000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.577778</v>
-[...4 lines deleted...]
-      <c r="T9">
+        <v>1.2</v>
+      </c>
+      <c r="Q9">
+        <v>101.7</v>
+      </c>
+      <c r="S9">
         <v>100.5</v>
       </c>
-      <c r="V9">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="U9">
+        <v>7.679973</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45999.565266204</v>
+        <v>46072.355092593</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="F10">
-[...1 lines deleted...]
-      </c>
       <c r="G10">
-        <v>102.055556</v>
-[...2 lines deleted...]
-        <v>203986.112</v>
+        <v>101.955556</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.0</v>
       </c>
       <c r="K10" s="2">
         <v>45596.0</v>
       </c>
       <c r="L10" s="2">
         <v>46691.0</v>
       </c>
       <c r="M10">
         <v>5000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.555556</v>
-[...4 lines deleted...]
-      <c r="T10">
+        <v>1.177778</v>
+      </c>
+      <c r="Q10">
+        <v>101.677778</v>
+      </c>
+      <c r="S10">
         <v>100.5</v>
       </c>
-      <c r="V10">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="U10">
+        <v>7.68044</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45996.53369213</v>
+        <v>46071.355150463</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="F11">
-[...1 lines deleted...]
-      </c>
       <c r="G11">
-        <v>101.783333</v>
-[...2 lines deleted...]
-        <v>83479.83306</v>
+        <v>101.955556</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.0</v>
       </c>
       <c r="K11" s="2">
         <v>45596.0</v>
       </c>
       <c r="L11" s="2">
         <v>46691.0</v>
       </c>
       <c r="M11">
         <v>5000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.533333</v>
-[...4 lines deleted...]
-      <c r="T11">
+        <v>1.111111</v>
+      </c>
+      <c r="Q11">
+        <v>101.611111</v>
+      </c>
+      <c r="S11">
         <v>100.5</v>
       </c>
-      <c r="V11">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="U11">
+        <v>7.68185</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45995.517013889</v>
+        <v>46070.355347222</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
-      <c r="F12">
-[...1 lines deleted...]
-      </c>
       <c r="G12">
-        <v>102.011111</v>
-[...2 lines deleted...]
-        <v>205062.44422</v>
+        <v>101.955556</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.0</v>
       </c>
       <c r="K12" s="2">
         <v>45596.0</v>
       </c>
       <c r="L12" s="2">
         <v>46691.0</v>
       </c>
       <c r="M12">
         <v>5000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.511111</v>
-[...4 lines deleted...]
-      <c r="T12">
+        <v>1.088889</v>
+      </c>
+      <c r="Q12">
+        <v>101.588889</v>
+      </c>
+      <c r="S12">
         <v>100.5</v>
       </c>
-      <c r="V12">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="U12">
+        <v>7.682322</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45994.427488426</v>
+        <v>46069.355104167</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
-      <c r="F13">
-[...1 lines deleted...]
-      </c>
       <c r="G13">
-        <v>101.944444</v>
-[...2 lines deleted...]
-        <v>101944.444</v>
+        <v>101.955556</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.0</v>
       </c>
       <c r="K13" s="2">
         <v>45596.0</v>
       </c>
       <c r="L13" s="2">
         <v>46691.0</v>
       </c>
       <c r="M13">
         <v>5000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.444444</v>
-[...4 lines deleted...]
-      <c r="T13">
+        <v>1.066667</v>
+      </c>
+      <c r="Q13">
+        <v>101.566667</v>
+      </c>
+      <c r="S13">
         <v>100.5</v>
       </c>
-      <c r="V13">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="U13">
+        <v>7.682796</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45993.527685185</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
-      <c r="F14">
-[...1 lines deleted...]
-      </c>
       <c r="G14">
-        <v>101.922222</v>
-[...2 lines deleted...]
-        <v>172767.7774</v>
+        <v>101.955556</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.0</v>
       </c>
       <c r="K14" s="2">
         <v>45596.0</v>
       </c>
       <c r="L14" s="2">
         <v>46691.0</v>
       </c>
       <c r="M14">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.422222</v>
-[...4 lines deleted...]
-      <c r="T14">
+        <v>1.044444</v>
+      </c>
+      <c r="Q14">
+        <v>101.544444</v>
+      </c>
+      <c r="S14">
         <v>100.5</v>
       </c>
-      <c r="V14">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="U14">
+        <v>7.683272</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45992.548391204</v>
+        <v>46065.355162037</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>101.261111</v>
+        <v>101.955556</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.0</v>
       </c>
       <c r="K15" s="2">
         <v>45596.0</v>
       </c>
       <c r="L15" s="2">
         <v>46691.0</v>
       </c>
       <c r="M15">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>1.4</v>
+        <v>1.022222</v>
       </c>
       <c r="Q15">
-        <v>101.4</v>
+        <v>101.522222</v>
       </c>
       <c r="S15">
-        <v>100.0</v>
+        <v>100.5</v>
       </c>
       <c r="U15">
-        <v>7.99978</v>
+        <v>7.683749</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45989.355740741</v>
+        <v>46064.491087963</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
+      <c r="F16">
+        <v>0.77</v>
+      </c>
       <c r="G16">
-        <v>101.261111</v>
+        <v>101.955556</v>
+      </c>
+      <c r="H16">
+        <v>50977.778</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.0</v>
       </c>
       <c r="K16" s="2">
         <v>45596.0</v>
       </c>
       <c r="L16" s="2">
         <v>46691.0</v>
       </c>
       <c r="M16">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>1.377778</v>
+        <v>0.955556</v>
       </c>
       <c r="Q16">
-        <v>100.877778</v>
+        <v>101.455556</v>
       </c>
       <c r="S16">
-        <v>99.5</v>
+        <v>100.5</v>
       </c>
       <c r="U16">
-        <v>8.285291</v>
+        <v>7.685188</v>
+      </c>
+      <c r="X16">
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45988.355740741</v>
+        <v>46063.355046296</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.0</v>
       </c>
       <c r="K17" s="2">
         <v>45596.0</v>
       </c>
       <c r="L17" s="2">
         <v>46691.0</v>
       </c>
       <c r="M17">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>1.355556</v>
+        <v>0.933333</v>
       </c>
       <c r="Q17">
-        <v>100.855556</v>
+        <v>101.933333</v>
       </c>
       <c r="S17">
-        <v>99.5</v>
+        <v>101.0</v>
       </c>
       <c r="U17">
-        <v>8.284859</v>
+        <v>7.373877</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45987.355509259</v>
+        <v>46062.528668981</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.0</v>
       </c>
       <c r="K18" s="2">
         <v>45596.0</v>
       </c>
       <c r="L18" s="2">
         <v>46691.0</v>
       </c>
       <c r="M18">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>1.288889</v>
+        <v>0.911111</v>
       </c>
       <c r="Q18">
-        <v>100.788889</v>
+        <v>101.911111</v>
       </c>
       <c r="S18">
-        <v>99.5</v>
+        <v>101.0</v>
       </c>
       <c r="U18">
-        <v>8.283589</v>
+        <v>7.37483</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45986.355486111</v>
+        <v>46059.355092593</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.0</v>
       </c>
       <c r="K19" s="2">
         <v>45596.0</v>
       </c>
       <c r="L19" s="2">
         <v>46691.0</v>
       </c>
       <c r="M19">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>1.266667</v>
+        <v>0.888889</v>
       </c>
       <c r="Q19">
-        <v>100.766667</v>
+        <v>101.588889</v>
       </c>
       <c r="S19">
-        <v>99.5</v>
+        <v>100.7</v>
       </c>
       <c r="U19">
-        <v>8.283174</v>
+        <v>7.562077</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45985.355381944</v>
+        <v>46058.355208333</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.0</v>
       </c>
       <c r="K20" s="2">
         <v>45596.0</v>
       </c>
       <c r="L20" s="2">
         <v>46691.0</v>
       </c>
       <c r="M20">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>1.244444</v>
+        <v>0.866667</v>
       </c>
       <c r="Q20">
-        <v>100.744444</v>
+        <v>101.566667</v>
       </c>
       <c r="S20">
-        <v>99.5</v>
+        <v>100.7</v>
       </c>
       <c r="U20">
-        <v>8.282763</v>
+        <v>7.56275</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45982.355405093</v>
+        <v>46057.355</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.0</v>
       </c>
       <c r="K21" s="2">
         <v>45596.0</v>
       </c>
       <c r="L21" s="2">
         <v>46691.0</v>
       </c>
       <c r="M21">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>1.222222</v>
+        <v>0.8</v>
       </c>
       <c r="Q21">
-        <v>100.722222</v>
+        <v>101.5</v>
       </c>
       <c r="S21">
-        <v>99.5</v>
+        <v>100.7</v>
       </c>
       <c r="U21">
-        <v>8.282356</v>
+        <v>7.564775</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45981.355196759</v>
+        <v>46056.355520833</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.0</v>
       </c>
       <c r="K22" s="2">
         <v>45596.0</v>
       </c>
       <c r="L22" s="2">
         <v>46691.0</v>
       </c>
       <c r="M22">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>1.2</v>
+        <v>0.777778</v>
       </c>
       <c r="Q22">
+        <v>101.477778</v>
+      </c>
+      <c r="S22">
         <v>100.7</v>
       </c>
-      <c r="S22">
-[...1 lines deleted...]
-      </c>
       <c r="U22">
-        <v>8.281953</v>
+        <v>7.565451</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45980.355532407</v>
+        <v>46055.355474537</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.0</v>
       </c>
       <c r="K23" s="2">
         <v>45596.0</v>
       </c>
       <c r="L23" s="2">
         <v>46691.0</v>
       </c>
       <c r="M23">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>1.133333</v>
+        <v>0.755556</v>
       </c>
       <c r="Q23">
-        <v>100.633333</v>
+        <v>101.455556</v>
       </c>
       <c r="S23">
-        <v>99.5</v>
+        <v>100.7</v>
       </c>
       <c r="U23">
-        <v>8.280768</v>
+        <v>7.566127</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45979.355439815</v>
+        <v>46052.428483796</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.0</v>
       </c>
       <c r="K24" s="2">
         <v>45596.0</v>
       </c>
       <c r="L24" s="2">
         <v>46691.0</v>
       </c>
       <c r="M24">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>1.111111</v>
+        <v>0.733333</v>
+      </c>
+      <c r="Q24">
+        <v>101.433333</v>
+      </c>
+      <c r="S24">
+        <v>100.7</v>
+      </c>
+      <c r="U24">
+        <v>7.566805</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45978.355763889</v>
+        <v>46051.355266204</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.0</v>
       </c>
       <c r="K25" s="2">
         <v>45596.0</v>
       </c>
       <c r="L25" s="2">
         <v>46691.0</v>
       </c>
       <c r="M25">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>1.088889</v>
+        <v>0.711111</v>
+      </c>
+      <c r="Q25">
+        <v>101.231111</v>
+      </c>
+      <c r="S25">
+        <v>100.52</v>
+      </c>
+      <c r="U25">
+        <v>7.678248</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45975.355381944</v>
+        <v>46050.35556713</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.0</v>
       </c>
       <c r="K26" s="2">
         <v>45596.0</v>
       </c>
       <c r="L26" s="2">
         <v>46691.0</v>
       </c>
       <c r="M26">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>1.066667</v>
+        <v>0.666667</v>
       </c>
       <c r="Q26">
-        <v>100.566667</v>
+        <v>101.186667</v>
       </c>
       <c r="S26">
-        <v>99.5</v>
+        <v>100.52</v>
       </c>
       <c r="U26">
-        <v>8.279618</v>
+        <v>7.67928</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45974.355833333</v>
+        <v>46049.355486111</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.0</v>
       </c>
       <c r="K27" s="2">
         <v>45596.0</v>
       </c>
       <c r="L27" s="2">
         <v>46691.0</v>
       </c>
       <c r="M27">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>1.044444</v>
+        <v>0.644444</v>
       </c>
       <c r="Q27">
-        <v>100.544444</v>
+        <v>101.164444</v>
       </c>
       <c r="S27">
-        <v>99.5</v>
+        <v>100.52</v>
       </c>
       <c r="U27">
-        <v>8.279243</v>
+        <v>7.679799</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45973.356087963</v>
+        <v>46048.355405093</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.0</v>
       </c>
       <c r="K28" s="2">
         <v>45596.0</v>
       </c>
       <c r="L28" s="2">
         <v>46691.0</v>
       </c>
       <c r="M28">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.977778</v>
+        <v>0.622222</v>
       </c>
       <c r="Q28">
-        <v>100.477778</v>
+        <v>101.142222</v>
       </c>
       <c r="S28">
-        <v>99.5</v>
+        <v>100.52</v>
       </c>
       <c r="U28">
-        <v>8.278141</v>
+        <v>7.680318</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45972.631736111</v>
+        <v>46045.355648148</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.0</v>
       </c>
       <c r="K29" s="2">
         <v>45596.0</v>
       </c>
       <c r="L29" s="2">
         <v>46691.0</v>
       </c>
       <c r="M29">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.955556</v>
+        <v>0.6</v>
       </c>
       <c r="Q29">
-        <v>100.455556</v>
+        <v>101.12</v>
       </c>
       <c r="S29">
-        <v>99.5</v>
+        <v>100.52</v>
       </c>
       <c r="U29">
-        <v>8.277781</v>
+        <v>7.680838</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45971.355706019</v>
+        <v>46044.356076389</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.0</v>
       </c>
       <c r="K30" s="2">
         <v>45596.0</v>
       </c>
       <c r="L30" s="2">
         <v>46691.0</v>
       </c>
       <c r="M30">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.933333</v>
+        <v>0.577778</v>
+      </c>
+      <c r="Q30">
+        <v>101.097778</v>
+      </c>
+      <c r="S30">
+        <v>100.52</v>
+      </c>
+      <c r="U30">
+        <v>7.68136</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45968.355266204</v>
+        <v>46043.420324074</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="G31">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.0</v>
       </c>
       <c r="K31" s="2">
         <v>45596.0</v>
       </c>
       <c r="L31" s="2">
         <v>46691.0</v>
       </c>
       <c r="M31">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.911111</v>
+        <v>0.511111</v>
+      </c>
+      <c r="Q31">
+        <v>101.031111</v>
+      </c>
+      <c r="S31">
+        <v>100.52</v>
+      </c>
+      <c r="U31">
+        <v>7.682932</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45967.355243056</v>
+        <v>46042.355486111</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.0</v>
       </c>
       <c r="K32" s="2">
         <v>45596.0</v>
       </c>
       <c r="L32" s="2">
         <v>46691.0</v>
       </c>
       <c r="M32">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.888889</v>
+        <v>0.488889</v>
+      </c>
+      <c r="Q32">
+        <v>100.999889</v>
+      </c>
+      <c r="S32">
+        <v>100.511</v>
+      </c>
+      <c r="U32">
+        <v>7.688923</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45966.355335648</v>
+        <v>46041.355381944</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.0</v>
       </c>
       <c r="K33" s="2">
         <v>45596.0</v>
       </c>
       <c r="L33" s="2">
         <v>46691.0</v>
       </c>
       <c r="M33">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.822222</v>
+        <v>0.466667</v>
+      </c>
+      <c r="Q33">
+        <v>100.977667</v>
+      </c>
+      <c r="S33">
+        <v>100.511</v>
+      </c>
+      <c r="U33">
+        <v>7.689442</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45965.35525463</v>
+        <v>46038.550405093</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>101.261111</v>
+        <v>101.172222</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.0</v>
       </c>
       <c r="K34" s="2">
         <v>45596.0</v>
       </c>
       <c r="L34" s="2">
         <v>46691.0</v>
       </c>
       <c r="M34">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.8</v>
+        <v>0.444444</v>
+      </c>
+      <c r="Q34">
+        <v>100.955444</v>
+      </c>
+      <c r="S34">
+        <v>100.511</v>
+      </c>
+      <c r="U34">
+        <v>7.689964</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45964.355173611</v>
+        <v>46037.632696759</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
+      <c r="F35">
+        <v>0.34</v>
+      </c>
       <c r="G35">
-        <v>101.261111</v>
+        <v>101.172222</v>
+      </c>
+      <c r="H35">
+        <v>101024.722</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.0</v>
       </c>
       <c r="K35" s="2">
         <v>45596.0</v>
       </c>
       <c r="L35" s="2">
         <v>46691.0</v>
       </c>
       <c r="M35">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.777778</v>
+        <v>0.422222</v>
+      </c>
+      <c r="Q35">
+        <v>100.949222</v>
+      </c>
+      <c r="S35">
+        <v>100.527</v>
+      </c>
+      <c r="U35">
+        <v>7.680815</v>
+      </c>
+      <c r="X35">
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45961.355219907</v>
+        <v>46036.355486111</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
-        <v>101.261111</v>
+        <v>100.833333</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.0</v>
       </c>
       <c r="K36" s="2">
         <v>45596.0</v>
       </c>
       <c r="L36" s="2">
         <v>46691.0</v>
       </c>
       <c r="M36">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.755556</v>
+        <v>0.355556</v>
+      </c>
+      <c r="Q36">
+        <v>100.655556</v>
+      </c>
+      <c r="R36">
+        <v>100.855556</v>
+      </c>
+      <c r="S36">
+        <v>100.3</v>
+      </c>
+      <c r="T36">
+        <v>100.5</v>
+      </c>
+      <c r="U36">
+        <v>7.819219</v>
+      </c>
+      <c r="V36">
+        <v>7.698681</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45960.355196759</v>
+        <v>46035.568564815</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
+      <c r="F37">
+        <v>0.04</v>
+      </c>
       <c r="G37">
-        <v>101.261111</v>
+        <v>100.833333</v>
+      </c>
+      <c r="H37">
+        <v>23191.66659</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.0</v>
       </c>
       <c r="K37" s="2">
         <v>45596.0</v>
       </c>
       <c r="L37" s="2">
         <v>46691.0</v>
       </c>
       <c r="M37">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.733333</v>
+        <v>0.333333</v>
+      </c>
+      <c r="Q37">
+        <v>100.633333</v>
+      </c>
+      <c r="R37">
+        <v>100.833333</v>
+      </c>
+      <c r="S37">
+        <v>100.3</v>
+      </c>
+      <c r="T37">
+        <v>100.5</v>
+      </c>
+      <c r="U37">
+        <v>7.819565</v>
+      </c>
+      <c r="V37">
+        <v>7.699199</v>
+      </c>
+      <c r="X37">
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45959.355104167</v>
+        <v>46034.355474537</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
-        <v>101.261111</v>
+        <v>100.788889</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.0</v>
       </c>
       <c r="K38" s="2">
         <v>45596.0</v>
       </c>
       <c r="L38" s="2">
         <v>46691.0</v>
       </c>
       <c r="M38">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.666667</v>
+        <v>0.311111</v>
+      </c>
+      <c r="Q38">
+        <v>100.611111</v>
+      </c>
+      <c r="R38">
+        <v>100.811111</v>
+      </c>
+      <c r="S38">
+        <v>100.3</v>
+      </c>
+      <c r="T38">
+        <v>100.5</v>
+      </c>
+      <c r="U38">
+        <v>7.819912</v>
+      </c>
+      <c r="V38">
+        <v>7.699718</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45958.355358796</v>
+        <v>46031.6140625</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
+      <c r="F39">
+        <v>0.02</v>
+      </c>
       <c r="G39">
-        <v>101.261111</v>
+        <v>100.788889</v>
+      </c>
+      <c r="H39">
+        <v>20157.7778</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.0</v>
       </c>
       <c r="K39" s="2">
         <v>45596.0</v>
       </c>
       <c r="L39" s="2">
         <v>46691.0</v>
       </c>
       <c r="M39">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.666667</v>
+        <v>0.288889</v>
+      </c>
+      <c r="Q39">
+        <v>100.588889</v>
+      </c>
+      <c r="R39">
+        <v>100.788889</v>
+      </c>
+      <c r="S39">
+        <v>100.3</v>
+      </c>
+      <c r="T39">
+        <v>100.5</v>
+      </c>
+      <c r="U39">
+        <v>7.82026</v>
+      </c>
+      <c r="V39">
+        <v>7.700238</v>
+      </c>
+      <c r="X39">
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45957.355011574</v>
+        <v>46030.634965278</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
+      <c r="F40">
+        <v>0.07</v>
+      </c>
       <c r="G40">
-        <v>101.261111</v>
+        <v>100.766667</v>
+      </c>
+      <c r="H40">
+        <v>6046.00002</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.0</v>
       </c>
       <c r="K40" s="2">
         <v>45596.0</v>
       </c>
       <c r="L40" s="2">
         <v>46691.0</v>
       </c>
       <c r="M40">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>0.644444</v>
+        <v>0.266667</v>
+      </c>
+      <c r="Q40">
+        <v>100.566667</v>
+      </c>
+      <c r="R40">
+        <v>100.766667</v>
+      </c>
+      <c r="S40">
+        <v>100.3</v>
+      </c>
+      <c r="T40">
+        <v>100.5</v>
+      </c>
+      <c r="U40">
+        <v>7.820611</v>
+      </c>
+      <c r="V40">
+        <v>7.70076</v>
+      </c>
+      <c r="X40">
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45954.355439815</v>
+        <v>46029.557025463</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
+      <c r="F41">
+        <v>0.2</v>
+      </c>
       <c r="G41">
-        <v>101.261111</v>
+        <v>100.7</v>
+      </c>
+      <c r="H41">
+        <v>28196.0</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.0</v>
       </c>
       <c r="K41" s="2">
         <v>45596.0</v>
       </c>
       <c r="L41" s="2">
         <v>46691.0</v>
       </c>
       <c r="M41">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>0.622222</v>
+        <v>0.2</v>
+      </c>
+      <c r="Q41">
+        <v>100.5</v>
+      </c>
+      <c r="R41">
+        <v>100.7</v>
+      </c>
+      <c r="S41">
+        <v>100.3</v>
+      </c>
+      <c r="T41">
+        <v>100.5</v>
+      </c>
+      <c r="U41">
+        <v>7.821674</v>
+      </c>
+      <c r="V41">
+        <v>7.702331</v>
+      </c>
+      <c r="X41">
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45953.355173611</v>
+        <v>46028.355659722</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="G42">
-        <v>101.261111</v>
+        <v>100.5</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.0</v>
       </c>
       <c r="K42" s="2">
         <v>45596.0</v>
       </c>
       <c r="L42" s="2">
         <v>46691.0</v>
       </c>
       <c r="M42">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>0.6</v>
+        <v>0.177778</v>
+      </c>
+      <c r="Q42">
+        <v>100.177778</v>
+      </c>
+      <c r="R42">
+        <v>100.677778</v>
+      </c>
+      <c r="S42">
+        <v>100.0</v>
+      </c>
+      <c r="T42">
+        <v>100.5</v>
+      </c>
+      <c r="U42">
+        <v>8.001322</v>
+      </c>
+      <c r="V42">
+        <v>7.702857</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45952.355775463</v>
+        <v>46027.355393519</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>101.261111</v>
+        <v>100.5</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.0</v>
       </c>
       <c r="K43" s="2">
         <v>45596.0</v>
       </c>
       <c r="L43" s="2">
         <v>46691.0</v>
       </c>
       <c r="M43">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>0.533333</v>
+        <v>0.155556</v>
+      </c>
+      <c r="Q43">
+        <v>100.155556</v>
+      </c>
+      <c r="R43">
+        <v>100.655556</v>
+      </c>
+      <c r="S43">
+        <v>100.0</v>
+      </c>
+      <c r="T43">
+        <v>100.5</v>
+      </c>
+      <c r="U43">
+        <v>8.001429</v>
+      </c>
+      <c r="V43">
+        <v>7.703385</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45951.505648148</v>
+        <v>46024.426956019</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
-      <c r="F44">
-[...1 lines deleted...]
-      </c>
       <c r="G44">
-        <v>101.261111</v>
-[...2 lines deleted...]
-        <v>101261.111</v>
+        <v>100.5</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.0</v>
       </c>
       <c r="K44" s="2">
         <v>45596.0</v>
       </c>
       <c r="L44" s="2">
         <v>46691.0</v>
       </c>
       <c r="M44">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>0.511111</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.133333</v>
+      </c>
+      <c r="Q44">
+        <v>100.133333</v>
+      </c>
+      <c r="R44">
+        <v>100.633333</v>
+      </c>
+      <c r="S44">
+        <v>100.0</v>
+      </c>
+      <c r="T44">
+        <v>100.5</v>
+      </c>
+      <c r="U44">
+        <v>8.001539</v>
+      </c>
+      <c r="V44">
+        <v>7.703914</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45950.611782407</v>
+        <v>46021.355729167</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
-        <v>102.344444</v>
+        <v>100.5</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.0</v>
       </c>
       <c r="K45" s="2">
         <v>45596.0</v>
       </c>
       <c r="L45" s="2">
         <v>46691.0</v>
       </c>
       <c r="M45">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>0.488889</v>
+        <v>0.044444</v>
       </c>
       <c r="R45">
-        <v>101.488889</v>
+        <v>100.544444</v>
       </c>
       <c r="T45">
-        <v>101.0</v>
+        <v>100.5</v>
       </c>
       <c r="V45">
-        <v>7.46272</v>
+        <v>7.70604</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45947.355289352</v>
+        <v>46020.642210648</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
+      <c r="F46">
+        <v>0.13</v>
+      </c>
       <c r="G46">
-        <v>102.344444</v>
+        <v>100.5</v>
+      </c>
+      <c r="H46">
+        <v>20100.0</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.0</v>
       </c>
       <c r="K46" s="2">
         <v>45596.0</v>
       </c>
       <c r="L46" s="2">
         <v>46691.0</v>
       </c>
       <c r="M46">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
-      <c r="P46">
-        <v>0.466667</v>
+      <c r="R46">
+        <v>100.5</v>
+      </c>
+      <c r="V46">
+        <v>7.70711</v>
+      </c>
+      <c r="X46">
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45946.354965278</v>
+        <v>46014.417638889</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="G47">
-        <v>102.344444</v>
+        <v>100.366667</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.0</v>
       </c>
       <c r="K47" s="2">
         <v>45596.0</v>
       </c>
       <c r="L47" s="2">
         <v>46691.0</v>
       </c>
       <c r="M47">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>0.444444</v>
+        <v>-0.022222</v>
+      </c>
+      <c r="Q47">
+        <v>99.977778</v>
+      </c>
+      <c r="R47">
+        <v>100.477778</v>
+      </c>
+      <c r="S47">
+        <v>100.0</v>
+      </c>
+      <c r="T47">
+        <v>100.5</v>
+      </c>
+      <c r="U47">
+        <v>8.002378</v>
+      </c>
+      <c r="V47">
+        <v>7.707647</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45945.355115741</v>
+        <v>46013.521828704</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
+      <c r="F48">
+        <v>-1.85</v>
+      </c>
       <c r="G48">
-        <v>102.344444</v>
+        <v>100.366667</v>
+      </c>
+      <c r="H48">
+        <v>5018.33335</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.0</v>
       </c>
       <c r="K48" s="2">
         <v>45596.0</v>
       </c>
       <c r="L48" s="2">
         <v>46691.0</v>
       </c>
       <c r="M48">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>0.377778</v>
+        <v>-0.133333</v>
+      </c>
+      <c r="R48">
+        <v>100.366667</v>
+      </c>
+      <c r="T48">
+        <v>100.5</v>
+      </c>
+      <c r="V48">
+        <v>7.710348</v>
+      </c>
+      <c r="X48">
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45944.354664352</v>
+        <v>46010.355717593</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>102.344444</v>
+        <v>102.255556</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>8.0</v>
       </c>
       <c r="K49" s="2">
         <v>45596.0</v>
       </c>
       <c r="L49" s="2">
         <v>46691.0</v>
       </c>
       <c r="M49">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>0.355556</v>
+        <v>-0.155556</v>
+      </c>
+      <c r="R49">
+        <v>100.344444</v>
+      </c>
+      <c r="T49">
+        <v>100.5</v>
+      </c>
+      <c r="V49">
+        <v>7.710892</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45943.354756944</v>
+        <v>46009.35587963</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="G50">
-        <v>102.344444</v>
+        <v>102.255556</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>8.0</v>
       </c>
       <c r="K50" s="2">
         <v>45596.0</v>
       </c>
       <c r="L50" s="2">
         <v>46691.0</v>
       </c>
       <c r="M50">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
+      </c>
+      <c r="P50">
+        <v>1.822222</v>
+      </c>
+      <c r="R50">
+        <v>102.322222</v>
+      </c>
+      <c r="T50">
+        <v>100.5</v>
+      </c>
+      <c r="V50">
+        <v>7.709463</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45940.653125</v>
+        <v>46008.602916667</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
+      <c r="F51">
+        <v>0.4</v>
+      </c>
       <c r="G51">
-        <v>102.344444</v>
+        <v>102.255556</v>
+      </c>
+      <c r="H51">
+        <v>66191.1114</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>8.0</v>
       </c>
       <c r="K51" s="2">
         <v>45596.0</v>
       </c>
       <c r="L51" s="2">
         <v>46691.0</v>
       </c>
       <c r="M51">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>0.311111</v>
+        <v>1.755556</v>
+      </c>
+      <c r="R51">
+        <v>102.255556</v>
+      </c>
+      <c r="T51">
+        <v>100.5</v>
+      </c>
+      <c r="V51">
+        <v>7.710376</v>
+      </c>
+      <c r="X51">
+        <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45939.416701389</v>
+        <v>46007.355532407</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="G52">
-        <v>102.344444</v>
+        <v>101.85</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>8.0</v>
       </c>
       <c r="K52" s="2">
         <v>45596.0</v>
       </c>
       <c r="L52" s="2">
         <v>46691.0</v>
       </c>
       <c r="M52">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>0.288889</v>
+        <v>1.733333</v>
       </c>
       <c r="Q52">
-        <v>101.288889</v>
+        <v>101.733333</v>
+      </c>
+      <c r="R52">
+        <v>102.233333</v>
       </c>
       <c r="S52">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="T52">
+        <v>100.5</v>
+      </c>
+      <c r="U52">
+        <v>8.000872</v>
+      </c>
+      <c r="V52">
+        <v>7.710684</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45938.416840278</v>
+        <v>46006.355335648</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
-        <v>102.344444</v>
+        <v>101.85</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>8.0</v>
       </c>
       <c r="K53" s="2">
         <v>45596.0</v>
       </c>
       <c r="L53" s="2">
         <v>46691.0</v>
       </c>
       <c r="M53">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>0.222222</v>
+        <v>1.711111</v>
       </c>
       <c r="Q53">
-        <v>101.222222</v>
+        <v>101.711111</v>
+      </c>
+      <c r="R53">
+        <v>102.211111</v>
       </c>
       <c r="S53">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="T53">
+        <v>100.5</v>
+      </c>
+      <c r="U53">
+        <v>8.000777</v>
+      </c>
+      <c r="V53">
+        <v>7.710994</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45937.416759259</v>
+        <v>46003.355509259</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="G54">
-        <v>102.344444</v>
+        <v>101.85</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>8.0</v>
       </c>
       <c r="K54" s="2">
         <v>45596.0</v>
       </c>
       <c r="L54" s="2">
         <v>46691.0</v>
       </c>
       <c r="M54">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>0.2</v>
+        <v>1.688889</v>
       </c>
       <c r="Q54">
-        <v>101.2</v>
+        <v>101.688889</v>
+      </c>
+      <c r="R54">
+        <v>102.188889</v>
       </c>
       <c r="S54">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="T54">
+        <v>100.5</v>
+      </c>
+      <c r="U54">
+        <v>8.000686</v>
+      </c>
+      <c r="V54">
+        <v>7.711305</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45936.416782407</v>
+        <v>46002.355613426</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
-        <v>102.344444</v>
+        <v>101.85</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>8.0</v>
       </c>
       <c r="K55" s="2">
         <v>45596.0</v>
       </c>
       <c r="L55" s="2">
         <v>46691.0</v>
       </c>
       <c r="M55">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>0.177778</v>
+        <v>1.666667</v>
       </c>
       <c r="Q55">
-        <v>101.177778</v>
+        <v>101.666667</v>
+      </c>
+      <c r="R55">
+        <v>102.166667</v>
       </c>
       <c r="S55">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="T55">
+        <v>100.5</v>
+      </c>
+      <c r="U55">
+        <v>8.000598</v>
+      </c>
+      <c r="V55">
+        <v>7.711618</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45933.416701389</v>
+        <v>46001.565868056</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
+      <c r="F56">
+        <v>-0.22</v>
+      </c>
       <c r="G56">
-        <v>102.344444</v>
+        <v>101.85</v>
+      </c>
+      <c r="H56">
+        <v>61115.0</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>8.0</v>
       </c>
       <c r="K56" s="2">
         <v>45596.0</v>
       </c>
       <c r="L56" s="2">
         <v>46691.0</v>
       </c>
       <c r="M56">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>0.155556</v>
+        <v>1.6</v>
       </c>
       <c r="Q56">
-        <v>101.155556</v>
+        <v>101.6</v>
+      </c>
+      <c r="R56">
+        <v>102.1</v>
       </c>
       <c r="S56">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="T56">
+        <v>100.5</v>
+      </c>
+      <c r="U56">
+        <v>8.000353</v>
+      </c>
+      <c r="V56">
+        <v>7.712569</v>
+      </c>
+      <c r="X56">
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45932.416689815</v>
+        <v>46000.636782407</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
+      <c r="F57">
+        <v>0.02</v>
+      </c>
       <c r="G57">
-        <v>102.344444</v>
+        <v>102.077778</v>
+      </c>
+      <c r="H57">
+        <v>102077.778</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>8.0</v>
       </c>
       <c r="K57" s="2">
         <v>45596.0</v>
       </c>
       <c r="L57" s="2">
         <v>46691.0</v>
       </c>
       <c r="M57">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>0.133333</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.577778</v>
+      </c>
+      <c r="R57">
+        <v>102.077778</v>
+      </c>
+      <c r="T57">
+        <v>100.5</v>
+      </c>
+      <c r="V57">
+        <v>7.712889</v>
+      </c>
+      <c r="X57">
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45931.416782407</v>
+        <v>45999.565266204</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
+      <c r="F58">
+        <v>0.27</v>
+      </c>
       <c r="G58">
-        <v>102.344444</v>
+        <v>102.055556</v>
+      </c>
+      <c r="H58">
+        <v>203986.112</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>8.0</v>
       </c>
       <c r="K58" s="2">
         <v>45596.0</v>
       </c>
       <c r="L58" s="2">
         <v>46691.0</v>
       </c>
       <c r="M58">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>0.066667</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.555556</v>
+      </c>
+      <c r="R58">
+        <v>102.055556</v>
+      </c>
+      <c r="T58">
+        <v>100.5</v>
+      </c>
+      <c r="V58">
+        <v>7.713211</v>
+      </c>
+      <c r="X58">
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45930.416701389</v>
+        <v>45996.53369213</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
+      <c r="F59">
+        <v>-0.22</v>
+      </c>
       <c r="G59">
-        <v>102.344444</v>
+        <v>101.783333</v>
+      </c>
+      <c r="H59">
+        <v>83479.83306</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>8.0</v>
       </c>
       <c r="K59" s="2">
         <v>45596.0</v>
       </c>
       <c r="L59" s="2">
         <v>46691.0</v>
       </c>
       <c r="M59">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>0.044444</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.533333</v>
+      </c>
+      <c r="R59">
+        <v>102.033333</v>
+      </c>
+      <c r="T59">
+        <v>100.5</v>
+      </c>
+      <c r="V59">
+        <v>7.713536</v>
+      </c>
+      <c r="X59">
+        <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45929.416701389</v>
+        <v>45995.517013889</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
+      <c r="F60">
+        <v>0.07</v>
+      </c>
       <c r="G60">
-        <v>102.344444</v>
+        <v>102.011111</v>
+      </c>
+      <c r="H60">
+        <v>205062.44422</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>8.0</v>
       </c>
       <c r="K60" s="2">
         <v>45596.0</v>
       </c>
       <c r="L60" s="2">
         <v>46691.0</v>
       </c>
       <c r="M60">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>0.022222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.511111</v>
+      </c>
+      <c r="R60">
+        <v>102.011111</v>
+      </c>
+      <c r="T60">
+        <v>100.5</v>
+      </c>
+      <c r="V60">
+        <v>7.713861</v>
+      </c>
+      <c r="X60">
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45926.416712963</v>
+        <v>45994.427488426</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
+      <c r="F61">
+        <v>0.02</v>
+      </c>
       <c r="G61">
-        <v>102.344444</v>
+        <v>101.944444</v>
+      </c>
+      <c r="H61">
+        <v>101944.444</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>8.0</v>
       </c>
       <c r="K61" s="2">
         <v>45596.0</v>
       </c>
       <c r="L61" s="2">
         <v>46691.0</v>
       </c>
       <c r="M61">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
-      <c r="Q61">
-        <v>101.0</v>
+      <c r="P61">
+        <v>1.444444</v>
+      </c>
+      <c r="R61">
+        <v>101.944444</v>
+      </c>
+      <c r="T61">
+        <v>100.5</v>
+      </c>
+      <c r="V61">
+        <v>7.714848</v>
+      </c>
+      <c r="X61">
+        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45925.416805556</v>
+        <v>45993.527685185</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
+      <c r="F62">
+        <v>0.65</v>
+      </c>
       <c r="G62">
-        <v>102.344444</v>
+        <v>101.922222</v>
+      </c>
+      <c r="H62">
+        <v>172767.7774</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>8.0</v>
       </c>
       <c r="K62" s="2">
         <v>45596.0</v>
       </c>
       <c r="L62" s="2">
         <v>46691.0</v>
       </c>
       <c r="M62">
         <v>3500</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>-0.022222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.422222</v>
+      </c>
+      <c r="R62">
+        <v>101.922222</v>
+      </c>
+      <c r="T62">
+        <v>100.5</v>
+      </c>
+      <c r="V62">
+        <v>7.715181</v>
+      </c>
+      <c r="X62">
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45924.416701389</v>
+        <v>45992.548391204</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>8.0</v>
       </c>
       <c r="K63" s="2">
         <v>45596.0</v>
       </c>
       <c r="L63" s="2">
         <v>46691.0</v>
       </c>
       <c r="M63">
         <v>3500</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>-0.088889</v>
+        <v>1.4</v>
       </c>
       <c r="Q63">
-        <v>100.911111</v>
+        <v>101.4</v>
       </c>
       <c r="S63">
-        <v>101.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="U63">
+        <v>7.99978</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45923.416782407</v>
+        <v>45989.355740741</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>8.0</v>
       </c>
       <c r="K64" s="2">
         <v>45596.0</v>
       </c>
       <c r="L64" s="2">
         <v>46691.0</v>
       </c>
       <c r="M64">
         <v>3500</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>-0.111111</v>
+        <v>1.377778</v>
       </c>
       <c r="Q64">
-        <v>100.888889</v>
+        <v>100.877778</v>
       </c>
       <c r="S64">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U64">
+        <v>8.285291</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45922.416747685</v>
+        <v>45988.355740741</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="G65">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>8.0</v>
       </c>
       <c r="K65" s="2">
         <v>45596.0</v>
       </c>
       <c r="L65" s="2">
         <v>46691.0</v>
       </c>
       <c r="M65">
         <v>3500</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>-0.133333</v>
+        <v>1.355556</v>
       </c>
       <c r="Q65">
-        <v>100.866667</v>
+        <v>100.855556</v>
       </c>
       <c r="S65">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U65">
+        <v>8.284859</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45919.416701389</v>
+        <v>45987.355509259</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="G66">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>8.0</v>
       </c>
       <c r="K66" s="2">
         <v>45596.0</v>
       </c>
       <c r="L66" s="2">
         <v>46691.0</v>
       </c>
       <c r="M66">
         <v>3500</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>1.844444</v>
+        <v>1.288889</v>
       </c>
       <c r="Q66">
-        <v>102.844444</v>
+        <v>100.788889</v>
       </c>
       <c r="S66">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U66">
+        <v>8.283589</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45918.416701389</v>
+        <v>45986.355486111</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>8.0</v>
       </c>
       <c r="K67" s="2">
         <v>45596.0</v>
       </c>
       <c r="L67" s="2">
         <v>46691.0</v>
       </c>
       <c r="M67">
         <v>3500</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>1.822222</v>
+        <v>1.266667</v>
       </c>
       <c r="Q67">
-        <v>102.822222</v>
+        <v>100.766667</v>
       </c>
       <c r="S67">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U67">
+        <v>8.283174</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45917.416736111</v>
+        <v>45985.355381944</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="G68">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>8.0</v>
       </c>
       <c r="K68" s="2">
         <v>45596.0</v>
       </c>
       <c r="L68" s="2">
         <v>46691.0</v>
       </c>
       <c r="M68">
         <v>3500</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>1.755556</v>
+        <v>1.244444</v>
       </c>
       <c r="Q68">
-        <v>102.755556</v>
+        <v>100.744444</v>
       </c>
       <c r="S68">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U68">
+        <v>8.282763</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45916.416712963</v>
+        <v>45982.355405093</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="G69">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>8.0</v>
       </c>
       <c r="K69" s="2">
         <v>45596.0</v>
       </c>
       <c r="L69" s="2">
         <v>46691.0</v>
       </c>
       <c r="M69">
         <v>3500</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>1.733333</v>
+        <v>1.222222</v>
       </c>
       <c r="Q69">
-        <v>102.733333</v>
+        <v>100.722222</v>
       </c>
       <c r="S69">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U69">
+        <v>8.282356</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45915.416851852</v>
+        <v>45981.355196759</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>8.0</v>
       </c>
       <c r="K70" s="2">
         <v>45596.0</v>
       </c>
       <c r="L70" s="2">
         <v>46691.0</v>
       </c>
       <c r="M70">
         <v>3500</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>1.711111</v>
+        <v>1.2</v>
       </c>
       <c r="Q70">
-        <v>102.711111</v>
+        <v>100.7</v>
       </c>
       <c r="S70">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U70">
+        <v>8.281953</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45912.416724537</v>
+        <v>45980.355532407</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="G71">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>8.0</v>
       </c>
       <c r="K71" s="2">
         <v>45596.0</v>
       </c>
       <c r="L71" s="2">
         <v>46691.0</v>
       </c>
       <c r="M71">
         <v>3500</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>1.688889</v>
+        <v>1.133333</v>
       </c>
       <c r="Q71">
-        <v>102.688889</v>
+        <v>100.633333</v>
       </c>
       <c r="S71">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U71">
+        <v>8.280768</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45911.416701389</v>
+        <v>45979.355439815</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>8.0</v>
       </c>
       <c r="K72" s="2">
         <v>45596.0</v>
       </c>
       <c r="L72" s="2">
         <v>46691.0</v>
       </c>
       <c r="M72">
         <v>3500</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>1.666667</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.111111</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45910.416724537</v>
+        <v>45978.355763889</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="G73">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>8.0</v>
       </c>
       <c r="K73" s="2">
         <v>45596.0</v>
       </c>
       <c r="L73" s="2">
         <v>46691.0</v>
       </c>
       <c r="M73">
         <v>3500</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>1.6</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>1.088889</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45909.416724537</v>
+        <v>45975.355381944</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>8.0</v>
       </c>
       <c r="K74" s="2">
         <v>45596.0</v>
       </c>
       <c r="L74" s="2">
         <v>46691.0</v>
       </c>
       <c r="M74">
         <v>3500</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>1.577778</v>
+        <v>1.066667</v>
       </c>
       <c r="Q74">
-        <v>102.577778</v>
+        <v>100.566667</v>
       </c>
       <c r="S74">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U74">
+        <v>8.279618</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45908.416712963</v>
+        <v>45974.355833333</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>8.0</v>
       </c>
       <c r="K75" s="2">
         <v>45596.0</v>
       </c>
       <c r="L75" s="2">
         <v>46691.0</v>
       </c>
       <c r="M75">
         <v>3500</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>1.555556</v>
+        <v>1.044444</v>
       </c>
       <c r="Q75">
-        <v>102.555556</v>
+        <v>100.544444</v>
       </c>
       <c r="S75">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U75">
+        <v>8.279243</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45905.416701389</v>
+        <v>45973.356087963</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="G76">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>8.0</v>
       </c>
       <c r="K76" s="2">
         <v>45596.0</v>
       </c>
       <c r="L76" s="2">
         <v>46691.0</v>
       </c>
       <c r="M76">
         <v>3500</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>1.533333</v>
+        <v>0.977778</v>
       </c>
       <c r="Q76">
-        <v>102.533333</v>
+        <v>100.477778</v>
       </c>
       <c r="S76">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U76">
+        <v>8.278141</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45904.416712963</v>
+        <v>45972.631736111</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="G77">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>8.0</v>
       </c>
       <c r="K77" s="2">
         <v>45596.0</v>
       </c>
       <c r="L77" s="2">
         <v>46691.0</v>
       </c>
       <c r="M77">
         <v>3500</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>1.511111</v>
+        <v>0.955556</v>
       </c>
       <c r="Q77">
-        <v>102.511111</v>
+        <v>100.455556</v>
       </c>
       <c r="S77">
-        <v>101.0</v>
+        <v>99.5</v>
+      </c>
+      <c r="U77">
+        <v>8.277781</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45903.416863426</v>
+        <v>45971.355706019</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>8.0</v>
       </c>
       <c r="K78" s="2">
         <v>45596.0</v>
       </c>
       <c r="L78" s="2">
         <v>46691.0</v>
       </c>
       <c r="M78">
         <v>3500</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>1.444444</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.933333</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45902.416712963</v>
+        <v>45968.355266204</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>8.0</v>
       </c>
       <c r="K79" s="2">
         <v>45596.0</v>
       </c>
       <c r="L79" s="2">
         <v>46691.0</v>
       </c>
       <c r="M79">
         <v>3500</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>1.422222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.911111</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45901.416759259</v>
+        <v>45967.355243056</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="G80">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>8.0</v>
       </c>
       <c r="K80" s="2">
         <v>45596.0</v>
       </c>
       <c r="L80" s="2">
         <v>46691.0</v>
       </c>
       <c r="M80">
         <v>3500</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>1.4</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.888889</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45898.416712963</v>
+        <v>45966.355335648</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>8.0</v>
       </c>
       <c r="K81" s="2">
         <v>45596.0</v>
       </c>
       <c r="L81" s="2">
         <v>46691.0</v>
       </c>
       <c r="M81">
         <v>3500</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>1.377778</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.822222</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45897.416701389</v>
+        <v>45965.35525463</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>8.0</v>
       </c>
       <c r="K82" s="2">
         <v>45596.0</v>
       </c>
       <c r="L82" s="2">
         <v>46691.0</v>
       </c>
       <c r="M82">
         <v>3500</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>1.355556</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45896.416689815</v>
+        <v>45964.355173611</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="G83">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>8.0</v>
       </c>
       <c r="K83" s="2">
         <v>45596.0</v>
       </c>
       <c r="L83" s="2">
         <v>46691.0</v>
       </c>
       <c r="M83">
         <v>3500</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>1.311111</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.777778</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45895.416701389</v>
+        <v>45961.355219907</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="G84">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>8.0</v>
       </c>
       <c r="K84" s="2">
         <v>45596.0</v>
       </c>
       <c r="L84" s="2">
         <v>46691.0</v>
       </c>
       <c r="M84">
         <v>3500</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>1.288889</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.755556</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45894.416701389</v>
+        <v>45960.355196759</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>8.0</v>
       </c>
       <c r="K85" s="2">
         <v>45596.0</v>
       </c>
       <c r="L85" s="2">
         <v>46691.0</v>
       </c>
       <c r="M85">
         <v>3500</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>1.266667</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.733333</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45891.416712963</v>
+        <v>45959.355104167</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>8.0</v>
       </c>
       <c r="K86" s="2">
         <v>45596.0</v>
       </c>
       <c r="L86" s="2">
         <v>46691.0</v>
       </c>
       <c r="M86">
         <v>3500</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>1.244444</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.666667</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45890.416724537</v>
+        <v>45958.355358796</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>8.0</v>
       </c>
       <c r="K87" s="2">
         <v>45596.0</v>
       </c>
       <c r="L87" s="2">
         <v>46691.0</v>
       </c>
       <c r="M87">
         <v>3500</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>1.222222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.666667</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45889.416712963</v>
+        <v>45957.355011574</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>8.0</v>
       </c>
       <c r="K88" s="2">
         <v>45596.0</v>
       </c>
       <c r="L88" s="2">
         <v>46691.0</v>
       </c>
       <c r="M88">
         <v>3500</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>1.155556</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.644444</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45888.416701389</v>
+        <v>45954.355439815</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="G89">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>8.0</v>
       </c>
       <c r="K89" s="2">
         <v>45596.0</v>
       </c>
       <c r="L89" s="2">
         <v>46691.0</v>
       </c>
       <c r="M89">
         <v>3500</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>1.133333</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.622222</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45887.416736111</v>
+        <v>45953.355173611</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="G90">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>8.0</v>
       </c>
       <c r="K90" s="2">
         <v>45596.0</v>
       </c>
       <c r="L90" s="2">
         <v>46691.0</v>
       </c>
       <c r="M90">
         <v>3500</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>1.111111</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45884.416701389</v>
+        <v>45952.355775463</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="G91">
-        <v>102.344444</v>
+        <v>101.261111</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>8.0</v>
       </c>
       <c r="K91" s="2">
         <v>45596.0</v>
       </c>
       <c r="L91" s="2">
         <v>46691.0</v>
       </c>
       <c r="M91">
         <v>3500</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>1.088889</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.533333</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45883.416747685</v>
+        <v>45951.505648148</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
+      <c r="F92">
+        <v>-1.06</v>
+      </c>
       <c r="G92">
-        <v>102.344444</v>
+        <v>101.261111</v>
+      </c>
+      <c r="H92">
+        <v>101261.111</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>8.0</v>
       </c>
       <c r="K92" s="2">
         <v>45596.0</v>
       </c>
       <c r="L92" s="2">
         <v>46691.0</v>
       </c>
       <c r="M92">
         <v>3500</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>1.066667</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.511111</v>
+      </c>
+      <c r="X92">
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45882.416782407</v>
+        <v>45950.611782407</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
         <v>102.344444</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>8.0</v>
       </c>
       <c r="K93" s="2">
         <v>45596.0</v>
       </c>
       <c r="L93" s="2">
         <v>46691.0</v>
       </c>
       <c r="M93">
         <v>3500</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="S93">
+        <v>0.488889</v>
+      </c>
+      <c r="R93">
+        <v>101.488889</v>
+      </c>
+      <c r="T93">
         <v>101.0</v>
+      </c>
+      <c r="V93">
+        <v>7.46272</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45881.416770833</v>
+        <v>45947.355289352</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="G94">
         <v>102.344444</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>8.0</v>
       </c>
       <c r="K94" s="2">
         <v>45596.0</v>
       </c>
       <c r="L94" s="2">
         <v>46691.0</v>
       </c>
       <c r="M94">
         <v>3500</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>0.977778</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.466667</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45880.416724537</v>
+        <v>45946.354965278</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="G95">
         <v>102.344444</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>8.0</v>
       </c>
       <c r="K95" s="2">
         <v>45596.0</v>
       </c>
       <c r="L95" s="2">
         <v>46691.0</v>
       </c>
       <c r="M95">
         <v>3500</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>0.955556</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.444444</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45877.416793981</v>
+        <v>45945.355115741</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="G96">
         <v>102.344444</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>8.0</v>
       </c>
       <c r="K96" s="2">
         <v>45596.0</v>
       </c>
       <c r="L96" s="2">
         <v>46691.0</v>
       </c>
       <c r="M96">
         <v>3500</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>0.933333</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.377778</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45876.416689815</v>
+        <v>45944.354664352</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
         <v>102.344444</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>8.0</v>
       </c>
       <c r="K97" s="2">
         <v>45596.0</v>
       </c>
       <c r="L97" s="2">
         <v>46691.0</v>
       </c>
       <c r="M97">
         <v>3500</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>0.911111</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.355556</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45875.609189815</v>
+        <v>45943.354756944</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.52</v>
       </c>
       <c r="G98">
         <v>102.344444</v>
       </c>
-      <c r="H98">
-[...1 lines deleted...]
-      </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>8.0</v>
       </c>
       <c r="K98" s="2">
         <v>45596.0</v>
       </c>
       <c r="L98" s="2">
         <v>46691.0</v>
       </c>
       <c r="M98">
         <v>3500</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45874.416712963</v>
+        <v>45940.653125</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>8.0</v>
       </c>
       <c r="K99" s="2">
         <v>45596.0</v>
       </c>
       <c r="L99" s="2">
         <v>46691.0</v>
       </c>
       <c r="M99">
         <v>3500</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>0.822222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.311111</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45873.416724537</v>
+        <v>45939.416701389</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>8.0</v>
       </c>
       <c r="K100" s="2">
         <v>45596.0</v>
       </c>
       <c r="L100" s="2">
         <v>46691.0</v>
       </c>
       <c r="M100">
         <v>3500</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>0.8</v>
+        <v>0.288889</v>
       </c>
       <c r="Q100">
-        <v>101.8</v>
+        <v>101.288889</v>
       </c>
       <c r="S100">
         <v>101.0</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45870.416701389</v>
+        <v>45938.416840278</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="G101">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>8.0</v>
       </c>
       <c r="K101" s="2">
         <v>45596.0</v>
       </c>
       <c r="L101" s="2">
         <v>46691.0</v>
       </c>
       <c r="M101">
         <v>3500</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>0.777778</v>
+        <v>0.222222</v>
       </c>
       <c r="Q101">
-        <v>101.777778</v>
+        <v>101.222222</v>
       </c>
       <c r="S101">
         <v>101.0</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45869.416701389</v>
+        <v>45937.416759259</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
       <c r="G102">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>8.0</v>
       </c>
       <c r="K102" s="2">
         <v>45596.0</v>
       </c>
       <c r="L102" s="2">
         <v>46691.0</v>
       </c>
       <c r="M102">
         <v>3500</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>0.755556</v>
+        <v>0.2</v>
       </c>
       <c r="Q102">
-        <v>101.755556</v>
+        <v>101.2</v>
       </c>
       <c r="S102">
         <v>101.0</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45868.416724537</v>
+        <v>45936.416782407</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>8.0</v>
       </c>
       <c r="K103" s="2">
         <v>45596.0</v>
       </c>
       <c r="L103" s="2">
         <v>46691.0</v>
       </c>
       <c r="M103">
         <v>3500</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>0.688889</v>
+        <v>0.177778</v>
       </c>
       <c r="Q103">
-        <v>101.688889</v>
+        <v>101.177778</v>
       </c>
       <c r="S103">
         <v>101.0</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45867.416701389</v>
+        <v>45933.416701389</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="G104">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>8.0</v>
       </c>
       <c r="K104" s="2">
         <v>45596.0</v>
       </c>
       <c r="L104" s="2">
         <v>46691.0</v>
       </c>
       <c r="M104">
         <v>3500</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>0.666667</v>
+        <v>0.155556</v>
       </c>
       <c r="Q104">
-        <v>101.666667</v>
+        <v>101.155556</v>
       </c>
       <c r="S104">
         <v>101.0</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45866.416712963</v>
+        <v>45932.416689815</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="G105">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>8.0</v>
       </c>
       <c r="K105" s="2">
         <v>45596.0</v>
       </c>
       <c r="L105" s="2">
         <v>46691.0</v>
       </c>
       <c r="M105">
         <v>3500</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>0.666667</v>
+        <v>0.133333</v>
       </c>
       <c r="Q105">
-        <v>101.666667</v>
+        <v>101.133333</v>
       </c>
       <c r="S105">
         <v>101.0</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45863.416701389</v>
+        <v>45931.416782407</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="G106">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>8.0</v>
       </c>
       <c r="K106" s="2">
         <v>45596.0</v>
       </c>
       <c r="L106" s="2">
         <v>46691.0</v>
       </c>
       <c r="M106">
         <v>3500</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>0.644444</v>
+        <v>0.066667</v>
       </c>
       <c r="Q106">
-        <v>101.644444</v>
+        <v>101.066667</v>
       </c>
       <c r="S106">
         <v>101.0</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45862.416701389</v>
+        <v>45930.416701389</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="G107">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>8.0</v>
       </c>
       <c r="K107" s="2">
         <v>45596.0</v>
       </c>
       <c r="L107" s="2">
         <v>46691.0</v>
       </c>
       <c r="M107">
         <v>3500</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>0.622222</v>
+        <v>0.044444</v>
       </c>
       <c r="Q107">
-        <v>101.622222</v>
+        <v>101.044444</v>
       </c>
       <c r="S107">
         <v>101.0</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45861.416736111</v>
+        <v>45929.416701389</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>8.0</v>
       </c>
       <c r="K108" s="2">
         <v>45596.0</v>
       </c>
       <c r="L108" s="2">
         <v>46691.0</v>
       </c>
       <c r="M108">
         <v>3500</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>0.555556</v>
+        <v>0.022222</v>
       </c>
       <c r="Q108">
-        <v>101.555556</v>
+        <v>101.022222</v>
       </c>
       <c r="S108">
         <v>101.0</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45860.416724537</v>
+        <v>45926.416712963</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="G109">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>8.0</v>
       </c>
       <c r="K109" s="2">
         <v>45596.0</v>
       </c>
       <c r="L109" s="2">
         <v>46691.0</v>
       </c>
       <c r="M109">
         <v>3500</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
-      <c r="P109">
-[...1 lines deleted...]
-      </c>
       <c r="Q109">
-        <v>101.533333</v>
-[...1 lines deleted...]
-      <c r="S109">
         <v>101.0</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45859.416701389</v>
+        <v>45925.416805556</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="G110">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>8.0</v>
       </c>
       <c r="K110" s="2">
         <v>45596.0</v>
       </c>
       <c r="L110" s="2">
         <v>46691.0</v>
       </c>
       <c r="M110">
         <v>3500</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>0.511111</v>
+        <v>-0.022222</v>
       </c>
       <c r="Q110">
-        <v>102.011111</v>
+        <v>100.977778</v>
       </c>
       <c r="S110">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45856.416701389</v>
+        <v>45924.416701389</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="G111">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>8.0</v>
       </c>
       <c r="K111" s="2">
         <v>45596.0</v>
       </c>
       <c r="L111" s="2">
         <v>46691.0</v>
       </c>
       <c r="M111">
         <v>3500</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>0.488889</v>
+        <v>-0.088889</v>
       </c>
       <c r="Q111">
-        <v>101.988889</v>
+        <v>100.911111</v>
       </c>
       <c r="S111">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45855.416689815</v>
+        <v>45923.416782407</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="G112">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>8.0</v>
       </c>
       <c r="K112" s="2">
         <v>45596.0</v>
       </c>
       <c r="L112" s="2">
         <v>46691.0</v>
       </c>
       <c r="M112">
         <v>3500</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>0.466667</v>
+        <v>-0.111111</v>
       </c>
       <c r="Q112">
-        <v>101.966667</v>
+        <v>100.888889</v>
       </c>
       <c r="S112">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45854.416712963</v>
+        <v>45922.416747685</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="G113">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>8.0</v>
       </c>
       <c r="K113" s="2">
         <v>45596.0</v>
       </c>
       <c r="L113" s="2">
         <v>46691.0</v>
       </c>
       <c r="M113">
         <v>3500</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>0.4</v>
+        <v>-0.133333</v>
       </c>
       <c r="Q113">
-        <v>101.9</v>
+        <v>100.866667</v>
       </c>
       <c r="S113">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45853.41681713</v>
+        <v>45919.416701389</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="G114">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>8.0</v>
       </c>
       <c r="K114" s="2">
         <v>45596.0</v>
       </c>
       <c r="L114" s="2">
         <v>46691.0</v>
       </c>
       <c r="M114">
         <v>3500</v>
       </c>
       <c r="N114">
         <v>1000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>0.377778</v>
+        <v>1.844444</v>
       </c>
       <c r="Q114">
-        <v>101.877778</v>
+        <v>102.844444</v>
       </c>
       <c r="S114">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45852.665127315</v>
+        <v>45918.416701389</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="G115">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>8.0</v>
       </c>
       <c r="K115" s="2">
         <v>45596.0</v>
       </c>
       <c r="L115" s="2">
         <v>46691.0</v>
       </c>
       <c r="M115">
         <v>3500</v>
       </c>
       <c r="N115">
         <v>1000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>0.355556</v>
+        <v>1.822222</v>
       </c>
       <c r="Q115">
-        <v>101.855556</v>
+        <v>102.822222</v>
       </c>
       <c r="S115">
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45849.416712963</v>
+        <v>45917.416736111</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>101.811111</v>
+        <v>102.344444</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>8.0</v>
       </c>
       <c r="K116" s="2">
         <v>45596.0</v>
       </c>
       <c r="L116" s="2">
         <v>46691.0</v>
       </c>
       <c r="M116">
         <v>3500</v>
       </c>
       <c r="N116">
         <v>1000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>0.333333</v>
+        <v>1.755556</v>
       </c>
       <c r="Q116">
-        <v>101.333333</v>
+        <v>102.755556</v>
       </c>
       <c r="S116">
         <v>101.0</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45848.566944444</v>
+        <v>45916.416712963</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
-      <c r="F117">
-[...1 lines deleted...]
-      </c>
       <c r="G117">
-        <v>101.811111</v>
-[...2 lines deleted...]
-        <v>43778.77773</v>
+        <v>102.344444</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>8.0</v>
       </c>
       <c r="K117" s="2">
         <v>45596.0</v>
       </c>
       <c r="L117" s="2">
         <v>46691.0</v>
       </c>
       <c r="M117">
         <v>3500</v>
       </c>
       <c r="N117">
         <v>1000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>0.311111</v>
+        <v>1.733333</v>
       </c>
       <c r="Q117">
-        <v>101.311111</v>
+        <v>102.733333</v>
       </c>
       <c r="S117">
         <v>101.0</v>
       </c>
-      <c r="X117">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45847.416712963</v>
+        <v>45915.416851852</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="G118">
-        <v>101.655556</v>
+        <v>102.344444</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>8.0</v>
       </c>
       <c r="K118" s="2">
         <v>45596.0</v>
       </c>
       <c r="L118" s="2">
         <v>46691.0</v>
       </c>
       <c r="M118">
         <v>3500</v>
       </c>
       <c r="N118">
         <v>1000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>0.244444</v>
+        <v>1.711111</v>
       </c>
       <c r="Q118">
-        <v>101.244444</v>
-[...2 lines deleted...]
-        <v>101.744444</v>
+        <v>102.711111</v>
       </c>
       <c r="S118">
         <v>101.0</v>
       </c>
-      <c r="T118">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45846.416759259</v>
+        <v>45912.416724537</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>101.655556</v>
+        <v>102.344444</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>8.0</v>
       </c>
       <c r="K119" s="2">
         <v>45596.0</v>
       </c>
       <c r="L119" s="2">
         <v>46691.0</v>
       </c>
       <c r="M119">
         <v>3500</v>
       </c>
       <c r="N119">
         <v>1000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>0.222222</v>
+        <v>1.688889</v>
       </c>
       <c r="Q119">
-        <v>101.222222</v>
-[...2 lines deleted...]
-        <v>101.722222</v>
+        <v>102.688889</v>
       </c>
       <c r="S119">
         <v>101.0</v>
       </c>
-      <c r="T119">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45845.416712963</v>
+        <v>45911.416701389</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="G120">
-        <v>101.655556</v>
+        <v>102.344444</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>8.0</v>
       </c>
       <c r="K120" s="2">
         <v>45596.0</v>
       </c>
       <c r="L120" s="2">
         <v>46691.0</v>
       </c>
       <c r="M120">
         <v>3500</v>
       </c>
       <c r="N120">
         <v>1000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>0.2</v>
+        <v>1.666667</v>
       </c>
       <c r="Q120">
-        <v>101.2</v>
-[...2 lines deleted...]
-        <v>101.7</v>
+        <v>102.666667</v>
       </c>
       <c r="S120">
         <v>101.0</v>
       </c>
-      <c r="T120">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45842.416701389</v>
+        <v>45910.416724537</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="G121">
-        <v>101.655556</v>
+        <v>102.344444</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>8.0</v>
       </c>
       <c r="K121" s="2">
         <v>45596.0</v>
       </c>
       <c r="L121" s="2">
         <v>46691.0</v>
       </c>
       <c r="M121">
         <v>3500</v>
       </c>
       <c r="N121">
         <v>1000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>0.177778</v>
+        <v>1.6</v>
       </c>
       <c r="Q121">
-        <v>101.177778</v>
-[...2 lines deleted...]
-        <v>101.677778</v>
+        <v>102.6</v>
       </c>
       <c r="S121">
         <v>101.0</v>
       </c>
-      <c r="T121">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45841.576284722</v>
+        <v>45909.416724537</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
-      <c r="F122">
-[...1 lines deleted...]
-      </c>
       <c r="G122">
-        <v>101.655556</v>
-[...2 lines deleted...]
-        <v>7115.88892</v>
+        <v>102.344444</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>8.0</v>
       </c>
       <c r="K122" s="2">
         <v>45596.0</v>
       </c>
       <c r="L122" s="2">
         <v>46691.0</v>
       </c>
       <c r="M122">
         <v>3500</v>
       </c>
       <c r="N122">
         <v>1000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>0.155556</v>
+        <v>1.577778</v>
       </c>
       <c r="Q122">
-        <v>101.155556</v>
-[...2 lines deleted...]
-        <v>101.655556</v>
+        <v>102.577778</v>
       </c>
       <c r="S122">
         <v>101.0</v>
       </c>
-      <c r="T122">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45840.439918981</v>
+        <v>45908.416712963</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>8.0</v>
       </c>
       <c r="K123" s="2">
         <v>45596.0</v>
       </c>
       <c r="L123" s="2">
         <v>46691.0</v>
       </c>
       <c r="M123">
         <v>3500</v>
       </c>
       <c r="N123">
         <v>1000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>0.088889</v>
+        <v>1.555556</v>
       </c>
       <c r="Q123">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>101.588889</v>
+        <v>102.555556</v>
       </c>
       <c r="S123">
-        <v>101.011111</v>
-[...2 lines deleted...]
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45839.447048611</v>
+        <v>45905.416701389</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="G124">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>8.0</v>
       </c>
       <c r="K124" s="2">
         <v>45596.0</v>
       </c>
       <c r="L124" s="2">
         <v>46691.0</v>
       </c>
       <c r="M124">
         <v>3500</v>
       </c>
       <c r="N124">
         <v>1000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>0.066667</v>
+        <v>1.533333</v>
       </c>
       <c r="Q124">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>101.566667</v>
+        <v>102.533333</v>
       </c>
       <c r="S124">
-        <v>101.033333</v>
-[...2 lines deleted...]
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45838.580231481</v>
+        <v>45904.416712963</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="G125">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>8.0</v>
       </c>
       <c r="K125" s="2">
         <v>45596.0</v>
       </c>
       <c r="L125" s="2">
         <v>46691.0</v>
       </c>
       <c r="M125">
         <v>3500</v>
       </c>
       <c r="N125">
         <v>1000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>0.044444</v>
+        <v>1.511111</v>
       </c>
       <c r="Q125">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>101.544444</v>
+        <v>102.511111</v>
       </c>
       <c r="S125">
-        <v>101.055556</v>
-[...2 lines deleted...]
-        <v>101.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45835.416712963</v>
+        <v>45903.416863426</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="G126">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>8.0</v>
       </c>
       <c r="K126" s="2">
         <v>45596.0</v>
       </c>
       <c r="L126" s="2">
         <v>46691.0</v>
       </c>
       <c r="M126">
         <v>3500</v>
       </c>
       <c r="N126">
         <v>1000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>0.022222</v>
+        <v>1.444444</v>
       </c>
       <c r="Q126">
-        <v>101.022222</v>
-[...2 lines deleted...]
-        <v>101.522222</v>
+        <v>102.444444</v>
       </c>
       <c r="S126">
         <v>101.0</v>
       </c>
-      <c r="T126">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45834.416701389</v>
+        <v>45902.416712963</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>8.0</v>
       </c>
       <c r="K127" s="2">
         <v>45596.0</v>
       </c>
       <c r="L127" s="2">
         <v>46691.0</v>
       </c>
       <c r="M127">
         <v>3500</v>
       </c>
       <c r="N127">
         <v>1000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
+      <c r="P127">
+        <v>1.422222</v>
+      </c>
       <c r="Q127">
+        <v>102.422222</v>
+      </c>
+      <c r="S127">
         <v>101.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.5</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45833.416736111</v>
+        <v>45901.416759259</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="G128">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>8.0</v>
       </c>
       <c r="K128" s="2">
         <v>45596.0</v>
       </c>
       <c r="L128" s="2">
         <v>46691.0</v>
       </c>
       <c r="M128">
         <v>3500</v>
       </c>
       <c r="N128">
         <v>1000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>-0.066667</v>
+        <v>1.4</v>
       </c>
       <c r="Q128">
-        <v>100.933333</v>
-[...2 lines deleted...]
-        <v>101.433333</v>
+        <v>102.4</v>
       </c>
       <c r="S128">
         <v>101.0</v>
       </c>
-      <c r="T128">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45831.515150463</v>
+        <v>45898.416712963</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="G129">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>8.0</v>
       </c>
       <c r="K129" s="2">
         <v>45596.0</v>
       </c>
       <c r="L129" s="2">
         <v>46691.0</v>
       </c>
       <c r="M129">
         <v>3500</v>
       </c>
       <c r="N129">
         <v>1000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>-0.111111</v>
+        <v>1.377778</v>
+      </c>
+      <c r="Q129">
+        <v>102.377778</v>
+      </c>
+      <c r="S129">
+        <v>101.0</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45828.416701389</v>
+        <v>45897.416701389</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="G130">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>8.0</v>
       </c>
       <c r="K130" s="2">
         <v>45596.0</v>
       </c>
       <c r="L130" s="2">
         <v>46691.0</v>
       </c>
       <c r="M130">
         <v>3500</v>
       </c>
       <c r="N130">
         <v>1000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>-0.133333</v>
+        <v>1.355556</v>
       </c>
       <c r="Q130">
-        <v>100.866667</v>
-[...2 lines deleted...]
-        <v>101.366667</v>
+        <v>102.355556</v>
       </c>
       <c r="S130">
         <v>101.0</v>
       </c>
-      <c r="T130">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45827.416701389</v>
+        <v>45896.416689815</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="G131">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>8.0</v>
       </c>
       <c r="K131" s="2">
         <v>45596.0</v>
       </c>
       <c r="L131" s="2">
         <v>46691.0</v>
       </c>
       <c r="M131">
         <v>3500</v>
       </c>
       <c r="N131">
         <v>1000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>1.844444</v>
+        <v>1.311111</v>
       </c>
       <c r="Q131">
-        <v>102.844444</v>
-[...2 lines deleted...]
-        <v>103.344444</v>
+        <v>102.311111</v>
       </c>
       <c r="S131">
         <v>101.0</v>
       </c>
-      <c r="T131">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45826.416724537</v>
+        <v>45895.416701389</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="G132">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>8.0</v>
       </c>
       <c r="K132" s="2">
         <v>45596.0</v>
       </c>
       <c r="L132" s="2">
         <v>46691.0</v>
       </c>
       <c r="M132">
         <v>3500</v>
       </c>
       <c r="N132">
         <v>1000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>1.777778</v>
+        <v>1.288889</v>
       </c>
       <c r="Q132">
-        <v>102.777778</v>
-[...2 lines deleted...]
-        <v>103.277778</v>
+        <v>102.288889</v>
       </c>
       <c r="S132">
         <v>101.0</v>
       </c>
-      <c r="T132">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45825.416701389</v>
+        <v>45894.416701389</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="G133">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>8.0</v>
       </c>
       <c r="K133" s="2">
         <v>45596.0</v>
       </c>
       <c r="L133" s="2">
         <v>46691.0</v>
       </c>
       <c r="M133">
         <v>3500</v>
       </c>
       <c r="N133">
         <v>1000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>1.755556</v>
+        <v>1.266667</v>
       </c>
       <c r="Q133">
-        <v>102.755556</v>
-[...2 lines deleted...]
-        <v>103.255556</v>
+        <v>102.266667</v>
       </c>
       <c r="S133">
         <v>101.0</v>
       </c>
-      <c r="T133">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45824.466122685</v>
+        <v>45891.416712963</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="G134">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>8.0</v>
       </c>
       <c r="K134" s="2">
         <v>45596.0</v>
       </c>
       <c r="L134" s="2">
         <v>46691.0</v>
       </c>
       <c r="M134">
         <v>3500</v>
       </c>
       <c r="N134">
         <v>1000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>1.733333</v>
+        <v>1.244444</v>
       </c>
       <c r="Q134">
-        <v>102.733333</v>
-[...2 lines deleted...]
-        <v>103.233333</v>
+        <v>102.244444</v>
       </c>
       <c r="S134">
         <v>101.0</v>
       </c>
-      <c r="T134">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45821.416689815</v>
+        <v>45890.416724537</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="G135">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>8.0</v>
       </c>
       <c r="K135" s="2">
         <v>45596.0</v>
       </c>
       <c r="L135" s="2">
         <v>46691.0</v>
       </c>
       <c r="M135">
         <v>3500</v>
       </c>
       <c r="N135">
         <v>1000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>1.711111</v>
+        <v>1.222222</v>
       </c>
       <c r="Q135">
-        <v>102.711111</v>
+        <v>102.222222</v>
       </c>
       <c r="S135">
         <v>101.0</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45820.416828704</v>
+        <v>45889.416712963</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="G136">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>8.0</v>
       </c>
       <c r="K136" s="2">
         <v>45596.0</v>
       </c>
       <c r="L136" s="2">
         <v>46691.0</v>
       </c>
       <c r="M136">
         <v>3500</v>
       </c>
       <c r="N136">
         <v>1000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>1.688889</v>
+        <v>1.155556</v>
       </c>
       <c r="Q136">
-        <v>102.688889</v>
+        <v>102.155556</v>
       </c>
       <c r="S136">
         <v>101.0</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45819.416701389</v>
+        <v>45888.416701389</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>8.0</v>
       </c>
       <c r="K137" s="2">
         <v>45596.0</v>
       </c>
       <c r="L137" s="2">
         <v>46691.0</v>
       </c>
       <c r="M137">
         <v>3500</v>
       </c>
       <c r="N137">
         <v>1000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>1.622222</v>
+        <v>1.133333</v>
       </c>
       <c r="Q137">
-        <v>102.622222</v>
+        <v>102.133333</v>
       </c>
       <c r="S137">
         <v>101.0</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45818.416793981</v>
+        <v>45887.416736111</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="G138">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>8.0</v>
       </c>
       <c r="K138" s="2">
         <v>45596.0</v>
       </c>
       <c r="L138" s="2">
         <v>46691.0</v>
       </c>
       <c r="M138">
         <v>3500</v>
       </c>
       <c r="N138">
         <v>1000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>1.6</v>
+        <v>1.111111</v>
       </c>
       <c r="Q138">
-        <v>102.6</v>
+        <v>102.111111</v>
       </c>
       <c r="S138">
         <v>101.0</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45817.416689815</v>
+        <v>45884.416701389</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>8.0</v>
       </c>
       <c r="K139" s="2">
         <v>45596.0</v>
       </c>
       <c r="L139" s="2">
         <v>46691.0</v>
       </c>
       <c r="M139">
         <v>3500</v>
       </c>
       <c r="N139">
         <v>1000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>1.577778</v>
+        <v>1.088889</v>
       </c>
       <c r="Q139">
-        <v>102.577778</v>
+        <v>102.088889</v>
       </c>
       <c r="S139">
         <v>101.0</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45814.416712963</v>
+        <v>45883.416747685</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>8.0</v>
       </c>
       <c r="K140" s="2">
         <v>45596.0</v>
       </c>
       <c r="L140" s="2">
         <v>46691.0</v>
       </c>
       <c r="M140">
         <v>3500</v>
       </c>
       <c r="N140">
         <v>1000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>1.555556</v>
+        <v>1.066667</v>
       </c>
       <c r="Q140">
-        <v>102.555556</v>
+        <v>102.066667</v>
       </c>
       <c r="S140">
         <v>101.0</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45813.416747685</v>
+        <v>45882.416782407</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>8.0</v>
       </c>
       <c r="K141" s="2">
         <v>45596.0</v>
       </c>
       <c r="L141" s="2">
         <v>46691.0</v>
       </c>
       <c r="M141">
         <v>3500</v>
       </c>
       <c r="N141">
         <v>1000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>1.533333</v>
+        <v>1.0</v>
       </c>
       <c r="Q141">
-        <v>102.533333</v>
+        <v>102.0</v>
       </c>
       <c r="S141">
         <v>101.0</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45812.416782407</v>
+        <v>45881.416770833</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="G142">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>8.0</v>
       </c>
       <c r="K142" s="2">
         <v>45596.0</v>
       </c>
       <c r="L142" s="2">
         <v>46691.0</v>
       </c>
       <c r="M142">
         <v>3500</v>
       </c>
       <c r="N142">
         <v>1000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>1.466667</v>
+        <v>0.977778</v>
       </c>
       <c r="Q142">
-        <v>102.466667</v>
+        <v>101.977778</v>
       </c>
       <c r="S142">
         <v>101.0</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45811.416712963</v>
+        <v>45880.416724537</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="G143">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>8.0</v>
       </c>
       <c r="K143" s="2">
         <v>45596.0</v>
       </c>
       <c r="L143" s="2">
         <v>46691.0</v>
       </c>
       <c r="M143">
         <v>3500</v>
       </c>
       <c r="N143">
         <v>1000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>1.444444</v>
+        <v>0.955556</v>
       </c>
       <c r="Q143">
-        <v>102.444444</v>
+        <v>101.955556</v>
       </c>
       <c r="S143">
         <v>101.0</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45810.416701389</v>
+        <v>45877.416793981</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="G144">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>8.0</v>
       </c>
       <c r="K144" s="2">
         <v>45596.0</v>
       </c>
       <c r="L144" s="2">
         <v>46691.0</v>
       </c>
       <c r="M144">
         <v>3500</v>
       </c>
       <c r="N144">
         <v>1000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>1.422222</v>
+        <v>0.933333</v>
       </c>
       <c r="Q144">
-        <v>102.422222</v>
+        <v>101.933333</v>
       </c>
       <c r="S144">
         <v>101.0</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45807.416782407</v>
+        <v>45876.416689815</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="G145">
-        <v>102.933333</v>
+        <v>102.344444</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>8.0</v>
       </c>
       <c r="K145" s="2">
         <v>45596.0</v>
       </c>
       <c r="L145" s="2">
         <v>46691.0</v>
       </c>
       <c r="M145">
         <v>3500</v>
       </c>
       <c r="N145">
         <v>1000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>1.4</v>
+        <v>0.911111</v>
       </c>
       <c r="Q145">
-        <v>102.4</v>
+        <v>101.911111</v>
       </c>
       <c r="S145">
         <v>101.0</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45805.416701389</v>
+        <v>45875.609189815</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
+      <c r="F146">
+        <v>0.52</v>
+      </c>
       <c r="G146">
-        <v>102.933333</v>
+        <v>102.344444</v>
+      </c>
+      <c r="H146">
+        <v>102344.444</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>8.0</v>
       </c>
       <c r="K146" s="2">
         <v>45596.0</v>
       </c>
       <c r="L146" s="2">
         <v>46691.0</v>
       </c>
       <c r="M146">
         <v>3500</v>
       </c>
       <c r="N146">
         <v>1000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>1.333333</v>
+        <v>0.844444</v>
       </c>
       <c r="Q146">
-        <v>102.333333</v>
+        <v>101.844444</v>
       </c>
       <c r="S146">
         <v>101.0</v>
       </c>
+      <c r="X146">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45804.416712963</v>
+        <v>45874.416712963</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="G147">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>8.0</v>
       </c>
       <c r="K147" s="2">
         <v>45596.0</v>
       </c>
       <c r="L147" s="2">
         <v>46691.0</v>
       </c>
       <c r="M147">
         <v>3500</v>
       </c>
       <c r="N147">
         <v>1000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>1.311111</v>
+        <v>0.822222</v>
       </c>
       <c r="Q147">
-        <v>102.311111</v>
+        <v>101.822222</v>
       </c>
       <c r="S147">
         <v>101.0</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45803.416701389</v>
+        <v>45873.416724537</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>8.0</v>
       </c>
       <c r="K148" s="2">
         <v>45596.0</v>
       </c>
       <c r="L148" s="2">
         <v>46691.0</v>
       </c>
       <c r="M148">
         <v>3500</v>
       </c>
       <c r="N148">
         <v>1000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>1.288889</v>
+        <v>0.8</v>
       </c>
       <c r="Q148">
-        <v>102.288889</v>
+        <v>101.8</v>
       </c>
       <c r="S148">
         <v>101.0</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45800.416724537</v>
+        <v>45870.416701389</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="G149">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>8.0</v>
       </c>
       <c r="K149" s="2">
         <v>45596.0</v>
       </c>
       <c r="L149" s="2">
         <v>46691.0</v>
       </c>
       <c r="M149">
         <v>3500</v>
       </c>
       <c r="N149">
         <v>1000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>1.266667</v>
+        <v>0.777778</v>
       </c>
       <c r="Q149">
-        <v>102.266667</v>
+        <v>101.777778</v>
       </c>
       <c r="S149">
         <v>101.0</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45799.416724537</v>
+        <v>45869.416701389</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="G150">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>8.0</v>
       </c>
       <c r="K150" s="2">
         <v>45596.0</v>
       </c>
       <c r="L150" s="2">
         <v>46691.0</v>
       </c>
       <c r="M150">
         <v>3500</v>
       </c>
       <c r="N150">
         <v>1000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>1.244444</v>
+        <v>0.755556</v>
       </c>
       <c r="Q150">
-        <v>102.244444</v>
+        <v>101.755556</v>
       </c>
       <c r="S150">
         <v>101.0</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45798.416701389</v>
+        <v>45868.416724537</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="G151">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>8.0</v>
       </c>
       <c r="K151" s="2">
         <v>45596.0</v>
       </c>
       <c r="L151" s="2">
         <v>46691.0</v>
       </c>
       <c r="M151">
         <v>3500</v>
       </c>
       <c r="N151">
         <v>1000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>1.177778</v>
+        <v>0.688889</v>
       </c>
       <c r="Q151">
-        <v>102.177778</v>
+        <v>101.688889</v>
       </c>
       <c r="S151">
         <v>101.0</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45797.416701389</v>
+        <v>45867.416701389</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="G152">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>8.0</v>
       </c>
       <c r="K152" s="2">
         <v>45596.0</v>
       </c>
       <c r="L152" s="2">
         <v>46691.0</v>
       </c>
       <c r="M152">
         <v>3500</v>
       </c>
       <c r="N152">
         <v>1000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>1.155556</v>
+        <v>0.666667</v>
       </c>
       <c r="Q152">
-        <v>102.155556</v>
+        <v>101.666667</v>
       </c>
       <c r="S152">
         <v>101.0</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45796.416805556</v>
+        <v>45866.416712963</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="G153">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>8.0</v>
       </c>
       <c r="K153" s="2">
         <v>45596.0</v>
       </c>
       <c r="L153" s="2">
         <v>46691.0</v>
       </c>
       <c r="M153">
         <v>3500</v>
       </c>
       <c r="N153">
         <v>1000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>1.133333</v>
+        <v>0.666667</v>
       </c>
       <c r="Q153">
-        <v>102.133333</v>
+        <v>101.666667</v>
       </c>
       <c r="S153">
         <v>101.0</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45793.416712963</v>
+        <v>45863.416701389</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="G154">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>8.0</v>
       </c>
       <c r="K154" s="2">
         <v>45596.0</v>
       </c>
       <c r="L154" s="2">
         <v>46691.0</v>
       </c>
       <c r="M154">
         <v>3500</v>
       </c>
       <c r="N154">
         <v>1000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>1.111111</v>
+        <v>0.644444</v>
       </c>
       <c r="Q154">
-        <v>102.111111</v>
+        <v>101.644444</v>
       </c>
       <c r="S154">
         <v>101.0</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45792.416724537</v>
+        <v>45862.416701389</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="G155">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>8.0</v>
       </c>
       <c r="K155" s="2">
         <v>45596.0</v>
       </c>
       <c r="L155" s="2">
         <v>46691.0</v>
       </c>
       <c r="M155">
         <v>3500</v>
       </c>
       <c r="N155">
         <v>1000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>1.088889</v>
+        <v>0.622222</v>
       </c>
       <c r="Q155">
-        <v>102.088889</v>
+        <v>101.622222</v>
       </c>
       <c r="S155">
         <v>101.0</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45791.416712963</v>
+        <v>45861.416736111</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="G156">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>8.0</v>
       </c>
       <c r="K156" s="2">
         <v>45596.0</v>
       </c>
       <c r="L156" s="2">
         <v>46691.0</v>
       </c>
       <c r="M156">
         <v>3500</v>
       </c>
       <c r="N156">
         <v>1000.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>1.022222</v>
+        <v>0.555556</v>
       </c>
       <c r="Q156">
-        <v>102.022222</v>
+        <v>101.555556</v>
       </c>
       <c r="S156">
         <v>101.0</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45790.416701389</v>
+        <v>45860.416724537</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
       <c r="G157">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>8.0</v>
       </c>
       <c r="K157" s="2">
         <v>45596.0</v>
       </c>
       <c r="L157" s="2">
         <v>46691.0</v>
       </c>
       <c r="M157">
         <v>3500</v>
       </c>
       <c r="N157">
         <v>1000.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>1.0</v>
+        <v>0.533333</v>
       </c>
       <c r="Q157">
-        <v>102.0</v>
+        <v>101.533333</v>
       </c>
       <c r="S157">
         <v>101.0</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45789.416701389</v>
+        <v>45859.416701389</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
       <c r="G158">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>8.0</v>
       </c>
       <c r="K158" s="2">
         <v>45596.0</v>
       </c>
       <c r="L158" s="2">
         <v>46691.0</v>
       </c>
       <c r="M158">
         <v>3500</v>
       </c>
       <c r="N158">
         <v>1000.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>0.977778</v>
+        <v>0.511111</v>
       </c>
       <c r="Q158">
-        <v>101.977778</v>
+        <v>102.011111</v>
       </c>
       <c r="S158">
-        <v>101.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45786.416701389</v>
+        <v>45856.416701389</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="G159">
-        <v>102.933333</v>
+        <v>101.811111</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>8.0</v>
       </c>
       <c r="K159" s="2">
         <v>45596.0</v>
       </c>
       <c r="L159" s="2">
         <v>46691.0</v>
       </c>
       <c r="M159">
         <v>3500</v>
       </c>
       <c r="N159">
         <v>1000.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>0.955556</v>
+        <v>0.488889</v>
       </c>
       <c r="Q159">
-        <v>101.955556</v>
+        <v>101.988889</v>
       </c>
       <c r="S159">
-        <v>101.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45785.459849537</v>
+        <v>45855.416689815</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
-      <c r="F160">
-[...1 lines deleted...]
-      </c>
       <c r="G160">
-        <v>102.933333</v>
-[...2 lines deleted...]
-        <v>24703.99992</v>
+        <v>101.811111</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>8.0</v>
       </c>
       <c r="K160" s="2">
         <v>45596.0</v>
       </c>
       <c r="L160" s="2">
         <v>46691.0</v>
       </c>
       <c r="M160">
         <v>3500</v>
       </c>
       <c r="N160">
         <v>1000.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>0.933333</v>
+        <v>0.466667</v>
       </c>
       <c r="Q160">
-        <v>101.933333</v>
+        <v>101.966667</v>
       </c>
       <c r="S160">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45784.416747685</v>
+        <v>45854.416712963</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
       <c r="G161">
-        <v>102.777778</v>
+        <v>101.811111</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>8.0</v>
       </c>
       <c r="K161" s="2">
         <v>45596.0</v>
       </c>
       <c r="L161" s="2">
         <v>46691.0</v>
       </c>
       <c r="M161">
         <v>3500</v>
       </c>
       <c r="N161">
         <v>1000.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>0.866667</v>
+        <v>0.4</v>
       </c>
       <c r="Q161">
-        <v>101.866667</v>
-[...2 lines deleted...]
-        <v>102.866667</v>
+        <v>101.9</v>
       </c>
       <c r="S161">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45783.416851852</v>
+        <v>45853.41681713</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="G162">
-        <v>102.777778</v>
+        <v>101.811111</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>8.0</v>
       </c>
       <c r="K162" s="2">
         <v>45596.0</v>
       </c>
       <c r="L162" s="2">
         <v>46691.0</v>
       </c>
       <c r="M162">
         <v>3500</v>
       </c>
       <c r="N162">
         <v>1000.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>0.844444</v>
+        <v>0.377778</v>
       </c>
       <c r="Q162">
-        <v>101.844444</v>
-[...2 lines deleted...]
-        <v>102.844444</v>
+        <v>101.877778</v>
       </c>
       <c r="S162">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45782.355300926</v>
+        <v>45852.665127315</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
       <c r="G163">
-        <v>102.777778</v>
+        <v>101.811111</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>8.0</v>
       </c>
       <c r="K163" s="2">
         <v>45596.0</v>
       </c>
       <c r="L163" s="2">
         <v>46691.0</v>
       </c>
       <c r="M163">
         <v>3500</v>
       </c>
       <c r="N163">
         <v>1000.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>0.822222</v>
+        <v>0.355556</v>
+      </c>
+      <c r="Q163">
+        <v>101.855556</v>
+      </c>
+      <c r="S163">
+        <v>101.5</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45779.355104167</v>
+        <v>45849.416712963</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="G164">
-        <v>102.777778</v>
+        <v>101.811111</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>8.0</v>
       </c>
       <c r="K164" s="2">
         <v>45596.0</v>
       </c>
       <c r="L164" s="2">
         <v>46691.0</v>
       </c>
       <c r="M164">
         <v>3500</v>
       </c>
       <c r="N164">
         <v>1000.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>0.8</v>
+        <v>0.333333</v>
+      </c>
+      <c r="Q164">
+        <v>101.333333</v>
+      </c>
+      <c r="S164">
+        <v>101.0</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45777.626944444</v>
+        <v>45848.566944444</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="F165">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="G165">
-        <v>102.777778</v>
+        <v>101.811111</v>
       </c>
       <c r="H165">
-        <v>5138.8889</v>
+        <v>43778.77773</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>8.0</v>
       </c>
       <c r="K165" s="2">
         <v>45596.0</v>
       </c>
       <c r="L165" s="2">
         <v>46691.0</v>
       </c>
       <c r="M165">
         <v>3500</v>
       </c>
       <c r="N165">
         <v>1000.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>0.777778</v>
+        <v>0.311111</v>
       </c>
       <c r="Q165">
-        <v>101.777778</v>
-[...2 lines deleted...]
-        <v>102.777778</v>
+        <v>101.311111</v>
       </c>
       <c r="S165">
         <v>101.0</v>
       </c>
-      <c r="T165">
-[...1 lines deleted...]
-      </c>
       <c r="X165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45776.416805556</v>
+        <v>45847.416712963</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="G166">
-        <v>102.666667</v>
+        <v>101.655556</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>8.0</v>
       </c>
       <c r="K166" s="2">
         <v>45596.0</v>
       </c>
       <c r="L166" s="2">
         <v>46691.0</v>
       </c>
       <c r="M166">
         <v>3500</v>
       </c>
       <c r="N166">
         <v>1000.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>0.711111</v>
+        <v>0.244444</v>
       </c>
       <c r="Q166">
-        <v>101.711111</v>
+        <v>101.244444</v>
       </c>
       <c r="R166">
-        <v>102.711111</v>
+        <v>101.744444</v>
       </c>
       <c r="S166">
         <v>101.0</v>
       </c>
       <c r="T166">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45775.50068287</v>
+        <v>45846.416759259</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
-      <c r="F167">
-[...1 lines deleted...]
-      </c>
       <c r="G167">
-        <v>102.666667</v>
-[...2 lines deleted...]
-        <v>21560.00007</v>
+        <v>101.655556</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>8.0</v>
       </c>
       <c r="K167" s="2">
         <v>45596.0</v>
       </c>
       <c r="L167" s="2">
         <v>46691.0</v>
       </c>
       <c r="M167">
         <v>3500</v>
       </c>
       <c r="N167">
         <v>1000.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>0.666667</v>
+        <v>0.222222</v>
       </c>
       <c r="Q167">
-        <v>101.666667</v>
+        <v>101.222222</v>
       </c>
       <c r="R167">
-        <v>102.666667</v>
+        <v>101.722222</v>
       </c>
       <c r="S167">
         <v>101.0</v>
       </c>
       <c r="T167">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45772.416759259</v>
+        <v>45845.416712963</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
       <c r="G168">
-        <v>102.6</v>
+        <v>101.655556</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>8.0</v>
       </c>
       <c r="K168" s="2">
         <v>45596.0</v>
       </c>
       <c r="L168" s="2">
         <v>46691.0</v>
       </c>
       <c r="M168">
         <v>3500</v>
       </c>
       <c r="N168">
         <v>1000.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>0.644444</v>
+        <v>0.2</v>
       </c>
       <c r="Q168">
-        <v>101.644444</v>
+        <v>101.2</v>
       </c>
       <c r="R168">
-        <v>102.644444</v>
+        <v>101.7</v>
       </c>
       <c r="S168">
         <v>101.0</v>
       </c>
       <c r="T168">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45771.475393519</v>
+        <v>45842.416701389</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
       <c r="G169">
-        <v>102.6</v>
+        <v>101.655556</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>8.0</v>
       </c>
       <c r="K169" s="2">
         <v>45596.0</v>
       </c>
       <c r="L169" s="2">
         <v>46691.0</v>
       </c>
       <c r="M169">
         <v>3500</v>
       </c>
       <c r="N169">
         <v>1000.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>0.622222</v>
+        <v>0.177778</v>
       </c>
       <c r="Q169">
-        <v>101.622222</v>
+        <v>101.177778</v>
       </c>
       <c r="R169">
-        <v>102.622222</v>
+        <v>101.677778</v>
       </c>
       <c r="S169">
         <v>101.0</v>
       </c>
       <c r="T169">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45770.355115741</v>
+        <v>45841.576284722</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
+      <c r="F170">
+        <v>-1.24</v>
+      </c>
       <c r="G170">
-        <v>102.6</v>
+        <v>101.655556</v>
+      </c>
+      <c r="H170">
+        <v>7115.88892</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>8.0</v>
       </c>
       <c r="K170" s="2">
         <v>45596.0</v>
       </c>
       <c r="L170" s="2">
         <v>46691.0</v>
       </c>
       <c r="M170">
         <v>3500</v>
       </c>
       <c r="N170">
         <v>1000.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>0.555556</v>
+        <v>0.155556</v>
+      </c>
+      <c r="Q170">
+        <v>101.155556</v>
+      </c>
+      <c r="R170">
+        <v>101.655556</v>
+      </c>
+      <c r="S170">
+        <v>101.0</v>
+      </c>
+      <c r="T170">
+        <v>101.5</v>
+      </c>
+      <c r="X170">
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45769.355104167</v>
+        <v>45840.439918981</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
       <c r="G171">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>8.0</v>
       </c>
       <c r="K171" s="2">
         <v>45596.0</v>
       </c>
       <c r="L171" s="2">
         <v>46691.0</v>
       </c>
       <c r="M171">
         <v>3500</v>
       </c>
       <c r="N171">
         <v>1000.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>0.533333</v>
+        <v>0.088889</v>
+      </c>
+      <c r="Q171">
+        <v>101.1</v>
+      </c>
+      <c r="R171">
+        <v>101.588889</v>
+      </c>
+      <c r="S171">
+        <v>101.011111</v>
+      </c>
+      <c r="T171">
+        <v>101.5</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45764.355162037</v>
+        <v>45839.447048611</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="G172">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>8.0</v>
       </c>
       <c r="K172" s="2">
         <v>45596.0</v>
       </c>
       <c r="L172" s="2">
         <v>46691.0</v>
       </c>
       <c r="M172">
         <v>3500</v>
       </c>
       <c r="N172">
         <v>1000.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>0.511111</v>
+        <v>0.066667</v>
+      </c>
+      <c r="Q172">
+        <v>101.1</v>
+      </c>
+      <c r="R172">
+        <v>101.566667</v>
+      </c>
+      <c r="S172">
+        <v>101.033333</v>
+      </c>
+      <c r="T172">
+        <v>101.5</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45763.355104167</v>
+        <v>45838.580231481</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="G173">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>8.0</v>
       </c>
       <c r="K173" s="2">
         <v>45596.0</v>
       </c>
       <c r="L173" s="2">
         <v>46691.0</v>
       </c>
       <c r="M173">
         <v>3500</v>
       </c>
       <c r="N173">
         <v>1000.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>0.488889</v>
+        <v>0.044444</v>
+      </c>
+      <c r="Q173">
+        <v>101.1</v>
+      </c>
+      <c r="R173">
+        <v>101.544444</v>
+      </c>
+      <c r="S173">
+        <v>101.055556</v>
+      </c>
+      <c r="T173">
+        <v>101.5</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45762.355138889</v>
+        <v>45835.416712963</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
       <c r="G174">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>8.0</v>
       </c>
       <c r="K174" s="2">
         <v>45596.0</v>
       </c>
       <c r="L174" s="2">
         <v>46691.0</v>
       </c>
       <c r="M174">
         <v>3500</v>
       </c>
       <c r="N174">
         <v>1000.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>0.377778</v>
+        <v>0.022222</v>
+      </c>
+      <c r="Q174">
+        <v>101.022222</v>
+      </c>
+      <c r="R174">
+        <v>101.522222</v>
+      </c>
+      <c r="S174">
+        <v>101.0</v>
+      </c>
+      <c r="T174">
+        <v>101.5</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45761.355162037</v>
+        <v>45834.416701389</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="G175">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>8.0</v>
       </c>
       <c r="K175" s="2">
         <v>45596.0</v>
       </c>
       <c r="L175" s="2">
         <v>46691.0</v>
       </c>
       <c r="M175">
         <v>3500</v>
       </c>
       <c r="N175">
         <v>1000.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
-      <c r="P175">
-        <v>0.355556</v>
+      <c r="Q175">
+        <v>101.0</v>
+      </c>
+      <c r="R175">
+        <v>101.5</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45758.355532407</v>
+        <v>45833.416736111</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="G176">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>8.0</v>
       </c>
       <c r="K176" s="2">
         <v>45596.0</v>
       </c>
       <c r="L176" s="2">
         <v>46691.0</v>
       </c>
       <c r="M176">
         <v>3500</v>
       </c>
       <c r="N176">
         <v>1000.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>0.333333</v>
+        <v>-0.066667</v>
+      </c>
+      <c r="Q176">
+        <v>100.933333</v>
+      </c>
+      <c r="R176">
+        <v>101.433333</v>
+      </c>
+      <c r="S176">
+        <v>101.0</v>
+      </c>
+      <c r="T176">
+        <v>101.5</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45757.355914352</v>
+        <v>45831.515150463</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>8.0</v>
       </c>
       <c r="K177" s="2">
         <v>45596.0</v>
       </c>
       <c r="L177" s="2">
         <v>46691.0</v>
       </c>
       <c r="M177">
         <v>3500</v>
       </c>
       <c r="N177">
         <v>1000.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>0.311111</v>
+        <v>-0.111111</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45756.355914352</v>
+        <v>45828.416701389</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="G178">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>8.0</v>
       </c>
       <c r="K178" s="2">
         <v>45596.0</v>
       </c>
       <c r="L178" s="2">
         <v>46691.0</v>
       </c>
       <c r="M178">
         <v>3500</v>
       </c>
       <c r="N178">
         <v>1000.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>0.244444</v>
+        <v>-0.133333</v>
+      </c>
+      <c r="Q178">
+        <v>100.866667</v>
+      </c>
+      <c r="R178">
+        <v>101.366667</v>
+      </c>
+      <c r="S178">
+        <v>101.0</v>
+      </c>
+      <c r="T178">
+        <v>101.5</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45755.464710648</v>
+        <v>45827.416701389</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="G179">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>8.0</v>
       </c>
       <c r="K179" s="2">
         <v>45596.0</v>
       </c>
       <c r="L179" s="2">
         <v>46691.0</v>
       </c>
       <c r="M179">
         <v>3500</v>
       </c>
       <c r="N179">
         <v>1000.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>0.222222</v>
+        <v>1.844444</v>
+      </c>
+      <c r="Q179">
+        <v>102.844444</v>
+      </c>
+      <c r="R179">
+        <v>103.344444</v>
+      </c>
+      <c r="S179">
+        <v>101.0</v>
+      </c>
+      <c r="T179">
+        <v>101.5</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45754.416898148</v>
+        <v>45826.416724537</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="G180">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>8.0</v>
       </c>
       <c r="K180" s="2">
         <v>45596.0</v>
       </c>
       <c r="L180" s="2">
         <v>46691.0</v>
       </c>
       <c r="M180">
         <v>3500</v>
       </c>
       <c r="N180">
         <v>1000.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>0.2</v>
+        <v>1.777778</v>
       </c>
       <c r="Q180">
-        <v>101.2</v>
+        <v>102.777778</v>
+      </c>
+      <c r="R180">
+        <v>103.277778</v>
       </c>
       <c r="S180">
         <v>101.0</v>
       </c>
+      <c r="T180">
+        <v>101.5</v>
+      </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45751.416956019</v>
+        <v>45825.416701389</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="G181">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>8.0</v>
       </c>
       <c r="K181" s="2">
         <v>45596.0</v>
       </c>
       <c r="L181" s="2">
         <v>46691.0</v>
       </c>
       <c r="M181">
         <v>3500</v>
       </c>
       <c r="N181">
         <v>1000.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>0.177778</v>
+        <v>1.755556</v>
       </c>
       <c r="Q181">
-        <v>101.177778</v>
+        <v>102.755556</v>
+      </c>
+      <c r="R181">
+        <v>103.255556</v>
       </c>
       <c r="S181">
         <v>101.0</v>
       </c>
+      <c r="T181">
+        <v>101.5</v>
+      </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45750.416863426</v>
+        <v>45824.466122685</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="G182">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>8.0</v>
       </c>
       <c r="K182" s="2">
         <v>45596.0</v>
       </c>
       <c r="L182" s="2">
         <v>46691.0</v>
       </c>
       <c r="M182">
         <v>3500</v>
       </c>
       <c r="N182">
         <v>1000.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>0.177778</v>
+        <v>1.733333</v>
       </c>
       <c r="Q182">
-        <v>101.155556</v>
+        <v>102.733333</v>
+      </c>
+      <c r="R182">
+        <v>103.233333</v>
       </c>
       <c r="S182">
-        <v>100.977778</v>
+        <v>101.0</v>
+      </c>
+      <c r="T182">
+        <v>101.5</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45749.416921296</v>
+        <v>45821.416689815</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="G183">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>8.0</v>
       </c>
       <c r="K183" s="2">
         <v>45596.0</v>
       </c>
       <c r="L183" s="2">
         <v>46691.0</v>
       </c>
       <c r="M183">
         <v>3500</v>
       </c>
       <c r="N183">
         <v>1000.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>0.088889</v>
+        <v>1.711111</v>
       </c>
       <c r="Q183">
-        <v>101.088889</v>
+        <v>102.711111</v>
       </c>
       <c r="S183">
         <v>101.0</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45748.416828704</v>
+        <v>45820.416828704</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="G184">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>8.0</v>
       </c>
       <c r="K184" s="2">
         <v>45596.0</v>
       </c>
       <c r="L184" s="2">
         <v>46691.0</v>
       </c>
       <c r="M184">
         <v>3500</v>
       </c>
       <c r="N184">
         <v>1000.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>0.066667</v>
+        <v>1.688889</v>
       </c>
       <c r="Q184">
-        <v>101.066667</v>
+        <v>102.688889</v>
       </c>
       <c r="S184">
         <v>101.0</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45747.41681713</v>
+        <v>45819.416701389</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="G185">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>8.0</v>
       </c>
       <c r="K185" s="2">
         <v>45596.0</v>
       </c>
       <c r="L185" s="2">
         <v>46691.0</v>
       </c>
       <c r="M185">
         <v>3500</v>
       </c>
       <c r="N185">
         <v>1000.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>0.044444</v>
+        <v>1.622222</v>
       </c>
       <c r="Q185">
-        <v>101.044444</v>
+        <v>102.622222</v>
       </c>
       <c r="S185">
         <v>101.0</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45744.41724537</v>
+        <v>45818.416793981</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="G186">
+        <v>102.933333</v>
+      </c>
+      <c r="I186" t="s">
+        <v>28</v>
+      </c>
+      <c r="J186">
+        <v>8.0</v>
+      </c>
+      <c r="K186" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L186" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M186">
+        <v>3500</v>
+      </c>
+      <c r="N186">
+        <v>1000.0</v>
+      </c>
+      <c r="O186" t="s">
+        <v>28</v>
+      </c>
+      <c r="P186">
+        <v>1.6</v>
+      </c>
+      <c r="Q186">
         <v>102.6</v>
-      </c>
-[...25 lines deleted...]
-        <v>101.022222</v>
       </c>
       <c r="S186">
         <v>101.0</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45743.417291667</v>
+        <v>45817.416689815</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="G187">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>8.0</v>
       </c>
       <c r="K187" s="2">
         <v>45596.0</v>
       </c>
       <c r="L187" s="2">
         <v>46691.0</v>
       </c>
       <c r="M187">
         <v>3500</v>
       </c>
       <c r="N187">
         <v>1000.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
+      <c r="P187">
+        <v>1.577778</v>
+      </c>
       <c r="Q187">
+        <v>102.577778</v>
+      </c>
+      <c r="S187">
         <v>101.0</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45742.417280093</v>
+        <v>45814.416712963</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="G188">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>8.0</v>
       </c>
       <c r="K188" s="2">
         <v>45596.0</v>
       </c>
       <c r="L188" s="2">
         <v>46691.0</v>
       </c>
       <c r="M188">
         <v>3500</v>
       </c>
       <c r="N188">
         <v>1000.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>-0.044444</v>
+        <v>1.555556</v>
       </c>
       <c r="Q188">
-        <v>100.955556</v>
+        <v>102.555556</v>
       </c>
       <c r="S188">
         <v>101.0</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45741.417013889</v>
+        <v>45813.416747685</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="G189">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>8.0</v>
       </c>
       <c r="K189" s="2">
         <v>45596.0</v>
       </c>
       <c r="L189" s="2">
         <v>46691.0</v>
       </c>
       <c r="M189">
         <v>3500</v>
       </c>
       <c r="N189">
         <v>1000.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>-0.066667</v>
+        <v>1.533333</v>
       </c>
       <c r="Q189">
-        <v>100.933333</v>
+        <v>102.533333</v>
       </c>
       <c r="S189">
         <v>101.0</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45740.416967593</v>
+        <v>45812.416782407</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="G190">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>8.0</v>
       </c>
       <c r="K190" s="2">
         <v>45596.0</v>
       </c>
       <c r="L190" s="2">
         <v>46691.0</v>
       </c>
       <c r="M190">
         <v>3500</v>
       </c>
       <c r="N190">
         <v>1000.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
       <c r="P190">
-        <v>-0.088889</v>
+        <v>1.466667</v>
       </c>
       <c r="Q190">
-        <v>100.911111</v>
+        <v>102.466667</v>
       </c>
       <c r="S190">
         <v>101.0</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45737.417662037</v>
+        <v>45811.416712963</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="G191">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
         <v>8.0</v>
       </c>
       <c r="K191" s="2">
         <v>45596.0</v>
       </c>
       <c r="L191" s="2">
         <v>46691.0</v>
       </c>
       <c r="M191">
         <v>3500</v>
       </c>
       <c r="N191">
         <v>1000.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>-0.111111</v>
+        <v>1.444444</v>
       </c>
       <c r="Q191">
-        <v>100.888889</v>
+        <v>102.444444</v>
       </c>
       <c r="S191">
         <v>101.0</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45736.417222222</v>
+        <v>45810.416701389</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
       <c r="G192">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>8.0</v>
       </c>
       <c r="K192" s="2">
         <v>45596.0</v>
       </c>
       <c r="L192" s="2">
         <v>46691.0</v>
       </c>
       <c r="M192">
         <v>3500</v>
       </c>
       <c r="N192">
         <v>1000.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>1.866667</v>
+        <v>1.422222</v>
       </c>
       <c r="Q192">
-        <v>102.866667</v>
+        <v>102.422222</v>
       </c>
       <c r="S192">
         <v>101.0</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45735.416956019</v>
+        <v>45807.416782407</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="G193">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>8.0</v>
       </c>
       <c r="K193" s="2">
         <v>45596.0</v>
       </c>
       <c r="L193" s="2">
         <v>46691.0</v>
       </c>
       <c r="M193">
         <v>3500</v>
       </c>
       <c r="N193">
         <v>1000.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>1.8</v>
+        <v>1.4</v>
       </c>
       <c r="Q193">
-        <v>102.8</v>
+        <v>102.4</v>
       </c>
       <c r="S193">
         <v>101.0</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45734.417094907</v>
+        <v>45805.416701389</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
       <c r="G194">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>8.0</v>
       </c>
       <c r="K194" s="2">
         <v>45596.0</v>
       </c>
       <c r="L194" s="2">
         <v>46691.0</v>
       </c>
       <c r="M194">
         <v>3500</v>
       </c>
       <c r="N194">
         <v>1000.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>1.777778</v>
+        <v>1.333333</v>
       </c>
       <c r="Q194">
-        <v>102.777778</v>
+        <v>102.333333</v>
       </c>
       <c r="S194">
         <v>101.0</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45733.417800926</v>
+        <v>45804.416712963</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="G195">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>8.0</v>
       </c>
       <c r="K195" s="2">
         <v>45596.0</v>
       </c>
       <c r="L195" s="2">
         <v>46691.0</v>
       </c>
       <c r="M195">
         <v>3500</v>
       </c>
       <c r="N195">
         <v>1000.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>1.755556</v>
+        <v>1.311111</v>
       </c>
       <c r="Q195">
-        <v>102.755556</v>
+        <v>102.311111</v>
       </c>
       <c r="S195">
         <v>101.0</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45730.417083333</v>
+        <v>45803.416701389</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="G196">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>8.0</v>
       </c>
       <c r="K196" s="2">
         <v>45596.0</v>
       </c>
       <c r="L196" s="2">
         <v>46691.0</v>
       </c>
       <c r="M196">
         <v>3500</v>
       </c>
       <c r="N196">
         <v>1000.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>1.733333</v>
+        <v>1.288889</v>
       </c>
       <c r="Q196">
-        <v>102.733333</v>
+        <v>102.288889</v>
       </c>
       <c r="S196">
         <v>101.0</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45729.417037037</v>
+        <v>45800.416724537</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="G197">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>8.0</v>
       </c>
       <c r="K197" s="2">
         <v>45596.0</v>
       </c>
       <c r="L197" s="2">
         <v>46691.0</v>
       </c>
       <c r="M197">
         <v>3500</v>
       </c>
       <c r="N197">
         <v>1000.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>1.711111</v>
+        <v>1.266667</v>
       </c>
       <c r="Q197">
-        <v>102.711111</v>
+        <v>102.266667</v>
       </c>
       <c r="S197">
         <v>101.0</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45728.417118056</v>
+        <v>45799.416724537</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="G198">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>8.0</v>
       </c>
       <c r="K198" s="2">
         <v>45596.0</v>
       </c>
       <c r="L198" s="2">
         <v>46691.0</v>
       </c>
       <c r="M198">
         <v>3500</v>
       </c>
       <c r="N198">
         <v>1000.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>1.644444</v>
+        <v>1.244444</v>
       </c>
       <c r="Q198">
-        <v>102.644444</v>
+        <v>102.244444</v>
       </c>
       <c r="S198">
         <v>101.0</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45727.416921296</v>
+        <v>45798.416701389</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="G199">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>8.0</v>
       </c>
       <c r="K199" s="2">
         <v>45596.0</v>
       </c>
       <c r="L199" s="2">
         <v>46691.0</v>
       </c>
       <c r="M199">
         <v>3500</v>
       </c>
       <c r="N199">
         <v>1000.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>1.622222</v>
+        <v>1.177778</v>
       </c>
       <c r="Q199">
-        <v>102.622222</v>
+        <v>102.177778</v>
       </c>
       <c r="S199">
         <v>101.0</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45726.417048611</v>
+        <v>45797.416701389</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="G200">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>8.0</v>
       </c>
       <c r="K200" s="2">
         <v>45596.0</v>
       </c>
       <c r="L200" s="2">
         <v>46691.0</v>
       </c>
       <c r="M200">
         <v>3500</v>
       </c>
       <c r="N200">
         <v>1000.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>1.6</v>
+        <v>1.155556</v>
       </c>
       <c r="Q200">
-        <v>102.6</v>
+        <v>102.155556</v>
       </c>
       <c r="S200">
         <v>101.0</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45723.417106481</v>
+        <v>45796.416805556</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
       <c r="G201">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
         <v>8.0</v>
       </c>
       <c r="K201" s="2">
         <v>45596.0</v>
       </c>
       <c r="L201" s="2">
         <v>46691.0</v>
       </c>
       <c r="M201">
         <v>3500</v>
       </c>
       <c r="N201">
         <v>1000.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>1.577778</v>
+        <v>1.133333</v>
       </c>
       <c r="Q201">
-        <v>102.577778</v>
+        <v>102.133333</v>
       </c>
       <c r="S201">
         <v>101.0</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45722.417094907</v>
+        <v>45793.416712963</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
       <c r="G202">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
         <v>8.0</v>
       </c>
       <c r="K202" s="2">
         <v>45596.0</v>
       </c>
       <c r="L202" s="2">
         <v>46691.0</v>
       </c>
       <c r="M202">
         <v>3500</v>
       </c>
       <c r="N202">
         <v>1000.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>1.555556</v>
+        <v>1.111111</v>
       </c>
       <c r="Q202">
-        <v>102.555556</v>
+        <v>102.111111</v>
       </c>
       <c r="S202">
         <v>101.0</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45721.417060185</v>
+        <v>45792.416724537</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="G203">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
         <v>8.0</v>
       </c>
       <c r="K203" s="2">
         <v>45596.0</v>
       </c>
       <c r="L203" s="2">
         <v>46691.0</v>
       </c>
       <c r="M203">
         <v>3500</v>
       </c>
       <c r="N203">
         <v>1000.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>1.488889</v>
+        <v>1.088889</v>
       </c>
       <c r="Q203">
-        <v>102.488889</v>
+        <v>102.088889</v>
       </c>
       <c r="S203">
         <v>101.0</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45720.417025463</v>
+        <v>45791.416712963</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="G204">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
         <v>8.0</v>
       </c>
       <c r="K204" s="2">
         <v>45596.0</v>
       </c>
       <c r="L204" s="2">
         <v>46691.0</v>
       </c>
       <c r="M204">
         <v>3500</v>
       </c>
       <c r="N204">
         <v>1000.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>1.466667</v>
+        <v>1.022222</v>
       </c>
       <c r="Q204">
-        <v>102.466667</v>
+        <v>102.022222</v>
       </c>
       <c r="S204">
         <v>101.0</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45719.41693287</v>
+        <v>45790.416701389</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
       <c r="G205">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
         <v>8.0</v>
       </c>
       <c r="K205" s="2">
         <v>45596.0</v>
       </c>
       <c r="L205" s="2">
         <v>46691.0</v>
       </c>
       <c r="M205">
         <v>3500</v>
       </c>
       <c r="N205">
         <v>1000.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>1.444444</v>
+        <v>1.0</v>
       </c>
       <c r="Q205">
-        <v>102.444444</v>
+        <v>102.0</v>
       </c>
       <c r="S205">
         <v>101.0</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45716.41693287</v>
+        <v>45789.416701389</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="G206">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
         <v>8.0</v>
       </c>
       <c r="K206" s="2">
         <v>45596.0</v>
       </c>
       <c r="L206" s="2">
         <v>46691.0</v>
       </c>
       <c r="M206">
         <v>3500</v>
       </c>
       <c r="N206">
         <v>1000.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>1.422222</v>
+        <v>0.977778</v>
       </c>
       <c r="Q206">
-        <v>102.422222</v>
+        <v>101.977778</v>
       </c>
       <c r="S206">
         <v>101.0</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45715.417094907</v>
+        <v>45786.416701389</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
       <c r="G207">
-        <v>102.6</v>
+        <v>102.933333</v>
       </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
         <v>8.0</v>
       </c>
       <c r="K207" s="2">
         <v>45596.0</v>
       </c>
       <c r="L207" s="2">
         <v>46691.0</v>
       </c>
       <c r="M207">
         <v>3500</v>
       </c>
       <c r="N207">
         <v>1000.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>1.4</v>
+        <v>0.955556</v>
       </c>
       <c r="Q207">
-        <v>102.4</v>
+        <v>101.955556</v>
       </c>
       <c r="S207">
         <v>101.0</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45714.417025463</v>
+        <v>45785.459849537</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
+      <c r="F208">
+        <v>0.15</v>
+      </c>
       <c r="G208">
-        <v>102.6</v>
+        <v>102.933333</v>
+      </c>
+      <c r="H208">
+        <v>24703.99992</v>
       </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
         <v>8.0</v>
       </c>
       <c r="K208" s="2">
         <v>45596.0</v>
       </c>
       <c r="L208" s="2">
         <v>46691.0</v>
       </c>
       <c r="M208">
         <v>3500</v>
       </c>
       <c r="N208">
         <v>1000.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>1.288889</v>
+        <v>0.933333</v>
       </c>
       <c r="Q208">
-        <v>102.288889</v>
+        <v>101.933333</v>
       </c>
       <c r="S208">
         <v>101.0</v>
       </c>
+      <c r="X208">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45713.417013889</v>
+        <v>45784.416747685</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
       <c r="G209">
-        <v>102.6</v>
+        <v>102.777778</v>
       </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
         <v>8.0</v>
       </c>
       <c r="K209" s="2">
         <v>45596.0</v>
       </c>
       <c r="L209" s="2">
         <v>46691.0</v>
       </c>
       <c r="M209">
         <v>3500</v>
       </c>
       <c r="N209">
         <v>1000.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
       <c r="P209">
-        <v>1.266667</v>
+        <v>0.866667</v>
       </c>
       <c r="Q209">
-        <v>102.266667</v>
+        <v>101.866667</v>
+      </c>
+      <c r="R209">
+        <v>102.866667</v>
       </c>
       <c r="S209">
         <v>101.0</v>
       </c>
+      <c r="T209">
+        <v>102.0</v>
+      </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45712.417037037</v>
+        <v>45783.416851852</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="G210">
-        <v>102.6</v>
+        <v>102.777778</v>
       </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
         <v>8.0</v>
       </c>
       <c r="K210" s="2">
         <v>45596.0</v>
       </c>
       <c r="L210" s="2">
         <v>46691.0</v>
       </c>
       <c r="M210">
         <v>3500</v>
       </c>
       <c r="N210">
         <v>1000.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
       <c r="P210">
-        <v>1.244444</v>
+        <v>0.844444</v>
       </c>
       <c r="Q210">
-        <v>102.244444</v>
+        <v>101.844444</v>
+      </c>
+      <c r="R210">
+        <v>102.844444</v>
       </c>
       <c r="S210">
         <v>101.0</v>
       </c>
+      <c r="T210">
+        <v>102.0</v>
+      </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45709.417696759</v>
+        <v>45782.355300926</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
       <c r="G211">
-        <v>102.6</v>
+        <v>102.777778</v>
       </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
         <v>8.0</v>
       </c>
       <c r="K211" s="2">
         <v>45596.0</v>
       </c>
       <c r="L211" s="2">
         <v>46691.0</v>
       </c>
       <c r="M211">
         <v>3500</v>
       </c>
       <c r="N211">
         <v>1000.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>1.222222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.822222</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45708.416990741</v>
+        <v>45779.355104167</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="G212">
-        <v>102.6</v>
+        <v>102.777778</v>
       </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
         <v>8.0</v>
       </c>
       <c r="K212" s="2">
         <v>45596.0</v>
       </c>
       <c r="L212" s="2">
         <v>46691.0</v>
       </c>
       <c r="M212">
         <v>3500</v>
       </c>
       <c r="N212">
         <v>1000.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>1.2</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45707.416944444</v>
+        <v>45777.626944444</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
+      <c r="F213">
+        <v>0.11</v>
+      </c>
       <c r="G213">
-        <v>102.6</v>
+        <v>102.777778</v>
+      </c>
+      <c r="H213">
+        <v>5138.8889</v>
       </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
         <v>8.0</v>
       </c>
       <c r="K213" s="2">
         <v>45596.0</v>
       </c>
       <c r="L213" s="2">
         <v>46691.0</v>
       </c>
       <c r="M213">
         <v>3500</v>
       </c>
       <c r="N213">
         <v>1000.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
       <c r="P213">
-        <v>1.133333</v>
+        <v>0.777778</v>
       </c>
       <c r="Q213">
-        <v>102.133333</v>
+        <v>101.777778</v>
+      </c>
+      <c r="R213">
+        <v>102.777778</v>
       </c>
       <c r="S213">
         <v>101.0</v>
       </c>
+      <c r="T213">
+        <v>102.0</v>
+      </c>
+      <c r="X213">
+        <v>1</v>
+      </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45706.417210648</v>
+        <v>45776.416805556</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
       <c r="G214">
-        <v>102.6</v>
+        <v>102.666667</v>
       </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
         <v>8.0</v>
       </c>
       <c r="K214" s="2">
         <v>45596.0</v>
       </c>
       <c r="L214" s="2">
         <v>46691.0</v>
       </c>
       <c r="M214">
         <v>3500</v>
       </c>
       <c r="N214">
         <v>1000.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>1.111111</v>
+        <v>0.711111</v>
       </c>
       <c r="Q214">
-        <v>102.111111</v>
+        <v>101.711111</v>
+      </c>
+      <c r="R214">
+        <v>102.711111</v>
       </c>
       <c r="S214">
         <v>101.0</v>
       </c>
+      <c r="T214">
+        <v>102.0</v>
+      </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45705.4171875</v>
+        <v>45775.50068287</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
+      <c r="F215">
+        <v>0.06</v>
+      </c>
       <c r="G215">
-        <v>102.6</v>
+        <v>102.666667</v>
+      </c>
+      <c r="H215">
+        <v>21560.00007</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
         <v>8.0</v>
       </c>
       <c r="K215" s="2">
         <v>45596.0</v>
       </c>
       <c r="L215" s="2">
         <v>46691.0</v>
       </c>
       <c r="M215">
         <v>3500</v>
       </c>
       <c r="N215">
         <v>1000.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
       <c r="P215">
-        <v>1.088889</v>
+        <v>0.666667</v>
       </c>
       <c r="Q215">
-        <v>102.088889</v>
+        <v>101.666667</v>
+      </c>
+      <c r="R215">
+        <v>102.666667</v>
       </c>
       <c r="S215">
         <v>101.0</v>
       </c>
+      <c r="T215">
+        <v>102.0</v>
+      </c>
+      <c r="X215">
+        <v>1</v>
+      </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45702.417731481</v>
+        <v>45772.416759259</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="G216">
         <v>102.6</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
         <v>8.0</v>
       </c>
       <c r="K216" s="2">
         <v>45596.0</v>
       </c>
       <c r="L216" s="2">
         <v>46691.0</v>
       </c>
       <c r="M216">
         <v>3500</v>
       </c>
       <c r="N216">
         <v>1000.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>1.066667</v>
+        <v>0.644444</v>
       </c>
       <c r="Q216">
-        <v>102.066667</v>
+        <v>101.644444</v>
+      </c>
+      <c r="R216">
+        <v>102.644444</v>
       </c>
       <c r="S216">
         <v>101.0</v>
       </c>
+      <c r="T216">
+        <v>102.0</v>
+      </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45701.416944444</v>
+        <v>45771.475393519</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="G217">
         <v>102.6</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
         <v>8.0</v>
       </c>
       <c r="K217" s="2">
         <v>45596.0</v>
       </c>
       <c r="L217" s="2">
         <v>46691.0</v>
       </c>
       <c r="M217">
         <v>3500</v>
       </c>
       <c r="N217">
         <v>1000.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>1.044444</v>
+        <v>0.622222</v>
       </c>
       <c r="Q217">
-        <v>102.044444</v>
+        <v>101.622222</v>
+      </c>
+      <c r="R217">
+        <v>102.622222</v>
       </c>
       <c r="S217">
         <v>101.0</v>
       </c>
+      <c r="T217">
+        <v>102.0</v>
+      </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45700.416898148</v>
+        <v>45770.355115741</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
       <c r="G218">
         <v>102.6</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
         <v>8.0</v>
       </c>
       <c r="K218" s="2">
         <v>45596.0</v>
       </c>
       <c r="L218" s="2">
         <v>46691.0</v>
       </c>
       <c r="M218">
         <v>3500</v>
       </c>
       <c r="N218">
         <v>1000.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>0.977778</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.555556</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45699.416979167</v>
+        <v>45769.355104167</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
       <c r="G219">
         <v>102.6</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
         <v>8.0</v>
       </c>
       <c r="K219" s="2">
         <v>45596.0</v>
       </c>
       <c r="L219" s="2">
         <v>46691.0</v>
       </c>
       <c r="M219">
         <v>3500</v>
       </c>
       <c r="N219">
         <v>1000.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>0.955556</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.533333</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45698.4171875</v>
+        <v>45764.355162037</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="G220">
         <v>102.6</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
         <v>8.0</v>
       </c>
       <c r="K220" s="2">
         <v>45596.0</v>
       </c>
       <c r="L220" s="2">
         <v>46691.0</v>
       </c>
       <c r="M220">
         <v>3500</v>
       </c>
       <c r="N220">
         <v>1000.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>0.933333</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.511111</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45695.416944444</v>
+        <v>45763.355104167</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="G221">
         <v>102.6</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
         <v>8.0</v>
       </c>
       <c r="K221" s="2">
         <v>45596.0</v>
       </c>
       <c r="L221" s="2">
         <v>46691.0</v>
       </c>
       <c r="M221">
         <v>3500</v>
       </c>
       <c r="N221">
         <v>1000.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>0.911111</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.488889</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45694.41744213</v>
+        <v>45762.355138889</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="G222">
         <v>102.6</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
         <v>8.0</v>
       </c>
       <c r="K222" s="2">
         <v>45596.0</v>
       </c>
       <c r="L222" s="2">
         <v>46691.0</v>
       </c>
       <c r="M222">
         <v>3500</v>
       </c>
       <c r="N222">
         <v>1000.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>0.888889</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.377778</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45693.417361111</v>
+        <v>45761.355162037</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
       <c r="G223">
         <v>102.6</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
         <v>8.0</v>
       </c>
       <c r="K223" s="2">
         <v>45596.0</v>
       </c>
       <c r="L223" s="2">
         <v>46691.0</v>
       </c>
       <c r="M223">
         <v>3500</v>
       </c>
       <c r="N223">
         <v>1000.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>0.822222</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.355556</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45692.417083333</v>
+        <v>45758.355532407</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="G224">
         <v>102.6</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
         <v>8.0</v>
       </c>
       <c r="K224" s="2">
         <v>45596.0</v>
       </c>
       <c r="L224" s="2">
         <v>46691.0</v>
       </c>
       <c r="M224">
         <v>3500</v>
       </c>
       <c r="N224">
         <v>1000.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>0.8</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.333333</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45691.417060185</v>
+        <v>45757.355914352</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="G225">
         <v>102.6</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
         <v>8.0</v>
       </c>
       <c r="K225" s="2">
         <v>45596.0</v>
       </c>
       <c r="L225" s="2">
         <v>46691.0</v>
       </c>
       <c r="M225">
         <v>3500</v>
       </c>
       <c r="N225">
         <v>1000.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>0.777778</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.311111</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45688.416979167</v>
+        <v>45756.355914352</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
       <c r="G226">
         <v>102.6</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
         <v>8.0</v>
       </c>
       <c r="K226" s="2">
         <v>45596.0</v>
       </c>
       <c r="L226" s="2">
         <v>46691.0</v>
       </c>
       <c r="M226">
         <v>3500</v>
       </c>
       <c r="N226">
         <v>1000.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>0.755556</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.244444</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45687.41712963</v>
+        <v>45755.464710648</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
       <c r="G227">
         <v>102.6</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
         <v>8.0</v>
       </c>
       <c r="K227" s="2">
         <v>45596.0</v>
       </c>
       <c r="L227" s="2">
         <v>46691.0</v>
       </c>
       <c r="M227">
         <v>3500</v>
       </c>
       <c r="N227">
         <v>1000.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>0.733333</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>0.222222</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45686.41693287</v>
+        <v>45754.416898148</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
       <c r="G228">
         <v>102.6</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
         <v>8.0</v>
       </c>
       <c r="K228" s="2">
         <v>45596.0</v>
       </c>
       <c r="L228" s="2">
         <v>46691.0</v>
       </c>
       <c r="M228">
         <v>3500</v>
       </c>
       <c r="N228">
         <v>1000.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>0.666667</v>
+        <v>0.2</v>
       </c>
       <c r="Q228">
-        <v>101.666667</v>
+        <v>101.2</v>
       </c>
       <c r="S228">
         <v>101.0</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45685.526493056</v>
+        <v>45751.416956019</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
       <c r="G229">
         <v>102.6</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
         <v>8.0</v>
       </c>
       <c r="K229" s="2">
         <v>45596.0</v>
       </c>
       <c r="L229" s="2">
         <v>46691.0</v>
       </c>
       <c r="M229">
         <v>3500</v>
       </c>
       <c r="N229">
         <v>1000.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>0.666667</v>
+        <v>0.177778</v>
       </c>
       <c r="Q229">
-        <v>101.666667</v>
+        <v>101.177778</v>
       </c>
       <c r="S229">
         <v>101.0</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45684.4171875</v>
+        <v>45750.416863426</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="G230">
         <v>102.6</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
         <v>8.0</v>
       </c>
       <c r="K230" s="2">
         <v>45596.0</v>
       </c>
       <c r="L230" s="2">
         <v>46691.0</v>
       </c>
       <c r="M230">
         <v>3500</v>
       </c>
       <c r="N230">
         <v>1000.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>0.644444</v>
+        <v>0.177778</v>
       </c>
       <c r="Q230">
-        <v>101.144444</v>
+        <v>101.155556</v>
       </c>
       <c r="S230">
-        <v>100.5</v>
+        <v>100.977778</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45681.417071759</v>
+        <v>45749.416921296</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="G231">
         <v>102.6</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
         <v>8.0</v>
       </c>
       <c r="K231" s="2">
         <v>45596.0</v>
       </c>
       <c r="L231" s="2">
         <v>46691.0</v>
       </c>
       <c r="M231">
         <v>3500</v>
       </c>
       <c r="N231">
         <v>1000.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>0.622222</v>
+        <v>0.088889</v>
       </c>
       <c r="Q231">
-        <v>101.122222</v>
+        <v>101.088889</v>
       </c>
       <c r="S231">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45680.417013889</v>
+        <v>45748.416828704</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="G232">
         <v>102.6</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
         <v>8.0</v>
       </c>
       <c r="K232" s="2">
         <v>45596.0</v>
       </c>
       <c r="L232" s="2">
         <v>46691.0</v>
       </c>
       <c r="M232">
         <v>3500</v>
       </c>
       <c r="N232">
         <v>1000.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>0.6</v>
+        <v>0.066667</v>
       </c>
       <c r="Q232">
-        <v>101.1</v>
+        <v>101.066667</v>
       </c>
       <c r="S232">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45679.416909722</v>
+        <v>45747.41681713</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="G233">
         <v>102.6</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
         <v>8.0</v>
       </c>
       <c r="K233" s="2">
         <v>45596.0</v>
       </c>
       <c r="L233" s="2">
         <v>46691.0</v>
       </c>
       <c r="M233">
         <v>3500</v>
       </c>
       <c r="N233">
         <v>1000.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>0.533333</v>
+        <v>0.044444</v>
       </c>
       <c r="Q233">
-        <v>101.033333</v>
+        <v>101.044444</v>
       </c>
       <c r="S233">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45678.417025463</v>
+        <v>45744.41724537</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="G234">
         <v>102.6</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
         <v>8.0</v>
       </c>
       <c r="K234" s="2">
         <v>45596.0</v>
       </c>
       <c r="L234" s="2">
         <v>46691.0</v>
       </c>
       <c r="M234">
         <v>3500</v>
       </c>
       <c r="N234">
         <v>1000.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234">
-        <v>0.511111</v>
+        <v>0.022222</v>
       </c>
       <c r="Q234">
-        <v>101.011111</v>
+        <v>101.022222</v>
       </c>
       <c r="S234">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45677.41724537</v>
+        <v>45743.417291667</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
       <c r="G235">
         <v>102.6</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>8.0</v>
       </c>
       <c r="K235" s="2">
         <v>45596.0</v>
       </c>
       <c r="L235" s="2">
         <v>46691.0</v>
       </c>
       <c r="M235">
         <v>3500</v>
       </c>
       <c r="N235">
         <v>1000.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
-      <c r="P235">
-[...1 lines deleted...]
-      </c>
       <c r="Q235">
-        <v>100.988889</v>
-[...2 lines deleted...]
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45674.417118056</v>
+        <v>45742.417280093</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
       <c r="G236">
         <v>102.6</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>8.0</v>
       </c>
       <c r="K236" s="2">
         <v>45596.0</v>
       </c>
       <c r="L236" s="2">
         <v>46691.0</v>
       </c>
       <c r="M236">
         <v>3500</v>
       </c>
       <c r="N236">
         <v>1000.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>0.466667</v>
+        <v>-0.044444</v>
       </c>
       <c r="Q236">
-        <v>100.966667</v>
+        <v>100.955556</v>
       </c>
       <c r="S236">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45673.417106481</v>
+        <v>45741.417013889</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
       <c r="G237">
         <v>102.6</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>8.0</v>
       </c>
       <c r="K237" s="2">
         <v>45596.0</v>
       </c>
       <c r="L237" s="2">
         <v>46691.0</v>
       </c>
       <c r="M237">
         <v>3500</v>
       </c>
       <c r="N237">
         <v>1000.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>0.444444</v>
+        <v>-0.066667</v>
       </c>
       <c r="Q237">
-        <v>100.944444</v>
+        <v>100.933333</v>
       </c>
       <c r="S237">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45672.417037037</v>
+        <v>45740.416967593</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
       <c r="G238">
         <v>102.6</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>8.0</v>
       </c>
       <c r="K238" s="2">
         <v>45596.0</v>
       </c>
       <c r="L238" s="2">
         <v>46691.0</v>
       </c>
       <c r="M238">
         <v>3500</v>
       </c>
       <c r="N238">
         <v>1000.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
       </c>
       <c r="P238">
-        <v>0.377778</v>
+        <v>-0.088889</v>
       </c>
       <c r="Q238">
-        <v>100.877778</v>
+        <v>100.911111</v>
       </c>
       <c r="S238">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45671.417083333</v>
+        <v>45737.417662037</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="G239">
         <v>102.6</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>8.0</v>
       </c>
       <c r="K239" s="2">
         <v>45596.0</v>
       </c>
       <c r="L239" s="2">
         <v>46691.0</v>
       </c>
       <c r="M239">
         <v>3500</v>
       </c>
       <c r="N239">
         <v>1000.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>0.355556</v>
+        <v>-0.111111</v>
       </c>
       <c r="Q239">
-        <v>100.855556</v>
+        <v>100.888889</v>
       </c>
       <c r="S239">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45670.417349537</v>
+        <v>45736.417222222</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="G240">
         <v>102.6</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>8.0</v>
       </c>
       <c r="K240" s="2">
         <v>45596.0</v>
       </c>
       <c r="L240" s="2">
         <v>46691.0</v>
       </c>
       <c r="M240">
         <v>3500</v>
       </c>
       <c r="N240">
         <v>1000.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>0.333333</v>
+        <v>1.866667</v>
       </c>
       <c r="Q240">
-        <v>100.833333</v>
+        <v>102.866667</v>
       </c>
       <c r="S240">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45667.416967593</v>
+        <v>45735.416956019</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="G241">
         <v>102.6</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>8.0</v>
       </c>
       <c r="K241" s="2">
         <v>45596.0</v>
       </c>
       <c r="L241" s="2">
         <v>46691.0</v>
       </c>
       <c r="M241">
         <v>3500</v>
       </c>
       <c r="N241">
         <v>1000.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>0.311111</v>
+        <v>1.8</v>
       </c>
       <c r="Q241">
-        <v>100.811111</v>
+        <v>102.8</v>
       </c>
       <c r="S241">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45666.417210648</v>
+        <v>45734.417094907</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="G242">
         <v>102.6</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>8.0</v>
       </c>
       <c r="K242" s="2">
         <v>45596.0</v>
       </c>
       <c r="L242" s="2">
         <v>46691.0</v>
       </c>
       <c r="M242">
         <v>3500</v>
       </c>
       <c r="N242">
         <v>1000.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>0.288889</v>
+        <v>1.777778</v>
       </c>
       <c r="Q242">
-        <v>100.788889</v>
+        <v>102.777778</v>
       </c>
       <c r="S242">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45665.417152778</v>
+        <v>45733.417800926</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>25</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="G243">
         <v>102.6</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>8.0</v>
       </c>
       <c r="K243" s="2">
         <v>45596.0</v>
       </c>
       <c r="L243" s="2">
         <v>46691.0</v>
       </c>
       <c r="M243">
         <v>3500</v>
       </c>
       <c r="N243">
         <v>1000.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>0.222222</v>
+        <v>1.755556</v>
       </c>
       <c r="Q243">
-        <v>100.722222</v>
+        <v>102.755556</v>
       </c>
       <c r="S243">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45664.417002315</v>
+        <v>45730.417083333</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
       <c r="G244">
         <v>102.6</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>8.0</v>
       </c>
       <c r="K244" s="2">
         <v>45596.0</v>
       </c>
       <c r="L244" s="2">
         <v>46691.0</v>
       </c>
       <c r="M244">
         <v>3500</v>
       </c>
       <c r="N244">
         <v>1000.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>0.2</v>
+        <v>1.733333</v>
       </c>
       <c r="Q244">
-        <v>100.7</v>
+        <v>102.733333</v>
       </c>
       <c r="S244">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45663.417106481</v>
+        <v>45729.417037037</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>25</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="G245">
         <v>102.6</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>8.0</v>
       </c>
       <c r="K245" s="2">
         <v>45596.0</v>
       </c>
       <c r="L245" s="2">
         <v>46691.0</v>
       </c>
       <c r="M245">
         <v>3500</v>
       </c>
       <c r="N245">
         <v>1000.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>0.177778</v>
+        <v>1.711111</v>
       </c>
       <c r="Q245">
-        <v>100.677778</v>
+        <v>102.711111</v>
       </c>
       <c r="S245">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45660.417083333</v>
+        <v>45728.417118056</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="G246">
         <v>102.6</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>8.0</v>
       </c>
       <c r="K246" s="2">
         <v>45596.0</v>
       </c>
       <c r="L246" s="2">
         <v>46691.0</v>
       </c>
       <c r="M246">
         <v>3500</v>
       </c>
       <c r="N246">
         <v>1000.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>0.155556</v>
+        <v>1.644444</v>
       </c>
       <c r="Q246">
-        <v>100.655556</v>
+        <v>102.644444</v>
       </c>
       <c r="S246">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45659.417164352</v>
+        <v>45727.416921296</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>25</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
       <c r="G247">
         <v>102.6</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>8.0</v>
       </c>
       <c r="K247" s="2">
         <v>45596.0</v>
       </c>
       <c r="L247" s="2">
         <v>46691.0</v>
       </c>
       <c r="M247">
         <v>3500</v>
       </c>
       <c r="N247">
         <v>1000.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>0.133333</v>
+        <v>1.622222</v>
       </c>
       <c r="Q247">
-        <v>100.633333</v>
+        <v>102.622222</v>
       </c>
       <c r="S247">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45656.355671296</v>
+        <v>45726.417048611</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="G248">
         <v>102.6</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>8.0</v>
       </c>
       <c r="K248" s="2">
         <v>45596.0</v>
       </c>
       <c r="L248" s="2">
         <v>46691.0</v>
       </c>
       <c r="M248">
         <v>3500</v>
       </c>
       <c r="N248">
         <v>1000.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>0.044444</v>
+        <v>1.6</v>
+      </c>
+      <c r="Q248">
+        <v>102.6</v>
+      </c>
+      <c r="S248">
+        <v>101.0</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45653.417199074</v>
+        <v>45723.417106481</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="G249">
         <v>102.6</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
         <v>8.0</v>
       </c>
       <c r="K249" s="2">
         <v>45596.0</v>
       </c>
       <c r="L249" s="2">
         <v>46691.0</v>
       </c>
       <c r="M249">
         <v>3500</v>
       </c>
       <c r="N249">
         <v>1000.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
+      <c r="P249">
+        <v>1.577778</v>
+      </c>
       <c r="Q249">
-        <v>100.5</v>
+        <v>102.577778</v>
+      </c>
+      <c r="S249">
+        <v>101.0</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45649.356365741</v>
+        <v>45722.417094907</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
       <c r="G250">
         <v>102.6</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
         <v>8.0</v>
       </c>
       <c r="K250" s="2">
         <v>45596.0</v>
       </c>
       <c r="L250" s="2">
         <v>46691.0</v>
       </c>
       <c r="M250">
         <v>3500</v>
       </c>
       <c r="N250">
         <v>1000.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>-0.066667</v>
+        <v>1.555556</v>
+      </c>
+      <c r="Q250">
+        <v>102.555556</v>
+      </c>
+      <c r="S250">
+        <v>101.0</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45646.4171875</v>
+        <v>45721.417060185</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="G251">
         <v>102.6</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
         <v>8.0</v>
       </c>
       <c r="K251" s="2">
         <v>45596.0</v>
       </c>
       <c r="L251" s="2">
         <v>46691.0</v>
       </c>
       <c r="M251">
         <v>3500</v>
       </c>
       <c r="N251">
         <v>1000.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>-0.133333</v>
+        <v>1.488889</v>
       </c>
       <c r="Q251">
-        <v>100.366667</v>
+        <v>102.488889</v>
       </c>
       <c r="S251">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45645.417291667</v>
+        <v>45720.417025463</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>25</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
       <c r="G252">
         <v>102.6</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
         <v>8.0</v>
       </c>
       <c r="K252" s="2">
         <v>45596.0</v>
       </c>
       <c r="L252" s="2">
         <v>46691.0</v>
       </c>
       <c r="M252">
         <v>3500</v>
       </c>
       <c r="N252">
         <v>1000.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>-0.155556</v>
+        <v>1.466667</v>
       </c>
       <c r="Q252">
-        <v>100.344444</v>
+        <v>102.466667</v>
       </c>
       <c r="S252">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45644.41724537</v>
+        <v>45719.41693287</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="G253">
         <v>102.6</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
         <v>8.0</v>
       </c>
       <c r="K253" s="2">
         <v>45596.0</v>
       </c>
       <c r="L253" s="2">
         <v>46691.0</v>
       </c>
       <c r="M253">
         <v>3500</v>
       </c>
       <c r="N253">
         <v>1000.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>1.111111</v>
+        <v>1.444444</v>
       </c>
       <c r="Q253">
-        <v>101.611111</v>
+        <v>102.444444</v>
       </c>
       <c r="S253">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45643.417152778</v>
+        <v>45716.41693287</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="G254">
         <v>102.6</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
         <v>8.0</v>
       </c>
       <c r="K254" s="2">
         <v>45596.0</v>
       </c>
       <c r="L254" s="2">
         <v>46691.0</v>
       </c>
       <c r="M254">
         <v>3500</v>
       </c>
       <c r="N254">
         <v>1000.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
       <c r="P254">
-        <v>1.088889</v>
+        <v>1.422222</v>
       </c>
       <c r="Q254">
-        <v>101.588889</v>
+        <v>102.422222</v>
       </c>
       <c r="S254">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45642.417037037</v>
+        <v>45715.417094907</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="G255">
         <v>102.6</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
         <v>8.0</v>
       </c>
       <c r="K255" s="2">
         <v>45596.0</v>
       </c>
       <c r="L255" s="2">
         <v>46691.0</v>
       </c>
       <c r="M255">
         <v>3500</v>
       </c>
       <c r="N255">
         <v>1000.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>1.066667</v>
+        <v>1.4</v>
       </c>
       <c r="Q255">
-        <v>101.566667</v>
+        <v>102.4</v>
       </c>
       <c r="S255">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45639.41724537</v>
+        <v>45714.417025463</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="G256">
         <v>102.6</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
         <v>8.0</v>
       </c>
       <c r="K256" s="2">
         <v>45596.0</v>
       </c>
       <c r="L256" s="2">
         <v>46691.0</v>
       </c>
       <c r="M256">
         <v>3500</v>
       </c>
       <c r="N256">
         <v>1000.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>1.044444</v>
+        <v>1.288889</v>
       </c>
       <c r="Q256">
-        <v>101.544444</v>
+        <v>102.288889</v>
       </c>
       <c r="S256">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45638.417222222</v>
+        <v>45713.417013889</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="G257">
         <v>102.6</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
         <v>8.0</v>
       </c>
       <c r="K257" s="2">
         <v>45596.0</v>
       </c>
       <c r="L257" s="2">
         <v>46691.0</v>
       </c>
       <c r="M257">
         <v>3500</v>
       </c>
       <c r="N257">
         <v>1000.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>1.022222</v>
+        <v>1.266667</v>
       </c>
       <c r="Q257">
-        <v>101.522222</v>
+        <v>102.266667</v>
       </c>
       <c r="S257">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45637.417094907</v>
+        <v>45712.417037037</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="G258">
         <v>102.6</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
         <v>8.0</v>
       </c>
       <c r="K258" s="2">
         <v>45596.0</v>
       </c>
       <c r="L258" s="2">
         <v>46691.0</v>
       </c>
       <c r="M258">
         <v>3500</v>
       </c>
       <c r="N258">
         <v>1000.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>0.955556</v>
+        <v>1.244444</v>
       </c>
       <c r="Q258">
-        <v>101.455556</v>
+        <v>102.244444</v>
       </c>
       <c r="S258">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45636.417060185</v>
+        <v>45709.417696759</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="G259">
         <v>102.6</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
         <v>8.0</v>
       </c>
       <c r="K259" s="2">
         <v>45596.0</v>
       </c>
       <c r="L259" s="2">
         <v>46691.0</v>
       </c>
       <c r="M259">
         <v>3500</v>
       </c>
       <c r="N259">
         <v>1000.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>0.933333</v>
+        <v>1.222222</v>
       </c>
       <c r="Q259">
-        <v>101.433333</v>
+        <v>102.222222</v>
       </c>
       <c r="S259">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45635.417141204</v>
+        <v>45708.416990741</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="G260">
         <v>102.6</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
         <v>8.0</v>
       </c>
       <c r="K260" s="2">
         <v>45596.0</v>
       </c>
       <c r="L260" s="2">
         <v>46691.0</v>
       </c>
       <c r="M260">
         <v>3500</v>
       </c>
       <c r="N260">
         <v>1000.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>0.911111</v>
+        <v>1.2</v>
       </c>
       <c r="Q260">
-        <v>101.411111</v>
+        <v>102.2</v>
       </c>
       <c r="S260">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45632.417094907</v>
+        <v>45707.416944444</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="G261">
         <v>102.6</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
         <v>8.0</v>
       </c>
       <c r="K261" s="2">
         <v>45596.0</v>
       </c>
       <c r="L261" s="2">
         <v>46691.0</v>
       </c>
       <c r="M261">
         <v>3500</v>
       </c>
       <c r="N261">
         <v>1000.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>0.888889</v>
+        <v>1.133333</v>
       </c>
       <c r="Q261">
-        <v>101.388889</v>
+        <v>102.133333</v>
       </c>
       <c r="S261">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45631.41724537</v>
+        <v>45706.417210648</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="G262">
         <v>102.6</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
         <v>8.0</v>
       </c>
       <c r="K262" s="2">
         <v>45596.0</v>
       </c>
       <c r="L262" s="2">
         <v>46691.0</v>
       </c>
       <c r="M262">
         <v>3500</v>
       </c>
       <c r="N262">
         <v>1000.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>0.866667</v>
+        <v>1.111111</v>
       </c>
       <c r="Q262">
-        <v>101.366667</v>
+        <v>102.111111</v>
       </c>
       <c r="S262">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45630.416956019</v>
+        <v>45705.4171875</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
       <c r="G263">
         <v>102.6</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
         <v>8.0</v>
       </c>
       <c r="K263" s="2">
         <v>45596.0</v>
       </c>
       <c r="L263" s="2">
         <v>46691.0</v>
       </c>
       <c r="M263">
         <v>3500</v>
       </c>
       <c r="N263">
         <v>1000.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>0.8</v>
+        <v>1.088889</v>
       </c>
       <c r="Q263">
-        <v>101.3</v>
+        <v>102.088889</v>
       </c>
       <c r="S263">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45629.417291667</v>
+        <v>45702.417731481</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="G264">
         <v>102.6</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
         <v>8.0</v>
       </c>
       <c r="K264" s="2">
         <v>45596.0</v>
       </c>
       <c r="L264" s="2">
         <v>46691.0</v>
       </c>
       <c r="M264">
         <v>3500</v>
       </c>
       <c r="N264">
         <v>1000.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>0.777778</v>
+        <v>1.066667</v>
       </c>
       <c r="Q264">
-        <v>101.277778</v>
+        <v>102.066667</v>
       </c>
       <c r="S264">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45628.417337963</v>
+        <v>45701.416944444</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
       <c r="G265">
         <v>102.6</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
         <v>8.0</v>
       </c>
       <c r="K265" s="2">
         <v>45596.0</v>
       </c>
       <c r="L265" s="2">
         <v>46691.0</v>
       </c>
       <c r="M265">
         <v>3500</v>
       </c>
       <c r="N265">
         <v>1000.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>0.755556</v>
+        <v>1.044444</v>
       </c>
       <c r="Q265">
-        <v>101.255556</v>
+        <v>102.044444</v>
       </c>
       <c r="S265">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45625.416990741</v>
+        <v>45700.416898148</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
       <c r="G266">
         <v>102.6</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
         <v>8.0</v>
       </c>
       <c r="K266" s="2">
         <v>45596.0</v>
       </c>
       <c r="L266" s="2">
         <v>46691.0</v>
       </c>
       <c r="M266">
         <v>3500</v>
       </c>
       <c r="N266">
         <v>1000.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>0.733333</v>
+        <v>0.977778</v>
       </c>
       <c r="Q266">
-        <v>101.233333</v>
+        <v>101.977778</v>
       </c>
       <c r="S266">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45624.417037037</v>
+        <v>45699.416979167</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="G267">
         <v>102.6</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
         <v>8.0</v>
       </c>
       <c r="K267" s="2">
         <v>45596.0</v>
       </c>
       <c r="L267" s="2">
         <v>46691.0</v>
       </c>
       <c r="M267">
         <v>3500</v>
       </c>
       <c r="N267">
         <v>1000.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>0.711111</v>
+        <v>0.955556</v>
       </c>
       <c r="Q267">
-        <v>101.211111</v>
+        <v>101.955556</v>
       </c>
       <c r="S267">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45623.416990741</v>
+        <v>45698.4171875</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="G268">
         <v>102.6</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
         <v>8.0</v>
       </c>
       <c r="K268" s="2">
         <v>45596.0</v>
       </c>
       <c r="L268" s="2">
         <v>46691.0</v>
       </c>
       <c r="M268">
         <v>3500</v>
       </c>
       <c r="N268">
         <v>1000.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>0.644444</v>
+        <v>0.933333</v>
       </c>
       <c r="Q268">
-        <v>101.144444</v>
+        <v>101.933333</v>
       </c>
       <c r="S268">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45622.417037037</v>
+        <v>45695.416944444</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="G269">
         <v>102.6</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
         <v>8.0</v>
       </c>
       <c r="K269" s="2">
         <v>45596.0</v>
       </c>
       <c r="L269" s="2">
         <v>46691.0</v>
       </c>
       <c r="M269">
         <v>3500</v>
       </c>
       <c r="N269">
         <v>1000.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
       <c r="P269">
-        <v>0.622222</v>
+        <v>0.911111</v>
       </c>
       <c r="Q269">
-        <v>101.122222</v>
+        <v>101.911111</v>
       </c>
       <c r="S269">
-        <v>100.5</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45621.548761574</v>
+        <v>45694.41744213</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="G270">
         <v>102.6</v>
       </c>
-      <c r="H270">
-[...1 lines deleted...]
-      </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
         <v>8.0</v>
       </c>
       <c r="K270" s="2">
         <v>45596.0</v>
       </c>
       <c r="L270" s="2">
         <v>46691.0</v>
       </c>
       <c r="M270">
         <v>3500</v>
       </c>
       <c r="N270">
         <v>1000.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>0.6</v>
+        <v>0.888889</v>
       </c>
       <c r="Q270">
-        <v>101.1</v>
+        <v>101.888889</v>
       </c>
       <c r="S270">
-        <v>100.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45618.417060185</v>
+        <v>45693.417361111</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
+      <c r="G271">
+        <v>102.6</v>
+      </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
         <v>8.0</v>
       </c>
       <c r="K271" s="2">
         <v>45596.0</v>
       </c>
       <c r="L271" s="2">
         <v>46691.0</v>
       </c>
       <c r="M271">
         <v>3500</v>
       </c>
       <c r="N271">
         <v>1000.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
       <c r="P271">
-        <v>0.577778</v>
+        <v>0.822222</v>
       </c>
       <c r="Q271">
-        <v>102.577778</v>
+        <v>101.822222</v>
       </c>
       <c r="S271">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45617.417071759</v>
+        <v>45692.417083333</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
+      <c r="G272">
+        <v>102.6</v>
+      </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
         <v>8.0</v>
       </c>
       <c r="K272" s="2">
         <v>45596.0</v>
       </c>
       <c r="L272" s="2">
         <v>46691.0</v>
       </c>
       <c r="M272">
         <v>3500</v>
       </c>
       <c r="N272">
         <v>1000.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>0.555556</v>
+        <v>0.8</v>
       </c>
       <c r="Q272">
-        <v>102.555556</v>
+        <v>101.8</v>
       </c>
       <c r="S272">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45616.416956019</v>
+        <v>45691.417060185</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
+      <c r="G273">
+        <v>102.6</v>
+      </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
         <v>8.0</v>
       </c>
       <c r="K273" s="2">
         <v>45596.0</v>
       </c>
       <c r="L273" s="2">
         <v>46691.0</v>
       </c>
       <c r="M273">
         <v>3500</v>
       </c>
       <c r="N273">
         <v>1000.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>0.488889</v>
+        <v>0.777778</v>
       </c>
       <c r="Q273">
-        <v>102.488889</v>
+        <v>101.777778</v>
       </c>
       <c r="S273">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45615.417268519</v>
+        <v>45688.416979167</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
+      <c r="G274">
+        <v>102.6</v>
+      </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
         <v>8.0</v>
       </c>
       <c r="K274" s="2">
         <v>45596.0</v>
       </c>
       <c r="L274" s="2">
         <v>46691.0</v>
       </c>
       <c r="M274">
         <v>3500</v>
       </c>
       <c r="N274">
         <v>1000.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>0.466667</v>
+        <v>0.755556</v>
       </c>
       <c r="Q274">
-        <v>102.466667</v>
+        <v>101.755556</v>
       </c>
       <c r="S274">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45614.356712963</v>
+        <v>45687.41712963</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
+      <c r="G275">
+        <v>102.6</v>
+      </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
         <v>8.0</v>
       </c>
       <c r="K275" s="2">
         <v>45596.0</v>
       </c>
       <c r="L275" s="2">
         <v>46691.0</v>
       </c>
       <c r="M275">
         <v>3500</v>
       </c>
       <c r="N275">
         <v>1000.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>0.444444</v>
+        <v>0.733333</v>
+      </c>
+      <c r="Q275">
+        <v>101.733333</v>
+      </c>
+      <c r="S275">
+        <v>101.0</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45611.417048611</v>
+        <v>45686.41693287</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
+      <c r="G276">
+        <v>102.6</v>
+      </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
         <v>8.0</v>
       </c>
       <c r="K276" s="2">
         <v>45596.0</v>
       </c>
       <c r="L276" s="2">
         <v>46691.0</v>
       </c>
       <c r="M276">
         <v>3500</v>
       </c>
       <c r="N276">
         <v>1000.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
       <c r="P276">
-        <v>0.422222</v>
+        <v>0.666667</v>
       </c>
       <c r="Q276">
-        <v>102.422222</v>
+        <v>101.666667</v>
       </c>
       <c r="S276">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45610.417141204</v>
+        <v>45685.526493056</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
+      <c r="G277">
+        <v>102.6</v>
+      </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
         <v>8.0</v>
       </c>
       <c r="K277" s="2">
         <v>45596.0</v>
       </c>
       <c r="L277" s="2">
         <v>46691.0</v>
       </c>
       <c r="M277">
         <v>3500</v>
       </c>
       <c r="N277">
         <v>1000.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>0.4</v>
+        <v>0.666667</v>
       </c>
       <c r="Q277">
-        <v>102.4</v>
+        <v>101.666667</v>
       </c>
       <c r="S277">
-        <v>102.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45609.417048611</v>
+        <v>45684.4171875</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
+      <c r="G278">
+        <v>102.6</v>
+      </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
         <v>8.0</v>
       </c>
       <c r="K278" s="2">
         <v>45596.0</v>
       </c>
       <c r="L278" s="2">
         <v>46691.0</v>
       </c>
       <c r="M278">
         <v>3500</v>
       </c>
       <c r="N278">
         <v>1000.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>0.333333</v>
+        <v>0.644444</v>
       </c>
       <c r="Q278">
-        <v>102.333333</v>
+        <v>101.144444</v>
       </c>
       <c r="S278">
-        <v>102.0</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45608.416979167</v>
+        <v>45681.417071759</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
+      <c r="G279">
+        <v>102.6</v>
+      </c>
       <c r="I279" t="s">
         <v>28</v>
       </c>
       <c r="J279">
         <v>8.0</v>
       </c>
       <c r="K279" s="2">
         <v>45596.0</v>
       </c>
       <c r="L279" s="2">
         <v>46691.0</v>
       </c>
       <c r="M279">
         <v>3500</v>
       </c>
       <c r="N279">
         <v>1000.0</v>
       </c>
       <c r="O279" t="s">
         <v>28</v>
       </c>
       <c r="P279">
-        <v>0.311111</v>
+        <v>0.622222</v>
       </c>
       <c r="Q279">
-        <v>102.311111</v>
+        <v>101.122222</v>
       </c>
       <c r="S279">
-        <v>102.0</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45607.569166667</v>
+        <v>45680.417013889</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
+      <c r="G280">
+        <v>102.6</v>
+      </c>
       <c r="I280" t="s">
         <v>28</v>
       </c>
       <c r="J280">
         <v>8.0</v>
       </c>
       <c r="K280" s="2">
         <v>45596.0</v>
       </c>
       <c r="L280" s="2">
         <v>46691.0</v>
       </c>
       <c r="M280">
         <v>3500</v>
       </c>
       <c r="N280">
         <v>1000.0</v>
       </c>
       <c r="O280" t="s">
         <v>28</v>
       </c>
       <c r="P280">
-        <v>0.288889</v>
+        <v>0.6</v>
       </c>
       <c r="Q280">
-        <v>102.288889</v>
+        <v>101.1</v>
       </c>
       <c r="S280">
-        <v>102.0</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45604.416967593</v>
+        <v>45679.416909722</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
+      <c r="G281">
+        <v>102.6</v>
+      </c>
       <c r="I281" t="s">
         <v>28</v>
       </c>
       <c r="J281">
         <v>8.0</v>
       </c>
       <c r="K281" s="2">
         <v>45596.0</v>
       </c>
       <c r="L281" s="2">
         <v>46691.0</v>
       </c>
       <c r="M281">
         <v>3500</v>
       </c>
       <c r="N281">
         <v>1000.0</v>
       </c>
       <c r="O281" t="s">
         <v>28</v>
       </c>
       <c r="P281">
-        <v>0.266667</v>
+        <v>0.533333</v>
       </c>
       <c r="Q281">
-        <v>100.766667</v>
+        <v>101.033333</v>
       </c>
       <c r="S281">
         <v>100.5</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45603.416956019</v>
+        <v>45678.417025463</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
+      <c r="G282">
+        <v>102.6</v>
+      </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
         <v>8.0</v>
       </c>
       <c r="K282" s="2">
         <v>45596.0</v>
       </c>
       <c r="L282" s="2">
         <v>46691.0</v>
       </c>
       <c r="M282">
         <v>3500</v>
       </c>
       <c r="N282">
         <v>1000.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>0.244444</v>
+        <v>0.511111</v>
       </c>
       <c r="Q282">
-        <v>100.744444</v>
+        <v>101.011111</v>
       </c>
       <c r="S282">
         <v>100.5</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45602.417106481</v>
+        <v>45677.41724537</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
+      <c r="G283">
+        <v>102.6</v>
+      </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
         <v>8.0</v>
       </c>
       <c r="K283" s="2">
         <v>45596.0</v>
       </c>
       <c r="L283" s="2">
         <v>46691.0</v>
       </c>
       <c r="M283">
         <v>3500</v>
       </c>
       <c r="N283">
         <v>1000.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>0.177778</v>
+        <v>0.488889</v>
       </c>
       <c r="Q283">
-        <v>100.677778</v>
+        <v>100.988889</v>
       </c>
       <c r="S283">
         <v>100.5</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45601.417013889</v>
+        <v>45674.417118056</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
+      <c r="G284">
+        <v>102.6</v>
+      </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
         <v>8.0</v>
       </c>
       <c r="K284" s="2">
         <v>45596.0</v>
       </c>
       <c r="L284" s="2">
         <v>46691.0</v>
       </c>
       <c r="M284">
         <v>3500</v>
       </c>
       <c r="N284">
         <v>1000.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>0.155556</v>
+        <v>0.466667</v>
       </c>
       <c r="Q284">
-        <v>100.655556</v>
+        <v>100.966667</v>
       </c>
       <c r="S284">
         <v>100.5</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45600.417696759</v>
+        <v>45673.417106481</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
+      <c r="G285">
+        <v>102.6</v>
+      </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
         <v>8.0</v>
       </c>
       <c r="K285" s="2">
         <v>45596.0</v>
       </c>
       <c r="L285" s="2">
         <v>46691.0</v>
       </c>
       <c r="M285">
         <v>3500</v>
       </c>
       <c r="N285">
         <v>1000.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>0.133333</v>
+        <v>0.444444</v>
       </c>
       <c r="Q285">
-        <v>100.633333</v>
+        <v>100.944444</v>
       </c>
       <c r="S285">
         <v>100.5</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
+        <v>45672.417037037</v>
+      </c>
+      <c r="B286" t="s">
+        <v>24</v>
+      </c>
+      <c r="C286" t="s">
+        <v>25</v>
+      </c>
+      <c r="D286" t="s">
+        <v>26</v>
+      </c>
+      <c r="E286" t="s">
+        <v>27</v>
+      </c>
+      <c r="G286">
+        <v>102.6</v>
+      </c>
+      <c r="I286" t="s">
+        <v>28</v>
+      </c>
+      <c r="J286">
+        <v>8.0</v>
+      </c>
+      <c r="K286" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L286" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M286">
+        <v>3500</v>
+      </c>
+      <c r="N286">
+        <v>1000.0</v>
+      </c>
+      <c r="O286" t="s">
+        <v>28</v>
+      </c>
+      <c r="P286">
+        <v>0.377778</v>
+      </c>
+      <c r="Q286">
+        <v>100.877778</v>
+      </c>
+      <c r="S286">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:24">
+      <c r="A287" s="2">
+        <v>45671.417083333</v>
+      </c>
+      <c r="B287" t="s">
+        <v>24</v>
+      </c>
+      <c r="C287" t="s">
+        <v>25</v>
+      </c>
+      <c r="D287" t="s">
+        <v>26</v>
+      </c>
+      <c r="E287" t="s">
+        <v>27</v>
+      </c>
+      <c r="G287">
+        <v>102.6</v>
+      </c>
+      <c r="I287" t="s">
+        <v>28</v>
+      </c>
+      <c r="J287">
+        <v>8.0</v>
+      </c>
+      <c r="K287" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L287" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M287">
+        <v>3500</v>
+      </c>
+      <c r="N287">
+        <v>1000.0</v>
+      </c>
+      <c r="O287" t="s">
+        <v>28</v>
+      </c>
+      <c r="P287">
+        <v>0.355556</v>
+      </c>
+      <c r="Q287">
+        <v>100.855556</v>
+      </c>
+      <c r="S287">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:24">
+      <c r="A288" s="2">
+        <v>45670.417349537</v>
+      </c>
+      <c r="B288" t="s">
+        <v>24</v>
+      </c>
+      <c r="C288" t="s">
+        <v>25</v>
+      </c>
+      <c r="D288" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288" t="s">
+        <v>27</v>
+      </c>
+      <c r="G288">
+        <v>102.6</v>
+      </c>
+      <c r="I288" t="s">
+        <v>28</v>
+      </c>
+      <c r="J288">
+        <v>8.0</v>
+      </c>
+      <c r="K288" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L288" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M288">
+        <v>3500</v>
+      </c>
+      <c r="N288">
+        <v>1000.0</v>
+      </c>
+      <c r="O288" t="s">
+        <v>28</v>
+      </c>
+      <c r="P288">
+        <v>0.333333</v>
+      </c>
+      <c r="Q288">
+        <v>100.833333</v>
+      </c>
+      <c r="S288">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:24">
+      <c r="A289" s="2">
+        <v>45667.416967593</v>
+      </c>
+      <c r="B289" t="s">
+        <v>24</v>
+      </c>
+      <c r="C289" t="s">
+        <v>25</v>
+      </c>
+      <c r="D289" t="s">
+        <v>26</v>
+      </c>
+      <c r="E289" t="s">
+        <v>27</v>
+      </c>
+      <c r="G289">
+        <v>102.6</v>
+      </c>
+      <c r="I289" t="s">
+        <v>28</v>
+      </c>
+      <c r="J289">
+        <v>8.0</v>
+      </c>
+      <c r="K289" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L289" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M289">
+        <v>3500</v>
+      </c>
+      <c r="N289">
+        <v>1000.0</v>
+      </c>
+      <c r="O289" t="s">
+        <v>28</v>
+      </c>
+      <c r="P289">
+        <v>0.311111</v>
+      </c>
+      <c r="Q289">
+        <v>100.811111</v>
+      </c>
+      <c r="S289">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:24">
+      <c r="A290" s="2">
+        <v>45666.417210648</v>
+      </c>
+      <c r="B290" t="s">
+        <v>24</v>
+      </c>
+      <c r="C290" t="s">
+        <v>25</v>
+      </c>
+      <c r="D290" t="s">
+        <v>26</v>
+      </c>
+      <c r="E290" t="s">
+        <v>27</v>
+      </c>
+      <c r="G290">
+        <v>102.6</v>
+      </c>
+      <c r="I290" t="s">
+        <v>28</v>
+      </c>
+      <c r="J290">
+        <v>8.0</v>
+      </c>
+      <c r="K290" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L290" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M290">
+        <v>3500</v>
+      </c>
+      <c r="N290">
+        <v>1000.0</v>
+      </c>
+      <c r="O290" t="s">
+        <v>28</v>
+      </c>
+      <c r="P290">
+        <v>0.288889</v>
+      </c>
+      <c r="Q290">
+        <v>100.788889</v>
+      </c>
+      <c r="S290">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="291" spans="1:24">
+      <c r="A291" s="2">
+        <v>45665.417152778</v>
+      </c>
+      <c r="B291" t="s">
+        <v>24</v>
+      </c>
+      <c r="C291" t="s">
+        <v>25</v>
+      </c>
+      <c r="D291" t="s">
+        <v>26</v>
+      </c>
+      <c r="E291" t="s">
+        <v>27</v>
+      </c>
+      <c r="G291">
+        <v>102.6</v>
+      </c>
+      <c r="I291" t="s">
+        <v>28</v>
+      </c>
+      <c r="J291">
+        <v>8.0</v>
+      </c>
+      <c r="K291" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L291" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M291">
+        <v>3500</v>
+      </c>
+      <c r="N291">
+        <v>1000.0</v>
+      </c>
+      <c r="O291" t="s">
+        <v>28</v>
+      </c>
+      <c r="P291">
+        <v>0.222222</v>
+      </c>
+      <c r="Q291">
+        <v>100.722222</v>
+      </c>
+      <c r="S291">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:24">
+      <c r="A292" s="2">
+        <v>45664.417002315</v>
+      </c>
+      <c r="B292" t="s">
+        <v>24</v>
+      </c>
+      <c r="C292" t="s">
+        <v>25</v>
+      </c>
+      <c r="D292" t="s">
+        <v>26</v>
+      </c>
+      <c r="E292" t="s">
+        <v>27</v>
+      </c>
+      <c r="G292">
+        <v>102.6</v>
+      </c>
+      <c r="I292" t="s">
+        <v>28</v>
+      </c>
+      <c r="J292">
+        <v>8.0</v>
+      </c>
+      <c r="K292" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L292" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M292">
+        <v>3500</v>
+      </c>
+      <c r="N292">
+        <v>1000.0</v>
+      </c>
+      <c r="O292" t="s">
+        <v>28</v>
+      </c>
+      <c r="P292">
+        <v>0.2</v>
+      </c>
+      <c r="Q292">
+        <v>100.7</v>
+      </c>
+      <c r="S292">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:24">
+      <c r="A293" s="2">
+        <v>45663.417106481</v>
+      </c>
+      <c r="B293" t="s">
+        <v>24</v>
+      </c>
+      <c r="C293" t="s">
+        <v>25</v>
+      </c>
+      <c r="D293" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293" t="s">
+        <v>27</v>
+      </c>
+      <c r="G293">
+        <v>102.6</v>
+      </c>
+      <c r="I293" t="s">
+        <v>28</v>
+      </c>
+      <c r="J293">
+        <v>8.0</v>
+      </c>
+      <c r="K293" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L293" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M293">
+        <v>3500</v>
+      </c>
+      <c r="N293">
+        <v>1000.0</v>
+      </c>
+      <c r="O293" t="s">
+        <v>28</v>
+      </c>
+      <c r="P293">
+        <v>0.177778</v>
+      </c>
+      <c r="Q293">
+        <v>100.677778</v>
+      </c>
+      <c r="S293">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:24">
+      <c r="A294" s="2">
+        <v>45660.417083333</v>
+      </c>
+      <c r="B294" t="s">
+        <v>24</v>
+      </c>
+      <c r="C294" t="s">
+        <v>25</v>
+      </c>
+      <c r="D294" t="s">
+        <v>26</v>
+      </c>
+      <c r="E294" t="s">
+        <v>27</v>
+      </c>
+      <c r="G294">
+        <v>102.6</v>
+      </c>
+      <c r="I294" t="s">
+        <v>28</v>
+      </c>
+      <c r="J294">
+        <v>8.0</v>
+      </c>
+      <c r="K294" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L294" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M294">
+        <v>3500</v>
+      </c>
+      <c r="N294">
+        <v>1000.0</v>
+      </c>
+      <c r="O294" t="s">
+        <v>28</v>
+      </c>
+      <c r="P294">
+        <v>0.155556</v>
+      </c>
+      <c r="Q294">
+        <v>100.655556</v>
+      </c>
+      <c r="S294">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:24">
+      <c r="A295" s="2">
+        <v>45659.417164352</v>
+      </c>
+      <c r="B295" t="s">
+        <v>24</v>
+      </c>
+      <c r="C295" t="s">
+        <v>25</v>
+      </c>
+      <c r="D295" t="s">
+        <v>26</v>
+      </c>
+      <c r="E295" t="s">
+        <v>27</v>
+      </c>
+      <c r="G295">
+        <v>102.6</v>
+      </c>
+      <c r="I295" t="s">
+        <v>28</v>
+      </c>
+      <c r="J295">
+        <v>8.0</v>
+      </c>
+      <c r="K295" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L295" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M295">
+        <v>3500</v>
+      </c>
+      <c r="N295">
+        <v>1000.0</v>
+      </c>
+      <c r="O295" t="s">
+        <v>28</v>
+      </c>
+      <c r="P295">
+        <v>0.133333</v>
+      </c>
+      <c r="Q295">
+        <v>100.633333</v>
+      </c>
+      <c r="S295">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:24">
+      <c r="A296" s="2">
+        <v>45656.355671296</v>
+      </c>
+      <c r="B296" t="s">
+        <v>24</v>
+      </c>
+      <c r="C296" t="s">
+        <v>25</v>
+      </c>
+      <c r="D296" t="s">
+        <v>26</v>
+      </c>
+      <c r="E296" t="s">
+        <v>27</v>
+      </c>
+      <c r="G296">
+        <v>102.6</v>
+      </c>
+      <c r="I296" t="s">
+        <v>28</v>
+      </c>
+      <c r="J296">
+        <v>8.0</v>
+      </c>
+      <c r="K296" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L296" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M296">
+        <v>3500</v>
+      </c>
+      <c r="N296">
+        <v>1000.0</v>
+      </c>
+      <c r="O296" t="s">
+        <v>28</v>
+      </c>
+      <c r="P296">
+        <v>0.044444</v>
+      </c>
+    </row>
+    <row r="297" spans="1:24">
+      <c r="A297" s="2">
+        <v>45653.417199074</v>
+      </c>
+      <c r="B297" t="s">
+        <v>24</v>
+      </c>
+      <c r="C297" t="s">
+        <v>25</v>
+      </c>
+      <c r="D297" t="s">
+        <v>26</v>
+      </c>
+      <c r="E297" t="s">
+        <v>27</v>
+      </c>
+      <c r="G297">
+        <v>102.6</v>
+      </c>
+      <c r="I297" t="s">
+        <v>28</v>
+      </c>
+      <c r="J297">
+        <v>8.0</v>
+      </c>
+      <c r="K297" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L297" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M297">
+        <v>3500</v>
+      </c>
+      <c r="N297">
+        <v>1000.0</v>
+      </c>
+      <c r="O297" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q297">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:24">
+      <c r="A298" s="2">
+        <v>45649.356365741</v>
+      </c>
+      <c r="B298" t="s">
+        <v>24</v>
+      </c>
+      <c r="C298" t="s">
+        <v>25</v>
+      </c>
+      <c r="D298" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298" t="s">
+        <v>27</v>
+      </c>
+      <c r="G298">
+        <v>102.6</v>
+      </c>
+      <c r="I298" t="s">
+        <v>28</v>
+      </c>
+      <c r="J298">
+        <v>8.0</v>
+      </c>
+      <c r="K298" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L298" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M298">
+        <v>3500</v>
+      </c>
+      <c r="N298">
+        <v>1000.0</v>
+      </c>
+      <c r="O298" t="s">
+        <v>28</v>
+      </c>
+      <c r="P298">
+        <v>-0.066667</v>
+      </c>
+    </row>
+    <row r="299" spans="1:24">
+      <c r="A299" s="2">
+        <v>45646.4171875</v>
+      </c>
+      <c r="B299" t="s">
+        <v>24</v>
+      </c>
+      <c r="C299" t="s">
+        <v>25</v>
+      </c>
+      <c r="D299" t="s">
+        <v>26</v>
+      </c>
+      <c r="E299" t="s">
+        <v>27</v>
+      </c>
+      <c r="G299">
+        <v>102.6</v>
+      </c>
+      <c r="I299" t="s">
+        <v>28</v>
+      </c>
+      <c r="J299">
+        <v>8.0</v>
+      </c>
+      <c r="K299" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L299" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M299">
+        <v>3500</v>
+      </c>
+      <c r="N299">
+        <v>1000.0</v>
+      </c>
+      <c r="O299" t="s">
+        <v>28</v>
+      </c>
+      <c r="P299">
+        <v>-0.133333</v>
+      </c>
+      <c r="Q299">
+        <v>100.366667</v>
+      </c>
+      <c r="S299">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:24">
+      <c r="A300" s="2">
+        <v>45645.417291667</v>
+      </c>
+      <c r="B300" t="s">
+        <v>24</v>
+      </c>
+      <c r="C300" t="s">
+        <v>25</v>
+      </c>
+      <c r="D300" t="s">
+        <v>26</v>
+      </c>
+      <c r="E300" t="s">
+        <v>27</v>
+      </c>
+      <c r="G300">
+        <v>102.6</v>
+      </c>
+      <c r="I300" t="s">
+        <v>28</v>
+      </c>
+      <c r="J300">
+        <v>8.0</v>
+      </c>
+      <c r="K300" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L300" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M300">
+        <v>3500</v>
+      </c>
+      <c r="N300">
+        <v>1000.0</v>
+      </c>
+      <c r="O300" t="s">
+        <v>28</v>
+      </c>
+      <c r="P300">
+        <v>-0.155556</v>
+      </c>
+      <c r="Q300">
+        <v>100.344444</v>
+      </c>
+      <c r="S300">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:24">
+      <c r="A301" s="2">
+        <v>45644.41724537</v>
+      </c>
+      <c r="B301" t="s">
+        <v>24</v>
+      </c>
+      <c r="C301" t="s">
+        <v>25</v>
+      </c>
+      <c r="D301" t="s">
+        <v>26</v>
+      </c>
+      <c r="E301" t="s">
+        <v>27</v>
+      </c>
+      <c r="G301">
+        <v>102.6</v>
+      </c>
+      <c r="I301" t="s">
+        <v>28</v>
+      </c>
+      <c r="J301">
+        <v>8.0</v>
+      </c>
+      <c r="K301" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L301" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M301">
+        <v>3500</v>
+      </c>
+      <c r="N301">
+        <v>1000.0</v>
+      </c>
+      <c r="O301" t="s">
+        <v>28</v>
+      </c>
+      <c r="P301">
+        <v>1.111111</v>
+      </c>
+      <c r="Q301">
+        <v>101.611111</v>
+      </c>
+      <c r="S301">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:24">
+      <c r="A302" s="2">
+        <v>45643.417152778</v>
+      </c>
+      <c r="B302" t="s">
+        <v>24</v>
+      </c>
+      <c r="C302" t="s">
+        <v>25</v>
+      </c>
+      <c r="D302" t="s">
+        <v>26</v>
+      </c>
+      <c r="E302" t="s">
+        <v>27</v>
+      </c>
+      <c r="G302">
+        <v>102.6</v>
+      </c>
+      <c r="I302" t="s">
+        <v>28</v>
+      </c>
+      <c r="J302">
+        <v>8.0</v>
+      </c>
+      <c r="K302" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L302" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M302">
+        <v>3500</v>
+      </c>
+      <c r="N302">
+        <v>1000.0</v>
+      </c>
+      <c r="O302" t="s">
+        <v>28</v>
+      </c>
+      <c r="P302">
+        <v>1.088889</v>
+      </c>
+      <c r="Q302">
+        <v>101.588889</v>
+      </c>
+      <c r="S302">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:24">
+      <c r="A303" s="2">
+        <v>45642.417037037</v>
+      </c>
+      <c r="B303" t="s">
+        <v>24</v>
+      </c>
+      <c r="C303" t="s">
+        <v>25</v>
+      </c>
+      <c r="D303" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303" t="s">
+        <v>27</v>
+      </c>
+      <c r="G303">
+        <v>102.6</v>
+      </c>
+      <c r="I303" t="s">
+        <v>28</v>
+      </c>
+      <c r="J303">
+        <v>8.0</v>
+      </c>
+      <c r="K303" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L303" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M303">
+        <v>3500</v>
+      </c>
+      <c r="N303">
+        <v>1000.0</v>
+      </c>
+      <c r="O303" t="s">
+        <v>28</v>
+      </c>
+      <c r="P303">
+        <v>1.066667</v>
+      </c>
+      <c r="Q303">
+        <v>101.566667</v>
+      </c>
+      <c r="S303">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:24">
+      <c r="A304" s="2">
+        <v>45639.41724537</v>
+      </c>
+      <c r="B304" t="s">
+        <v>24</v>
+      </c>
+      <c r="C304" t="s">
+        <v>25</v>
+      </c>
+      <c r="D304" t="s">
+        <v>26</v>
+      </c>
+      <c r="E304" t="s">
+        <v>27</v>
+      </c>
+      <c r="G304">
+        <v>102.6</v>
+      </c>
+      <c r="I304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J304">
+        <v>8.0</v>
+      </c>
+      <c r="K304" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L304" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M304">
+        <v>3500</v>
+      </c>
+      <c r="N304">
+        <v>1000.0</v>
+      </c>
+      <c r="O304" t="s">
+        <v>28</v>
+      </c>
+      <c r="P304">
+        <v>1.044444</v>
+      </c>
+      <c r="Q304">
+        <v>101.544444</v>
+      </c>
+      <c r="S304">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:24">
+      <c r="A305" s="2">
+        <v>45638.417222222</v>
+      </c>
+      <c r="B305" t="s">
+        <v>24</v>
+      </c>
+      <c r="C305" t="s">
+        <v>25</v>
+      </c>
+      <c r="D305" t="s">
+        <v>26</v>
+      </c>
+      <c r="E305" t="s">
+        <v>27</v>
+      </c>
+      <c r="G305">
+        <v>102.6</v>
+      </c>
+      <c r="I305" t="s">
+        <v>28</v>
+      </c>
+      <c r="J305">
+        <v>8.0</v>
+      </c>
+      <c r="K305" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L305" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M305">
+        <v>3500</v>
+      </c>
+      <c r="N305">
+        <v>1000.0</v>
+      </c>
+      <c r="O305" t="s">
+        <v>28</v>
+      </c>
+      <c r="P305">
+        <v>1.022222</v>
+      </c>
+      <c r="Q305">
+        <v>101.522222</v>
+      </c>
+      <c r="S305">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:24">
+      <c r="A306" s="2">
+        <v>45637.417094907</v>
+      </c>
+      <c r="B306" t="s">
+        <v>24</v>
+      </c>
+      <c r="C306" t="s">
+        <v>25</v>
+      </c>
+      <c r="D306" t="s">
+        <v>26</v>
+      </c>
+      <c r="E306" t="s">
+        <v>27</v>
+      </c>
+      <c r="G306">
+        <v>102.6</v>
+      </c>
+      <c r="I306" t="s">
+        <v>28</v>
+      </c>
+      <c r="J306">
+        <v>8.0</v>
+      </c>
+      <c r="K306" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L306" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M306">
+        <v>3500</v>
+      </c>
+      <c r="N306">
+        <v>1000.0</v>
+      </c>
+      <c r="O306" t="s">
+        <v>28</v>
+      </c>
+      <c r="P306">
+        <v>0.955556</v>
+      </c>
+      <c r="Q306">
+        <v>101.455556</v>
+      </c>
+      <c r="S306">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:24">
+      <c r="A307" s="2">
+        <v>45636.417060185</v>
+      </c>
+      <c r="B307" t="s">
+        <v>24</v>
+      </c>
+      <c r="C307" t="s">
+        <v>25</v>
+      </c>
+      <c r="D307" t="s">
+        <v>26</v>
+      </c>
+      <c r="E307" t="s">
+        <v>27</v>
+      </c>
+      <c r="G307">
+        <v>102.6</v>
+      </c>
+      <c r="I307" t="s">
+        <v>28</v>
+      </c>
+      <c r="J307">
+        <v>8.0</v>
+      </c>
+      <c r="K307" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L307" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M307">
+        <v>3500</v>
+      </c>
+      <c r="N307">
+        <v>1000.0</v>
+      </c>
+      <c r="O307" t="s">
+        <v>28</v>
+      </c>
+      <c r="P307">
+        <v>0.933333</v>
+      </c>
+      <c r="Q307">
+        <v>101.433333</v>
+      </c>
+      <c r="S307">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:24">
+      <c r="A308" s="2">
+        <v>45635.417141204</v>
+      </c>
+      <c r="B308" t="s">
+        <v>24</v>
+      </c>
+      <c r="C308" t="s">
+        <v>25</v>
+      </c>
+      <c r="D308" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" t="s">
+        <v>27</v>
+      </c>
+      <c r="G308">
+        <v>102.6</v>
+      </c>
+      <c r="I308" t="s">
+        <v>28</v>
+      </c>
+      <c r="J308">
+        <v>8.0</v>
+      </c>
+      <c r="K308" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L308" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M308">
+        <v>3500</v>
+      </c>
+      <c r="N308">
+        <v>1000.0</v>
+      </c>
+      <c r="O308" t="s">
+        <v>28</v>
+      </c>
+      <c r="P308">
+        <v>0.911111</v>
+      </c>
+      <c r="Q308">
+        <v>101.411111</v>
+      </c>
+      <c r="S308">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="309" spans="1:24">
+      <c r="A309" s="2">
+        <v>45632.417094907</v>
+      </c>
+      <c r="B309" t="s">
+        <v>24</v>
+      </c>
+      <c r="C309" t="s">
+        <v>25</v>
+      </c>
+      <c r="D309" t="s">
+        <v>26</v>
+      </c>
+      <c r="E309" t="s">
+        <v>27</v>
+      </c>
+      <c r="G309">
+        <v>102.6</v>
+      </c>
+      <c r="I309" t="s">
+        <v>28</v>
+      </c>
+      <c r="J309">
+        <v>8.0</v>
+      </c>
+      <c r="K309" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L309" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M309">
+        <v>3500</v>
+      </c>
+      <c r="N309">
+        <v>1000.0</v>
+      </c>
+      <c r="O309" t="s">
+        <v>28</v>
+      </c>
+      <c r="P309">
+        <v>0.888889</v>
+      </c>
+      <c r="Q309">
+        <v>101.388889</v>
+      </c>
+      <c r="S309">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:24">
+      <c r="A310" s="2">
+        <v>45631.41724537</v>
+      </c>
+      <c r="B310" t="s">
+        <v>24</v>
+      </c>
+      <c r="C310" t="s">
+        <v>25</v>
+      </c>
+      <c r="D310" t="s">
+        <v>26</v>
+      </c>
+      <c r="E310" t="s">
+        <v>27</v>
+      </c>
+      <c r="G310">
+        <v>102.6</v>
+      </c>
+      <c r="I310" t="s">
+        <v>28</v>
+      </c>
+      <c r="J310">
+        <v>8.0</v>
+      </c>
+      <c r="K310" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L310" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M310">
+        <v>3500</v>
+      </c>
+      <c r="N310">
+        <v>1000.0</v>
+      </c>
+      <c r="O310" t="s">
+        <v>28</v>
+      </c>
+      <c r="P310">
+        <v>0.866667</v>
+      </c>
+      <c r="Q310">
+        <v>101.366667</v>
+      </c>
+      <c r="S310">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="311" spans="1:24">
+      <c r="A311" s="2">
+        <v>45630.416956019</v>
+      </c>
+      <c r="B311" t="s">
+        <v>24</v>
+      </c>
+      <c r="C311" t="s">
+        <v>25</v>
+      </c>
+      <c r="D311" t="s">
+        <v>26</v>
+      </c>
+      <c r="E311" t="s">
+        <v>27</v>
+      </c>
+      <c r="G311">
+        <v>102.6</v>
+      </c>
+      <c r="I311" t="s">
+        <v>28</v>
+      </c>
+      <c r="J311">
+        <v>8.0</v>
+      </c>
+      <c r="K311" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L311" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M311">
+        <v>3500</v>
+      </c>
+      <c r="N311">
+        <v>1000.0</v>
+      </c>
+      <c r="O311" t="s">
+        <v>28</v>
+      </c>
+      <c r="P311">
+        <v>0.8</v>
+      </c>
+      <c r="Q311">
+        <v>101.3</v>
+      </c>
+      <c r="S311">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:24">
+      <c r="A312" s="2">
+        <v>45629.417291667</v>
+      </c>
+      <c r="B312" t="s">
+        <v>24</v>
+      </c>
+      <c r="C312" t="s">
+        <v>25</v>
+      </c>
+      <c r="D312" t="s">
+        <v>26</v>
+      </c>
+      <c r="E312" t="s">
+        <v>27</v>
+      </c>
+      <c r="G312">
+        <v>102.6</v>
+      </c>
+      <c r="I312" t="s">
+        <v>28</v>
+      </c>
+      <c r="J312">
+        <v>8.0</v>
+      </c>
+      <c r="K312" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L312" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M312">
+        <v>3500</v>
+      </c>
+      <c r="N312">
+        <v>1000.0</v>
+      </c>
+      <c r="O312" t="s">
+        <v>28</v>
+      </c>
+      <c r="P312">
+        <v>0.777778</v>
+      </c>
+      <c r="Q312">
+        <v>101.277778</v>
+      </c>
+      <c r="S312">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:24">
+      <c r="A313" s="2">
+        <v>45628.417337963</v>
+      </c>
+      <c r="B313" t="s">
+        <v>24</v>
+      </c>
+      <c r="C313" t="s">
+        <v>25</v>
+      </c>
+      <c r="D313" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313" t="s">
+        <v>27</v>
+      </c>
+      <c r="G313">
+        <v>102.6</v>
+      </c>
+      <c r="I313" t="s">
+        <v>28</v>
+      </c>
+      <c r="J313">
+        <v>8.0</v>
+      </c>
+      <c r="K313" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L313" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M313">
+        <v>3500</v>
+      </c>
+      <c r="N313">
+        <v>1000.0</v>
+      </c>
+      <c r="O313" t="s">
+        <v>28</v>
+      </c>
+      <c r="P313">
+        <v>0.755556</v>
+      </c>
+      <c r="Q313">
+        <v>101.255556</v>
+      </c>
+      <c r="S313">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="314" spans="1:24">
+      <c r="A314" s="2">
+        <v>45625.416990741</v>
+      </c>
+      <c r="B314" t="s">
+        <v>24</v>
+      </c>
+      <c r="C314" t="s">
+        <v>25</v>
+      </c>
+      <c r="D314" t="s">
+        <v>26</v>
+      </c>
+      <c r="E314" t="s">
+        <v>27</v>
+      </c>
+      <c r="G314">
+        <v>102.6</v>
+      </c>
+      <c r="I314" t="s">
+        <v>28</v>
+      </c>
+      <c r="J314">
+        <v>8.0</v>
+      </c>
+      <c r="K314" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L314" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M314">
+        <v>3500</v>
+      </c>
+      <c r="N314">
+        <v>1000.0</v>
+      </c>
+      <c r="O314" t="s">
+        <v>28</v>
+      </c>
+      <c r="P314">
+        <v>0.733333</v>
+      </c>
+      <c r="Q314">
+        <v>101.233333</v>
+      </c>
+      <c r="S314">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:24">
+      <c r="A315" s="2">
+        <v>45624.417037037</v>
+      </c>
+      <c r="B315" t="s">
+        <v>24</v>
+      </c>
+      <c r="C315" t="s">
+        <v>25</v>
+      </c>
+      <c r="D315" t="s">
+        <v>26</v>
+      </c>
+      <c r="E315" t="s">
+        <v>27</v>
+      </c>
+      <c r="G315">
+        <v>102.6</v>
+      </c>
+      <c r="I315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J315">
+        <v>8.0</v>
+      </c>
+      <c r="K315" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L315" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M315">
+        <v>3500</v>
+      </c>
+      <c r="N315">
+        <v>1000.0</v>
+      </c>
+      <c r="O315" t="s">
+        <v>28</v>
+      </c>
+      <c r="P315">
+        <v>0.711111</v>
+      </c>
+      <c r="Q315">
+        <v>101.211111</v>
+      </c>
+      <c r="S315">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:24">
+      <c r="A316" s="2">
+        <v>45623.416990741</v>
+      </c>
+      <c r="B316" t="s">
+        <v>24</v>
+      </c>
+      <c r="C316" t="s">
+        <v>25</v>
+      </c>
+      <c r="D316" t="s">
+        <v>26</v>
+      </c>
+      <c r="E316" t="s">
+        <v>27</v>
+      </c>
+      <c r="G316">
+        <v>102.6</v>
+      </c>
+      <c r="I316" t="s">
+        <v>28</v>
+      </c>
+      <c r="J316">
+        <v>8.0</v>
+      </c>
+      <c r="K316" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L316" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M316">
+        <v>3500</v>
+      </c>
+      <c r="N316">
+        <v>1000.0</v>
+      </c>
+      <c r="O316" t="s">
+        <v>28</v>
+      </c>
+      <c r="P316">
+        <v>0.644444</v>
+      </c>
+      <c r="Q316">
+        <v>101.144444</v>
+      </c>
+      <c r="S316">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:24">
+      <c r="A317" s="2">
+        <v>45622.417037037</v>
+      </c>
+      <c r="B317" t="s">
+        <v>24</v>
+      </c>
+      <c r="C317" t="s">
+        <v>25</v>
+      </c>
+      <c r="D317" t="s">
+        <v>26</v>
+      </c>
+      <c r="E317" t="s">
+        <v>27</v>
+      </c>
+      <c r="G317">
+        <v>102.6</v>
+      </c>
+      <c r="I317" t="s">
+        <v>28</v>
+      </c>
+      <c r="J317">
+        <v>8.0</v>
+      </c>
+      <c r="K317" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L317" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M317">
+        <v>3500</v>
+      </c>
+      <c r="N317">
+        <v>1000.0</v>
+      </c>
+      <c r="O317" t="s">
+        <v>28</v>
+      </c>
+      <c r="P317">
+        <v>0.622222</v>
+      </c>
+      <c r="Q317">
+        <v>101.122222</v>
+      </c>
+      <c r="S317">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="318" spans="1:24">
+      <c r="A318" s="2">
+        <v>45621.548761574</v>
+      </c>
+      <c r="B318" t="s">
+        <v>24</v>
+      </c>
+      <c r="C318" t="s">
+        <v>25</v>
+      </c>
+      <c r="D318" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318" t="s">
+        <v>27</v>
+      </c>
+      <c r="G318">
+        <v>102.6</v>
+      </c>
+      <c r="H318">
+        <v>25650.0</v>
+      </c>
+      <c r="I318" t="s">
+        <v>28</v>
+      </c>
+      <c r="J318">
+        <v>8.0</v>
+      </c>
+      <c r="K318" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L318" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M318">
+        <v>3500</v>
+      </c>
+      <c r="N318">
+        <v>1000.0</v>
+      </c>
+      <c r="O318" t="s">
+        <v>28</v>
+      </c>
+      <c r="P318">
+        <v>0.6</v>
+      </c>
+      <c r="Q318">
+        <v>101.1</v>
+      </c>
+      <c r="S318">
+        <v>100.5</v>
+      </c>
+      <c r="X318">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="319" spans="1:24">
+      <c r="A319" s="2">
+        <v>45618.417060185</v>
+      </c>
+      <c r="B319" t="s">
+        <v>24</v>
+      </c>
+      <c r="C319" t="s">
+        <v>25</v>
+      </c>
+      <c r="D319" t="s">
+        <v>26</v>
+      </c>
+      <c r="E319" t="s">
+        <v>27</v>
+      </c>
+      <c r="I319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J319">
+        <v>8.0</v>
+      </c>
+      <c r="K319" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L319" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M319">
+        <v>3500</v>
+      </c>
+      <c r="N319">
+        <v>1000.0</v>
+      </c>
+      <c r="O319" t="s">
+        <v>28</v>
+      </c>
+      <c r="P319">
+        <v>0.577778</v>
+      </c>
+      <c r="Q319">
+        <v>102.577778</v>
+      </c>
+      <c r="S319">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="320" spans="1:24">
+      <c r="A320" s="2">
+        <v>45617.417071759</v>
+      </c>
+      <c r="B320" t="s">
+        <v>24</v>
+      </c>
+      <c r="C320" t="s">
+        <v>25</v>
+      </c>
+      <c r="D320" t="s">
+        <v>26</v>
+      </c>
+      <c r="E320" t="s">
+        <v>27</v>
+      </c>
+      <c r="I320" t="s">
+        <v>28</v>
+      </c>
+      <c r="J320">
+        <v>8.0</v>
+      </c>
+      <c r="K320" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L320" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M320">
+        <v>3500</v>
+      </c>
+      <c r="N320">
+        <v>1000.0</v>
+      </c>
+      <c r="O320" t="s">
+        <v>28</v>
+      </c>
+      <c r="P320">
+        <v>0.555556</v>
+      </c>
+      <c r="Q320">
+        <v>102.555556</v>
+      </c>
+      <c r="S320">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:24">
+      <c r="A321" s="2">
+        <v>45616.416956019</v>
+      </c>
+      <c r="B321" t="s">
+        <v>24</v>
+      </c>
+      <c r="C321" t="s">
+        <v>25</v>
+      </c>
+      <c r="D321" t="s">
+        <v>26</v>
+      </c>
+      <c r="E321" t="s">
+        <v>27</v>
+      </c>
+      <c r="I321" t="s">
+        <v>28</v>
+      </c>
+      <c r="J321">
+        <v>8.0</v>
+      </c>
+      <c r="K321" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L321" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M321">
+        <v>3500</v>
+      </c>
+      <c r="N321">
+        <v>1000.0</v>
+      </c>
+      <c r="O321" t="s">
+        <v>28</v>
+      </c>
+      <c r="P321">
+        <v>0.488889</v>
+      </c>
+      <c r="Q321">
+        <v>102.488889</v>
+      </c>
+      <c r="S321">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="322" spans="1:24">
+      <c r="A322" s="2">
+        <v>45615.417268519</v>
+      </c>
+      <c r="B322" t="s">
+        <v>24</v>
+      </c>
+      <c r="C322" t="s">
+        <v>25</v>
+      </c>
+      <c r="D322" t="s">
+        <v>26</v>
+      </c>
+      <c r="E322" t="s">
+        <v>27</v>
+      </c>
+      <c r="I322" t="s">
+        <v>28</v>
+      </c>
+      <c r="J322">
+        <v>8.0</v>
+      </c>
+      <c r="K322" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L322" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M322">
+        <v>3500</v>
+      </c>
+      <c r="N322">
+        <v>1000.0</v>
+      </c>
+      <c r="O322" t="s">
+        <v>28</v>
+      </c>
+      <c r="P322">
+        <v>0.466667</v>
+      </c>
+      <c r="Q322">
+        <v>102.466667</v>
+      </c>
+      <c r="S322">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="323" spans="1:24">
+      <c r="A323" s="2">
+        <v>45614.356712963</v>
+      </c>
+      <c r="B323" t="s">
+        <v>24</v>
+      </c>
+      <c r="C323" t="s">
+        <v>25</v>
+      </c>
+      <c r="D323" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323" t="s">
+        <v>27</v>
+      </c>
+      <c r="I323" t="s">
+        <v>28</v>
+      </c>
+      <c r="J323">
+        <v>8.0</v>
+      </c>
+      <c r="K323" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L323" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M323">
+        <v>3500</v>
+      </c>
+      <c r="N323">
+        <v>1000.0</v>
+      </c>
+      <c r="O323" t="s">
+        <v>28</v>
+      </c>
+      <c r="P323">
+        <v>0.444444</v>
+      </c>
+    </row>
+    <row r="324" spans="1:24">
+      <c r="A324" s="2">
+        <v>45611.417048611</v>
+      </c>
+      <c r="B324" t="s">
+        <v>24</v>
+      </c>
+      <c r="C324" t="s">
+        <v>25</v>
+      </c>
+      <c r="D324" t="s">
+        <v>26</v>
+      </c>
+      <c r="E324" t="s">
+        <v>27</v>
+      </c>
+      <c r="I324" t="s">
+        <v>28</v>
+      </c>
+      <c r="J324">
+        <v>8.0</v>
+      </c>
+      <c r="K324" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L324" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M324">
+        <v>3500</v>
+      </c>
+      <c r="N324">
+        <v>1000.0</v>
+      </c>
+      <c r="O324" t="s">
+        <v>28</v>
+      </c>
+      <c r="P324">
+        <v>0.422222</v>
+      </c>
+      <c r="Q324">
+        <v>102.422222</v>
+      </c>
+      <c r="S324">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="325" spans="1:24">
+      <c r="A325" s="2">
+        <v>45610.417141204</v>
+      </c>
+      <c r="B325" t="s">
+        <v>24</v>
+      </c>
+      <c r="C325" t="s">
+        <v>25</v>
+      </c>
+      <c r="D325" t="s">
+        <v>26</v>
+      </c>
+      <c r="E325" t="s">
+        <v>27</v>
+      </c>
+      <c r="I325" t="s">
+        <v>28</v>
+      </c>
+      <c r="J325">
+        <v>8.0</v>
+      </c>
+      <c r="K325" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L325" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M325">
+        <v>3500</v>
+      </c>
+      <c r="N325">
+        <v>1000.0</v>
+      </c>
+      <c r="O325" t="s">
+        <v>28</v>
+      </c>
+      <c r="P325">
+        <v>0.4</v>
+      </c>
+      <c r="Q325">
+        <v>102.4</v>
+      </c>
+      <c r="S325">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="326" spans="1:24">
+      <c r="A326" s="2">
+        <v>45609.417048611</v>
+      </c>
+      <c r="B326" t="s">
+        <v>24</v>
+      </c>
+      <c r="C326" t="s">
+        <v>25</v>
+      </c>
+      <c r="D326" t="s">
+        <v>26</v>
+      </c>
+      <c r="E326" t="s">
+        <v>27</v>
+      </c>
+      <c r="I326" t="s">
+        <v>28</v>
+      </c>
+      <c r="J326">
+        <v>8.0</v>
+      </c>
+      <c r="K326" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L326" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M326">
+        <v>3500</v>
+      </c>
+      <c r="N326">
+        <v>1000.0</v>
+      </c>
+      <c r="O326" t="s">
+        <v>28</v>
+      </c>
+      <c r="P326">
+        <v>0.333333</v>
+      </c>
+      <c r="Q326">
+        <v>102.333333</v>
+      </c>
+      <c r="S326">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:24">
+      <c r="A327" s="2">
+        <v>45608.416979167</v>
+      </c>
+      <c r="B327" t="s">
+        <v>24</v>
+      </c>
+      <c r="C327" t="s">
+        <v>25</v>
+      </c>
+      <c r="D327" t="s">
+        <v>26</v>
+      </c>
+      <c r="E327" t="s">
+        <v>27</v>
+      </c>
+      <c r="I327" t="s">
+        <v>28</v>
+      </c>
+      <c r="J327">
+        <v>8.0</v>
+      </c>
+      <c r="K327" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L327" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M327">
+        <v>3500</v>
+      </c>
+      <c r="N327">
+        <v>1000.0</v>
+      </c>
+      <c r="O327" t="s">
+        <v>28</v>
+      </c>
+      <c r="P327">
+        <v>0.311111</v>
+      </c>
+      <c r="Q327">
+        <v>102.311111</v>
+      </c>
+      <c r="S327">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:24">
+      <c r="A328" s="2">
+        <v>45607.569166667</v>
+      </c>
+      <c r="B328" t="s">
+        <v>24</v>
+      </c>
+      <c r="C328" t="s">
+        <v>25</v>
+      </c>
+      <c r="D328" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" t="s">
+        <v>27</v>
+      </c>
+      <c r="I328" t="s">
+        <v>28</v>
+      </c>
+      <c r="J328">
+        <v>8.0</v>
+      </c>
+      <c r="K328" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L328" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M328">
+        <v>3500</v>
+      </c>
+      <c r="N328">
+        <v>1000.0</v>
+      </c>
+      <c r="O328" t="s">
+        <v>28</v>
+      </c>
+      <c r="P328">
+        <v>0.288889</v>
+      </c>
+      <c r="Q328">
+        <v>102.288889</v>
+      </c>
+      <c r="S328">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="329" spans="1:24">
+      <c r="A329" s="2">
+        <v>45604.416967593</v>
+      </c>
+      <c r="B329" t="s">
+        <v>24</v>
+      </c>
+      <c r="C329" t="s">
+        <v>25</v>
+      </c>
+      <c r="D329" t="s">
+        <v>26</v>
+      </c>
+      <c r="E329" t="s">
+        <v>27</v>
+      </c>
+      <c r="I329" t="s">
+        <v>28</v>
+      </c>
+      <c r="J329">
+        <v>8.0</v>
+      </c>
+      <c r="K329" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L329" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M329">
+        <v>3500</v>
+      </c>
+      <c r="N329">
+        <v>1000.0</v>
+      </c>
+      <c r="O329" t="s">
+        <v>28</v>
+      </c>
+      <c r="P329">
+        <v>0.266667</v>
+      </c>
+      <c r="Q329">
+        <v>100.766667</v>
+      </c>
+      <c r="S329">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:24">
+      <c r="A330" s="2">
+        <v>45603.416956019</v>
+      </c>
+      <c r="B330" t="s">
+        <v>24</v>
+      </c>
+      <c r="C330" t="s">
+        <v>25</v>
+      </c>
+      <c r="D330" t="s">
+        <v>26</v>
+      </c>
+      <c r="E330" t="s">
+        <v>27</v>
+      </c>
+      <c r="I330" t="s">
+        <v>28</v>
+      </c>
+      <c r="J330">
+        <v>8.0</v>
+      </c>
+      <c r="K330" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L330" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M330">
+        <v>3500</v>
+      </c>
+      <c r="N330">
+        <v>1000.0</v>
+      </c>
+      <c r="O330" t="s">
+        <v>28</v>
+      </c>
+      <c r="P330">
+        <v>0.244444</v>
+      </c>
+      <c r="Q330">
+        <v>100.744444</v>
+      </c>
+      <c r="S330">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:24">
+      <c r="A331" s="2">
+        <v>45602.417106481</v>
+      </c>
+      <c r="B331" t="s">
+        <v>24</v>
+      </c>
+      <c r="C331" t="s">
+        <v>25</v>
+      </c>
+      <c r="D331" t="s">
+        <v>26</v>
+      </c>
+      <c r="E331" t="s">
+        <v>27</v>
+      </c>
+      <c r="I331" t="s">
+        <v>28</v>
+      </c>
+      <c r="J331">
+        <v>8.0</v>
+      </c>
+      <c r="K331" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L331" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M331">
+        <v>3500</v>
+      </c>
+      <c r="N331">
+        <v>1000.0</v>
+      </c>
+      <c r="O331" t="s">
+        <v>28</v>
+      </c>
+      <c r="P331">
+        <v>0.177778</v>
+      </c>
+      <c r="Q331">
+        <v>100.677778</v>
+      </c>
+      <c r="S331">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:24">
+      <c r="A332" s="2">
+        <v>45601.417013889</v>
+      </c>
+      <c r="B332" t="s">
+        <v>24</v>
+      </c>
+      <c r="C332" t="s">
+        <v>25</v>
+      </c>
+      <c r="D332" t="s">
+        <v>26</v>
+      </c>
+      <c r="E332" t="s">
+        <v>27</v>
+      </c>
+      <c r="I332" t="s">
+        <v>28</v>
+      </c>
+      <c r="J332">
+        <v>8.0</v>
+      </c>
+      <c r="K332" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L332" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M332">
+        <v>3500</v>
+      </c>
+      <c r="N332">
+        <v>1000.0</v>
+      </c>
+      <c r="O332" t="s">
+        <v>28</v>
+      </c>
+      <c r="P332">
+        <v>0.155556</v>
+      </c>
+      <c r="Q332">
+        <v>100.655556</v>
+      </c>
+      <c r="S332">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:24">
+      <c r="A333" s="2">
+        <v>45600.417696759</v>
+      </c>
+      <c r="B333" t="s">
+        <v>24</v>
+      </c>
+      <c r="C333" t="s">
+        <v>25</v>
+      </c>
+      <c r="D333" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" t="s">
+        <v>27</v>
+      </c>
+      <c r="I333" t="s">
+        <v>28</v>
+      </c>
+      <c r="J333">
+        <v>8.0</v>
+      </c>
+      <c r="K333" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L333" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M333">
+        <v>3500</v>
+      </c>
+      <c r="N333">
+        <v>1000.0</v>
+      </c>
+      <c r="O333" t="s">
+        <v>28</v>
+      </c>
+      <c r="P333">
+        <v>0.133333</v>
+      </c>
+      <c r="Q333">
+        <v>100.633333</v>
+      </c>
+      <c r="S333">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:24">
+      <c r="A334" s="2">
         <v>45597.445671296</v>
       </c>
-      <c r="B286" t="s">
-[...32 lines deleted...]
-      <c r="P286">
+      <c r="B334" t="s">
+        <v>24</v>
+      </c>
+      <c r="C334" t="s">
+        <v>25</v>
+      </c>
+      <c r="D334" t="s">
+        <v>26</v>
+      </c>
+      <c r="E334" t="s">
+        <v>27</v>
+      </c>
+      <c r="I334" t="s">
+        <v>28</v>
+      </c>
+      <c r="J334">
+        <v>8.0</v>
+      </c>
+      <c r="K334" s="2">
+        <v>45596.0</v>
+      </c>
+      <c r="L334" s="2">
+        <v>46691.0</v>
+      </c>
+      <c r="M334">
+        <v>3500</v>
+      </c>
+      <c r="N334">
+        <v>1000.0</v>
+      </c>
+      <c r="O334" t="s">
+        <v>28</v>
+      </c>
+      <c r="P334">
         <v>0.111111</v>
       </c>
-      <c r="Q286">
+      <c r="Q334">
         <v>100.611111</v>
       </c>
-      <c r="S286">
+      <c r="S334">
         <v>100.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>