--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -654,858 +654,855 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.32</v>
-[...2 lines deleted...]
-        <v>-0.05173306</v>
+        <v>19.4</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.83507307</v>
+        <v>0.93652445</v>
       </c>
       <c r="L2">
-        <v>1.84501845</v>
+        <v>1.51753009</v>
       </c>
       <c r="M2">
-        <v>4.31965443</v>
+        <v>4.13311863</v>
       </c>
       <c r="N2">
-        <v>5.80503834</v>
+        <v>6.24315444</v>
       </c>
       <c r="O2">
-        <v>6.21220451</v>
+        <v>5.89519651</v>
       </c>
       <c r="P2">
-        <v>9.07131485</v>
+        <v>8.13783538</v>
       </c>
       <c r="Q2">
-        <v>8.85083618</v>
+        <v>9.02513753</v>
       </c>
       <c r="R2">
-        <v>-0.38447463</v>
+        <v>-0.19237024</v>
       </c>
       <c r="S2">
-        <v>-0.09290818</v>
+        <v>-0.13348441</v>
       </c>
       <c r="T2">
-        <v>33130324.19</v>
+        <v>31412152.09</v>
       </c>
       <c r="U2">
-        <v>0.36858385</v>
+        <v>-0.01695251</v>
       </c>
       <c r="V2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="W2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="X2">
         <v>3.53799629</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="AA2">
-        <v>33130324.19</v>
+        <v>31412152.09</v>
       </c>
       <c r="AB2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
       <c r="AC2">
-        <v>19.32</v>
+        <v>19.4</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.07</v>
+        <v>30.22</v>
       </c>
       <c r="F3">
-        <v>-0.03324468</v>
+        <v>0.03310162</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.04166667</v>
+        <v>1.17174422</v>
       </c>
       <c r="L3">
-        <v>2.41825613</v>
+        <v>2.06011483</v>
       </c>
       <c r="M3">
-        <v>5.65706254</v>
+        <v>5.4063481</v>
       </c>
       <c r="N3">
-        <v>8.08770669</v>
+        <v>8.62688713</v>
       </c>
       <c r="O3">
-        <v>8.59516071</v>
+        <v>8.31541219</v>
       </c>
       <c r="P3">
-        <v>11.21778325</v>
+        <v>10.25458727</v>
       </c>
       <c r="Q3">
-        <v>11.14666544</v>
+        <v>11.246574</v>
       </c>
       <c r="R3">
-        <v>1.89930653</v>
+        <v>2.09944182</v>
       </c>
       <c r="S3">
-        <v>1.906871</v>
+        <v>1.86724747</v>
       </c>
       <c r="T3">
-        <v>33130324.19</v>
+        <v>31412152.09</v>
       </c>
       <c r="U3">
-        <v>0.36858385</v>
+        <v>-0.01695251</v>
       </c>
       <c r="V3">
-        <v>30.07</v>
+        <v>30.22</v>
       </c>
       <c r="W3">
-        <v>30.07</v>
+        <v>30.22</v>
       </c>
       <c r="X3">
         <v>3.59277105</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.89116579</v>
+        <v>25.78058348</v>
       </c>
       <c r="AA3">
-        <v>28526196.079948</v>
+        <v>26797604.544363</v>
       </c>
       <c r="AB3">
-        <v>25.89116579</v>
+        <v>25.78058348</v>
       </c>
       <c r="AC3">
-        <v>25.89116579</v>
+        <v>25.78058348</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
       <c r="F4">
-        <v>-0.08944544</v>
+        <v>1.30124777</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.64045543</v>
+        <v>2.56271431</v>
       </c>
       <c r="L4">
-        <v>1.86029546</v>
+        <v>1.04907539</v>
       </c>
       <c r="M4">
-        <v>-2.03473075</v>
+        <v>0.78028019</v>
       </c>
       <c r="N4">
-        <v>4.06185951</v>
+        <v>5.88783305</v>
       </c>
       <c r="O4">
-        <v>2.28937729</v>
+        <v>4.16055718</v>
       </c>
       <c r="P4">
-        <v>6.6090351</v>
+        <v>5.87290956</v>
       </c>
       <c r="Q4">
-        <v>8.37244031</v>
+        <v>10.38675861</v>
       </c>
       <c r="R4">
-        <v>-2.71482154</v>
+        <v>-2.29083553</v>
       </c>
       <c r="S4">
-        <v>2.83688187</v>
+        <v>2.6720475</v>
       </c>
       <c r="T4">
-        <v>13966926.71</v>
+        <v>15093347.4</v>
       </c>
       <c r="U4">
-        <v>-0.21740475</v>
+        <v>1.30724605</v>
       </c>
       <c r="V4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
       <c r="W4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
       <c r="X4">
         <v>14.16261482</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
       <c r="AA4">
-        <v>13966926.71</v>
+        <v>15093347.4</v>
       </c>
       <c r="AB4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
       <c r="AC4">
-        <v>55.85</v>
+        <v>56.83</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
       <c r="F5">
-        <v>0.08880995</v>
+        <v>0.08865248</v>
       </c>
       <c r="G5" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>-0.08865248</v>
+        <v>0.17746229</v>
       </c>
       <c r="L5">
-        <v>-1.5720524</v>
+        <v>-2.25108225</v>
       </c>
       <c r="M5">
-        <v>1.25786164</v>
+        <v>0.62388592</v>
       </c>
       <c r="N5">
-        <v>2.64116576</v>
+        <v>2.82331512</v>
       </c>
       <c r="O5">
-        <v>2.26860254</v>
+        <v>1.98735321</v>
       </c>
       <c r="P5">
-        <v>5.42484727</v>
+        <v>4.39196999</v>
       </c>
       <c r="Q5">
-        <v>5.16390714</v>
+        <v>5.18990653</v>
       </c>
       <c r="R5">
-        <v>-0.8893628</v>
+        <v>-0.86663283</v>
       </c>
       <c r="S5">
-        <v>-0.79691436</v>
+        <v>-0.86294183</v>
       </c>
       <c r="T5">
-        <v>25554849.97</v>
+        <v>25183566.93</v>
       </c>
       <c r="U5">
-        <v>0.45963582</v>
+        <v>0.17678244</v>
       </c>
       <c r="V5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
       <c r="W5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
       <c r="X5">
         <v>4.49035358</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
       <c r="AA5">
-        <v>25554849.97</v>
+        <v>25183566.93</v>
       </c>
       <c r="AB5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
       <c r="AC5">
-        <v>11.27</v>
+        <v>11.29</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.82</v>
+        <v>11.85</v>
       </c>
       <c r="F6">
-        <v>0.08467401</v>
+        <v>0.16906171</v>
       </c>
       <c r="G6" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>0.08467401</v>
+        <v>0.33869602</v>
       </c>
       <c r="L6">
-        <v>-0.92204526</v>
+        <v>-1.65975104</v>
       </c>
       <c r="M6">
-        <v>2.69331017</v>
+        <v>1.8916595</v>
       </c>
       <c r="N6">
-        <v>4.78723404</v>
+        <v>5.05319149</v>
       </c>
       <c r="O6">
-        <v>4.50928382</v>
+        <v>4.31338028</v>
       </c>
       <c r="P6">
-        <v>7.54328305</v>
+        <v>6.48808815</v>
       </c>
       <c r="Q6">
-        <v>7.44219164</v>
+        <v>7.38298467</v>
       </c>
       <c r="R6">
-        <v>1.40139232</v>
+        <v>1.39771877</v>
       </c>
       <c r="S6">
-        <v>1.22843854</v>
+        <v>1.15274033</v>
       </c>
       <c r="T6">
-        <v>25554849.97</v>
+        <v>25183566.93</v>
       </c>
       <c r="U6">
-        <v>0.45963582</v>
+        <v>0.17678244</v>
       </c>
       <c r="V6">
-        <v>11.82</v>
+        <v>11.85</v>
       </c>
       <c r="W6">
-        <v>11.82</v>
+        <v>11.85</v>
       </c>
       <c r="X6">
         <v>4.53407717</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.17737212</v>
+        <v>10.10919637</v>
       </c>
       <c r="AA6">
-        <v>22003487.103151</v>
+        <v>21484018.849555</v>
       </c>
       <c r="AB6">
-        <v>10.17737212</v>
+        <v>10.10919637</v>
       </c>
       <c r="AC6">
-        <v>10.17737212</v>
+        <v>10.10919637</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.19</v>
+        <v>13.12</v>
       </c>
       <c r="F7">
-        <v>0.15186029</v>
+        <v>-0.07616146</v>
       </c>
       <c r="G7" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>-0.45283019</v>
+        <v>-0.22813688</v>
       </c>
       <c r="L7">
-        <v>3.77655389</v>
+        <v>0.76804916</v>
       </c>
       <c r="M7">
-        <v>6.71521036</v>
+        <v>5.63607085</v>
       </c>
       <c r="N7">
-        <v>8.02620803</v>
+        <v>7.45290745</v>
       </c>
       <c r="O7">
-        <v>6.71521036</v>
+        <v>6.40713706</v>
       </c>
       <c r="P7">
-        <v>9.75273163</v>
+        <v>7.84806755</v>
       </c>
       <c r="Q7">
-        <v>8.24399655</v>
+        <v>8.22588896</v>
       </c>
       <c r="R7">
-        <v>2.20087726</v>
+        <v>1.93877005</v>
       </c>
       <c r="S7">
-        <v>2.79806819</v>
+        <v>2.38752782</v>
       </c>
       <c r="T7">
-        <v>973298.3</v>
+        <v>970298.74</v>
       </c>
       <c r="U7">
-        <v>0.14823158</v>
+        <v>-0.10646196</v>
       </c>
       <c r="V7">
-        <v>13.19</v>
+        <v>13.12</v>
       </c>
       <c r="W7">
-        <v>13.19</v>
+        <v>13.12</v>
       </c>
       <c r="X7">
         <v>6.22401428</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.35698293</v>
+        <v>11.19262923</v>
       </c>
       <c r="AA7">
-        <v>838038.83085636</v>
+        <v>827758.69192011</v>
       </c>
       <c r="AB7">
-        <v>11.35698293</v>
+        <v>11.19262923</v>
       </c>
       <c r="AC7">
-        <v>11.35698293</v>
+        <v>11.19262923</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
       <c r="F8">
-        <v>0.15360983</v>
+        <v>-0.07739938</v>
       </c>
       <c r="G8" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.68545316</v>
+        <v>-0.69230769</v>
       </c>
       <c r="L8">
-        <v>3.40999207</v>
+        <v>0.46692607</v>
       </c>
       <c r="M8">
-        <v>6.01626016</v>
+        <v>4.70397405</v>
       </c>
       <c r="N8">
-        <v>5.84415584</v>
+        <v>4.78896104</v>
       </c>
       <c r="O8">
-        <v>4.48717949</v>
+        <v>3.9452496</v>
       </c>
       <c r="P8">
-        <v>8.4848057</v>
+        <v>6.32369701</v>
       </c>
       <c r="Q8">
-        <v>6.51694833</v>
+        <v>6.52502951</v>
       </c>
       <c r="R8">
-        <v>0.27022057</v>
+        <v>-0.05801027</v>
       </c>
       <c r="S8">
-        <v>1.54116257</v>
+        <v>1.07155906</v>
       </c>
       <c r="T8">
-        <v>7724093.83</v>
+        <v>7647251.83</v>
       </c>
       <c r="U8">
-        <v>0.24784681</v>
+        <v>-0.09337258</v>
       </c>
       <c r="V8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
       <c r="W8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
       <c r="X8">
         <v>6.18586159</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
       <c r="AA8">
-        <v>7724093.83</v>
+        <v>7647251.83</v>
       </c>
       <c r="AB8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
       <c r="AC8">
-        <v>13.04</v>
+        <v>12.91</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
       <c r="F9">
-        <v>0.08244023</v>
+        <v>-0.16528926</v>
       </c>
       <c r="G9" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="K9">
-        <v>-0.16447368</v>
+        <v>-0.24772915</v>
       </c>
       <c r="L9">
-        <v>2.3608769</v>
+        <v>0.24896266</v>
       </c>
       <c r="M9">
-        <v>4.65517241</v>
+        <v>3.69098712</v>
       </c>
       <c r="N9">
-        <v>5.10822511</v>
+        <v>4.58874459</v>
       </c>
       <c r="O9">
-        <v>3.76068376</v>
+        <v>3.86930353</v>
       </c>
       <c r="P9">
-        <v>6.56644809</v>
+        <v>4.69903284</v>
       </c>
       <c r="Q9">
-        <v>4.42884965</v>
+        <v>4.28914545</v>
       </c>
       <c r="R9">
-        <v>-1.33403014</v>
+        <v>-1.4176657</v>
       </c>
       <c r="S9">
-        <v>-0.88225501</v>
+        <v>-1.18206326</v>
       </c>
       <c r="T9">
-        <v>885005.3</v>
+        <v>893280.9</v>
       </c>
       <c r="U9">
-        <v>0.14895399</v>
+        <v>-0.10494294</v>
       </c>
       <c r="V9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
       <c r="W9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
       <c r="X9">
         <v>5.12119246</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
       <c r="AA9">
-        <v>885005.3</v>
+        <v>893280.9</v>
       </c>
       <c r="AB9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
       <c r="AC9">
-        <v>12.14</v>
+        <v>12.08</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
       <c r="F10">
-        <v>0.19181586</v>
+        <v>0.91683039</v>
       </c>
       <c r="G10" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H10" t="s">
         <v>33</v>
       </c>
       <c r="K10">
-        <v>-0.31806616</v>
+        <v>0.52185258</v>
       </c>
       <c r="L10">
-        <v>6.16531165</v>
+        <v>-1.28122998</v>
       </c>
       <c r="M10">
-        <v>12.41032999</v>
+        <v>10.30780243</v>
       </c>
       <c r="N10">
-        <v>11.05598866</v>
+        <v>9.21332388</v>
       </c>
       <c r="O10">
-        <v>9.81079187</v>
+        <v>8.674189</v>
       </c>
       <c r="P10">
-        <v>19.68117304</v>
+        <v>16.26497263</v>
       </c>
       <c r="Q10">
-        <v>16.77717531</v>
+        <v>17.91206947</v>
       </c>
       <c r="R10">
-        <v>6.83187292</v>
+        <v>5.90504217</v>
       </c>
       <c r="T10">
-        <v>25811051.4</v>
+        <v>25781281.25</v>
       </c>
       <c r="U10">
-        <v>0.36061904</v>
+        <v>1.05824962</v>
       </c>
       <c r="V10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
       <c r="W10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
       <c r="X10">
         <v>13.80888844</v>
       </c>
       <c r="Y10" t="s">
         <v>34</v>
       </c>
       <c r="Z10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
       <c r="AA10">
-        <v>25811051.4</v>
+        <v>25781281.25</v>
       </c>
       <c r="AB10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
       <c r="AC10">
-        <v>15.67</v>
+        <v>15.41</v>
       </c>
     </row>
     <row r="11" spans="1:29">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11">
-        <v>17.44</v>
+        <v>17.17</v>
       </c>
       <c r="F11">
-        <v>0.17231476</v>
+        <v>0.94062316</v>
       </c>
       <c r="G11" s="2">
-        <v>45994.0</v>
+        <v>46009.0</v>
       </c>
       <c r="H11" t="s">
         <v>33</v>
       </c>
       <c r="K11">
-        <v>-0.11454754</v>
+        <v>0.70381232</v>
       </c>
       <c r="L11">
-        <v>6.73194614</v>
+        <v>-0.80878105</v>
       </c>
       <c r="M11">
-        <v>13.91247551</v>
+        <v>11.78385417</v>
       </c>
       <c r="N11">
-        <v>13.54166667</v>
+        <v>11.78385417</v>
       </c>
       <c r="O11">
-        <v>12.44358478</v>
+        <v>11.27673364</v>
       </c>
       <c r="P11">
-        <v>22.09006064</v>
+        <v>18.58433312</v>
       </c>
       <c r="Q11">
-        <v>19.26631162</v>
+        <v>20.5129625</v>
       </c>
       <c r="R11">
-        <v>9.63767131</v>
+        <v>8.69668416</v>
       </c>
       <c r="T11">
-        <v>25811051.4</v>
+        <v>25781281.25</v>
       </c>
       <c r="U11">
-        <v>0.36061904</v>
+        <v>1.05824962</v>
       </c>
       <c r="V11">
-        <v>17.44</v>
+        <v>17.17</v>
       </c>
       <c r="W11">
-        <v>17.44</v>
+        <v>17.17</v>
       </c>
       <c r="X11">
         <v>13.92467785</v>
       </c>
       <c r="Y11" t="s">
         <v>34</v>
       </c>
       <c r="Z11">
-        <v>15.01635954</v>
+        <v>14.64767103</v>
       </c>
       <c r="AA11">
-        <v>22224084.166621</v>
+        <v>21993926.987398</v>
       </c>
       <c r="AB11">
-        <v>15.01635954</v>
+        <v>14.64767103</v>
       </c>
       <c r="AC11">
-        <v>15.01635954</v>
+        <v>14.64767103</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">