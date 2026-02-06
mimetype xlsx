--- v1 (2025-12-21)
+++ v2 (2026-02-06)
@@ -654,855 +654,861 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.4</v>
+        <v>19.73</v>
+      </c>
+      <c r="F2">
+        <v>0.10147133</v>
       </c>
       <c r="G2" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.93652445</v>
+        <v>1.38746146</v>
       </c>
       <c r="L2">
-        <v>1.51753009</v>
+        <v>2.81396561</v>
       </c>
       <c r="M2">
-        <v>4.13311863</v>
+        <v>4.66843501</v>
       </c>
       <c r="N2">
-        <v>6.24315444</v>
+        <v>1.43958869</v>
       </c>
       <c r="O2">
-        <v>5.89519651</v>
+        <v>7.22826087</v>
       </c>
       <c r="P2">
-        <v>8.13783538</v>
+        <v>7.8575668</v>
       </c>
       <c r="Q2">
-        <v>9.02513753</v>
+        <v>8.51587162</v>
       </c>
       <c r="R2">
-        <v>-0.19237024</v>
+        <v>0.88068588</v>
       </c>
       <c r="S2">
-        <v>-0.13348441</v>
+        <v>0.08129266</v>
       </c>
       <c r="T2">
-        <v>31412152.09</v>
+        <v>32004930.2</v>
       </c>
       <c r="U2">
-        <v>-0.01695251</v>
+        <v>-0.12899256</v>
       </c>
       <c r="V2">
-        <v>19.4</v>
+        <v>19.73</v>
       </c>
       <c r="W2">
-        <v>19.4</v>
+        <v>19.73</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.4</v>
+        <v>19.73</v>
       </c>
       <c r="AA2">
-        <v>31412152.09</v>
+        <v>32004930.2</v>
       </c>
       <c r="AB2">
-        <v>19.4</v>
+        <v>19.73</v>
       </c>
       <c r="AC2">
-        <v>19.4</v>
+        <v>19.73</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.22</v>
+        <v>30.82</v>
       </c>
       <c r="F3">
-        <v>0.03310162</v>
+        <v>0.06493506</v>
       </c>
       <c r="G3" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.17174422</v>
+        <v>1.54859967</v>
       </c>
       <c r="L3">
-        <v>2.06011483</v>
+        <v>3.42281879</v>
       </c>
       <c r="M3">
-        <v>5.4063481</v>
+        <v>5.87427001</v>
       </c>
       <c r="N3">
-        <v>8.62688713</v>
+        <v>1.61556215</v>
       </c>
       <c r="O3">
-        <v>8.31541219</v>
+        <v>9.71876112</v>
       </c>
       <c r="P3">
-        <v>10.25458727</v>
+        <v>10.02392084</v>
       </c>
       <c r="Q3">
-        <v>11.246574</v>
+        <v>10.68218725</v>
       </c>
       <c r="R3">
-        <v>2.09944182</v>
+        <v>3.25849222</v>
       </c>
       <c r="S3">
-        <v>1.86724747</v>
+        <v>2.1207344</v>
       </c>
       <c r="T3">
-        <v>31412152.09</v>
+        <v>32004930.2</v>
       </c>
       <c r="U3">
-        <v>-0.01695251</v>
+        <v>-0.12899256</v>
       </c>
       <c r="V3">
-        <v>30.22</v>
+        <v>30.82</v>
       </c>
       <c r="W3">
-        <v>30.22</v>
+        <v>30.82</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.78058348</v>
+        <v>26.07445013</v>
       </c>
       <c r="AA3">
-        <v>26797604.544363</v>
+        <v>27076929.145996</v>
       </c>
       <c r="AB3">
-        <v>25.78058348</v>
+        <v>26.07445013</v>
       </c>
       <c r="AC3">
-        <v>25.78058348</v>
+        <v>26.07445013</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
       <c r="F4">
-        <v>1.30124777</v>
+        <v>-1.45543745</v>
       </c>
       <c r="G4" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>2.56271431</v>
+        <v>1.92828146</v>
       </c>
       <c r="L4">
-        <v>1.04907539</v>
+        <v>7.78036129</v>
       </c>
       <c r="M4">
-        <v>0.78028019</v>
+        <v>7.16699271</v>
       </c>
       <c r="N4">
-        <v>5.88783305</v>
+        <v>4.72714633</v>
       </c>
       <c r="O4">
-        <v>4.16055718</v>
+        <v>6.14761318</v>
       </c>
       <c r="P4">
-        <v>5.87290956</v>
+        <v>7.60833699</v>
       </c>
       <c r="Q4">
-        <v>10.38675861</v>
+        <v>10.05206773</v>
       </c>
       <c r="R4">
-        <v>-2.29083553</v>
+        <v>3.22254279</v>
       </c>
       <c r="S4">
-        <v>2.6720475</v>
+        <v>2.37385892</v>
       </c>
       <c r="T4">
-        <v>15093347.4</v>
+        <v>16092837.69</v>
       </c>
       <c r="U4">
-        <v>1.30724605</v>
+        <v>-1.4733635</v>
       </c>
       <c r="V4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
       <c r="W4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
       <c r="X4">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
       <c r="AA4">
-        <v>15093347.4</v>
+        <v>16092837.69</v>
       </c>
       <c r="AB4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
       <c r="AC4">
-        <v>56.83</v>
+        <v>60.26</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
       <c r="F5">
-        <v>0.08865248</v>
+        <v>-0.08710801</v>
       </c>
       <c r="G5" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>0.17746229</v>
+        <v>1.41467728</v>
       </c>
       <c r="L5">
-        <v>-2.25108225</v>
+        <v>1.68439716</v>
       </c>
       <c r="M5">
-        <v>0.62388592</v>
+        <v>0.87950748</v>
       </c>
       <c r="N5">
-        <v>2.82331512</v>
+        <v>1.41467728</v>
       </c>
       <c r="O5">
-        <v>1.98735321</v>
+        <v>3.61336947</v>
       </c>
       <c r="P5">
-        <v>4.39196999</v>
+        <v>5.01831342</v>
       </c>
       <c r="Q5">
-        <v>5.18990653</v>
+        <v>4.71268841</v>
       </c>
       <c r="R5">
-        <v>-0.86663283</v>
+        <v>-0.02178412</v>
       </c>
       <c r="S5">
-        <v>-0.86294183</v>
+        <v>-0.63296227</v>
       </c>
       <c r="T5">
-        <v>25183566.93</v>
+        <v>25818964.72</v>
       </c>
       <c r="U5">
-        <v>0.17678244</v>
+        <v>-0.27928185</v>
       </c>
       <c r="V5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
       <c r="W5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
       <c r="X5">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
       <c r="AA5">
-        <v>25183566.93</v>
+        <v>25818964.72</v>
       </c>
       <c r="AB5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
       <c r="AC5">
-        <v>11.29</v>
+        <v>11.47</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.85</v>
-[...2 lines deleted...]
-        <v>0.16906171</v>
+        <v>12.08</v>
       </c>
       <c r="G6" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>0.33869602</v>
+        <v>1.5979815</v>
       </c>
       <c r="L6">
-        <v>-1.65975104</v>
+        <v>2.28619814</v>
       </c>
       <c r="M6">
-        <v>1.8916595</v>
+        <v>2.19966159</v>
       </c>
       <c r="N6">
-        <v>5.05319149</v>
+        <v>1.68350168</v>
       </c>
       <c r="O6">
-        <v>4.31338028</v>
+        <v>6.05794557</v>
       </c>
       <c r="P6">
-        <v>6.48808815</v>
+        <v>7.20921329</v>
       </c>
       <c r="Q6">
-        <v>7.38298467</v>
+        <v>6.85887063</v>
       </c>
       <c r="R6">
-        <v>1.39771877</v>
+        <v>2.34577143</v>
       </c>
       <c r="S6">
-        <v>1.15274033</v>
+        <v>1.4518859</v>
       </c>
       <c r="T6">
-        <v>25183566.93</v>
+        <v>25818964.72</v>
       </c>
       <c r="U6">
-        <v>0.17678244</v>
+        <v>-0.27928185</v>
       </c>
       <c r="V6">
-        <v>11.85</v>
+        <v>12.08</v>
       </c>
       <c r="W6">
-        <v>11.85</v>
+        <v>12.08</v>
       </c>
       <c r="X6">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.10919637</v>
+        <v>10.21996618</v>
       </c>
       <c r="AA6">
-        <v>21484018.849555</v>
+        <v>21843455.804394</v>
       </c>
       <c r="AB6">
-        <v>10.10919637</v>
+        <v>10.21996618</v>
       </c>
       <c r="AC6">
-        <v>10.10919637</v>
+        <v>10.21996618</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.12</v>
+        <v>13.4</v>
       </c>
       <c r="F7">
-        <v>-0.07616146</v>
+        <v>-0.22338049</v>
       </c>
       <c r="G7" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>-0.22813688</v>
+        <v>0.90361446</v>
       </c>
       <c r="L7">
-        <v>0.76804916</v>
+        <v>1.74639332</v>
       </c>
       <c r="M7">
-        <v>5.63607085</v>
+        <v>5.67823344</v>
       </c>
       <c r="N7">
-        <v>7.45290745</v>
+        <v>0.82768999</v>
       </c>
       <c r="O7">
-        <v>6.40713706</v>
+        <v>8.50202429</v>
       </c>
       <c r="P7">
-        <v>7.84806755</v>
+        <v>7.75799319</v>
       </c>
       <c r="Q7">
-        <v>8.22588896</v>
+        <v>7.62143488</v>
       </c>
       <c r="R7">
-        <v>1.93877005</v>
+        <v>3.47193524</v>
       </c>
       <c r="S7">
-        <v>2.38752782</v>
+        <v>2.68034999</v>
       </c>
       <c r="T7">
-        <v>970298.74</v>
+        <v>905868.6</v>
       </c>
       <c r="U7">
-        <v>-0.10646196</v>
+        <v>-0.2394029</v>
       </c>
       <c r="V7">
-        <v>13.12</v>
+        <v>13.4</v>
       </c>
       <c r="W7">
-        <v>13.12</v>
+        <v>13.4</v>
       </c>
       <c r="X7">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.19262923</v>
+        <v>11.33671745</v>
       </c>
       <c r="AA7">
-        <v>827758.69192011</v>
+        <v>766386.29562713</v>
       </c>
       <c r="AB7">
-        <v>11.19262923</v>
+        <v>11.33671745</v>
       </c>
       <c r="AC7">
-        <v>11.19262923</v>
+        <v>11.33671745</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
       <c r="F8">
-        <v>-0.07739938</v>
+        <v>-0.37792895</v>
       </c>
       <c r="G8" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.69230769</v>
+        <v>0.84162204</v>
       </c>
       <c r="L8">
-        <v>0.46692607</v>
+        <v>0.76452599</v>
       </c>
       <c r="M8">
-        <v>4.70397405</v>
+        <v>4.52022205</v>
       </c>
       <c r="N8">
-        <v>4.78896104</v>
+        <v>0.84162204</v>
       </c>
       <c r="O8">
-        <v>3.9452496</v>
+        <v>5.6936648</v>
       </c>
       <c r="P8">
-        <v>6.32369701</v>
+        <v>6.36401986</v>
       </c>
       <c r="Q8">
-        <v>6.52502951</v>
+        <v>6.21216016</v>
       </c>
       <c r="R8">
-        <v>-0.05801027</v>
+        <v>1.70122302</v>
       </c>
       <c r="S8">
-        <v>1.07155906</v>
+        <v>1.14611628</v>
       </c>
       <c r="T8">
-        <v>7647251.83</v>
+        <v>7912943.68</v>
       </c>
       <c r="U8">
-        <v>-0.09337258</v>
+        <v>-0.39993781</v>
       </c>
       <c r="V8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
       <c r="W8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
       <c r="X8">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
       <c r="AA8">
-        <v>7647251.83</v>
+        <v>7912943.68</v>
       </c>
       <c r="AB8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
       <c r="AC8">
-        <v>12.91</v>
+        <v>13.18</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
       <c r="F9">
-        <v>-0.16528926</v>
+        <v>-0.08136697</v>
       </c>
       <c r="G9" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="K9">
-        <v>-0.24772915</v>
+        <v>0.73831009</v>
       </c>
       <c r="L9">
-        <v>0.24896266</v>
+        <v>1.23660346</v>
       </c>
       <c r="M9">
-        <v>3.69098712</v>
+        <v>3.54131535</v>
       </c>
       <c r="N9">
-        <v>4.58874459</v>
+        <v>0.73831009</v>
       </c>
       <c r="O9">
-        <v>3.86930353</v>
+        <v>5.77088717</v>
       </c>
       <c r="P9">
-        <v>4.69903284</v>
+        <v>5.03924736</v>
       </c>
       <c r="Q9">
-        <v>4.28914545</v>
+        <v>4.14928055</v>
       </c>
       <c r="R9">
-        <v>-1.4176657</v>
+        <v>-0.08126784</v>
       </c>
       <c r="S9">
-        <v>-1.18206326</v>
+        <v>-0.85699724</v>
       </c>
       <c r="T9">
-        <v>893280.9</v>
+        <v>880564.99</v>
       </c>
       <c r="U9">
-        <v>-0.10494294</v>
+        <v>-0.07349418</v>
       </c>
       <c r="V9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
       <c r="W9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
       <c r="X9">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
       <c r="AA9">
-        <v>893280.9</v>
+        <v>880564.99</v>
       </c>
       <c r="AB9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
       <c r="AC9">
-        <v>12.08</v>
+        <v>12.28</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
       <c r="F10">
-        <v>0.91683039</v>
+        <v>-0.31908105</v>
       </c>
       <c r="G10" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H10" t="s">
         <v>33</v>
       </c>
       <c r="K10">
-        <v>0.52185258</v>
+        <v>-2.375</v>
       </c>
       <c r="L10">
-        <v>-1.28122998</v>
+        <v>-0.19169329</v>
       </c>
       <c r="M10">
-        <v>10.30780243</v>
+        <v>6.18626785</v>
       </c>
       <c r="N10">
-        <v>9.21332388</v>
+        <v>-1.2642225</v>
       </c>
       <c r="O10">
-        <v>8.674189</v>
+        <v>8.77437326</v>
       </c>
       <c r="P10">
-        <v>16.26497263</v>
+        <v>12.6448882</v>
       </c>
       <c r="Q10">
-        <v>17.91206947</v>
+        <v>15.98869193</v>
       </c>
       <c r="R10">
-        <v>5.90504217</v>
+        <v>8.23922945</v>
+      </c>
+      <c r="S10">
+        <v>8.72704453</v>
       </c>
       <c r="T10">
-        <v>25781281.25</v>
+        <v>26620439.39</v>
       </c>
       <c r="U10">
-        <v>1.05824962</v>
+        <v>-0.41486676</v>
       </c>
       <c r="V10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
       <c r="W10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
       <c r="X10">
-        <v>13.80888844</v>
+        <v>12.14245415</v>
       </c>
       <c r="Y10" t="s">
         <v>34</v>
       </c>
       <c r="Z10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
       <c r="AA10">
-        <v>25781281.25</v>
+        <v>26620439.39</v>
       </c>
       <c r="AB10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
       <c r="AC10">
-        <v>15.41</v>
+        <v>15.62</v>
       </c>
     </row>
     <row r="11" spans="1:29">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11">
-        <v>17.17</v>
+        <v>17.45</v>
       </c>
       <c r="F11">
-        <v>0.94062316</v>
+        <v>-0.34266134</v>
       </c>
       <c r="G11" s="2">
-        <v>46009.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H11" t="s">
         <v>33</v>
       </c>
       <c r="K11">
-        <v>0.70381232</v>
+        <v>-2.24089636</v>
       </c>
       <c r="L11">
-        <v>-0.80878105</v>
+        <v>0.34502588</v>
       </c>
       <c r="M11">
-        <v>11.78385417</v>
+        <v>7.31857319</v>
       </c>
       <c r="N11">
-        <v>11.78385417</v>
+        <v>-1.13314448</v>
       </c>
       <c r="O11">
-        <v>11.27673364</v>
+        <v>11.57289003</v>
       </c>
       <c r="P11">
-        <v>18.58433312</v>
+        <v>14.97694103</v>
       </c>
       <c r="Q11">
-        <v>20.5129625</v>
+        <v>18.37497415</v>
       </c>
       <c r="R11">
-        <v>8.69668416</v>
+        <v>11.13282435</v>
+      </c>
+      <c r="S11">
+        <v>11.29327106</v>
       </c>
       <c r="T11">
-        <v>25781281.25</v>
+        <v>26620439.39</v>
       </c>
       <c r="U11">
-        <v>1.05824962</v>
+        <v>-0.41486676</v>
       </c>
       <c r="V11">
-        <v>17.17</v>
+        <v>17.45</v>
       </c>
       <c r="W11">
-        <v>17.17</v>
+        <v>17.45</v>
       </c>
       <c r="X11">
-        <v>13.92467785</v>
+        <v>12.27277374</v>
       </c>
       <c r="Y11" t="s">
         <v>34</v>
       </c>
       <c r="Z11">
-        <v>14.64767103</v>
+        <v>14.76311339</v>
       </c>
       <c r="AA11">
-        <v>21993926.987398</v>
+        <v>22521522.362149</v>
       </c>
       <c r="AB11">
-        <v>14.64767103</v>
+        <v>14.76311339</v>
       </c>
       <c r="AC11">
-        <v>14.64767103</v>
+        <v>14.76311339</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">