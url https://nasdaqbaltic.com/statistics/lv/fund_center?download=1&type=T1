--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -606,277 +606,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
       <c r="F2">
-        <v>-0.08944544</v>
+        <v>-1.45543745</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.64045543</v>
+        <v>1.92828146</v>
       </c>
       <c r="L2">
-        <v>1.86029546</v>
+        <v>7.78036129</v>
       </c>
       <c r="M2">
-        <v>-2.03473075</v>
+        <v>7.16699271</v>
       </c>
       <c r="N2">
-        <v>4.06185951</v>
+        <v>4.72714633</v>
       </c>
       <c r="O2">
-        <v>2.28937729</v>
+        <v>6.14761318</v>
       </c>
       <c r="P2">
-        <v>6.6090351</v>
+        <v>7.60833699</v>
       </c>
       <c r="Q2">
-        <v>8.37244031</v>
+        <v>10.05206773</v>
       </c>
       <c r="R2">
-        <v>-2.71482154</v>
+        <v>3.22254279</v>
       </c>
       <c r="S2">
-        <v>2.83688187</v>
+        <v>2.37385892</v>
       </c>
       <c r="T2">
-        <v>13966926.71</v>
+        <v>16092837.69</v>
       </c>
       <c r="U2">
-        <v>-0.21740475</v>
+        <v>-1.4733635</v>
       </c>
       <c r="V2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
       <c r="W2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
       <c r="X2">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
       <c r="AA2">
-        <v>13966926.71</v>
+        <v>16092837.69</v>
       </c>
       <c r="AB2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
       <c r="AC2">
-        <v>55.85</v>
+        <v>60.26</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
       <c r="F3">
-        <v>0.19181586</v>
+        <v>-0.31908105</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.31806616</v>
+        <v>-2.375</v>
       </c>
       <c r="L3">
-        <v>6.16531165</v>
+        <v>-0.19169329</v>
       </c>
       <c r="M3">
-        <v>12.41032999</v>
+        <v>6.18626785</v>
       </c>
       <c r="N3">
-        <v>11.05598866</v>
+        <v>-1.2642225</v>
       </c>
       <c r="O3">
-        <v>9.81079187</v>
+        <v>8.77437326</v>
       </c>
       <c r="P3">
-        <v>19.68117304</v>
+        <v>12.6448882</v>
       </c>
       <c r="Q3">
-        <v>16.77717531</v>
+        <v>15.98869193</v>
       </c>
       <c r="R3">
-        <v>6.83187292</v>
+        <v>8.23922945</v>
+      </c>
+      <c r="S3">
+        <v>8.72704453</v>
       </c>
       <c r="T3">
-        <v>25811051.4</v>
+        <v>26620439.39</v>
       </c>
       <c r="U3">
-        <v>0.36061904</v>
+        <v>-0.41486676</v>
       </c>
       <c r="V3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
       <c r="W3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
       <c r="X3">
-        <v>13.80888844</v>
+        <v>12.14245415</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
       <c r="AA3">
-        <v>25811051.4</v>
+        <v>26620439.39</v>
       </c>
       <c r="AB3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
       <c r="AC3">
-        <v>15.67</v>
+        <v>15.62</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4">
-        <v>17.44</v>
+        <v>17.45</v>
       </c>
       <c r="F4">
-        <v>0.17231476</v>
+        <v>-0.34266134</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.11454754</v>
+        <v>-2.24089636</v>
       </c>
       <c r="L4">
-        <v>6.73194614</v>
+        <v>0.34502588</v>
       </c>
       <c r="M4">
-        <v>13.91247551</v>
+        <v>7.31857319</v>
       </c>
       <c r="N4">
-        <v>13.54166667</v>
+        <v>-1.13314448</v>
       </c>
       <c r="O4">
-        <v>12.44358478</v>
+        <v>11.57289003</v>
       </c>
       <c r="P4">
-        <v>22.09006064</v>
+        <v>14.97694103</v>
       </c>
       <c r="Q4">
-        <v>19.26631162</v>
+        <v>18.37497415</v>
       </c>
       <c r="R4">
-        <v>9.63767131</v>
+        <v>11.13282435</v>
+      </c>
+      <c r="S4">
+        <v>11.29327106</v>
       </c>
       <c r="T4">
-        <v>25811051.4</v>
+        <v>26620439.39</v>
       </c>
       <c r="U4">
-        <v>0.36061904</v>
+        <v>-0.41486676</v>
       </c>
       <c r="V4">
-        <v>17.44</v>
+        <v>17.45</v>
       </c>
       <c r="W4">
-        <v>17.44</v>
+        <v>17.45</v>
       </c>
       <c r="X4">
-        <v>13.92467785</v>
+        <v>12.27277374</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>15.01635954</v>
+        <v>14.76311339</v>
       </c>
       <c r="AA4">
-        <v>22224084.166621</v>
+        <v>22521522.362149</v>
       </c>
       <c r="AB4">
-        <v>15.01635954</v>
+        <v>14.76311339</v>
       </c>
       <c r="AC4">
-        <v>15.01635954</v>
+        <v>14.76311339</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">