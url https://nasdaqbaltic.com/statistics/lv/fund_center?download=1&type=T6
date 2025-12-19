--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -606,283 +606,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>13.19</v>
+        <v>13.13</v>
       </c>
       <c r="F2">
-        <v>0.15186029</v>
+        <v>-0.30372058</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.45283019</v>
+        <v>-0.15209125</v>
       </c>
       <c r="L2">
-        <v>3.77655389</v>
+        <v>0.92236741</v>
       </c>
       <c r="M2">
-        <v>6.71521036</v>
+        <v>5.6315366</v>
       </c>
       <c r="N2">
-        <v>8.02620803</v>
+        <v>7.53480753</v>
       </c>
       <c r="O2">
-        <v>6.71521036</v>
+        <v>6.31578947</v>
       </c>
       <c r="P2">
-        <v>9.75273163</v>
+        <v>7.88916035</v>
       </c>
       <c r="Q2">
-        <v>8.24399655</v>
+        <v>8.25337839</v>
       </c>
       <c r="R2">
-        <v>2.20087726</v>
+        <v>1.95818881</v>
       </c>
       <c r="S2">
-        <v>2.79806819</v>
+        <v>2.49118189</v>
       </c>
       <c r="T2">
-        <v>973298.3</v>
+        <v>971332.84</v>
       </c>
       <c r="U2">
-        <v>0.14823158</v>
+        <v>-0.27509099</v>
       </c>
       <c r="V2">
-        <v>13.19</v>
+        <v>13.13</v>
       </c>
       <c r="W2">
-        <v>13.19</v>
+        <v>13.13</v>
       </c>
       <c r="X2">
         <v>6.22401428</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>11.35698293</v>
+        <v>11.14979616</v>
       </c>
       <c r="AA2">
-        <v>838038.83085636</v>
+        <v>824841.06404218</v>
       </c>
       <c r="AB2">
-        <v>11.35698293</v>
+        <v>11.14979616</v>
       </c>
       <c r="AC2">
-        <v>11.35698293</v>
+        <v>11.14979616</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
       <c r="F3">
-        <v>0.15360983</v>
+        <v>-0.38550501</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.68545316</v>
+        <v>-0.61538462</v>
       </c>
       <c r="L3">
-        <v>3.40999207</v>
+        <v>0.54474708</v>
       </c>
       <c r="M3">
-        <v>6.01626016</v>
+        <v>4.70016207</v>
       </c>
       <c r="N3">
-        <v>5.84415584</v>
+        <v>4.87012987</v>
       </c>
       <c r="O3">
-        <v>4.48717949</v>
+        <v>3.7751004</v>
       </c>
       <c r="P3">
-        <v>8.4848057</v>
+        <v>6.45812948</v>
       </c>
       <c r="Q3">
-        <v>6.51694833</v>
+        <v>6.55252694</v>
       </c>
       <c r="R3">
-        <v>0.27022057</v>
+        <v>-0.03866229</v>
       </c>
       <c r="S3">
-        <v>1.54116257</v>
+        <v>1.15341202</v>
       </c>
       <c r="T3">
-        <v>7724093.83</v>
+        <v>7654398.94</v>
       </c>
       <c r="U3">
-        <v>0.24784681</v>
+        <v>-0.32308444</v>
       </c>
       <c r="V3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
       <c r="W3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
       <c r="X3">
         <v>6.18586159</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
       <c r="AA3">
-        <v>7724093.83</v>
+        <v>7654398.94</v>
       </c>
       <c r="AB3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
       <c r="AC3">
-        <v>13.04</v>
+        <v>12.92</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
       <c r="F4">
-        <v>0.08244023</v>
+        <v>-0.08257638</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46008.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.16447368</v>
+        <v>-0.08257638</v>
       </c>
       <c r="L4">
-        <v>2.3608769</v>
+        <v>0.41493776</v>
       </c>
       <c r="M4">
-        <v>4.65517241</v>
+        <v>3.86266094</v>
       </c>
       <c r="N4">
-        <v>5.10822511</v>
+        <v>4.76190476</v>
       </c>
       <c r="O4">
-        <v>3.76068376</v>
+        <v>3.86266094</v>
       </c>
       <c r="P4">
-        <v>6.56644809</v>
+        <v>4.83324417</v>
       </c>
       <c r="Q4">
-        <v>4.42884965</v>
+        <v>4.34666843</v>
       </c>
       <c r="R4">
-        <v>-1.33403014</v>
+        <v>-1.37688707</v>
       </c>
       <c r="S4">
-        <v>-0.88225501</v>
+        <v>-1.08756273</v>
       </c>
       <c r="T4">
-        <v>885005.3</v>
+        <v>894219.32</v>
       </c>
       <c r="U4">
-        <v>0.14895399</v>
+        <v>-0.13973546</v>
       </c>
       <c r="V4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
       <c r="W4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
       <c r="X4">
         <v>5.12119246</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
       <c r="AA4">
-        <v>885005.3</v>
+        <v>894219.32</v>
       </c>
       <c r="AB4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
       <c r="AC4">
-        <v>12.14</v>
+        <v>12.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">