--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -606,283 +606,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>13.13</v>
+        <v>13.4</v>
       </c>
       <c r="F2">
-        <v>-0.30372058</v>
+        <v>-0.22338049</v>
       </c>
       <c r="G2" s="2">
-        <v>46008.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.15209125</v>
+        <v>0.90361446</v>
       </c>
       <c r="L2">
-        <v>0.92236741</v>
+        <v>1.74639332</v>
       </c>
       <c r="M2">
-        <v>5.6315366</v>
+        <v>5.67823344</v>
       </c>
       <c r="N2">
-        <v>7.53480753</v>
+        <v>0.82768999</v>
       </c>
       <c r="O2">
-        <v>6.31578947</v>
+        <v>8.50202429</v>
       </c>
       <c r="P2">
-        <v>7.88916035</v>
+        <v>7.75799319</v>
       </c>
       <c r="Q2">
-        <v>8.25337839</v>
+        <v>7.62143488</v>
       </c>
       <c r="R2">
-        <v>1.95818881</v>
+        <v>3.47193524</v>
       </c>
       <c r="S2">
-        <v>2.49118189</v>
+        <v>2.68034999</v>
       </c>
       <c r="T2">
-        <v>971332.84</v>
+        <v>905868.6</v>
       </c>
       <c r="U2">
-        <v>-0.27509099</v>
+        <v>-0.2394029</v>
       </c>
       <c r="V2">
-        <v>13.13</v>
+        <v>13.4</v>
       </c>
       <c r="W2">
-        <v>13.13</v>
+        <v>13.4</v>
       </c>
       <c r="X2">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>11.14979616</v>
+        <v>11.33671745</v>
       </c>
       <c r="AA2">
-        <v>824841.06404218</v>
+        <v>766386.29562713</v>
       </c>
       <c r="AB2">
-        <v>11.14979616</v>
+        <v>11.33671745</v>
       </c>
       <c r="AC2">
-        <v>11.14979616</v>
+        <v>11.33671745</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
       <c r="F3">
-        <v>-0.38550501</v>
+        <v>-0.37792895</v>
       </c>
       <c r="G3" s="2">
-        <v>46008.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.61538462</v>
+        <v>0.84162204</v>
       </c>
       <c r="L3">
-        <v>0.54474708</v>
+        <v>0.76452599</v>
       </c>
       <c r="M3">
-        <v>4.70016207</v>
+        <v>4.52022205</v>
       </c>
       <c r="N3">
-        <v>4.87012987</v>
+        <v>0.84162204</v>
       </c>
       <c r="O3">
-        <v>3.7751004</v>
+        <v>5.6936648</v>
       </c>
       <c r="P3">
-        <v>6.45812948</v>
+        <v>6.36401986</v>
       </c>
       <c r="Q3">
-        <v>6.55252694</v>
+        <v>6.21216016</v>
       </c>
       <c r="R3">
-        <v>-0.03866229</v>
+        <v>1.70122302</v>
       </c>
       <c r="S3">
-        <v>1.15341202</v>
+        <v>1.14611628</v>
       </c>
       <c r="T3">
-        <v>7654398.94</v>
+        <v>7912943.68</v>
       </c>
       <c r="U3">
-        <v>-0.32308444</v>
+        <v>-0.39993781</v>
       </c>
       <c r="V3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
       <c r="W3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
       <c r="X3">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
       <c r="AA3">
-        <v>7654398.94</v>
+        <v>7912943.68</v>
       </c>
       <c r="AB3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
       <c r="AC3">
-        <v>12.92</v>
+        <v>13.18</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
       <c r="F4">
-        <v>-0.08257638</v>
+        <v>-0.08136697</v>
       </c>
       <c r="G4" s="2">
-        <v>46008.0</v>
+        <v>46058.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.08257638</v>
+        <v>0.73831009</v>
       </c>
       <c r="L4">
-        <v>0.41493776</v>
+        <v>1.23660346</v>
       </c>
       <c r="M4">
-        <v>3.86266094</v>
+        <v>3.54131535</v>
       </c>
       <c r="N4">
-        <v>4.76190476</v>
+        <v>0.73831009</v>
       </c>
       <c r="O4">
-        <v>3.86266094</v>
+        <v>5.77088717</v>
       </c>
       <c r="P4">
-        <v>4.83324417</v>
+        <v>5.03924736</v>
       </c>
       <c r="Q4">
-        <v>4.34666843</v>
+        <v>4.14928055</v>
       </c>
       <c r="R4">
-        <v>-1.37688707</v>
+        <v>-0.08126784</v>
       </c>
       <c r="S4">
-        <v>-1.08756273</v>
+        <v>-0.85699724</v>
       </c>
       <c r="T4">
-        <v>894219.32</v>
+        <v>880564.99</v>
       </c>
       <c r="U4">
-        <v>-0.13973546</v>
+        <v>-0.07349418</v>
       </c>
       <c r="V4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
       <c r="W4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
       <c r="X4">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
       <c r="AA4">
-        <v>894219.32</v>
+        <v>880564.99</v>
       </c>
       <c r="AB4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
       <c r="AC4">
-        <v>12.1</v>
+        <v>12.28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">