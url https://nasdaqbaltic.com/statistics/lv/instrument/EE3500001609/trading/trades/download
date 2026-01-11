--- v0 (2025-12-22)
+++ v1 (2026-01-11)
@@ -12,62 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t>Skaits</t>
   </si>
   <si>
     <t>Tirdzniecības veidi</t>
+  </si>
+  <si>
+    <t>15:31:15</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>13:30:37</t>
+  </si>
+  <si>
+    <t>13:11:08</t>
+  </si>
+  <si>
+    <t>13:04:59</t>
+  </si>
+  <si>
+    <t>13:00:05</t>
+  </si>
+  <si>
+    <t>12:47:50</t>
+  </si>
+  <si>
+    <t>12:40:18</t>
+  </si>
+  <si>
+    <t>12:34:02</t>
+  </si>
+  <si>
+    <t>12:27:59</t>
+  </si>
+  <si>
+    <t>12:27:08</t>
+  </si>
+  <si>
+    <t>12:26:23</t>
+  </si>
+  <si>
+    <t>12:21:22</t>
+  </si>
+  <si>
+    <t>12:09:12</t>
+  </si>
+  <si>
+    <t>11:33:21</t>
+  </si>
+  <si>
+    <t>11:25:55</t>
+  </si>
+  <si>
+    <t>10:50:28</t>
+  </si>
+  <si>
+    <t>10:33:39</t>
+  </si>
+  <si>
+    <t>10:23:26</t>
+  </si>
+  <si>
+    <t>10:05:05</t>
+  </si>
+  <si>
+    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,70 +445,434 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2">
+        <v>8.57</v>
+      </c>
+      <c r="C2">
+        <v>5.0</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>8.5621</v>
+      </c>
+      <c r="C3">
+        <v>60.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4">
+        <v>8.6</v>
+      </c>
+      <c r="C4">
+        <v>280.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5">
+        <v>8.6</v>
+      </c>
+      <c r="C5">
+        <v>50.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6">
+        <v>8.58</v>
+      </c>
+      <c r="C6">
+        <v>20.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7">
+        <v>8.58</v>
+      </c>
+      <c r="C7">
+        <v>20.0</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8">
+        <v>8.6</v>
+      </c>
+      <c r="C8">
+        <v>12.0</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9">
+        <v>8.6</v>
+      </c>
+      <c r="C9">
+        <v>1.0</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10">
+        <v>8.6</v>
+      </c>
+      <c r="C10">
+        <v>10.0</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11">
+        <v>8.6</v>
+      </c>
+      <c r="C11">
+        <v>15.0</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12">
+        <v>8.6</v>
+      </c>
+      <c r="C12">
+        <v>9.0</v>
+      </c>
+      <c r="D12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13">
+        <v>8.6</v>
+      </c>
+      <c r="C13">
+        <v>9.0</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14">
+        <v>8.6</v>
+      </c>
+      <c r="C14">
+        <v>2.0</v>
+      </c>
+      <c r="D14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15">
+        <v>8.6</v>
+      </c>
+      <c r="C15">
+        <v>9.0</v>
+      </c>
+      <c r="D15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16">
+        <v>8.6</v>
+      </c>
+      <c r="C16">
+        <v>6.0</v>
+      </c>
+      <c r="D16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17">
+        <v>8.6</v>
+      </c>
+      <c r="C17">
+        <v>5.0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18">
+        <v>8.65</v>
+      </c>
+      <c r="C18">
+        <v>8.0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19">
+        <v>8.65</v>
+      </c>
+      <c r="C19">
+        <v>5.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20">
+        <v>8.7</v>
+      </c>
+      <c r="C20">
+        <v>9.0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21">
+        <v>8.7</v>
+      </c>
+      <c r="C21">
+        <v>10.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22">
+        <v>8.7</v>
+      </c>
+      <c r="C22">
+        <v>14.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23">
+        <v>8.7</v>
+      </c>
+      <c r="C23">
+        <v>4.0</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24">
+        <v>8.7</v>
+      </c>
+      <c r="C24">
+        <v>7.0</v>
+      </c>
+      <c r="D24" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25">
+        <v>8.7</v>
+      </c>
+      <c r="C25">
+        <v>1.0</v>
+      </c>
+      <c r="D25" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26">
+        <v>8.7</v>
+      </c>
+      <c r="C26">
+        <v>2.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27">
+        <v>8.7</v>
+      </c>
+      <c r="C27">
+        <v>18.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">