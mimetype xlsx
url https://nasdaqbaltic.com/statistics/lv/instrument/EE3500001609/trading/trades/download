--- v1 (2026-01-11)
+++ v2 (2026-02-03)
@@ -12,122 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t>Skaits</t>
   </si>
   <si>
     <t>Tirdzniecības veidi</t>
   </si>
   <si>
-    <t>15:31:15</t>
+    <t>15:17:29</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>13:30:37</t>
-[...50 lines deleted...]
-    <t>10:05:05</t>
+    <t>15:16:54</t>
+  </si>
+  <si>
+    <t>14:34:06</t>
+  </si>
+  <si>
+    <t>13:55:53</t>
+  </si>
+  <si>
+    <t>13:52:34</t>
+  </si>
+  <si>
+    <t>13:46:45</t>
+  </si>
+  <si>
+    <t>13:36:25</t>
+  </si>
+  <si>
+    <t>13:30:57</t>
+  </si>
+  <si>
+    <t>13:25:34</t>
+  </si>
+  <si>
+    <t>13:18:23</t>
+  </si>
+  <si>
+    <t>13:05:41</t>
+  </si>
+  <si>
+    <t>12:15:34</t>
+  </si>
+  <si>
+    <t>12:12:36</t>
+  </si>
+  <si>
+    <t>12:12:27</t>
+  </si>
+  <si>
+    <t>11:50:41</t>
+  </si>
+  <si>
+    <t>11:27:41</t>
+  </si>
+  <si>
+    <t>11:26:43</t>
+  </si>
+  <si>
+    <t>11:26:16</t>
+  </si>
+  <si>
+    <t>11:18:05</t>
+  </si>
+  <si>
+    <t>10:49:59</t>
+  </si>
+  <si>
+    <t>10:39:56</t>
   </si>
   <si>
     <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -445,433 +451,615 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>8.57</v>
+        <v>9.879</v>
       </c>
       <c r="C2">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>8.5621</v>
+        <v>9.879</v>
       </c>
       <c r="C3">
-        <v>60.0</v>
+        <v>4.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>8.6</v>
+        <v>9.8211</v>
       </c>
       <c r="C4">
-        <v>280.0</v>
+        <v>15.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>8.6</v>
+        <v>9.88</v>
       </c>
       <c r="C5">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>8.58</v>
+        <v>9.88</v>
       </c>
       <c r="C6">
-        <v>20.0</v>
+        <v>50.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7">
-        <v>8.58</v>
+        <v>9.88</v>
       </c>
       <c r="C7">
-        <v>20.0</v>
+        <v>146.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8">
-        <v>8.6</v>
+        <v>9.878</v>
       </c>
       <c r="C8">
-        <v>12.0</v>
+        <v>75.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9">
-        <v>8.6</v>
+        <v>9.8777</v>
       </c>
       <c r="C9">
-        <v>1.0</v>
+        <v>51.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B10">
-        <v>8.6</v>
+        <v>9.8699</v>
       </c>
       <c r="C10">
-        <v>10.0</v>
+        <v>224.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>8.6</v>
+        <v>9.8697</v>
       </c>
       <c r="C11">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>8.6</v>
+        <v>9.8697</v>
       </c>
       <c r="C12">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>8.6</v>
+        <v>9.8699</v>
       </c>
       <c r="C13">
-        <v>9.0</v>
+        <v>51.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>8.6</v>
+        <v>9.8688</v>
       </c>
       <c r="C14">
-        <v>2.0</v>
+        <v>47.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B15">
-        <v>8.6</v>
+        <v>9.85</v>
       </c>
       <c r="C15">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B16">
-        <v>8.6</v>
+        <v>9.85</v>
       </c>
       <c r="C16">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B17">
-        <v>8.6</v>
+        <v>9.82</v>
       </c>
       <c r="C17">
-        <v>5.0</v>
+        <v>165.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B18">
-        <v>8.65</v>
+        <v>9.8202</v>
       </c>
       <c r="C18">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B19">
-        <v>8.65</v>
+        <v>9.821</v>
       </c>
       <c r="C19">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B20">
-        <v>8.7</v>
+        <v>9.83</v>
       </c>
       <c r="C20">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B21">
-        <v>8.7</v>
+        <v>9.83</v>
       </c>
       <c r="C21">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B22">
-        <v>8.7</v>
+        <v>9.84</v>
       </c>
       <c r="C22">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>8.7</v>
+        <v>9.85</v>
       </c>
       <c r="C23">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B24">
-        <v>8.7</v>
+        <v>9.8202</v>
       </c>
       <c r="C24">
-        <v>7.0</v>
+        <v>47.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B25">
-        <v>8.7</v>
+        <v>9.83</v>
       </c>
       <c r="C25">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B26">
-        <v>8.7</v>
+        <v>9.83</v>
       </c>
       <c r="C26">
-        <v>2.0</v>
+        <v>27.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27">
+        <v>9.84</v>
+      </c>
+      <c r="C27">
+        <v>2.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28">
+        <v>9.84</v>
+      </c>
+      <c r="C28">
+        <v>11.0</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29">
+        <v>9.84</v>
+      </c>
+      <c r="C29">
+        <v>4.0</v>
+      </c>
+      <c r="D29" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30">
+        <v>9.85</v>
+      </c>
+      <c r="C30">
+        <v>94.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31">
+        <v>9.85</v>
+      </c>
+      <c r="C31">
+        <v>6.0</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32">
+        <v>9.8779</v>
+      </c>
+      <c r="C32">
+        <v>20.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>20</v>
+      </c>
+      <c r="B33">
+        <v>9.88</v>
+      </c>
+      <c r="C33">
+        <v>2.0</v>
+      </c>
+      <c r="D33" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>21</v>
+      </c>
+      <c r="B34">
+        <v>9.88</v>
+      </c>
+      <c r="C34">
+        <v>37.0</v>
+      </c>
+      <c r="D34" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>22</v>
+      </c>
+      <c r="B35">
+        <v>9.85</v>
+      </c>
+      <c r="C35">
+        <v>100.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36">
+        <v>9.88</v>
+      </c>
+      <c r="C36">
+        <v>20.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
         <v>24</v>
       </c>
-      <c r="B27">
-[...5 lines deleted...]
-      <c r="D27" t="s">
+      <c r="B37">
+        <v>9.85</v>
+      </c>
+      <c r="C37">
+        <v>105.0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>25</v>
+      </c>
+      <c r="B38">
+        <v>9.8888</v>
+      </c>
+      <c r="C38">
+        <v>50.0</v>
+      </c>
+      <c r="D38" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>26</v>
+      </c>
+      <c r="B39">
+        <v>9.897</v>
+      </c>
+      <c r="C39">
+        <v>90.0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>26</v>
+      </c>
+      <c r="B40">
+        <v>9.897</v>
+      </c>
+      <c r="C40">
+        <v>10.0</v>
+      </c>
+      <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>