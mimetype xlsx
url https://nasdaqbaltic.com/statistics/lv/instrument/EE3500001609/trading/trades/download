--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -12,131 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t>Skaits</t>
   </si>
   <si>
     <t>Tirdzniecības veidi</t>
   </si>
   <si>
-    <t>15:17:29</t>
+    <t>15:22:01</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:16:54</t>
-[...59 lines deleted...]
-    <t>10:00:00</t>
+    <t>15:08:10</t>
+  </si>
+  <si>
+    <t>14:18:22</t>
+  </si>
+  <si>
+    <t>11:45:19</t>
+  </si>
+  <si>
+    <t>11:10:53</t>
+  </si>
+  <si>
+    <t>11:10:22</t>
+  </si>
+  <si>
+    <t>11:09:23</t>
+  </si>
+  <si>
+    <t>11:05:06</t>
+  </si>
+  <si>
+    <t>10:48:05</t>
+  </si>
+  <si>
+    <t>10:36:03</t>
+  </si>
+  <si>
+    <t>10:28:08</t>
+  </si>
+  <si>
+    <t>10:22:34</t>
+  </si>
+  <si>
+    <t>10:20:39</t>
+  </si>
+  <si>
+    <t>10:05:10</t>
+  </si>
+  <si>
+    <t>10:00:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -478,586 +457,586 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>9.879</v>
+        <v>9.8</v>
       </c>
       <c r="C2">
-        <v>4.0</v>
+        <v>34.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>9.879</v>
+        <v>9.8</v>
       </c>
       <c r="C3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>9.8211</v>
+        <v>9.8</v>
       </c>
       <c r="C4">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>9.88</v>
+        <v>9.75</v>
       </c>
       <c r="C5">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>9.88</v>
+        <v>9.7</v>
       </c>
       <c r="C6">
-        <v>50.0</v>
+        <v>33.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>9.88</v>
+        <v>9.7</v>
       </c>
       <c r="C7">
-        <v>146.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8">
-        <v>9.878</v>
+        <v>9.7</v>
       </c>
       <c r="C8">
-        <v>75.0</v>
+        <v>14.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B9">
-        <v>9.8777</v>
+        <v>9.7</v>
       </c>
       <c r="C9">
-        <v>51.0</v>
+        <v>950.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B10">
-        <v>9.8699</v>
+        <v>9.7</v>
       </c>
       <c r="C10">
-        <v>224.0</v>
+        <v>3.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B11">
-        <v>9.8697</v>
+        <v>9.7</v>
       </c>
       <c r="C11">
-        <v>10.0</v>
+        <v>400.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B12">
-        <v>9.8697</v>
+        <v>9.71</v>
       </c>
       <c r="C12">
-        <v>20.0</v>
+        <v>103.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>9.8699</v>
+        <v>9.71</v>
       </c>
       <c r="C13">
-        <v>51.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>9.8688</v>
+        <v>9.71</v>
       </c>
       <c r="C14">
-        <v>47.0</v>
+        <v>7.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15">
-        <v>9.85</v>
+        <v>9.71</v>
       </c>
       <c r="C15">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16">
-        <v>9.85</v>
+        <v>9.71</v>
       </c>
       <c r="C16">
-        <v>3.0</v>
+        <v>34.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B17">
-        <v>9.82</v>
+        <v>9.7101</v>
       </c>
       <c r="C17">
-        <v>165.0</v>
+        <v>3.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B18">
-        <v>9.8202</v>
+        <v>9.711</v>
       </c>
       <c r="C18">
-        <v>30.0</v>
+        <v>50.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B19">
-        <v>9.821</v>
+        <v>9.716</v>
       </c>
       <c r="C19">
         <v>3.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B20">
-        <v>9.83</v>
+        <v>9.721</v>
       </c>
       <c r="C20">
-        <v>11.0</v>
+        <v>45.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B21">
-        <v>9.83</v>
+        <v>9.73</v>
       </c>
       <c r="C21">
-        <v>1.0</v>
+        <v>48.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B22">
-        <v>9.84</v>
+        <v>9.8</v>
       </c>
       <c r="C22">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B23">
-        <v>9.85</v>
+        <v>9.8</v>
       </c>
       <c r="C23">
-        <v>1.0</v>
+        <v>28.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B24">
-        <v>9.8202</v>
+        <v>9.8</v>
       </c>
       <c r="C24">
-        <v>47.0</v>
+        <v>3.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B25">
-        <v>9.83</v>
+        <v>9.8</v>
       </c>
       <c r="C25">
-        <v>10.0</v>
+        <v>252.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B26">
-        <v>9.83</v>
+        <v>9.838</v>
       </c>
       <c r="C26">
-        <v>27.0</v>
+        <v>70.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B27">
-        <v>9.84</v>
+        <v>9.838</v>
       </c>
       <c r="C27">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28">
-        <v>9.84</v>
+        <v>9.838</v>
       </c>
       <c r="C28">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29">
-        <v>9.84</v>
+        <v>9.838</v>
       </c>
       <c r="C29">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>17</v>
       </c>
       <c r="B30">
-        <v>9.85</v>
+        <v>9.838</v>
       </c>
       <c r="C30">
-        <v>94.0</v>
+        <v>11.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B31">
-        <v>9.85</v>
+        <v>9.838</v>
       </c>
       <c r="C31">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B32">
-        <v>9.8779</v>
+        <v>9.838</v>
       </c>
       <c r="C32">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B33">
-        <v>9.88</v>
+        <v>9.838</v>
       </c>
       <c r="C33">
         <v>2.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B34">
-        <v>9.88</v>
+        <v>9.8</v>
       </c>
       <c r="C34">
-        <v>37.0</v>
+        <v>157.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B35">
-        <v>9.85</v>
+        <v>9.8</v>
       </c>
       <c r="C35">
-        <v>100.0</v>
+        <v>22.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B36">
-        <v>9.88</v>
+        <v>9.8</v>
       </c>
       <c r="C36">
-        <v>20.0</v>
+        <v>313.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B37">
-        <v>9.85</v>
+        <v>9.8</v>
       </c>
       <c r="C37">
-        <v>105.0</v>
+        <v>30.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B38">
-        <v>9.8888</v>
+        <v>9.8</v>
       </c>
       <c r="C38">
-        <v>50.0</v>
+        <v>7.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B39">
-        <v>9.897</v>
+        <v>9.8</v>
       </c>
       <c r="C39">
-        <v>90.0</v>
+        <v>2.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B40">
-        <v>9.897</v>
+        <v>9.8</v>
       </c>
       <c r="C40">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>