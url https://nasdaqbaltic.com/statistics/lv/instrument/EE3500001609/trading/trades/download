--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -12,110 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Laiks</t>
   </si>
   <si>
     <t>Cena</t>
   </si>
   <si>
     <t>Skaits</t>
   </si>
   <si>
     <t>Tirdzniecības veidi</t>
   </si>
   <si>
-    <t>15:22:01</t>
+    <t>15:43:44</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:08:10</t>
-[...38 lines deleted...]
-    <t>10:00:01</t>
+    <t>14:18:46</t>
+  </si>
+  <si>
+    <t>14:16:13</t>
+  </si>
+  <si>
+    <t>14:04:37</t>
+  </si>
+  <si>
+    <t>13:56:43</t>
+  </si>
+  <si>
+    <t>13:43:01</t>
+  </si>
+  <si>
+    <t>13:04:54</t>
+  </si>
+  <si>
+    <t>12:47:38</t>
+  </si>
+  <si>
+    <t>12:24:13</t>
+  </si>
+  <si>
+    <t>11:43:59</t>
+  </si>
+  <si>
+    <t>11:19:52</t>
+  </si>
+  <si>
+    <t>11:17:14</t>
+  </si>
+  <si>
+    <t>10:03:26</t>
+  </si>
+  <si>
+    <t>10:00:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -430,615 +427,447 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>9.8</v>
+        <v>9.95</v>
       </c>
       <c r="C2">
-        <v>34.0</v>
+        <v>21.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>9.8</v>
+        <v>9.9007</v>
       </c>
       <c r="C3">
-        <v>16.0</v>
+        <v>38.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>9.8</v>
+        <v>9.9007</v>
       </c>
       <c r="C4">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B5">
-        <v>9.75</v>
+        <v>9.9009</v>
       </c>
       <c r="C5">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B6">
-        <v>9.7</v>
+        <v>9.9009</v>
       </c>
       <c r="C6">
-        <v>33.0</v>
+        <v>7.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7">
-        <v>9.7</v>
+        <v>10.0</v>
       </c>
       <c r="C7">
-        <v>1.0</v>
+        <v>56.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>9.7</v>
+        <v>9.99</v>
       </c>
       <c r="C8">
-        <v>14.0</v>
+        <v>44.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B9">
-        <v>9.7</v>
+        <v>9.9007</v>
       </c>
       <c r="C9">
-        <v>950.0</v>
+        <v>103.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>9.7</v>
+        <v>9.9007</v>
       </c>
       <c r="C10">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>9.7</v>
+        <v>9.99</v>
       </c>
       <c r="C11">
-        <v>400.0</v>
+        <v>3.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B12">
-        <v>9.71</v>
+        <v>9.99</v>
       </c>
       <c r="C12">
-        <v>103.0</v>
+        <v>3.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13">
-        <v>9.71</v>
+        <v>9.9902</v>
       </c>
       <c r="C13">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>9.71</v>
+        <v>9.9902</v>
       </c>
       <c r="C14">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15">
-        <v>9.71</v>
+        <v>10.1</v>
       </c>
       <c r="C15">
         <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>9.71</v>
+        <v>10.0</v>
       </c>
       <c r="C16">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B17">
-        <v>9.7101</v>
+        <v>10.0</v>
       </c>
       <c r="C17">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B18">
-        <v>9.711</v>
+        <v>10.0</v>
       </c>
       <c r="C18">
-        <v>50.0</v>
+        <v>2.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B19">
-        <v>9.716</v>
+        <v>10.0</v>
       </c>
       <c r="C19">
-        <v>3.0</v>
+        <v>300.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B20">
-        <v>9.721</v>
+        <v>10.0</v>
       </c>
       <c r="C20">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B21">
-        <v>9.73</v>
+        <v>10.0</v>
       </c>
       <c r="C21">
-        <v>48.0</v>
+        <v>71.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B22">
-        <v>9.8</v>
+        <v>10.0</v>
       </c>
       <c r="C22">
-        <v>5.0</v>
+        <v>468.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>9.8</v>
+        <v>10.0</v>
       </c>
       <c r="C23">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B24">
-        <v>9.8</v>
+        <v>10.0</v>
       </c>
       <c r="C24">
-        <v>3.0</v>
+        <v>35.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B25">
-        <v>9.8</v>
+        <v>9.99</v>
       </c>
       <c r="C25">
-        <v>252.0</v>
+        <v>486.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B26">
-        <v>9.838</v>
+        <v>9.99</v>
       </c>
       <c r="C26">
-        <v>70.0</v>
+        <v>3.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B27">
-        <v>9.838</v>
+        <v>9.99</v>
       </c>
       <c r="C27">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B28">
-        <v>9.838</v>
+        <v>9.99</v>
       </c>
       <c r="C28">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D28" t="s">
-        <v>5</v>
-[...166 lines deleted...]
-      <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>