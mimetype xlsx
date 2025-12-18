--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1254,561 +1254,987 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
+      <c r="G2">
+        <v>1.91615385</v>
+      </c>
+      <c r="H2">
+        <v>1.9</v>
+      </c>
+      <c r="I2">
+        <v>1.93</v>
+      </c>
+      <c r="J2">
+        <v>1.9</v>
+      </c>
       <c r="K2">
         <v>1.91</v>
       </c>
       <c r="L2">
-        <v>1.91</v>
+        <v>1.93</v>
+      </c>
+      <c r="M2">
+        <v>1.05</v>
+      </c>
+      <c r="N2">
+        <v>1.9</v>
+      </c>
+      <c r="O2">
+        <v>1.95</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>13</v>
+      </c>
+      <c r="R2">
+        <v>24.91</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.82383974</v>
+      </c>
+      <c r="H3">
+        <v>1.83</v>
+      </c>
+      <c r="I3">
+        <v>1.83</v>
+      </c>
+      <c r="J3">
+        <v>1.82</v>
+      </c>
       <c r="K3">
         <v>1.825</v>
       </c>
       <c r="L3">
         <v>1.825</v>
+      </c>
+      <c r="N3">
+        <v>1.82</v>
+      </c>
+      <c r="O3">
+        <v>1.825</v>
+      </c>
+      <c r="P3">
+        <v>31</v>
+      </c>
+      <c r="Q3">
+        <v>4137</v>
+      </c>
+      <c r="R3">
+        <v>7545.225</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
+      <c r="G4">
+        <v>1.21925926</v>
+      </c>
+      <c r="H4">
+        <v>1.22</v>
+      </c>
+      <c r="I4">
+        <v>1.22</v>
+      </c>
+      <c r="J4">
+        <v>1.21</v>
+      </c>
       <c r="K4">
         <v>1.21</v>
       </c>
       <c r="L4">
         <v>1.21</v>
+      </c>
+      <c r="N4">
+        <v>1.21</v>
+      </c>
+      <c r="O4">
+        <v>1.22</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>135</v>
+      </c>
+      <c r="R4">
+        <v>164.6</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>3.31151787</v>
+      </c>
+      <c r="H5">
+        <v>3.3</v>
+      </c>
+      <c r="I5">
+        <v>3.33</v>
+      </c>
+      <c r="J5">
+        <v>3.3</v>
+      </c>
       <c r="K5">
         <v>3.3</v>
       </c>
       <c r="L5">
-        <v>3.3</v>
+        <v>3.33</v>
+      </c>
+      <c r="M5">
+        <v>0.91</v>
+      </c>
+      <c r="N5">
+        <v>3.31</v>
+      </c>
+      <c r="O5">
+        <v>3.34</v>
+      </c>
+      <c r="P5">
+        <v>30</v>
+      </c>
+      <c r="Q5">
+        <v>7247</v>
+      </c>
+      <c r="R5">
+        <v>23998.57</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
+      <c r="G6">
+        <v>1.64902811</v>
+      </c>
+      <c r="H6">
+        <v>1.65</v>
+      </c>
+      <c r="I6">
+        <v>1.66</v>
+      </c>
+      <c r="J6">
+        <v>1.63</v>
+      </c>
       <c r="K6">
         <v>1.65</v>
       </c>
       <c r="L6">
-        <v>1.65</v>
+        <v>1.66</v>
+      </c>
+      <c r="M6">
+        <v>0.61</v>
+      </c>
+      <c r="N6">
+        <v>1.64</v>
+      </c>
+      <c r="O6">
+        <v>1.66</v>
+      </c>
+      <c r="P6">
+        <v>25</v>
+      </c>
+      <c r="Q6">
+        <v>1672</v>
+      </c>
+      <c r="R6">
+        <v>2757.175</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
+      <c r="G7">
+        <v>0.06951274</v>
+      </c>
+      <c r="H7">
+        <v>0.07</v>
+      </c>
+      <c r="I7">
+        <v>0.07</v>
+      </c>
+      <c r="J7">
+        <v>0.0688</v>
+      </c>
       <c r="K7">
         <v>0.0692</v>
       </c>
       <c r="L7">
-        <v>0.0692</v>
+        <v>0.0688</v>
+      </c>
+      <c r="M7">
+        <v>-0.58</v>
+      </c>
+      <c r="N7">
+        <v>0.0688</v>
+      </c>
+      <c r="O7">
+        <v>0.069</v>
+      </c>
+      <c r="P7">
+        <v>47</v>
+      </c>
+      <c r="Q7">
+        <v>12952</v>
+      </c>
+      <c r="R7">
+        <v>900.329</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
+      <c r="G8">
+        <v>6.8994709</v>
+      </c>
+      <c r="H8">
+        <v>7.1</v>
+      </c>
+      <c r="I8">
+        <v>7.1</v>
+      </c>
+      <c r="J8">
+        <v>6.85</v>
+      </c>
       <c r="K8">
         <v>7.0</v>
       </c>
       <c r="L8">
+        <v>6.95</v>
+      </c>
+      <c r="M8">
+        <v>-0.71</v>
+      </c>
+      <c r="N8">
+        <v>6.9</v>
+      </c>
+      <c r="O8">
         <v>7.0</v>
+      </c>
+      <c r="P8">
+        <v>23</v>
+      </c>
+      <c r="Q8">
+        <v>378</v>
+      </c>
+      <c r="R8">
+        <v>2608.0</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
+      <c r="G9">
+        <v>1.48696651</v>
+      </c>
+      <c r="H9">
+        <v>1.5</v>
+      </c>
+      <c r="I9">
+        <v>1.52</v>
+      </c>
+      <c r="J9">
+        <v>1.41</v>
+      </c>
       <c r="K9">
         <v>1.44</v>
       </c>
       <c r="L9">
-        <v>1.44</v>
+        <v>1.41</v>
+      </c>
+      <c r="M9">
+        <v>-2.08</v>
+      </c>
+      <c r="N9">
+        <v>1.42</v>
+      </c>
+      <c r="O9">
+        <v>1.5</v>
+      </c>
+      <c r="P9">
+        <v>11</v>
+      </c>
+      <c r="Q9">
+        <v>1045</v>
+      </c>
+      <c r="R9">
+        <v>1553.88</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
+      <c r="G10">
+        <v>2.05130238</v>
+      </c>
+      <c r="H10">
+        <v>2.03</v>
+      </c>
+      <c r="I10">
+        <v>2.075</v>
+      </c>
+      <c r="J10">
+        <v>2.03</v>
+      </c>
       <c r="K10">
         <v>2.035</v>
       </c>
       <c r="L10">
-        <v>2.035</v>
+        <v>2.055</v>
+      </c>
+      <c r="M10">
+        <v>0.98</v>
+      </c>
+      <c r="N10">
+        <v>2.055</v>
+      </c>
+      <c r="O10">
+        <v>2.055</v>
+      </c>
+      <c r="P10">
+        <v>220</v>
+      </c>
+      <c r="Q10">
+        <v>82211</v>
+      </c>
+      <c r="R10">
+        <v>168639.62</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
+      <c r="H11">
+        <v>0.3</v>
+      </c>
       <c r="K11">
         <v>0.3</v>
       </c>
       <c r="L11">
         <v>0.3</v>
+      </c>
+      <c r="N11">
+        <v>0.27</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>1.29999472</v>
+      </c>
+      <c r="H12">
+        <v>1.3</v>
+      </c>
+      <c r="I12">
+        <v>1.3</v>
+      </c>
+      <c r="J12">
+        <v>1.298</v>
+      </c>
       <c r="K12">
         <v>1.3</v>
       </c>
       <c r="L12">
         <v>1.3</v>
+      </c>
+      <c r="N12">
+        <v>1.3</v>
+      </c>
+      <c r="O12">
+        <v>1.3</v>
+      </c>
+      <c r="P12">
+        <v>61</v>
+      </c>
+      <c r="Q12">
+        <v>93521</v>
+      </c>
+      <c r="R12">
+        <v>121576.806</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
+      <c r="G13">
+        <v>1.24281452</v>
+      </c>
+      <c r="H13">
+        <v>1.24</v>
+      </c>
+      <c r="I13">
+        <v>1.245</v>
+      </c>
+      <c r="J13">
+        <v>1.24</v>
+      </c>
       <c r="K13">
         <v>1.245</v>
       </c>
       <c r="L13">
+        <v>1.24</v>
+      </c>
+      <c r="M13">
+        <v>-0.4</v>
+      </c>
+      <c r="N13">
+        <v>1.24</v>
+      </c>
+      <c r="O13">
         <v>1.245</v>
+      </c>
+      <c r="P13">
+        <v>35</v>
+      </c>
+      <c r="Q13">
+        <v>3553</v>
+      </c>
+      <c r="R13">
+        <v>4415.72</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
+      <c r="G14">
+        <v>19.15</v>
+      </c>
+      <c r="H14">
+        <v>19.15</v>
+      </c>
+      <c r="I14">
+        <v>19.15</v>
+      </c>
+      <c r="J14">
+        <v>19.15</v>
+      </c>
       <c r="K14">
         <v>19.15</v>
       </c>
       <c r="L14">
         <v>19.15</v>
+      </c>
+      <c r="N14">
+        <v>19.1</v>
+      </c>
+      <c r="O14">
+        <v>19.15</v>
+      </c>
+      <c r="P14">
+        <v>22</v>
+      </c>
+      <c r="Q14">
+        <v>332</v>
+      </c>
+      <c r="R14">
+        <v>6357.8</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
+      <c r="G15">
+        <v>4.97548718</v>
+      </c>
+      <c r="H15">
+        <v>4.96</v>
+      </c>
+      <c r="I15">
+        <v>4.98</v>
+      </c>
+      <c r="J15">
+        <v>4.96</v>
+      </c>
       <c r="K15">
         <v>4.94</v>
       </c>
       <c r="L15">
+        <v>4.98</v>
+      </c>
+      <c r="M15">
+        <v>0.81</v>
+      </c>
+      <c r="N15">
         <v>4.94</v>
+      </c>
+      <c r="O15">
+        <v>4.98</v>
+      </c>
+      <c r="P15">
+        <v>12</v>
+      </c>
+      <c r="Q15">
+        <v>390</v>
+      </c>
+      <c r="R15">
+        <v>1940.44</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
+      <c r="N16">
+        <v>0.13</v>
+      </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
       <c r="T16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
+      <c r="G17">
+        <v>1.68616646</v>
+      </c>
+      <c r="H17">
+        <v>1.6786</v>
+      </c>
+      <c r="I17">
+        <v>1.69</v>
+      </c>
+      <c r="J17">
+        <v>1.6786</v>
+      </c>
       <c r="K17">
         <v>1.6788</v>
       </c>
       <c r="L17">
-        <v>1.6788</v>
+        <v>1.69</v>
+      </c>
+      <c r="M17">
+        <v>0.67</v>
+      </c>
+      <c r="N17">
+        <v>1.6858</v>
+      </c>
+      <c r="O17">
+        <v>1.69</v>
+      </c>
+      <c r="P17">
+        <v>46</v>
+      </c>
+      <c r="Q17">
+        <v>129746</v>
+      </c>
+      <c r="R17">
+        <v>226730.0128</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
+      <c r="H18">
+        <v>15.6</v>
+      </c>
       <c r="K18">
         <v>15.6</v>
       </c>
       <c r="L18">
         <v>15.6</v>
+      </c>
+      <c r="N18">
+        <v>15.5</v>
+      </c>
+      <c r="O18">
+        <v>15.7</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -1818,1675 +2244,3016 @@
         <v>63</v>
       </c>
       <c r="T19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>96</v>
       </c>
       <c r="C20" t="s">
         <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
+      <c r="G20">
+        <v>0.06984407</v>
+      </c>
+      <c r="H20">
+        <v>0.074</v>
+      </c>
+      <c r="I20">
+        <v>0.074</v>
+      </c>
+      <c r="J20">
+        <v>0.066</v>
+      </c>
       <c r="K20">
         <v>0.074</v>
       </c>
       <c r="L20">
-        <v>0.074</v>
+        <v>0.07</v>
+      </c>
+      <c r="M20">
+        <v>-5.41</v>
+      </c>
+      <c r="N20">
+        <v>0.068</v>
+      </c>
+      <c r="O20">
+        <v>0.07</v>
+      </c>
+      <c r="P20">
+        <v>10</v>
+      </c>
+      <c r="Q20">
+        <v>6925</v>
+      </c>
+      <c r="R20">
+        <v>483.6702</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
+      <c r="G21">
+        <v>1.08311515</v>
+      </c>
+      <c r="H21">
+        <v>1.075</v>
+      </c>
+      <c r="I21">
+        <v>1.085</v>
+      </c>
+      <c r="J21">
+        <v>1.075</v>
+      </c>
       <c r="K21">
         <v>1.085</v>
       </c>
       <c r="L21">
         <v>1.085</v>
+      </c>
+      <c r="N21">
+        <v>1.08</v>
+      </c>
+      <c r="O21">
+        <v>1.085</v>
+      </c>
+      <c r="P21">
+        <v>18</v>
+      </c>
+      <c r="Q21">
+        <v>2918</v>
+      </c>
+      <c r="R21">
+        <v>3160.53</v>
       </c>
       <c r="S21" t="s">
         <v>101</v>
       </c>
       <c r="T21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
+      <c r="G22">
+        <v>4.67185243</v>
+      </c>
+      <c r="H22">
+        <v>4.65</v>
+      </c>
+      <c r="I22">
+        <v>4.68</v>
+      </c>
+      <c r="J22">
+        <v>4.65</v>
+      </c>
       <c r="K22">
         <v>4.65</v>
       </c>
       <c r="L22">
-        <v>4.65</v>
+        <v>4.67</v>
+      </c>
+      <c r="M22">
+        <v>0.43</v>
+      </c>
+      <c r="N22">
+        <v>4.67</v>
+      </c>
+      <c r="O22">
+        <v>4.68</v>
+      </c>
+      <c r="P22">
+        <v>21</v>
+      </c>
+      <c r="Q22">
+        <v>637</v>
+      </c>
+      <c r="R22">
+        <v>2975.97</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
+      <c r="G23">
+        <v>5.83587209</v>
+      </c>
+      <c r="H23">
+        <v>5.86</v>
+      </c>
+      <c r="I23">
+        <v>5.86</v>
+      </c>
+      <c r="J23">
+        <v>5.8</v>
+      </c>
       <c r="K23">
         <v>5.86</v>
       </c>
       <c r="L23">
         <v>5.86</v>
+      </c>
+      <c r="N23">
+        <v>5.82</v>
+      </c>
+      <c r="O23">
+        <v>5.86</v>
+      </c>
+      <c r="P23">
+        <v>26</v>
+      </c>
+      <c r="Q23">
+        <v>344</v>
+      </c>
+      <c r="R23">
+        <v>2007.54</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
+      <c r="G24">
+        <v>9.96140562</v>
+      </c>
+      <c r="H24">
+        <v>10.0</v>
+      </c>
+      <c r="I24">
+        <v>10.0</v>
+      </c>
+      <c r="J24">
+        <v>9.88</v>
+      </c>
       <c r="K24">
         <v>10.0</v>
       </c>
       <c r="L24">
-        <v>10.0</v>
+        <v>9.98</v>
+      </c>
+      <c r="M24">
+        <v>-0.2</v>
+      </c>
+      <c r="N24">
+        <v>9.88</v>
+      </c>
+      <c r="O24">
+        <v>9.98</v>
+      </c>
+      <c r="P24">
+        <v>17</v>
+      </c>
+      <c r="Q24">
+        <v>498</v>
+      </c>
+      <c r="R24">
+        <v>4960.78</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
+      <c r="G25">
+        <v>20.90499182</v>
+      </c>
+      <c r="H25">
+        <v>20.9</v>
+      </c>
+      <c r="I25">
+        <v>20.95</v>
+      </c>
+      <c r="J25">
+        <v>20.8</v>
+      </c>
       <c r="K25">
         <v>20.9</v>
       </c>
       <c r="L25">
         <v>20.9</v>
+      </c>
+      <c r="N25">
+        <v>20.9</v>
+      </c>
+      <c r="O25">
+        <v>20.9</v>
+      </c>
+      <c r="P25">
+        <v>174</v>
+      </c>
+      <c r="Q25">
+        <v>18951</v>
+      </c>
+      <c r="R25">
+        <v>396170.5</v>
       </c>
       <c r="S25" t="s">
         <v>115</v>
       </c>
       <c r="T25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
+      <c r="G26">
+        <v>3.83615385</v>
+      </c>
+      <c r="H26">
+        <v>3.84</v>
+      </c>
+      <c r="I26">
+        <v>3.84</v>
+      </c>
+      <c r="J26">
+        <v>3.76</v>
+      </c>
       <c r="K26">
         <v>3.8</v>
       </c>
       <c r="L26">
-        <v>3.8</v>
+        <v>3.76</v>
+      </c>
+      <c r="M26">
+        <v>-1.05</v>
+      </c>
+      <c r="N26">
+        <v>3.76</v>
+      </c>
+      <c r="O26">
+        <v>3.84</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>104</v>
+      </c>
+      <c r="R26">
+        <v>398.96</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
+      <c r="G27">
+        <v>45.78357895</v>
+      </c>
+      <c r="H27">
+        <v>45.8</v>
+      </c>
+      <c r="I27">
+        <v>45.9</v>
+      </c>
+      <c r="J27">
+        <v>45.7</v>
+      </c>
       <c r="K27">
         <v>45.8</v>
       </c>
       <c r="L27">
         <v>45.8</v>
+      </c>
+      <c r="N27">
+        <v>45.7</v>
+      </c>
+      <c r="O27">
+        <v>45.8</v>
+      </c>
+      <c r="P27">
+        <v>29</v>
+      </c>
+      <c r="Q27">
+        <v>475</v>
+      </c>
+      <c r="R27">
+        <v>21747.2</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>123</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
+      <c r="H28">
+        <v>6.45</v>
+      </c>
       <c r="K28">
         <v>6.45</v>
       </c>
       <c r="L28">
         <v>6.45</v>
+      </c>
+      <c r="N28">
+        <v>6.3</v>
+      </c>
+      <c r="O28">
+        <v>6.5</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
       <c r="C29" t="s">
         <v>127</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
+      <c r="H29">
+        <v>3.22</v>
+      </c>
       <c r="K29">
         <v>3.22</v>
       </c>
       <c r="L29">
+        <v>3.22</v>
+      </c>
+      <c r="N29">
+        <v>3.18</v>
+      </c>
+      <c r="O29">
         <v>3.22</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
+      <c r="G30">
+        <v>22.2173913</v>
+      </c>
+      <c r="H30">
+        <v>22.0</v>
+      </c>
+      <c r="I30">
+        <v>22.4</v>
+      </c>
+      <c r="J30">
+        <v>22.0</v>
+      </c>
       <c r="K30">
         <v>21.8</v>
       </c>
       <c r="L30">
-        <v>21.8</v>
+        <v>22.4</v>
+      </c>
+      <c r="M30">
+        <v>2.75</v>
+      </c>
+      <c r="N30">
+        <v>22.0</v>
+      </c>
+      <c r="O30">
+        <v>22.4</v>
+      </c>
+      <c r="P30">
+        <v>7</v>
+      </c>
+      <c r="Q30">
+        <v>69</v>
+      </c>
+      <c r="R30">
+        <v>1533.0</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
+      <c r="G31">
+        <v>31.0</v>
+      </c>
+      <c r="H31">
+        <v>31.0</v>
+      </c>
+      <c r="I31">
+        <v>31.0</v>
+      </c>
+      <c r="J31">
+        <v>31.0</v>
+      </c>
       <c r="K31">
         <v>31.2</v>
       </c>
       <c r="L31">
-        <v>31.2</v>
+        <v>31.0</v>
+      </c>
+      <c r="M31">
+        <v>-0.64</v>
+      </c>
+      <c r="N31">
+        <v>31.0</v>
+      </c>
+      <c r="O31">
+        <v>32.0</v>
+      </c>
+      <c r="P31">
+        <v>2</v>
+      </c>
+      <c r="Q31">
+        <v>11</v>
+      </c>
+      <c r="R31">
+        <v>341.0</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
+      <c r="G32">
+        <v>16.8643617</v>
+      </c>
+      <c r="H32">
+        <v>16.85</v>
+      </c>
+      <c r="I32">
+        <v>16.95</v>
+      </c>
+      <c r="J32">
+        <v>16.85</v>
+      </c>
       <c r="K32">
         <v>16.85</v>
       </c>
       <c r="L32">
+        <v>16.9</v>
+      </c>
+      <c r="M32">
+        <v>0.3</v>
+      </c>
+      <c r="N32">
         <v>16.85</v>
+      </c>
+      <c r="O32">
+        <v>16.9</v>
+      </c>
+      <c r="P32">
+        <v>10</v>
+      </c>
+      <c r="Q32">
+        <v>94</v>
+      </c>
+      <c r="R32">
+        <v>1585.25</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
+      <c r="G33">
+        <v>0.38945871</v>
+      </c>
+      <c r="H33">
+        <v>0.39</v>
+      </c>
+      <c r="I33">
+        <v>0.391</v>
+      </c>
+      <c r="J33">
+        <v>0.389</v>
+      </c>
       <c r="K33">
         <v>0.389</v>
       </c>
       <c r="L33">
         <v>0.389</v>
+      </c>
+      <c r="N33">
+        <v>0.388</v>
+      </c>
+      <c r="O33">
+        <v>0.389</v>
+      </c>
+      <c r="P33">
+        <v>52</v>
+      </c>
+      <c r="Q33">
+        <v>15548</v>
+      </c>
+      <c r="R33">
+        <v>6055.304</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
+      <c r="G34">
+        <v>1.785</v>
+      </c>
+      <c r="H34">
+        <v>1.75</v>
+      </c>
+      <c r="I34">
+        <v>1.82</v>
+      </c>
+      <c r="J34">
+        <v>1.75</v>
+      </c>
       <c r="K34">
         <v>1.82</v>
       </c>
       <c r="L34">
         <v>1.82</v>
+      </c>
+      <c r="N34">
+        <v>1.76</v>
+      </c>
+      <c r="O34">
+        <v>1.82</v>
+      </c>
+      <c r="P34">
+        <v>2</v>
+      </c>
+      <c r="Q34">
+        <v>10</v>
+      </c>
+      <c r="R34">
+        <v>17.85</v>
       </c>
       <c r="S34" t="s">
         <v>115</v>
       </c>
       <c r="T34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" t="s">
         <v>146</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
+      <c r="G35">
+        <v>0.83571429</v>
+      </c>
+      <c r="H35">
+        <v>0.834</v>
+      </c>
+      <c r="I35">
+        <v>0.84</v>
+      </c>
+      <c r="J35">
+        <v>0.834</v>
+      </c>
       <c r="K35">
         <v>0.84</v>
       </c>
       <c r="L35">
         <v>0.84</v>
+      </c>
+      <c r="N35">
+        <v>0.834</v>
+      </c>
+      <c r="O35">
+        <v>0.84</v>
+      </c>
+      <c r="P35">
+        <v>4</v>
+      </c>
+      <c r="Q35">
+        <v>140</v>
+      </c>
+      <c r="R35">
+        <v>117.0</v>
       </c>
       <c r="S35" t="s">
         <v>115</v>
       </c>
       <c r="T35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
+      <c r="G36">
+        <v>3.3757097</v>
+      </c>
+      <c r="H36">
+        <v>3.355</v>
+      </c>
+      <c r="I36">
+        <v>3.4</v>
+      </c>
+      <c r="J36">
+        <v>3.355</v>
+      </c>
       <c r="K36">
         <v>3.365</v>
       </c>
       <c r="L36">
-        <v>3.365</v>
+        <v>3.4</v>
+      </c>
+      <c r="M36">
+        <v>1.04</v>
+      </c>
+      <c r="N36">
+        <v>3.4</v>
+      </c>
+      <c r="O36">
+        <v>3.4</v>
+      </c>
+      <c r="P36">
+        <v>304</v>
+      </c>
+      <c r="Q36">
+        <v>167712</v>
+      </c>
+      <c r="R36">
+        <v>566147.025</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
+      <c r="H37">
+        <v>5.45</v>
+      </c>
       <c r="K37">
         <v>5.45</v>
       </c>
       <c r="L37">
+        <v>5.45</v>
+      </c>
+      <c r="N37">
+        <v>5.4</v>
+      </c>
+      <c r="O37">
         <v>5.45</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
+      <c r="H38">
+        <v>9.5</v>
+      </c>
       <c r="K38">
         <v>9.5</v>
       </c>
       <c r="L38">
         <v>9.5</v>
+      </c>
+      <c r="N38">
+        <v>8.7</v>
+      </c>
+      <c r="O38">
+        <v>9.15</v>
       </c>
       <c r="S38" t="s">
         <v>156</v>
       </c>
       <c r="T38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
+      <c r="G39">
+        <v>1.69780822</v>
+      </c>
+      <c r="H39">
+        <v>1.72</v>
+      </c>
+      <c r="I39">
+        <v>1.72</v>
+      </c>
+      <c r="J39">
+        <v>1.69</v>
+      </c>
       <c r="K39">
         <v>1.72</v>
       </c>
       <c r="L39">
-        <v>1.72</v>
+        <v>1.7</v>
+      </c>
+      <c r="M39">
+        <v>-1.16</v>
+      </c>
+      <c r="N39">
+        <v>1.69</v>
+      </c>
+      <c r="O39">
+        <v>1.7</v>
+      </c>
+      <c r="P39">
+        <v>15</v>
+      </c>
+      <c r="Q39">
+        <v>146</v>
+      </c>
+      <c r="R39">
+        <v>247.88</v>
       </c>
       <c r="S39" t="s">
         <v>160</v>
       </c>
       <c r="T39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>162</v>
       </c>
       <c r="C40" t="s">
         <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
+      <c r="G40">
+        <v>10.74050633</v>
+      </c>
+      <c r="H40">
+        <v>10.85</v>
+      </c>
+      <c r="I40">
+        <v>10.85</v>
+      </c>
+      <c r="J40">
+        <v>10.6</v>
+      </c>
       <c r="K40">
         <v>10.85</v>
       </c>
       <c r="L40">
-        <v>10.85</v>
+        <v>10.65</v>
+      </c>
+      <c r="M40">
+        <v>-1.84</v>
+      </c>
+      <c r="N40">
+        <v>10.55</v>
+      </c>
+      <c r="O40">
+        <v>10.7</v>
+      </c>
+      <c r="P40">
+        <v>12</v>
+      </c>
+      <c r="Q40">
+        <v>79</v>
+      </c>
+      <c r="R40">
+        <v>848.5</v>
       </c>
       <c r="S40" t="s">
         <v>43</v>
       </c>
       <c r="T40" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>165</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
+      <c r="G41">
+        <v>4.341875</v>
+      </c>
+      <c r="H41">
+        <v>4.37</v>
+      </c>
+      <c r="I41">
+        <v>4.37</v>
+      </c>
+      <c r="J41">
+        <v>4.12</v>
+      </c>
       <c r="K41">
         <v>4.37</v>
       </c>
       <c r="L41">
-        <v>4.37</v>
+        <v>4.28</v>
+      </c>
+      <c r="M41">
+        <v>-2.06</v>
+      </c>
+      <c r="N41">
+        <v>4.13</v>
+      </c>
+      <c r="O41">
+        <v>4.36</v>
+      </c>
+      <c r="P41">
+        <v>10</v>
+      </c>
+      <c r="Q41">
+        <v>560</v>
+      </c>
+      <c r="R41">
+        <v>2431.45</v>
       </c>
       <c r="S41" t="s">
         <v>167</v>
       </c>
       <c r="T41" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>170</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
+      <c r="G42">
+        <v>27.9</v>
+      </c>
+      <c r="H42">
+        <v>27.6</v>
+      </c>
+      <c r="I42">
+        <v>28.0</v>
+      </c>
+      <c r="J42">
+        <v>27.6</v>
+      </c>
       <c r="K42">
         <v>27.6</v>
       </c>
       <c r="L42">
-        <v>27.6</v>
+        <v>28.0</v>
+      </c>
+      <c r="M42">
+        <v>1.45</v>
+      </c>
+      <c r="N42">
+        <v>27.4</v>
+      </c>
+      <c r="O42">
+        <v>28.0</v>
+      </c>
+      <c r="P42">
+        <v>5</v>
+      </c>
+      <c r="Q42">
+        <v>8</v>
+      </c>
+      <c r="R42">
+        <v>223.2</v>
       </c>
       <c r="S42" t="s">
         <v>156</v>
       </c>
       <c r="T42" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>172</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
+      <c r="G43">
+        <v>30.15619877</v>
+      </c>
+      <c r="H43">
+        <v>30.15</v>
+      </c>
+      <c r="I43">
+        <v>30.25</v>
+      </c>
+      <c r="J43">
+        <v>30.05</v>
+      </c>
       <c r="K43">
         <v>30.15</v>
       </c>
       <c r="L43">
         <v>30.15</v>
+      </c>
+      <c r="N43">
+        <v>30.15</v>
+      </c>
+      <c r="O43">
+        <v>30.15</v>
+      </c>
+      <c r="P43">
+        <v>71</v>
+      </c>
+      <c r="Q43">
+        <v>2928</v>
+      </c>
+      <c r="R43">
+        <v>88297.35</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>175</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" t="s">
         <v>32</v>
       </c>
+      <c r="G44">
+        <v>0.6247731</v>
+      </c>
+      <c r="H44">
+        <v>0.624</v>
+      </c>
+      <c r="I44">
+        <v>0.626</v>
+      </c>
+      <c r="J44">
+        <v>0.623</v>
+      </c>
       <c r="K44">
         <v>0.624</v>
       </c>
       <c r="L44">
-        <v>0.624</v>
+        <v>0.625</v>
+      </c>
+      <c r="M44">
+        <v>0.16</v>
+      </c>
+      <c r="N44">
+        <v>0.625</v>
+      </c>
+      <c r="O44">
+        <v>0.625</v>
+      </c>
+      <c r="P44">
+        <v>127</v>
+      </c>
+      <c r="Q44">
+        <v>18334</v>
+      </c>
+      <c r="R44">
+        <v>11454.59</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>177</v>
       </c>
       <c r="B45" t="s">
         <v>178</v>
       </c>
       <c r="C45" t="s">
         <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
+      <c r="H45">
+        <v>2.82</v>
+      </c>
       <c r="K45">
         <v>2.82</v>
       </c>
       <c r="L45">
         <v>2.82</v>
+      </c>
+      <c r="N45">
+        <v>2.78</v>
+      </c>
+      <c r="O45">
+        <v>2.92</v>
       </c>
       <c r="S45" t="s">
         <v>63</v>
       </c>
       <c r="T45" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>181</v>
       </c>
       <c r="C46" t="s">
         <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
         <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
+      <c r="G46">
+        <v>1.12076101</v>
+      </c>
+      <c r="H46">
+        <v>1.12</v>
+      </c>
+      <c r="I46">
+        <v>1.13</v>
+      </c>
+      <c r="J46">
+        <v>1.12</v>
+      </c>
       <c r="K46">
         <v>1.135</v>
       </c>
       <c r="L46">
-        <v>1.135</v>
+        <v>1.125</v>
+      </c>
+      <c r="M46">
+        <v>-0.88</v>
+      </c>
+      <c r="N46">
+        <v>1.12</v>
+      </c>
+      <c r="O46">
+        <v>1.13</v>
+      </c>
+      <c r="P46">
+        <v>8</v>
+      </c>
+      <c r="Q46">
+        <v>749</v>
+      </c>
+      <c r="R46">
+        <v>839.45</v>
       </c>
       <c r="S46" t="s">
         <v>43</v>
       </c>
       <c r="T46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
         <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
         <v>32</v>
       </c>
+      <c r="G47">
+        <v>0.916945</v>
+      </c>
+      <c r="H47">
+        <v>0.92</v>
+      </c>
+      <c r="I47">
+        <v>0.935</v>
+      </c>
+      <c r="J47">
+        <v>0.9</v>
+      </c>
       <c r="K47">
         <v>0.9</v>
       </c>
       <c r="L47">
         <v>0.9</v>
+      </c>
+      <c r="N47">
+        <v>0.9</v>
+      </c>
+      <c r="O47">
+        <v>0.91</v>
+      </c>
+      <c r="P47">
+        <v>20</v>
+      </c>
+      <c r="Q47">
+        <v>4473</v>
+      </c>
+      <c r="R47">
+        <v>4101.495</v>
       </c>
       <c r="S47" t="s">
         <v>48</v>
       </c>
       <c r="T47" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
+      <c r="G48">
+        <v>0.16583784</v>
+      </c>
+      <c r="H48">
+        <v>0.168</v>
+      </c>
+      <c r="I48">
+        <v>0.168</v>
+      </c>
+      <c r="J48">
+        <v>0.164</v>
+      </c>
       <c r="K48">
         <v>0.163</v>
       </c>
       <c r="L48">
-        <v>0.163</v>
+        <v>0.164</v>
+      </c>
+      <c r="M48">
+        <v>0.61</v>
+      </c>
+      <c r="N48">
+        <v>0.164</v>
+      </c>
+      <c r="O48">
+        <v>0.168</v>
+      </c>
+      <c r="P48">
+        <v>3</v>
+      </c>
+      <c r="Q48">
+        <v>370</v>
+      </c>
+      <c r="R48">
+        <v>61.36</v>
       </c>
       <c r="S48" t="s">
         <v>167</v>
       </c>
       <c r="T48" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
+      <c r="G49">
+        <v>0.05707334</v>
+      </c>
+      <c r="H49">
+        <v>0.057</v>
+      </c>
+      <c r="I49">
+        <v>0.0578</v>
+      </c>
+      <c r="J49">
+        <v>0.0562</v>
+      </c>
       <c r="K49">
         <v>0.057</v>
       </c>
       <c r="L49">
-        <v>0.057</v>
+        <v>0.0572</v>
+      </c>
+      <c r="M49">
+        <v>0.35</v>
+      </c>
+      <c r="N49">
+        <v>0.0564</v>
+      </c>
+      <c r="O49">
+        <v>0.0572</v>
+      </c>
+      <c r="P49">
+        <v>18</v>
+      </c>
+      <c r="Q49">
+        <v>4838</v>
+      </c>
+      <c r="R49">
+        <v>276.1208</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
       <c r="T49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
+      <c r="H50">
+        <v>4.28</v>
+      </c>
       <c r="K50">
         <v>4.28</v>
       </c>
       <c r="L50">
         <v>4.28</v>
+      </c>
+      <c r="N50">
+        <v>4.1</v>
+      </c>
+      <c r="O50">
+        <v>4.3</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51" t="s">
         <v>198</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>32</v>
       </c>
+      <c r="G51">
+        <v>1.58829852</v>
+      </c>
+      <c r="H51">
+        <v>1.59</v>
+      </c>
+      <c r="I51">
+        <v>1.595</v>
+      </c>
+      <c r="J51">
+        <v>1.58</v>
+      </c>
       <c r="K51">
         <v>1.58</v>
       </c>
       <c r="L51">
+        <v>1.59</v>
+      </c>
+      <c r="M51">
+        <v>0.63</v>
+      </c>
+      <c r="N51">
         <v>1.58</v>
+      </c>
+      <c r="O51">
+        <v>1.59</v>
+      </c>
+      <c r="P51">
+        <v>13</v>
+      </c>
+      <c r="Q51">
+        <v>1819</v>
+      </c>
+      <c r="R51">
+        <v>2889.115</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
       <c r="T51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>200</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
+      <c r="G52">
+        <v>0.4</v>
+      </c>
+      <c r="H52">
+        <v>0.4</v>
+      </c>
+      <c r="I52">
+        <v>0.4</v>
+      </c>
+      <c r="J52">
+        <v>0.4</v>
+      </c>
       <c r="K52">
         <v>0.4</v>
       </c>
       <c r="L52">
         <v>0.4</v>
+      </c>
+      <c r="N52">
+        <v>0.362</v>
+      </c>
+      <c r="O52">
+        <v>0.39</v>
+      </c>
+      <c r="P52">
+        <v>1</v>
+      </c>
+      <c r="Q52">
+        <v>50</v>
+      </c>
+      <c r="R52">
+        <v>20.0</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
+      <c r="G53">
+        <v>0.28</v>
+      </c>
+      <c r="H53">
+        <v>0.28</v>
+      </c>
+      <c r="I53">
+        <v>0.28</v>
+      </c>
+      <c r="J53">
+        <v>0.28</v>
+      </c>
       <c r="K53">
         <v>0.266</v>
       </c>
       <c r="L53">
-        <v>0.266</v>
+        <v>0.28</v>
+      </c>
+      <c r="M53">
+        <v>5.26</v>
+      </c>
+      <c r="N53">
+        <v>0.256</v>
+      </c>
+      <c r="O53">
+        <v>0.27</v>
+      </c>
+      <c r="P53">
+        <v>1</v>
+      </c>
+      <c r="Q53">
+        <v>1</v>
+      </c>
+      <c r="R53">
+        <v>0.28</v>
       </c>
       <c r="S53" t="s">
         <v>43</v>
       </c>
       <c r="T53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>207</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
+      <c r="G54">
+        <v>0.92094836</v>
+      </c>
+      <c r="H54">
+        <v>0.918</v>
+      </c>
+      <c r="I54">
+        <v>0.925</v>
+      </c>
+      <c r="J54">
+        <v>0.917</v>
+      </c>
       <c r="K54">
         <v>0.918</v>
       </c>
       <c r="L54">
-        <v>0.918</v>
+        <v>0.921</v>
+      </c>
+      <c r="M54">
+        <v>0.33</v>
+      </c>
+      <c r="N54">
+        <v>0.921</v>
+      </c>
+      <c r="O54">
+        <v>0.921</v>
+      </c>
+      <c r="P54">
+        <v>323</v>
+      </c>
+      <c r="Q54">
+        <v>842828</v>
+      </c>
+      <c r="R54">
+        <v>776201.063</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>209</v>
       </c>
       <c r="C55" t="s">
         <v>210</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
+      <c r="G55">
+        <v>4.45419355</v>
+      </c>
+      <c r="H55">
+        <v>4.46</v>
+      </c>
+      <c r="I55">
+        <v>4.46</v>
+      </c>
+      <c r="J55">
+        <v>4.44</v>
+      </c>
       <c r="K55">
         <v>4.5</v>
       </c>
       <c r="L55">
-        <v>4.5</v>
+        <v>4.46</v>
+      </c>
+      <c r="M55">
+        <v>-0.89</v>
+      </c>
+      <c r="N55">
+        <v>4.44</v>
+      </c>
+      <c r="O55">
+        <v>4.46</v>
+      </c>
+      <c r="P55">
+        <v>12</v>
+      </c>
+      <c r="Q55">
+        <v>124</v>
+      </c>
+      <c r="R55">
+        <v>552.32</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
       <c r="T55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>55</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
+      <c r="G56">
+        <v>6.51756157</v>
+      </c>
+      <c r="H56">
+        <v>6.82</v>
+      </c>
+      <c r="I56">
+        <v>6.82</v>
+      </c>
+      <c r="J56">
+        <v>6.24</v>
+      </c>
       <c r="K56">
         <v>6.84</v>
       </c>
       <c r="L56">
-        <v>6.84</v>
+        <v>6.58</v>
+      </c>
+      <c r="M56">
+        <v>-3.8</v>
+      </c>
+      <c r="N56">
+        <v>6.54</v>
+      </c>
+      <c r="O56">
+        <v>6.58</v>
+      </c>
+      <c r="P56">
+        <v>63</v>
+      </c>
+      <c r="Q56">
+        <v>9867</v>
+      </c>
+      <c r="R56">
+        <v>64308.78</v>
       </c>
       <c r="S56" t="s">
         <v>160</v>
       </c>
       <c r="T56" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
+      <c r="G57">
+        <v>2.89685279</v>
+      </c>
+      <c r="H57">
+        <v>2.9</v>
+      </c>
+      <c r="I57">
+        <v>2.92</v>
+      </c>
+      <c r="J57">
+        <v>2.86</v>
+      </c>
       <c r="K57">
         <v>2.9</v>
       </c>
       <c r="L57">
         <v>2.9</v>
+      </c>
+      <c r="N57">
+        <v>2.88</v>
+      </c>
+      <c r="O57">
+        <v>2.92</v>
+      </c>
+      <c r="P57">
+        <v>7</v>
+      </c>
+      <c r="Q57">
+        <v>197</v>
+      </c>
+      <c r="R57">
+        <v>570.68</v>
       </c>
       <c r="S57" t="s">
         <v>43</v>
       </c>
       <c r="T57" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>218</v>
       </c>
       <c r="C58" t="s">
         <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>55</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
+      <c r="H58">
+        <v>4.96</v>
+      </c>
       <c r="K58">
         <v>4.96</v>
       </c>
       <c r="L58">
         <v>4.96</v>
+      </c>
+      <c r="N58">
+        <v>4.82</v>
+      </c>
+      <c r="O58">
+        <v>5.0</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
       <c r="T58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>221</v>
       </c>
       <c r="C59" t="s">
         <v>222</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>32</v>
       </c>
+      <c r="G59">
+        <v>1.22138818</v>
+      </c>
+      <c r="H59">
+        <v>1.22</v>
+      </c>
+      <c r="I59">
+        <v>1.235</v>
+      </c>
+      <c r="J59">
+        <v>1.21</v>
+      </c>
       <c r="K59">
         <v>1.22</v>
       </c>
       <c r="L59">
-        <v>1.22</v>
+        <v>1.23</v>
+      </c>
+      <c r="M59">
+        <v>0.82</v>
+      </c>
+      <c r="N59">
+        <v>1.23</v>
+      </c>
+      <c r="O59">
+        <v>1.235</v>
+      </c>
+      <c r="P59">
+        <v>38</v>
+      </c>
+      <c r="Q59">
+        <v>9354</v>
+      </c>
+      <c r="R59">
+        <v>11424.865</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>223</v>
       </c>
       <c r="B60" t="s">
         <v>224</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
+      <c r="G60">
+        <v>0.71593496</v>
+      </c>
+      <c r="H60">
+        <v>0.715</v>
+      </c>
+      <c r="I60">
+        <v>0.72</v>
+      </c>
+      <c r="J60">
+        <v>0.715</v>
+      </c>
       <c r="K60">
         <v>0.715</v>
       </c>
       <c r="L60">
-        <v>0.715</v>
+        <v>0.72</v>
+      </c>
+      <c r="M60">
+        <v>0.7</v>
+      </c>
+      <c r="N60">
+        <v>0.7</v>
+      </c>
+      <c r="O60">
+        <v>0.72</v>
+      </c>
+      <c r="P60">
+        <v>3</v>
+      </c>
+      <c r="Q60">
+        <v>123</v>
+      </c>
+      <c r="R60">
+        <v>88.06</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>226</v>
       </c>
       <c r="B61" t="s">
         <v>227</v>
       </c>
       <c r="C61" t="s">
         <v>228</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
+      <c r="G61">
+        <v>0.58139015</v>
+      </c>
+      <c r="H61">
+        <v>0.581</v>
+      </c>
+      <c r="I61">
+        <v>0.582</v>
+      </c>
+      <c r="J61">
+        <v>0.58</v>
+      </c>
       <c r="K61">
         <v>0.581</v>
       </c>
       <c r="L61">
         <v>0.581</v>
+      </c>
+      <c r="N61">
+        <v>0.581</v>
+      </c>
+      <c r="O61">
+        <v>0.581</v>
+      </c>
+      <c r="P61">
+        <v>311</v>
+      </c>
+      <c r="Q61">
+        <v>106396</v>
+      </c>
+      <c r="R61">
+        <v>61857.586</v>
       </c>
       <c r="S61" t="s">
         <v>43</v>
       </c>
       <c r="T61" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>229</v>
       </c>
       <c r="B62" t="s">
         <v>230</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
+      <c r="G62">
+        <v>1.8761515</v>
+      </c>
+      <c r="H62">
+        <v>1.875</v>
+      </c>
+      <c r="I62">
+        <v>1.88</v>
+      </c>
+      <c r="J62">
+        <v>1.87</v>
+      </c>
       <c r="K62">
         <v>1.875</v>
       </c>
       <c r="L62">
         <v>1.875</v>
+      </c>
+      <c r="N62">
+        <v>1.875</v>
+      </c>
+      <c r="O62">
+        <v>1.875</v>
+      </c>
+      <c r="P62">
+        <v>44</v>
+      </c>
+      <c r="Q62">
+        <v>11003</v>
+      </c>
+      <c r="R62">
+        <v>20643.295</v>
       </c>
       <c r="S62" t="s">
         <v>160</v>
       </c>
       <c r="T62" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>232</v>
       </c>
       <c r="B63" t="s">
         <v>233</v>
       </c>
       <c r="C63" t="s">
         <v>234</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
+      <c r="G63">
+        <v>9.35622338</v>
+      </c>
+      <c r="H63">
+        <v>9.38</v>
+      </c>
+      <c r="I63">
+        <v>9.38</v>
+      </c>
+      <c r="J63">
+        <v>9.355</v>
+      </c>
       <c r="K63">
         <v>9.37</v>
       </c>
       <c r="L63">
+        <v>9.38</v>
+      </c>
+      <c r="M63">
+        <v>0.11</v>
+      </c>
+      <c r="N63">
         <v>9.37</v>
+      </c>
+      <c r="O63">
+        <v>9.38</v>
+      </c>
+      <c r="P63">
+        <v>75</v>
+      </c>
+      <c r="Q63">
+        <v>39391</v>
+      </c>
+      <c r="R63">
+        <v>368550.995</v>
       </c>
       <c r="S63" t="s">
         <v>43</v>
       </c>
       <c r="T63" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>236</v>
       </c>
       <c r="C64" t="s">
         <v>237</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
         <v>38</v>
       </c>
+      <c r="G64">
+        <v>0.644</v>
+      </c>
+      <c r="H64">
+        <v>0.644</v>
+      </c>
+      <c r="I64">
+        <v>0.644</v>
+      </c>
+      <c r="J64">
+        <v>0.644</v>
+      </c>
       <c r="K64">
         <v>0.644</v>
       </c>
       <c r="L64">
         <v>0.644</v>
+      </c>
+      <c r="N64">
+        <v>0.626</v>
+      </c>
+      <c r="O64">
+        <v>0.644</v>
+      </c>
+      <c r="P64">
+        <v>4</v>
+      </c>
+      <c r="Q64">
+        <v>82</v>
+      </c>
+      <c r="R64">
+        <v>52.808</v>
       </c>
       <c r="S64" t="s">
         <v>48</v>
       </c>
       <c r="T64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>239</v>
       </c>
       <c r="C65" t="s">
         <v>240</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
+      <c r="G65">
+        <v>1.25126908</v>
+      </c>
+      <c r="H65">
+        <v>1.248</v>
+      </c>
+      <c r="I65">
+        <v>1.264</v>
+      </c>
+      <c r="J65">
+        <v>1.244</v>
+      </c>
       <c r="K65">
         <v>1.242</v>
       </c>
       <c r="L65">
-        <v>1.242</v>
+        <v>1.254</v>
+      </c>
+      <c r="M65">
+        <v>0.97</v>
+      </c>
+      <c r="N65">
+        <v>1.254</v>
+      </c>
+      <c r="O65">
+        <v>1.254</v>
+      </c>
+      <c r="P65">
+        <v>183</v>
+      </c>
+      <c r="Q65">
+        <v>111402</v>
+      </c>
+      <c r="R65">
+        <v>139393.878</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>241</v>
       </c>
       <c r="B66" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>243</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" t="s">
         <v>32</v>
       </c>
+      <c r="G66">
+        <v>10.66514706</v>
+      </c>
+      <c r="H66">
+        <v>10.7</v>
+      </c>
+      <c r="I66">
+        <v>10.7</v>
+      </c>
+      <c r="J66">
+        <v>10.6</v>
+      </c>
       <c r="K66">
         <v>10.7</v>
       </c>
       <c r="L66">
         <v>10.7</v>
+      </c>
+      <c r="N66">
+        <v>10.65</v>
+      </c>
+      <c r="O66">
+        <v>10.7</v>
+      </c>
+      <c r="P66">
+        <v>40</v>
+      </c>
+      <c r="Q66">
+        <v>1020</v>
+      </c>
+      <c r="R66">
+        <v>10878.45</v>
       </c>
       <c r="S66" t="s">
         <v>115</v>
       </c>
       <c r="T66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>244</v>
       </c>
       <c r="B67" t="s">
         <v>245</v>
       </c>
       <c r="C67" t="s">
         <v>246</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
+      <c r="H67">
+        <v>0.308</v>
+      </c>
       <c r="K67">
         <v>0.308</v>
       </c>
       <c r="L67">
         <v>0.308</v>
+      </c>
+      <c r="N67">
+        <v>0.29</v>
+      </c>
+      <c r="O67">
+        <v>0.312</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>247</v>
       </c>
       <c r="B68" t="s">
         <v>248</v>
       </c>
       <c r="C68" t="s">
         <v>249</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68" t="s">
         <v>38</v>
       </c>
+      <c r="G68">
+        <v>10.89358407</v>
+      </c>
+      <c r="H68">
+        <v>10.8</v>
+      </c>
+      <c r="I68">
+        <v>11.0</v>
+      </c>
+      <c r="J68">
+        <v>10.8</v>
+      </c>
       <c r="K68">
         <v>10.8</v>
       </c>
       <c r="L68">
-        <v>10.8</v>
+        <v>11.0</v>
+      </c>
+      <c r="M68">
+        <v>1.85</v>
+      </c>
+      <c r="N68">
+        <v>10.9</v>
+      </c>
+      <c r="O68">
+        <v>11.0</v>
+      </c>
+      <c r="P68">
+        <v>12</v>
+      </c>
+      <c r="Q68">
+        <v>452</v>
+      </c>
+      <c r="R68">
+        <v>4923.9</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>250</v>
       </c>
       <c r="B69" t="s">
         <v>251</v>
       </c>
       <c r="C69" t="s">
         <v>252</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
         <v>55</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
+      <c r="G69">
+        <v>3.80283708</v>
+      </c>
+      <c r="H69">
+        <v>3.81</v>
+      </c>
+      <c r="I69">
+        <v>3.81</v>
+      </c>
+      <c r="J69">
+        <v>3.8</v>
+      </c>
       <c r="K69">
         <v>3.81</v>
       </c>
       <c r="L69">
         <v>3.81</v>
+      </c>
+      <c r="N69">
+        <v>3.8</v>
+      </c>
+      <c r="O69">
+        <v>3.81</v>
+      </c>
+      <c r="P69">
+        <v>9</v>
+      </c>
+      <c r="Q69">
+        <v>356</v>
+      </c>
+      <c r="R69">
+        <v>1353.81</v>
       </c>
       <c r="S69" t="s">
         <v>43</v>
       </c>
       <c r="T69" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>254</v>
       </c>
       <c r="C70" t="s">
         <v>255</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
+      <c r="G70">
+        <v>11.21014222</v>
+      </c>
+      <c r="H70">
+        <v>11.2</v>
+      </c>
+      <c r="I70">
+        <v>11.3</v>
+      </c>
+      <c r="J70">
+        <v>11.2</v>
+      </c>
       <c r="K70">
         <v>11.25</v>
       </c>
       <c r="L70">
-        <v>11.25</v>
+        <v>11.2</v>
+      </c>
+      <c r="M70">
+        <v>-0.44</v>
+      </c>
+      <c r="N70">
+        <v>11.2</v>
+      </c>
+      <c r="O70">
+        <v>11.3</v>
+      </c>
+      <c r="P70">
+        <v>30</v>
+      </c>
+      <c r="Q70">
+        <v>4008</v>
+      </c>
+      <c r="R70">
+        <v>44930.25</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>256</v>
       </c>
       <c r="B71" t="s">
         <v>257</v>
       </c>
       <c r="C71" t="s">
         <v>258</v>
       </c>
       <c r="D71" t="s">
         <v>23</v>
       </c>
       <c r="E71" t="s">
         <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>38</v>
       </c>
+      <c r="G71">
+        <v>2.66</v>
+      </c>
+      <c r="H71">
+        <v>2.66</v>
+      </c>
+      <c r="I71">
+        <v>2.66</v>
+      </c>
+      <c r="J71">
+        <v>2.66</v>
+      </c>
       <c r="K71">
         <v>2.66</v>
       </c>
       <c r="L71">
         <v>2.66</v>
+      </c>
+      <c r="N71">
+        <v>2.62</v>
+      </c>
+      <c r="O71">
+        <v>2.64</v>
+      </c>
+      <c r="P71">
+        <v>1</v>
+      </c>
+      <c r="Q71">
+        <v>5</v>
+      </c>
+      <c r="R71">
+        <v>13.3</v>
       </c>
       <c r="S71" t="s">
         <v>33</v>
       </c>
       <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3561,1003 +5328,1837 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
+      <c r="G2">
+        <v>1.91615385</v>
+      </c>
+      <c r="H2">
+        <v>1.9</v>
+      </c>
+      <c r="I2">
+        <v>1.93</v>
+      </c>
+      <c r="J2">
+        <v>1.9</v>
+      </c>
       <c r="K2">
         <v>1.91</v>
       </c>
       <c r="L2">
-        <v>1.91</v>
+        <v>1.93</v>
+      </c>
+      <c r="M2">
+        <v>1.05</v>
+      </c>
+      <c r="N2">
+        <v>1.9</v>
+      </c>
+      <c r="O2">
+        <v>1.95</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>13</v>
+      </c>
+      <c r="R2">
+        <v>24.91</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.64902811</v>
+      </c>
+      <c r="H3">
+        <v>1.65</v>
+      </c>
+      <c r="I3">
+        <v>1.66</v>
+      </c>
+      <c r="J3">
+        <v>1.63</v>
+      </c>
       <c r="K3">
         <v>1.65</v>
       </c>
       <c r="L3">
-        <v>1.65</v>
+        <v>1.66</v>
+      </c>
+      <c r="M3">
+        <v>0.61</v>
+      </c>
+      <c r="N3">
+        <v>1.64</v>
+      </c>
+      <c r="O3">
+        <v>1.66</v>
+      </c>
+      <c r="P3">
+        <v>25</v>
+      </c>
+      <c r="Q3">
+        <v>1672</v>
+      </c>
+      <c r="R3">
+        <v>2757.175</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
+      <c r="G4">
+        <v>1.48696651</v>
+      </c>
+      <c r="H4">
+        <v>1.5</v>
+      </c>
+      <c r="I4">
+        <v>1.52</v>
+      </c>
+      <c r="J4">
+        <v>1.41</v>
+      </c>
       <c r="K4">
         <v>1.44</v>
       </c>
       <c r="L4">
-        <v>1.44</v>
+        <v>1.41</v>
+      </c>
+      <c r="M4">
+        <v>-2.08</v>
+      </c>
+      <c r="N4">
+        <v>1.42</v>
+      </c>
+      <c r="O4">
+        <v>1.5</v>
+      </c>
+      <c r="P4">
+        <v>11</v>
+      </c>
+      <c r="Q4">
+        <v>1045</v>
+      </c>
+      <c r="R4">
+        <v>1553.88</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>2.05130238</v>
+      </c>
+      <c r="H5">
+        <v>2.03</v>
+      </c>
+      <c r="I5">
+        <v>2.075</v>
+      </c>
+      <c r="J5">
+        <v>2.03</v>
+      </c>
       <c r="K5">
         <v>2.035</v>
       </c>
       <c r="L5">
-        <v>2.035</v>
+        <v>2.055</v>
+      </c>
+      <c r="M5">
+        <v>0.98</v>
+      </c>
+      <c r="N5">
+        <v>2.055</v>
+      </c>
+      <c r="O5">
+        <v>2.055</v>
+      </c>
+      <c r="P5">
+        <v>220</v>
+      </c>
+      <c r="Q5">
+        <v>82211</v>
+      </c>
+      <c r="R5">
+        <v>168639.62</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
+      <c r="G6">
+        <v>1.24281452</v>
+      </c>
+      <c r="H6">
+        <v>1.24</v>
+      </c>
+      <c r="I6">
+        <v>1.245</v>
+      </c>
+      <c r="J6">
+        <v>1.24</v>
+      </c>
       <c r="K6">
         <v>1.245</v>
       </c>
       <c r="L6">
+        <v>1.24</v>
+      </c>
+      <c r="M6">
+        <v>-0.4</v>
+      </c>
+      <c r="N6">
+        <v>1.24</v>
+      </c>
+      <c r="O6">
         <v>1.245</v>
+      </c>
+      <c r="P6">
+        <v>35</v>
+      </c>
+      <c r="Q6">
+        <v>3553</v>
+      </c>
+      <c r="R6">
+        <v>4415.72</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>79</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
+      <c r="G7">
+        <v>19.15</v>
+      </c>
+      <c r="H7">
+        <v>19.15</v>
+      </c>
+      <c r="I7">
+        <v>19.15</v>
+      </c>
+      <c r="J7">
+        <v>19.15</v>
+      </c>
       <c r="K7">
         <v>19.15</v>
       </c>
       <c r="L7">
         <v>19.15</v>
+      </c>
+      <c r="N7">
+        <v>19.1</v>
+      </c>
+      <c r="O7">
+        <v>19.15</v>
+      </c>
+      <c r="P7">
+        <v>22</v>
+      </c>
+      <c r="Q7">
+        <v>332</v>
+      </c>
+      <c r="R7">
+        <v>6357.8</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>85</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
+      <c r="N8">
+        <v>0.13</v>
+      </c>
       <c r="S8" t="s">
         <v>63</v>
       </c>
       <c r="T8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>95</v>
       </c>
       <c r="B9" t="s">
         <v>96</v>
       </c>
       <c r="C9" t="s">
         <v>97</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
+      <c r="G9">
+        <v>0.06984407</v>
+      </c>
+      <c r="H9">
+        <v>0.074</v>
+      </c>
+      <c r="I9">
+        <v>0.074</v>
+      </c>
+      <c r="J9">
+        <v>0.066</v>
+      </c>
       <c r="K9">
         <v>0.074</v>
       </c>
       <c r="L9">
-        <v>0.074</v>
+        <v>0.07</v>
+      </c>
+      <c r="M9">
+        <v>-5.41</v>
+      </c>
+      <c r="N9">
+        <v>0.068</v>
+      </c>
+      <c r="O9">
+        <v>0.07</v>
+      </c>
+      <c r="P9">
+        <v>10</v>
+      </c>
+      <c r="Q9">
+        <v>6925</v>
+      </c>
+      <c r="R9">
+        <v>483.6702</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
+      <c r="G10">
+        <v>4.67185243</v>
+      </c>
+      <c r="H10">
+        <v>4.65</v>
+      </c>
+      <c r="I10">
+        <v>4.68</v>
+      </c>
+      <c r="J10">
+        <v>4.65</v>
+      </c>
       <c r="K10">
         <v>4.65</v>
       </c>
       <c r="L10">
-        <v>4.65</v>
+        <v>4.67</v>
+      </c>
+      <c r="M10">
+        <v>0.43</v>
+      </c>
+      <c r="N10">
+        <v>4.67</v>
+      </c>
+      <c r="O10">
+        <v>4.68</v>
+      </c>
+      <c r="P10">
+        <v>21</v>
+      </c>
+      <c r="Q10">
+        <v>637</v>
+      </c>
+      <c r="R10">
+        <v>2975.97</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
+      <c r="G11">
+        <v>5.83587209</v>
+      </c>
+      <c r="H11">
+        <v>5.86</v>
+      </c>
+      <c r="I11">
+        <v>5.86</v>
+      </c>
+      <c r="J11">
+        <v>5.8</v>
+      </c>
       <c r="K11">
         <v>5.86</v>
       </c>
       <c r="L11">
         <v>5.86</v>
+      </c>
+      <c r="N11">
+        <v>5.82</v>
+      </c>
+      <c r="O11">
+        <v>5.86</v>
+      </c>
+      <c r="P11">
+        <v>26</v>
+      </c>
+      <c r="Q11">
+        <v>344</v>
+      </c>
+      <c r="R11">
+        <v>2007.54</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>45.78357895</v>
+      </c>
+      <c r="H12">
+        <v>45.8</v>
+      </c>
+      <c r="I12">
+        <v>45.9</v>
+      </c>
+      <c r="J12">
+        <v>45.7</v>
+      </c>
       <c r="K12">
         <v>45.8</v>
       </c>
       <c r="L12">
         <v>45.8</v>
+      </c>
+      <c r="N12">
+        <v>45.7</v>
+      </c>
+      <c r="O12">
+        <v>45.8</v>
+      </c>
+      <c r="P12">
+        <v>29</v>
+      </c>
+      <c r="Q12">
+        <v>475</v>
+      </c>
+      <c r="R12">
+        <v>21747.2</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>148</v>
       </c>
       <c r="C13" t="s">
         <v>149</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
+      <c r="G13">
+        <v>3.3757097</v>
+      </c>
+      <c r="H13">
+        <v>3.355</v>
+      </c>
+      <c r="I13">
+        <v>3.4</v>
+      </c>
+      <c r="J13">
+        <v>3.355</v>
+      </c>
       <c r="K13">
         <v>3.365</v>
       </c>
       <c r="L13">
-        <v>3.365</v>
+        <v>3.4</v>
+      </c>
+      <c r="M13">
+        <v>1.04</v>
+      </c>
+      <c r="N13">
+        <v>3.4</v>
+      </c>
+      <c r="O13">
+        <v>3.4</v>
+      </c>
+      <c r="P13">
+        <v>304</v>
+      </c>
+      <c r="Q13">
+        <v>167712</v>
+      </c>
+      <c r="R13">
+        <v>566147.025</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="B14" t="s">
         <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>152</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="H14">
+        <v>5.45</v>
+      </c>
       <c r="K14">
         <v>5.45</v>
       </c>
       <c r="L14">
+        <v>5.45</v>
+      </c>
+      <c r="N14">
+        <v>5.4</v>
+      </c>
+      <c r="O14">
         <v>5.45</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>157</v>
       </c>
       <c r="B15" t="s">
         <v>158</v>
       </c>
       <c r="C15" t="s">
         <v>159</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
+      <c r="G15">
+        <v>1.69780822</v>
+      </c>
+      <c r="H15">
+        <v>1.72</v>
+      </c>
+      <c r="I15">
+        <v>1.72</v>
+      </c>
+      <c r="J15">
+        <v>1.69</v>
+      </c>
       <c r="K15">
         <v>1.72</v>
       </c>
       <c r="L15">
-        <v>1.72</v>
+        <v>1.7</v>
+      </c>
+      <c r="M15">
+        <v>-1.16</v>
+      </c>
+      <c r="N15">
+        <v>1.69</v>
+      </c>
+      <c r="O15">
+        <v>1.7</v>
+      </c>
+      <c r="P15">
+        <v>15</v>
+      </c>
+      <c r="Q15">
+        <v>146</v>
+      </c>
+      <c r="R15">
+        <v>247.88</v>
       </c>
       <c r="S15" t="s">
         <v>160</v>
       </c>
       <c r="T15" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>164</v>
       </c>
       <c r="B16" t="s">
         <v>165</v>
       </c>
       <c r="C16" t="s">
         <v>166</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
+      <c r="G16">
+        <v>4.341875</v>
+      </c>
+      <c r="H16">
+        <v>4.37</v>
+      </c>
+      <c r="I16">
+        <v>4.37</v>
+      </c>
+      <c r="J16">
+        <v>4.12</v>
+      </c>
       <c r="K16">
         <v>4.37</v>
       </c>
       <c r="L16">
-        <v>4.37</v>
+        <v>4.28</v>
+      </c>
+      <c r="M16">
+        <v>-2.06</v>
+      </c>
+      <c r="N16">
+        <v>4.13</v>
+      </c>
+      <c r="O16">
+        <v>4.36</v>
+      </c>
+      <c r="P16">
+        <v>10</v>
+      </c>
+      <c r="Q16">
+        <v>560</v>
+      </c>
+      <c r="R16">
+        <v>2431.45</v>
       </c>
       <c r="S16" t="s">
         <v>167</v>
       </c>
       <c r="T16" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>168</v>
       </c>
       <c r="B17" t="s">
         <v>169</v>
       </c>
       <c r="C17" t="s">
         <v>170</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
+      <c r="G17">
+        <v>27.9</v>
+      </c>
+      <c r="H17">
+        <v>27.6</v>
+      </c>
+      <c r="I17">
+        <v>28.0</v>
+      </c>
+      <c r="J17">
+        <v>27.6</v>
+      </c>
       <c r="K17">
         <v>27.6</v>
       </c>
       <c r="L17">
-        <v>27.6</v>
+        <v>28.0</v>
+      </c>
+      <c r="M17">
+        <v>1.45</v>
+      </c>
+      <c r="N17">
+        <v>27.4</v>
+      </c>
+      <c r="O17">
+        <v>28.0</v>
+      </c>
+      <c r="P17">
+        <v>5</v>
+      </c>
+      <c r="Q17">
+        <v>8</v>
+      </c>
+      <c r="R17">
+        <v>223.2</v>
       </c>
       <c r="S17" t="s">
         <v>156</v>
       </c>
       <c r="T17" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>172</v>
       </c>
       <c r="C18" t="s">
         <v>173</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
+      <c r="G18">
+        <v>30.15619877</v>
+      </c>
+      <c r="H18">
+        <v>30.15</v>
+      </c>
+      <c r="I18">
+        <v>30.25</v>
+      </c>
+      <c r="J18">
+        <v>30.05</v>
+      </c>
       <c r="K18">
         <v>30.15</v>
       </c>
       <c r="L18">
         <v>30.15</v>
+      </c>
+      <c r="N18">
+        <v>30.15</v>
+      </c>
+      <c r="O18">
+        <v>30.15</v>
+      </c>
+      <c r="P18">
+        <v>71</v>
+      </c>
+      <c r="Q18">
+        <v>2928</v>
+      </c>
+      <c r="R18">
+        <v>88297.35</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>175</v>
       </c>
       <c r="C19" t="s">
         <v>176</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
+      <c r="G19">
+        <v>0.6247731</v>
+      </c>
+      <c r="H19">
+        <v>0.624</v>
+      </c>
+      <c r="I19">
+        <v>0.626</v>
+      </c>
+      <c r="J19">
+        <v>0.623</v>
+      </c>
       <c r="K19">
         <v>0.624</v>
       </c>
       <c r="L19">
-        <v>0.624</v>
+        <v>0.625</v>
+      </c>
+      <c r="M19">
+        <v>0.16</v>
+      </c>
+      <c r="N19">
+        <v>0.625</v>
+      </c>
+      <c r="O19">
+        <v>0.625</v>
+      </c>
+      <c r="P19">
+        <v>127</v>
+      </c>
+      <c r="Q19">
+        <v>18334</v>
+      </c>
+      <c r="R19">
+        <v>11454.59</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>184</v>
       </c>
       <c r="B20" t="s">
         <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>186</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
+      <c r="G20">
+        <v>0.916945</v>
+      </c>
+      <c r="H20">
+        <v>0.92</v>
+      </c>
+      <c r="I20">
+        <v>0.935</v>
+      </c>
+      <c r="J20">
+        <v>0.9</v>
+      </c>
       <c r="K20">
         <v>0.9</v>
       </c>
       <c r="L20">
         <v>0.9</v>
+      </c>
+      <c r="N20">
+        <v>0.9</v>
+      </c>
+      <c r="O20">
+        <v>0.91</v>
+      </c>
+      <c r="P20">
+        <v>20</v>
+      </c>
+      <c r="Q20">
+        <v>4473</v>
+      </c>
+      <c r="R20">
+        <v>4101.495</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>187</v>
       </c>
       <c r="B21" t="s">
         <v>188</v>
       </c>
       <c r="C21" t="s">
         <v>189</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
+      <c r="G21">
+        <v>0.16583784</v>
+      </c>
+      <c r="H21">
+        <v>0.168</v>
+      </c>
+      <c r="I21">
+        <v>0.168</v>
+      </c>
+      <c r="J21">
+        <v>0.164</v>
+      </c>
       <c r="K21">
         <v>0.163</v>
       </c>
       <c r="L21">
-        <v>0.163</v>
+        <v>0.164</v>
+      </c>
+      <c r="M21">
+        <v>0.61</v>
+      </c>
+      <c r="N21">
+        <v>0.164</v>
+      </c>
+      <c r="O21">
+        <v>0.168</v>
+      </c>
+      <c r="P21">
+        <v>3</v>
+      </c>
+      <c r="Q21">
+        <v>370</v>
+      </c>
+      <c r="R21">
+        <v>61.36</v>
       </c>
       <c r="S21" t="s">
         <v>167</v>
       </c>
       <c r="T21" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>190</v>
       </c>
       <c r="B22" t="s">
         <v>191</v>
       </c>
       <c r="C22" t="s">
         <v>192</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
+      <c r="G22">
+        <v>0.05707334</v>
+      </c>
+      <c r="H22">
+        <v>0.057</v>
+      </c>
+      <c r="I22">
+        <v>0.0578</v>
+      </c>
+      <c r="J22">
+        <v>0.0562</v>
+      </c>
       <c r="K22">
         <v>0.057</v>
       </c>
       <c r="L22">
-        <v>0.057</v>
+        <v>0.0572</v>
+      </c>
+      <c r="M22">
+        <v>0.35</v>
+      </c>
+      <c r="N22">
+        <v>0.0564</v>
+      </c>
+      <c r="O22">
+        <v>0.0572</v>
+      </c>
+      <c r="P22">
+        <v>18</v>
+      </c>
+      <c r="Q22">
+        <v>4838</v>
+      </c>
+      <c r="R22">
+        <v>276.1208</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>193</v>
       </c>
       <c r="B23" t="s">
         <v>194</v>
       </c>
       <c r="C23" t="s">
         <v>195</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
+      <c r="H23">
+        <v>4.28</v>
+      </c>
       <c r="K23">
         <v>4.28</v>
       </c>
       <c r="L23">
         <v>4.28</v>
+      </c>
+      <c r="N23">
+        <v>4.1</v>
+      </c>
+      <c r="O23">
+        <v>4.3</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>202</v>
       </c>
       <c r="B24" t="s">
         <v>203</v>
       </c>
       <c r="C24" t="s">
         <v>204</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
+      <c r="G24">
+        <v>0.28</v>
+      </c>
+      <c r="H24">
+        <v>0.28</v>
+      </c>
+      <c r="I24">
+        <v>0.28</v>
+      </c>
+      <c r="J24">
+        <v>0.28</v>
+      </c>
       <c r="K24">
         <v>0.266</v>
       </c>
       <c r="L24">
-        <v>0.266</v>
+        <v>0.28</v>
+      </c>
+      <c r="M24">
+        <v>5.26</v>
+      </c>
+      <c r="N24">
+        <v>0.256</v>
+      </c>
+      <c r="O24">
+        <v>0.27</v>
+      </c>
+      <c r="P24">
+        <v>1</v>
+      </c>
+      <c r="Q24">
+        <v>1</v>
+      </c>
+      <c r="R24">
+        <v>0.28</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>214</v>
       </c>
       <c r="B25" t="s">
         <v>215</v>
       </c>
       <c r="C25" t="s">
         <v>216</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
+      <c r="G25">
+        <v>2.89685279</v>
+      </c>
+      <c r="H25">
+        <v>2.9</v>
+      </c>
+      <c r="I25">
+        <v>2.92</v>
+      </c>
+      <c r="J25">
+        <v>2.86</v>
+      </c>
       <c r="K25">
         <v>2.9</v>
       </c>
       <c r="L25">
         <v>2.9</v>
+      </c>
+      <c r="N25">
+        <v>2.88</v>
+      </c>
+      <c r="O25">
+        <v>2.92</v>
+      </c>
+      <c r="P25">
+        <v>7</v>
+      </c>
+      <c r="Q25">
+        <v>197</v>
+      </c>
+      <c r="R25">
+        <v>570.68</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>220</v>
       </c>
       <c r="B26" t="s">
         <v>221</v>
       </c>
       <c r="C26" t="s">
         <v>222</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
+      <c r="G26">
+        <v>1.22138818</v>
+      </c>
+      <c r="H26">
+        <v>1.22</v>
+      </c>
+      <c r="I26">
+        <v>1.235</v>
+      </c>
+      <c r="J26">
+        <v>1.21</v>
+      </c>
       <c r="K26">
         <v>1.22</v>
       </c>
       <c r="L26">
-        <v>1.22</v>
+        <v>1.23</v>
+      </c>
+      <c r="M26">
+        <v>0.82</v>
+      </c>
+      <c r="N26">
+        <v>1.23</v>
+      </c>
+      <c r="O26">
+        <v>1.235</v>
+      </c>
+      <c r="P26">
+        <v>38</v>
+      </c>
+      <c r="Q26">
+        <v>9354</v>
+      </c>
+      <c r="R26">
+        <v>11424.865</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>223</v>
       </c>
       <c r="B27" t="s">
         <v>224</v>
       </c>
       <c r="C27" t="s">
         <v>225</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
+      <c r="G27">
+        <v>0.71593496</v>
+      </c>
+      <c r="H27">
+        <v>0.715</v>
+      </c>
+      <c r="I27">
+        <v>0.72</v>
+      </c>
+      <c r="J27">
+        <v>0.715</v>
+      </c>
       <c r="K27">
         <v>0.715</v>
       </c>
       <c r="L27">
-        <v>0.715</v>
+        <v>0.72</v>
+      </c>
+      <c r="M27">
+        <v>0.7</v>
+      </c>
+      <c r="N27">
+        <v>0.7</v>
+      </c>
+      <c r="O27">
+        <v>0.72</v>
+      </c>
+      <c r="P27">
+        <v>3</v>
+      </c>
+      <c r="Q27">
+        <v>123</v>
+      </c>
+      <c r="R27">
+        <v>88.06</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>226</v>
       </c>
       <c r="B28" t="s">
         <v>227</v>
       </c>
       <c r="C28" t="s">
         <v>228</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
+      <c r="G28">
+        <v>0.58139015</v>
+      </c>
+      <c r="H28">
+        <v>0.581</v>
+      </c>
+      <c r="I28">
+        <v>0.582</v>
+      </c>
+      <c r="J28">
+        <v>0.58</v>
+      </c>
       <c r="K28">
         <v>0.581</v>
       </c>
       <c r="L28">
         <v>0.581</v>
+      </c>
+      <c r="N28">
+        <v>0.581</v>
+      </c>
+      <c r="O28">
+        <v>0.581</v>
+      </c>
+      <c r="P28">
+        <v>311</v>
+      </c>
+      <c r="Q28">
+        <v>106396</v>
+      </c>
+      <c r="R28">
+        <v>61857.586</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>232</v>
       </c>
       <c r="B29" t="s">
         <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>234</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
+      <c r="G29">
+        <v>9.35622338</v>
+      </c>
+      <c r="H29">
+        <v>9.38</v>
+      </c>
+      <c r="I29">
+        <v>9.38</v>
+      </c>
+      <c r="J29">
+        <v>9.355</v>
+      </c>
       <c r="K29">
         <v>9.37</v>
       </c>
       <c r="L29">
+        <v>9.38</v>
+      </c>
+      <c r="M29">
+        <v>0.11</v>
+      </c>
+      <c r="N29">
         <v>9.37</v>
+      </c>
+      <c r="O29">
+        <v>9.38</v>
+      </c>
+      <c r="P29">
+        <v>75</v>
+      </c>
+      <c r="Q29">
+        <v>39391</v>
+      </c>
+      <c r="R29">
+        <v>368550.995</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>235</v>
       </c>
       <c r="B30" t="s">
         <v>236</v>
       </c>
       <c r="C30" t="s">
         <v>237</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
+      <c r="G30">
+        <v>0.644</v>
+      </c>
+      <c r="H30">
+        <v>0.644</v>
+      </c>
+      <c r="I30">
+        <v>0.644</v>
+      </c>
+      <c r="J30">
+        <v>0.644</v>
+      </c>
       <c r="K30">
         <v>0.644</v>
       </c>
       <c r="L30">
         <v>0.644</v>
+      </c>
+      <c r="N30">
+        <v>0.626</v>
+      </c>
+      <c r="O30">
+        <v>0.644</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
+        <v>82</v>
+      </c>
+      <c r="R30">
+        <v>52.808</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>238</v>
       </c>
       <c r="B31" t="s">
         <v>239</v>
       </c>
       <c r="C31" t="s">
         <v>240</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
+      <c r="G31">
+        <v>1.25126908</v>
+      </c>
+      <c r="H31">
+        <v>1.248</v>
+      </c>
+      <c r="I31">
+        <v>1.264</v>
+      </c>
+      <c r="J31">
+        <v>1.244</v>
+      </c>
       <c r="K31">
         <v>1.242</v>
       </c>
       <c r="L31">
-        <v>1.242</v>
+        <v>1.254</v>
+      </c>
+      <c r="M31">
+        <v>0.97</v>
+      </c>
+      <c r="N31">
+        <v>1.254</v>
+      </c>
+      <c r="O31">
+        <v>1.254</v>
+      </c>
+      <c r="P31">
+        <v>183</v>
+      </c>
+      <c r="Q31">
+        <v>111402</v>
+      </c>
+      <c r="R31">
+        <v>139393.878</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>241</v>
       </c>
       <c r="B32" t="s">
         <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>243</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
+      <c r="G32">
+        <v>10.66514706</v>
+      </c>
+      <c r="H32">
+        <v>10.7</v>
+      </c>
+      <c r="I32">
+        <v>10.7</v>
+      </c>
+      <c r="J32">
+        <v>10.6</v>
+      </c>
       <c r="K32">
         <v>10.7</v>
       </c>
       <c r="L32">
         <v>10.7</v>
+      </c>
+      <c r="N32">
+        <v>10.65</v>
+      </c>
+      <c r="O32">
+        <v>10.7</v>
+      </c>
+      <c r="P32">
+        <v>40</v>
+      </c>
+      <c r="Q32">
+        <v>1020</v>
+      </c>
+      <c r="R32">
+        <v>10878.45</v>
       </c>
       <c r="S32" t="s">
         <v>115</v>
       </c>
       <c r="T32" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4632,151 +7233,268 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
+      <c r="G2">
+        <v>6.8994709</v>
+      </c>
+      <c r="H2">
+        <v>7.1</v>
+      </c>
+      <c r="I2">
+        <v>7.1</v>
+      </c>
+      <c r="J2">
+        <v>6.85</v>
+      </c>
       <c r="K2">
         <v>7.0</v>
       </c>
       <c r="L2">
+        <v>6.95</v>
+      </c>
+      <c r="M2">
+        <v>-0.71</v>
+      </c>
+      <c r="N2">
+        <v>6.9</v>
+      </c>
+      <c r="O2">
         <v>7.0</v>
+      </c>
+      <c r="P2">
+        <v>23</v>
+      </c>
+      <c r="Q2">
+        <v>378</v>
+      </c>
+      <c r="R2">
+        <v>2608.0</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.29999472</v>
+      </c>
+      <c r="H3">
+        <v>1.3</v>
+      </c>
+      <c r="I3">
+        <v>1.3</v>
+      </c>
+      <c r="J3">
+        <v>1.298</v>
+      </c>
       <c r="K3">
         <v>1.3</v>
       </c>
       <c r="L3">
         <v>1.3</v>
+      </c>
+      <c r="N3">
+        <v>1.3</v>
+      </c>
+      <c r="O3">
+        <v>1.3</v>
+      </c>
+      <c r="P3">
+        <v>61</v>
+      </c>
+      <c r="Q3">
+        <v>93521</v>
+      </c>
+      <c r="R3">
+        <v>121576.806</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
+      <c r="G4">
+        <v>4.97548718</v>
+      </c>
+      <c r="H4">
+        <v>4.96</v>
+      </c>
+      <c r="I4">
+        <v>4.98</v>
+      </c>
+      <c r="J4">
+        <v>4.96</v>
+      </c>
       <c r="K4">
         <v>4.94</v>
       </c>
       <c r="L4">
+        <v>4.98</v>
+      </c>
+      <c r="M4">
+        <v>0.81</v>
+      </c>
+      <c r="N4">
         <v>4.94</v>
+      </c>
+      <c r="O4">
+        <v>4.98</v>
+      </c>
+      <c r="P4">
+        <v>12</v>
+      </c>
+      <c r="Q4">
+        <v>390</v>
+      </c>
+      <c r="R4">
+        <v>1940.44</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5" t="s">
         <v>88</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>1.68616646</v>
+      </c>
+      <c r="H5">
+        <v>1.6786</v>
+      </c>
+      <c r="I5">
+        <v>1.69</v>
+      </c>
+      <c r="J5">
+        <v>1.6786</v>
+      </c>
       <c r="K5">
         <v>1.6788</v>
       </c>
       <c r="L5">
-        <v>1.6788</v>
+        <v>1.69</v>
+      </c>
+      <c r="M5">
+        <v>0.67</v>
+      </c>
+      <c r="N5">
+        <v>1.6858</v>
+      </c>
+      <c r="O5">
+        <v>1.69</v>
+      </c>
+      <c r="P5">
+        <v>46</v>
+      </c>
+      <c r="Q5">
+        <v>129746</v>
+      </c>
+      <c r="R5">
+        <v>226730.0128</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
       <c r="C6" t="s">
         <v>94</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -4786,279 +7504,471 @@
         <v>63</v>
       </c>
       <c r="T6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
+      <c r="G7">
+        <v>9.96140562</v>
+      </c>
+      <c r="H7">
+        <v>10.0</v>
+      </c>
+      <c r="I7">
+        <v>10.0</v>
+      </c>
+      <c r="J7">
+        <v>9.88</v>
+      </c>
       <c r="K7">
         <v>10.0</v>
       </c>
       <c r="L7">
-        <v>10.0</v>
+        <v>9.98</v>
+      </c>
+      <c r="M7">
+        <v>-0.2</v>
+      </c>
+      <c r="N7">
+        <v>9.88</v>
+      </c>
+      <c r="O7">
+        <v>9.98</v>
+      </c>
+      <c r="P7">
+        <v>17</v>
+      </c>
+      <c r="Q7">
+        <v>498</v>
+      </c>
+      <c r="R7">
+        <v>4960.78</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>135</v>
       </c>
       <c r="B8" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
+      <c r="G8">
+        <v>16.8643617</v>
+      </c>
+      <c r="H8">
+        <v>16.85</v>
+      </c>
+      <c r="I8">
+        <v>16.95</v>
+      </c>
+      <c r="J8">
+        <v>16.85</v>
+      </c>
       <c r="K8">
         <v>16.85</v>
       </c>
       <c r="L8">
+        <v>16.9</v>
+      </c>
+      <c r="M8">
+        <v>0.3</v>
+      </c>
+      <c r="N8">
         <v>16.85</v>
+      </c>
+      <c r="O8">
+        <v>16.9</v>
+      </c>
+      <c r="P8">
+        <v>10</v>
+      </c>
+      <c r="Q8">
+        <v>94</v>
+      </c>
+      <c r="R8">
+        <v>1585.25</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>153</v>
       </c>
       <c r="B9" t="s">
         <v>154</v>
       </c>
       <c r="C9" t="s">
         <v>155</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
+      <c r="H9">
+        <v>9.5</v>
+      </c>
       <c r="K9">
         <v>9.5</v>
       </c>
       <c r="L9">
         <v>9.5</v>
+      </c>
+      <c r="N9">
+        <v>8.7</v>
+      </c>
+      <c r="O9">
+        <v>9.15</v>
       </c>
       <c r="S9" t="s">
         <v>156</v>
       </c>
       <c r="T9" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>161</v>
       </c>
       <c r="B10" t="s">
         <v>162</v>
       </c>
       <c r="C10" t="s">
         <v>163</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
+      <c r="G10">
+        <v>10.74050633</v>
+      </c>
+      <c r="H10">
+        <v>10.85</v>
+      </c>
+      <c r="I10">
+        <v>10.85</v>
+      </c>
+      <c r="J10">
+        <v>10.6</v>
+      </c>
       <c r="K10">
         <v>10.85</v>
       </c>
       <c r="L10">
-        <v>10.85</v>
+        <v>10.65</v>
+      </c>
+      <c r="M10">
+        <v>-1.84</v>
+      </c>
+      <c r="N10">
+        <v>10.55</v>
+      </c>
+      <c r="O10">
+        <v>10.7</v>
+      </c>
+      <c r="P10">
+        <v>12</v>
+      </c>
+      <c r="Q10">
+        <v>79</v>
+      </c>
+      <c r="R10">
+        <v>848.5</v>
       </c>
       <c r="S10" t="s">
         <v>43</v>
       </c>
       <c r="T10" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>199</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
+      <c r="G11">
+        <v>0.4</v>
+      </c>
+      <c r="H11">
+        <v>0.4</v>
+      </c>
+      <c r="I11">
+        <v>0.4</v>
+      </c>
+      <c r="J11">
+        <v>0.4</v>
+      </c>
       <c r="K11">
         <v>0.4</v>
       </c>
       <c r="L11">
         <v>0.4</v>
+      </c>
+      <c r="N11">
+        <v>0.362</v>
+      </c>
+      <c r="O11">
+        <v>0.39</v>
+      </c>
+      <c r="P11">
+        <v>1</v>
+      </c>
+      <c r="Q11">
+        <v>50</v>
+      </c>
+      <c r="R11">
+        <v>20.0</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>211</v>
       </c>
       <c r="B12" t="s">
         <v>212</v>
       </c>
       <c r="C12" t="s">
         <v>213</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>6.51756157</v>
+      </c>
+      <c r="H12">
+        <v>6.82</v>
+      </c>
+      <c r="I12">
+        <v>6.82</v>
+      </c>
+      <c r="J12">
+        <v>6.24</v>
+      </c>
       <c r="K12">
         <v>6.84</v>
       </c>
       <c r="L12">
-        <v>6.84</v>
+        <v>6.58</v>
+      </c>
+      <c r="M12">
+        <v>-3.8</v>
+      </c>
+      <c r="N12">
+        <v>6.54</v>
+      </c>
+      <c r="O12">
+        <v>6.58</v>
+      </c>
+      <c r="P12">
+        <v>63</v>
+      </c>
+      <c r="Q12">
+        <v>9867</v>
+      </c>
+      <c r="R12">
+        <v>64308.78</v>
       </c>
       <c r="S12" t="s">
         <v>160</v>
       </c>
       <c r="T12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>217</v>
       </c>
       <c r="B13" t="s">
         <v>218</v>
       </c>
       <c r="C13" t="s">
         <v>219</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
+      <c r="H13">
+        <v>4.96</v>
+      </c>
       <c r="K13">
         <v>4.96</v>
       </c>
       <c r="L13">
         <v>4.96</v>
+      </c>
+      <c r="N13">
+        <v>4.82</v>
+      </c>
+      <c r="O13">
+        <v>5.0</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>250</v>
       </c>
       <c r="B14" t="s">
         <v>251</v>
       </c>
       <c r="C14" t="s">
         <v>252</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="G14">
+        <v>3.80283708</v>
+      </c>
+      <c r="H14">
+        <v>3.81</v>
+      </c>
+      <c r="I14">
+        <v>3.81</v>
+      </c>
+      <c r="J14">
+        <v>3.8</v>
+      </c>
       <c r="K14">
         <v>3.81</v>
       </c>
       <c r="L14">
         <v>3.81</v>
+      </c>
+      <c r="N14">
+        <v>3.8</v>
+      </c>
+      <c r="O14">
+        <v>3.81</v>
+      </c>
+      <c r="P14">
+        <v>9</v>
+      </c>
+      <c r="Q14">
+        <v>356</v>
+      </c>
+      <c r="R14">
+        <v>1353.81</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5133,849 +8043,1473 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
+      <c r="G2">
+        <v>1.82383974</v>
+      </c>
+      <c r="H2">
+        <v>1.83</v>
+      </c>
+      <c r="I2">
+        <v>1.83</v>
+      </c>
+      <c r="J2">
+        <v>1.82</v>
+      </c>
       <c r="K2">
         <v>1.825</v>
       </c>
       <c r="L2">
         <v>1.825</v>
+      </c>
+      <c r="N2">
+        <v>1.82</v>
+      </c>
+      <c r="O2">
+        <v>1.825</v>
+      </c>
+      <c r="P2">
+        <v>31</v>
+      </c>
+      <c r="Q2">
+        <v>4137</v>
+      </c>
+      <c r="R2">
+        <v>7545.225</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
+      <c r="G3">
+        <v>1.21925926</v>
+      </c>
+      <c r="H3">
+        <v>1.22</v>
+      </c>
+      <c r="I3">
+        <v>1.22</v>
+      </c>
+      <c r="J3">
+        <v>1.21</v>
+      </c>
       <c r="K3">
         <v>1.21</v>
       </c>
       <c r="L3">
         <v>1.21</v>
+      </c>
+      <c r="N3">
+        <v>1.21</v>
+      </c>
+      <c r="O3">
+        <v>1.22</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>135</v>
+      </c>
+      <c r="R3">
+        <v>164.6</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
+      <c r="G4">
+        <v>3.31151787</v>
+      </c>
+      <c r="H4">
+        <v>3.3</v>
+      </c>
+      <c r="I4">
+        <v>3.33</v>
+      </c>
+      <c r="J4">
+        <v>3.3</v>
+      </c>
       <c r="K4">
         <v>3.3</v>
       </c>
       <c r="L4">
-        <v>3.3</v>
+        <v>3.33</v>
+      </c>
+      <c r="M4">
+        <v>0.91</v>
+      </c>
+      <c r="N4">
+        <v>3.31</v>
+      </c>
+      <c r="O4">
+        <v>3.34</v>
+      </c>
+      <c r="P4">
+        <v>30</v>
+      </c>
+      <c r="Q4">
+        <v>7247</v>
+      </c>
+      <c r="R4">
+        <v>23998.57</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
+      <c r="G5">
+        <v>0.06951274</v>
+      </c>
+      <c r="H5">
+        <v>0.07</v>
+      </c>
+      <c r="I5">
+        <v>0.07</v>
+      </c>
+      <c r="J5">
+        <v>0.0688</v>
+      </c>
       <c r="K5">
         <v>0.0692</v>
       </c>
       <c r="L5">
-        <v>0.0692</v>
+        <v>0.0688</v>
+      </c>
+      <c r="M5">
+        <v>-0.58</v>
+      </c>
+      <c r="N5">
+        <v>0.0688</v>
+      </c>
+      <c r="O5">
+        <v>0.069</v>
+      </c>
+      <c r="P5">
+        <v>47</v>
+      </c>
+      <c r="Q5">
+        <v>12952</v>
+      </c>
+      <c r="R5">
+        <v>900.329</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
+      <c r="H6">
+        <v>0.3</v>
+      </c>
       <c r="K6">
         <v>0.3</v>
       </c>
       <c r="L6">
         <v>0.3</v>
+      </c>
+      <c r="N6">
+        <v>0.27</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>89</v>
       </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
       <c r="C7" t="s">
         <v>91</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
+      <c r="H7">
+        <v>15.6</v>
+      </c>
       <c r="K7">
         <v>15.6</v>
       </c>
       <c r="L7">
         <v>15.6</v>
+      </c>
+      <c r="N7">
+        <v>15.5</v>
+      </c>
+      <c r="O7">
+        <v>15.7</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>98</v>
       </c>
       <c r="B8" t="s">
         <v>99</v>
       </c>
       <c r="C8" t="s">
         <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
+      <c r="G8">
+        <v>1.08311515</v>
+      </c>
+      <c r="H8">
+        <v>1.075</v>
+      </c>
+      <c r="I8">
+        <v>1.085</v>
+      </c>
+      <c r="J8">
+        <v>1.075</v>
+      </c>
       <c r="K8">
         <v>1.085</v>
       </c>
       <c r="L8">
         <v>1.085</v>
+      </c>
+      <c r="N8">
+        <v>1.08</v>
+      </c>
+      <c r="O8">
+        <v>1.085</v>
+      </c>
+      <c r="P8">
+        <v>18</v>
+      </c>
+      <c r="Q8">
+        <v>2918</v>
+      </c>
+      <c r="R8">
+        <v>3160.53</v>
       </c>
       <c r="S8" t="s">
         <v>101</v>
       </c>
       <c r="T8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>114</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
+      <c r="G9">
+        <v>20.90499182</v>
+      </c>
+      <c r="H9">
+        <v>20.9</v>
+      </c>
+      <c r="I9">
+        <v>20.95</v>
+      </c>
+      <c r="J9">
+        <v>20.8</v>
+      </c>
       <c r="K9">
         <v>20.9</v>
       </c>
       <c r="L9">
         <v>20.9</v>
+      </c>
+      <c r="N9">
+        <v>20.9</v>
+      </c>
+      <c r="O9">
+        <v>20.9</v>
+      </c>
+      <c r="P9">
+        <v>174</v>
+      </c>
+      <c r="Q9">
+        <v>18951</v>
+      </c>
+      <c r="R9">
+        <v>396170.5</v>
       </c>
       <c r="S9" t="s">
         <v>115</v>
       </c>
       <c r="T9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>116</v>
       </c>
       <c r="B10" t="s">
         <v>117</v>
       </c>
       <c r="C10" t="s">
         <v>118</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
+      <c r="G10">
+        <v>3.83615385</v>
+      </c>
+      <c r="H10">
+        <v>3.84</v>
+      </c>
+      <c r="I10">
+        <v>3.84</v>
+      </c>
+      <c r="J10">
+        <v>3.76</v>
+      </c>
       <c r="K10">
         <v>3.8</v>
       </c>
       <c r="L10">
-        <v>3.8</v>
+        <v>3.76</v>
+      </c>
+      <c r="M10">
+        <v>-1.05</v>
+      </c>
+      <c r="N10">
+        <v>3.76</v>
+      </c>
+      <c r="O10">
+        <v>3.84</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>104</v>
+      </c>
+      <c r="R10">
+        <v>398.96</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>122</v>
       </c>
       <c r="B11" t="s">
         <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
+      <c r="H11">
+        <v>6.45</v>
+      </c>
       <c r="K11">
         <v>6.45</v>
       </c>
       <c r="L11">
         <v>6.45</v>
+      </c>
+      <c r="N11">
+        <v>6.3</v>
+      </c>
+      <c r="O11">
+        <v>6.5</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>125</v>
       </c>
       <c r="B12" t="s">
         <v>126</v>
       </c>
       <c r="C12" t="s">
         <v>127</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
+      <c r="H12">
+        <v>3.22</v>
+      </c>
       <c r="K12">
         <v>3.22</v>
       </c>
       <c r="L12">
+        <v>3.22</v>
+      </c>
+      <c r="N12">
+        <v>3.18</v>
+      </c>
+      <c r="O12">
         <v>3.22</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>128</v>
       </c>
       <c r="B13" t="s">
         <v>129</v>
       </c>
       <c r="C13" t="s">
         <v>130</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
+      <c r="G13">
+        <v>22.2173913</v>
+      </c>
+      <c r="H13">
+        <v>22.0</v>
+      </c>
+      <c r="I13">
+        <v>22.4</v>
+      </c>
+      <c r="J13">
+        <v>22.0</v>
+      </c>
       <c r="K13">
         <v>21.8</v>
       </c>
       <c r="L13">
-        <v>21.8</v>
+        <v>22.4</v>
+      </c>
+      <c r="M13">
+        <v>2.75</v>
+      </c>
+      <c r="N13">
+        <v>22.0</v>
+      </c>
+      <c r="O13">
+        <v>22.4</v>
+      </c>
+      <c r="P13">
+        <v>7</v>
+      </c>
+      <c r="Q13">
+        <v>69</v>
+      </c>
+      <c r="R13">
+        <v>1533.0</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>131</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>133</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="G14">
+        <v>31.0</v>
+      </c>
+      <c r="H14">
+        <v>31.0</v>
+      </c>
+      <c r="I14">
+        <v>31.0</v>
+      </c>
+      <c r="J14">
+        <v>31.0</v>
+      </c>
       <c r="K14">
         <v>31.2</v>
       </c>
       <c r="L14">
-        <v>31.2</v>
+        <v>31.0</v>
+      </c>
+      <c r="M14">
+        <v>-0.64</v>
+      </c>
+      <c r="N14">
+        <v>31.0</v>
+      </c>
+      <c r="O14">
+        <v>32.0</v>
+      </c>
+      <c r="P14">
+        <v>2</v>
+      </c>
+      <c r="Q14">
+        <v>11</v>
+      </c>
+      <c r="R14">
+        <v>341.0</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
         <v>139</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
+      <c r="G15">
+        <v>0.38945871</v>
+      </c>
+      <c r="H15">
+        <v>0.39</v>
+      </c>
+      <c r="I15">
+        <v>0.391</v>
+      </c>
+      <c r="J15">
+        <v>0.389</v>
+      </c>
       <c r="K15">
         <v>0.389</v>
       </c>
       <c r="L15">
         <v>0.389</v>
+      </c>
+      <c r="N15">
+        <v>0.388</v>
+      </c>
+      <c r="O15">
+        <v>0.389</v>
+      </c>
+      <c r="P15">
+        <v>52</v>
+      </c>
+      <c r="Q15">
+        <v>15548</v>
+      </c>
+      <c r="R15">
+        <v>6055.304</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
+      <c r="G16">
+        <v>1.785</v>
+      </c>
+      <c r="H16">
+        <v>1.75</v>
+      </c>
+      <c r="I16">
+        <v>1.82</v>
+      </c>
+      <c r="J16">
+        <v>1.75</v>
+      </c>
       <c r="K16">
         <v>1.82</v>
       </c>
       <c r="L16">
         <v>1.82</v>
+      </c>
+      <c r="N16">
+        <v>1.76</v>
+      </c>
+      <c r="O16">
+        <v>1.82</v>
+      </c>
+      <c r="P16">
+        <v>2</v>
+      </c>
+      <c r="Q16">
+        <v>10</v>
+      </c>
+      <c r="R16">
+        <v>17.85</v>
       </c>
       <c r="S16" t="s">
         <v>115</v>
       </c>
       <c r="T16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
+      <c r="G17">
+        <v>0.83571429</v>
+      </c>
+      <c r="H17">
+        <v>0.834</v>
+      </c>
+      <c r="I17">
+        <v>0.84</v>
+      </c>
+      <c r="J17">
+        <v>0.834</v>
+      </c>
       <c r="K17">
         <v>0.84</v>
       </c>
       <c r="L17">
         <v>0.84</v>
+      </c>
+      <c r="N17">
+        <v>0.834</v>
+      </c>
+      <c r="O17">
+        <v>0.84</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>140</v>
+      </c>
+      <c r="R17">
+        <v>117.0</v>
       </c>
       <c r="S17" t="s">
         <v>115</v>
       </c>
       <c r="T17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>177</v>
       </c>
       <c r="B18" t="s">
         <v>178</v>
       </c>
       <c r="C18" t="s">
         <v>179</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
+      <c r="H18">
+        <v>2.82</v>
+      </c>
       <c r="K18">
         <v>2.82</v>
       </c>
       <c r="L18">
         <v>2.82</v>
+      </c>
+      <c r="N18">
+        <v>2.78</v>
+      </c>
+      <c r="O18">
+        <v>2.92</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>180</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
+      <c r="G19">
+        <v>1.12076101</v>
+      </c>
+      <c r="H19">
+        <v>1.12</v>
+      </c>
+      <c r="I19">
+        <v>1.13</v>
+      </c>
+      <c r="J19">
+        <v>1.12</v>
+      </c>
       <c r="K19">
         <v>1.135</v>
       </c>
       <c r="L19">
-        <v>1.135</v>
+        <v>1.125</v>
+      </c>
+      <c r="M19">
+        <v>-0.88</v>
+      </c>
+      <c r="N19">
+        <v>1.12</v>
+      </c>
+      <c r="O19">
+        <v>1.13</v>
+      </c>
+      <c r="P19">
+        <v>8</v>
+      </c>
+      <c r="Q19">
+        <v>749</v>
+      </c>
+      <c r="R19">
+        <v>839.45</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>196</v>
       </c>
       <c r="B20" t="s">
         <v>197</v>
       </c>
       <c r="C20" t="s">
         <v>198</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
+      <c r="G20">
+        <v>1.58829852</v>
+      </c>
+      <c r="H20">
+        <v>1.59</v>
+      </c>
+      <c r="I20">
+        <v>1.595</v>
+      </c>
+      <c r="J20">
+        <v>1.58</v>
+      </c>
       <c r="K20">
         <v>1.58</v>
       </c>
       <c r="L20">
+        <v>1.59</v>
+      </c>
+      <c r="M20">
+        <v>0.63</v>
+      </c>
+      <c r="N20">
         <v>1.58</v>
+      </c>
+      <c r="O20">
+        <v>1.59</v>
+      </c>
+      <c r="P20">
+        <v>13</v>
+      </c>
+      <c r="Q20">
+        <v>1819</v>
+      </c>
+      <c r="R20">
+        <v>2889.115</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>205</v>
       </c>
       <c r="B21" t="s">
         <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>207</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
+      <c r="G21">
+        <v>0.92094836</v>
+      </c>
+      <c r="H21">
+        <v>0.918</v>
+      </c>
+      <c r="I21">
+        <v>0.925</v>
+      </c>
+      <c r="J21">
+        <v>0.917</v>
+      </c>
       <c r="K21">
         <v>0.918</v>
       </c>
       <c r="L21">
-        <v>0.918</v>
+        <v>0.921</v>
+      </c>
+      <c r="M21">
+        <v>0.33</v>
+      </c>
+      <c r="N21">
+        <v>0.921</v>
+      </c>
+      <c r="O21">
+        <v>0.921</v>
+      </c>
+      <c r="P21">
+        <v>323</v>
+      </c>
+      <c r="Q21">
+        <v>842828</v>
+      </c>
+      <c r="R21">
+        <v>776201.063</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>208</v>
       </c>
       <c r="B22" t="s">
         <v>209</v>
       </c>
       <c r="C22" t="s">
         <v>210</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
+      <c r="G22">
+        <v>4.45419355</v>
+      </c>
+      <c r="H22">
+        <v>4.46</v>
+      </c>
+      <c r="I22">
+        <v>4.46</v>
+      </c>
+      <c r="J22">
+        <v>4.44</v>
+      </c>
       <c r="K22">
         <v>4.5</v>
       </c>
       <c r="L22">
-        <v>4.5</v>
+        <v>4.46</v>
+      </c>
+      <c r="M22">
+        <v>-0.89</v>
+      </c>
+      <c r="N22">
+        <v>4.44</v>
+      </c>
+      <c r="O22">
+        <v>4.46</v>
+      </c>
+      <c r="P22">
+        <v>12</v>
+      </c>
+      <c r="Q22">
+        <v>124</v>
+      </c>
+      <c r="R22">
+        <v>552.32</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>229</v>
       </c>
       <c r="B23" t="s">
         <v>230</v>
       </c>
       <c r="C23" t="s">
         <v>231</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
+      <c r="G23">
+        <v>1.8761515</v>
+      </c>
+      <c r="H23">
+        <v>1.875</v>
+      </c>
+      <c r="I23">
+        <v>1.88</v>
+      </c>
+      <c r="J23">
+        <v>1.87</v>
+      </c>
       <c r="K23">
         <v>1.875</v>
       </c>
       <c r="L23">
         <v>1.875</v>
+      </c>
+      <c r="N23">
+        <v>1.875</v>
+      </c>
+      <c r="O23">
+        <v>1.875</v>
+      </c>
+      <c r="P23">
+        <v>44</v>
+      </c>
+      <c r="Q23">
+        <v>11003</v>
+      </c>
+      <c r="R23">
+        <v>20643.295</v>
       </c>
       <c r="S23" t="s">
         <v>160</v>
       </c>
       <c r="T23" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>244</v>
       </c>
       <c r="B24" t="s">
         <v>245</v>
       </c>
       <c r="C24" t="s">
         <v>246</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
+      <c r="H24">
+        <v>0.308</v>
+      </c>
       <c r="K24">
         <v>0.308</v>
       </c>
       <c r="L24">
         <v>0.308</v>
+      </c>
+      <c r="N24">
+        <v>0.29</v>
+      </c>
+      <c r="O24">
+        <v>0.312</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>247</v>
       </c>
       <c r="B25" t="s">
         <v>248</v>
       </c>
       <c r="C25" t="s">
         <v>249</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
+      <c r="G25">
+        <v>10.89358407</v>
+      </c>
+      <c r="H25">
+        <v>10.8</v>
+      </c>
+      <c r="I25">
+        <v>11.0</v>
+      </c>
+      <c r="J25">
+        <v>10.8</v>
+      </c>
       <c r="K25">
         <v>10.8</v>
       </c>
       <c r="L25">
-        <v>10.8</v>
+        <v>11.0</v>
+      </c>
+      <c r="M25">
+        <v>1.85</v>
+      </c>
+      <c r="N25">
+        <v>10.9</v>
+      </c>
+      <c r="O25">
+        <v>11.0</v>
+      </c>
+      <c r="P25">
+        <v>12</v>
+      </c>
+      <c r="Q25">
+        <v>452</v>
+      </c>
+      <c r="R25">
+        <v>4923.9</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>253</v>
       </c>
       <c r="B26" t="s">
         <v>254</v>
       </c>
       <c r="C26" t="s">
         <v>255</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
+      <c r="G26">
+        <v>11.21014222</v>
+      </c>
+      <c r="H26">
+        <v>11.2</v>
+      </c>
+      <c r="I26">
+        <v>11.3</v>
+      </c>
+      <c r="J26">
+        <v>11.2</v>
+      </c>
       <c r="K26">
         <v>11.25</v>
       </c>
       <c r="L26">
-        <v>11.25</v>
+        <v>11.2</v>
+      </c>
+      <c r="M26">
+        <v>-0.44</v>
+      </c>
+      <c r="N26">
+        <v>11.2</v>
+      </c>
+      <c r="O26">
+        <v>11.3</v>
+      </c>
+      <c r="P26">
+        <v>30</v>
+      </c>
+      <c r="Q26">
+        <v>4008</v>
+      </c>
+      <c r="R26">
+        <v>44930.25</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>256</v>
       </c>
       <c r="B27" t="s">
         <v>257</v>
       </c>
       <c r="C27" t="s">
         <v>258</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
+      <c r="G27">
+        <v>2.66</v>
+      </c>
+      <c r="H27">
+        <v>2.66</v>
+      </c>
+      <c r="I27">
+        <v>2.66</v>
+      </c>
+      <c r="J27">
+        <v>2.66</v>
+      </c>
       <c r="K27">
         <v>2.66</v>
       </c>
       <c r="L27">
         <v>2.66</v>
+      </c>
+      <c r="N27">
+        <v>2.62</v>
+      </c>
+      <c r="O27">
+        <v>2.64</v>
+      </c>
+      <c r="P27">
+        <v>1</v>
+      </c>
+      <c r="Q27">
+        <v>5</v>
+      </c>
+      <c r="R27">
+        <v>13.3</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>