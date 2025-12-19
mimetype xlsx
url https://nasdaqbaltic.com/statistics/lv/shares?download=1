--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -1254,987 +1254,561 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2">
+      <c r="K2">
         <v>1.93</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.91</v>
       </c>
       <c r="L2">
         <v>1.93</v>
-      </c>
-[...16 lines deleted...]
-        <v>24.91</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
         <v>1.825</v>
       </c>
       <c r="L3">
         <v>1.825</v>
-      </c>
-[...13 lines deleted...]
-        <v>7545.225</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
         <v>1.21</v>
       </c>
       <c r="L4">
         <v>1.21</v>
-      </c>
-[...13 lines deleted...]
-        <v>164.6</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5">
+      <c r="K5">
         <v>3.33</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.3</v>
       </c>
       <c r="L5">
         <v>3.33</v>
-      </c>
-[...16 lines deleted...]
-        <v>23998.57</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...5 lines deleted...]
-      <c r="I6">
+      <c r="K6">
         <v>1.66</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.65</v>
       </c>
       <c r="L6">
         <v>1.66</v>
-      </c>
-[...16 lines deleted...]
-        <v>2757.175</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="G7">
-[...8 lines deleted...]
-      <c r="J7">
+      <c r="K7">
         <v>0.0688</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0692</v>
       </c>
       <c r="L7">
         <v>0.0688</v>
-      </c>
-[...16 lines deleted...]
-        <v>900.329</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>7.0</v>
+        <v>6.95</v>
       </c>
       <c r="L8">
         <v>6.95</v>
-      </c>
-[...16 lines deleted...]
-        <v>2608.0</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9">
-[...8 lines deleted...]
-      <c r="J9">
+      <c r="K9">
         <v>1.41</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.44</v>
       </c>
       <c r="L9">
         <v>1.41</v>
-      </c>
-[...16 lines deleted...]
-        <v>1553.88</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>2.035</v>
+        <v>2.055</v>
       </c>
       <c r="L10">
         <v>2.055</v>
-      </c>
-[...16 lines deleted...]
-        <v>168639.62</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
       <c r="K11">
         <v>0.3</v>
       </c>
       <c r="L11">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.27</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
         <v>1.3</v>
       </c>
       <c r="L12">
         <v>1.3</v>
-      </c>
-[...13 lines deleted...]
-        <v>121576.806</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...2 lines deleted...]
-      <c r="H13">
+      <c r="K13">
         <v>1.24</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.245</v>
       </c>
       <c r="L13">
         <v>1.24</v>
-      </c>
-[...16 lines deleted...]
-        <v>4415.72</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
-      <c r="G14">
-[...10 lines deleted...]
-      </c>
       <c r="K14">
         <v>19.15</v>
       </c>
       <c r="L14">
         <v>19.15</v>
-      </c>
-[...13 lines deleted...]
-        <v>6357.8</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...5 lines deleted...]
-      <c r="I15">
+      <c r="K15">
         <v>4.98</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.94</v>
       </c>
       <c r="L15">
         <v>4.98</v>
-      </c>
-[...16 lines deleted...]
-        <v>1940.44</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
-      <c r="N16">
-[...1 lines deleted...]
-      </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
       <c r="T16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
-      <c r="G17">
-[...5 lines deleted...]
-      <c r="I17">
+      <c r="K17">
         <v>1.69</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6788</v>
       </c>
       <c r="L17">
         <v>1.69</v>
-      </c>
-[...16 lines deleted...]
-        <v>226730.0128</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
       <c r="K18">
         <v>15.6</v>
       </c>
       <c r="L18">
         <v>15.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.7</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -2244,3016 +1818,1675 @@
         <v>63</v>
       </c>
       <c r="T19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>96</v>
       </c>
       <c r="C20" t="s">
         <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
-      <c r="G20">
-[...10 lines deleted...]
-      </c>
       <c r="K20">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
       <c r="L20">
         <v>0.07</v>
-      </c>
-[...16 lines deleted...]
-        <v>483.6702</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...10 lines deleted...]
-      </c>
       <c r="K21">
         <v>1.085</v>
       </c>
       <c r="L21">
         <v>1.085</v>
-      </c>
-[...13 lines deleted...]
-        <v>3160.53</v>
       </c>
       <c r="S21" t="s">
         <v>101</v>
       </c>
       <c r="T21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...10 lines deleted...]
-      </c>
       <c r="K22">
-        <v>4.65</v>
+        <v>4.67</v>
       </c>
       <c r="L22">
         <v>4.67</v>
-      </c>
-[...16 lines deleted...]
-        <v>2975.97</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...10 lines deleted...]
-      </c>
       <c r="K23">
         <v>5.86</v>
       </c>
       <c r="L23">
         <v>5.86</v>
-      </c>
-[...13 lines deleted...]
-        <v>2007.54</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
-      <c r="G24">
-[...10 lines deleted...]
-      </c>
       <c r="K24">
-        <v>10.0</v>
+        <v>9.98</v>
       </c>
       <c r="L24">
         <v>9.98</v>
-      </c>
-[...16 lines deleted...]
-        <v>4960.78</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
-      <c r="G25">
-[...10 lines deleted...]
-      </c>
       <c r="K25">
         <v>20.9</v>
       </c>
       <c r="L25">
         <v>20.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>396170.5</v>
       </c>
       <c r="S25" t="s">
         <v>115</v>
       </c>
       <c r="T25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
-      <c r="G26">
-[...8 lines deleted...]
-      <c r="J26">
+      <c r="K26">
         <v>3.76</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="L26">
         <v>3.76</v>
-      </c>
-[...16 lines deleted...]
-        <v>398.96</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
-      <c r="G27">
-[...10 lines deleted...]
-      </c>
       <c r="K27">
         <v>45.8</v>
       </c>
       <c r="L27">
         <v>45.8</v>
-      </c>
-[...13 lines deleted...]
-        <v>21747.2</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>123</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
       <c r="K28">
         <v>6.45</v>
       </c>
       <c r="L28">
         <v>6.45</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.5</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
       <c r="C29" t="s">
         <v>127</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
-      <c r="H29">
-[...1 lines deleted...]
-      </c>
       <c r="K29">
         <v>3.22</v>
       </c>
       <c r="L29">
-        <v>3.22</v>
-[...4 lines deleted...]
-      <c r="O29">
         <v>3.22</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...5 lines deleted...]
-      <c r="I30">
+      <c r="K30">
         <v>22.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>21.8</v>
       </c>
       <c r="L30">
         <v>22.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>1533.0</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
-      <c r="G31">
+      <c r="K31">
         <v>31.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>31.2</v>
       </c>
       <c r="L31">
         <v>31.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>341.0</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
-      <c r="G32">
-[...10 lines deleted...]
-      </c>
       <c r="K32">
-        <v>16.85</v>
+        <v>16.9</v>
       </c>
       <c r="L32">
         <v>16.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>1585.25</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
-      <c r="G33">
-[...10 lines deleted...]
-      </c>
       <c r="K33">
         <v>0.389</v>
       </c>
       <c r="L33">
         <v>0.389</v>
-      </c>
-[...13 lines deleted...]
-        <v>6055.304</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
-      <c r="G34">
-[...10 lines deleted...]
-      </c>
       <c r="K34">
         <v>1.82</v>
       </c>
       <c r="L34">
         <v>1.82</v>
-      </c>
-[...13 lines deleted...]
-        <v>17.85</v>
       </c>
       <c r="S34" t="s">
         <v>115</v>
       </c>
       <c r="T34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" t="s">
         <v>146</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
-      <c r="G35">
-[...10 lines deleted...]
-      </c>
       <c r="K35">
         <v>0.84</v>
       </c>
       <c r="L35">
         <v>0.84</v>
-      </c>
-[...13 lines deleted...]
-        <v>117.0</v>
       </c>
       <c r="S35" t="s">
         <v>115</v>
       </c>
       <c r="T35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
-      <c r="G36">
-[...5 lines deleted...]
-      <c r="I36">
+      <c r="K36">
         <v>3.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.365</v>
       </c>
       <c r="L36">
         <v>3.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>566147.025</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
-      <c r="H37">
-[...1 lines deleted...]
-      </c>
       <c r="K37">
         <v>5.45</v>
       </c>
       <c r="L37">
-        <v>5.45</v>
-[...4 lines deleted...]
-      <c r="O37">
         <v>5.45</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
-      <c r="H38">
-[...1 lines deleted...]
-      </c>
       <c r="K38">
         <v>9.5</v>
       </c>
       <c r="L38">
         <v>9.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>9.15</v>
       </c>
       <c r="S38" t="s">
         <v>156</v>
       </c>
       <c r="T38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
-      <c r="G39">
-[...10 lines deleted...]
-      </c>
       <c r="K39">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="L39">
         <v>1.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>247.88</v>
       </c>
       <c r="S39" t="s">
         <v>160</v>
       </c>
       <c r="T39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>162</v>
       </c>
       <c r="C40" t="s">
         <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
-      <c r="G40">
-[...10 lines deleted...]
-      </c>
       <c r="K40">
-        <v>10.85</v>
+        <v>10.65</v>
       </c>
       <c r="L40">
         <v>10.65</v>
-      </c>
-[...16 lines deleted...]
-        <v>848.5</v>
       </c>
       <c r="S40" t="s">
         <v>43</v>
       </c>
       <c r="T40" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>165</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
-      <c r="G41">
-[...10 lines deleted...]
-      </c>
       <c r="K41">
-        <v>4.37</v>
+        <v>4.28</v>
       </c>
       <c r="L41">
         <v>4.28</v>
-      </c>
-[...16 lines deleted...]
-        <v>2431.45</v>
       </c>
       <c r="S41" t="s">
         <v>167</v>
       </c>
       <c r="T41" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>170</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
-      <c r="G42">
-[...5 lines deleted...]
-      <c r="I42">
+      <c r="K42">
         <v>28.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>27.6</v>
       </c>
       <c r="L42">
         <v>28.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>223.2</v>
       </c>
       <c r="S42" t="s">
         <v>156</v>
       </c>
       <c r="T42" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>172</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
-      <c r="G43">
-[...10 lines deleted...]
-      </c>
       <c r="K43">
         <v>30.15</v>
       </c>
       <c r="L43">
         <v>30.15</v>
-      </c>
-[...13 lines deleted...]
-        <v>88297.35</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>175</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" t="s">
         <v>32</v>
       </c>
-      <c r="G44">
-[...10 lines deleted...]
-      </c>
       <c r="K44">
-        <v>0.624</v>
+        <v>0.625</v>
       </c>
       <c r="L44">
         <v>0.625</v>
-      </c>
-[...16 lines deleted...]
-        <v>11454.59</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>177</v>
       </c>
       <c r="B45" t="s">
         <v>178</v>
       </c>
       <c r="C45" t="s">
         <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
-      <c r="H45">
-[...1 lines deleted...]
-      </c>
       <c r="K45">
         <v>2.82</v>
       </c>
       <c r="L45">
         <v>2.82</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.92</v>
       </c>
       <c r="S45" t="s">
         <v>63</v>
       </c>
       <c r="T45" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>181</v>
       </c>
       <c r="C46" t="s">
         <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
         <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
-      <c r="G46">
-[...10 lines deleted...]
-      </c>
       <c r="K46">
-        <v>1.135</v>
+        <v>1.125</v>
       </c>
       <c r="L46">
         <v>1.125</v>
-      </c>
-[...16 lines deleted...]
-        <v>839.45</v>
       </c>
       <c r="S46" t="s">
         <v>43</v>
       </c>
       <c r="T46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
         <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
         <v>32</v>
       </c>
-      <c r="G47">
-[...10 lines deleted...]
-      </c>
       <c r="K47">
         <v>0.9</v>
       </c>
       <c r="L47">
         <v>0.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>4101.495</v>
       </c>
       <c r="S47" t="s">
         <v>48</v>
       </c>
       <c r="T47" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
-      <c r="G48">
-[...8 lines deleted...]
-      <c r="J48">
+      <c r="K48">
         <v>0.164</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.163</v>
       </c>
       <c r="L48">
         <v>0.164</v>
-      </c>
-[...16 lines deleted...]
-        <v>61.36</v>
       </c>
       <c r="S48" t="s">
         <v>167</v>
       </c>
       <c r="T48" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
-      <c r="G49">
-[...10 lines deleted...]
-      </c>
       <c r="K49">
-        <v>0.057</v>
+        <v>0.0572</v>
       </c>
       <c r="L49">
         <v>0.0572</v>
-      </c>
-[...16 lines deleted...]
-        <v>276.1208</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
       <c r="T49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
-      <c r="H50">
-[...1 lines deleted...]
-      </c>
       <c r="K50">
         <v>4.28</v>
       </c>
       <c r="L50">
         <v>4.28</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.3</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51" t="s">
         <v>198</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>32</v>
       </c>
-      <c r="G51">
-[...2 lines deleted...]
-      <c r="H51">
+      <c r="K51">
         <v>1.59</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.58</v>
       </c>
       <c r="L51">
         <v>1.59</v>
-      </c>
-[...16 lines deleted...]
-        <v>2889.115</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
       <c r="T51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>200</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
-      <c r="G52">
-[...10 lines deleted...]
-      </c>
       <c r="K52">
         <v>0.4</v>
       </c>
       <c r="L52">
         <v>0.4</v>
-      </c>
-[...13 lines deleted...]
-        <v>20.0</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
-      <c r="G53">
+      <c r="K53">
         <v>0.28</v>
       </c>
-      <c r="H53">
-[...10 lines deleted...]
-      </c>
       <c r="L53">
-        <v>0.28</v>
-[...16 lines deleted...]
-      <c r="R53">
         <v>0.28</v>
       </c>
       <c r="S53" t="s">
         <v>43</v>
       </c>
       <c r="T53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>207</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
-      <c r="G54">
-[...10 lines deleted...]
-      </c>
       <c r="K54">
-        <v>0.918</v>
+        <v>0.921</v>
       </c>
       <c r="L54">
         <v>0.921</v>
-      </c>
-[...16 lines deleted...]
-        <v>776201.063</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>209</v>
       </c>
       <c r="C55" t="s">
         <v>210</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
-      <c r="G55">
-[...2 lines deleted...]
-      <c r="H55">
+      <c r="K55">
         <v>4.46</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="L55">
         <v>4.46</v>
-      </c>
-[...16 lines deleted...]
-        <v>552.32</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
       <c r="T55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>55</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
-      <c r="G56">
-[...10 lines deleted...]
-      </c>
       <c r="K56">
-        <v>6.84</v>
+        <v>6.58</v>
       </c>
       <c r="L56">
         <v>6.58</v>
-      </c>
-[...16 lines deleted...]
-        <v>64308.78</v>
       </c>
       <c r="S56" t="s">
         <v>160</v>
       </c>
       <c r="T56" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
-      <c r="G57">
-[...10 lines deleted...]
-      </c>
       <c r="K57">
         <v>2.9</v>
       </c>
       <c r="L57">
         <v>2.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>570.68</v>
       </c>
       <c r="S57" t="s">
         <v>43</v>
       </c>
       <c r="T57" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>218</v>
       </c>
       <c r="C58" t="s">
         <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>55</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
-      <c r="H58">
-[...1 lines deleted...]
-      </c>
       <c r="K58">
         <v>4.96</v>
       </c>
       <c r="L58">
         <v>4.96</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
       <c r="T58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>221</v>
       </c>
       <c r="C59" t="s">
         <v>222</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>32</v>
       </c>
-      <c r="G59">
-[...10 lines deleted...]
-      </c>
       <c r="K59">
-        <v>1.22</v>
+        <v>1.23</v>
       </c>
       <c r="L59">
         <v>1.23</v>
-      </c>
-[...16 lines deleted...]
-        <v>11424.865</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>223</v>
       </c>
       <c r="B60" t="s">
         <v>224</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
-      <c r="G60">
-[...5 lines deleted...]
-      <c r="I60">
+      <c r="K60">
         <v>0.72</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.715</v>
       </c>
       <c r="L60">
         <v>0.72</v>
-      </c>
-[...16 lines deleted...]
-        <v>88.06</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>226</v>
       </c>
       <c r="B61" t="s">
         <v>227</v>
       </c>
       <c r="C61" t="s">
         <v>228</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
-      <c r="G61">
-[...10 lines deleted...]
-      </c>
       <c r="K61">
         <v>0.581</v>
       </c>
       <c r="L61">
         <v>0.581</v>
-      </c>
-[...13 lines deleted...]
-        <v>61857.586</v>
       </c>
       <c r="S61" t="s">
         <v>43</v>
       </c>
       <c r="T61" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>229</v>
       </c>
       <c r="B62" t="s">
         <v>230</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
-      <c r="G62">
-[...10 lines deleted...]
-      </c>
       <c r="K62">
         <v>1.875</v>
       </c>
       <c r="L62">
         <v>1.875</v>
-      </c>
-[...13 lines deleted...]
-        <v>20643.295</v>
       </c>
       <c r="S62" t="s">
         <v>160</v>
       </c>
       <c r="T62" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>232</v>
       </c>
       <c r="B63" t="s">
         <v>233</v>
       </c>
       <c r="C63" t="s">
         <v>234</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
-      <c r="G63">
-[...2 lines deleted...]
-      <c r="H63">
+      <c r="K63">
         <v>9.38</v>
-      </c>
-[...7 lines deleted...]
-        <v>9.37</v>
       </c>
       <c r="L63">
         <v>9.38</v>
-      </c>
-[...16 lines deleted...]
-        <v>368550.995</v>
       </c>
       <c r="S63" t="s">
         <v>43</v>
       </c>
       <c r="T63" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>236</v>
       </c>
       <c r="C64" t="s">
         <v>237</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
         <v>38</v>
       </c>
-      <c r="G64">
-[...10 lines deleted...]
-      </c>
       <c r="K64">
         <v>0.644</v>
       </c>
       <c r="L64">
         <v>0.644</v>
-      </c>
-[...13 lines deleted...]
-        <v>52.808</v>
       </c>
       <c r="S64" t="s">
         <v>48</v>
       </c>
       <c r="T64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>239</v>
       </c>
       <c r="C65" t="s">
         <v>240</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
-      <c r="G65">
-[...10 lines deleted...]
-      </c>
       <c r="K65">
-        <v>1.242</v>
+        <v>1.254</v>
       </c>
       <c r="L65">
         <v>1.254</v>
-      </c>
-[...16 lines deleted...]
-        <v>139393.878</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>241</v>
       </c>
       <c r="B66" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>243</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" t="s">
         <v>32</v>
       </c>
-      <c r="G66">
-[...10 lines deleted...]
-      </c>
       <c r="K66">
         <v>10.7</v>
       </c>
       <c r="L66">
         <v>10.7</v>
-      </c>
-[...13 lines deleted...]
-        <v>10878.45</v>
       </c>
       <c r="S66" t="s">
         <v>115</v>
       </c>
       <c r="T66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>244</v>
       </c>
       <c r="B67" t="s">
         <v>245</v>
       </c>
       <c r="C67" t="s">
         <v>246</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
-      <c r="H67">
-[...1 lines deleted...]
-      </c>
       <c r="K67">
         <v>0.308</v>
       </c>
       <c r="L67">
         <v>0.308</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.312</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>247</v>
       </c>
       <c r="B68" t="s">
         <v>248</v>
       </c>
       <c r="C68" t="s">
         <v>249</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68" t="s">
         <v>38</v>
       </c>
-      <c r="G68">
-[...5 lines deleted...]
-      <c r="I68">
+      <c r="K68">
         <v>11.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>10.8</v>
       </c>
       <c r="L68">
         <v>11.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>4923.9</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>250</v>
       </c>
       <c r="B69" t="s">
         <v>251</v>
       </c>
       <c r="C69" t="s">
         <v>252</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
         <v>55</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
-      <c r="G69">
-[...10 lines deleted...]
-      </c>
       <c r="K69">
         <v>3.81</v>
       </c>
       <c r="L69">
         <v>3.81</v>
-      </c>
-[...13 lines deleted...]
-        <v>1353.81</v>
       </c>
       <c r="S69" t="s">
         <v>43</v>
       </c>
       <c r="T69" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>254</v>
       </c>
       <c r="C70" t="s">
         <v>255</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
-      <c r="G70">
-[...2 lines deleted...]
-      <c r="H70">
+      <c r="K70">
         <v>11.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>11.25</v>
       </c>
       <c r="L70">
         <v>11.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>44930.25</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>256</v>
       </c>
       <c r="B71" t="s">
         <v>257</v>
       </c>
       <c r="C71" t="s">
         <v>258</v>
       </c>
       <c r="D71" t="s">
         <v>23</v>
       </c>
       <c r="E71" t="s">
         <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>38</v>
       </c>
-      <c r="G71">
-[...10 lines deleted...]
-      </c>
       <c r="K71">
         <v>2.66</v>
       </c>
       <c r="L71">
         <v>2.66</v>
-      </c>
-[...13 lines deleted...]
-        <v>13.3</v>
       </c>
       <c r="S71" t="s">
         <v>33</v>
       </c>
       <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5328,1837 +3561,1003 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2">
+      <c r="K2">
         <v>1.93</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.91</v>
       </c>
       <c r="L2">
         <v>1.93</v>
-      </c>
-[...16 lines deleted...]
-        <v>24.91</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3">
+      <c r="K3">
         <v>1.66</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.65</v>
       </c>
       <c r="L3">
         <v>1.66</v>
-      </c>
-[...16 lines deleted...]
-        <v>2757.175</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4">
-[...8 lines deleted...]
-      <c r="J4">
+      <c r="K4">
         <v>1.41</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.44</v>
       </c>
       <c r="L4">
         <v>1.41</v>
-      </c>
-[...16 lines deleted...]
-        <v>1553.88</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>2.035</v>
+        <v>2.055</v>
       </c>
       <c r="L5">
         <v>2.055</v>
-      </c>
-[...16 lines deleted...]
-        <v>168639.62</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...2 lines deleted...]
-      <c r="H6">
+      <c r="K6">
         <v>1.24</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.245</v>
       </c>
       <c r="L6">
         <v>1.24</v>
-      </c>
-[...16 lines deleted...]
-        <v>4415.72</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>79</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="K7">
         <v>19.15</v>
       </c>
       <c r="L7">
         <v>19.15</v>
-      </c>
-[...13 lines deleted...]
-        <v>6357.8</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>85</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="N8">
-[...1 lines deleted...]
-      </c>
       <c r="S8" t="s">
         <v>63</v>
       </c>
       <c r="T8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>95</v>
       </c>
       <c r="B9" t="s">
         <v>96</v>
       </c>
       <c r="C9" t="s">
         <v>97</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9">
-[...10 lines deleted...]
-      </c>
       <c r="K9">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
       <c r="L9">
         <v>0.07</v>
-      </c>
-[...16 lines deleted...]
-        <v>483.6702</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>4.65</v>
+        <v>4.67</v>
       </c>
       <c r="L10">
         <v>4.67</v>
-      </c>
-[...16 lines deleted...]
-        <v>2975.97</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
-      <c r="G11">
-[...10 lines deleted...]
-      </c>
       <c r="K11">
         <v>5.86</v>
       </c>
       <c r="L11">
         <v>5.86</v>
-      </c>
-[...13 lines deleted...]
-        <v>2007.54</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
         <v>45.8</v>
       </c>
       <c r="L12">
         <v>45.8</v>
-      </c>
-[...13 lines deleted...]
-        <v>21747.2</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>148</v>
       </c>
       <c r="C13" t="s">
         <v>149</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...5 lines deleted...]
-      <c r="I13">
+      <c r="K13">
         <v>3.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.365</v>
       </c>
       <c r="L13">
         <v>3.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>566147.025</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="B14" t="s">
         <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>152</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
       <c r="K14">
         <v>5.45</v>
       </c>
       <c r="L14">
-        <v>5.45</v>
-[...4 lines deleted...]
-      <c r="O14">
         <v>5.45</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>157</v>
       </c>
       <c r="B15" t="s">
         <v>158</v>
       </c>
       <c r="C15" t="s">
         <v>159</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...10 lines deleted...]
-      </c>
       <c r="K15">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="L15">
         <v>1.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>247.88</v>
       </c>
       <c r="S15" t="s">
         <v>160</v>
       </c>
       <c r="T15" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>164</v>
       </c>
       <c r="B16" t="s">
         <v>165</v>
       </c>
       <c r="C16" t="s">
         <v>166</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
-      <c r="G16">
-[...10 lines deleted...]
-      </c>
       <c r="K16">
-        <v>4.37</v>
+        <v>4.28</v>
       </c>
       <c r="L16">
         <v>4.28</v>
-      </c>
-[...16 lines deleted...]
-        <v>2431.45</v>
       </c>
       <c r="S16" t="s">
         <v>167</v>
       </c>
       <c r="T16" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>168</v>
       </c>
       <c r="B17" t="s">
         <v>169</v>
       </c>
       <c r="C17" t="s">
         <v>170</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
-      <c r="G17">
-[...5 lines deleted...]
-      <c r="I17">
+      <c r="K17">
         <v>28.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>27.6</v>
       </c>
       <c r="L17">
         <v>28.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>223.2</v>
       </c>
       <c r="S17" t="s">
         <v>156</v>
       </c>
       <c r="T17" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>172</v>
       </c>
       <c r="C18" t="s">
         <v>173</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
-      <c r="G18">
-[...10 lines deleted...]
-      </c>
       <c r="K18">
         <v>30.15</v>
       </c>
       <c r="L18">
         <v>30.15</v>
-      </c>
-[...13 lines deleted...]
-        <v>88297.35</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>175</v>
       </c>
       <c r="C19" t="s">
         <v>176</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...10 lines deleted...]
-      </c>
       <c r="K19">
-        <v>0.624</v>
+        <v>0.625</v>
       </c>
       <c r="L19">
         <v>0.625</v>
-      </c>
-[...16 lines deleted...]
-        <v>11454.59</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>184</v>
       </c>
       <c r="B20" t="s">
         <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>186</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...10 lines deleted...]
-      </c>
       <c r="K20">
         <v>0.9</v>
       </c>
       <c r="L20">
         <v>0.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>4101.495</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>187</v>
       </c>
       <c r="B21" t="s">
         <v>188</v>
       </c>
       <c r="C21" t="s">
         <v>189</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
-      <c r="G21">
-[...8 lines deleted...]
-      <c r="J21">
+      <c r="K21">
         <v>0.164</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.163</v>
       </c>
       <c r="L21">
         <v>0.164</v>
-      </c>
-[...16 lines deleted...]
-        <v>61.36</v>
       </c>
       <c r="S21" t="s">
         <v>167</v>
       </c>
       <c r="T21" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>190</v>
       </c>
       <c r="B22" t="s">
         <v>191</v>
       </c>
       <c r="C22" t="s">
         <v>192</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
-      <c r="G22">
-[...10 lines deleted...]
-      </c>
       <c r="K22">
-        <v>0.057</v>
+        <v>0.0572</v>
       </c>
       <c r="L22">
         <v>0.0572</v>
-      </c>
-[...16 lines deleted...]
-        <v>276.1208</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>193</v>
       </c>
       <c r="B23" t="s">
         <v>194</v>
       </c>
       <c r="C23" t="s">
         <v>195</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
-      <c r="H23">
-[...1 lines deleted...]
-      </c>
       <c r="K23">
         <v>4.28</v>
       </c>
       <c r="L23">
         <v>4.28</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.3</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>202</v>
       </c>
       <c r="B24" t="s">
         <v>203</v>
       </c>
       <c r="C24" t="s">
         <v>204</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G24">
+      <c r="K24">
         <v>0.28</v>
       </c>
-      <c r="H24">
-[...10 lines deleted...]
-      </c>
       <c r="L24">
-        <v>0.28</v>
-[...16 lines deleted...]
-      <c r="R24">
         <v>0.28</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>214</v>
       </c>
       <c r="B25" t="s">
         <v>215</v>
       </c>
       <c r="C25" t="s">
         <v>216</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
-      <c r="G25">
-[...10 lines deleted...]
-      </c>
       <c r="K25">
         <v>2.9</v>
       </c>
       <c r="L25">
         <v>2.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>570.68</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>220</v>
       </c>
       <c r="B26" t="s">
         <v>221</v>
       </c>
       <c r="C26" t="s">
         <v>222</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...10 lines deleted...]
-      </c>
       <c r="K26">
-        <v>1.22</v>
+        <v>1.23</v>
       </c>
       <c r="L26">
         <v>1.23</v>
-      </c>
-[...16 lines deleted...]
-        <v>11424.865</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>223</v>
       </c>
       <c r="B27" t="s">
         <v>224</v>
       </c>
       <c r="C27" t="s">
         <v>225</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...5 lines deleted...]
-      <c r="I27">
+      <c r="K27">
         <v>0.72</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.715</v>
       </c>
       <c r="L27">
         <v>0.72</v>
-      </c>
-[...16 lines deleted...]
-        <v>88.06</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>226</v>
       </c>
       <c r="B28" t="s">
         <v>227</v>
       </c>
       <c r="C28" t="s">
         <v>228</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
-      <c r="G28">
-[...10 lines deleted...]
-      </c>
       <c r="K28">
         <v>0.581</v>
       </c>
       <c r="L28">
         <v>0.581</v>
-      </c>
-[...13 lines deleted...]
-        <v>61857.586</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>232</v>
       </c>
       <c r="B29" t="s">
         <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>234</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
-      <c r="G29">
-[...2 lines deleted...]
-      <c r="H29">
+      <c r="K29">
         <v>9.38</v>
-      </c>
-[...7 lines deleted...]
-        <v>9.37</v>
       </c>
       <c r="L29">
         <v>9.38</v>
-      </c>
-[...16 lines deleted...]
-        <v>368550.995</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>235</v>
       </c>
       <c r="B30" t="s">
         <v>236</v>
       </c>
       <c r="C30" t="s">
         <v>237</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...10 lines deleted...]
-      </c>
       <c r="K30">
         <v>0.644</v>
       </c>
       <c r="L30">
         <v>0.644</v>
-      </c>
-[...13 lines deleted...]
-        <v>52.808</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>238</v>
       </c>
       <c r="B31" t="s">
         <v>239</v>
       </c>
       <c r="C31" t="s">
         <v>240</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
-      <c r="G31">
-[...10 lines deleted...]
-      </c>
       <c r="K31">
-        <v>1.242</v>
+        <v>1.254</v>
       </c>
       <c r="L31">
         <v>1.254</v>
-      </c>
-[...16 lines deleted...]
-        <v>139393.878</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>241</v>
       </c>
       <c r="B32" t="s">
         <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>243</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
-      <c r="G32">
-[...10 lines deleted...]
-      </c>
       <c r="K32">
         <v>10.7</v>
       </c>
       <c r="L32">
         <v>10.7</v>
-      </c>
-[...13 lines deleted...]
-        <v>10878.45</v>
       </c>
       <c r="S32" t="s">
         <v>115</v>
       </c>
       <c r="T32" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7233,268 +4632,151 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
-        <v>7.0</v>
+        <v>6.95</v>
       </c>
       <c r="L2">
         <v>6.95</v>
-      </c>
-[...16 lines deleted...]
-        <v>2608.0</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
         <v>1.3</v>
       </c>
       <c r="L3">
         <v>1.3</v>
-      </c>
-[...13 lines deleted...]
-        <v>121576.806</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4">
-[...5 lines deleted...]
-      <c r="I4">
+      <c r="K4">
         <v>4.98</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.94</v>
       </c>
       <c r="L4">
         <v>4.98</v>
-      </c>
-[...16 lines deleted...]
-        <v>1940.44</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5" t="s">
         <v>88</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5">
+      <c r="K5">
         <v>1.69</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6788</v>
       </c>
       <c r="L5">
         <v>1.69</v>
-      </c>
-[...16 lines deleted...]
-        <v>226730.0128</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
       <c r="C6" t="s">
         <v>94</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -7504,471 +4786,279 @@
         <v>63</v>
       </c>
       <c r="T6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="K7">
-        <v>10.0</v>
+        <v>9.98</v>
       </c>
       <c r="L7">
         <v>9.98</v>
-      </c>
-[...16 lines deleted...]
-        <v>4960.78</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>135</v>
       </c>
       <c r="B8" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>16.85</v>
+        <v>16.9</v>
       </c>
       <c r="L8">
         <v>16.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>1585.25</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>153</v>
       </c>
       <c r="B9" t="s">
         <v>154</v>
       </c>
       <c r="C9" t="s">
         <v>155</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
       <c r="K9">
         <v>9.5</v>
       </c>
       <c r="L9">
         <v>9.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>9.15</v>
       </c>
       <c r="S9" t="s">
         <v>156</v>
       </c>
       <c r="T9" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>161</v>
       </c>
       <c r="B10" t="s">
         <v>162</v>
       </c>
       <c r="C10" t="s">
         <v>163</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>10.85</v>
+        <v>10.65</v>
       </c>
       <c r="L10">
         <v>10.65</v>
-      </c>
-[...16 lines deleted...]
-        <v>848.5</v>
       </c>
       <c r="S10" t="s">
         <v>43</v>
       </c>
       <c r="T10" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>199</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="G11">
-[...10 lines deleted...]
-      </c>
       <c r="K11">
         <v>0.4</v>
       </c>
       <c r="L11">
         <v>0.4</v>
-      </c>
-[...13 lines deleted...]
-        <v>20.0</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>211</v>
       </c>
       <c r="B12" t="s">
         <v>212</v>
       </c>
       <c r="C12" t="s">
         <v>213</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
-        <v>6.84</v>
+        <v>6.58</v>
       </c>
       <c r="L12">
         <v>6.58</v>
-      </c>
-[...16 lines deleted...]
-        <v>64308.78</v>
       </c>
       <c r="S12" t="s">
         <v>160</v>
       </c>
       <c r="T12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>217</v>
       </c>
       <c r="B13" t="s">
         <v>218</v>
       </c>
       <c r="C13" t="s">
         <v>219</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
       <c r="K13">
         <v>4.96</v>
       </c>
       <c r="L13">
         <v>4.96</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>250</v>
       </c>
       <c r="B14" t="s">
         <v>251</v>
       </c>
       <c r="C14" t="s">
         <v>252</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="G14">
-[...10 lines deleted...]
-      </c>
       <c r="K14">
         <v>3.81</v>
       </c>
       <c r="L14">
         <v>3.81</v>
-      </c>
-[...13 lines deleted...]
-        <v>1353.81</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8043,1473 +5133,849 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
         <v>1.825</v>
       </c>
       <c r="L2">
         <v>1.825</v>
-      </c>
-[...13 lines deleted...]
-        <v>7545.225</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
         <v>1.21</v>
       </c>
       <c r="L3">
         <v>1.21</v>
-      </c>
-[...13 lines deleted...]
-        <v>164.6</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
-[...5 lines deleted...]
-      <c r="I4">
+      <c r="K4">
         <v>3.33</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.3</v>
       </c>
       <c r="L4">
         <v>3.33</v>
-      </c>
-[...16 lines deleted...]
-        <v>23998.57</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
-      <c r="G5">
-[...8 lines deleted...]
-      <c r="J5">
+      <c r="K5">
         <v>0.0688</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0692</v>
       </c>
       <c r="L5">
         <v>0.0688</v>
-      </c>
-[...16 lines deleted...]
-        <v>900.329</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
       <c r="K6">
         <v>0.3</v>
       </c>
       <c r="L6">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.27</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>89</v>
       </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
       <c r="C7" t="s">
         <v>91</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
       <c r="K7">
         <v>15.6</v>
       </c>
       <c r="L7">
         <v>15.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.7</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>98</v>
       </c>
       <c r="B8" t="s">
         <v>99</v>
       </c>
       <c r="C8" t="s">
         <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
         <v>1.085</v>
       </c>
       <c r="L8">
         <v>1.085</v>
-      </c>
-[...13 lines deleted...]
-        <v>3160.53</v>
       </c>
       <c r="S8" t="s">
         <v>101</v>
       </c>
       <c r="T8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>114</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
-      <c r="G9">
-[...10 lines deleted...]
-      </c>
       <c r="K9">
         <v>20.9</v>
       </c>
       <c r="L9">
         <v>20.9</v>
-      </c>
-[...13 lines deleted...]
-        <v>396170.5</v>
       </c>
       <c r="S9" t="s">
         <v>115</v>
       </c>
       <c r="T9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>116</v>
       </c>
       <c r="B10" t="s">
         <v>117</v>
       </c>
       <c r="C10" t="s">
         <v>118</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
-      <c r="G10">
-[...8 lines deleted...]
-      <c r="J10">
+      <c r="K10">
         <v>3.76</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="L10">
         <v>3.76</v>
-      </c>
-[...16 lines deleted...]
-        <v>398.96</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>122</v>
       </c>
       <c r="B11" t="s">
         <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
       <c r="K11">
         <v>6.45</v>
       </c>
       <c r="L11">
         <v>6.45</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.5</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>125</v>
       </c>
       <c r="B12" t="s">
         <v>126</v>
       </c>
       <c r="C12" t="s">
         <v>127</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
       <c r="K12">
         <v>3.22</v>
       </c>
       <c r="L12">
-        <v>3.22</v>
-[...4 lines deleted...]
-      <c r="O12">
         <v>3.22</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>128</v>
       </c>
       <c r="B13" t="s">
         <v>129</v>
       </c>
       <c r="C13" t="s">
         <v>130</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
-      <c r="G13">
-[...5 lines deleted...]
-      <c r="I13">
+      <c r="K13">
         <v>22.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>21.8</v>
       </c>
       <c r="L13">
         <v>22.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>1533.0</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>131</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>133</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="G14">
+      <c r="K14">
         <v>31.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>31.2</v>
       </c>
       <c r="L14">
         <v>31.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>341.0</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
         <v>139</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
-      <c r="G15">
-[...10 lines deleted...]
-      </c>
       <c r="K15">
         <v>0.389</v>
       </c>
       <c r="L15">
         <v>0.389</v>
-      </c>
-[...13 lines deleted...]
-        <v>6055.304</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
-      <c r="G16">
-[...10 lines deleted...]
-      </c>
       <c r="K16">
         <v>1.82</v>
       </c>
       <c r="L16">
         <v>1.82</v>
-      </c>
-[...13 lines deleted...]
-        <v>17.85</v>
       </c>
       <c r="S16" t="s">
         <v>115</v>
       </c>
       <c r="T16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
-      <c r="G17">
-[...10 lines deleted...]
-      </c>
       <c r="K17">
         <v>0.84</v>
       </c>
       <c r="L17">
         <v>0.84</v>
-      </c>
-[...13 lines deleted...]
-        <v>117.0</v>
       </c>
       <c r="S17" t="s">
         <v>115</v>
       </c>
       <c r="T17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>177</v>
       </c>
       <c r="B18" t="s">
         <v>178</v>
       </c>
       <c r="C18" t="s">
         <v>179</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
       <c r="K18">
         <v>2.82</v>
       </c>
       <c r="L18">
         <v>2.82</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.92</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>180</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...10 lines deleted...]
-      </c>
       <c r="K19">
-        <v>1.135</v>
+        <v>1.125</v>
       </c>
       <c r="L19">
         <v>1.125</v>
-      </c>
-[...16 lines deleted...]
-        <v>839.45</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>196</v>
       </c>
       <c r="B20" t="s">
         <v>197</v>
       </c>
       <c r="C20" t="s">
         <v>198</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...2 lines deleted...]
-      <c r="H20">
+      <c r="K20">
         <v>1.59</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.58</v>
       </c>
       <c r="L20">
         <v>1.59</v>
-      </c>
-[...16 lines deleted...]
-        <v>2889.115</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>205</v>
       </c>
       <c r="B21" t="s">
         <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>207</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...10 lines deleted...]
-      </c>
       <c r="K21">
-        <v>0.918</v>
+        <v>0.921</v>
       </c>
       <c r="L21">
         <v>0.921</v>
-      </c>
-[...16 lines deleted...]
-        <v>776201.063</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>208</v>
       </c>
       <c r="B22" t="s">
         <v>209</v>
       </c>
       <c r="C22" t="s">
         <v>210</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...2 lines deleted...]
-      <c r="H22">
+      <c r="K22">
         <v>4.46</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="L22">
         <v>4.46</v>
-      </c>
-[...16 lines deleted...]
-        <v>552.32</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>229</v>
       </c>
       <c r="B23" t="s">
         <v>230</v>
       </c>
       <c r="C23" t="s">
         <v>231</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...10 lines deleted...]
-      </c>
       <c r="K23">
         <v>1.875</v>
       </c>
       <c r="L23">
         <v>1.875</v>
-      </c>
-[...13 lines deleted...]
-        <v>20643.295</v>
       </c>
       <c r="S23" t="s">
         <v>160</v>
       </c>
       <c r="T23" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>244</v>
       </c>
       <c r="B24" t="s">
         <v>245</v>
       </c>
       <c r="C24" t="s">
         <v>246</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
       <c r="K24">
         <v>0.308</v>
       </c>
       <c r="L24">
         <v>0.308</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.312</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>247</v>
       </c>
       <c r="B25" t="s">
         <v>248</v>
       </c>
       <c r="C25" t="s">
         <v>249</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
-      <c r="G25">
-[...5 lines deleted...]
-      <c r="I25">
+      <c r="K25">
         <v>11.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>10.8</v>
       </c>
       <c r="L25">
         <v>11.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>4923.9</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>253</v>
       </c>
       <c r="B26" t="s">
         <v>254</v>
       </c>
       <c r="C26" t="s">
         <v>255</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...2 lines deleted...]
-      <c r="H26">
+      <c r="K26">
         <v>11.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>11.25</v>
       </c>
       <c r="L26">
         <v>11.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>44930.25</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>256</v>
       </c>
       <c r="B27" t="s">
         <v>257</v>
       </c>
       <c r="C27" t="s">
         <v>258</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...10 lines deleted...]
-      </c>
       <c r="K27">
         <v>2.66</v>
       </c>
       <c r="L27">
         <v>2.66</v>
-      </c>
-[...13 lines deleted...]
-        <v>13.3</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>