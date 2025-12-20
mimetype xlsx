--- v2 (2025-12-19)
+++ v3 (2025-12-20)
@@ -1319,246 +1319,246 @@
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>1.21</v>
+        <v>1.22</v>
       </c>
       <c r="L4">
-        <v>1.21</v>
+        <v>1.22</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="L5">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="K6">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
       <c r="L6">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
       <c r="K7">
-        <v>0.0688</v>
+        <v>0.0684</v>
       </c>
       <c r="L7">
-        <v>0.0688</v>
+        <v>0.0684</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="K8">
-        <v>6.95</v>
+        <v>7.0</v>
       </c>
       <c r="L8">
-        <v>6.95</v>
+        <v>7.0</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="K9">
-        <v>1.41</v>
+        <v>1.425</v>
       </c>
       <c r="L9">
-        <v>1.41</v>
+        <v>1.425</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="K10">
-        <v>2.055</v>
+        <v>2.115</v>
       </c>
       <c r="L10">
-        <v>2.055</v>
+        <v>2.115</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
@@ -1607,54 +1607,54 @@
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="K13">
-        <v>1.24</v>
+        <v>1.245</v>
       </c>
       <c r="L13">
-        <v>1.24</v>
+        <v>1.245</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
@@ -1671,54 +1671,54 @@
       </c>
       <c r="T14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="K15">
-        <v>4.98</v>
+        <v>4.92</v>
       </c>
       <c r="L15">
-        <v>4.98</v>
+        <v>4.92</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
@@ -1729,54 +1729,54 @@
       </c>
       <c r="T16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="K17">
-        <v>1.69</v>
+        <v>1.68</v>
       </c>
       <c r="L17">
-        <v>1.69</v>
+        <v>1.68</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
@@ -1851,214 +1851,214 @@
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="K21">
-        <v>1.085</v>
+        <v>1.095</v>
       </c>
       <c r="L21">
-        <v>1.085</v>
+        <v>1.095</v>
       </c>
       <c r="S21" t="s">
         <v>101</v>
       </c>
       <c r="T21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="K22">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="L22">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="K23">
-        <v>5.86</v>
+        <v>5.94</v>
       </c>
       <c r="L23">
-        <v>5.86</v>
+        <v>5.94</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="K24">
-        <v>9.98</v>
+        <v>9.76</v>
       </c>
       <c r="L24">
-        <v>9.98</v>
+        <v>9.76</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="K25">
-        <v>20.9</v>
+        <v>20.95</v>
       </c>
       <c r="L25">
-        <v>20.9</v>
+        <v>20.95</v>
       </c>
       <c r="S25" t="s">
         <v>115</v>
       </c>
       <c r="T25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
       <c r="K26">
-        <v>3.76</v>
+        <v>3.86</v>
       </c>
       <c r="L26">
-        <v>3.76</v>
+        <v>3.86</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
@@ -2075,54 +2075,54 @@
       </c>
       <c r="T27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>123</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
       <c r="K28">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="L28">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
       <c r="C29" t="s">
         <v>127</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
@@ -2139,150 +2139,150 @@
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="K30">
-        <v>22.4</v>
+        <v>22.0</v>
       </c>
       <c r="L30">
-        <v>22.4</v>
+        <v>22.0</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="K31">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="L31">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="K32">
-        <v>16.9</v>
+        <v>17.0</v>
       </c>
       <c r="L32">
-        <v>16.9</v>
+        <v>17.0</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
       <c r="K33">
-        <v>0.389</v>
+        <v>0.396</v>
       </c>
       <c r="L33">
-        <v>0.389</v>
+        <v>0.396</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
@@ -2299,86 +2299,86 @@
       </c>
       <c r="T34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" t="s">
         <v>146</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
       <c r="K35">
-        <v>0.84</v>
+        <v>0.834</v>
       </c>
       <c r="L35">
-        <v>0.84</v>
+        <v>0.834</v>
       </c>
       <c r="S35" t="s">
         <v>115</v>
       </c>
       <c r="T35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
       <c r="K36">
-        <v>3.4</v>
+        <v>3.48</v>
       </c>
       <c r="L36">
-        <v>3.4</v>
+        <v>3.48</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
@@ -2395,54 +2395,54 @@
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
       <c r="K38">
-        <v>9.5</v>
+        <v>9.15</v>
       </c>
       <c r="L38">
-        <v>9.5</v>
+        <v>9.15</v>
       </c>
       <c r="S38" t="s">
         <v>156</v>
       </c>
       <c r="T38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
@@ -2459,54 +2459,54 @@
       </c>
       <c r="T39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>162</v>
       </c>
       <c r="C40" t="s">
         <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="K40">
-        <v>10.65</v>
+        <v>10.55</v>
       </c>
       <c r="L40">
-        <v>10.65</v>
+        <v>10.55</v>
       </c>
       <c r="S40" t="s">
         <v>43</v>
       </c>
       <c r="T40" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>165</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
@@ -2555,182 +2555,182 @@
       </c>
       <c r="T42" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>172</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
       <c r="K43">
-        <v>30.15</v>
+        <v>30.1</v>
       </c>
       <c r="L43">
-        <v>30.15</v>
+        <v>30.1</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>175</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" t="s">
         <v>32</v>
       </c>
       <c r="K44">
-        <v>0.625</v>
+        <v>0.624</v>
       </c>
       <c r="L44">
-        <v>0.625</v>
+        <v>0.624</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>177</v>
       </c>
       <c r="B45" t="s">
         <v>178</v>
       </c>
       <c r="C45" t="s">
         <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="K45">
-        <v>2.82</v>
+        <v>2.92</v>
       </c>
       <c r="L45">
-        <v>2.82</v>
+        <v>2.92</v>
       </c>
       <c r="S45" t="s">
         <v>63</v>
       </c>
       <c r="T45" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>181</v>
       </c>
       <c r="C46" t="s">
         <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
         <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
       <c r="K46">
-        <v>1.125</v>
+        <v>1.145</v>
       </c>
       <c r="L46">
-        <v>1.125</v>
+        <v>1.145</v>
       </c>
       <c r="S46" t="s">
         <v>43</v>
       </c>
       <c r="T46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
         <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
         <v>32</v>
       </c>
       <c r="K47">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="L47">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="S47" t="s">
         <v>48</v>
       </c>
       <c r="T47" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
@@ -2747,54 +2747,54 @@
       </c>
       <c r="T48" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
       <c r="K49">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
       <c r="L49">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
       <c r="T49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50" t="s">
@@ -2805,86 +2805,86 @@
       </c>
       <c r="L50">
         <v>4.28</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51" t="s">
         <v>198</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>32</v>
       </c>
       <c r="K51">
-        <v>1.59</v>
+        <v>1.595</v>
       </c>
       <c r="L51">
-        <v>1.59</v>
+        <v>1.595</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
       <c r="T51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>200</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="K52">
-        <v>0.4</v>
+        <v>0.362</v>
       </c>
       <c r="L52">
-        <v>0.4</v>
+        <v>0.362</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
@@ -2901,176 +2901,176 @@
       </c>
       <c r="T53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>207</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
       <c r="K54">
-        <v>0.921</v>
+        <v>0.925</v>
       </c>
       <c r="L54">
-        <v>0.921</v>
+        <v>0.925</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>209</v>
       </c>
       <c r="C55" t="s">
         <v>210</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
       <c r="K55">
-        <v>4.46</v>
+        <v>4.44</v>
       </c>
       <c r="L55">
-        <v>4.46</v>
+        <v>4.44</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
       <c r="T55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>55</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
       <c r="K56">
-        <v>6.58</v>
+        <v>6.82</v>
       </c>
       <c r="L56">
-        <v>6.58</v>
+        <v>6.82</v>
       </c>
       <c r="S56" t="s">
         <v>160</v>
       </c>
       <c r="T56" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="K57">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="L57">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="S57" t="s">
         <v>43</v>
       </c>
       <c r="T57" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>218</v>
       </c>
       <c r="C58" t="s">
         <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>55</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
       <c r="K58">
-        <v>4.96</v>
+        <v>4.86</v>
       </c>
       <c r="L58">
-        <v>4.96</v>
+        <v>4.86</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
       <c r="T58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>221</v>
       </c>
       <c r="C59" t="s">
         <v>222</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
@@ -3087,150 +3087,150 @@
       </c>
       <c r="T59" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>223</v>
       </c>
       <c r="B60" t="s">
         <v>224</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
       <c r="K60">
-        <v>0.72</v>
+        <v>0.735</v>
       </c>
       <c r="L60">
-        <v>0.72</v>
+        <v>0.735</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>226</v>
       </c>
       <c r="B61" t="s">
         <v>227</v>
       </c>
       <c r="C61" t="s">
         <v>228</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
       <c r="K61">
-        <v>0.581</v>
+        <v>0.582</v>
       </c>
       <c r="L61">
-        <v>0.581</v>
+        <v>0.582</v>
       </c>
       <c r="S61" t="s">
         <v>43</v>
       </c>
       <c r="T61" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>229</v>
       </c>
       <c r="B62" t="s">
         <v>230</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
       <c r="K62">
-        <v>1.875</v>
+        <v>1.885</v>
       </c>
       <c r="L62">
-        <v>1.875</v>
+        <v>1.885</v>
       </c>
       <c r="S62" t="s">
         <v>160</v>
       </c>
       <c r="T62" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>232</v>
       </c>
       <c r="B63" t="s">
         <v>233</v>
       </c>
       <c r="C63" t="s">
         <v>234</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
       <c r="K63">
-        <v>9.38</v>
+        <v>9.28</v>
       </c>
       <c r="L63">
-        <v>9.38</v>
+        <v>9.28</v>
       </c>
       <c r="S63" t="s">
         <v>43</v>
       </c>
       <c r="T63" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>236</v>
       </c>
       <c r="C64" t="s">
         <v>237</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
@@ -3247,150 +3247,150 @@
       </c>
       <c r="T64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>239</v>
       </c>
       <c r="C65" t="s">
         <v>240</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
       <c r="K65">
-        <v>1.254</v>
+        <v>1.258</v>
       </c>
       <c r="L65">
-        <v>1.254</v>
+        <v>1.258</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>241</v>
       </c>
       <c r="B66" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>243</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" t="s">
         <v>32</v>
       </c>
       <c r="K66">
-        <v>10.7</v>
+        <v>10.65</v>
       </c>
       <c r="L66">
-        <v>10.7</v>
+        <v>10.65</v>
       </c>
       <c r="S66" t="s">
         <v>115</v>
       </c>
       <c r="T66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>244</v>
       </c>
       <c r="B67" t="s">
         <v>245</v>
       </c>
       <c r="C67" t="s">
         <v>246</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
       <c r="K67">
-        <v>0.308</v>
+        <v>0.31</v>
       </c>
       <c r="L67">
-        <v>0.308</v>
+        <v>0.31</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>247</v>
       </c>
       <c r="B68" t="s">
         <v>248</v>
       </c>
       <c r="C68" t="s">
         <v>249</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68" t="s">
         <v>38</v>
       </c>
       <c r="K68">
-        <v>11.0</v>
+        <v>10.9</v>
       </c>
       <c r="L68">
-        <v>11.0</v>
+        <v>10.9</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>250</v>
       </c>
       <c r="B69" t="s">
         <v>251</v>
       </c>
       <c r="C69" t="s">
         <v>252</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
         <v>55</v>
       </c>
       <c r="F69" t="s">
@@ -3407,86 +3407,86 @@
       </c>
       <c r="T69" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>254</v>
       </c>
       <c r="C70" t="s">
         <v>255</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
       <c r="K70">
-        <v>11.2</v>
+        <v>11.3</v>
       </c>
       <c r="L70">
-        <v>11.2</v>
+        <v>11.3</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>256</v>
       </c>
       <c r="B71" t="s">
         <v>257</v>
       </c>
       <c r="C71" t="s">
         <v>258</v>
       </c>
       <c r="D71" t="s">
         <v>23</v>
       </c>
       <c r="E71" t="s">
         <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>38</v>
       </c>
       <c r="K71">
-        <v>2.66</v>
+        <v>2.56</v>
       </c>
       <c r="L71">
-        <v>2.66</v>
+        <v>2.56</v>
       </c>
       <c r="S71" t="s">
         <v>33</v>
       </c>
       <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3594,150 +3594,150 @@
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="K3">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
       <c r="L3">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="K4">
-        <v>1.41</v>
+        <v>1.425</v>
       </c>
       <c r="L4">
-        <v>1.41</v>
+        <v>1.425</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>2.055</v>
+        <v>2.115</v>
       </c>
       <c r="L5">
-        <v>2.055</v>
+        <v>2.115</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="K6">
-        <v>1.24</v>
+        <v>1.245</v>
       </c>
       <c r="L6">
-        <v>1.24</v>
+        <v>1.245</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>79</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
@@ -3812,86 +3812,86 @@
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="K10">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="L10">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="K11">
-        <v>5.86</v>
+        <v>5.94</v>
       </c>
       <c r="L11">
-        <v>5.86</v>
+        <v>5.94</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
@@ -3908,54 +3908,54 @@
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>148</v>
       </c>
       <c r="C13" t="s">
         <v>149</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="K13">
-        <v>3.4</v>
+        <v>3.48</v>
       </c>
       <c r="L13">
-        <v>3.4</v>
+        <v>3.48</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="B14" t="s">
         <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>152</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
@@ -4068,118 +4068,118 @@
       </c>
       <c r="T17" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>172</v>
       </c>
       <c r="C18" t="s">
         <v>173</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
       <c r="K18">
-        <v>30.15</v>
+        <v>30.1</v>
       </c>
       <c r="L18">
-        <v>30.15</v>
+        <v>30.1</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>175</v>
       </c>
       <c r="C19" t="s">
         <v>176</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="K19">
-        <v>0.625</v>
+        <v>0.624</v>
       </c>
       <c r="L19">
-        <v>0.625</v>
+        <v>0.624</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>184</v>
       </c>
       <c r="B20" t="s">
         <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>186</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="K20">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="L20">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>187</v>
       </c>
       <c r="B21" t="s">
         <v>188</v>
       </c>
       <c r="C21" t="s">
         <v>189</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
@@ -4196,54 +4196,54 @@
       </c>
       <c r="T21" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>190</v>
       </c>
       <c r="B22" t="s">
         <v>191</v>
       </c>
       <c r="C22" t="s">
         <v>192</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
       <c r="K22">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
       <c r="L22">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>193</v>
       </c>
       <c r="B23" t="s">
         <v>194</v>
       </c>
       <c r="C23" t="s">
         <v>195</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
@@ -4286,54 +4286,54 @@
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>214</v>
       </c>
       <c r="B25" t="s">
         <v>215</v>
       </c>
       <c r="C25" t="s">
         <v>216</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="K25">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="L25">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>220</v>
       </c>
       <c r="B26" t="s">
         <v>221</v>
       </c>
       <c r="C26" t="s">
         <v>222</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
@@ -4350,118 +4350,118 @@
       </c>
       <c r="T26" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>223</v>
       </c>
       <c r="B27" t="s">
         <v>224</v>
       </c>
       <c r="C27" t="s">
         <v>225</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
       <c r="K27">
-        <v>0.72</v>
+        <v>0.735</v>
       </c>
       <c r="L27">
-        <v>0.72</v>
+        <v>0.735</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>226</v>
       </c>
       <c r="B28" t="s">
         <v>227</v>
       </c>
       <c r="C28" t="s">
         <v>228</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
       <c r="K28">
-        <v>0.581</v>
+        <v>0.582</v>
       </c>
       <c r="L28">
-        <v>0.581</v>
+        <v>0.582</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>232</v>
       </c>
       <c r="B29" t="s">
         <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>234</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
       <c r="K29">
-        <v>9.38</v>
+        <v>9.28</v>
       </c>
       <c r="L29">
-        <v>9.38</v>
+        <v>9.28</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>235</v>
       </c>
       <c r="B30" t="s">
         <v>236</v>
       </c>
       <c r="C30" t="s">
         <v>237</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
@@ -4478,86 +4478,86 @@
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>238</v>
       </c>
       <c r="B31" t="s">
         <v>239</v>
       </c>
       <c r="C31" t="s">
         <v>240</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
       <c r="K31">
-        <v>1.254</v>
+        <v>1.258</v>
       </c>
       <c r="L31">
-        <v>1.254</v>
+        <v>1.258</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>241</v>
       </c>
       <c r="B32" t="s">
         <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>243</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
       <c r="K32">
-        <v>10.7</v>
+        <v>10.65</v>
       </c>
       <c r="L32">
-        <v>10.7</v>
+        <v>10.65</v>
       </c>
       <c r="S32" t="s">
         <v>115</v>
       </c>
       <c r="T32" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4633,54 +4633,54 @@
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
       <c r="K2">
-        <v>6.95</v>
+        <v>7.0</v>
       </c>
       <c r="L2">
-        <v>6.95</v>
+        <v>7.0</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
@@ -4697,86 +4697,86 @@
       </c>
       <c r="T3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="K4">
-        <v>4.98</v>
+        <v>4.92</v>
       </c>
       <c r="L4">
-        <v>4.98</v>
+        <v>4.92</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5" t="s">
         <v>88</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>1.69</v>
+        <v>1.68</v>
       </c>
       <c r="L5">
-        <v>1.69</v>
+        <v>1.68</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
       <c r="C6" t="s">
         <v>94</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -4787,246 +4787,246 @@
       </c>
       <c r="T6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
       <c r="K7">
-        <v>9.98</v>
+        <v>9.76</v>
       </c>
       <c r="L7">
-        <v>9.98</v>
+        <v>9.76</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>135</v>
       </c>
       <c r="B8" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="K8">
-        <v>16.9</v>
+        <v>17.0</v>
       </c>
       <c r="L8">
-        <v>16.9</v>
+        <v>17.0</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>153</v>
       </c>
       <c r="B9" t="s">
         <v>154</v>
       </c>
       <c r="C9" t="s">
         <v>155</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="K9">
-        <v>9.5</v>
+        <v>9.15</v>
       </c>
       <c r="L9">
-        <v>9.5</v>
+        <v>9.15</v>
       </c>
       <c r="S9" t="s">
         <v>156</v>
       </c>
       <c r="T9" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>161</v>
       </c>
       <c r="B10" t="s">
         <v>162</v>
       </c>
       <c r="C10" t="s">
         <v>163</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="K10">
-        <v>10.65</v>
+        <v>10.55</v>
       </c>
       <c r="L10">
-        <v>10.65</v>
+        <v>10.55</v>
       </c>
       <c r="S10" t="s">
         <v>43</v>
       </c>
       <c r="T10" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>199</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="K11">
-        <v>0.4</v>
+        <v>0.362</v>
       </c>
       <c r="L11">
-        <v>0.4</v>
+        <v>0.362</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>211</v>
       </c>
       <c r="B12" t="s">
         <v>212</v>
       </c>
       <c r="C12" t="s">
         <v>213</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
       <c r="K12">
-        <v>6.58</v>
+        <v>6.82</v>
       </c>
       <c r="L12">
-        <v>6.58</v>
+        <v>6.82</v>
       </c>
       <c r="S12" t="s">
         <v>160</v>
       </c>
       <c r="T12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>217</v>
       </c>
       <c r="B13" t="s">
         <v>218</v>
       </c>
       <c r="C13" t="s">
         <v>219</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="K13">
-        <v>4.96</v>
+        <v>4.86</v>
       </c>
       <c r="L13">
-        <v>4.96</v>
+        <v>4.86</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>250</v>
       </c>
       <c r="B14" t="s">
         <v>251</v>
       </c>
       <c r="C14" t="s">
         <v>252</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
@@ -5166,118 +5166,118 @@
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="K3">
-        <v>1.21</v>
+        <v>1.22</v>
       </c>
       <c r="L3">
-        <v>1.21</v>
+        <v>1.22</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="K4">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="L4">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="K5">
-        <v>0.0688</v>
+        <v>0.0684</v>
       </c>
       <c r="L5">
-        <v>0.0688</v>
+        <v>0.0684</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
@@ -5326,150 +5326,150 @@
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>98</v>
       </c>
       <c r="B8" t="s">
         <v>99</v>
       </c>
       <c r="C8" t="s">
         <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="K8">
-        <v>1.085</v>
+        <v>1.095</v>
       </c>
       <c r="L8">
-        <v>1.085</v>
+        <v>1.095</v>
       </c>
       <c r="S8" t="s">
         <v>101</v>
       </c>
       <c r="T8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>114</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="K9">
-        <v>20.9</v>
+        <v>20.95</v>
       </c>
       <c r="L9">
-        <v>20.9</v>
+        <v>20.95</v>
       </c>
       <c r="S9" t="s">
         <v>115</v>
       </c>
       <c r="T9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>116</v>
       </c>
       <c r="B10" t="s">
         <v>117</v>
       </c>
       <c r="C10" t="s">
         <v>118</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
       <c r="K10">
-        <v>3.76</v>
+        <v>3.86</v>
       </c>
       <c r="L10">
-        <v>3.76</v>
+        <v>3.86</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>122</v>
       </c>
       <c r="B11" t="s">
         <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="K11">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="L11">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>125</v>
       </c>
       <c r="B12" t="s">
         <v>126</v>
       </c>
       <c r="C12" t="s">
         <v>127</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
@@ -5486,118 +5486,118 @@
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>128</v>
       </c>
       <c r="B13" t="s">
         <v>129</v>
       </c>
       <c r="C13" t="s">
         <v>130</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="K13">
-        <v>22.4</v>
+        <v>22.0</v>
       </c>
       <c r="L13">
-        <v>22.4</v>
+        <v>22.0</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>131</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>133</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="K14">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="L14">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
         <v>139</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
       <c r="K15">
-        <v>0.389</v>
+        <v>0.396</v>
       </c>
       <c r="L15">
-        <v>0.389</v>
+        <v>0.396</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
@@ -5614,368 +5614,368 @@
       </c>
       <c r="T16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
       <c r="K17">
-        <v>0.84</v>
+        <v>0.834</v>
       </c>
       <c r="L17">
-        <v>0.84</v>
+        <v>0.834</v>
       </c>
       <c r="S17" t="s">
         <v>115</v>
       </c>
       <c r="T17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>177</v>
       </c>
       <c r="B18" t="s">
         <v>178</v>
       </c>
       <c r="C18" t="s">
         <v>179</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="K18">
-        <v>2.82</v>
+        <v>2.92</v>
       </c>
       <c r="L18">
-        <v>2.82</v>
+        <v>2.92</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>180</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="K19">
-        <v>1.125</v>
+        <v>1.145</v>
       </c>
       <c r="L19">
-        <v>1.125</v>
+        <v>1.145</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>196</v>
       </c>
       <c r="B20" t="s">
         <v>197</v>
       </c>
       <c r="C20" t="s">
         <v>198</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="K20">
-        <v>1.59</v>
+        <v>1.595</v>
       </c>
       <c r="L20">
-        <v>1.59</v>
+        <v>1.595</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>205</v>
       </c>
       <c r="B21" t="s">
         <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>207</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="K21">
-        <v>0.921</v>
+        <v>0.925</v>
       </c>
       <c r="L21">
-        <v>0.921</v>
+        <v>0.925</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>208</v>
       </c>
       <c r="B22" t="s">
         <v>209</v>
       </c>
       <c r="C22" t="s">
         <v>210</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="K22">
-        <v>4.46</v>
+        <v>4.44</v>
       </c>
       <c r="L22">
-        <v>4.46</v>
+        <v>4.44</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>229</v>
       </c>
       <c r="B23" t="s">
         <v>230</v>
       </c>
       <c r="C23" t="s">
         <v>231</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="K23">
-        <v>1.875</v>
+        <v>1.885</v>
       </c>
       <c r="L23">
-        <v>1.875</v>
+        <v>1.885</v>
       </c>
       <c r="S23" t="s">
         <v>160</v>
       </c>
       <c r="T23" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>244</v>
       </c>
       <c r="B24" t="s">
         <v>245</v>
       </c>
       <c r="C24" t="s">
         <v>246</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
       <c r="K24">
-        <v>0.308</v>
+        <v>0.31</v>
       </c>
       <c r="L24">
-        <v>0.308</v>
+        <v>0.31</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>247</v>
       </c>
       <c r="B25" t="s">
         <v>248</v>
       </c>
       <c r="C25" t="s">
         <v>249</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="K25">
-        <v>11.0</v>
+        <v>10.9</v>
       </c>
       <c r="L25">
-        <v>11.0</v>
+        <v>10.9</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>253</v>
       </c>
       <c r="B26" t="s">
         <v>254</v>
       </c>
       <c r="C26" t="s">
         <v>255</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
       <c r="K26">
-        <v>11.2</v>
+        <v>11.3</v>
       </c>
       <c r="L26">
-        <v>11.2</v>
+        <v>11.3</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>256</v>
       </c>
       <c r="B27" t="s">
         <v>257</v>
       </c>
       <c r="C27" t="s">
         <v>258</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
       <c r="K27">
-        <v>2.66</v>
+        <v>2.56</v>
       </c>
       <c r="L27">
-        <v>2.66</v>
+        <v>2.56</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>