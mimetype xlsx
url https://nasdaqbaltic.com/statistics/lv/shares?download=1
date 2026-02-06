--- v3 (2025-12-20)
+++ v4 (2026-02-06)
@@ -263,51 +263,51 @@
   <si>
     <t>EEG1T</t>
   </si>
   <si>
     <t>Ekspress Grupp</t>
   </si>
   <si>
     <t>EE3100016965</t>
   </si>
   <si>
     <t>Plašsaziņas līdzekļi</t>
   </si>
   <si>
     <t>EFT1T</t>
   </si>
   <si>
     <t>EfTEN Real Estate Fund</t>
   </si>
   <si>
     <t>EE3100127242</t>
   </si>
   <si>
     <t>EGG</t>
   </si>
   <si>
-    <t>APF Holdings</t>
+    <t>Agrova Baltics</t>
   </si>
   <si>
     <t>LV0000101921</t>
   </si>
   <si>
     <t>EJTC</t>
   </si>
   <si>
     <t>Estonian Japan Trading Company</t>
   </si>
   <si>
     <t>EE3100008996</t>
   </si>
   <si>
     <t>ELEVR</t>
   </si>
   <si>
     <t xml:space="preserve">Eleving Group </t>
   </si>
   <si>
     <t>LU2818110020</t>
   </si>
   <si>
     <t>EWA1L</t>
   </si>
@@ -1254,561 +1254,972 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
+      <c r="G2">
+        <v>1.90042892</v>
+      </c>
+      <c r="H2">
+        <v>1.91</v>
+      </c>
+      <c r="I2">
+        <v>1.91</v>
+      </c>
+      <c r="J2">
+        <v>1.9</v>
+      </c>
       <c r="K2">
-        <v>1.93</v>
+        <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.93</v>
+        <v>1.9</v>
+      </c>
+      <c r="M2">
+        <v>-3.06</v>
+      </c>
+      <c r="N2">
+        <v>1.88</v>
+      </c>
+      <c r="O2">
+        <v>1.9</v>
+      </c>
+      <c r="P2">
+        <v>17</v>
+      </c>
+      <c r="Q2">
+        <v>816</v>
+      </c>
+      <c r="R2">
+        <v>1550.75</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.82597117</v>
+      </c>
+      <c r="H3">
+        <v>1.825</v>
+      </c>
+      <c r="I3">
+        <v>1.83</v>
+      </c>
+      <c r="J3">
+        <v>1.82</v>
+      </c>
       <c r="K3">
         <v>1.825</v>
       </c>
       <c r="L3">
+        <v>1.83</v>
+      </c>
+      <c r="M3">
+        <v>0.27</v>
+      </c>
+      <c r="N3">
         <v>1.825</v>
+      </c>
+      <c r="O3">
+        <v>1.83</v>
+      </c>
+      <c r="P3">
+        <v>53</v>
+      </c>
+      <c r="Q3">
+        <v>8289</v>
+      </c>
+      <c r="R3">
+        <v>15135.475</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
+      <c r="G4">
+        <v>1.2896063</v>
+      </c>
+      <c r="H4">
+        <v>1.29</v>
+      </c>
+      <c r="I4">
+        <v>1.29</v>
+      </c>
+      <c r="J4">
+        <v>1.28</v>
+      </c>
       <c r="K4">
-        <v>1.22</v>
+        <v>1.28</v>
       </c>
       <c r="L4">
-        <v>1.22</v>
+        <v>1.29</v>
+      </c>
+      <c r="M4">
+        <v>0.78</v>
+      </c>
+      <c r="N4">
+        <v>1.28</v>
+      </c>
+      <c r="O4">
+        <v>1.29</v>
+      </c>
+      <c r="P4">
+        <v>6</v>
+      </c>
+      <c r="Q4">
+        <v>127</v>
+      </c>
+      <c r="R4">
+        <v>163.78</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>3.64014714</v>
+      </c>
+      <c r="H5">
+        <v>3.63</v>
+      </c>
+      <c r="I5">
+        <v>3.67</v>
+      </c>
+      <c r="J5">
+        <v>3.62</v>
+      </c>
       <c r="K5">
-        <v>3.37</v>
+        <v>3.63</v>
       </c>
       <c r="L5">
-        <v>3.37</v>
+        <v>3.67</v>
+      </c>
+      <c r="M5">
+        <v>1.1</v>
+      </c>
+      <c r="N5">
+        <v>3.65</v>
+      </c>
+      <c r="O5">
+        <v>3.67</v>
+      </c>
+      <c r="P5">
+        <v>97</v>
+      </c>
+      <c r="Q5">
+        <v>28817</v>
+      </c>
+      <c r="R5">
+        <v>104898.12</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
+      <c r="G6">
+        <v>1.61513333</v>
+      </c>
+      <c r="H6">
+        <v>1.615</v>
+      </c>
+      <c r="I6">
+        <v>1.62</v>
+      </c>
+      <c r="J6">
+        <v>1.615</v>
+      </c>
       <c r="K6">
-        <v>1.67</v>
+        <v>1.615</v>
       </c>
       <c r="L6">
-        <v>1.67</v>
+        <v>1.615</v>
+      </c>
+      <c r="N6">
+        <v>1.615</v>
+      </c>
+      <c r="O6">
+        <v>1.62</v>
+      </c>
+      <c r="P6">
+        <v>13</v>
+      </c>
+      <c r="Q6">
+        <v>1050</v>
+      </c>
+      <c r="R6">
+        <v>1695.89</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
+      <c r="G7">
+        <v>0.06971854</v>
+      </c>
+      <c r="H7">
+        <v>0.0698</v>
+      </c>
+      <c r="I7">
+        <v>0.07</v>
+      </c>
+      <c r="J7">
+        <v>0.068</v>
+      </c>
       <c r="K7">
-        <v>0.0684</v>
+        <v>0.0698</v>
       </c>
       <c r="L7">
-        <v>0.0684</v>
+        <v>0.07</v>
+      </c>
+      <c r="M7">
+        <v>0.29</v>
+      </c>
+      <c r="N7">
+        <v>0.068</v>
+      </c>
+      <c r="O7">
+        <v>0.07</v>
+      </c>
+      <c r="P7">
+        <v>42</v>
+      </c>
+      <c r="Q7">
+        <v>23220</v>
+      </c>
+      <c r="R7">
+        <v>1618.8646</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
+      <c r="G8">
+        <v>2.97312656</v>
+      </c>
+      <c r="H8">
+        <v>3.06</v>
+      </c>
+      <c r="I8">
+        <v>3.2</v>
+      </c>
+      <c r="J8">
+        <v>2.74</v>
+      </c>
       <c r="K8">
-        <v>7.0</v>
+        <v>3.08</v>
       </c>
       <c r="L8">
-        <v>7.0</v>
+        <v>2.74</v>
+      </c>
+      <c r="M8">
+        <v>-11.04</v>
+      </c>
+      <c r="N8">
+        <v>2.74</v>
+      </c>
+      <c r="O8">
+        <v>2.8</v>
+      </c>
+      <c r="P8">
+        <v>97</v>
+      </c>
+      <c r="Q8">
+        <v>4417</v>
+      </c>
+      <c r="R8">
+        <v>13132.3</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
+      <c r="H9">
+        <v>1.505</v>
+      </c>
       <c r="K9">
-        <v>1.425</v>
+        <v>1.505</v>
       </c>
       <c r="L9">
-        <v>1.425</v>
+        <v>1.505</v>
+      </c>
+      <c r="N9">
+        <v>1.46</v>
+      </c>
+      <c r="O9">
+        <v>1.5</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
+      <c r="G10">
+        <v>2.12900457</v>
+      </c>
+      <c r="H10">
+        <v>2.135</v>
+      </c>
+      <c r="I10">
+        <v>2.14</v>
+      </c>
+      <c r="J10">
+        <v>2.125</v>
+      </c>
       <c r="K10">
-        <v>2.115</v>
+        <v>2.135</v>
       </c>
       <c r="L10">
-        <v>2.115</v>
+        <v>2.13</v>
+      </c>
+      <c r="M10">
+        <v>-0.23</v>
+      </c>
+      <c r="N10">
+        <v>2.125</v>
+      </c>
+      <c r="O10">
+        <v>2.13</v>
+      </c>
+      <c r="P10">
+        <v>123</v>
+      </c>
+      <c r="Q10">
+        <v>22985</v>
+      </c>
+      <c r="R10">
+        <v>48935.17</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
+      <c r="H11">
+        <v>0.28</v>
+      </c>
       <c r="K11">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="L11">
-        <v>0.3</v>
+        <v>0.28</v>
+      </c>
+      <c r="N11">
+        <v>0.27</v>
+      </c>
+      <c r="O11">
+        <v>0.28</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>1.30516363</v>
+      </c>
+      <c r="H12">
+        <v>1.308</v>
+      </c>
+      <c r="I12">
+        <v>1.31</v>
+      </c>
+      <c r="J12">
+        <v>1.304</v>
+      </c>
       <c r="K12">
-        <v>1.3</v>
+        <v>1.31</v>
       </c>
       <c r="L12">
-        <v>1.3</v>
+        <v>1.31</v>
+      </c>
+      <c r="N12">
+        <v>1.304</v>
+      </c>
+      <c r="O12">
+        <v>1.31</v>
+      </c>
+      <c r="P12">
+        <v>38</v>
+      </c>
+      <c r="Q12">
+        <v>4333</v>
+      </c>
+      <c r="R12">
+        <v>5655.274</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
+      <c r="G13">
+        <v>1.235</v>
+      </c>
+      <c r="H13">
+        <v>1.235</v>
+      </c>
+      <c r="I13">
+        <v>1.235</v>
+      </c>
+      <c r="J13">
+        <v>1.235</v>
+      </c>
       <c r="K13">
         <v>1.245</v>
       </c>
       <c r="L13">
+        <v>1.235</v>
+      </c>
+      <c r="M13">
+        <v>-0.8</v>
+      </c>
+      <c r="N13">
+        <v>1.235</v>
+      </c>
+      <c r="O13">
         <v>1.245</v>
+      </c>
+      <c r="P13">
+        <v>9</v>
+      </c>
+      <c r="Q13">
+        <v>2385</v>
+      </c>
+      <c r="R13">
+        <v>2945.475</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
+      <c r="G14">
+        <v>19.75</v>
+      </c>
+      <c r="H14">
+        <v>19.75</v>
+      </c>
+      <c r="I14">
+        <v>19.75</v>
+      </c>
+      <c r="J14">
+        <v>19.75</v>
+      </c>
       <c r="K14">
-        <v>19.15</v>
+        <v>19.75</v>
       </c>
       <c r="L14">
-        <v>19.15</v>
+        <v>19.75</v>
+      </c>
+      <c r="N14">
+        <v>19.7</v>
+      </c>
+      <c r="O14">
+        <v>19.75</v>
+      </c>
+      <c r="P14">
+        <v>32</v>
+      </c>
+      <c r="Q14">
+        <v>2756</v>
+      </c>
+      <c r="R14">
+        <v>54431.0</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
+      <c r="H15">
+        <v>5.05</v>
+      </c>
       <c r="K15">
-        <v>4.92</v>
+        <v>5.05</v>
       </c>
       <c r="L15">
-        <v>4.92</v>
+        <v>5.05</v>
+      </c>
+      <c r="N15">
+        <v>5.0</v>
+      </c>
+      <c r="O15">
+        <v>5.05</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
+      <c r="N16">
+        <v>0.13</v>
+      </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
       <c r="T16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
+      <c r="G17">
+        <v>1.69901215</v>
+      </c>
+      <c r="H17">
+        <v>1.699</v>
+      </c>
+      <c r="I17">
+        <v>1.7</v>
+      </c>
+      <c r="J17">
+        <v>1.698</v>
+      </c>
       <c r="K17">
-        <v>1.68</v>
+        <v>1.699</v>
       </c>
       <c r="L17">
-        <v>1.68</v>
+        <v>1.7</v>
+      </c>
+      <c r="M17">
+        <v>0.06</v>
+      </c>
+      <c r="N17">
+        <v>1.699</v>
+      </c>
+      <c r="O17">
+        <v>1.7</v>
+      </c>
+      <c r="P17">
+        <v>60</v>
+      </c>
+      <c r="Q17">
+        <v>8135</v>
+      </c>
+      <c r="R17">
+        <v>13821.4638</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
+      <c r="G18">
+        <v>16.0</v>
+      </c>
+      <c r="H18">
+        <v>16.0</v>
+      </c>
+      <c r="I18">
+        <v>16.0</v>
+      </c>
+      <c r="J18">
+        <v>16.0</v>
+      </c>
       <c r="K18">
-        <v>15.6</v>
+        <v>16.2</v>
       </c>
       <c r="L18">
-        <v>15.6</v>
+        <v>16.0</v>
+      </c>
+      <c r="M18">
+        <v>-1.23</v>
+      </c>
+      <c r="N18">
+        <v>16.0</v>
+      </c>
+      <c r="O18">
+        <v>16.1</v>
+      </c>
+      <c r="P18">
+        <v>4</v>
+      </c>
+      <c r="Q18">
+        <v>79</v>
+      </c>
+      <c r="R18">
+        <v>1264.0</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -1818,1675 +2229,3139 @@
         <v>63</v>
       </c>
       <c r="T19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>96</v>
       </c>
       <c r="C20" t="s">
         <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
+      <c r="G20">
+        <v>0.06575882</v>
+      </c>
+      <c r="H20">
+        <v>0.065</v>
+      </c>
+      <c r="I20">
+        <v>0.066</v>
+      </c>
+      <c r="J20">
+        <v>0.065</v>
+      </c>
       <c r="K20">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
       <c r="L20">
-        <v>0.07</v>
+        <v>0.066</v>
+      </c>
+      <c r="N20">
+        <v>0.0604</v>
+      </c>
+      <c r="O20">
+        <v>0.066</v>
+      </c>
+      <c r="P20">
+        <v>2</v>
+      </c>
+      <c r="Q20">
+        <v>510</v>
+      </c>
+      <c r="R20">
+        <v>33.537</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
+      <c r="G21">
+        <v>1.11608703</v>
+      </c>
+      <c r="H21">
+        <v>1.12</v>
+      </c>
+      <c r="I21">
+        <v>1.13</v>
+      </c>
+      <c r="J21">
+        <v>1.11</v>
+      </c>
       <c r="K21">
-        <v>1.095</v>
+        <v>1.125</v>
       </c>
       <c r="L21">
-        <v>1.095</v>
+        <v>1.11</v>
+      </c>
+      <c r="M21">
+        <v>-1.33</v>
+      </c>
+      <c r="N21">
+        <v>1.105</v>
+      </c>
+      <c r="O21">
+        <v>1.11</v>
+      </c>
+      <c r="P21">
+        <v>65</v>
+      </c>
+      <c r="Q21">
+        <v>28049</v>
+      </c>
+      <c r="R21">
+        <v>31305.125</v>
       </c>
       <c r="S21" t="s">
         <v>101</v>
       </c>
       <c r="T21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
+      <c r="G22">
+        <v>5.24809961</v>
+      </c>
+      <c r="H22">
+        <v>5.26</v>
+      </c>
+      <c r="I22">
+        <v>5.28</v>
+      </c>
+      <c r="J22">
+        <v>5.22</v>
+      </c>
       <c r="K22">
-        <v>4.71</v>
+        <v>5.26</v>
       </c>
       <c r="L22">
-        <v>4.71</v>
+        <v>5.26</v>
+      </c>
+      <c r="N22">
+        <v>5.26</v>
+      </c>
+      <c r="O22">
+        <v>5.28</v>
+      </c>
+      <c r="P22">
+        <v>48</v>
+      </c>
+      <c r="Q22">
+        <v>1526</v>
+      </c>
+      <c r="R22">
+        <v>8008.6</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
+      <c r="G23">
+        <v>6.1949026</v>
+      </c>
+      <c r="H23">
+        <v>6.22</v>
+      </c>
+      <c r="I23">
+        <v>6.22</v>
+      </c>
+      <c r="J23">
+        <v>6.16</v>
+      </c>
       <c r="K23">
-        <v>5.94</v>
+        <v>6.26</v>
       </c>
       <c r="L23">
-        <v>5.94</v>
+        <v>6.16</v>
+      </c>
+      <c r="M23">
+        <v>-1.6</v>
+      </c>
+      <c r="N23">
+        <v>6.16</v>
+      </c>
+      <c r="O23">
+        <v>6.2</v>
+      </c>
+      <c r="P23">
+        <v>24</v>
+      </c>
+      <c r="Q23">
+        <v>616</v>
+      </c>
+      <c r="R23">
+        <v>3816.06</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
+      <c r="G24">
+        <v>9.46635697</v>
+      </c>
+      <c r="H24">
+        <v>9.46</v>
+      </c>
+      <c r="I24">
+        <v>9.48</v>
+      </c>
+      <c r="J24">
+        <v>9.46</v>
+      </c>
       <c r="K24">
-        <v>9.76</v>
+        <v>9.48</v>
       </c>
       <c r="L24">
-        <v>9.76</v>
+        <v>9.48</v>
+      </c>
+      <c r="N24">
+        <v>9.46</v>
+      </c>
+      <c r="O24">
+        <v>9.48</v>
+      </c>
+      <c r="P24">
+        <v>12</v>
+      </c>
+      <c r="Q24">
+        <v>409</v>
+      </c>
+      <c r="R24">
+        <v>3871.74</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
+      <c r="G25">
+        <v>22.09558671</v>
+      </c>
+      <c r="H25">
+        <v>22.05</v>
+      </c>
+      <c r="I25">
+        <v>22.2</v>
+      </c>
+      <c r="J25">
+        <v>22.05</v>
+      </c>
       <c r="K25">
-        <v>20.95</v>
+        <v>22.1</v>
       </c>
       <c r="L25">
-        <v>20.95</v>
+        <v>22.15</v>
+      </c>
+      <c r="M25">
+        <v>0.23</v>
+      </c>
+      <c r="N25">
+        <v>22.1</v>
+      </c>
+      <c r="O25">
+        <v>22.15</v>
+      </c>
+      <c r="P25">
+        <v>227</v>
+      </c>
+      <c r="Q25">
+        <v>7704</v>
+      </c>
+      <c r="R25">
+        <v>170224.4</v>
       </c>
       <c r="S25" t="s">
         <v>115</v>
       </c>
       <c r="T25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
+      <c r="G26">
+        <v>4.02094862</v>
+      </c>
+      <c r="H26">
+        <v>4.02</v>
+      </c>
+      <c r="I26">
+        <v>4.08</v>
+      </c>
+      <c r="J26">
+        <v>4.02</v>
+      </c>
       <c r="K26">
-        <v>3.86</v>
+        <v>4.02</v>
       </c>
       <c r="L26">
-        <v>3.86</v>
+        <v>4.08</v>
+      </c>
+      <c r="M26">
+        <v>1.49</v>
+      </c>
+      <c r="N26">
+        <v>3.92</v>
+      </c>
+      <c r="O26">
+        <v>4.02</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>253</v>
+      </c>
+      <c r="R26">
+        <v>1017.3</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
+      <c r="G27">
+        <v>45.20233184</v>
+      </c>
+      <c r="H27">
+        <v>45.3</v>
+      </c>
+      <c r="I27">
+        <v>45.3</v>
+      </c>
+      <c r="J27">
+        <v>45.2</v>
+      </c>
       <c r="K27">
-        <v>45.8</v>
+        <v>45.2</v>
       </c>
       <c r="L27">
-        <v>45.8</v>
+        <v>45.3</v>
+      </c>
+      <c r="M27">
+        <v>0.22</v>
+      </c>
+      <c r="N27">
+        <v>45.2</v>
+      </c>
+      <c r="O27">
+        <v>45.3</v>
+      </c>
+      <c r="P27">
+        <v>28</v>
+      </c>
+      <c r="Q27">
+        <v>1115</v>
+      </c>
+      <c r="R27">
+        <v>50400.6</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>123</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
+      <c r="G28">
+        <v>6.745</v>
+      </c>
+      <c r="H28">
+        <v>6.65</v>
+      </c>
+      <c r="I28">
+        <v>6.8</v>
+      </c>
+      <c r="J28">
+        <v>6.65</v>
+      </c>
       <c r="K28">
-        <v>6.5</v>
+        <v>6.75</v>
       </c>
       <c r="L28">
-        <v>6.5</v>
+        <v>6.8</v>
+      </c>
+      <c r="M28">
+        <v>0.74</v>
+      </c>
+      <c r="N28">
+        <v>6.45</v>
+      </c>
+      <c r="O28">
+        <v>6.9</v>
+      </c>
+      <c r="P28">
+        <v>3</v>
+      </c>
+      <c r="Q28">
+        <v>50</v>
+      </c>
+      <c r="R28">
+        <v>337.25</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
       <c r="C29" t="s">
         <v>127</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
+      <c r="G29">
+        <v>3.26197802</v>
+      </c>
+      <c r="H29">
+        <v>3.24</v>
+      </c>
+      <c r="I29">
+        <v>3.28</v>
+      </c>
+      <c r="J29">
+        <v>3.24</v>
+      </c>
       <c r="K29">
-        <v>3.22</v>
+        <v>3.24</v>
       </c>
       <c r="L29">
-        <v>3.22</v>
+        <v>3.28</v>
+      </c>
+      <c r="M29">
+        <v>1.23</v>
+      </c>
+      <c r="N29">
+        <v>3.24</v>
+      </c>
+      <c r="O29">
+        <v>3.28</v>
+      </c>
+      <c r="P29">
+        <v>3</v>
+      </c>
+      <c r="Q29">
+        <v>91</v>
+      </c>
+      <c r="R29">
+        <v>296.84</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
+      <c r="G30">
+        <v>27.2</v>
+      </c>
+      <c r="H30">
+        <v>27.2</v>
+      </c>
+      <c r="I30">
+        <v>27.2</v>
+      </c>
+      <c r="J30">
+        <v>27.2</v>
+      </c>
       <c r="K30">
-        <v>22.0</v>
+        <v>27.2</v>
       </c>
       <c r="L30">
-        <v>22.0</v>
+        <v>27.2</v>
+      </c>
+      <c r="N30">
+        <v>27.0</v>
+      </c>
+      <c r="O30">
+        <v>27.2</v>
+      </c>
+      <c r="P30">
+        <v>2</v>
+      </c>
+      <c r="Q30">
+        <v>75</v>
+      </c>
+      <c r="R30">
+        <v>2040.0</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
+      <c r="G31">
+        <v>30.13496933</v>
+      </c>
+      <c r="H31">
+        <v>30.4</v>
+      </c>
+      <c r="I31">
+        <v>30.4</v>
+      </c>
+      <c r="J31">
+        <v>29.8</v>
+      </c>
       <c r="K31">
-        <v>30.0</v>
+        <v>30.4</v>
       </c>
       <c r="L31">
-        <v>30.0</v>
+        <v>29.8</v>
+      </c>
+      <c r="M31">
+        <v>-1.97</v>
+      </c>
+      <c r="N31">
+        <v>28.4</v>
+      </c>
+      <c r="O31">
+        <v>31.6</v>
+      </c>
+      <c r="P31">
+        <v>16</v>
+      </c>
+      <c r="Q31">
+        <v>163</v>
+      </c>
+      <c r="R31">
+        <v>4912.0</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
+      <c r="G32">
+        <v>20.9</v>
+      </c>
+      <c r="H32">
+        <v>20.9</v>
+      </c>
+      <c r="I32">
+        <v>20.9</v>
+      </c>
+      <c r="J32">
+        <v>20.9</v>
+      </c>
       <c r="K32">
-        <v>17.0</v>
+        <v>20.9</v>
       </c>
       <c r="L32">
-        <v>17.0</v>
+        <v>20.9</v>
+      </c>
+      <c r="N32">
+        <v>20.7</v>
+      </c>
+      <c r="O32">
+        <v>20.9</v>
+      </c>
+      <c r="P32">
+        <v>9</v>
+      </c>
+      <c r="Q32">
+        <v>20</v>
+      </c>
+      <c r="R32">
+        <v>418.0</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
+      <c r="G33">
+        <v>0.43552338</v>
+      </c>
+      <c r="H33">
+        <v>0.437</v>
+      </c>
+      <c r="I33">
+        <v>0.438</v>
+      </c>
+      <c r="J33">
+        <v>0.434</v>
+      </c>
       <c r="K33">
-        <v>0.396</v>
+        <v>0.437</v>
       </c>
       <c r="L33">
-        <v>0.396</v>
+        <v>0.434</v>
+      </c>
+      <c r="M33">
+        <v>-0.69</v>
+      </c>
+      <c r="N33">
+        <v>0.434</v>
+      </c>
+      <c r="O33">
+        <v>0.436</v>
+      </c>
+      <c r="P33">
+        <v>77</v>
+      </c>
+      <c r="Q33">
+        <v>27716</v>
+      </c>
+      <c r="R33">
+        <v>12070.966</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
+      <c r="G34">
+        <v>1.97181034</v>
+      </c>
+      <c r="H34">
+        <v>2.06</v>
+      </c>
+      <c r="I34">
+        <v>2.1</v>
+      </c>
+      <c r="J34">
+        <v>1.93</v>
+      </c>
       <c r="K34">
-        <v>1.82</v>
+        <v>2.08</v>
       </c>
       <c r="L34">
-        <v>1.82</v>
+        <v>1.93</v>
+      </c>
+      <c r="M34">
+        <v>-7.21</v>
+      </c>
+      <c r="N34">
+        <v>1.93</v>
+      </c>
+      <c r="O34">
+        <v>2.1</v>
+      </c>
+      <c r="P34">
+        <v>8</v>
+      </c>
+      <c r="Q34">
+        <v>232</v>
+      </c>
+      <c r="R34">
+        <v>457.46</v>
       </c>
       <c r="S34" t="s">
         <v>115</v>
       </c>
       <c r="T34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" t="s">
         <v>146</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
+      <c r="G35">
+        <v>0.87027027</v>
+      </c>
+      <c r="H35">
+        <v>0.88</v>
+      </c>
+      <c r="I35">
+        <v>0.88</v>
+      </c>
+      <c r="J35">
+        <v>0.87</v>
+      </c>
       <c r="K35">
-        <v>0.834</v>
+        <v>0.88</v>
       </c>
       <c r="L35">
-        <v>0.834</v>
+        <v>0.87</v>
+      </c>
+      <c r="M35">
+        <v>-1.14</v>
+      </c>
+      <c r="N35">
+        <v>0.87</v>
+      </c>
+      <c r="O35">
+        <v>0.88</v>
+      </c>
+      <c r="P35">
+        <v>2</v>
+      </c>
+      <c r="Q35">
+        <v>74</v>
+      </c>
+      <c r="R35">
+        <v>64.4</v>
       </c>
       <c r="S35" t="s">
         <v>115</v>
       </c>
       <c r="T35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
+      <c r="G36">
+        <v>3.56401756</v>
+      </c>
+      <c r="H36">
+        <v>3.56</v>
+      </c>
+      <c r="I36">
+        <v>3.58</v>
+      </c>
+      <c r="J36">
+        <v>3.545</v>
+      </c>
       <c r="K36">
-        <v>3.48</v>
+        <v>3.57</v>
       </c>
       <c r="L36">
-        <v>3.48</v>
+        <v>3.565</v>
+      </c>
+      <c r="M36">
+        <v>-0.14</v>
+      </c>
+      <c r="N36">
+        <v>3.555</v>
+      </c>
+      <c r="O36">
+        <v>3.565</v>
+      </c>
+      <c r="P36">
+        <v>288</v>
+      </c>
+      <c r="Q36">
+        <v>67546</v>
+      </c>
+      <c r="R36">
+        <v>240735.13</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
+      <c r="H37">
+        <v>5.6</v>
+      </c>
       <c r="K37">
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="L37">
-        <v>5.45</v>
+        <v>5.6</v>
+      </c>
+      <c r="N37">
+        <v>5.3</v>
+      </c>
+      <c r="O37">
+        <v>5.5</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
+      <c r="H38">
+        <v>7.85</v>
+      </c>
       <c r="K38">
-        <v>9.15</v>
+        <v>7.85</v>
       </c>
       <c r="L38">
-        <v>9.15</v>
+        <v>7.85</v>
+      </c>
+      <c r="N38">
+        <v>7.85</v>
+      </c>
+      <c r="O38">
+        <v>7.9</v>
       </c>
       <c r="S38" t="s">
         <v>156</v>
       </c>
       <c r="T38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
+      <c r="G39">
+        <v>1.7717979</v>
+      </c>
+      <c r="H39">
+        <v>1.735</v>
+      </c>
+      <c r="I39">
+        <v>1.8</v>
+      </c>
+      <c r="J39">
+        <v>1.735</v>
+      </c>
       <c r="K39">
-        <v>1.7</v>
+        <v>1.715</v>
       </c>
       <c r="L39">
-        <v>1.7</v>
+        <v>1.74</v>
+      </c>
+      <c r="M39">
+        <v>1.46</v>
+      </c>
+      <c r="N39">
+        <v>1.725</v>
+      </c>
+      <c r="O39">
+        <v>1.77</v>
+      </c>
+      <c r="P39">
+        <v>37</v>
+      </c>
+      <c r="Q39">
+        <v>381</v>
+      </c>
+      <c r="R39">
+        <v>675.055</v>
       </c>
       <c r="S39" t="s">
         <v>160</v>
       </c>
       <c r="T39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>162</v>
       </c>
       <c r="C40" t="s">
         <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
+      <c r="G40">
+        <v>11.69318182</v>
+      </c>
+      <c r="H40">
+        <v>11.7</v>
+      </c>
+      <c r="I40">
+        <v>11.8</v>
+      </c>
+      <c r="J40">
+        <v>11.55</v>
+      </c>
       <c r="K40">
-        <v>10.55</v>
+        <v>11.7</v>
       </c>
       <c r="L40">
-        <v>10.55</v>
+        <v>11.8</v>
+      </c>
+      <c r="M40">
+        <v>0.85</v>
+      </c>
+      <c r="N40">
+        <v>11.75</v>
+      </c>
+      <c r="O40">
+        <v>11.85</v>
+      </c>
+      <c r="P40">
+        <v>10</v>
+      </c>
+      <c r="Q40">
+        <v>88</v>
+      </c>
+      <c r="R40">
+        <v>1029.0</v>
       </c>
       <c r="S40" t="s">
         <v>43</v>
       </c>
       <c r="T40" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>165</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
+      <c r="G41">
+        <v>4.93057471</v>
+      </c>
+      <c r="H41">
+        <v>5.0</v>
+      </c>
+      <c r="I41">
+        <v>5.0</v>
+      </c>
+      <c r="J41">
+        <v>4.93</v>
+      </c>
       <c r="K41">
-        <v>4.28</v>
+        <v>4.96</v>
       </c>
       <c r="L41">
-        <v>4.28</v>
+        <v>4.93</v>
+      </c>
+      <c r="M41">
+        <v>-0.6</v>
+      </c>
+      <c r="N41">
+        <v>4.8</v>
+      </c>
+      <c r="O41">
+        <v>4.93</v>
+      </c>
+      <c r="P41">
+        <v>4</v>
+      </c>
+      <c r="Q41">
+        <v>348</v>
+      </c>
+      <c r="R41">
+        <v>1715.84</v>
       </c>
       <c r="S41" t="s">
         <v>167</v>
       </c>
       <c r="T41" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>170</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
+      <c r="G42">
+        <v>26.4</v>
+      </c>
+      <c r="H42">
+        <v>26.4</v>
+      </c>
+      <c r="I42">
+        <v>26.4</v>
+      </c>
+      <c r="J42">
+        <v>26.4</v>
+      </c>
       <c r="K42">
-        <v>28.0</v>
+        <v>26.6</v>
       </c>
       <c r="L42">
-        <v>28.0</v>
+        <v>26.4</v>
+      </c>
+      <c r="M42">
+        <v>-0.75</v>
+      </c>
+      <c r="N42">
+        <v>26.2</v>
+      </c>
+      <c r="O42">
+        <v>26.6</v>
+      </c>
+      <c r="P42">
+        <v>1</v>
+      </c>
+      <c r="Q42">
+        <v>2</v>
+      </c>
+      <c r="R42">
+        <v>52.8</v>
       </c>
       <c r="S42" t="s">
         <v>156</v>
       </c>
       <c r="T42" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>172</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
+      <c r="G43">
+        <v>30.3049436</v>
+      </c>
+      <c r="H43">
+        <v>30.55</v>
+      </c>
+      <c r="I43">
+        <v>30.55</v>
+      </c>
+      <c r="J43">
+        <v>29.95</v>
+      </c>
       <c r="K43">
-        <v>30.1</v>
+        <v>30.6</v>
       </c>
       <c r="L43">
-        <v>30.1</v>
+        <v>29.95</v>
+      </c>
+      <c r="M43">
+        <v>-2.12</v>
+      </c>
+      <c r="N43">
+        <v>29.95</v>
+      </c>
+      <c r="O43">
+        <v>30.0</v>
+      </c>
+      <c r="P43">
+        <v>358</v>
+      </c>
+      <c r="Q43">
+        <v>8334</v>
+      </c>
+      <c r="R43">
+        <v>252561.4</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>175</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" t="s">
         <v>32</v>
       </c>
+      <c r="G44">
+        <v>0.70481141</v>
+      </c>
+      <c r="H44">
+        <v>0.719</v>
+      </c>
+      <c r="I44">
+        <v>0.719</v>
+      </c>
+      <c r="J44">
+        <v>0.695</v>
+      </c>
       <c r="K44">
-        <v>0.624</v>
+        <v>0.71</v>
       </c>
       <c r="L44">
-        <v>0.624</v>
+        <v>0.709</v>
+      </c>
+      <c r="M44">
+        <v>-0.14</v>
+      </c>
+      <c r="N44">
+        <v>0.701</v>
+      </c>
+      <c r="O44">
+        <v>0.709</v>
+      </c>
+      <c r="P44">
+        <v>186</v>
+      </c>
+      <c r="Q44">
+        <v>48799</v>
+      </c>
+      <c r="R44">
+        <v>34394.092</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>177</v>
       </c>
       <c r="B45" t="s">
         <v>178</v>
       </c>
       <c r="C45" t="s">
         <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
+      <c r="G45">
+        <v>2.99975694</v>
+      </c>
+      <c r="H45">
+        <v>2.98</v>
+      </c>
+      <c r="I45">
+        <v>3.0</v>
+      </c>
+      <c r="J45">
+        <v>2.92</v>
+      </c>
       <c r="K45">
-        <v>2.92</v>
+        <v>2.86</v>
       </c>
       <c r="L45">
         <v>2.92</v>
+      </c>
+      <c r="M45">
+        <v>2.1</v>
+      </c>
+      <c r="N45">
+        <v>2.98</v>
+      </c>
+      <c r="O45">
+        <v>3.0</v>
+      </c>
+      <c r="P45">
+        <v>10</v>
+      </c>
+      <c r="Q45">
+        <v>1152</v>
+      </c>
+      <c r="R45">
+        <v>3455.72</v>
       </c>
       <c r="S45" t="s">
         <v>63</v>
       </c>
       <c r="T45" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>181</v>
       </c>
       <c r="C46" t="s">
         <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
         <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
+      <c r="G46">
+        <v>1.19857159</v>
+      </c>
+      <c r="H46">
+        <v>1.215</v>
+      </c>
+      <c r="I46">
+        <v>1.215</v>
+      </c>
+      <c r="J46">
+        <v>1.18</v>
+      </c>
       <c r="K46">
-        <v>1.145</v>
+        <v>1.215</v>
       </c>
       <c r="L46">
-        <v>1.145</v>
+        <v>1.2</v>
+      </c>
+      <c r="M46">
+        <v>-1.23</v>
+      </c>
+      <c r="N46">
+        <v>1.2</v>
+      </c>
+      <c r="O46">
+        <v>1.205</v>
+      </c>
+      <c r="P46">
+        <v>45</v>
+      </c>
+      <c r="Q46">
+        <v>22469</v>
+      </c>
+      <c r="R46">
+        <v>26930.705</v>
       </c>
       <c r="S46" t="s">
         <v>43</v>
       </c>
       <c r="T46" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
         <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
         <v>32</v>
       </c>
+      <c r="G47">
+        <v>0.94002239</v>
+      </c>
+      <c r="H47">
+        <v>0.945</v>
+      </c>
+      <c r="I47">
+        <v>0.945</v>
+      </c>
+      <c r="J47">
+        <v>0.935</v>
+      </c>
       <c r="K47">
-        <v>0.91</v>
+        <v>0.94</v>
       </c>
       <c r="L47">
-        <v>0.91</v>
+        <v>0.94</v>
+      </c>
+      <c r="N47">
+        <v>0.935</v>
+      </c>
+      <c r="O47">
+        <v>0.94</v>
+      </c>
+      <c r="P47">
+        <v>18</v>
+      </c>
+      <c r="Q47">
+        <v>2457</v>
+      </c>
+      <c r="R47">
+        <v>2309.635</v>
       </c>
       <c r="S47" t="s">
         <v>48</v>
       </c>
       <c r="T47" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
+      <c r="G48">
+        <v>0.16862415</v>
+      </c>
+      <c r="H48">
+        <v>0.169</v>
+      </c>
+      <c r="I48">
+        <v>0.169</v>
+      </c>
+      <c r="J48">
+        <v>0.158</v>
+      </c>
       <c r="K48">
-        <v>0.164</v>
+        <v>0.156</v>
       </c>
       <c r="L48">
-        <v>0.164</v>
+        <v>0.158</v>
+      </c>
+      <c r="M48">
+        <v>1.28</v>
+      </c>
+      <c r="N48">
+        <v>0.159</v>
+      </c>
+      <c r="O48">
+        <v>0.168</v>
+      </c>
+      <c r="P48">
+        <v>7</v>
+      </c>
+      <c r="Q48">
+        <v>439</v>
+      </c>
+      <c r="R48">
+        <v>74.026</v>
       </c>
       <c r="S48" t="s">
         <v>167</v>
       </c>
       <c r="T48" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
+      <c r="G49">
+        <v>0.07945882</v>
+      </c>
+      <c r="H49">
+        <v>0.08</v>
+      </c>
+      <c r="I49">
+        <v>0.08</v>
+      </c>
+      <c r="J49">
+        <v>0.077</v>
+      </c>
       <c r="K49">
-        <v>0.057</v>
+        <v>0.081</v>
       </c>
       <c r="L49">
-        <v>0.057</v>
+        <v>0.08</v>
+      </c>
+      <c r="M49">
+        <v>-1.23</v>
+      </c>
+      <c r="N49">
+        <v>0.077</v>
+      </c>
+      <c r="O49">
+        <v>0.08</v>
+      </c>
+      <c r="P49">
+        <v>19</v>
+      </c>
+      <c r="Q49">
+        <v>11608</v>
+      </c>
+      <c r="R49">
+        <v>922.358</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
       <c r="T49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
+      <c r="G50">
+        <v>4.12</v>
+      </c>
+      <c r="H50">
+        <v>4.12</v>
+      </c>
+      <c r="I50">
+        <v>4.12</v>
+      </c>
+      <c r="J50">
+        <v>4.12</v>
+      </c>
       <c r="K50">
+        <v>4.3</v>
+      </c>
+      <c r="L50">
+        <v>4.12</v>
+      </c>
+      <c r="M50">
+        <v>-4.19</v>
+      </c>
+      <c r="N50">
+        <v>4.2</v>
+      </c>
+      <c r="O50">
         <v>4.28</v>
       </c>
-      <c r="L50">
-        <v>4.28</v>
+      <c r="P50">
+        <v>1</v>
+      </c>
+      <c r="Q50">
+        <v>2</v>
+      </c>
+      <c r="R50">
+        <v>8.24</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51" t="s">
         <v>198</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>32</v>
       </c>
+      <c r="G51">
+        <v>1.6307394</v>
+      </c>
+      <c r="H51">
+        <v>1.635</v>
+      </c>
+      <c r="I51">
+        <v>1.635</v>
+      </c>
+      <c r="J51">
+        <v>1.63</v>
+      </c>
       <c r="K51">
-        <v>1.595</v>
+        <v>1.635</v>
       </c>
       <c r="L51">
-        <v>1.595</v>
+        <v>1.635</v>
+      </c>
+      <c r="N51">
+        <v>1.63</v>
+      </c>
+      <c r="O51">
+        <v>1.635</v>
+      </c>
+      <c r="P51">
+        <v>15</v>
+      </c>
+      <c r="Q51">
+        <v>967</v>
+      </c>
+      <c r="R51">
+        <v>1576.925</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
       <c r="T51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>200</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
+      <c r="G52">
+        <v>0.388002</v>
+      </c>
+      <c r="H52">
+        <v>0.39</v>
+      </c>
+      <c r="I52">
+        <v>0.39</v>
+      </c>
+      <c r="J52">
+        <v>0.388</v>
+      </c>
       <c r="K52">
-        <v>0.362</v>
+        <v>0.386</v>
       </c>
       <c r="L52">
-        <v>0.362</v>
+        <v>0.39</v>
+      </c>
+      <c r="M52">
+        <v>1.04</v>
+      </c>
+      <c r="N52">
+        <v>0.386</v>
+      </c>
+      <c r="O52">
+        <v>0.39</v>
+      </c>
+      <c r="P52">
+        <v>4</v>
+      </c>
+      <c r="Q52">
+        <v>2002</v>
+      </c>
+      <c r="R52">
+        <v>776.78</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
+      <c r="G53">
+        <v>0.27733333</v>
+      </c>
+      <c r="H53">
+        <v>0.276</v>
+      </c>
+      <c r="I53">
+        <v>0.278</v>
+      </c>
+      <c r="J53">
+        <v>0.276</v>
+      </c>
       <c r="K53">
-        <v>0.28</v>
+        <v>0.264</v>
       </c>
       <c r="L53">
-        <v>0.28</v>
+        <v>0.278</v>
+      </c>
+      <c r="M53">
+        <v>5.3</v>
+      </c>
+      <c r="N53">
+        <v>0.258</v>
+      </c>
+      <c r="O53">
+        <v>0.276</v>
+      </c>
+      <c r="P53">
+        <v>2</v>
+      </c>
+      <c r="Q53">
+        <v>3</v>
+      </c>
+      <c r="R53">
+        <v>0.832</v>
       </c>
       <c r="S53" t="s">
         <v>43</v>
       </c>
       <c r="T53" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>207</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
+      <c r="G54">
+        <v>0.93724481</v>
+      </c>
+      <c r="H54">
+        <v>0.946</v>
+      </c>
+      <c r="I54">
+        <v>0.947</v>
+      </c>
+      <c r="J54">
+        <v>0.933</v>
+      </c>
       <c r="K54">
-        <v>0.925</v>
+        <v>0.947</v>
       </c>
       <c r="L54">
-        <v>0.925</v>
+        <v>0.935</v>
+      </c>
+      <c r="M54">
+        <v>-1.27</v>
+      </c>
+      <c r="N54">
+        <v>0.935</v>
+      </c>
+      <c r="O54">
+        <v>0.937</v>
+      </c>
+      <c r="P54">
+        <v>583</v>
+      </c>
+      <c r="Q54">
+        <v>161695</v>
+      </c>
+      <c r="R54">
+        <v>151547.8</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>209</v>
       </c>
       <c r="C55" t="s">
         <v>210</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
+      <c r="G55">
+        <v>4.63107143</v>
+      </c>
+      <c r="H55">
+        <v>4.64</v>
+      </c>
+      <c r="I55">
+        <v>4.64</v>
+      </c>
+      <c r="J55">
+        <v>4.54</v>
+      </c>
       <c r="K55">
-        <v>4.44</v>
+        <v>4.52</v>
       </c>
       <c r="L55">
-        <v>4.44</v>
+        <v>4.54</v>
+      </c>
+      <c r="M55">
+        <v>0.44</v>
+      </c>
+      <c r="N55">
+        <v>4.54</v>
+      </c>
+      <c r="O55">
+        <v>4.64</v>
+      </c>
+      <c r="P55">
+        <v>6</v>
+      </c>
+      <c r="Q55">
+        <v>56</v>
+      </c>
+      <c r="R55">
+        <v>259.34</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
       <c r="T55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>55</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
+      <c r="G56">
+        <v>8.01375796</v>
+      </c>
+      <c r="H56">
+        <v>8.0</v>
+      </c>
+      <c r="I56">
+        <v>8.1</v>
+      </c>
+      <c r="J56">
+        <v>8.0</v>
+      </c>
       <c r="K56">
-        <v>6.82</v>
+        <v>8.08</v>
       </c>
       <c r="L56">
-        <v>6.82</v>
+        <v>8.08</v>
+      </c>
+      <c r="N56">
+        <v>8.02</v>
+      </c>
+      <c r="O56">
+        <v>8.1</v>
+      </c>
+      <c r="P56">
+        <v>20</v>
+      </c>
+      <c r="Q56">
+        <v>471</v>
+      </c>
+      <c r="R56">
+        <v>3774.48</v>
       </c>
       <c r="S56" t="s">
         <v>160</v>
       </c>
       <c r="T56" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
+      <c r="G57">
+        <v>2.81263158</v>
+      </c>
+      <c r="H57">
+        <v>2.84</v>
+      </c>
+      <c r="I57">
+        <v>2.84</v>
+      </c>
+      <c r="J57">
+        <v>2.78</v>
+      </c>
       <c r="K57">
-        <v>2.88</v>
+        <v>2.84</v>
       </c>
       <c r="L57">
-        <v>2.88</v>
+        <v>2.78</v>
+      </c>
+      <c r="M57">
+        <v>-2.11</v>
+      </c>
+      <c r="N57">
+        <v>2.78</v>
+      </c>
+      <c r="O57">
+        <v>2.8</v>
+      </c>
+      <c r="P57">
+        <v>7</v>
+      </c>
+      <c r="Q57">
+        <v>19</v>
+      </c>
+      <c r="R57">
+        <v>53.44</v>
       </c>
       <c r="S57" t="s">
         <v>43</v>
       </c>
       <c r="T57" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>218</v>
       </c>
       <c r="C58" t="s">
         <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>55</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
+      <c r="H58">
+        <v>6.4</v>
+      </c>
       <c r="K58">
-        <v>4.86</v>
+        <v>6.4</v>
       </c>
       <c r="L58">
-        <v>4.86</v>
+        <v>6.4</v>
+      </c>
+      <c r="N58">
+        <v>6.4</v>
+      </c>
+      <c r="O58">
+        <v>6.95</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
       <c r="T58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>221</v>
       </c>
       <c r="C59" t="s">
         <v>222</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>32</v>
       </c>
+      <c r="G59">
+        <v>1.21811863</v>
+      </c>
+      <c r="H59">
+        <v>1.21</v>
+      </c>
+      <c r="I59">
+        <v>1.225</v>
+      </c>
+      <c r="J59">
+        <v>1.21</v>
+      </c>
       <c r="K59">
-        <v>1.23</v>
+        <v>1.21</v>
       </c>
       <c r="L59">
-        <v>1.23</v>
+        <v>1.225</v>
+      </c>
+      <c r="M59">
+        <v>1.24</v>
+      </c>
+      <c r="N59">
+        <v>1.215</v>
+      </c>
+      <c r="O59">
+        <v>1.225</v>
+      </c>
+      <c r="P59">
+        <v>22</v>
+      </c>
+      <c r="Q59">
+        <v>7064</v>
+      </c>
+      <c r="R59">
+        <v>8604.79</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>223</v>
       </c>
       <c r="B60" t="s">
         <v>224</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
+      <c r="G60">
+        <v>0.77865269</v>
+      </c>
+      <c r="H60">
+        <v>0.745</v>
+      </c>
+      <c r="I60">
+        <v>0.78</v>
+      </c>
+      <c r="J60">
+        <v>0.745</v>
+      </c>
       <c r="K60">
-        <v>0.735</v>
+        <v>0.745</v>
       </c>
       <c r="L60">
-        <v>0.735</v>
+        <v>0.755</v>
+      </c>
+      <c r="M60">
+        <v>1.34</v>
+      </c>
+      <c r="N60">
+        <v>0.755</v>
+      </c>
+      <c r="O60">
+        <v>0.785</v>
+      </c>
+      <c r="P60">
+        <v>5</v>
+      </c>
+      <c r="Q60">
+        <v>334</v>
+      </c>
+      <c r="R60">
+        <v>260.07</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>226</v>
       </c>
       <c r="B61" t="s">
         <v>227</v>
       </c>
       <c r="C61" t="s">
         <v>228</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
+      <c r="G61">
+        <v>0.59887513</v>
+      </c>
+      <c r="H61">
+        <v>0.6</v>
+      </c>
+      <c r="I61">
+        <v>0.601</v>
+      </c>
+      <c r="J61">
+        <v>0.596</v>
+      </c>
       <c r="K61">
-        <v>0.582</v>
+        <v>0.6</v>
       </c>
       <c r="L61">
-        <v>0.582</v>
+        <v>0.599</v>
+      </c>
+      <c r="M61">
+        <v>-0.17</v>
+      </c>
+      <c r="N61">
+        <v>0.597</v>
+      </c>
+      <c r="O61">
+        <v>0.599</v>
+      </c>
+      <c r="P61">
+        <v>176</v>
+      </c>
+      <c r="Q61">
+        <v>187911</v>
+      </c>
+      <c r="R61">
+        <v>112535.224</v>
       </c>
       <c r="S61" t="s">
         <v>43</v>
       </c>
       <c r="T61" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>229</v>
       </c>
       <c r="B62" t="s">
         <v>230</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
+      <c r="G62">
+        <v>2.04543593</v>
+      </c>
+      <c r="H62">
+        <v>2.05</v>
+      </c>
+      <c r="I62">
+        <v>2.06</v>
+      </c>
+      <c r="J62">
+        <v>2.03</v>
+      </c>
       <c r="K62">
-        <v>1.885</v>
+        <v>2.06</v>
       </c>
       <c r="L62">
-        <v>1.885</v>
+        <v>2.06</v>
+      </c>
+      <c r="N62">
+        <v>2.05</v>
+      </c>
+      <c r="O62">
+        <v>2.06</v>
+      </c>
+      <c r="P62">
+        <v>139</v>
+      </c>
+      <c r="Q62">
+        <v>48827</v>
+      </c>
+      <c r="R62">
+        <v>99872.5</v>
       </c>
       <c r="S62" t="s">
         <v>160</v>
       </c>
       <c r="T62" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>232</v>
       </c>
       <c r="B63" t="s">
         <v>233</v>
       </c>
       <c r="C63" t="s">
         <v>234</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
+      <c r="G63">
+        <v>9.58772894</v>
+      </c>
+      <c r="H63">
+        <v>9.6</v>
+      </c>
+      <c r="I63">
+        <v>9.6</v>
+      </c>
+      <c r="J63">
+        <v>9.57</v>
+      </c>
       <c r="K63">
-        <v>9.28</v>
+        <v>9.58</v>
       </c>
       <c r="L63">
-        <v>9.28</v>
+        <v>9.6</v>
+      </c>
+      <c r="M63">
+        <v>0.21</v>
+      </c>
+      <c r="N63">
+        <v>9.57</v>
+      </c>
+      <c r="O63">
+        <v>9.6</v>
+      </c>
+      <c r="P63">
+        <v>110</v>
+      </c>
+      <c r="Q63">
+        <v>2184</v>
+      </c>
+      <c r="R63">
+        <v>20939.6</v>
       </c>
       <c r="S63" t="s">
         <v>43</v>
       </c>
       <c r="T63" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>236</v>
       </c>
       <c r="C64" t="s">
         <v>237</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
         <v>38</v>
       </c>
+      <c r="G64">
+        <v>0.61005172</v>
+      </c>
+      <c r="H64">
+        <v>0.61</v>
+      </c>
+      <c r="I64">
+        <v>0.62</v>
+      </c>
+      <c r="J64">
+        <v>0.606</v>
+      </c>
       <c r="K64">
-        <v>0.644</v>
+        <v>0.62</v>
       </c>
       <c r="L64">
-        <v>0.644</v>
+        <v>0.606</v>
+      </c>
+      <c r="M64">
+        <v>-2.26</v>
+      </c>
+      <c r="N64">
+        <v>0.606</v>
+      </c>
+      <c r="O64">
+        <v>0.62</v>
+      </c>
+      <c r="P64">
+        <v>10</v>
+      </c>
+      <c r="Q64">
+        <v>116</v>
+      </c>
+      <c r="R64">
+        <v>70.766</v>
       </c>
       <c r="S64" t="s">
         <v>48</v>
       </c>
       <c r="T64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>239</v>
       </c>
       <c r="C65" t="s">
         <v>240</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
+      <c r="G65">
+        <v>1.41881178</v>
+      </c>
+      <c r="H65">
+        <v>1.42</v>
+      </c>
+      <c r="I65">
+        <v>1.426</v>
+      </c>
+      <c r="J65">
+        <v>1.41</v>
+      </c>
       <c r="K65">
-        <v>1.258</v>
+        <v>1.42</v>
       </c>
       <c r="L65">
-        <v>1.258</v>
+        <v>1.416</v>
+      </c>
+      <c r="M65">
+        <v>-0.28</v>
+      </c>
+      <c r="N65">
+        <v>1.414</v>
+      </c>
+      <c r="O65">
+        <v>1.416</v>
+      </c>
+      <c r="P65">
+        <v>201</v>
+      </c>
+      <c r="Q65">
+        <v>36542</v>
+      </c>
+      <c r="R65">
+        <v>51846.22</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>241</v>
       </c>
       <c r="B66" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>243</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" t="s">
         <v>32</v>
       </c>
+      <c r="G66">
+        <v>11.22825</v>
+      </c>
+      <c r="H66">
+        <v>11.25</v>
+      </c>
+      <c r="I66">
+        <v>11.25</v>
+      </c>
+      <c r="J66">
+        <v>11.15</v>
+      </c>
       <c r="K66">
-        <v>10.65</v>
+        <v>11.25</v>
       </c>
       <c r="L66">
-        <v>10.65</v>
+        <v>11.2</v>
+      </c>
+      <c r="M66">
+        <v>-0.44</v>
+      </c>
+      <c r="N66">
+        <v>11.2</v>
+      </c>
+      <c r="O66">
+        <v>11.25</v>
+      </c>
+      <c r="P66">
+        <v>42</v>
+      </c>
+      <c r="Q66">
+        <v>600</v>
+      </c>
+      <c r="R66">
+        <v>6736.95</v>
       </c>
       <c r="S66" t="s">
         <v>115</v>
       </c>
       <c r="T66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>244</v>
       </c>
       <c r="B67" t="s">
         <v>245</v>
       </c>
       <c r="C67" t="s">
         <v>246</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
+      <c r="G67">
+        <v>0.30142857</v>
+      </c>
+      <c r="H67">
+        <v>0.31</v>
+      </c>
+      <c r="I67">
+        <v>0.31</v>
+      </c>
+      <c r="J67">
+        <v>0.298</v>
+      </c>
       <c r="K67">
-        <v>0.31</v>
+        <v>0.298</v>
       </c>
       <c r="L67">
-        <v>0.31</v>
+        <v>0.298</v>
+      </c>
+      <c r="N67">
+        <v>0.298</v>
+      </c>
+      <c r="O67">
+        <v>0.308</v>
+      </c>
+      <c r="P67">
+        <v>2</v>
+      </c>
+      <c r="Q67">
+        <v>35</v>
+      </c>
+      <c r="R67">
+        <v>10.55</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>247</v>
       </c>
       <c r="B68" t="s">
         <v>248</v>
       </c>
       <c r="C68" t="s">
         <v>249</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68" t="s">
         <v>38</v>
       </c>
+      <c r="G68">
+        <v>10.37964286</v>
+      </c>
+      <c r="H68">
+        <v>10.6</v>
+      </c>
+      <c r="I68">
+        <v>10.7</v>
+      </c>
+      <c r="J68">
+        <v>10.2</v>
+      </c>
       <c r="K68">
-        <v>10.9</v>
+        <v>10.5</v>
       </c>
       <c r="L68">
-        <v>10.9</v>
+        <v>10.6</v>
+      </c>
+      <c r="M68">
+        <v>0.95</v>
+      </c>
+      <c r="N68">
+        <v>10.3</v>
+      </c>
+      <c r="O68">
+        <v>10.6</v>
+      </c>
+      <c r="P68">
+        <v>12</v>
+      </c>
+      <c r="Q68">
+        <v>280</v>
+      </c>
+      <c r="R68">
+        <v>2906.3</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>250</v>
       </c>
       <c r="B69" t="s">
         <v>251</v>
       </c>
       <c r="C69" t="s">
         <v>252</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
         <v>55</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
+      <c r="G69">
+        <v>4.00406063</v>
+      </c>
+      <c r="H69">
+        <v>4.03</v>
+      </c>
+      <c r="I69">
+        <v>4.03</v>
+      </c>
+      <c r="J69">
+        <v>3.99</v>
+      </c>
       <c r="K69">
-        <v>3.81</v>
+        <v>4.04</v>
       </c>
       <c r="L69">
-        <v>3.81</v>
+        <v>4.01</v>
+      </c>
+      <c r="M69">
+        <v>-0.74</v>
+      </c>
+      <c r="N69">
+        <v>4.0</v>
+      </c>
+      <c r="O69">
+        <v>4.01</v>
+      </c>
+      <c r="P69">
+        <v>62</v>
+      </c>
+      <c r="Q69">
+        <v>4189</v>
+      </c>
+      <c r="R69">
+        <v>16773.01</v>
       </c>
       <c r="S69" t="s">
         <v>43</v>
       </c>
       <c r="T69" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>254</v>
       </c>
       <c r="C70" t="s">
         <v>255</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
+      <c r="G70">
+        <v>11.15290341</v>
+      </c>
+      <c r="H70">
+        <v>11.2</v>
+      </c>
+      <c r="I70">
+        <v>11.25</v>
+      </c>
+      <c r="J70">
+        <v>11.1</v>
+      </c>
       <c r="K70">
-        <v>11.3</v>
+        <v>11.15</v>
       </c>
       <c r="L70">
-        <v>11.3</v>
+        <v>11.15</v>
+      </c>
+      <c r="N70">
+        <v>11.1</v>
+      </c>
+      <c r="O70">
+        <v>11.2</v>
+      </c>
+      <c r="P70">
+        <v>46</v>
+      </c>
+      <c r="Q70">
+        <v>1791</v>
+      </c>
+      <c r="R70">
+        <v>19974.85</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>256</v>
       </c>
       <c r="B71" t="s">
         <v>257</v>
       </c>
       <c r="C71" t="s">
         <v>258</v>
       </c>
       <c r="D71" t="s">
         <v>23</v>
       </c>
       <c r="E71" t="s">
         <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>38</v>
       </c>
+      <c r="G71">
+        <v>2.7386755</v>
+      </c>
+      <c r="H71">
+        <v>2.74</v>
+      </c>
+      <c r="I71">
+        <v>2.74</v>
+      </c>
+      <c r="J71">
+        <v>2.7</v>
+      </c>
       <c r="K71">
-        <v>2.56</v>
+        <v>2.76</v>
       </c>
       <c r="L71">
-        <v>2.56</v>
+        <v>2.7</v>
+      </c>
+      <c r="M71">
+        <v>-2.17</v>
+      </c>
+      <c r="N71">
+        <v>2.7</v>
+      </c>
+      <c r="O71">
+        <v>2.72</v>
+      </c>
+      <c r="P71">
+        <v>6</v>
+      </c>
+      <c r="Q71">
+        <v>151</v>
+      </c>
+      <c r="R71">
+        <v>413.54</v>
       </c>
       <c r="S71" t="s">
         <v>33</v>
       </c>
       <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3561,1003 +5436,1849 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
+      <c r="G2">
+        <v>1.90042892</v>
+      </c>
+      <c r="H2">
+        <v>1.91</v>
+      </c>
+      <c r="I2">
+        <v>1.91</v>
+      </c>
+      <c r="J2">
+        <v>1.9</v>
+      </c>
       <c r="K2">
-        <v>1.93</v>
+        <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.93</v>
+        <v>1.9</v>
+      </c>
+      <c r="M2">
+        <v>-3.06</v>
+      </c>
+      <c r="N2">
+        <v>1.88</v>
+      </c>
+      <c r="O2">
+        <v>1.9</v>
+      </c>
+      <c r="P2">
+        <v>17</v>
+      </c>
+      <c r="Q2">
+        <v>816</v>
+      </c>
+      <c r="R2">
+        <v>1550.75</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.61513333</v>
+      </c>
+      <c r="H3">
+        <v>1.615</v>
+      </c>
+      <c r="I3">
+        <v>1.62</v>
+      </c>
+      <c r="J3">
+        <v>1.615</v>
+      </c>
       <c r="K3">
-        <v>1.67</v>
+        <v>1.615</v>
       </c>
       <c r="L3">
-        <v>1.67</v>
+        <v>1.615</v>
+      </c>
+      <c r="N3">
+        <v>1.615</v>
+      </c>
+      <c r="O3">
+        <v>1.62</v>
+      </c>
+      <c r="P3">
+        <v>13</v>
+      </c>
+      <c r="Q3">
+        <v>1050</v>
+      </c>
+      <c r="R3">
+        <v>1695.89</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
+      <c r="H4">
+        <v>1.505</v>
+      </c>
       <c r="K4">
-        <v>1.425</v>
+        <v>1.505</v>
       </c>
       <c r="L4">
-        <v>1.425</v>
+        <v>1.505</v>
+      </c>
+      <c r="N4">
+        <v>1.46</v>
+      </c>
+      <c r="O4">
+        <v>1.5</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>2.12900457</v>
+      </c>
+      <c r="H5">
+        <v>2.135</v>
+      </c>
+      <c r="I5">
+        <v>2.14</v>
+      </c>
+      <c r="J5">
+        <v>2.125</v>
+      </c>
       <c r="K5">
-        <v>2.115</v>
+        <v>2.135</v>
       </c>
       <c r="L5">
-        <v>2.115</v>
+        <v>2.13</v>
+      </c>
+      <c r="M5">
+        <v>-0.23</v>
+      </c>
+      <c r="N5">
+        <v>2.125</v>
+      </c>
+      <c r="O5">
+        <v>2.13</v>
+      </c>
+      <c r="P5">
+        <v>123</v>
+      </c>
+      <c r="Q5">
+        <v>22985</v>
+      </c>
+      <c r="R5">
+        <v>48935.17</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
+      <c r="G6">
+        <v>1.235</v>
+      </c>
+      <c r="H6">
+        <v>1.235</v>
+      </c>
+      <c r="I6">
+        <v>1.235</v>
+      </c>
+      <c r="J6">
+        <v>1.235</v>
+      </c>
       <c r="K6">
         <v>1.245</v>
       </c>
       <c r="L6">
+        <v>1.235</v>
+      </c>
+      <c r="M6">
+        <v>-0.8</v>
+      </c>
+      <c r="N6">
+        <v>1.235</v>
+      </c>
+      <c r="O6">
         <v>1.245</v>
+      </c>
+      <c r="P6">
+        <v>9</v>
+      </c>
+      <c r="Q6">
+        <v>2385</v>
+      </c>
+      <c r="R6">
+        <v>2945.475</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>79</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
+      <c r="G7">
+        <v>19.75</v>
+      </c>
+      <c r="H7">
+        <v>19.75</v>
+      </c>
+      <c r="I7">
+        <v>19.75</v>
+      </c>
+      <c r="J7">
+        <v>19.75</v>
+      </c>
       <c r="K7">
-        <v>19.15</v>
+        <v>19.75</v>
       </c>
       <c r="L7">
-        <v>19.15</v>
+        <v>19.75</v>
+      </c>
+      <c r="N7">
+        <v>19.7</v>
+      </c>
+      <c r="O7">
+        <v>19.75</v>
+      </c>
+      <c r="P7">
+        <v>32</v>
+      </c>
+      <c r="Q7">
+        <v>2756</v>
+      </c>
+      <c r="R7">
+        <v>54431.0</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>85</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
+      <c r="N8">
+        <v>0.13</v>
+      </c>
       <c r="S8" t="s">
         <v>63</v>
       </c>
       <c r="T8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>95</v>
       </c>
       <c r="B9" t="s">
         <v>96</v>
       </c>
       <c r="C9" t="s">
         <v>97</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
+      <c r="G9">
+        <v>0.06575882</v>
+      </c>
+      <c r="H9">
+        <v>0.065</v>
+      </c>
+      <c r="I9">
+        <v>0.066</v>
+      </c>
+      <c r="J9">
+        <v>0.065</v>
+      </c>
       <c r="K9">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
       <c r="L9">
-        <v>0.07</v>
+        <v>0.066</v>
+      </c>
+      <c r="N9">
+        <v>0.0604</v>
+      </c>
+      <c r="O9">
+        <v>0.066</v>
+      </c>
+      <c r="P9">
+        <v>2</v>
+      </c>
+      <c r="Q9">
+        <v>510</v>
+      </c>
+      <c r="R9">
+        <v>33.537</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
+      <c r="G10">
+        <v>5.24809961</v>
+      </c>
+      <c r="H10">
+        <v>5.26</v>
+      </c>
+      <c r="I10">
+        <v>5.28</v>
+      </c>
+      <c r="J10">
+        <v>5.22</v>
+      </c>
       <c r="K10">
-        <v>4.71</v>
+        <v>5.26</v>
       </c>
       <c r="L10">
-        <v>4.71</v>
+        <v>5.26</v>
+      </c>
+      <c r="N10">
+        <v>5.26</v>
+      </c>
+      <c r="O10">
+        <v>5.28</v>
+      </c>
+      <c r="P10">
+        <v>48</v>
+      </c>
+      <c r="Q10">
+        <v>1526</v>
+      </c>
+      <c r="R10">
+        <v>8008.6</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
+      <c r="G11">
+        <v>6.1949026</v>
+      </c>
+      <c r="H11">
+        <v>6.22</v>
+      </c>
+      <c r="I11">
+        <v>6.22</v>
+      </c>
+      <c r="J11">
+        <v>6.16</v>
+      </c>
       <c r="K11">
-        <v>5.94</v>
+        <v>6.26</v>
       </c>
       <c r="L11">
-        <v>5.94</v>
+        <v>6.16</v>
+      </c>
+      <c r="M11">
+        <v>-1.6</v>
+      </c>
+      <c r="N11">
+        <v>6.16</v>
+      </c>
+      <c r="O11">
+        <v>6.2</v>
+      </c>
+      <c r="P11">
+        <v>24</v>
+      </c>
+      <c r="Q11">
+        <v>616</v>
+      </c>
+      <c r="R11">
+        <v>3816.06</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>45.20233184</v>
+      </c>
+      <c r="H12">
+        <v>45.3</v>
+      </c>
+      <c r="I12">
+        <v>45.3</v>
+      </c>
+      <c r="J12">
+        <v>45.2</v>
+      </c>
       <c r="K12">
-        <v>45.8</v>
+        <v>45.2</v>
       </c>
       <c r="L12">
-        <v>45.8</v>
+        <v>45.3</v>
+      </c>
+      <c r="M12">
+        <v>0.22</v>
+      </c>
+      <c r="N12">
+        <v>45.2</v>
+      </c>
+      <c r="O12">
+        <v>45.3</v>
+      </c>
+      <c r="P12">
+        <v>28</v>
+      </c>
+      <c r="Q12">
+        <v>1115</v>
+      </c>
+      <c r="R12">
+        <v>50400.6</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>148</v>
       </c>
       <c r="C13" t="s">
         <v>149</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
+      <c r="G13">
+        <v>3.56401756</v>
+      </c>
+      <c r="H13">
+        <v>3.56</v>
+      </c>
+      <c r="I13">
+        <v>3.58</v>
+      </c>
+      <c r="J13">
+        <v>3.545</v>
+      </c>
       <c r="K13">
-        <v>3.48</v>
+        <v>3.57</v>
       </c>
       <c r="L13">
-        <v>3.48</v>
+        <v>3.565</v>
+      </c>
+      <c r="M13">
+        <v>-0.14</v>
+      </c>
+      <c r="N13">
+        <v>3.555</v>
+      </c>
+      <c r="O13">
+        <v>3.565</v>
+      </c>
+      <c r="P13">
+        <v>288</v>
+      </c>
+      <c r="Q13">
+        <v>67546</v>
+      </c>
+      <c r="R13">
+        <v>240735.13</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="B14" t="s">
         <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>152</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="H14">
+        <v>5.6</v>
+      </c>
       <c r="K14">
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="L14">
-        <v>5.45</v>
+        <v>5.6</v>
+      </c>
+      <c r="N14">
+        <v>5.3</v>
+      </c>
+      <c r="O14">
+        <v>5.5</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>157</v>
       </c>
       <c r="B15" t="s">
         <v>158</v>
       </c>
       <c r="C15" t="s">
         <v>159</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
+      <c r="G15">
+        <v>1.7717979</v>
+      </c>
+      <c r="H15">
+        <v>1.735</v>
+      </c>
+      <c r="I15">
+        <v>1.8</v>
+      </c>
+      <c r="J15">
+        <v>1.735</v>
+      </c>
       <c r="K15">
-        <v>1.7</v>
+        <v>1.715</v>
       </c>
       <c r="L15">
-        <v>1.7</v>
+        <v>1.74</v>
+      </c>
+      <c r="M15">
+        <v>1.46</v>
+      </c>
+      <c r="N15">
+        <v>1.725</v>
+      </c>
+      <c r="O15">
+        <v>1.77</v>
+      </c>
+      <c r="P15">
+        <v>37</v>
+      </c>
+      <c r="Q15">
+        <v>381</v>
+      </c>
+      <c r="R15">
+        <v>675.055</v>
       </c>
       <c r="S15" t="s">
         <v>160</v>
       </c>
       <c r="T15" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>164</v>
       </c>
       <c r="B16" t="s">
         <v>165</v>
       </c>
       <c r="C16" t="s">
         <v>166</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
+      <c r="G16">
+        <v>4.93057471</v>
+      </c>
+      <c r="H16">
+        <v>5.0</v>
+      </c>
+      <c r="I16">
+        <v>5.0</v>
+      </c>
+      <c r="J16">
+        <v>4.93</v>
+      </c>
       <c r="K16">
-        <v>4.28</v>
+        <v>4.96</v>
       </c>
       <c r="L16">
-        <v>4.28</v>
+        <v>4.93</v>
+      </c>
+      <c r="M16">
+        <v>-0.6</v>
+      </c>
+      <c r="N16">
+        <v>4.8</v>
+      </c>
+      <c r="O16">
+        <v>4.93</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>348</v>
+      </c>
+      <c r="R16">
+        <v>1715.84</v>
       </c>
       <c r="S16" t="s">
         <v>167</v>
       </c>
       <c r="T16" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>168</v>
       </c>
       <c r="B17" t="s">
         <v>169</v>
       </c>
       <c r="C17" t="s">
         <v>170</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
+      <c r="G17">
+        <v>26.4</v>
+      </c>
+      <c r="H17">
+        <v>26.4</v>
+      </c>
+      <c r="I17">
+        <v>26.4</v>
+      </c>
+      <c r="J17">
+        <v>26.4</v>
+      </c>
       <c r="K17">
-        <v>28.0</v>
+        <v>26.6</v>
       </c>
       <c r="L17">
-        <v>28.0</v>
+        <v>26.4</v>
+      </c>
+      <c r="M17">
+        <v>-0.75</v>
+      </c>
+      <c r="N17">
+        <v>26.2</v>
+      </c>
+      <c r="O17">
+        <v>26.6</v>
+      </c>
+      <c r="P17">
+        <v>1</v>
+      </c>
+      <c r="Q17">
+        <v>2</v>
+      </c>
+      <c r="R17">
+        <v>52.8</v>
       </c>
       <c r="S17" t="s">
         <v>156</v>
       </c>
       <c r="T17" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>172</v>
       </c>
       <c r="C18" t="s">
         <v>173</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
+      <c r="G18">
+        <v>30.3049436</v>
+      </c>
+      <c r="H18">
+        <v>30.55</v>
+      </c>
+      <c r="I18">
+        <v>30.55</v>
+      </c>
+      <c r="J18">
+        <v>29.95</v>
+      </c>
       <c r="K18">
-        <v>30.1</v>
+        <v>30.6</v>
       </c>
       <c r="L18">
-        <v>30.1</v>
+        <v>29.95</v>
+      </c>
+      <c r="M18">
+        <v>-2.12</v>
+      </c>
+      <c r="N18">
+        <v>29.95</v>
+      </c>
+      <c r="O18">
+        <v>30.0</v>
+      </c>
+      <c r="P18">
+        <v>358</v>
+      </c>
+      <c r="Q18">
+        <v>8334</v>
+      </c>
+      <c r="R18">
+        <v>252561.4</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>175</v>
       </c>
       <c r="C19" t="s">
         <v>176</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
+      <c r="G19">
+        <v>0.70481141</v>
+      </c>
+      <c r="H19">
+        <v>0.719</v>
+      </c>
+      <c r="I19">
+        <v>0.719</v>
+      </c>
+      <c r="J19">
+        <v>0.695</v>
+      </c>
       <c r="K19">
-        <v>0.624</v>
+        <v>0.71</v>
       </c>
       <c r="L19">
-        <v>0.624</v>
+        <v>0.709</v>
+      </c>
+      <c r="M19">
+        <v>-0.14</v>
+      </c>
+      <c r="N19">
+        <v>0.701</v>
+      </c>
+      <c r="O19">
+        <v>0.709</v>
+      </c>
+      <c r="P19">
+        <v>186</v>
+      </c>
+      <c r="Q19">
+        <v>48799</v>
+      </c>
+      <c r="R19">
+        <v>34394.092</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>184</v>
       </c>
       <c r="B20" t="s">
         <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>186</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
+      <c r="G20">
+        <v>0.94002239</v>
+      </c>
+      <c r="H20">
+        <v>0.945</v>
+      </c>
+      <c r="I20">
+        <v>0.945</v>
+      </c>
+      <c r="J20">
+        <v>0.935</v>
+      </c>
       <c r="K20">
-        <v>0.91</v>
+        <v>0.94</v>
       </c>
       <c r="L20">
-        <v>0.91</v>
+        <v>0.94</v>
+      </c>
+      <c r="N20">
+        <v>0.935</v>
+      </c>
+      <c r="O20">
+        <v>0.94</v>
+      </c>
+      <c r="P20">
+        <v>18</v>
+      </c>
+      <c r="Q20">
+        <v>2457</v>
+      </c>
+      <c r="R20">
+        <v>2309.635</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>187</v>
       </c>
       <c r="B21" t="s">
         <v>188</v>
       </c>
       <c r="C21" t="s">
         <v>189</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
+      <c r="G21">
+        <v>0.16862415</v>
+      </c>
+      <c r="H21">
+        <v>0.169</v>
+      </c>
+      <c r="I21">
+        <v>0.169</v>
+      </c>
+      <c r="J21">
+        <v>0.158</v>
+      </c>
       <c r="K21">
-        <v>0.164</v>
+        <v>0.156</v>
       </c>
       <c r="L21">
-        <v>0.164</v>
+        <v>0.158</v>
+      </c>
+      <c r="M21">
+        <v>1.28</v>
+      </c>
+      <c r="N21">
+        <v>0.159</v>
+      </c>
+      <c r="O21">
+        <v>0.168</v>
+      </c>
+      <c r="P21">
+        <v>7</v>
+      </c>
+      <c r="Q21">
+        <v>439</v>
+      </c>
+      <c r="R21">
+        <v>74.026</v>
       </c>
       <c r="S21" t="s">
         <v>167</v>
       </c>
       <c r="T21" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>190</v>
       </c>
       <c r="B22" t="s">
         <v>191</v>
       </c>
       <c r="C22" t="s">
         <v>192</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
+      <c r="G22">
+        <v>0.07945882</v>
+      </c>
+      <c r="H22">
+        <v>0.08</v>
+      </c>
+      <c r="I22">
+        <v>0.08</v>
+      </c>
+      <c r="J22">
+        <v>0.077</v>
+      </c>
       <c r="K22">
-        <v>0.057</v>
+        <v>0.081</v>
       </c>
       <c r="L22">
-        <v>0.057</v>
+        <v>0.08</v>
+      </c>
+      <c r="M22">
+        <v>-1.23</v>
+      </c>
+      <c r="N22">
+        <v>0.077</v>
+      </c>
+      <c r="O22">
+        <v>0.08</v>
+      </c>
+      <c r="P22">
+        <v>19</v>
+      </c>
+      <c r="Q22">
+        <v>11608</v>
+      </c>
+      <c r="R22">
+        <v>922.358</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>193</v>
       </c>
       <c r="B23" t="s">
         <v>194</v>
       </c>
       <c r="C23" t="s">
         <v>195</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
+      <c r="G23">
+        <v>4.12</v>
+      </c>
+      <c r="H23">
+        <v>4.12</v>
+      </c>
+      <c r="I23">
+        <v>4.12</v>
+      </c>
+      <c r="J23">
+        <v>4.12</v>
+      </c>
       <c r="K23">
+        <v>4.3</v>
+      </c>
+      <c r="L23">
+        <v>4.12</v>
+      </c>
+      <c r="M23">
+        <v>-4.19</v>
+      </c>
+      <c r="N23">
+        <v>4.2</v>
+      </c>
+      <c r="O23">
         <v>4.28</v>
       </c>
-      <c r="L23">
-        <v>4.28</v>
+      <c r="P23">
+        <v>1</v>
+      </c>
+      <c r="Q23">
+        <v>2</v>
+      </c>
+      <c r="R23">
+        <v>8.24</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>202</v>
       </c>
       <c r="B24" t="s">
         <v>203</v>
       </c>
       <c r="C24" t="s">
         <v>204</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
+      <c r="G24">
+        <v>0.27733333</v>
+      </c>
+      <c r="H24">
+        <v>0.276</v>
+      </c>
+      <c r="I24">
+        <v>0.278</v>
+      </c>
+      <c r="J24">
+        <v>0.276</v>
+      </c>
       <c r="K24">
-        <v>0.28</v>
+        <v>0.264</v>
       </c>
       <c r="L24">
-        <v>0.28</v>
+        <v>0.278</v>
+      </c>
+      <c r="M24">
+        <v>5.3</v>
+      </c>
+      <c r="N24">
+        <v>0.258</v>
+      </c>
+      <c r="O24">
+        <v>0.276</v>
+      </c>
+      <c r="P24">
+        <v>2</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
+      </c>
+      <c r="R24">
+        <v>0.832</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>214</v>
       </c>
       <c r="B25" t="s">
         <v>215</v>
       </c>
       <c r="C25" t="s">
         <v>216</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
+      <c r="G25">
+        <v>2.81263158</v>
+      </c>
+      <c r="H25">
+        <v>2.84</v>
+      </c>
+      <c r="I25">
+        <v>2.84</v>
+      </c>
+      <c r="J25">
+        <v>2.78</v>
+      </c>
       <c r="K25">
-        <v>2.88</v>
+        <v>2.84</v>
       </c>
       <c r="L25">
-        <v>2.88</v>
+        <v>2.78</v>
+      </c>
+      <c r="M25">
+        <v>-2.11</v>
+      </c>
+      <c r="N25">
+        <v>2.78</v>
+      </c>
+      <c r="O25">
+        <v>2.8</v>
+      </c>
+      <c r="P25">
+        <v>7</v>
+      </c>
+      <c r="Q25">
+        <v>19</v>
+      </c>
+      <c r="R25">
+        <v>53.44</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>220</v>
       </c>
       <c r="B26" t="s">
         <v>221</v>
       </c>
       <c r="C26" t="s">
         <v>222</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
+      <c r="G26">
+        <v>1.21811863</v>
+      </c>
+      <c r="H26">
+        <v>1.21</v>
+      </c>
+      <c r="I26">
+        <v>1.225</v>
+      </c>
+      <c r="J26">
+        <v>1.21</v>
+      </c>
       <c r="K26">
-        <v>1.23</v>
+        <v>1.21</v>
       </c>
       <c r="L26">
-        <v>1.23</v>
+        <v>1.225</v>
+      </c>
+      <c r="M26">
+        <v>1.24</v>
+      </c>
+      <c r="N26">
+        <v>1.215</v>
+      </c>
+      <c r="O26">
+        <v>1.225</v>
+      </c>
+      <c r="P26">
+        <v>22</v>
+      </c>
+      <c r="Q26">
+        <v>7064</v>
+      </c>
+      <c r="R26">
+        <v>8604.79</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>223</v>
       </c>
       <c r="B27" t="s">
         <v>224</v>
       </c>
       <c r="C27" t="s">
         <v>225</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
+      <c r="G27">
+        <v>0.77865269</v>
+      </c>
+      <c r="H27">
+        <v>0.745</v>
+      </c>
+      <c r="I27">
+        <v>0.78</v>
+      </c>
+      <c r="J27">
+        <v>0.745</v>
+      </c>
       <c r="K27">
-        <v>0.735</v>
+        <v>0.745</v>
       </c>
       <c r="L27">
-        <v>0.735</v>
+        <v>0.755</v>
+      </c>
+      <c r="M27">
+        <v>1.34</v>
+      </c>
+      <c r="N27">
+        <v>0.755</v>
+      </c>
+      <c r="O27">
+        <v>0.785</v>
+      </c>
+      <c r="P27">
+        <v>5</v>
+      </c>
+      <c r="Q27">
+        <v>334</v>
+      </c>
+      <c r="R27">
+        <v>260.07</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>226</v>
       </c>
       <c r="B28" t="s">
         <v>227</v>
       </c>
       <c r="C28" t="s">
         <v>228</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
+      <c r="G28">
+        <v>0.59887513</v>
+      </c>
+      <c r="H28">
+        <v>0.6</v>
+      </c>
+      <c r="I28">
+        <v>0.601</v>
+      </c>
+      <c r="J28">
+        <v>0.596</v>
+      </c>
       <c r="K28">
-        <v>0.582</v>
+        <v>0.6</v>
       </c>
       <c r="L28">
-        <v>0.582</v>
+        <v>0.599</v>
+      </c>
+      <c r="M28">
+        <v>-0.17</v>
+      </c>
+      <c r="N28">
+        <v>0.597</v>
+      </c>
+      <c r="O28">
+        <v>0.599</v>
+      </c>
+      <c r="P28">
+        <v>176</v>
+      </c>
+      <c r="Q28">
+        <v>187911</v>
+      </c>
+      <c r="R28">
+        <v>112535.224</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>232</v>
       </c>
       <c r="B29" t="s">
         <v>233</v>
       </c>
       <c r="C29" t="s">
         <v>234</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
+      <c r="G29">
+        <v>9.58772894</v>
+      </c>
+      <c r="H29">
+        <v>9.6</v>
+      </c>
+      <c r="I29">
+        <v>9.6</v>
+      </c>
+      <c r="J29">
+        <v>9.57</v>
+      </c>
       <c r="K29">
-        <v>9.28</v>
+        <v>9.58</v>
       </c>
       <c r="L29">
-        <v>9.28</v>
+        <v>9.6</v>
+      </c>
+      <c r="M29">
+        <v>0.21</v>
+      </c>
+      <c r="N29">
+        <v>9.57</v>
+      </c>
+      <c r="O29">
+        <v>9.6</v>
+      </c>
+      <c r="P29">
+        <v>110</v>
+      </c>
+      <c r="Q29">
+        <v>2184</v>
+      </c>
+      <c r="R29">
+        <v>20939.6</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>235</v>
       </c>
       <c r="B30" t="s">
         <v>236</v>
       </c>
       <c r="C30" t="s">
         <v>237</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
+      <c r="G30">
+        <v>0.61005172</v>
+      </c>
+      <c r="H30">
+        <v>0.61</v>
+      </c>
+      <c r="I30">
+        <v>0.62</v>
+      </c>
+      <c r="J30">
+        <v>0.606</v>
+      </c>
       <c r="K30">
-        <v>0.644</v>
+        <v>0.62</v>
       </c>
       <c r="L30">
-        <v>0.644</v>
+        <v>0.606</v>
+      </c>
+      <c r="M30">
+        <v>-2.26</v>
+      </c>
+      <c r="N30">
+        <v>0.606</v>
+      </c>
+      <c r="O30">
+        <v>0.62</v>
+      </c>
+      <c r="P30">
+        <v>10</v>
+      </c>
+      <c r="Q30">
+        <v>116</v>
+      </c>
+      <c r="R30">
+        <v>70.766</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>238</v>
       </c>
       <c r="B31" t="s">
         <v>239</v>
       </c>
       <c r="C31" t="s">
         <v>240</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
+      <c r="G31">
+        <v>1.41881178</v>
+      </c>
+      <c r="H31">
+        <v>1.42</v>
+      </c>
+      <c r="I31">
+        <v>1.426</v>
+      </c>
+      <c r="J31">
+        <v>1.41</v>
+      </c>
       <c r="K31">
-        <v>1.258</v>
+        <v>1.42</v>
       </c>
       <c r="L31">
-        <v>1.258</v>
+        <v>1.416</v>
+      </c>
+      <c r="M31">
+        <v>-0.28</v>
+      </c>
+      <c r="N31">
+        <v>1.414</v>
+      </c>
+      <c r="O31">
+        <v>1.416</v>
+      </c>
+      <c r="P31">
+        <v>201</v>
+      </c>
+      <c r="Q31">
+        <v>36542</v>
+      </c>
+      <c r="R31">
+        <v>51846.22</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>241</v>
       </c>
       <c r="B32" t="s">
         <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>243</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
+      <c r="G32">
+        <v>11.22825</v>
+      </c>
+      <c r="H32">
+        <v>11.25</v>
+      </c>
+      <c r="I32">
+        <v>11.25</v>
+      </c>
+      <c r="J32">
+        <v>11.15</v>
+      </c>
       <c r="K32">
-        <v>10.65</v>
+        <v>11.25</v>
       </c>
       <c r="L32">
-        <v>10.65</v>
+        <v>11.2</v>
+      </c>
+      <c r="M32">
+        <v>-0.44</v>
+      </c>
+      <c r="N32">
+        <v>11.2</v>
+      </c>
+      <c r="O32">
+        <v>11.25</v>
+      </c>
+      <c r="P32">
+        <v>42</v>
+      </c>
+      <c r="Q32">
+        <v>600</v>
+      </c>
+      <c r="R32">
+        <v>6736.95</v>
       </c>
       <c r="S32" t="s">
         <v>115</v>
       </c>
       <c r="T32" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4632,151 +7353,247 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
+      <c r="G2">
+        <v>2.97312656</v>
+      </c>
+      <c r="H2">
+        <v>3.06</v>
+      </c>
+      <c r="I2">
+        <v>3.2</v>
+      </c>
+      <c r="J2">
+        <v>2.74</v>
+      </c>
       <c r="K2">
-        <v>7.0</v>
+        <v>3.08</v>
       </c>
       <c r="L2">
-        <v>7.0</v>
+        <v>2.74</v>
+      </c>
+      <c r="M2">
+        <v>-11.04</v>
+      </c>
+      <c r="N2">
+        <v>2.74</v>
+      </c>
+      <c r="O2">
+        <v>2.8</v>
+      </c>
+      <c r="P2">
+        <v>97</v>
+      </c>
+      <c r="Q2">
+        <v>4417</v>
+      </c>
+      <c r="R2">
+        <v>13132.3</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
+      <c r="G3">
+        <v>1.30516363</v>
+      </c>
+      <c r="H3">
+        <v>1.308</v>
+      </c>
+      <c r="I3">
+        <v>1.31</v>
+      </c>
+      <c r="J3">
+        <v>1.304</v>
+      </c>
       <c r="K3">
-        <v>1.3</v>
+        <v>1.31</v>
       </c>
       <c r="L3">
-        <v>1.3</v>
+        <v>1.31</v>
+      </c>
+      <c r="N3">
+        <v>1.304</v>
+      </c>
+      <c r="O3">
+        <v>1.31</v>
+      </c>
+      <c r="P3">
+        <v>38</v>
+      </c>
+      <c r="Q3">
+        <v>4333</v>
+      </c>
+      <c r="R3">
+        <v>5655.274</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
+      <c r="H4">
+        <v>5.05</v>
+      </c>
       <c r="K4">
-        <v>4.92</v>
+        <v>5.05</v>
       </c>
       <c r="L4">
-        <v>4.92</v>
+        <v>5.05</v>
+      </c>
+      <c r="N4">
+        <v>5.0</v>
+      </c>
+      <c r="O4">
+        <v>5.05</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5" t="s">
         <v>88</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5">
+        <v>1.69901215</v>
+      </c>
+      <c r="H5">
+        <v>1.699</v>
+      </c>
+      <c r="I5">
+        <v>1.7</v>
+      </c>
+      <c r="J5">
+        <v>1.698</v>
+      </c>
       <c r="K5">
-        <v>1.68</v>
+        <v>1.699</v>
       </c>
       <c r="L5">
-        <v>1.68</v>
+        <v>1.7</v>
+      </c>
+      <c r="M5">
+        <v>0.06</v>
+      </c>
+      <c r="N5">
+        <v>1.699</v>
+      </c>
+      <c r="O5">
+        <v>1.7</v>
+      </c>
+      <c r="P5">
+        <v>60</v>
+      </c>
+      <c r="Q5">
+        <v>8135</v>
+      </c>
+      <c r="R5">
+        <v>13821.4638</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
       <c r="C6" t="s">
         <v>94</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -4786,279 +7603,468 @@
         <v>63</v>
       </c>
       <c r="T6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
+      <c r="G7">
+        <v>9.46635697</v>
+      </c>
+      <c r="H7">
+        <v>9.46</v>
+      </c>
+      <c r="I7">
+        <v>9.48</v>
+      </c>
+      <c r="J7">
+        <v>9.46</v>
+      </c>
       <c r="K7">
-        <v>9.76</v>
+        <v>9.48</v>
       </c>
       <c r="L7">
-        <v>9.76</v>
+        <v>9.48</v>
+      </c>
+      <c r="N7">
+        <v>9.46</v>
+      </c>
+      <c r="O7">
+        <v>9.48</v>
+      </c>
+      <c r="P7">
+        <v>12</v>
+      </c>
+      <c r="Q7">
+        <v>409</v>
+      </c>
+      <c r="R7">
+        <v>3871.74</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>135</v>
       </c>
       <c r="B8" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
+      <c r="G8">
+        <v>20.9</v>
+      </c>
+      <c r="H8">
+        <v>20.9</v>
+      </c>
+      <c r="I8">
+        <v>20.9</v>
+      </c>
+      <c r="J8">
+        <v>20.9</v>
+      </c>
       <c r="K8">
-        <v>17.0</v>
+        <v>20.9</v>
       </c>
       <c r="L8">
-        <v>17.0</v>
+        <v>20.9</v>
+      </c>
+      <c r="N8">
+        <v>20.7</v>
+      </c>
+      <c r="O8">
+        <v>20.9</v>
+      </c>
+      <c r="P8">
+        <v>9</v>
+      </c>
+      <c r="Q8">
+        <v>20</v>
+      </c>
+      <c r="R8">
+        <v>418.0</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>153</v>
       </c>
       <c r="B9" t="s">
         <v>154</v>
       </c>
       <c r="C9" t="s">
         <v>155</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
+      <c r="H9">
+        <v>7.85</v>
+      </c>
       <c r="K9">
-        <v>9.15</v>
+        <v>7.85</v>
       </c>
       <c r="L9">
-        <v>9.15</v>
+        <v>7.85</v>
+      </c>
+      <c r="N9">
+        <v>7.85</v>
+      </c>
+      <c r="O9">
+        <v>7.9</v>
       </c>
       <c r="S9" t="s">
         <v>156</v>
       </c>
       <c r="T9" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>161</v>
       </c>
       <c r="B10" t="s">
         <v>162</v>
       </c>
       <c r="C10" t="s">
         <v>163</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
+      <c r="G10">
+        <v>11.69318182</v>
+      </c>
+      <c r="H10">
+        <v>11.7</v>
+      </c>
+      <c r="I10">
+        <v>11.8</v>
+      </c>
+      <c r="J10">
+        <v>11.55</v>
+      </c>
       <c r="K10">
-        <v>10.55</v>
+        <v>11.7</v>
       </c>
       <c r="L10">
-        <v>10.55</v>
+        <v>11.8</v>
+      </c>
+      <c r="M10">
+        <v>0.85</v>
+      </c>
+      <c r="N10">
+        <v>11.75</v>
+      </c>
+      <c r="O10">
+        <v>11.85</v>
+      </c>
+      <c r="P10">
+        <v>10</v>
+      </c>
+      <c r="Q10">
+        <v>88</v>
+      </c>
+      <c r="R10">
+        <v>1029.0</v>
       </c>
       <c r="S10" t="s">
         <v>43</v>
       </c>
       <c r="T10" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>199</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
+      <c r="G11">
+        <v>0.388002</v>
+      </c>
+      <c r="H11">
+        <v>0.39</v>
+      </c>
+      <c r="I11">
+        <v>0.39</v>
+      </c>
+      <c r="J11">
+        <v>0.388</v>
+      </c>
       <c r="K11">
-        <v>0.362</v>
+        <v>0.386</v>
       </c>
       <c r="L11">
-        <v>0.362</v>
+        <v>0.39</v>
+      </c>
+      <c r="M11">
+        <v>1.04</v>
+      </c>
+      <c r="N11">
+        <v>0.386</v>
+      </c>
+      <c r="O11">
+        <v>0.39</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>2002</v>
+      </c>
+      <c r="R11">
+        <v>776.78</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>211</v>
       </c>
       <c r="B12" t="s">
         <v>212</v>
       </c>
       <c r="C12" t="s">
         <v>213</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
+      <c r="G12">
+        <v>8.01375796</v>
+      </c>
+      <c r="H12">
+        <v>8.0</v>
+      </c>
+      <c r="I12">
+        <v>8.1</v>
+      </c>
+      <c r="J12">
+        <v>8.0</v>
+      </c>
       <c r="K12">
-        <v>6.82</v>
+        <v>8.08</v>
       </c>
       <c r="L12">
-        <v>6.82</v>
+        <v>8.08</v>
+      </c>
+      <c r="N12">
+        <v>8.02</v>
+      </c>
+      <c r="O12">
+        <v>8.1</v>
+      </c>
+      <c r="P12">
+        <v>20</v>
+      </c>
+      <c r="Q12">
+        <v>471</v>
+      </c>
+      <c r="R12">
+        <v>3774.48</v>
       </c>
       <c r="S12" t="s">
         <v>160</v>
       </c>
       <c r="T12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>217</v>
       </c>
       <c r="B13" t="s">
         <v>218</v>
       </c>
       <c r="C13" t="s">
         <v>219</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
+      <c r="H13">
+        <v>6.4</v>
+      </c>
       <c r="K13">
-        <v>4.86</v>
+        <v>6.4</v>
       </c>
       <c r="L13">
-        <v>4.86</v>
+        <v>6.4</v>
+      </c>
+      <c r="N13">
+        <v>6.4</v>
+      </c>
+      <c r="O13">
+        <v>6.95</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>250</v>
       </c>
       <c r="B14" t="s">
         <v>251</v>
       </c>
       <c r="C14" t="s">
         <v>252</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="G14">
+        <v>4.00406063</v>
+      </c>
+      <c r="H14">
+        <v>4.03</v>
+      </c>
+      <c r="I14">
+        <v>4.03</v>
+      </c>
+      <c r="J14">
+        <v>3.99</v>
+      </c>
       <c r="K14">
-        <v>3.81</v>
+        <v>4.04</v>
       </c>
       <c r="L14">
-        <v>3.81</v>
+        <v>4.01</v>
+      </c>
+      <c r="M14">
+        <v>-0.74</v>
+      </c>
+      <c r="N14">
+        <v>4.0</v>
+      </c>
+      <c r="O14">
+        <v>4.01</v>
+      </c>
+      <c r="P14">
+        <v>62</v>
+      </c>
+      <c r="Q14">
+        <v>4189</v>
+      </c>
+      <c r="R14">
+        <v>16773.01</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5133,849 +8139,1593 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
+      <c r="G2">
+        <v>1.82597117</v>
+      </c>
+      <c r="H2">
+        <v>1.825</v>
+      </c>
+      <c r="I2">
+        <v>1.83</v>
+      </c>
+      <c r="J2">
+        <v>1.82</v>
+      </c>
       <c r="K2">
         <v>1.825</v>
       </c>
       <c r="L2">
+        <v>1.83</v>
+      </c>
+      <c r="M2">
+        <v>0.27</v>
+      </c>
+      <c r="N2">
         <v>1.825</v>
+      </c>
+      <c r="O2">
+        <v>1.83</v>
+      </c>
+      <c r="P2">
+        <v>53</v>
+      </c>
+      <c r="Q2">
+        <v>8289</v>
+      </c>
+      <c r="R2">
+        <v>15135.475</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
+      <c r="G3">
+        <v>1.2896063</v>
+      </c>
+      <c r="H3">
+        <v>1.29</v>
+      </c>
+      <c r="I3">
+        <v>1.29</v>
+      </c>
+      <c r="J3">
+        <v>1.28</v>
+      </c>
       <c r="K3">
-        <v>1.22</v>
+        <v>1.28</v>
       </c>
       <c r="L3">
-        <v>1.22</v>
+        <v>1.29</v>
+      </c>
+      <c r="M3">
+        <v>0.78</v>
+      </c>
+      <c r="N3">
+        <v>1.28</v>
+      </c>
+      <c r="O3">
+        <v>1.29</v>
+      </c>
+      <c r="P3">
+        <v>6</v>
+      </c>
+      <c r="Q3">
+        <v>127</v>
+      </c>
+      <c r="R3">
+        <v>163.78</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
+      <c r="G4">
+        <v>3.64014714</v>
+      </c>
+      <c r="H4">
+        <v>3.63</v>
+      </c>
+      <c r="I4">
+        <v>3.67</v>
+      </c>
+      <c r="J4">
+        <v>3.62</v>
+      </c>
       <c r="K4">
-        <v>3.37</v>
+        <v>3.63</v>
       </c>
       <c r="L4">
-        <v>3.37</v>
+        <v>3.67</v>
+      </c>
+      <c r="M4">
+        <v>1.1</v>
+      </c>
+      <c r="N4">
+        <v>3.65</v>
+      </c>
+      <c r="O4">
+        <v>3.67</v>
+      </c>
+      <c r="P4">
+        <v>97</v>
+      </c>
+      <c r="Q4">
+        <v>28817</v>
+      </c>
+      <c r="R4">
+        <v>104898.12</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
+      <c r="G5">
+        <v>0.06971854</v>
+      </c>
+      <c r="H5">
+        <v>0.0698</v>
+      </c>
+      <c r="I5">
+        <v>0.07</v>
+      </c>
+      <c r="J5">
+        <v>0.068</v>
+      </c>
       <c r="K5">
-        <v>0.0684</v>
+        <v>0.0698</v>
       </c>
       <c r="L5">
-        <v>0.0684</v>
+        <v>0.07</v>
+      </c>
+      <c r="M5">
+        <v>0.29</v>
+      </c>
+      <c r="N5">
+        <v>0.068</v>
+      </c>
+      <c r="O5">
+        <v>0.07</v>
+      </c>
+      <c r="P5">
+        <v>42</v>
+      </c>
+      <c r="Q5">
+        <v>23220</v>
+      </c>
+      <c r="R5">
+        <v>1618.8646</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
+      <c r="H6">
+        <v>0.28</v>
+      </c>
       <c r="K6">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="L6">
-        <v>0.3</v>
+        <v>0.28</v>
+      </c>
+      <c r="N6">
+        <v>0.27</v>
+      </c>
+      <c r="O6">
+        <v>0.28</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>89</v>
       </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
       <c r="C7" t="s">
         <v>91</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
+      <c r="G7">
+        <v>16.0</v>
+      </c>
+      <c r="H7">
+        <v>16.0</v>
+      </c>
+      <c r="I7">
+        <v>16.0</v>
+      </c>
+      <c r="J7">
+        <v>16.0</v>
+      </c>
       <c r="K7">
-        <v>15.6</v>
+        <v>16.2</v>
       </c>
       <c r="L7">
-        <v>15.6</v>
+        <v>16.0</v>
+      </c>
+      <c r="M7">
+        <v>-1.23</v>
+      </c>
+      <c r="N7">
+        <v>16.0</v>
+      </c>
+      <c r="O7">
+        <v>16.1</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>79</v>
+      </c>
+      <c r="R7">
+        <v>1264.0</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>98</v>
       </c>
       <c r="B8" t="s">
         <v>99</v>
       </c>
       <c r="C8" t="s">
         <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
+      <c r="G8">
+        <v>1.11608703</v>
+      </c>
+      <c r="H8">
+        <v>1.12</v>
+      </c>
+      <c r="I8">
+        <v>1.13</v>
+      </c>
+      <c r="J8">
+        <v>1.11</v>
+      </c>
       <c r="K8">
-        <v>1.095</v>
+        <v>1.125</v>
       </c>
       <c r="L8">
-        <v>1.095</v>
+        <v>1.11</v>
+      </c>
+      <c r="M8">
+        <v>-1.33</v>
+      </c>
+      <c r="N8">
+        <v>1.105</v>
+      </c>
+      <c r="O8">
+        <v>1.11</v>
+      </c>
+      <c r="P8">
+        <v>65</v>
+      </c>
+      <c r="Q8">
+        <v>28049</v>
+      </c>
+      <c r="R8">
+        <v>31305.125</v>
       </c>
       <c r="S8" t="s">
         <v>101</v>
       </c>
       <c r="T8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>114</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
+      <c r="G9">
+        <v>22.09558671</v>
+      </c>
+      <c r="H9">
+        <v>22.05</v>
+      </c>
+      <c r="I9">
+        <v>22.2</v>
+      </c>
+      <c r="J9">
+        <v>22.05</v>
+      </c>
       <c r="K9">
-        <v>20.95</v>
+        <v>22.1</v>
       </c>
       <c r="L9">
-        <v>20.95</v>
+        <v>22.15</v>
+      </c>
+      <c r="M9">
+        <v>0.23</v>
+      </c>
+      <c r="N9">
+        <v>22.1</v>
+      </c>
+      <c r="O9">
+        <v>22.15</v>
+      </c>
+      <c r="P9">
+        <v>227</v>
+      </c>
+      <c r="Q9">
+        <v>7704</v>
+      </c>
+      <c r="R9">
+        <v>170224.4</v>
       </c>
       <c r="S9" t="s">
         <v>115</v>
       </c>
       <c r="T9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>116</v>
       </c>
       <c r="B10" t="s">
         <v>117</v>
       </c>
       <c r="C10" t="s">
         <v>118</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
+      <c r="G10">
+        <v>4.02094862</v>
+      </c>
+      <c r="H10">
+        <v>4.02</v>
+      </c>
+      <c r="I10">
+        <v>4.08</v>
+      </c>
+      <c r="J10">
+        <v>4.02</v>
+      </c>
       <c r="K10">
-        <v>3.86</v>
+        <v>4.02</v>
       </c>
       <c r="L10">
-        <v>3.86</v>
+        <v>4.08</v>
+      </c>
+      <c r="M10">
+        <v>1.49</v>
+      </c>
+      <c r="N10">
+        <v>3.92</v>
+      </c>
+      <c r="O10">
+        <v>4.02</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>253</v>
+      </c>
+      <c r="R10">
+        <v>1017.3</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>122</v>
       </c>
       <c r="B11" t="s">
         <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
+      <c r="G11">
+        <v>6.745</v>
+      </c>
+      <c r="H11">
+        <v>6.65</v>
+      </c>
+      <c r="I11">
+        <v>6.8</v>
+      </c>
+      <c r="J11">
+        <v>6.65</v>
+      </c>
       <c r="K11">
-        <v>6.5</v>
+        <v>6.75</v>
       </c>
       <c r="L11">
-        <v>6.5</v>
+        <v>6.8</v>
+      </c>
+      <c r="M11">
+        <v>0.74</v>
+      </c>
+      <c r="N11">
+        <v>6.45</v>
+      </c>
+      <c r="O11">
+        <v>6.9</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>50</v>
+      </c>
+      <c r="R11">
+        <v>337.25</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>125</v>
       </c>
       <c r="B12" t="s">
         <v>126</v>
       </c>
       <c r="C12" t="s">
         <v>127</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
+      <c r="G12">
+        <v>3.26197802</v>
+      </c>
+      <c r="H12">
+        <v>3.24</v>
+      </c>
+      <c r="I12">
+        <v>3.28</v>
+      </c>
+      <c r="J12">
+        <v>3.24</v>
+      </c>
       <c r="K12">
-        <v>3.22</v>
+        <v>3.24</v>
       </c>
       <c r="L12">
-        <v>3.22</v>
+        <v>3.28</v>
+      </c>
+      <c r="M12">
+        <v>1.23</v>
+      </c>
+      <c r="N12">
+        <v>3.24</v>
+      </c>
+      <c r="O12">
+        <v>3.28</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>91</v>
+      </c>
+      <c r="R12">
+        <v>296.84</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>128</v>
       </c>
       <c r="B13" t="s">
         <v>129</v>
       </c>
       <c r="C13" t="s">
         <v>130</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
+      <c r="G13">
+        <v>27.2</v>
+      </c>
+      <c r="H13">
+        <v>27.2</v>
+      </c>
+      <c r="I13">
+        <v>27.2</v>
+      </c>
+      <c r="J13">
+        <v>27.2</v>
+      </c>
       <c r="K13">
-        <v>22.0</v>
+        <v>27.2</v>
       </c>
       <c r="L13">
-        <v>22.0</v>
+        <v>27.2</v>
+      </c>
+      <c r="N13">
+        <v>27.0</v>
+      </c>
+      <c r="O13">
+        <v>27.2</v>
+      </c>
+      <c r="P13">
+        <v>2</v>
+      </c>
+      <c r="Q13">
+        <v>75</v>
+      </c>
+      <c r="R13">
+        <v>2040.0</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>131</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>133</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
+      <c r="G14">
+        <v>30.13496933</v>
+      </c>
+      <c r="H14">
+        <v>30.4</v>
+      </c>
+      <c r="I14">
+        <v>30.4</v>
+      </c>
+      <c r="J14">
+        <v>29.8</v>
+      </c>
       <c r="K14">
-        <v>30.0</v>
+        <v>30.4</v>
       </c>
       <c r="L14">
-        <v>30.0</v>
+        <v>29.8</v>
+      </c>
+      <c r="M14">
+        <v>-1.97</v>
+      </c>
+      <c r="N14">
+        <v>28.4</v>
+      </c>
+      <c r="O14">
+        <v>31.6</v>
+      </c>
+      <c r="P14">
+        <v>16</v>
+      </c>
+      <c r="Q14">
+        <v>163</v>
+      </c>
+      <c r="R14">
+        <v>4912.0</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
         <v>139</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
+      <c r="G15">
+        <v>0.43552338</v>
+      </c>
+      <c r="H15">
+        <v>0.437</v>
+      </c>
+      <c r="I15">
+        <v>0.438</v>
+      </c>
+      <c r="J15">
+        <v>0.434</v>
+      </c>
       <c r="K15">
-        <v>0.396</v>
+        <v>0.437</v>
       </c>
       <c r="L15">
-        <v>0.396</v>
+        <v>0.434</v>
+      </c>
+      <c r="M15">
+        <v>-0.69</v>
+      </c>
+      <c r="N15">
+        <v>0.434</v>
+      </c>
+      <c r="O15">
+        <v>0.436</v>
+      </c>
+      <c r="P15">
+        <v>77</v>
+      </c>
+      <c r="Q15">
+        <v>27716</v>
+      </c>
+      <c r="R15">
+        <v>12070.966</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
+      <c r="G16">
+        <v>1.97181034</v>
+      </c>
+      <c r="H16">
+        <v>2.06</v>
+      </c>
+      <c r="I16">
+        <v>2.1</v>
+      </c>
+      <c r="J16">
+        <v>1.93</v>
+      </c>
       <c r="K16">
-        <v>1.82</v>
+        <v>2.08</v>
       </c>
       <c r="L16">
-        <v>1.82</v>
+        <v>1.93</v>
+      </c>
+      <c r="M16">
+        <v>-7.21</v>
+      </c>
+      <c r="N16">
+        <v>1.93</v>
+      </c>
+      <c r="O16">
+        <v>2.1</v>
+      </c>
+      <c r="P16">
+        <v>8</v>
+      </c>
+      <c r="Q16">
+        <v>232</v>
+      </c>
+      <c r="R16">
+        <v>457.46</v>
       </c>
       <c r="S16" t="s">
         <v>115</v>
       </c>
       <c r="T16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
+      <c r="G17">
+        <v>0.87027027</v>
+      </c>
+      <c r="H17">
+        <v>0.88</v>
+      </c>
+      <c r="I17">
+        <v>0.88</v>
+      </c>
+      <c r="J17">
+        <v>0.87</v>
+      </c>
       <c r="K17">
-        <v>0.834</v>
+        <v>0.88</v>
       </c>
       <c r="L17">
-        <v>0.834</v>
+        <v>0.87</v>
+      </c>
+      <c r="M17">
+        <v>-1.14</v>
+      </c>
+      <c r="N17">
+        <v>0.87</v>
+      </c>
+      <c r="O17">
+        <v>0.88</v>
+      </c>
+      <c r="P17">
+        <v>2</v>
+      </c>
+      <c r="Q17">
+        <v>74</v>
+      </c>
+      <c r="R17">
+        <v>64.4</v>
       </c>
       <c r="S17" t="s">
         <v>115</v>
       </c>
       <c r="T17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>177</v>
       </c>
       <c r="B18" t="s">
         <v>178</v>
       </c>
       <c r="C18" t="s">
         <v>179</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
+      <c r="G18">
+        <v>2.99975694</v>
+      </c>
+      <c r="H18">
+        <v>2.98</v>
+      </c>
+      <c r="I18">
+        <v>3.0</v>
+      </c>
+      <c r="J18">
+        <v>2.92</v>
+      </c>
       <c r="K18">
-        <v>2.92</v>
+        <v>2.86</v>
       </c>
       <c r="L18">
         <v>2.92</v>
+      </c>
+      <c r="M18">
+        <v>2.1</v>
+      </c>
+      <c r="N18">
+        <v>2.98</v>
+      </c>
+      <c r="O18">
+        <v>3.0</v>
+      </c>
+      <c r="P18">
+        <v>10</v>
+      </c>
+      <c r="Q18">
+        <v>1152</v>
+      </c>
+      <c r="R18">
+        <v>3455.72</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>180</v>
       </c>
       <c r="B19" t="s">
         <v>181</v>
       </c>
       <c r="C19" t="s">
         <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
+      <c r="G19">
+        <v>1.19857159</v>
+      </c>
+      <c r="H19">
+        <v>1.215</v>
+      </c>
+      <c r="I19">
+        <v>1.215</v>
+      </c>
+      <c r="J19">
+        <v>1.18</v>
+      </c>
       <c r="K19">
-        <v>1.145</v>
+        <v>1.215</v>
       </c>
       <c r="L19">
-        <v>1.145</v>
+        <v>1.2</v>
+      </c>
+      <c r="M19">
+        <v>-1.23</v>
+      </c>
+      <c r="N19">
+        <v>1.2</v>
+      </c>
+      <c r="O19">
+        <v>1.205</v>
+      </c>
+      <c r="P19">
+        <v>45</v>
+      </c>
+      <c r="Q19">
+        <v>22469</v>
+      </c>
+      <c r="R19">
+        <v>26930.705</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>196</v>
       </c>
       <c r="B20" t="s">
         <v>197</v>
       </c>
       <c r="C20" t="s">
         <v>198</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
+      <c r="G20">
+        <v>1.6307394</v>
+      </c>
+      <c r="H20">
+        <v>1.635</v>
+      </c>
+      <c r="I20">
+        <v>1.635</v>
+      </c>
+      <c r="J20">
+        <v>1.63</v>
+      </c>
       <c r="K20">
-        <v>1.595</v>
+        <v>1.635</v>
       </c>
       <c r="L20">
-        <v>1.595</v>
+        <v>1.635</v>
+      </c>
+      <c r="N20">
+        <v>1.63</v>
+      </c>
+      <c r="O20">
+        <v>1.635</v>
+      </c>
+      <c r="P20">
+        <v>15</v>
+      </c>
+      <c r="Q20">
+        <v>967</v>
+      </c>
+      <c r="R20">
+        <v>1576.925</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>205</v>
       </c>
       <c r="B21" t="s">
         <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>207</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
+      <c r="G21">
+        <v>0.93724481</v>
+      </c>
+      <c r="H21">
+        <v>0.946</v>
+      </c>
+      <c r="I21">
+        <v>0.947</v>
+      </c>
+      <c r="J21">
+        <v>0.933</v>
+      </c>
       <c r="K21">
-        <v>0.925</v>
+        <v>0.947</v>
       </c>
       <c r="L21">
-        <v>0.925</v>
+        <v>0.935</v>
+      </c>
+      <c r="M21">
+        <v>-1.27</v>
+      </c>
+      <c r="N21">
+        <v>0.935</v>
+      </c>
+      <c r="O21">
+        <v>0.937</v>
+      </c>
+      <c r="P21">
+        <v>583</v>
+      </c>
+      <c r="Q21">
+        <v>161695</v>
+      </c>
+      <c r="R21">
+        <v>151547.8</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>208</v>
       </c>
       <c r="B22" t="s">
         <v>209</v>
       </c>
       <c r="C22" t="s">
         <v>210</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
+      <c r="G22">
+        <v>4.63107143</v>
+      </c>
+      <c r="H22">
+        <v>4.64</v>
+      </c>
+      <c r="I22">
+        <v>4.64</v>
+      </c>
+      <c r="J22">
+        <v>4.54</v>
+      </c>
       <c r="K22">
-        <v>4.44</v>
+        <v>4.52</v>
       </c>
       <c r="L22">
-        <v>4.44</v>
+        <v>4.54</v>
+      </c>
+      <c r="M22">
+        <v>0.44</v>
+      </c>
+      <c r="N22">
+        <v>4.54</v>
+      </c>
+      <c r="O22">
+        <v>4.64</v>
+      </c>
+      <c r="P22">
+        <v>6</v>
+      </c>
+      <c r="Q22">
+        <v>56</v>
+      </c>
+      <c r="R22">
+        <v>259.34</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>229</v>
       </c>
       <c r="B23" t="s">
         <v>230</v>
       </c>
       <c r="C23" t="s">
         <v>231</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
+      <c r="G23">
+        <v>2.04543593</v>
+      </c>
+      <c r="H23">
+        <v>2.05</v>
+      </c>
+      <c r="I23">
+        <v>2.06</v>
+      </c>
+      <c r="J23">
+        <v>2.03</v>
+      </c>
       <c r="K23">
-        <v>1.885</v>
+        <v>2.06</v>
       </c>
       <c r="L23">
-        <v>1.885</v>
+        <v>2.06</v>
+      </c>
+      <c r="N23">
+        <v>2.05</v>
+      </c>
+      <c r="O23">
+        <v>2.06</v>
+      </c>
+      <c r="P23">
+        <v>139</v>
+      </c>
+      <c r="Q23">
+        <v>48827</v>
+      </c>
+      <c r="R23">
+        <v>99872.5</v>
       </c>
       <c r="S23" t="s">
         <v>160</v>
       </c>
       <c r="T23" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>244</v>
       </c>
       <c r="B24" t="s">
         <v>245</v>
       </c>
       <c r="C24" t="s">
         <v>246</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
+      <c r="G24">
+        <v>0.30142857</v>
+      </c>
+      <c r="H24">
+        <v>0.31</v>
+      </c>
+      <c r="I24">
+        <v>0.31</v>
+      </c>
+      <c r="J24">
+        <v>0.298</v>
+      </c>
       <c r="K24">
-        <v>0.31</v>
+        <v>0.298</v>
       </c>
       <c r="L24">
-        <v>0.31</v>
+        <v>0.298</v>
+      </c>
+      <c r="N24">
+        <v>0.298</v>
+      </c>
+      <c r="O24">
+        <v>0.308</v>
+      </c>
+      <c r="P24">
+        <v>2</v>
+      </c>
+      <c r="Q24">
+        <v>35</v>
+      </c>
+      <c r="R24">
+        <v>10.55</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>247</v>
       </c>
       <c r="B25" t="s">
         <v>248</v>
       </c>
       <c r="C25" t="s">
         <v>249</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
+      <c r="G25">
+        <v>10.37964286</v>
+      </c>
+      <c r="H25">
+        <v>10.6</v>
+      </c>
+      <c r="I25">
+        <v>10.7</v>
+      </c>
+      <c r="J25">
+        <v>10.2</v>
+      </c>
       <c r="K25">
-        <v>10.9</v>
+        <v>10.5</v>
       </c>
       <c r="L25">
-        <v>10.9</v>
+        <v>10.6</v>
+      </c>
+      <c r="M25">
+        <v>0.95</v>
+      </c>
+      <c r="N25">
+        <v>10.3</v>
+      </c>
+      <c r="O25">
+        <v>10.6</v>
+      </c>
+      <c r="P25">
+        <v>12</v>
+      </c>
+      <c r="Q25">
+        <v>280</v>
+      </c>
+      <c r="R25">
+        <v>2906.3</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>253</v>
       </c>
       <c r="B26" t="s">
         <v>254</v>
       </c>
       <c r="C26" t="s">
         <v>255</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
+      <c r="G26">
+        <v>11.15290341</v>
+      </c>
+      <c r="H26">
+        <v>11.2</v>
+      </c>
+      <c r="I26">
+        <v>11.25</v>
+      </c>
+      <c r="J26">
+        <v>11.1</v>
+      </c>
       <c r="K26">
-        <v>11.3</v>
+        <v>11.15</v>
       </c>
       <c r="L26">
-        <v>11.3</v>
+        <v>11.15</v>
+      </c>
+      <c r="N26">
+        <v>11.1</v>
+      </c>
+      <c r="O26">
+        <v>11.2</v>
+      </c>
+      <c r="P26">
+        <v>46</v>
+      </c>
+      <c r="Q26">
+        <v>1791</v>
+      </c>
+      <c r="R26">
+        <v>19974.85</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>256</v>
       </c>
       <c r="B27" t="s">
         <v>257</v>
       </c>
       <c r="C27" t="s">
         <v>258</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
+      <c r="G27">
+        <v>2.7386755</v>
+      </c>
+      <c r="H27">
+        <v>2.74</v>
+      </c>
+      <c r="I27">
+        <v>2.74</v>
+      </c>
+      <c r="J27">
+        <v>2.7</v>
+      </c>
       <c r="K27">
-        <v>2.56</v>
+        <v>2.76</v>
       </c>
       <c r="L27">
-        <v>2.56</v>
+        <v>2.7</v>
+      </c>
+      <c r="M27">
+        <v>-2.17</v>
+      </c>
+      <c r="N27">
+        <v>2.7</v>
+      </c>
+      <c r="O27">
+        <v>2.72</v>
+      </c>
+      <c r="P27">
+        <v>6</v>
+      </c>
+      <c r="Q27">
+        <v>151</v>
+      </c>
+      <c r="R27">
+        <v>413.54</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>