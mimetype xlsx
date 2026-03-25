--- v4 (2026-02-06)
+++ v5 (2026-03-25)
@@ -18,51 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Akcijas" sheetId="1" r:id="rId4"/>
     <sheet name="TLN" sheetId="2" r:id="rId5"/>
     <sheet name="RIG" sheetId="3" r:id="rId6"/>
     <sheet name="VLN" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>MarketPlace</t>
   </si>
   <si>
     <t>List/segment</t>
   </si>
   <si>
     <t>Average Price</t>
   </si>
   <si>
     <t>Open Price</t>
   </si>
   <si>
@@ -479,102 +479,93 @@
   <si>
     <t>LITGRID</t>
   </si>
   <si>
     <t>LT0000128415</t>
   </si>
   <si>
     <t>LHV1T</t>
   </si>
   <si>
     <t>LHV Group</t>
   </si>
   <si>
     <t>EE3100102203</t>
   </si>
   <si>
     <t>LINDA</t>
   </si>
   <si>
     <t>Linda Nektar</t>
   </si>
   <si>
     <t>EE3100060344</t>
   </si>
   <si>
-    <t>LJM1R</t>
-[...5 lines deleted...]
-    <t>LV0000100741</t>
+    <t>MAGIC</t>
+  </si>
+  <si>
+    <t>TextMagic</t>
+  </si>
+  <si>
+    <t>EE3100073438</t>
+  </si>
+  <si>
+    <t>Telekomunikācijas</t>
+  </si>
+  <si>
+    <t>MDARA</t>
+  </si>
+  <si>
+    <t>MADARA Cosmetics</t>
+  </si>
+  <si>
+    <t>LV0000101624</t>
+  </si>
+  <si>
+    <t>MODE</t>
+  </si>
+  <si>
+    <t>Modera</t>
+  </si>
+  <si>
+    <t>EE3100084203</t>
+  </si>
+  <si>
+    <t>Tehnoloģijas</t>
+  </si>
+  <si>
+    <t>MOLNR</t>
+  </si>
+  <si>
+    <t>J. Molner</t>
+  </si>
+  <si>
+    <t>EE3100109034</t>
   </si>
   <si>
     <t>Veselības aprūpe</t>
-  </si>
-[...40 lines deleted...]
-    <t>EE3100109034</t>
   </si>
   <si>
     <t>MRK1T</t>
   </si>
   <si>
     <t>Merko Ehitus</t>
   </si>
   <si>
     <t>EE3100098328</t>
   </si>
   <si>
     <t>NCN1T</t>
   </si>
   <si>
     <t>Nordecon</t>
   </si>
   <si>
     <t>EE3100039496</t>
   </si>
   <si>
     <t>NEOFI</t>
   </si>
   <si>
     <t>NEO Finance</t>
   </si>
@@ -1165,51 +1156,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T71"/>
+  <dimension ref="A1:T70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="T1" sqref="T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -1254,816 +1245,591 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
-        <v>1.91</v>
-[...5 lines deleted...]
-        <v>1.9</v>
+        <v>1.96</v>
       </c>
       <c r="K2">
         <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.9</v>
-[...2 lines deleted...]
-        <v>-3.06</v>
+        <v>1.96</v>
       </c>
       <c r="N2">
-        <v>1.88</v>
+        <v>1.86</v>
       </c>
       <c r="O2">
-        <v>1.9</v>
-[...8 lines deleted...]
-        <v>1550.75</v>
+        <v>1.97</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>1.825</v>
-[...5 lines deleted...]
-        <v>1.82</v>
+        <v>1.735</v>
       </c>
       <c r="K3">
-        <v>1.825</v>
+        <v>1.735</v>
       </c>
       <c r="L3">
-        <v>1.83</v>
-[...2 lines deleted...]
-        <v>0.27</v>
+        <v>1.735</v>
       </c>
       <c r="N3">
-        <v>1.825</v>
+        <v>1.735</v>
       </c>
       <c r="O3">
-        <v>1.83</v>
-[...8 lines deleted...]
-        <v>15135.475</v>
+        <v>1.735</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>1.29</v>
-[...5 lines deleted...]
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="K4">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="L4">
-        <v>1.29</v>
-[...2 lines deleted...]
-        <v>0.78</v>
+        <v>1.21</v>
       </c>
       <c r="N4">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="O4">
-        <v>1.29</v>
-[...8 lines deleted...]
-        <v>163.78</v>
+        <v>1.21</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>3.63</v>
-[...5 lines deleted...]
-        <v>3.62</v>
+        <v>3.48</v>
       </c>
       <c r="K5">
-        <v>3.63</v>
+        <v>3.48</v>
       </c>
       <c r="L5">
-        <v>3.67</v>
-[...2 lines deleted...]
-        <v>1.1</v>
+        <v>3.48</v>
       </c>
       <c r="N5">
-        <v>3.65</v>
+        <v>3.48</v>
       </c>
       <c r="O5">
-        <v>3.67</v>
-[...8 lines deleted...]
-        <v>104898.12</v>
+        <v>3.48</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6">
-        <v>1.615</v>
-[...5 lines deleted...]
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="K6">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="L6">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="N6">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="O6">
-        <v>1.62</v>
-[...8 lines deleted...]
-        <v>1695.89</v>
+        <v>1.53</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7">
-        <v>0.0698</v>
-[...5 lines deleted...]
-        <v>0.068</v>
+        <v>0.066</v>
       </c>
       <c r="K7">
-        <v>0.0698</v>
+        <v>0.066</v>
       </c>
       <c r="L7">
-        <v>0.07</v>
-[...2 lines deleted...]
-        <v>0.29</v>
+        <v>0.066</v>
       </c>
       <c r="N7">
-        <v>0.068</v>
+        <v>0.0634</v>
       </c>
       <c r="O7">
-        <v>0.07</v>
-[...8 lines deleted...]
-        <v>1618.8646</v>
+        <v>0.0634</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
-      <c r="G8">
-[...1 lines deleted...]
-      </c>
       <c r="H8">
-        <v>3.06</v>
-[...5 lines deleted...]
-        <v>2.74</v>
+        <v>2.32</v>
       </c>
       <c r="K8">
-        <v>3.08</v>
+        <v>2.32</v>
       </c>
       <c r="L8">
-        <v>2.74</v>
-[...2 lines deleted...]
-        <v>-11.04</v>
+        <v>2.32</v>
       </c>
       <c r="N8">
-        <v>2.74</v>
+        <v>2.3</v>
       </c>
       <c r="O8">
-        <v>2.8</v>
-[...8 lines deleted...]
-        <v>13132.3</v>
+        <v>2.32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="H9">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="K9">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="L9">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="N9">
-        <v>1.46</v>
+        <v>1.385</v>
       </c>
       <c r="O9">
-        <v>1.5</v>
+        <v>1.42</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...1 lines deleted...]
-      </c>
       <c r="H10">
-        <v>2.135</v>
-[...5 lines deleted...]
-        <v>2.125</v>
+        <v>2.25</v>
       </c>
       <c r="K10">
-        <v>2.135</v>
+        <v>2.25</v>
       </c>
       <c r="L10">
-        <v>2.13</v>
-[...2 lines deleted...]
-        <v>-0.23</v>
+        <v>2.25</v>
       </c>
       <c r="N10">
-        <v>2.125</v>
+        <v>2.255</v>
       </c>
       <c r="O10">
-        <v>2.13</v>
-[...8 lines deleted...]
-        <v>48935.17</v>
+        <v>2.255</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
       <c r="H11">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="K11">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="L11">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="N11">
-        <v>0.27</v>
-[...2 lines deleted...]
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...1 lines deleted...]
-      </c>
       <c r="H12">
-        <v>1.308</v>
-[...5 lines deleted...]
-        <v>1.304</v>
+        <v>1.398</v>
       </c>
       <c r="K12">
-        <v>1.31</v>
+        <v>1.398</v>
       </c>
       <c r="L12">
-        <v>1.31</v>
+        <v>1.398</v>
       </c>
       <c r="N12">
-        <v>1.304</v>
+        <v>1.402</v>
       </c>
       <c r="O12">
-        <v>1.31</v>
-[...8 lines deleted...]
-        <v>5655.274</v>
+        <v>1.402</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13">
-        <v>1.235</v>
-[...5 lines deleted...]
-        <v>1.235</v>
+        <v>1.23</v>
       </c>
       <c r="K13">
-        <v>1.245</v>
+        <v>1.23</v>
       </c>
       <c r="L13">
-        <v>1.235</v>
-[...2 lines deleted...]
-        <v>-0.8</v>
+        <v>1.23</v>
       </c>
       <c r="N13">
-        <v>1.235</v>
+        <v>1.23</v>
       </c>
       <c r="O13">
-        <v>1.245</v>
-[...8 lines deleted...]
-        <v>2945.475</v>
+        <v>1.24</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>77</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
-      <c r="G14">
-[...1 lines deleted...]
-      </c>
       <c r="H14">
-        <v>19.75</v>
-[...5 lines deleted...]
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="K14">
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="L14">
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="N14">
         <v>19.7</v>
       </c>
       <c r="O14">
-        <v>19.75</v>
-[...8 lines deleted...]
-        <v>54431.0</v>
+        <v>19.85</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="H15">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="K15">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="L15">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="N15">
-        <v>5.0</v>
+        <v>4.96</v>
       </c>
       <c r="O15">
         <v>5.05</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
@@ -2079,147 +1845,105 @@
         <v>63</v>
       </c>
       <c r="T16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
-      <c r="G17">
-[...1 lines deleted...]
-      </c>
       <c r="H17">
-        <v>1.699</v>
-[...5 lines deleted...]
-        <v>1.698</v>
+        <v>1.6888</v>
       </c>
       <c r="K17">
-        <v>1.699</v>
+        <v>1.6888</v>
       </c>
       <c r="L17">
-        <v>1.7</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>1.6888</v>
       </c>
       <c r="N17">
-        <v>1.699</v>
+        <v>1.6888</v>
       </c>
       <c r="O17">
-        <v>1.7</v>
-[...8 lines deleted...]
-        <v>13821.4638</v>
+        <v>1.6888</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
       <c r="H18">
         <v>16.0</v>
       </c>
-      <c r="I18">
+      <c r="K18">
         <v>16.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>16.2</v>
       </c>
       <c r="L18">
         <v>16.0</v>
       </c>
-      <c r="M18">
-[...1 lines deleted...]
-      </c>
       <c r="N18">
+        <v>15.9</v>
+      </c>
+      <c r="O18">
         <v>16.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>1264.0</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -2229,3144 +1953,2101 @@
         <v>63</v>
       </c>
       <c r="T19" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>95</v>
       </c>
       <c r="B20" t="s">
         <v>96</v>
       </c>
       <c r="C20" t="s">
         <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
-      <c r="G20">
-[...1 lines deleted...]
-      </c>
       <c r="H20">
-        <v>0.065</v>
-[...5 lines deleted...]
-        <v>0.065</v>
+        <v>0.047</v>
       </c>
       <c r="K20">
-        <v>0.066</v>
+        <v>0.047</v>
       </c>
       <c r="L20">
-        <v>0.066</v>
+        <v>0.047</v>
       </c>
       <c r="N20">
-        <v>0.0604</v>
+        <v>0.05</v>
       </c>
       <c r="O20">
-        <v>0.066</v>
-[...8 lines deleted...]
-        <v>33.537</v>
+        <v>0.0544</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>99</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21">
-        <v>1.12</v>
-[...5 lines deleted...]
-        <v>1.11</v>
+        <v>1.045</v>
       </c>
       <c r="K21">
-        <v>1.125</v>
+        <v>1.045</v>
       </c>
       <c r="L21">
-        <v>1.11</v>
-[...2 lines deleted...]
-        <v>-1.33</v>
+        <v>1.045</v>
       </c>
       <c r="N21">
-        <v>1.105</v>
+        <v>1.045</v>
       </c>
       <c r="O21">
-        <v>1.11</v>
-[...8 lines deleted...]
-        <v>31305.125</v>
+        <v>1.045</v>
       </c>
       <c r="S21" t="s">
         <v>101</v>
       </c>
       <c r="T21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...1 lines deleted...]
-      </c>
       <c r="H22">
-        <v>5.26</v>
-[...5 lines deleted...]
-        <v>5.22</v>
+        <v>5.74</v>
       </c>
       <c r="K22">
-        <v>5.26</v>
+        <v>5.74</v>
       </c>
       <c r="L22">
-        <v>5.26</v>
+        <v>5.74</v>
       </c>
       <c r="N22">
-        <v>5.26</v>
+        <v>5.7</v>
       </c>
       <c r="O22">
-        <v>5.28</v>
-[...8 lines deleted...]
-        <v>8008.6</v>
+        <v>5.7</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...1 lines deleted...]
-      </c>
       <c r="H23">
-        <v>6.22</v>
-[...5 lines deleted...]
-        <v>6.16</v>
+        <v>6.12</v>
       </c>
       <c r="K23">
-        <v>6.26</v>
+        <v>6.12</v>
       </c>
       <c r="L23">
-        <v>6.16</v>
-[...2 lines deleted...]
-        <v>-1.6</v>
+        <v>6.12</v>
       </c>
       <c r="N23">
-        <v>6.16</v>
+        <v>6.12</v>
       </c>
       <c r="O23">
-        <v>6.2</v>
-[...8 lines deleted...]
-        <v>3816.06</v>
+        <v>6.12</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
-      <c r="G24">
-[...1 lines deleted...]
-      </c>
       <c r="H24">
-        <v>9.46</v>
-[...5 lines deleted...]
-        <v>9.46</v>
+        <v>9.0</v>
       </c>
       <c r="K24">
-        <v>9.48</v>
+        <v>9.0</v>
       </c>
       <c r="L24">
-        <v>9.48</v>
+        <v>9.0</v>
       </c>
       <c r="N24">
-        <v>9.46</v>
+        <v>9.0</v>
       </c>
       <c r="O24">
-        <v>9.48</v>
-[...8 lines deleted...]
-        <v>3871.74</v>
+        <v>9.0</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
       <c r="C25" t="s">
         <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
-      <c r="G25">
-[...1 lines deleted...]
-      </c>
       <c r="H25">
-        <v>22.05</v>
-[...5 lines deleted...]
-        <v>22.05</v>
+        <v>21.35</v>
       </c>
       <c r="K25">
-        <v>22.1</v>
+        <v>21.35</v>
       </c>
       <c r="L25">
-        <v>22.15</v>
-[...2 lines deleted...]
-        <v>0.23</v>
+        <v>21.35</v>
       </c>
       <c r="N25">
-        <v>22.1</v>
+        <v>21.4</v>
       </c>
       <c r="O25">
-        <v>22.15</v>
-[...8 lines deleted...]
-        <v>170224.4</v>
+        <v>21.4</v>
       </c>
       <c r="S25" t="s">
         <v>115</v>
       </c>
       <c r="T25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
-      <c r="G26">
-[...1 lines deleted...]
-      </c>
       <c r="H26">
-        <v>4.02</v>
-[...5 lines deleted...]
-        <v>4.02</v>
+        <v>4.18</v>
       </c>
       <c r="K26">
-        <v>4.02</v>
+        <v>4.18</v>
       </c>
       <c r="L26">
-        <v>4.08</v>
-[...2 lines deleted...]
-        <v>1.49</v>
+        <v>4.18</v>
       </c>
       <c r="N26">
-        <v>3.92</v>
+        <v>4.1</v>
       </c>
       <c r="O26">
-        <v>4.02</v>
-[...8 lines deleted...]
-        <v>1017.3</v>
+        <v>4.18</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
-      <c r="G27">
-[...1 lines deleted...]
-      </c>
       <c r="H27">
-        <v>45.3</v>
-[...5 lines deleted...]
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="K27">
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="L27">
-        <v>45.3</v>
-[...2 lines deleted...]
-        <v>0.22</v>
+        <v>46.4</v>
       </c>
       <c r="N27">
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="O27">
-        <v>45.3</v>
-[...8 lines deleted...]
-        <v>50400.6</v>
+        <v>46.5</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>123</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
-      <c r="G28">
-[...1 lines deleted...]
-      </c>
       <c r="H28">
-        <v>6.65</v>
-[...5 lines deleted...]
-        <v>6.65</v>
+        <v>6.7</v>
       </c>
       <c r="K28">
-        <v>6.75</v>
+        <v>6.7</v>
       </c>
       <c r="L28">
-        <v>6.8</v>
-[...2 lines deleted...]
-        <v>0.74</v>
+        <v>6.7</v>
       </c>
       <c r="N28">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="O28">
-        <v>6.9</v>
-[...8 lines deleted...]
-        <v>337.25</v>
+        <v>6.7</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
       <c r="C29" t="s">
         <v>127</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
-      <c r="G29">
-[...1 lines deleted...]
-      </c>
       <c r="H29">
         <v>3.24</v>
       </c>
-      <c r="I29">
-[...4 lines deleted...]
-      </c>
       <c r="K29">
         <v>3.24</v>
       </c>
       <c r="L29">
-        <v>3.28</v>
-[...2 lines deleted...]
-        <v>1.23</v>
+        <v>3.24</v>
       </c>
       <c r="N29">
-        <v>3.24</v>
+        <v>3.22</v>
       </c>
       <c r="O29">
-        <v>3.28</v>
-[...8 lines deleted...]
-        <v>296.84</v>
+        <v>3.26</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>129</v>
       </c>
       <c r="C30" t="s">
         <v>130</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...1 lines deleted...]
-      </c>
       <c r="H30">
-        <v>27.2</v>
-[...5 lines deleted...]
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="K30">
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="L30">
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="N30">
-        <v>27.0</v>
+        <v>25.8</v>
       </c>
       <c r="O30">
-        <v>27.2</v>
-[...8 lines deleted...]
-        <v>2040.0</v>
+        <v>26.4</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
-      <c r="G31">
-[...1 lines deleted...]
-      </c>
       <c r="H31">
-        <v>30.4</v>
-[...5 lines deleted...]
-        <v>29.8</v>
+        <v>31.0</v>
       </c>
       <c r="K31">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="L31">
-        <v>29.8</v>
-[...2 lines deleted...]
-        <v>-1.97</v>
+        <v>31.0</v>
       </c>
       <c r="N31">
-        <v>28.4</v>
+        <v>30.2</v>
       </c>
       <c r="O31">
-        <v>31.6</v>
-[...8 lines deleted...]
-        <v>4912.0</v>
+        <v>31.2</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
         <v>136</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
-      <c r="G32">
-[...1 lines deleted...]
-      </c>
       <c r="H32">
-        <v>20.9</v>
-[...5 lines deleted...]
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="K32">
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="L32">
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="N32">
-        <v>20.7</v>
+        <v>16.2</v>
       </c>
       <c r="O32">
-        <v>20.9</v>
-[...8 lines deleted...]
-        <v>418.0</v>
+        <v>16.2</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
-      <c r="G33">
-[...1 lines deleted...]
-      </c>
       <c r="H33">
-        <v>0.437</v>
-[...5 lines deleted...]
-        <v>0.434</v>
+        <v>0.415</v>
       </c>
       <c r="K33">
-        <v>0.437</v>
+        <v>0.415</v>
       </c>
       <c r="L33">
-        <v>0.434</v>
-[...2 lines deleted...]
-        <v>-0.69</v>
+        <v>0.415</v>
       </c>
       <c r="N33">
-        <v>0.434</v>
+        <v>0.415</v>
       </c>
       <c r="O33">
-        <v>0.436</v>
-[...8 lines deleted...]
-        <v>12070.966</v>
+        <v>0.415</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
-      <c r="G34">
-[...1 lines deleted...]
-      </c>
       <c r="H34">
-        <v>2.06</v>
-[...5 lines deleted...]
-        <v>1.93</v>
+        <v>1.95</v>
       </c>
       <c r="K34">
-        <v>2.08</v>
+        <v>1.95</v>
       </c>
       <c r="L34">
-        <v>1.93</v>
-[...2 lines deleted...]
-        <v>-7.21</v>
+        <v>1.95</v>
       </c>
       <c r="N34">
-        <v>1.93</v>
+        <v>1.95</v>
       </c>
       <c r="O34">
-        <v>2.1</v>
-[...8 lines deleted...]
-        <v>457.46</v>
+        <v>1.95</v>
       </c>
       <c r="S34" t="s">
         <v>115</v>
       </c>
       <c r="T34" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>145</v>
       </c>
       <c r="C35" t="s">
         <v>146</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
-      <c r="G35">
-[...1 lines deleted...]
-      </c>
       <c r="H35">
-        <v>0.88</v>
-[...4 lines deleted...]
-      <c r="J35">
         <v>0.87</v>
       </c>
       <c r="K35">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="L35">
         <v>0.87</v>
       </c>
-      <c r="M35">
-[...1 lines deleted...]
-      </c>
       <c r="N35">
         <v>0.87</v>
       </c>
       <c r="O35">
-        <v>0.88</v>
-[...8 lines deleted...]
-        <v>64.4</v>
+        <v>0.87</v>
       </c>
       <c r="S35" t="s">
         <v>115</v>
       </c>
       <c r="T35" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
-      <c r="G36">
-[...1 lines deleted...]
-      </c>
       <c r="H36">
-        <v>3.56</v>
-[...5 lines deleted...]
-        <v>3.545</v>
+        <v>3.52</v>
       </c>
       <c r="K36">
-        <v>3.57</v>
+        <v>3.52</v>
       </c>
       <c r="L36">
-        <v>3.565</v>
-[...2 lines deleted...]
-        <v>-0.14</v>
+        <v>3.52</v>
       </c>
       <c r="N36">
-        <v>3.555</v>
+        <v>3.525</v>
       </c>
       <c r="O36">
-        <v>3.565</v>
-[...8 lines deleted...]
-        <v>240735.13</v>
+        <v>3.525</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>151</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="H37">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="K37">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="L37">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="N37">
-        <v>5.3</v>
+        <v>5.15</v>
       </c>
       <c r="O37">
-        <v>5.5</v>
+        <v>5.45</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>154</v>
       </c>
       <c r="C38" t="s">
         <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F38" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="H38">
-        <v>7.85</v>
+        <v>1.77</v>
       </c>
       <c r="K38">
-        <v>7.85</v>
+        <v>1.77</v>
       </c>
       <c r="L38">
-        <v>7.85</v>
+        <v>1.77</v>
       </c>
       <c r="N38">
-        <v>7.85</v>
+        <v>1.755</v>
       </c>
       <c r="O38">
-        <v>7.9</v>
+        <v>1.77</v>
       </c>
       <c r="S38" t="s">
         <v>156</v>
       </c>
       <c r="T38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
-      <c r="G39">
-[...1 lines deleted...]
-      </c>
       <c r="H39">
-        <v>1.735</v>
-[...5 lines deleted...]
-        <v>1.735</v>
+        <v>12.0</v>
       </c>
       <c r="K39">
-        <v>1.715</v>
+        <v>12.0</v>
       </c>
       <c r="L39">
-        <v>1.74</v>
-[...2 lines deleted...]
-        <v>1.46</v>
+        <v>12.0</v>
       </c>
       <c r="N39">
-        <v>1.725</v>
+        <v>11.85</v>
       </c>
       <c r="O39">
-        <v>1.77</v>
-[...8 lines deleted...]
-        <v>675.055</v>
+        <v>11.85</v>
       </c>
       <c r="S39" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="T39" t="s">
-        <v>160</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
         <v>161</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>162</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
-      <c r="G40">
-[...1 lines deleted...]
-      </c>
       <c r="H40">
-        <v>11.7</v>
-[...5 lines deleted...]
-        <v>11.55</v>
+        <v>4.67</v>
       </c>
       <c r="K40">
-        <v>11.7</v>
+        <v>4.67</v>
       </c>
       <c r="L40">
-        <v>11.8</v>
-[...2 lines deleted...]
-        <v>0.85</v>
+        <v>4.67</v>
       </c>
       <c r="N40">
-        <v>11.75</v>
+        <v>4.68</v>
       </c>
       <c r="O40">
-        <v>11.85</v>
-[...8 lines deleted...]
-        <v>1029.0</v>
+        <v>4.84</v>
       </c>
       <c r="S40" t="s">
-        <v>43</v>
+        <v>163</v>
       </c>
       <c r="T40" t="s">
-        <v>134</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>165</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
-      <c r="G41">
-[...1 lines deleted...]
-      </c>
       <c r="H41">
-        <v>5.0</v>
-[...5 lines deleted...]
-        <v>4.93</v>
+        <v>21.0</v>
       </c>
       <c r="K41">
-        <v>4.96</v>
+        <v>21.0</v>
       </c>
       <c r="L41">
-        <v>4.93</v>
-[...2 lines deleted...]
-        <v>-0.6</v>
+        <v>21.0</v>
       </c>
       <c r="N41">
-        <v>4.8</v>
+        <v>22.0</v>
       </c>
       <c r="O41">
-        <v>4.93</v>
-[...8 lines deleted...]
-        <v>1715.84</v>
+        <v>23.0</v>
       </c>
       <c r="S41" t="s">
         <v>167</v>
       </c>
       <c r="T41" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>169</v>
       </c>
       <c r="C42" t="s">
         <v>170</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26.4</v>
+        <v>32</v>
       </c>
       <c r="H42">
-        <v>26.4</v>
-[...5 lines deleted...]
-        <v>26.4</v>
+        <v>27.9</v>
       </c>
       <c r="K42">
-        <v>26.6</v>
+        <v>27.9</v>
       </c>
       <c r="L42">
-        <v>26.4</v>
-[...2 lines deleted...]
-        <v>-0.75</v>
+        <v>27.9</v>
       </c>
       <c r="N42">
-        <v>26.2</v>
+        <v>27.9</v>
       </c>
       <c r="O42">
-        <v>26.6</v>
-[...8 lines deleted...]
-        <v>52.8</v>
+        <v>27.9</v>
       </c>
       <c r="S42" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="T42" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>172</v>
       </c>
       <c r="C43" t="s">
         <v>173</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
-      <c r="G43">
-[...1 lines deleted...]
-      </c>
       <c r="H43">
-        <v>30.55</v>
-[...5 lines deleted...]
-        <v>29.95</v>
+        <v>0.611</v>
       </c>
       <c r="K43">
-        <v>30.6</v>
+        <v>0.611</v>
       </c>
       <c r="L43">
-        <v>29.95</v>
-[...2 lines deleted...]
-        <v>-2.12</v>
+        <v>0.611</v>
       </c>
       <c r="N43">
-        <v>29.95</v>
+        <v>0.611</v>
       </c>
       <c r="O43">
-        <v>30.0</v>
-[...8 lines deleted...]
-        <v>252561.4</v>
+        <v>0.618</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>175</v>
       </c>
       <c r="C44" t="s">
         <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F44" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>0.70481141</v>
+        <v>25</v>
       </c>
       <c r="H44">
-        <v>0.719</v>
-[...5 lines deleted...]
-        <v>0.695</v>
+        <v>3.2</v>
       </c>
       <c r="K44">
-        <v>0.71</v>
+        <v>3.2</v>
       </c>
       <c r="L44">
-        <v>0.709</v>
-[...2 lines deleted...]
-        <v>-0.14</v>
+        <v>3.2</v>
       </c>
       <c r="N44">
-        <v>0.701</v>
+        <v>3.02</v>
       </c>
       <c r="O44">
-        <v>0.709</v>
-[...8 lines deleted...]
-        <v>34394.092</v>
+        <v>3.4</v>
       </c>
       <c r="S44" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="T44" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>177</v>
       </c>
       <c r="B45" t="s">
         <v>178</v>
       </c>
       <c r="C45" t="s">
         <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2.99975694</v>
+        <v>32</v>
       </c>
       <c r="H45">
-        <v>2.98</v>
-[...5 lines deleted...]
-        <v>2.92</v>
+        <v>0.95</v>
       </c>
       <c r="K45">
-        <v>2.86</v>
+        <v>0.95</v>
       </c>
       <c r="L45">
-        <v>2.92</v>
-[...2 lines deleted...]
-        <v>2.1</v>
+        <v>0.95</v>
       </c>
       <c r="N45">
-        <v>2.98</v>
+        <v>0.95</v>
       </c>
       <c r="O45">
-        <v>3.0</v>
-[...8 lines deleted...]
-        <v>3455.72</v>
+        <v>0.956</v>
       </c>
       <c r="S45" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="T45" t="s">
-        <v>72</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
-      <c r="G46">
-[...1 lines deleted...]
-      </c>
       <c r="H46">
-        <v>1.215</v>
-[...5 lines deleted...]
-        <v>1.18</v>
+        <v>0.95</v>
       </c>
       <c r="K46">
-        <v>1.215</v>
+        <v>0.95</v>
       </c>
       <c r="L46">
-        <v>1.2</v>
-[...2 lines deleted...]
-        <v>-1.23</v>
+        <v>0.95</v>
       </c>
       <c r="N46">
-        <v>1.2</v>
+        <v>0.93</v>
       </c>
       <c r="O46">
-        <v>1.205</v>
-[...8 lines deleted...]
-        <v>26930.705</v>
+        <v>0.945</v>
       </c>
       <c r="S46" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T46" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>185</v>
       </c>
       <c r="C47" t="s">
         <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>0.94002239</v>
+        <v>25</v>
       </c>
       <c r="H47">
-        <v>0.945</v>
-[...5 lines deleted...]
-        <v>0.935</v>
+        <v>0.141</v>
       </c>
       <c r="K47">
-        <v>0.94</v>
+        <v>0.141</v>
       </c>
       <c r="L47">
-        <v>0.94</v>
+        <v>0.141</v>
       </c>
       <c r="N47">
-        <v>0.935</v>
+        <v>0.141</v>
       </c>
       <c r="O47">
-        <v>0.94</v>
-[...8 lines deleted...]
-        <v>2309.635</v>
+        <v>0.143</v>
       </c>
       <c r="S47" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="T47" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>188</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>0.16862415</v>
+        <v>38</v>
       </c>
       <c r="H48">
-        <v>0.169</v>
-[...5 lines deleted...]
-        <v>0.158</v>
+        <v>0.075</v>
       </c>
       <c r="K48">
-        <v>0.156</v>
+        <v>0.075</v>
       </c>
       <c r="L48">
-        <v>0.158</v>
-[...2 lines deleted...]
-        <v>1.28</v>
+        <v>0.075</v>
       </c>
       <c r="N48">
-        <v>0.159</v>
+        <v>0.074</v>
       </c>
       <c r="O48">
-        <v>0.168</v>
-[...8 lines deleted...]
-        <v>74.026</v>
+        <v>0.075</v>
       </c>
       <c r="S48" t="s">
-        <v>167</v>
+        <v>33</v>
       </c>
       <c r="T48" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>191</v>
       </c>
       <c r="C49" t="s">
         <v>192</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0.07945882</v>
+        <v>25</v>
       </c>
       <c r="H49">
-        <v>0.08</v>
-[...5 lines deleted...]
-        <v>0.077</v>
+        <v>3.8</v>
       </c>
       <c r="K49">
-        <v>0.081</v>
+        <v>3.8</v>
       </c>
       <c r="L49">
-        <v>0.08</v>
-[...2 lines deleted...]
-        <v>-1.23</v>
+        <v>3.8</v>
       </c>
       <c r="N49">
-        <v>0.077</v>
+        <v>3.76</v>
       </c>
       <c r="O49">
-        <v>0.08</v>
-[...14 lines deleted...]
-        <v>34</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>194</v>
       </c>
       <c r="C50" t="s">
         <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F50" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>4.12</v>
+        <v>32</v>
       </c>
       <c r="H50">
-        <v>4.12</v>
-[...5 lines deleted...]
-        <v>4.12</v>
+        <v>1.56</v>
       </c>
       <c r="K50">
-        <v>4.3</v>
+        <v>1.56</v>
       </c>
       <c r="L50">
-        <v>4.12</v>
-[...2 lines deleted...]
-        <v>-4.19</v>
+        <v>1.56</v>
       </c>
       <c r="N50">
-        <v>4.2</v>
+        <v>1.56</v>
       </c>
       <c r="O50">
-        <v>4.28</v>
-[...8 lines deleted...]
-        <v>8.24</v>
+        <v>1.565</v>
+      </c>
+      <c r="S50" t="s">
+        <v>33</v>
+      </c>
+      <c r="T50" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>197</v>
       </c>
       <c r="C51" t="s">
         <v>198</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F51" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>1.6307394</v>
+        <v>38</v>
       </c>
       <c r="H51">
-        <v>1.635</v>
-[...5 lines deleted...]
-        <v>1.63</v>
+        <v>0.366</v>
       </c>
       <c r="K51">
-        <v>1.635</v>
+        <v>0.366</v>
       </c>
       <c r="L51">
-        <v>1.635</v>
+        <v>0.366</v>
       </c>
       <c r="N51">
-        <v>1.63</v>
+        <v>0.366</v>
       </c>
       <c r="O51">
-        <v>1.635</v>
-[...8 lines deleted...]
-        <v>1576.925</v>
+        <v>0.378</v>
       </c>
       <c r="S51" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="T51" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>200</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F52" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0.388002</v>
+        <v>25</v>
       </c>
       <c r="H52">
-        <v>0.39</v>
-[...5 lines deleted...]
-        <v>0.388</v>
+        <v>0.262</v>
       </c>
       <c r="K52">
-        <v>0.386</v>
+        <v>0.262</v>
       </c>
       <c r="L52">
-        <v>0.39</v>
-[...17 lines deleted...]
-        <v>776.78</v>
+        <v>0.262</v>
       </c>
       <c r="S52" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="T52" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>0.27733333</v>
+        <v>32</v>
       </c>
       <c r="H53">
-        <v>0.276</v>
-[...5 lines deleted...]
-        <v>0.276</v>
+        <v>0.919</v>
       </c>
       <c r="K53">
-        <v>0.264</v>
+        <v>0.919</v>
       </c>
       <c r="L53">
-        <v>0.278</v>
-[...2 lines deleted...]
-        <v>5.3</v>
+        <v>0.919</v>
       </c>
       <c r="N53">
-        <v>0.258</v>
+        <v>0.917</v>
       </c>
       <c r="O53">
-        <v>0.276</v>
-[...14 lines deleted...]
-        <v>134</v>
+        <v>0.917</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>206</v>
       </c>
       <c r="C54" t="s">
         <v>207</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
-      <c r="G54">
-[...1 lines deleted...]
-      </c>
       <c r="H54">
-        <v>0.946</v>
-[...5 lines deleted...]
-        <v>0.933</v>
+        <v>4.68</v>
       </c>
       <c r="K54">
-        <v>0.947</v>
+        <v>4.68</v>
       </c>
       <c r="L54">
-        <v>0.935</v>
-[...2 lines deleted...]
-        <v>-1.27</v>
+        <v>4.68</v>
       </c>
       <c r="N54">
-        <v>0.935</v>
+        <v>4.64</v>
       </c>
       <c r="O54">
-        <v>0.937</v>
-[...8 lines deleted...]
-        <v>151547.8</v>
+        <v>4.7</v>
+      </c>
+      <c r="S54" t="s">
+        <v>33</v>
+      </c>
+      <c r="T54" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>209</v>
       </c>
       <c r="C55" t="s">
         <v>210</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
-      <c r="G55">
-[...1 lines deleted...]
-      </c>
       <c r="H55">
-        <v>4.64</v>
-[...5 lines deleted...]
-        <v>4.54</v>
+        <v>9.76</v>
       </c>
       <c r="K55">
-        <v>4.52</v>
+        <v>9.76</v>
       </c>
       <c r="L55">
-        <v>4.54</v>
-[...2 lines deleted...]
-        <v>0.44</v>
+        <v>9.76</v>
       </c>
       <c r="N55">
-        <v>4.54</v>
+        <v>9.7</v>
       </c>
       <c r="O55">
-        <v>4.64</v>
-[...8 lines deleted...]
-        <v>259.34</v>
+        <v>9.76</v>
       </c>
       <c r="S55" t="s">
-        <v>33</v>
+        <v>156</v>
       </c>
       <c r="T55" t="s">
-        <v>34</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>213</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F56" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>8.01375796</v>
+        <v>25</v>
       </c>
       <c r="H56">
-        <v>8.0</v>
-[...5 lines deleted...]
-        <v>8.0</v>
+        <v>2.78</v>
       </c>
       <c r="K56">
-        <v>8.08</v>
+        <v>2.78</v>
       </c>
       <c r="L56">
-        <v>8.08</v>
+        <v>2.78</v>
       </c>
       <c r="N56">
-        <v>8.02</v>
+        <v>2.72</v>
       </c>
       <c r="O56">
-        <v>8.1</v>
-[...8 lines deleted...]
-        <v>3774.48</v>
+        <v>2.79</v>
       </c>
       <c r="S56" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="T56" t="s">
-        <v>160</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>215</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F57" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2.81263158</v>
+        <v>38</v>
       </c>
       <c r="H57">
-        <v>2.84</v>
-[...5 lines deleted...]
-        <v>2.78</v>
+        <v>6.4</v>
       </c>
       <c r="K57">
-        <v>2.84</v>
+        <v>6.4</v>
       </c>
       <c r="L57">
-        <v>2.78</v>
-[...2 lines deleted...]
-        <v>-2.11</v>
+        <v>6.4</v>
       </c>
       <c r="N57">
-        <v>2.78</v>
+        <v>6.3</v>
       </c>
       <c r="O57">
-        <v>2.8</v>
-[...8 lines deleted...]
-        <v>53.44</v>
+        <v>6.3</v>
       </c>
       <c r="S57" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="T57" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>218</v>
       </c>
       <c r="C58" t="s">
         <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F58" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H58">
-        <v>6.4</v>
+        <v>1.17</v>
       </c>
       <c r="K58">
-        <v>6.4</v>
+        <v>1.17</v>
       </c>
       <c r="L58">
-        <v>6.4</v>
+        <v>1.17</v>
       </c>
       <c r="N58">
-        <v>6.4</v>
+        <v>1.17</v>
       </c>
       <c r="O58">
-        <v>6.95</v>
+        <v>1.175</v>
       </c>
       <c r="S58" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="T58" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>221</v>
       </c>
       <c r="C59" t="s">
         <v>222</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>1.21811863</v>
+        <v>38</v>
       </c>
       <c r="H59">
-        <v>1.21</v>
-[...5 lines deleted...]
-        <v>1.21</v>
+        <v>0.71</v>
       </c>
       <c r="K59">
-        <v>1.21</v>
+        <v>0.71</v>
       </c>
       <c r="L59">
-        <v>1.225</v>
-[...2 lines deleted...]
-        <v>1.24</v>
+        <v>0.71</v>
       </c>
       <c r="N59">
-        <v>1.215</v>
+        <v>0.7</v>
       </c>
       <c r="O59">
-        <v>1.225</v>
-[...8 lines deleted...]
-        <v>8604.79</v>
+        <v>0.71</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>223</v>
       </c>
       <c r="B60" t="s">
         <v>224</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0.77865269</v>
+        <v>32</v>
       </c>
       <c r="H60">
-        <v>0.745</v>
-[...5 lines deleted...]
-        <v>0.745</v>
+        <v>0.61</v>
       </c>
       <c r="K60">
-        <v>0.745</v>
+        <v>0.61</v>
       </c>
       <c r="L60">
-        <v>0.755</v>
-[...2 lines deleted...]
-        <v>1.34</v>
+        <v>0.61</v>
       </c>
       <c r="N60">
-        <v>0.755</v>
+        <v>0.61</v>
       </c>
       <c r="O60">
-        <v>0.785</v>
-[...8 lines deleted...]
-        <v>260.07</v>
+        <v>0.61</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>226</v>
       </c>
       <c r="B61" t="s">
         <v>227</v>
       </c>
       <c r="C61" t="s">
         <v>228</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
-      <c r="G61">
-[...1 lines deleted...]
-      </c>
       <c r="H61">
-        <v>0.6</v>
-[...5 lines deleted...]
-        <v>0.596</v>
+        <v>2.05</v>
       </c>
       <c r="K61">
-        <v>0.6</v>
+        <v>2.05</v>
       </c>
       <c r="L61">
-        <v>0.599</v>
-[...2 lines deleted...]
-        <v>-0.17</v>
+        <v>2.05</v>
       </c>
       <c r="N61">
-        <v>0.597</v>
+        <v>2.04</v>
       </c>
       <c r="O61">
-        <v>0.599</v>
-[...8 lines deleted...]
-        <v>112535.224</v>
+        <v>2.04</v>
       </c>
       <c r="S61" t="s">
-        <v>43</v>
+        <v>156</v>
       </c>
       <c r="T61" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>229</v>
       </c>
       <c r="B62" t="s">
         <v>230</v>
       </c>
       <c r="C62" t="s">
         <v>231</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
-      <c r="G62">
-[...1 lines deleted...]
-      </c>
       <c r="H62">
-        <v>2.05</v>
-[...5 lines deleted...]
-        <v>2.03</v>
+        <v>9.84</v>
       </c>
       <c r="K62">
-        <v>2.06</v>
+        <v>9.84</v>
       </c>
       <c r="L62">
-        <v>2.06</v>
+        <v>9.84</v>
       </c>
       <c r="N62">
-        <v>2.05</v>
+        <v>9.88</v>
       </c>
       <c r="O62">
-        <v>2.06</v>
-[...8 lines deleted...]
-        <v>99872.5</v>
+        <v>9.88</v>
       </c>
       <c r="S62" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="T62" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>232</v>
       </c>
       <c r="B63" t="s">
         <v>233</v>
       </c>
       <c r="C63" t="s">
         <v>234</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>9.58772894</v>
+        <v>38</v>
       </c>
       <c r="H63">
-        <v>9.6</v>
-[...5 lines deleted...]
-        <v>9.57</v>
+        <v>0.588</v>
       </c>
       <c r="K63">
-        <v>9.58</v>
+        <v>0.588</v>
       </c>
       <c r="L63">
-        <v>9.6</v>
-[...2 lines deleted...]
-        <v>0.21</v>
+        <v>0.588</v>
       </c>
       <c r="N63">
-        <v>9.57</v>
+        <v>0.584</v>
       </c>
       <c r="O63">
-        <v>9.6</v>
-[...8 lines deleted...]
-        <v>20939.6</v>
+        <v>0.59</v>
       </c>
       <c r="S63" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T63" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>236</v>
       </c>
       <c r="C64" t="s">
         <v>237</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0.61005172</v>
+        <v>32</v>
       </c>
       <c r="H64">
-        <v>0.61</v>
-[...5 lines deleted...]
-        <v>0.606</v>
+        <v>1.4</v>
       </c>
       <c r="K64">
-        <v>0.62</v>
+        <v>1.4</v>
       </c>
       <c r="L64">
-        <v>0.606</v>
-[...2 lines deleted...]
-        <v>-2.26</v>
+        <v>1.4</v>
       </c>
       <c r="N64">
-        <v>0.606</v>
+        <v>1.4</v>
       </c>
       <c r="O64">
-        <v>0.62</v>
-[...8 lines deleted...]
-        <v>70.766</v>
+        <v>1.4</v>
       </c>
       <c r="S64" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="T64" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>238</v>
       </c>
       <c r="B65" t="s">
         <v>239</v>
       </c>
       <c r="C65" t="s">
         <v>240</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
-      <c r="G65">
-[...1 lines deleted...]
-      </c>
       <c r="H65">
-        <v>1.42</v>
-[...5 lines deleted...]
-        <v>1.41</v>
+        <v>11.25</v>
       </c>
       <c r="K65">
-        <v>1.42</v>
+        <v>11.25</v>
       </c>
       <c r="L65">
-        <v>1.416</v>
-[...2 lines deleted...]
-        <v>-0.28</v>
+        <v>11.25</v>
       </c>
       <c r="N65">
-        <v>1.414</v>
+        <v>11.2</v>
       </c>
       <c r="O65">
-        <v>1.416</v>
-[...8 lines deleted...]
-        <v>51846.22</v>
+        <v>11.2</v>
       </c>
       <c r="S65" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="T65" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>241</v>
       </c>
       <c r="B66" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>243</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F66" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>11.22825</v>
+        <v>38</v>
       </c>
       <c r="H66">
-        <v>11.25</v>
-[...5 lines deleted...]
-        <v>11.15</v>
+        <v>0.35</v>
       </c>
       <c r="K66">
-        <v>11.25</v>
+        <v>0.35</v>
       </c>
       <c r="L66">
-        <v>11.2</v>
-[...2 lines deleted...]
-        <v>-0.44</v>
+        <v>0.35</v>
       </c>
       <c r="N66">
-        <v>11.2</v>
+        <v>0.312</v>
       </c>
       <c r="O66">
-        <v>11.25</v>
-[...8 lines deleted...]
-        <v>6736.95</v>
+        <v>0.352</v>
       </c>
       <c r="S66" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="T66" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>244</v>
       </c>
       <c r="B67" t="s">
         <v>245</v>
       </c>
       <c r="C67" t="s">
         <v>246</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
-      <c r="G67">
-[...1 lines deleted...]
-      </c>
       <c r="H67">
-        <v>0.31</v>
-[...5 lines deleted...]
-        <v>0.298</v>
+        <v>10.3</v>
       </c>
       <c r="K67">
-        <v>0.298</v>
+        <v>10.3</v>
       </c>
       <c r="L67">
-        <v>0.298</v>
+        <v>10.3</v>
       </c>
       <c r="N67">
-        <v>0.298</v>
+        <v>10.1</v>
       </c>
       <c r="O67">
-        <v>0.308</v>
-[...8 lines deleted...]
-        <v>10.55</v>
+        <v>10.3</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>247</v>
       </c>
       <c r="B68" t="s">
         <v>248</v>
       </c>
       <c r="C68" t="s">
         <v>249</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F68" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>10.37964286</v>
+        <v>25</v>
       </c>
       <c r="H68">
-        <v>10.6</v>
-[...5 lines deleted...]
-        <v>10.2</v>
+        <v>4.03</v>
       </c>
       <c r="K68">
-        <v>10.5</v>
+        <v>4.03</v>
       </c>
       <c r="L68">
-        <v>10.6</v>
-[...2 lines deleted...]
-        <v>0.95</v>
+        <v>4.03</v>
       </c>
       <c r="N68">
-        <v>10.3</v>
+        <v>4.0</v>
       </c>
       <c r="O68">
-        <v>10.6</v>
-[...8 lines deleted...]
-        <v>2906.3</v>
+        <v>4.0</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>250</v>
       </c>
       <c r="B69" t="s">
         <v>251</v>
       </c>
       <c r="C69" t="s">
         <v>252</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="F69" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>4.00406063</v>
+        <v>32</v>
       </c>
       <c r="H69">
-        <v>4.03</v>
-[...5 lines deleted...]
-        <v>3.99</v>
+        <v>11.15</v>
       </c>
       <c r="K69">
-        <v>4.04</v>
+        <v>11.15</v>
       </c>
       <c r="L69">
-        <v>4.01</v>
-[...2 lines deleted...]
-        <v>-0.74</v>
+        <v>11.15</v>
       </c>
       <c r="N69">
-        <v>4.0</v>
+        <v>11.15</v>
       </c>
       <c r="O69">
-        <v>4.01</v>
-[...8 lines deleted...]
-        <v>16773.01</v>
+        <v>11.15</v>
       </c>
       <c r="S69" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="T69" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>254</v>
       </c>
       <c r="C70" t="s">
         <v>255</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>11.15290341</v>
+        <v>38</v>
       </c>
       <c r="H70">
-        <v>11.2</v>
-[...5 lines deleted...]
-        <v>11.1</v>
+        <v>2.56</v>
       </c>
       <c r="K70">
-        <v>11.15</v>
+        <v>2.56</v>
       </c>
       <c r="L70">
-        <v>11.15</v>
+        <v>2.56</v>
       </c>
       <c r="N70">
-        <v>11.1</v>
+        <v>2.54</v>
       </c>
       <c r="O70">
-        <v>11.2</v>
-[...8 lines deleted...]
-        <v>19974.85</v>
+        <v>2.58</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
-        <v>34</v>
-[...60 lines deleted...]
-      <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T32"/>
@@ -5436,368 +4117,269 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
-        <v>1.91</v>
-[...5 lines deleted...]
-        <v>1.9</v>
+        <v>1.96</v>
       </c>
       <c r="K2">
         <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.9</v>
-[...2 lines deleted...]
-        <v>-3.06</v>
+        <v>1.96</v>
       </c>
       <c r="N2">
-        <v>1.88</v>
+        <v>1.86</v>
       </c>
       <c r="O2">
-        <v>1.9</v>
-[...8 lines deleted...]
-        <v>1550.75</v>
+        <v>1.97</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>1.615</v>
-[...5 lines deleted...]
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="K3">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="L3">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="N3">
-        <v>1.615</v>
+        <v>1.51</v>
       </c>
       <c r="O3">
-        <v>1.62</v>
-[...8 lines deleted...]
-        <v>1695.89</v>
+        <v>1.53</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="H4">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="K4">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="L4">
-        <v>1.505</v>
+        <v>1.42</v>
       </c>
       <c r="N4">
-        <v>1.46</v>
+        <v>1.385</v>
       </c>
       <c r="O4">
-        <v>1.5</v>
+        <v>1.42</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>2.135</v>
-[...5 lines deleted...]
-        <v>2.125</v>
+        <v>2.25</v>
       </c>
       <c r="K5">
-        <v>2.135</v>
+        <v>2.25</v>
       </c>
       <c r="L5">
-        <v>2.13</v>
-[...2 lines deleted...]
-        <v>-0.23</v>
+        <v>2.25</v>
       </c>
       <c r="N5">
-        <v>2.125</v>
+        <v>2.255</v>
       </c>
       <c r="O5">
-        <v>2.13</v>
-[...8 lines deleted...]
-        <v>48935.17</v>
+        <v>2.255</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
       <c r="C6" t="s">
         <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6">
-        <v>1.235</v>
-[...5 lines deleted...]
-        <v>1.235</v>
+        <v>1.23</v>
       </c>
       <c r="K6">
-        <v>1.245</v>
+        <v>1.23</v>
       </c>
       <c r="L6">
-        <v>1.235</v>
-[...2 lines deleted...]
-        <v>-0.8</v>
+        <v>1.23</v>
       </c>
       <c r="N6">
-        <v>1.235</v>
+        <v>1.23</v>
       </c>
       <c r="O6">
-        <v>1.245</v>
-[...8 lines deleted...]
-        <v>2945.475</v>
+        <v>1.24</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
       <c r="C7" t="s">
         <v>79</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7">
-        <v>19.75</v>
-[...5 lines deleted...]
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="K7">
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="L7">
-        <v>19.75</v>
+        <v>19.7</v>
       </c>
       <c r="N7">
         <v>19.7</v>
       </c>
       <c r="O7">
-        <v>19.75</v>
-[...8 lines deleted...]
-        <v>54431.0</v>
+        <v>19.85</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>85</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
@@ -5810,1505 +4392,1025 @@
         <v>63</v>
       </c>
       <c r="T8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>95</v>
       </c>
       <c r="B9" t="s">
         <v>96</v>
       </c>
       <c r="C9" t="s">
         <v>97</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9">
-[...1 lines deleted...]
-      </c>
       <c r="H9">
-        <v>0.065</v>
-[...5 lines deleted...]
-        <v>0.065</v>
+        <v>0.047</v>
       </c>
       <c r="K9">
-        <v>0.066</v>
+        <v>0.047</v>
       </c>
       <c r="L9">
-        <v>0.066</v>
+        <v>0.047</v>
       </c>
       <c r="N9">
-        <v>0.0604</v>
+        <v>0.05</v>
       </c>
       <c r="O9">
-        <v>0.066</v>
-[...8 lines deleted...]
-        <v>33.537</v>
+        <v>0.0544</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...1 lines deleted...]
-      </c>
       <c r="H10">
-        <v>5.26</v>
-[...5 lines deleted...]
-        <v>5.22</v>
+        <v>5.74</v>
       </c>
       <c r="K10">
-        <v>5.26</v>
+        <v>5.74</v>
       </c>
       <c r="L10">
-        <v>5.26</v>
+        <v>5.74</v>
       </c>
       <c r="N10">
-        <v>5.26</v>
+        <v>5.7</v>
       </c>
       <c r="O10">
-        <v>5.28</v>
-[...8 lines deleted...]
-        <v>8008.6</v>
+        <v>5.7</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
         <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
-      <c r="G11">
-[...1 lines deleted...]
-      </c>
       <c r="H11">
-        <v>6.22</v>
-[...5 lines deleted...]
-        <v>6.16</v>
+        <v>6.12</v>
       </c>
       <c r="K11">
-        <v>6.26</v>
+        <v>6.12</v>
       </c>
       <c r="L11">
-        <v>6.16</v>
-[...2 lines deleted...]
-        <v>-1.6</v>
+        <v>6.12</v>
       </c>
       <c r="N11">
-        <v>6.16</v>
+        <v>6.12</v>
       </c>
       <c r="O11">
-        <v>6.2</v>
-[...8 lines deleted...]
-        <v>3816.06</v>
+        <v>6.12</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>119</v>
       </c>
       <c r="B12" t="s">
         <v>120</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...1 lines deleted...]
-      </c>
       <c r="H12">
-        <v>45.3</v>
-[...5 lines deleted...]
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="K12">
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="L12">
-        <v>45.3</v>
-[...2 lines deleted...]
-        <v>0.22</v>
+        <v>46.4</v>
       </c>
       <c r="N12">
-        <v>45.2</v>
+        <v>46.4</v>
       </c>
       <c r="O12">
-        <v>45.3</v>
-[...8 lines deleted...]
-        <v>50400.6</v>
+        <v>46.5</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>148</v>
       </c>
       <c r="C13" t="s">
         <v>149</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13">
-        <v>3.56</v>
-[...5 lines deleted...]
-        <v>3.545</v>
+        <v>3.52</v>
       </c>
       <c r="K13">
-        <v>3.57</v>
+        <v>3.52</v>
       </c>
       <c r="L13">
-        <v>3.565</v>
-[...2 lines deleted...]
-        <v>-0.14</v>
+        <v>3.52</v>
       </c>
       <c r="N13">
-        <v>3.555</v>
+        <v>3.525</v>
       </c>
       <c r="O13">
-        <v>3.565</v>
-[...8 lines deleted...]
-        <v>240735.13</v>
+        <v>3.525</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="B14" t="s">
         <v>151</v>
       </c>
       <c r="C14" t="s">
         <v>152</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="K14">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="L14">
-        <v>5.6</v>
+        <v>5.25</v>
       </c>
       <c r="N14">
-        <v>5.3</v>
+        <v>5.15</v>
       </c>
       <c r="O14">
-        <v>5.5</v>
+        <v>5.45</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B15" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C15" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15">
-        <v>1.735</v>
-[...5 lines deleted...]
-        <v>1.735</v>
+        <v>1.77</v>
       </c>
       <c r="K15">
-        <v>1.715</v>
+        <v>1.77</v>
       </c>
       <c r="L15">
-        <v>1.74</v>
-[...2 lines deleted...]
-        <v>1.46</v>
+        <v>1.77</v>
       </c>
       <c r="N15">
-        <v>1.725</v>
+        <v>1.755</v>
       </c>
       <c r="O15">
         <v>1.77</v>
       </c>
-      <c r="P15">
-[...7 lines deleted...]
-      </c>
       <c r="S15" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="T15" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B16" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C16" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
-      <c r="G16">
-[...1 lines deleted...]
-      </c>
       <c r="H16">
-        <v>5.0</v>
-[...5 lines deleted...]
-        <v>4.93</v>
+        <v>4.67</v>
       </c>
       <c r="K16">
-        <v>4.96</v>
+        <v>4.67</v>
       </c>
       <c r="L16">
-        <v>4.93</v>
-[...2 lines deleted...]
-        <v>-0.6</v>
+        <v>4.67</v>
       </c>
       <c r="N16">
-        <v>4.8</v>
+        <v>4.68</v>
       </c>
       <c r="O16">
-        <v>4.93</v>
-[...8 lines deleted...]
-        <v>1715.84</v>
+        <v>4.84</v>
       </c>
       <c r="S16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="T16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C17" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
-      <c r="G17">
-[...1 lines deleted...]
-      </c>
       <c r="H17">
-        <v>26.4</v>
-[...5 lines deleted...]
-        <v>26.4</v>
+        <v>21.0</v>
       </c>
       <c r="K17">
-        <v>26.6</v>
+        <v>21.0</v>
       </c>
       <c r="L17">
-        <v>26.4</v>
-[...2 lines deleted...]
-        <v>-0.75</v>
+        <v>21.0</v>
       </c>
       <c r="N17">
-        <v>26.2</v>
+        <v>22.0</v>
       </c>
       <c r="O17">
-        <v>26.6</v>
-[...8 lines deleted...]
-        <v>52.8</v>
+        <v>23.0</v>
       </c>
       <c r="S17" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="T17" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B18" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C18" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
       <c r="H18">
-        <v>30.55</v>
-[...5 lines deleted...]
-        <v>29.95</v>
+        <v>27.9</v>
       </c>
       <c r="K18">
-        <v>30.6</v>
+        <v>27.9</v>
       </c>
       <c r="L18">
-        <v>29.95</v>
-[...2 lines deleted...]
-        <v>-2.12</v>
+        <v>27.9</v>
       </c>
       <c r="N18">
-        <v>29.95</v>
+        <v>27.9</v>
       </c>
       <c r="O18">
-        <v>30.0</v>
-[...8 lines deleted...]
-        <v>252561.4</v>
+        <v>27.9</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B19" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C19" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...1 lines deleted...]
-      </c>
       <c r="H19">
-        <v>0.719</v>
-[...5 lines deleted...]
-        <v>0.695</v>
+        <v>0.611</v>
       </c>
       <c r="K19">
-        <v>0.71</v>
+        <v>0.611</v>
       </c>
       <c r="L19">
-        <v>0.709</v>
-[...2 lines deleted...]
-        <v>-0.14</v>
+        <v>0.611</v>
       </c>
       <c r="N19">
-        <v>0.701</v>
+        <v>0.611</v>
       </c>
       <c r="O19">
-        <v>0.709</v>
-[...8 lines deleted...]
-        <v>34394.092</v>
+        <v>0.618</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...1 lines deleted...]
-      </c>
       <c r="H20">
+        <v>0.95</v>
+      </c>
+      <c r="K20">
+        <v>0.95</v>
+      </c>
+      <c r="L20">
+        <v>0.95</v>
+      </c>
+      <c r="N20">
+        <v>0.93</v>
+      </c>
+      <c r="O20">
         <v>0.945</v>
-      </c>
-[...25 lines deleted...]
-        <v>2309.635</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B21" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C21" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21">
-        <v>0.169</v>
-[...5 lines deleted...]
-        <v>0.158</v>
+        <v>0.141</v>
       </c>
       <c r="K21">
-        <v>0.156</v>
+        <v>0.141</v>
       </c>
       <c r="L21">
-        <v>0.158</v>
-[...2 lines deleted...]
-        <v>1.28</v>
+        <v>0.141</v>
       </c>
       <c r="N21">
-        <v>0.159</v>
+        <v>0.141</v>
       </c>
       <c r="O21">
-        <v>0.168</v>
-[...8 lines deleted...]
-        <v>74.026</v>
+        <v>0.143</v>
       </c>
       <c r="S21" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="T21" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B22" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C22" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
-      <c r="G22">
-[...1 lines deleted...]
-      </c>
       <c r="H22">
-        <v>0.08</v>
-[...5 lines deleted...]
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
       <c r="K22">
-        <v>0.081</v>
+        <v>0.075</v>
       </c>
       <c r="L22">
-        <v>0.08</v>
-[...2 lines deleted...]
-        <v>-1.23</v>
+        <v>0.075</v>
       </c>
       <c r="N22">
-        <v>0.077</v>
+        <v>0.074</v>
       </c>
       <c r="O22">
-        <v>0.08</v>
-[...8 lines deleted...]
-        <v>922.358</v>
+        <v>0.075</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B23" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C23" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
-      <c r="G23">
-[...1 lines deleted...]
-      </c>
       <c r="H23">
-        <v>4.12</v>
-[...5 lines deleted...]
-        <v>4.12</v>
+        <v>3.8</v>
       </c>
       <c r="K23">
-        <v>4.3</v>
+        <v>3.8</v>
       </c>
       <c r="L23">
-        <v>4.12</v>
-[...2 lines deleted...]
-        <v>-4.19</v>
+        <v>3.8</v>
       </c>
       <c r="N23">
-        <v>4.2</v>
+        <v>3.76</v>
       </c>
       <c r="O23">
-        <v>4.28</v>
-[...8 lines deleted...]
-        <v>8.24</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C24" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G24">
-[...1 lines deleted...]
-      </c>
       <c r="H24">
-        <v>0.276</v>
-[...5 lines deleted...]
-        <v>0.276</v>
+        <v>0.262</v>
       </c>
       <c r="K24">
-        <v>0.264</v>
+        <v>0.262</v>
       </c>
       <c r="L24">
-        <v>0.278</v>
-[...17 lines deleted...]
-        <v>0.832</v>
+        <v>0.262</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B25" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C25" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
-      <c r="G25">
-[...1 lines deleted...]
-      </c>
       <c r="H25">
-        <v>2.84</v>
-[...4 lines deleted...]
-      <c r="J25">
         <v>2.78</v>
       </c>
       <c r="K25">
-        <v>2.84</v>
+        <v>2.78</v>
       </c>
       <c r="L25">
         <v>2.78</v>
       </c>
-      <c r="M25">
-[...1 lines deleted...]
-      </c>
       <c r="N25">
-        <v>2.78</v>
+        <v>2.72</v>
       </c>
       <c r="O25">
-        <v>2.8</v>
-[...8 lines deleted...]
-        <v>53.44</v>
+        <v>2.79</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B26" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C26" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...1 lines deleted...]
-      </c>
       <c r="H26">
-        <v>1.21</v>
-[...5 lines deleted...]
-        <v>1.21</v>
+        <v>1.17</v>
       </c>
       <c r="K26">
-        <v>1.21</v>
+        <v>1.17</v>
       </c>
       <c r="L26">
-        <v>1.225</v>
-[...2 lines deleted...]
-        <v>1.24</v>
+        <v>1.17</v>
       </c>
       <c r="N26">
-        <v>1.215</v>
+        <v>1.17</v>
       </c>
       <c r="O26">
-        <v>1.225</v>
-[...8 lines deleted...]
-        <v>8604.79</v>
+        <v>1.175</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B27" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C27" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...1 lines deleted...]
-      </c>
       <c r="H27">
-        <v>0.745</v>
-[...5 lines deleted...]
-        <v>0.745</v>
+        <v>0.71</v>
       </c>
       <c r="K27">
-        <v>0.745</v>
+        <v>0.71</v>
       </c>
       <c r="L27">
-        <v>0.755</v>
-[...2 lines deleted...]
-        <v>1.34</v>
+        <v>0.71</v>
       </c>
       <c r="N27">
-        <v>0.755</v>
+        <v>0.7</v>
       </c>
       <c r="O27">
-        <v>0.785</v>
-[...8 lines deleted...]
-        <v>260.07</v>
+        <v>0.71</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B28" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C28" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
-      <c r="G28">
-[...1 lines deleted...]
-      </c>
       <c r="H28">
-        <v>0.6</v>
-[...5 lines deleted...]
-        <v>0.596</v>
+        <v>0.61</v>
       </c>
       <c r="K28">
-        <v>0.6</v>
+        <v>0.61</v>
       </c>
       <c r="L28">
-        <v>0.599</v>
-[...2 lines deleted...]
-        <v>-0.17</v>
+        <v>0.61</v>
       </c>
       <c r="N28">
-        <v>0.597</v>
+        <v>0.61</v>
       </c>
       <c r="O28">
-        <v>0.599</v>
-[...8 lines deleted...]
-        <v>112535.224</v>
+        <v>0.61</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B29" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C29" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
-      <c r="G29">
-[...1 lines deleted...]
-      </c>
       <c r="H29">
-        <v>9.6</v>
-[...5 lines deleted...]
-        <v>9.57</v>
+        <v>9.84</v>
       </c>
       <c r="K29">
-        <v>9.58</v>
+        <v>9.84</v>
       </c>
       <c r="L29">
-        <v>9.6</v>
-[...2 lines deleted...]
-        <v>0.21</v>
+        <v>9.84</v>
       </c>
       <c r="N29">
-        <v>9.57</v>
+        <v>9.88</v>
       </c>
       <c r="O29">
-        <v>9.6</v>
-[...8 lines deleted...]
-        <v>20939.6</v>
+        <v>9.88</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B30" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C30" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...1 lines deleted...]
-      </c>
       <c r="H30">
-        <v>0.61</v>
-[...5 lines deleted...]
-        <v>0.606</v>
+        <v>0.588</v>
       </c>
       <c r="K30">
-        <v>0.62</v>
+        <v>0.588</v>
       </c>
       <c r="L30">
-        <v>0.606</v>
-[...2 lines deleted...]
-        <v>-2.26</v>
+        <v>0.588</v>
       </c>
       <c r="N30">
-        <v>0.606</v>
+        <v>0.584</v>
       </c>
       <c r="O30">
-        <v>0.62</v>
-[...8 lines deleted...]
-        <v>70.766</v>
+        <v>0.59</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B31" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C31" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
-      <c r="G31">
-[...1 lines deleted...]
-      </c>
       <c r="H31">
-        <v>1.42</v>
-[...5 lines deleted...]
-        <v>1.41</v>
+        <v>1.4</v>
       </c>
       <c r="K31">
-        <v>1.42</v>
+        <v>1.4</v>
       </c>
       <c r="L31">
-        <v>1.416</v>
-[...2 lines deleted...]
-        <v>-0.28</v>
+        <v>1.4</v>
       </c>
       <c r="N31">
-        <v>1.414</v>
+        <v>1.4</v>
       </c>
       <c r="O31">
-        <v>1.416</v>
-[...8 lines deleted...]
-        <v>51846.22</v>
+        <v>1.4</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B32" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C32" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
-      <c r="G32">
-[...1 lines deleted...]
-      </c>
       <c r="H32">
         <v>11.25</v>
       </c>
-      <c r="I32">
-[...4 lines deleted...]
-      </c>
       <c r="K32">
         <v>11.25</v>
       </c>
       <c r="L32">
-        <v>11.2</v>
-[...2 lines deleted...]
-        <v>-0.44</v>
+        <v>11.25</v>
       </c>
       <c r="N32">
         <v>11.2</v>
       </c>
       <c r="O32">
-        <v>11.25</v>
-[...8 lines deleted...]
-        <v>6736.95</v>
+        <v>11.2</v>
       </c>
       <c r="S32" t="s">
         <v>115</v>
       </c>
       <c r="T32" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T14"/>
+  <dimension ref="A1:T13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="T1" sqref="T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -7353,247 +5455,187 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
-        <v>3.06</v>
-[...5 lines deleted...]
-        <v>2.74</v>
+        <v>2.32</v>
       </c>
       <c r="K2">
-        <v>3.08</v>
+        <v>2.32</v>
       </c>
       <c r="L2">
-        <v>2.74</v>
-[...2 lines deleted...]
-        <v>-11.04</v>
+        <v>2.32</v>
       </c>
       <c r="N2">
-        <v>2.74</v>
+        <v>2.3</v>
       </c>
       <c r="O2">
-        <v>2.8</v>
-[...8 lines deleted...]
-        <v>13132.3</v>
+        <v>2.32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>1.308</v>
-[...5 lines deleted...]
-        <v>1.304</v>
+        <v>1.398</v>
       </c>
       <c r="K3">
-        <v>1.31</v>
+        <v>1.398</v>
       </c>
       <c r="L3">
-        <v>1.31</v>
+        <v>1.398</v>
       </c>
       <c r="N3">
-        <v>1.304</v>
+        <v>1.402</v>
       </c>
       <c r="O3">
-        <v>1.31</v>
-[...8 lines deleted...]
-        <v>5655.274</v>
+        <v>1.402</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>80</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="H4">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="K4">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="L4">
-        <v>5.05</v>
+        <v>4.96</v>
       </c>
       <c r="N4">
-        <v>5.0</v>
+        <v>4.96</v>
       </c>
       <c r="O4">
         <v>5.05</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
       <c r="C5" t="s">
         <v>88</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>1.699</v>
-[...5 lines deleted...]
-        <v>1.698</v>
+        <v>1.6888</v>
       </c>
       <c r="K5">
-        <v>1.699</v>
+        <v>1.6888</v>
       </c>
       <c r="L5">
-        <v>1.7</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>1.6888</v>
       </c>
       <c r="N5">
-        <v>1.699</v>
+        <v>1.6888</v>
       </c>
       <c r="O5">
-        <v>1.7</v>
-[...8 lines deleted...]
-        <v>13821.4638</v>
+        <v>1.6888</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
       <c r="C6" t="s">
         <v>94</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -7603,473 +5645,315 @@
         <v>63</v>
       </c>
       <c r="T6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>110</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7">
-        <v>9.46</v>
-[...5 lines deleted...]
-        <v>9.46</v>
+        <v>9.0</v>
       </c>
       <c r="K7">
-        <v>9.48</v>
+        <v>9.0</v>
       </c>
       <c r="L7">
-        <v>9.48</v>
+        <v>9.0</v>
       </c>
       <c r="N7">
-        <v>9.46</v>
+        <v>9.0</v>
       </c>
       <c r="O7">
-        <v>9.48</v>
-[...8 lines deleted...]
-        <v>3871.74</v>
+        <v>9.0</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>135</v>
       </c>
       <c r="B8" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="G8">
-[...1 lines deleted...]
-      </c>
       <c r="H8">
-        <v>20.9</v>
-[...5 lines deleted...]
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="K8">
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="L8">
-        <v>20.9</v>
+        <v>16.05</v>
       </c>
       <c r="N8">
-        <v>20.7</v>
+        <v>16.2</v>
       </c>
       <c r="O8">
-        <v>20.9</v>
-[...8 lines deleted...]
-        <v>418.0</v>
+        <v>16.2</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B9" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="H9">
-        <v>7.85</v>
+        <v>12.0</v>
       </c>
       <c r="K9">
-        <v>7.85</v>
+        <v>12.0</v>
       </c>
       <c r="L9">
-        <v>7.85</v>
+        <v>12.0</v>
       </c>
       <c r="N9">
-        <v>7.85</v>
+        <v>11.85</v>
       </c>
       <c r="O9">
-        <v>7.9</v>
+        <v>11.85</v>
       </c>
       <c r="S9" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="T9" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="B10" t="s">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="C10" t="s">
-        <v>163</v>
+        <v>198</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>11.69318182</v>
+        <v>38</v>
       </c>
       <c r="H10">
-        <v>11.7</v>
-[...5 lines deleted...]
-        <v>11.55</v>
+        <v>0.366</v>
       </c>
       <c r="K10">
-        <v>11.7</v>
+        <v>0.366</v>
       </c>
       <c r="L10">
-        <v>11.8</v>
-[...2 lines deleted...]
-        <v>0.85</v>
+        <v>0.366</v>
       </c>
       <c r="N10">
-        <v>11.75</v>
+        <v>0.366</v>
       </c>
       <c r="O10">
-        <v>11.85</v>
-[...8 lines deleted...]
-        <v>1029.0</v>
+        <v>0.378</v>
       </c>
       <c r="S10" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="T10" t="s">
-        <v>134</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B11" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C11" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>0.388002</v>
+        <v>32</v>
       </c>
       <c r="H11">
-        <v>0.39</v>
-[...5 lines deleted...]
-        <v>0.388</v>
+        <v>9.76</v>
       </c>
       <c r="K11">
-        <v>0.386</v>
+        <v>9.76</v>
       </c>
       <c r="L11">
-        <v>0.39</v>
-[...2 lines deleted...]
-        <v>1.04</v>
+        <v>9.76</v>
       </c>
       <c r="N11">
-        <v>0.386</v>
+        <v>9.7</v>
       </c>
       <c r="O11">
-        <v>0.39</v>
-[...8 lines deleted...]
-        <v>776.78</v>
+        <v>9.76</v>
       </c>
       <c r="S11" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="T11" t="s">
-        <v>59</v>
+        <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C12" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>8.01375796</v>
+        <v>38</v>
       </c>
       <c r="H12">
-        <v>8.0</v>
-[...5 lines deleted...]
-        <v>8.0</v>
+        <v>6.4</v>
       </c>
       <c r="K12">
-        <v>8.08</v>
+        <v>6.4</v>
       </c>
       <c r="L12">
-        <v>8.08</v>
+        <v>6.4</v>
       </c>
       <c r="N12">
-        <v>8.02</v>
+        <v>6.3</v>
       </c>
       <c r="O12">
-        <v>8.1</v>
-[...8 lines deleted...]
-        <v>3774.48</v>
+        <v>6.3</v>
       </c>
       <c r="S12" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="T12" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
-        <v>217</v>
+        <v>247</v>
       </c>
       <c r="B13" t="s">
-        <v>218</v>
+        <v>248</v>
       </c>
       <c r="C13" t="s">
-        <v>219</v>
+        <v>249</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="H13">
-        <v>6.4</v>
+        <v>4.03</v>
       </c>
       <c r="K13">
-        <v>6.4</v>
+        <v>4.03</v>
       </c>
       <c r="L13">
-        <v>6.4</v>
+        <v>4.03</v>
       </c>
       <c r="N13">
-        <v>6.4</v>
+        <v>4.0</v>
       </c>
       <c r="O13">
-        <v>6.95</v>
+        <v>4.0</v>
       </c>
       <c r="S13" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="T13" t="s">
-        <v>34</v>
-[...60 lines deleted...]
-      <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T27"/>
@@ -8139,1593 +6023,1080 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
-        <v>1.825</v>
-[...5 lines deleted...]
-        <v>1.82</v>
+        <v>1.735</v>
       </c>
       <c r="K2">
-        <v>1.825</v>
+        <v>1.735</v>
       </c>
       <c r="L2">
-        <v>1.83</v>
-[...2 lines deleted...]
-        <v>0.27</v>
+        <v>1.735</v>
       </c>
       <c r="N2">
-        <v>1.825</v>
+        <v>1.735</v>
       </c>
       <c r="O2">
-        <v>1.83</v>
-[...8 lines deleted...]
-        <v>15135.475</v>
+        <v>1.735</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>1.29</v>
-[...5 lines deleted...]
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="K3">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="L3">
-        <v>1.29</v>
-[...2 lines deleted...]
-        <v>0.78</v>
+        <v>1.21</v>
       </c>
       <c r="N3">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="O3">
-        <v>1.29</v>
-[...8 lines deleted...]
-        <v>163.78</v>
+        <v>1.21</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>3.63</v>
-[...5 lines deleted...]
-        <v>3.62</v>
+        <v>3.48</v>
       </c>
       <c r="K4">
-        <v>3.63</v>
+        <v>3.48</v>
       </c>
       <c r="L4">
-        <v>3.67</v>
-[...2 lines deleted...]
-        <v>1.1</v>
+        <v>3.48</v>
       </c>
       <c r="N4">
-        <v>3.65</v>
+        <v>3.48</v>
       </c>
       <c r="O4">
-        <v>3.67</v>
-[...8 lines deleted...]
-        <v>104898.12</v>
+        <v>3.48</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>0.0698</v>
-[...5 lines deleted...]
-        <v>0.068</v>
+        <v>0.066</v>
       </c>
       <c r="K5">
-        <v>0.0698</v>
+        <v>0.066</v>
       </c>
       <c r="L5">
-        <v>0.07</v>
-[...2 lines deleted...]
-        <v>0.29</v>
+        <v>0.066</v>
       </c>
       <c r="N5">
-        <v>0.068</v>
+        <v>0.0634</v>
       </c>
       <c r="O5">
-        <v>0.07</v>
-[...8 lines deleted...]
-        <v>1618.8646</v>
+        <v>0.0634</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
       <c r="H6">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="K6">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="L6">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="N6">
-        <v>0.27</v>
-[...2 lines deleted...]
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>89</v>
       </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
       <c r="C7" t="s">
         <v>91</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7">
         <v>16.0</v>
       </c>
-      <c r="I7">
+      <c r="K7">
         <v>16.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>16.2</v>
       </c>
       <c r="L7">
         <v>16.0</v>
       </c>
-      <c r="M7">
-[...1 lines deleted...]
-      </c>
       <c r="N7">
+        <v>15.9</v>
+      </c>
+      <c r="O7">
         <v>16.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>1264.0</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>98</v>
       </c>
       <c r="B8" t="s">
         <v>99</v>
       </c>
       <c r="C8" t="s">
         <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="G8">
-[...1 lines deleted...]
-      </c>
       <c r="H8">
-        <v>1.12</v>
-[...5 lines deleted...]
-        <v>1.11</v>
+        <v>1.045</v>
       </c>
       <c r="K8">
-        <v>1.125</v>
+        <v>1.045</v>
       </c>
       <c r="L8">
-        <v>1.11</v>
-[...2 lines deleted...]
-        <v>-1.33</v>
+        <v>1.045</v>
       </c>
       <c r="N8">
-        <v>1.105</v>
+        <v>1.045</v>
       </c>
       <c r="O8">
-        <v>1.11</v>
-[...8 lines deleted...]
-        <v>31305.125</v>
+        <v>1.045</v>
       </c>
       <c r="S8" t="s">
         <v>101</v>
       </c>
       <c r="T8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>114</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
-      <c r="G9">
-[...1 lines deleted...]
-      </c>
       <c r="H9">
-        <v>22.05</v>
-[...5 lines deleted...]
-        <v>22.05</v>
+        <v>21.35</v>
       </c>
       <c r="K9">
-        <v>22.1</v>
+        <v>21.35</v>
       </c>
       <c r="L9">
-        <v>22.15</v>
-[...2 lines deleted...]
-        <v>0.23</v>
+        <v>21.35</v>
       </c>
       <c r="N9">
-        <v>22.1</v>
+        <v>21.4</v>
       </c>
       <c r="O9">
-        <v>22.15</v>
-[...8 lines deleted...]
-        <v>170224.4</v>
+        <v>21.4</v>
       </c>
       <c r="S9" t="s">
         <v>115</v>
       </c>
       <c r="T9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>116</v>
       </c>
       <c r="B10" t="s">
         <v>117</v>
       </c>
       <c r="C10" t="s">
         <v>118</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
-      <c r="G10">
-[...1 lines deleted...]
-      </c>
       <c r="H10">
-        <v>4.02</v>
-[...5 lines deleted...]
-        <v>4.02</v>
+        <v>4.18</v>
       </c>
       <c r="K10">
-        <v>4.02</v>
+        <v>4.18</v>
       </c>
       <c r="L10">
-        <v>4.08</v>
-[...2 lines deleted...]
-        <v>1.49</v>
+        <v>4.18</v>
       </c>
       <c r="N10">
-        <v>3.92</v>
+        <v>4.1</v>
       </c>
       <c r="O10">
-        <v>4.02</v>
-[...8 lines deleted...]
-        <v>1017.3</v>
+        <v>4.18</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>122</v>
       </c>
       <c r="B11" t="s">
         <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="G11">
-[...1 lines deleted...]
-      </c>
       <c r="H11">
-        <v>6.65</v>
-[...5 lines deleted...]
-        <v>6.65</v>
+        <v>6.7</v>
       </c>
       <c r="K11">
-        <v>6.75</v>
+        <v>6.7</v>
       </c>
       <c r="L11">
-        <v>6.8</v>
-[...2 lines deleted...]
-        <v>0.74</v>
+        <v>6.7</v>
       </c>
       <c r="N11">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="O11">
-        <v>6.9</v>
-[...8 lines deleted...]
-        <v>337.25</v>
+        <v>6.7</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>125</v>
       </c>
       <c r="B12" t="s">
         <v>126</v>
       </c>
       <c r="C12" t="s">
         <v>127</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
-      <c r="G12">
-[...1 lines deleted...]
-      </c>
       <c r="H12">
         <v>3.24</v>
       </c>
-      <c r="I12">
-[...4 lines deleted...]
-      </c>
       <c r="K12">
         <v>3.24</v>
       </c>
       <c r="L12">
-        <v>3.28</v>
-[...2 lines deleted...]
-        <v>1.23</v>
+        <v>3.24</v>
       </c>
       <c r="N12">
-        <v>3.24</v>
+        <v>3.22</v>
       </c>
       <c r="O12">
-        <v>3.28</v>
-[...8 lines deleted...]
-        <v>296.84</v>
+        <v>3.26</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>128</v>
       </c>
       <c r="B13" t="s">
         <v>129</v>
       </c>
       <c r="C13" t="s">
         <v>130</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13">
-        <v>27.2</v>
-[...5 lines deleted...]
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="K13">
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="L13">
-        <v>27.2</v>
+        <v>26.4</v>
       </c>
       <c r="N13">
-        <v>27.0</v>
+        <v>25.8</v>
       </c>
       <c r="O13">
-        <v>27.2</v>
-[...8 lines deleted...]
-        <v>2040.0</v>
+        <v>26.4</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>131</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>133</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="G14">
-[...1 lines deleted...]
-      </c>
       <c r="H14">
-        <v>30.4</v>
-[...5 lines deleted...]
-        <v>29.8</v>
+        <v>31.0</v>
       </c>
       <c r="K14">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="L14">
-        <v>29.8</v>
-[...2 lines deleted...]
-        <v>-1.97</v>
+        <v>31.0</v>
       </c>
       <c r="N14">
-        <v>28.4</v>
+        <v>30.2</v>
       </c>
       <c r="O14">
-        <v>31.6</v>
-[...8 lines deleted...]
-        <v>4912.0</v>
+        <v>31.2</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>138</v>
       </c>
       <c r="B15" t="s">
         <v>139</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15">
-        <v>0.437</v>
-[...5 lines deleted...]
-        <v>0.434</v>
+        <v>0.415</v>
       </c>
       <c r="K15">
-        <v>0.437</v>
+        <v>0.415</v>
       </c>
       <c r="L15">
-        <v>0.434</v>
-[...2 lines deleted...]
-        <v>-0.69</v>
+        <v>0.415</v>
       </c>
       <c r="N15">
-        <v>0.434</v>
+        <v>0.415</v>
       </c>
       <c r="O15">
-        <v>0.436</v>
-[...8 lines deleted...]
-        <v>12070.966</v>
+        <v>0.415</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
-      <c r="G16">
-[...1 lines deleted...]
-      </c>
       <c r="H16">
-        <v>2.06</v>
-[...5 lines deleted...]
-        <v>1.93</v>
+        <v>1.95</v>
       </c>
       <c r="K16">
-        <v>2.08</v>
+        <v>1.95</v>
       </c>
       <c r="L16">
-        <v>1.93</v>
-[...2 lines deleted...]
-        <v>-7.21</v>
+        <v>1.95</v>
       </c>
       <c r="N16">
-        <v>1.93</v>
+        <v>1.95</v>
       </c>
       <c r="O16">
-        <v>2.1</v>
-[...8 lines deleted...]
-        <v>457.46</v>
+        <v>1.95</v>
       </c>
       <c r="S16" t="s">
         <v>115</v>
       </c>
       <c r="T16" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>144</v>
       </c>
       <c r="B17" t="s">
         <v>145</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
-      <c r="G17">
-[...1 lines deleted...]
-      </c>
       <c r="H17">
-        <v>0.88</v>
-[...4 lines deleted...]
-      <c r="J17">
         <v>0.87</v>
       </c>
       <c r="K17">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="L17">
         <v>0.87</v>
       </c>
-      <c r="M17">
-[...1 lines deleted...]
-      </c>
       <c r="N17">
         <v>0.87</v>
       </c>
       <c r="O17">
-        <v>0.88</v>
-[...8 lines deleted...]
-        <v>64.4</v>
+        <v>0.87</v>
       </c>
       <c r="S17" t="s">
         <v>115</v>
       </c>
       <c r="T17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C18" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
       <c r="H18">
-        <v>2.98</v>
-[...5 lines deleted...]
-        <v>2.92</v>
+        <v>3.2</v>
       </c>
       <c r="K18">
-        <v>2.86</v>
+        <v>3.2</v>
       </c>
       <c r="L18">
-        <v>2.92</v>
-[...2 lines deleted...]
-        <v>2.1</v>
+        <v>3.2</v>
       </c>
       <c r="N18">
-        <v>2.98</v>
+        <v>3.02</v>
       </c>
       <c r="O18">
-        <v>3.0</v>
-[...8 lines deleted...]
-        <v>3455.72</v>
+        <v>3.4</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B19" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C19" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...1 lines deleted...]
-      </c>
       <c r="H19">
-        <v>1.215</v>
-[...5 lines deleted...]
-        <v>1.18</v>
+        <v>0.95</v>
       </c>
       <c r="K19">
-        <v>1.215</v>
+        <v>0.95</v>
       </c>
       <c r="L19">
-        <v>1.2</v>
-[...2 lines deleted...]
-        <v>-1.23</v>
+        <v>0.95</v>
       </c>
       <c r="N19">
-        <v>1.2</v>
+        <v>0.95</v>
       </c>
       <c r="O19">
-        <v>1.205</v>
-[...8 lines deleted...]
-        <v>26930.705</v>
+        <v>0.956</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B20" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C20" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...1 lines deleted...]
-      </c>
       <c r="H20">
-        <v>1.635</v>
-[...5 lines deleted...]
-        <v>1.63</v>
+        <v>1.56</v>
       </c>
       <c r="K20">
-        <v>1.635</v>
+        <v>1.56</v>
       </c>
       <c r="L20">
-        <v>1.635</v>
+        <v>1.56</v>
       </c>
       <c r="N20">
-        <v>1.63</v>
+        <v>1.56</v>
       </c>
       <c r="O20">
-        <v>1.635</v>
-[...8 lines deleted...]
-        <v>1576.925</v>
+        <v>1.565</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B21" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C21" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21">
-        <v>0.946</v>
-[...5 lines deleted...]
-        <v>0.933</v>
+        <v>0.919</v>
       </c>
       <c r="K21">
-        <v>0.947</v>
+        <v>0.919</v>
       </c>
       <c r="L21">
-        <v>0.935</v>
-[...2 lines deleted...]
-        <v>-1.27</v>
+        <v>0.919</v>
       </c>
       <c r="N21">
-        <v>0.935</v>
+        <v>0.917</v>
       </c>
       <c r="O21">
-        <v>0.937</v>
-[...8 lines deleted...]
-        <v>151547.8</v>
+        <v>0.917</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B22" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C22" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...1 lines deleted...]
-      </c>
       <c r="H22">
+        <v>4.68</v>
+      </c>
+      <c r="K22">
+        <v>4.68</v>
+      </c>
+      <c r="L22">
+        <v>4.68</v>
+      </c>
+      <c r="N22">
         <v>4.64</v>
       </c>
-      <c r="I22">
-[...16 lines deleted...]
-      </c>
       <c r="O22">
-        <v>4.64</v>
-[...8 lines deleted...]
-        <v>259.34</v>
+        <v>4.7</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B23" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C23" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...1 lines deleted...]
-      </c>
       <c r="H23">
         <v>2.05</v>
       </c>
-      <c r="I23">
-[...4 lines deleted...]
-      </c>
       <c r="K23">
-        <v>2.06</v>
+        <v>2.05</v>
       </c>
       <c r="L23">
-        <v>2.06</v>
+        <v>2.05</v>
       </c>
       <c r="N23">
-        <v>2.05</v>
+        <v>2.04</v>
       </c>
       <c r="O23">
-        <v>2.06</v>
-[...8 lines deleted...]
-        <v>99872.5</v>
+        <v>2.04</v>
       </c>
       <c r="S23" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="T23" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B24" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C24" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
-      <c r="G24">
-[...1 lines deleted...]
-      </c>
       <c r="H24">
-        <v>0.31</v>
-[...5 lines deleted...]
-        <v>0.298</v>
+        <v>0.35</v>
       </c>
       <c r="K24">
-        <v>0.298</v>
+        <v>0.35</v>
       </c>
       <c r="L24">
-        <v>0.298</v>
+        <v>0.35</v>
       </c>
       <c r="N24">
-        <v>0.298</v>
+        <v>0.312</v>
       </c>
       <c r="O24">
-        <v>0.308</v>
-[...8 lines deleted...]
-        <v>10.55</v>
+        <v>0.352</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B25" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C25" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
-      <c r="G25">
-[...1 lines deleted...]
-      </c>
       <c r="H25">
-        <v>10.6</v>
-[...5 lines deleted...]
-        <v>10.2</v>
+        <v>10.3</v>
       </c>
       <c r="K25">
-        <v>10.5</v>
+        <v>10.3</v>
       </c>
       <c r="L25">
-        <v>10.6</v>
-[...2 lines deleted...]
-        <v>0.95</v>
+        <v>10.3</v>
       </c>
       <c r="N25">
+        <v>10.1</v>
+      </c>
+      <c r="O25">
         <v>10.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>2906.3</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B26" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C26" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...1 lines deleted...]
-      </c>
       <c r="H26">
-        <v>11.2</v>
-[...5 lines deleted...]
-        <v>11.1</v>
+        <v>11.15</v>
       </c>
       <c r="K26">
         <v>11.15</v>
       </c>
       <c r="L26">
         <v>11.15</v>
       </c>
       <c r="N26">
-        <v>11.1</v>
+        <v>11.15</v>
       </c>
       <c r="O26">
-        <v>11.2</v>
-[...8 lines deleted...]
-        <v>19974.85</v>
+        <v>11.15</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B27" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C27" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...1 lines deleted...]
-      </c>
       <c r="H27">
-        <v>2.74</v>
-[...5 lines deleted...]
-        <v>2.7</v>
+        <v>2.56</v>
       </c>
       <c r="K27">
-        <v>2.76</v>
+        <v>2.56</v>
       </c>
       <c r="L27">
-        <v>2.7</v>
-[...2 lines deleted...]
-        <v>-2.17</v>
+        <v>2.56</v>
       </c>
       <c r="N27">
-        <v>2.7</v>
+        <v>2.54</v>
       </c>
       <c r="O27">
-        <v>2.72</v>
-[...8 lines deleted...]
-        <v>413.54</v>
+        <v>2.58</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>